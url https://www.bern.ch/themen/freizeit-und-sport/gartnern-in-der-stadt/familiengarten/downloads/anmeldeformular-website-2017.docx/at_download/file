--- v0 (2025-11-21)
+++ v1 (2025-12-23)
@@ -1,3064 +1,2649 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005D6FEA" w:rsidRPr="00D749A9" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
+    <w:p w14:paraId="2E9F58A2" w14:textId="77777777" w:rsidR="005D6FEA" w:rsidRPr="00D749A9" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:instrText xml:space="preserve">SUBJECT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Anmeldung für eine Familiengartenparzelle</w:t>
       </w:r>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D6FEA" w:rsidRPr="005D6FEA" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
+    <w:p w14:paraId="32180835" w14:textId="77777777" w:rsidR="005D6FEA" w:rsidRPr="005D6FEA" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC4235" w:rsidRPr="00D749A9" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
+    <w:p w14:paraId="5EFFAC6C" w14:textId="77777777" w:rsidR="00CC4235" w:rsidRPr="00D749A9" w:rsidRDefault="005D6FEA" w:rsidP="005D6FEA">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Sie können die Anmeldung am Computer ausfüllen und via Post an </w:t>
       </w:r>
       <w:r w:rsidR="00AC7345" w:rsidRPr="00D749A9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>obenstehende</w:t>
       </w:r>
       <w:r w:rsidRPr="00D749A9">
         <w:rPr>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Adresse senden.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+    <w:p w14:paraId="11869CE7" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9310" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1661"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="100"/>
         <w:gridCol w:w="248"/>
-        <w:gridCol w:w="397"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1339"/>
+        <w:gridCol w:w="398"/>
+        <w:gridCol w:w="413"/>
+        <w:gridCol w:w="303"/>
+        <w:gridCol w:w="97"/>
+        <w:gridCol w:w="1241"/>
+        <w:gridCol w:w="1928"/>
+        <w:gridCol w:w="379"/>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="1740"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1945"/>
+        <w:gridCol w:w="1946"/>
         <w:gridCol w:w="130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E105E" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="005E105E" w14:paraId="03D6A1E3" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="743E1272" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Areal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1050186809"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:bookmarkStart w:id="0" w:name="_GoBack" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2700" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00621451" w:rsidP="00621451">
+              <w:p w14:paraId="0C569907" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="00621451" w:rsidP="00621451">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
-[...12 lines deleted...]
-            <w:tcW w:w="2642" w:type="dxa"/>
+          <w:p w14:paraId="71394D86" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="3E5FFF6C" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002114B0" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="002114B0" w14:paraId="630DC252" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="5C0D3829" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="02306DAA" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0" w:rsidP="005E105E">
-[...12 lines deleted...]
-            <w:tcW w:w="2642" w:type="dxa"/>
+          <w:p w14:paraId="16EBD466" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0" w:rsidP="005E105E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="70400507" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E105E" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="005E105E" w14:paraId="7B49B270" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="21E4A978" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1627581482"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2700" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="5C4626BA" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E" w:rsidP="005E105E">
+          <w:p w14:paraId="0A488803" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E" w:rsidP="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-2097317747"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2642" w:type="dxa"/>
+                <w:tcW w:w="2643" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="1B9697C9" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002114B0" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="002114B0" w14:paraId="71AA1767" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="554F6A46" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="62ACD55F" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
-[...12 lines deleted...]
-            <w:tcW w:w="2642" w:type="dxa"/>
+          <w:p w14:paraId="1B828477" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="792092BB" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E105E" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="005E105E" w14:paraId="487C4389" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="2550B3D8" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Strasse / Nr."/>
             <w:id w:val="354627687"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2700" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="24102ED3" w14:textId="63DCBFCD" w:rsidR="005E105E" w:rsidRDefault="00576E8F">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="PLZ/Ort"/>
             <w:tag w:val="PLZ/Ort"/>
             <w:id w:val="921293542"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2307" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00C12850">
+              <w:p w14:paraId="1BE127D3" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="00C12850">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2642" w:type="dxa"/>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="27C194F5" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002114B0" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="002114B0" w14:paraId="69656DA8" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
+          <w:p w14:paraId="6237B203" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DB515BA" w14:textId="77777777" w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="770F44FA" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
-[...12 lines deleted...]
-            <w:tcW w:w="2642" w:type="dxa"/>
+          <w:p w14:paraId="1FD624CE" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2643" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002114B0" w:rsidRDefault="002114B0">
+          <w:p w14:paraId="754EC195" w14:textId="77777777" w:rsidR="002114B0" w:rsidRDefault="002114B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E105E" w:rsidTr="00FD60CF">
+      <w:tr w:rsidR="00576E8F" w14:paraId="1A8200CD" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
+          <w:gridAfter w:val="6"/>
+          <w:wAfter w:w="6191" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1661" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="45B35442" w14:textId="77777777" w:rsidR="00576E8F" w:rsidRDefault="00576E8F" w:rsidP="00576E8F">
+            <w:pPr>
+              <w:ind w:right="-109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Beruf:</w:t>
+              <w:t>Geboren am:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="776135377"/>
+            <w:id w:val="-672880112"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_1082065158"/>
+              <w:docPart w:val="AAD126985AAA49A1BC226DFB570C646E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
+            <w:date>
+              <w:dateFormat w:val="dd.MM.yyyy"/>
+              <w:lid w:val="de-CH"/>
+              <w:storeMappedDataAs w:val="dateTime"/>
+              <w:calendar w:val="gregorian"/>
+            </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="2700" w:type="dxa"/>
+                <w:tcW w:w="1559" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="005E105E" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="0BB42F29" w14:textId="31C1ED0B" w:rsidR="00576E8F" w:rsidRDefault="00576E8F" w:rsidP="00576E8F">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
-                  <w:rPr>
-[...77 lines deleted...]
-                  </w:tabs>
+                  <w:ind w:left="170"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005E105E" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="005E105E" w14:paraId="4C4D5F45" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="130" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="08658833" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1641" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="3A26CA32" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2307" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
-[...12 lines deleted...]
-            <w:tcW w:w="2512" w:type="dxa"/>
+          <w:p w14:paraId="7D27A672" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005E105E" w:rsidRDefault="005E105E">
+          <w:p w14:paraId="75294BC9" w14:textId="77777777" w:rsidR="005E105E" w:rsidRDefault="005E105E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="281F419A" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D" w:rsidP="00BB4F1D">
+          <w:p w14:paraId="4F4CC0A5" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D" w:rsidP="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Anzahl Erwachsene/Kinder:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="4E8746F8" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1668364774"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="6353" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:tcW w:w="6191" w:type="dxa"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="36BA6772" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="7B285C5D" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...12 lines deleted...]
-            <w:tcW w:w="237" w:type="dxa"/>
+          <w:p w14:paraId="52248BD5" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...13 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          <w:p w14:paraId="5F1550E1" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6191" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="4FCCB429" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="7A6B5743" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="5C379364" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Geburtsdaten Kinder:</w:t>
+              <w:t>Heimatland:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="5B1E44F5" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="2075544964"/>
+            <w:id w:val="-100109326"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="6353" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:tcW w:w="6191" w:type="dxa"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="33485ED8" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="2F3F1883" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...12 lines deleted...]
-            <w:tcW w:w="237" w:type="dxa"/>
+          <w:p w14:paraId="02FF9A88" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...13 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          <w:p w14:paraId="22D80A2E" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6191" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="550B5816" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="5E60A164" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="229C2F3C" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Heimatland:</w:t>
+              <w:t>Telefon P/G:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="5CCCDBE0" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="-100109326"/>
+            <w:id w:val="1570466947"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="6353" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:tcW w:w="6191" w:type="dxa"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="3A1BFA5D" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
-[...70 lines deleted...]
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00392C9B" w14:paraId="4E3183BC" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="3C1C70D7" w14:textId="77777777" w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Telefon P/G:</w:t>
+              <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="2A21B715" w14:textId="77777777" w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="1570466947"/>
+            <w:id w:val="965481335"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="6353" w:type="dxa"/>
-                <w:gridSpan w:val="7"/>
+                <w:tcW w:w="6191" w:type="dxa"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
+              <w:p w14:paraId="6A796556" w14:textId="77777777" w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00392C9B" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="70ADD268" w14:textId="77777777" w:rsidTr="00576E8F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="130" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2719" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C97A7ED" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1641" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="411206C4" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2307" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B9A549C" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AACC27C" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A1539" w14:paraId="04F3361C" w14:textId="77777777" w:rsidTr="00CB6127">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0963F868" w14:textId="77777777" w:rsidR="00576E8F" w:rsidRDefault="004A1539">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wo hatten/haben </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="103D8938" w14:textId="42D2C3EB" w:rsidR="004A1539" w:rsidRDefault="004A1539">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Sie bis jetzt einen Garten</w:t>
+            </w:r>
+            <w:r w:rsidR="00576E8F">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E751A3A" w14:textId="77777777" w:rsidR="00576E8F" w:rsidRDefault="00576E8F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BBE847E" w14:textId="77777777" w:rsidR="00576E8F" w:rsidRDefault="00576E8F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="576DC4EF" w14:textId="77777777" w:rsidR="00576E8F" w:rsidRDefault="00576E8F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="598F9A20" w14:textId="77777777" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2928E70F" w14:textId="0FCCEBE7" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="24"/>
+                </w:rPr>
+                <w:id w:val="2031907933"/>
+                <w:placeholder>
+                  <w:docPart w:val="73746055638B4D72B03DC61400E47BE1"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004A0DFE">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2134E2F3" w14:textId="77777777" w:rsidR="004A1539" w:rsidRDefault="004A1539">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6127" w14:paraId="1D0D024C" w14:textId="77777777" w:rsidTr="00CB6127">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FE1A38A" w14:textId="77777777" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4115" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E4BD84C" w14:textId="77777777" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EB5BC7D" w14:textId="77777777" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6127" w14:paraId="4366C3C3" w14:textId="77777777" w:rsidTr="00576E8F">
+        <w:trPr>
+          <w:gridAfter w:val="4"/>
+          <w:wAfter w:w="3022" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="486AC725" w14:textId="77777777" w:rsidR="00CB6127" w:rsidRDefault="00CB6127">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="4DADFB56" w14:textId="77777777" w:rsidTr="00576E8F">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
+          <w:p w14:paraId="5870EA34" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00D935C0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>E-Mail</w:t>
+              <w:t>Bemerkungen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
+          <w:p w14:paraId="7ED5A8F9" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C061B9" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:id w:val="965481335"/>
+            <w:id w:val="-1083293390"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065158"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="6353" w:type="dxa"/>
+                <w:tcW w:w="6288" w:type="dxa"/>
                 <w:gridSpan w:val="7"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00392C9B" w:rsidRDefault="00392C9B">
+              <w:p w14:paraId="2071ED6C" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00FD60CF">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
-[...440 lines deleted...]
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="6DFF35D5" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1909" w:type="dxa"/>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="268FE770" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79AE7B51" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BDC524" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...20 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...22 lines deleted...]
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="4C40D383" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
-[...216 lines deleted...]
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="15A6E793" w14:textId="77777777" w:rsidTr="00576E8F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="130" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1909" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00D935C0">
+          <w:p w14:paraId="72C12622" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00D935C0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="397" w:type="dxa"/>
+            <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="76E0ECFF" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="716" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="2DF0DC36" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="375129749"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_1082065160"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd.MM.yyyy"/>
               <w:lid w:val="de-CH"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6158" w:type="dxa"/>
-                <w:gridSpan w:val="5"/>
+                <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="bottom"/>
               </w:tcPr>
-              <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00621451" w:rsidP="005F1182">
+              <w:p w14:paraId="0C3CDAEA" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00621451" w:rsidP="005F1182">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="1418"/>
                   </w:tabs>
                   <w:ind w:right="-856"/>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00362A4E">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB4F1D" w:rsidTr="00F03AA9">
-[...2 lines deleted...]
-            <w:tcW w:w="1909" w:type="dxa"/>
+      <w:tr w:rsidR="00BB4F1D" w14:paraId="42BB336C" w14:textId="77777777" w:rsidTr="00576E8F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1908" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F0EBE74" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33AD4FFE" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:top w:val="nil"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE293AD" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1418"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6288" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="dashSmallGap" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...20 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
-[...22 lines deleted...]
-          <w:p w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
+          <w:p w14:paraId="01480382" w14:textId="77777777" w:rsidR="00BB4F1D" w:rsidRDefault="00BB4F1D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF75A7" w:rsidRDefault="00AF75A7" w:rsidP="00AF75A7">
+    <w:p w14:paraId="22B07B9F" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRDefault="00AF75A7" w:rsidP="00AF75A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9210"/>
+        <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidTr="00F31008">
+      <w:tr w:rsidR="00AF75A7" w:rsidRPr="00833B43" w14:paraId="259CA8AB" w14:textId="77777777" w:rsidTr="00F31008">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
+          <w:p w14:paraId="67834958" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00833B43">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Hinweis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
+          <w:p w14:paraId="32A192DB" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00833B43">
               <w:t>Mit Ihrer Anmeldung bestätigen Sie, sich für die Sache der Familiengärten im Sin</w:t>
             </w:r>
             <w:r w:rsidRPr="00833B43">
               <w:softHyphen/>
               <w:t>ne der Garten- und Bauordnung einzusetzen, sowie die obligatorischen Kurse zu besuchen.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00D749A9" w:rsidP="00F31008">
+          <w:p w14:paraId="7B8BA5E2" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00D749A9" w:rsidP="00F31008">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
+          <w:p w14:paraId="3767D67F" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRPr="00833B43" w:rsidRDefault="00AF75A7" w:rsidP="00F31008">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1418"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00833B43">
               <w:t>Die Parzellen können bei schwerwiegenden Verstössen gegen die Gartenord</w:t>
             </w:r>
             <w:r w:rsidRPr="00833B43">
               <w:softHyphen/>
               <w:t xml:space="preserve">nung jederzeit innert Monatsfrist gekündigt werden. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF75A7" w:rsidRDefault="00AF75A7">
+    <w:p w14:paraId="05FF7C7F" w14:textId="77777777" w:rsidR="00AF75A7" w:rsidRDefault="00AF75A7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AF75A7" w:rsidSect="00AF75A7">
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="454" w:right="1418" w:bottom="426" w:left="1418" w:header="454" w:footer="851" w:gutter="0"/>
       <w:paperSrc w:first="257" w:other="257"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+    <w:p w14:paraId="50F99A35" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+    <w:p w14:paraId="480777EB" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+    <w:p w14:paraId="00DA0302" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+    <w:p w14:paraId="3919F899" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4649"/>
       <w:gridCol w:w="595"/>
       <w:gridCol w:w="3969"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00F31008" w:rsidTr="00BB372A">
+    <w:tr w:rsidR="00F31008" w14:paraId="76FEDFAF" w14:textId="77777777" w:rsidTr="00BB372A">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="2552"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4649" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="7655B5F8" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2BBE52FB" wp14:editId="3F821EDB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="73B0D877" wp14:editId="626D34A1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2940050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-13970</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="269875" cy="434975"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Bild 3" descr="logo_nur Bär"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 3" descr="logo_nur Bär"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
@@ -3077,639 +2662,776 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="269875" cy="434975"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008"/>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00224946" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="5132E560" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008"/>
+        <w:p w14:paraId="28967E80" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00224946" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00224946">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Stadtgrün</w:t>
           </w:r>
           <w:r w:rsidR="00A35009">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> Bern</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="307FBA2F" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
+        <w:p w14:paraId="2F167411" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
+        <w:p w14:paraId="0B6F8599" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
+        <w:p w14:paraId="5064F4C1" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="0014262E" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRPr="00224946" w:rsidRDefault="0014262E" w:rsidP="007F5853">
+        <w:p w14:paraId="4C0E7677" w14:textId="77777777" w:rsidR="0014262E" w:rsidRPr="00224946" w:rsidRDefault="0014262E" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00224946" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="61E391B7" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00224946" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00224946">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Telefon 031 321 69 11</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00197106" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="7259F531" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00197106" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00197106">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>stadtgruen@bern.ch</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="00203F3B" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00FD60CF">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
             <w:t>www.bern.ch</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008" w:rsidP="007F5853">
+        <w:p w14:paraId="70267998" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008" w:rsidP="007F5853">
           <w:pPr>
             <w:rPr>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="595" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="0F13C125" w14:textId="77777777" w:rsidR="00F31008" w:rsidRPr="00FD60CF" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:rPr>
               <w:position w:val="-6"/>
               <w:lang w:val="fr-CH"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3969" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="03E57326" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:pStyle w:val="StadtBern"/>
           </w:pPr>
           <w:r>
             <w:t>Stadt Bern</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="147F2FF4" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
           <w:r>
             <w:t>Direktion für Tiefbau</w:t>
           </w:r>
           <w:r>
             <w:br/>
             <w:t>Verkehr und Stadtgrün</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="6E5F717D" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="0014262E">
+        <w:p w14:paraId="5E91BE0C" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="0014262E">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="0014262E">
+        <w:p w14:paraId="1834B318" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="0014262E">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
           <w:r>
             <w:t>Stadtgrün Bern</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="0014262E" w:rsidRDefault="00BB372A">
+        <w:p w14:paraId="38C7664D" w14:textId="77777777" w:rsidR="0014262E" w:rsidRDefault="00BB372A">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
-          <w:proofErr w:type="spellStart"/>
           <w:r>
-            <w:t>Bümplizstrasse</w:t>
-[...3 lines deleted...]
-            <w:t xml:space="preserve"> 45</w:t>
+            <w:t>Bümplizstrasse 45</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00BB372A">
+        <w:p w14:paraId="54AC75DB" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00BB372A">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
           <w:r>
             <w:t>3027 Bern</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="7732433F" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+        <w:p w14:paraId="5E4ACF48" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00F31008" w:rsidRDefault="00F31008">
+  <w:p w14:paraId="2AD8374F" w14:textId="77777777" w:rsidR="00F31008" w:rsidRDefault="00F31008">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CFF228DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="579EDBC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0FDA63E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A126BDDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1DD4A8FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="72EEB39A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="44D4E25A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3EEC550C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5674F354"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9558FC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlungszeichen"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1318414533">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1272010141">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1226725793">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1561553284">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="656540277">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="404373813">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="547837152">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="996882341">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1900750639">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1031952913">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="xi5tEMlr+QhV/eFPKTGdojU6VZk=" w:salt="u/NeodkHSzaF+tfHjT2FUA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="21505"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00960773"/>
     <w:rsid w:val="00075A10"/>
     <w:rsid w:val="000A55FA"/>
     <w:rsid w:val="000D7AD4"/>
     <w:rsid w:val="000F3ED7"/>
     <w:rsid w:val="0014262E"/>
     <w:rsid w:val="00197106"/>
     <w:rsid w:val="001B1D5A"/>
     <w:rsid w:val="002114B0"/>
     <w:rsid w:val="00224946"/>
     <w:rsid w:val="002F6502"/>
+    <w:rsid w:val="002F6697"/>
     <w:rsid w:val="00392C9B"/>
     <w:rsid w:val="00411706"/>
     <w:rsid w:val="004172D0"/>
     <w:rsid w:val="0049778B"/>
     <w:rsid w:val="004A1539"/>
     <w:rsid w:val="004C44B5"/>
+    <w:rsid w:val="00576E8F"/>
     <w:rsid w:val="005C08AF"/>
     <w:rsid w:val="005D6FEA"/>
     <w:rsid w:val="005E105E"/>
     <w:rsid w:val="005F1182"/>
     <w:rsid w:val="00621451"/>
     <w:rsid w:val="00712DD4"/>
     <w:rsid w:val="007E5FE7"/>
     <w:rsid w:val="007F5853"/>
     <w:rsid w:val="00833B43"/>
     <w:rsid w:val="00960773"/>
     <w:rsid w:val="00990D2C"/>
     <w:rsid w:val="009A6AB3"/>
     <w:rsid w:val="00A35009"/>
     <w:rsid w:val="00A41301"/>
     <w:rsid w:val="00A53F7D"/>
     <w:rsid w:val="00AC7345"/>
     <w:rsid w:val="00AF75A7"/>
     <w:rsid w:val="00BB14D8"/>
     <w:rsid w:val="00BB372A"/>
     <w:rsid w:val="00BB4F1D"/>
     <w:rsid w:val="00BC3573"/>
     <w:rsid w:val="00BE3DC7"/>
     <w:rsid w:val="00C12850"/>
+    <w:rsid w:val="00CB6127"/>
     <w:rsid w:val="00CC4235"/>
     <w:rsid w:val="00D23037"/>
     <w:rsid w:val="00D3178B"/>
     <w:rsid w:val="00D749A9"/>
+    <w:rsid w:val="00D77D55"/>
     <w:rsid w:val="00D935C0"/>
     <w:rsid w:val="00DA4491"/>
     <w:rsid w:val="00DD581A"/>
     <w:rsid w:val="00E31061"/>
     <w:rsid w:val="00E66C22"/>
     <w:rsid w:val="00F03AA9"/>
     <w:rsid w:val="00F31008"/>
     <w:rsid w:val="00FA1CDD"/>
     <w:rsid w:val="00FA4E4A"/>
     <w:rsid w:val="00FD60CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="21505"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2B976238"/>
+  <w15:docId w15:val="{55245636-AEFC-4751-83B8-ADDA9B129791}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3777,50 +3499,159 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:line="240" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="6"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
@@ -4686,100 +4517,489 @@
   <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="SprechblasentextZchn"/>
     <w:rsid w:val="00FD60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:rsid w:val="00FD60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_1082065158"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B5102EA2-1239-45FA-A88C-336C00C53F1F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001236FB" w:rsidRDefault="003825B1">
+          <w:r w:rsidRPr="00362A4E">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_1082065160"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1BAB8DFE-651C-46E5-B7CE-22044EC3B98E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001236FB" w:rsidRDefault="003825B1">
+          <w:r w:rsidRPr="00362A4E">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AAD126985AAA49A1BC226DFB570C646E"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F6CE40C-577E-479C-9178-E586C1E581D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0010483B" w:rsidRDefault="0010483B" w:rsidP="0010483B">
+          <w:pPr>
+            <w:pStyle w:val="AAD126985AAA49A1BC226DFB570C646E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00362A4E">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken Sie hier, um ein Datum einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="73746055638B4D72B03DC61400E47BE1"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{26F30644-F443-4B60-B630-254C2C08549B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0010483B" w:rsidRDefault="0010483B" w:rsidP="0010483B">
+          <w:pPr>
+            <w:pStyle w:val="73746055638B4D72B03DC61400E47BE1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004A0DFE">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003825B1"/>
+    <w:rsid w:val="0010483B"/>
+    <w:rsid w:val="001236FB"/>
+    <w:rsid w:val="003825B1"/>
+    <w:rsid w:val="00D77D55"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="de-CH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -4824,1531 +5044,258 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...128 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
-[...710 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FD60CF"/>
+    <w:rsid w:val="0010483B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
-[...3 lines deleted...]
-    <w:rsid w:val="00FD60CF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAD126985AAA49A1BC226DFB570C646E">
+    <w:name w:val="AAD126985AAA49A1BC226DFB570C646E"/>
+    <w:rsid w:val="0010483B"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
-[...3 lines deleted...]
-    <w:rsid w:val="00FD60CF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFD31CF8A9C14ABE8E3EC1DD92632EA9">
+    <w:name w:val="FFD31CF8A9C14ABE8E3EC1DD92632EA9"/>
+    <w:rsid w:val="0010483B"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...364 lines deleted...]
-    <w:rsid w:val="003825B1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4136EE8DCECF4F63AE5C1102557CDF7F">
+    <w:name w:val="4136EE8DCECF4F63AE5C1102557CDF7F"/>
+    <w:rsid w:val="0010483B"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...194 lines deleted...]
-    <w:rsid w:val="003825B1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73746055638B4D72B03DC61400E47BE1">
+    <w:name w:val="73746055638B4D72B03DC61400E47BE1"/>
+    <w:rsid w:val="0010483B"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -6604,80 +5551,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{849CD5D9-4D07-44D3-BAA3-7BB2D3A53917}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F6C7A6D-5A02-4AE8-955E-1AA5BAB3AB62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{c45dfc26-edbc-44f1-bd07-a2e94e5890ce}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>3CCA250A.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>187</Words>
-  <Characters>1258</Characters>
+  <Words>160</Words>
+  <Characters>1080</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Titel eingeben (in Kopfzeile ab Seite 2!)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1443</CharactersWithSpaces>
+  <CharactersWithSpaces>1238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Titel eingeben (in Kopfzeile ab Seite 2!)</dc:title>
   <dc:subject>Betreff eingeben</dc:subject>
   <dc:creator>André Wyttenbach</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>