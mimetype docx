--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -4,97 +4,109 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="674A1DC6" w14:textId="77777777" w:rsidR="00686DBC" w:rsidRDefault="00630AD8" w:rsidP="00630AD8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630AD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Formular Wiedererwägung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641B20AE" w14:textId="4ECE0F97" w:rsidR="00630AD8" w:rsidRPr="00630AD8" w:rsidRDefault="00686DBC" w:rsidP="00630AD8">
+    <w:p w14:paraId="641B20AE" w14:textId="3C66B91F" w:rsidR="00630AD8" w:rsidRPr="008032FB" w:rsidRDefault="00686DBC" w:rsidP="00630AD8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00686DBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mit diesem Formular können Sie eine einmalige Wiedererwägung eines abgelehnten Gesuchs beantragen. Falls das Gesuch nach der Wiedererwägung erneut abgelehnt wird, kann kein weiteres Gesuch für dasselbe Projekt eingereicht werden</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00630AD8" w:rsidRPr="00686DBC">
+      <w:r w:rsidR="008032FB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37681">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte erfragen Sie die Absagegründe vor der Eingabe der Wiedererwägung telefonisch bei Kultur Stadt Bern. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37681" w:rsidRPr="00686DBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00630AD8">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00630AD8" w:rsidRPr="00630AD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesuchsteller*in: </w:t>
       </w:r>
       <w:r w:rsidR="00630AD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -520,70 +532,70 @@
     </w:p>
     <w:p w14:paraId="68A9DC5D" w14:textId="77777777" w:rsidR="001220E1" w:rsidRPr="001220E1" w:rsidRDefault="001220E1" w:rsidP="00263BC3">
       <w:pPr>
         <w:pStyle w:val="Text"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5777C309" w14:textId="77777777" w:rsidR="001220E1" w:rsidRPr="001220E1" w:rsidRDefault="001220E1" w:rsidP="00263BC3">
       <w:pPr>
         <w:pStyle w:val="Text"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001220E1" w:rsidRPr="001220E1" w:rsidSect="00263BC3">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="454" w:right="1418" w:bottom="1474" w:left="1560" w:header="454" w:footer="851" w:gutter="0"/>
       <w:paperSrc w:first="256" w:other="256"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="63C45CC4" w14:textId="77777777" w:rsidR="00630AD8" w:rsidRDefault="00630AD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2FF8FCE7" w14:textId="77777777" w:rsidR="00630AD8" w:rsidRDefault="00630AD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -600,70 +612,70 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12A4DC06" w14:textId="77777777" w:rsidR="00630AD8" w:rsidRDefault="00630AD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="72D16261" w14:textId="77777777" w:rsidR="00630AD8" w:rsidRDefault="00630AD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03186F24" w14:textId="45713401" w:rsidR="00961B4C" w:rsidRDefault="00961B4C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:lang w:eastAsia="de-DE"/>
@@ -762,51 +774,51 @@
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="168352C0" w14:textId="77777777" w:rsidR="00961B4C" w:rsidRDefault="00961B4C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="8505"/>
       </w:tabs>
       <w:rPr>
         <w:snapToGrid w:val="0"/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="595"/>
       <w:gridCol w:w="3969"/>
     </w:tblGrid>
     <w:tr w:rsidR="00B644E7" w14:paraId="6670103F" w14:textId="77777777" w:rsidTr="0078457F">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="1276"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4536" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="71994488" w14:textId="77777777" w:rsidR="00B644E7" w:rsidRDefault="00B644E7" w:rsidP="00B644E7"/>
@@ -891,51 +903,51 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
         <w:p w14:paraId="740E5F6F" w14:textId="77777777" w:rsidR="00B644E7" w:rsidRDefault="00B644E7" w:rsidP="00B644E7">
           <w:pPr>
             <w:pStyle w:val="Direktion"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="742C2284" w14:textId="77777777" w:rsidR="00961B4C" w:rsidRDefault="00961B4C">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:sz w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="CFF228DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="579EDBC2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -1585,162 +1597,168 @@
   <w:num w:numId="8" w16cid:durableId="121771995">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1683896973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1469276060">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1493989520">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2104178138">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="302514588">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1620186348">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00630AD8"/>
     <w:rsid w:val="00054C02"/>
     <w:rsid w:val="000A7640"/>
     <w:rsid w:val="000B61A4"/>
     <w:rsid w:val="001220E1"/>
     <w:rsid w:val="00122BF6"/>
+    <w:rsid w:val="00154D46"/>
     <w:rsid w:val="0019664F"/>
     <w:rsid w:val="001C348D"/>
     <w:rsid w:val="00234CF9"/>
     <w:rsid w:val="00263BC3"/>
     <w:rsid w:val="0028285A"/>
     <w:rsid w:val="002A3940"/>
     <w:rsid w:val="002C40CE"/>
+    <w:rsid w:val="0031219A"/>
     <w:rsid w:val="00314BA9"/>
     <w:rsid w:val="00447FD1"/>
     <w:rsid w:val="0046422E"/>
     <w:rsid w:val="00475587"/>
     <w:rsid w:val="004F0AC8"/>
     <w:rsid w:val="004F6D54"/>
     <w:rsid w:val="00537CA7"/>
     <w:rsid w:val="005545AD"/>
     <w:rsid w:val="00625B8A"/>
     <w:rsid w:val="00630AD8"/>
     <w:rsid w:val="00686DBC"/>
     <w:rsid w:val="006C44A3"/>
     <w:rsid w:val="0078457F"/>
+    <w:rsid w:val="008032FB"/>
     <w:rsid w:val="008D6C69"/>
     <w:rsid w:val="008E1719"/>
     <w:rsid w:val="008E5174"/>
     <w:rsid w:val="00911643"/>
     <w:rsid w:val="00961B4C"/>
     <w:rsid w:val="009E158D"/>
     <w:rsid w:val="00A142E3"/>
     <w:rsid w:val="00A16A1E"/>
     <w:rsid w:val="00A324CD"/>
     <w:rsid w:val="00A46E32"/>
     <w:rsid w:val="00A77D0A"/>
+    <w:rsid w:val="00A92357"/>
+    <w:rsid w:val="00AE25D7"/>
     <w:rsid w:val="00B16091"/>
     <w:rsid w:val="00B24587"/>
     <w:rsid w:val="00B644E7"/>
     <w:rsid w:val="00BC2EB2"/>
     <w:rsid w:val="00C37D26"/>
+    <w:rsid w:val="00D37681"/>
     <w:rsid w:val="00DF1F7D"/>
     <w:rsid w:val="00E7602D"/>
     <w:rsid w:val="00EF5CF6"/>
     <w:rsid w:val="00F46FD4"/>
     <w:rsid w:val="00F81C36"/>
     <w:rsid w:val="00FD50D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A912AE3"/>
   <w15:docId w15:val="{DD359ADD-FE61-4ACA-B808-F760497CCF83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2222,50 +2240,51 @@
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -3047,51 +3066,51 @@
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:semiHidden/>
     <w:rsid w:val="002C40CE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="8"/>
       <w:kern w:val="2"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///V:\Vorlagen\KUL\mju_Not_KUL.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3360,68 +3379,68 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c45dfc26-edbc-44f1-bd07-a2e94e5890ce}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>mju_Not_KUL</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>198</Words>
-  <Characters>1332</Characters>
+  <Words>213</Words>
+  <Characters>1424</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Titel eingeben (in Kopfzeile ab Seite 2!)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1527</CharactersWithSpaces>
+  <CharactersWithSpaces>1634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Titel eingeben (in Kopfzeile ab Seite 2!)</dc:title>
   <dc:subject>Betreff eingeben</dc:subject>
   <dc:creator>Jutzi Manuela, PRD KUL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>