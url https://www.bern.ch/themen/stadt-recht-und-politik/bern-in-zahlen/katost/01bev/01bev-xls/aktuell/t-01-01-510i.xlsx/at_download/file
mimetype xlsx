--- v0 (2025-10-22)
+++ v1 (2026-02-27)
@@ -2,128 +2,132 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3CE6C48D-DA39-42EB-8C94-393CF652EA6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFDABD7C-5E36-427A-BC12-585C9EAC01FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="21" r:id="rId1"/>
-[...14 lines deleted...]
-    <sheet name="2009" sheetId="13" r:id="rId16"/>
+    <sheet name="2025" sheetId="22" r:id="rId1"/>
+    <sheet name="2024" sheetId="21" r:id="rId2"/>
+    <sheet name="2023" sheetId="20" r:id="rId3"/>
+    <sheet name="2022" sheetId="19" r:id="rId4"/>
+    <sheet name="2021" sheetId="18" r:id="rId5"/>
+    <sheet name="2020" sheetId="17" r:id="rId6"/>
+    <sheet name="2019" sheetId="16" r:id="rId7"/>
+    <sheet name="2018" sheetId="15" r:id="rId8"/>
+    <sheet name="2017" sheetId="14" r:id="rId9"/>
+    <sheet name="2016" sheetId="6" r:id="rId10"/>
+    <sheet name="2015" sheetId="7" r:id="rId11"/>
+    <sheet name="2014" sheetId="8" r:id="rId12"/>
+    <sheet name="2013" sheetId="9" r:id="rId13"/>
+    <sheet name="2012" sheetId="10" r:id="rId14"/>
+    <sheet name="2011" sheetId="11" r:id="rId15"/>
+    <sheet name="2010" sheetId="12" r:id="rId16"/>
+    <sheet name="2009" sheetId="13" r:id="rId17"/>
   </sheets>
   <definedNames>
-    <definedName name="Print_Titles" localSheetId="15">'2009'!$1:$1</definedName>
-[...14 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2024'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="16">'2009'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="15">'2010'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="14">'2011'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="13">'2012'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="12">'2013'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="11">'2014'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="10">'2015'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="9">'2016'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="8">'2017'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F27" i="13" l="1"/>
   <c r="H38" i="14" l="1"/>
   <c r="I38" i="14" s="1"/>
   <c r="H37" i="14"/>
   <c r="I37" i="14" s="1"/>
   <c r="H36" i="14"/>
   <c r="I36" i="14" s="1"/>
@@ -365,51 +369,51 @@
   <c r="I20" i="7" s="1"/>
   <c r="H19" i="7"/>
   <c r="I19" i="7" s="1"/>
   <c r="H18" i="7"/>
   <c r="I18" i="7" s="1"/>
   <c r="H17" i="7"/>
   <c r="I17" i="7" s="1"/>
   <c r="H16" i="7"/>
   <c r="I16" i="7" s="1"/>
   <c r="H15" i="7"/>
   <c r="I15" i="7" s="1"/>
   <c r="H14" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="H13" i="7"/>
   <c r="I13" i="7" s="1"/>
   <c r="H11" i="7"/>
   <c r="I11" i="7" s="1"/>
   <c r="H10" i="7"/>
   <c r="I10" i="7" s="1"/>
   <c r="H8" i="7"/>
   <c r="I8" i="7" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="735" uniqueCount="134">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Bevölkerungsstruktur Ende 2014 sowie Ende 2015</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>T 01.1.i010</t>
   </si>
   <si>
     <t xml:space="preserve">Veränderung </t>
   </si>
   <si>
     <t>absolut</t>
   </si>
   <si>
     <t>in %</t>
   </si>
   <si>
     <t>Total Wohnbevölkerung</t>
   </si>
   <si>
@@ -892,50 +896,65 @@
   </si>
   <si>
     <t>65 und älter</t>
   </si>
   <si>
     <t>2022/2023</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>Alle Nationen mit mehr als 500 Personen im Jahr 2023</t>
   </si>
   <si>
     <t>Bevölkerungsstruktur Ende 2023</t>
   </si>
   <si>
     <t>Bevölkerungsstruktur Ende 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Alle Nationen mit mehr als 500 Personen im Jahr 2024</t>
   </si>
+  <si>
+    <t>Bevölkerungsstruktur Ende 2025</t>
+  </si>
+  <si>
+    <t>2024/2025</t>
+  </si>
+  <si>
+    <t>Alle Nationen mit mehr als 500 Personen im Jahr 2025</t>
+  </si>
+  <si>
+    <t>0–6 Jahre</t>
+  </si>
+  <si>
+    <t>7–15 Jahre</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#,##0.0;\–\ #,##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="169" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="0.0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1369,95 +1388,99 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
@@ -1492,86 +1515,141 @@
 
 <file path=xl/drawings/_rels/vmlDrawing9.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>360300</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E33048C7-F5DC-4B59-A3A8-54F2C9AD8042}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D441DD3-382E-48A7-90C1-E90CAFAF7964}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>551426</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>85851</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="1"/>
+          <a:ext cx="6037825" cy="1162175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1362</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>456853</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1245980</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1581,51 +1659,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1362"/>
           <a:ext cx="5999496" cy="1244618"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>456853</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1635,51 +1713,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28575"/>
           <a:ext cx="6000403" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>456853</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1689,51 +1767,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28575"/>
           <a:ext cx="6000403" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>332509</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1768,51 +1846,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>332509</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1847,51 +1925,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>332509</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1926,51 +2004,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>332509</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2025,86 +2103,141 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>360300</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E33048C7-F5DC-4B59-A3A8-54F2C9AD8042}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>360300</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46891508-D4D9-48F8-B582-40E6B3FBFFBC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>360300</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1A02390-1A41-4F4D-85B2-87D3B2D9901C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -2115,51 +2248,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>551426</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C86F85-04DD-4E3E-B092-B0C1362CE902}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2170,51 +2303,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>551426</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2225,51 +2358,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>551426</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2280,51 +2413,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>551426</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2335,126 +2468,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>551426</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
-            </a:ext>
-[...53 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -2735,974 +2813,1680 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EB214E0-47DA-4F50-B36E-6399C21FF46C}">
-  <dimension ref="A1:K47"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{45E5BE13-DD76-4408-A461-35C0F554C3EA}">
+  <dimension ref="A1:K46"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.42578125" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A3" s="69" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A4" s="71" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="64"/>
       <c r="B5" s="64"/>
       <c r="C5" s="64"/>
       <c r="D5" s="64"/>
       <c r="E5" s="64"/>
       <c r="F5" s="64"/>
       <c r="G5" s="64"/>
       <c r="H5" s="64"/>
       <c r="I5" s="51" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="47"/>
       <c r="B6" s="47"/>
       <c r="C6" s="47"/>
       <c r="D6" s="47"/>
       <c r="E6" s="47">
+        <v>2025</v>
+      </c>
+      <c r="F6" s="47">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="G6" s="47"/>
       <c r="H6" s="47"/>
       <c r="I6" s="48" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="49"/>
       <c r="B7" s="49"/>
       <c r="C7" s="49"/>
       <c r="D7" s="49"/>
       <c r="E7" s="49"/>
       <c r="F7" s="49"/>
       <c r="G7" s="49"/>
       <c r="H7" s="50"/>
       <c r="I7" s="51" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="50"/>
       <c r="B8" s="50"/>
       <c r="C8" s="50"/>
       <c r="D8" s="50"/>
       <c r="E8" s="50"/>
       <c r="F8" s="50"/>
       <c r="G8" s="50"/>
       <c r="H8" s="50" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="52" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="52"/>
       <c r="C9" s="52"/>
       <c r="D9" s="52"/>
       <c r="E9" s="53">
+        <v>146867</v>
+      </c>
+      <c r="F9" s="54">
         <v>146455</v>
-      </c>
-[...1 lines deleted...]
-        <v>145873</v>
       </c>
       <c r="G9" s="54"/>
       <c r="H9" s="54">
-        <v>582</v>
+        <v>412</v>
       </c>
       <c r="I9" s="55">
-        <v>0.3989771924893572</v>
+        <v>0.28131507971731934</v>
       </c>
       <c r="J9" s="68"/>
     </row>
     <row r="10" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="52" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="52"/>
       <c r="C10" s="52"/>
       <c r="D10" s="52"/>
       <c r="E10" s="53"/>
       <c r="F10" s="54"/>
       <c r="G10" s="54"/>
       <c r="H10" s="56"/>
       <c r="I10" s="55"/>
       <c r="J10" s="68"/>
     </row>
     <row r="11" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="52"/>
       <c r="B11" s="52" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="52"/>
       <c r="D11" s="52"/>
       <c r="E11" s="53">
+        <v>70198</v>
+      </c>
+      <c r="F11" s="54">
         <v>70012</v>
-      </c>
-[...1 lines deleted...]
-        <v>69663</v>
       </c>
       <c r="G11" s="54"/>
       <c r="H11" s="56">
-        <v>349</v>
+        <v>186</v>
       </c>
       <c r="I11" s="55">
-        <v>0.50098330534142943</v>
+        <v>0.26566874250128547</v>
       </c>
       <c r="J11" s="68"/>
     </row>
     <row r="12" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="52"/>
       <c r="B12" s="52" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="52"/>
       <c r="D12" s="52"/>
       <c r="E12" s="53">
+        <v>76669</v>
+      </c>
+      <c r="F12" s="54">
         <v>76443</v>
-      </c>
-[...1 lines deleted...]
-        <v>76210</v>
       </c>
       <c r="G12" s="54"/>
       <c r="H12" s="56">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="I12" s="55">
-        <v>0.30573415562262168</v>
+        <v>0.29564512120141806</v>
       </c>
       <c r="J12" s="68"/>
     </row>
     <row r="13" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="53"/>
       <c r="F13" s="54"/>
       <c r="G13" s="54"/>
       <c r="H13" s="56"/>
       <c r="I13" s="55"/>
       <c r="J13" s="68"/>
     </row>
     <row r="14" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="52"/>
       <c r="B14" s="52" t="s">
         <v>117</v>
       </c>
       <c r="C14" s="52"/>
       <c r="D14" s="52"/>
       <c r="E14" s="53">
+        <v>109863</v>
+      </c>
+      <c r="F14" s="54">
         <v>109761</v>
-      </c>
-[...1 lines deleted...]
-        <v>109588</v>
       </c>
       <c r="G14" s="54"/>
       <c r="H14" s="56">
-        <v>173</v>
+        <v>102</v>
       </c>
       <c r="I14" s="55">
-        <v>0.15786399970799722</v>
+        <v>9.2929182496515161E-2</v>
       </c>
       <c r="J14" s="68"/>
     </row>
     <row r="15" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="52"/>
       <c r="B15" s="52"/>
       <c r="C15" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="52" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="53">
+        <v>102618</v>
+      </c>
+      <c r="F15" s="54">
         <v>102355</v>
-      </c>
-[...1 lines deleted...]
-        <v>101987</v>
       </c>
       <c r="G15" s="54"/>
       <c r="H15" s="56">
-        <v>368</v>
+        <v>263</v>
       </c>
       <c r="I15" s="55">
-        <v>0.36083030190122273</v>
+        <v>0.25694885447706511</v>
       </c>
       <c r="J15" s="68"/>
     </row>
     <row r="16" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="52"/>
       <c r="B16" s="52"/>
       <c r="C16" s="52"/>
       <c r="D16" s="52" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="53">
+        <v>7245</v>
+      </c>
+      <c r="F16" s="54">
         <v>7406</v>
-      </c>
-[...1 lines deleted...]
-        <v>7601</v>
       </c>
       <c r="G16" s="54"/>
       <c r="H16" s="56">
-        <v>-195</v>
+        <v>-161</v>
       </c>
       <c r="I16" s="55">
-        <v>-2.5654519142218128</v>
+        <v>-2.1739130434782608</v>
       </c>
       <c r="J16" s="68"/>
     </row>
     <row r="17" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="52"/>
       <c r="B17" s="52" t="s">
         <v>118</v>
       </c>
       <c r="C17" s="52"/>
       <c r="D17" s="52"/>
       <c r="E17" s="53">
+        <v>37004</v>
+      </c>
+      <c r="F17" s="54">
         <v>36694</v>
-      </c>
-[...1 lines deleted...]
-        <v>36285</v>
       </c>
       <c r="G17" s="54"/>
       <c r="H17" s="56">
-        <v>409</v>
+        <v>310</v>
       </c>
       <c r="I17" s="55">
-        <v>1.1271875430618712</v>
+        <v>0.84482476699187881</v>
       </c>
       <c r="J17" s="68"/>
     </row>
     <row r="18" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="52"/>
       <c r="B18" s="52"/>
       <c r="C18" s="52" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="52" t="s">
         <v>17</v>
       </c>
       <c r="E18" s="53">
+        <v>6172</v>
+      </c>
+      <c r="F18" s="54">
         <v>6210</v>
-      </c>
-[...1 lines deleted...]
-        <v>6266</v>
       </c>
       <c r="G18" s="54"/>
       <c r="H18" s="56">
-        <v>-56</v>
+        <v>-38</v>
       </c>
       <c r="I18" s="55">
-        <v>-0.89371209703159915</v>
+        <v>-0.61191626409017708</v>
       </c>
       <c r="J18" s="68"/>
     </row>
     <row r="19" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="52"/>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="52" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="53">
+        <v>3899</v>
+      </c>
+      <c r="F19" s="54">
         <v>3945</v>
-      </c>
-[...1 lines deleted...]
-        <v>3956</v>
       </c>
       <c r="G19" s="54"/>
       <c r="H19" s="56">
-        <v>-11</v>
+        <v>-46</v>
       </c>
       <c r="I19" s="55">
-        <v>-0.2780586450960566</v>
+        <v>-1.1660329531051963</v>
       </c>
       <c r="J19" s="68"/>
     </row>
     <row r="20" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="52"/>
       <c r="B20" s="52"/>
       <c r="C20" s="52"/>
       <c r="D20" s="52" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="E20" s="53">
-        <v>1934</v>
+        <v>2217</v>
       </c>
       <c r="F20" s="54">
-        <v>1868</v>
+        <v>1914</v>
       </c>
       <c r="G20" s="54"/>
       <c r="H20" s="56">
-        <v>66</v>
+        <v>303</v>
       </c>
       <c r="I20" s="55">
-        <v>3.5331905781584583</v>
+        <v>15.830721003134796</v>
       </c>
       <c r="J20" s="68"/>
     </row>
     <row r="21" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="52"/>
       <c r="B21" s="52"/>
       <c r="C21" s="52"/>
       <c r="D21" s="52" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
       <c r="E21" s="53">
-        <v>1914</v>
+        <v>2013</v>
       </c>
       <c r="F21" s="54">
-        <v>1612</v>
+        <v>1934</v>
       </c>
       <c r="G21" s="54"/>
       <c r="H21" s="56">
-        <v>302</v>
+        <v>79</v>
       </c>
       <c r="I21" s="55">
-        <v>18.734491315136474</v>
+        <v>4.0847983453981387</v>
       </c>
       <c r="J21" s="68"/>
     </row>
     <row r="22" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="52"/>
       <c r="B22" s="52"/>
       <c r="C22" s="52"/>
       <c r="D22" s="52" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="53">
+        <v>1366</v>
+      </c>
+      <c r="F22" s="54">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="G22" s="54"/>
       <c r="H22" s="56">
-        <v>-13</v>
+        <v>16</v>
       </c>
       <c r="I22" s="55">
-        <v>-0.95377842993396911</v>
+        <v>1.1851851851851851</v>
       </c>
       <c r="J22" s="68"/>
     </row>
     <row r="23" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="52"/>
       <c r="B23" s="52"/>
       <c r="C23" s="52"/>
       <c r="D23" s="52" t="s">
         <v>123</v>
       </c>
       <c r="E23" s="53">
+        <v>1244</v>
+      </c>
+      <c r="F23" s="54">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="G23" s="54"/>
       <c r="H23" s="56">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="I23" s="55">
-        <v>5.0774526678141143</v>
+        <v>1.8837018837018835</v>
       </c>
       <c r="J23" s="68"/>
     </row>
     <row r="24" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="52"/>
       <c r="B24" s="52"/>
       <c r="C24" s="52"/>
       <c r="D24" s="52" t="s">
         <v>98</v>
       </c>
       <c r="E24" s="53">
+        <v>1059</v>
+      </c>
+      <c r="F24" s="54">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="G24" s="54"/>
       <c r="H24" s="56">
-        <v>-32</v>
+        <v>-57</v>
       </c>
       <c r="I24" s="55">
-        <v>-2.7874564459930311</v>
+        <v>-5.10752688172043</v>
       </c>
       <c r="J24" s="68"/>
     </row>
     <row r="25" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="52"/>
       <c r="B25" s="52"/>
       <c r="C25" s="52"/>
       <c r="D25" s="52" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="53">
+        <v>1056</v>
+      </c>
+      <c r="F25" s="54">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="G25" s="54"/>
       <c r="H25" s="56">
-        <v>-33</v>
+        <v>-28</v>
       </c>
       <c r="I25" s="55">
-        <v>-2.9543419874664281</v>
+        <v>-2.5830258302583027</v>
       </c>
       <c r="J25" s="68"/>
     </row>
     <row r="26" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="52"/>
       <c r="B26" s="52"/>
       <c r="C26" s="52"/>
       <c r="D26" s="52" t="s">
         <v>18</v>
       </c>
       <c r="E26" s="53">
+        <v>1040</v>
+      </c>
+      <c r="F26" s="54">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="G26" s="54"/>
       <c r="H26" s="56">
-        <v>-34</v>
+        <v>65</v>
       </c>
       <c r="I26" s="55">
-        <v>-3.3696729435084243</v>
+        <v>6.666666666666667</v>
       </c>
       <c r="J26" s="68"/>
     </row>
     <row r="27" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="52"/>
       <c r="B27" s="52"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="53">
+        <v>943</v>
+      </c>
+      <c r="F27" s="54">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
       <c r="G27" s="54"/>
       <c r="H27" s="56">
-        <v>-10</v>
+        <v>-13</v>
       </c>
       <c r="I27" s="55">
-        <v>-1.0351966873706004</v>
+        <v>-1.3598326359832635</v>
       </c>
       <c r="J27" s="68"/>
     </row>
     <row r="28" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52"/>
       <c r="B28" s="52"/>
       <c r="C28" s="52"/>
       <c r="D28" s="52" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="E28" s="53">
-        <v>730</v>
+        <v>799</v>
       </c>
       <c r="F28" s="54">
-        <v>736</v>
+        <v>674</v>
       </c>
       <c r="G28" s="54"/>
       <c r="H28" s="56">
-        <v>-6</v>
+        <v>125</v>
       </c>
       <c r="I28" s="55">
-        <v>-0.81521739130434778</v>
+        <v>18.545994065281899</v>
       </c>
       <c r="J28" s="68"/>
     </row>
     <row r="29" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="52"/>
       <c r="B29" s="52"/>
       <c r="C29" s="52"/>
       <c r="D29" s="52" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="E29" s="53">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="F29" s="54">
-        <v>693</v>
+        <v>730</v>
       </c>
       <c r="G29" s="54"/>
       <c r="H29" s="56">
-        <v>17</v>
+        <v>-5</v>
       </c>
       <c r="I29" s="55">
-        <v>2.4531024531024532</v>
+        <v>-0.68493150684931503</v>
       </c>
       <c r="J29" s="68"/>
     </row>
     <row r="30" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="52"/>
       <c r="B30" s="52"/>
       <c r="C30" s="52"/>
       <c r="D30" s="52" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="E30" s="53">
-        <v>679</v>
+        <v>721</v>
       </c>
       <c r="F30" s="54">
-        <v>696</v>
+        <v>710</v>
       </c>
       <c r="G30" s="54"/>
       <c r="H30" s="56">
-        <v>-17</v>
+        <v>11</v>
       </c>
       <c r="I30" s="55">
-        <v>-2.4425287356321839</v>
+        <v>1.5492957746478875</v>
       </c>
       <c r="J30" s="68"/>
     </row>
     <row r="31" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="52"/>
       <c r="B31" s="52"/>
       <c r="C31" s="52"/>
       <c r="D31" s="52" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="E31" s="53">
-        <v>674</v>
+        <v>652</v>
       </c>
       <c r="F31" s="54">
-        <v>592</v>
+        <v>679</v>
       </c>
       <c r="G31" s="54"/>
       <c r="H31" s="56">
-        <v>82</v>
+        <v>-27</v>
       </c>
       <c r="I31" s="55">
-        <v>13.851351351351351</v>
+        <v>-3.9764359351988219</v>
       </c>
       <c r="J31" s="68"/>
       <c r="K31" s="22"/>
     </row>
     <row r="32" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="52"/>
       <c r="B32" s="52"/>
       <c r="C32" s="52"/>
       <c r="D32" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E32" s="53">
+        <v>608</v>
+      </c>
+      <c r="F32" s="54">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="G32" s="54"/>
       <c r="H32" s="56">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="I32" s="55">
-        <v>5.6939501779359434</v>
+        <v>2.3569023569023568</v>
       </c>
       <c r="J32" s="68"/>
     </row>
     <row r="33" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="52"/>
       <c r="B33" s="52"/>
       <c r="C33" s="52"/>
       <c r="D33" s="52" t="s">
         <v>24</v>
       </c>
       <c r="E33" s="53">
+        <v>518</v>
+      </c>
+      <c r="F33" s="54">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="G33" s="54"/>
       <c r="H33" s="56">
-        <v>-13</v>
+        <v>-28</v>
       </c>
       <c r="I33" s="55">
-        <v>-2.3255813953488373</v>
+        <v>-5.1282051282051286</v>
       </c>
       <c r="J33" s="68"/>
     </row>
     <row r="34" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="52"/>
       <c r="B34" s="52"/>
       <c r="C34" s="52"/>
       <c r="D34" s="52" t="s">
         <v>79</v>
       </c>
       <c r="E34" s="53">
+        <v>504</v>
+      </c>
+      <c r="F34" s="54">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
       <c r="G34" s="54"/>
       <c r="H34" s="56">
-        <v>-28</v>
+        <v>-24</v>
       </c>
       <c r="I34" s="55">
-        <v>-5.0359712230215834</v>
+        <v>-4.545454545454545</v>
       </c>
       <c r="J34" s="68"/>
     </row>
     <row r="35" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="52"/>
       <c r="B35" s="52"/>
       <c r="C35" s="52"/>
       <c r="D35" s="52" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="E35" s="53">
-        <v>500</v>
+        <v>11468</v>
       </c>
       <c r="F35" s="54">
-        <v>509</v>
+        <v>11528</v>
       </c>
       <c r="G35" s="54"/>
       <c r="H35" s="56">
-        <v>-9</v>
+        <v>-60</v>
       </c>
       <c r="I35" s="55">
-        <v>-1.768172888015717</v>
+        <v>-0.52047189451769604</v>
       </c>
       <c r="J35" s="68"/>
     </row>
     <row r="36" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="52"/>
+      <c r="A36" s="52" t="s">
+        <v>29</v>
+      </c>
       <c r="B36" s="52"/>
       <c r="C36" s="52"/>
-      <c r="D36" s="52" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D36" s="52"/>
+      <c r="E36" s="53"/>
+      <c r="F36" s="54"/>
       <c r="G36" s="54"/>
-      <c r="H36" s="56">
-[...4 lines deleted...]
-      </c>
+      <c r="H36" s="56"/>
+      <c r="I36" s="55"/>
       <c r="J36" s="68"/>
     </row>
     <row r="37" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="52" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="52"/>
+      <c r="A37" s="52"/>
+      <c r="B37" s="52" t="s">
+        <v>132</v>
+      </c>
       <c r="C37" s="52"/>
       <c r="D37" s="52"/>
-      <c r="E37" s="53"/>
-      <c r="F37" s="54"/>
+      <c r="E37" s="53">
+        <v>8440</v>
+      </c>
+      <c r="F37" s="54">
+        <v>8678</v>
+      </c>
       <c r="G37" s="54"/>
-      <c r="H37" s="56"/>
-      <c r="I37" s="55"/>
+      <c r="H37" s="56">
+        <v>-238</v>
+      </c>
+      <c r="I37" s="55">
+        <v>-2.7425674118460472</v>
+      </c>
       <c r="J37" s="68"/>
     </row>
     <row r="38" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="52"/>
       <c r="B38" s="52" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="C38" s="52"/>
       <c r="D38" s="52"/>
       <c r="E38" s="53">
-        <v>8678</v>
+        <v>10730</v>
       </c>
       <c r="F38" s="54">
-        <v>8990</v>
+        <v>10607</v>
       </c>
       <c r="G38" s="54"/>
       <c r="H38" s="56">
-        <v>-312</v>
+        <v>123</v>
       </c>
       <c r="I38" s="55">
-        <v>-3.4705228031145716</v>
+        <v>1.1596115772603</v>
       </c>
       <c r="J38" s="68"/>
     </row>
     <row r="39" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="52"/>
       <c r="B39" s="52" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C39" s="52"/>
       <c r="D39" s="52"/>
       <c r="E39" s="53">
-        <v>10607</v>
+        <v>4542</v>
       </c>
       <c r="F39" s="54">
-        <v>10400</v>
+        <v>4419</v>
       </c>
       <c r="G39" s="54"/>
       <c r="H39" s="56">
-        <v>207</v>
+        <v>123</v>
       </c>
       <c r="I39" s="55">
-        <v>1.9903846153846154</v>
+        <v>2.7834351663272234</v>
       </c>
       <c r="J39" s="68"/>
     </row>
     <row r="40" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="52"/>
       <c r="B40" s="52" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C40" s="52"/>
       <c r="D40" s="52"/>
       <c r="E40" s="53">
-        <v>4419</v>
+        <v>98967</v>
       </c>
       <c r="F40" s="54">
-        <v>4210</v>
+        <v>98862</v>
       </c>
       <c r="G40" s="54"/>
       <c r="H40" s="56">
-        <v>209</v>
+        <v>105</v>
       </c>
       <c r="I40" s="55">
-        <v>4.9643705463182899</v>
+        <v>0.10620865448807429</v>
       </c>
       <c r="J40" s="68"/>
     </row>
     <row r="41" spans="1:10" s="44" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="52"/>
-[...16 lines deleted...]
-        <v>0.27182181471489136</v>
+      <c r="A41" s="57"/>
+      <c r="B41" s="57" t="s">
+        <v>121</v>
+      </c>
+      <c r="C41" s="57"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="58">
+        <v>24188</v>
+      </c>
+      <c r="F41" s="59">
+        <v>23889</v>
+      </c>
+      <c r="G41" s="59"/>
+      <c r="H41" s="60">
+        <v>299</v>
+      </c>
+      <c r="I41" s="61">
+        <v>1.2516220854786722</v>
       </c>
       <c r="J41" s="68"/>
     </row>
-    <row r="42" spans="1:10" s="2" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="I43" s="73" t="s">
+    <row r="42" spans="1:10" s="72" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F42" s="73"/>
+      <c r="I42" s="73" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="43" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="65" t="s">
+        <v>111</v>
+      </c>
+      <c r="B43" s="65"/>
+      <c r="C43" s="65"/>
+      <c r="D43" s="65"/>
+      <c r="E43" s="65"/>
+      <c r="F43" s="65"/>
+      <c r="G43" s="65"/>
+      <c r="H43" s="65"/>
+      <c r="I43" s="76"/>
+    </row>
     <row r="44" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="65" t="s">
-[...18 lines deleted...]
-      <c r="F46" s="76"/>
+      <c r="A44" s="77" t="s">
+        <v>131</v>
+      </c>
+      <c r="I44" s="78"/>
+    </row>
+    <row r="45" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F45" s="76"/>
+      <c r="I45" s="76" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I46" s="76" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      <c r="I47" s="76" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:I40"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
+    <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
+    <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="45" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A4" s="46" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="64"/>
+      <c r="B5" s="64"/>
+      <c r="C5" s="64"/>
+      <c r="D5" s="64"/>
+      <c r="E5" s="64"/>
+      <c r="F5" s="64"/>
+      <c r="G5" s="64"/>
+      <c r="H5" s="64"/>
+      <c r="I5" s="51" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="47"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47">
+        <v>2016</v>
+      </c>
+      <c r="F6" s="47">
+        <v>2015</v>
+      </c>
+      <c r="G6" s="47"/>
+      <c r="H6" s="47"/>
+      <c r="I6" s="48" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49"/>
+      <c r="B7" s="49"/>
+      <c r="C7" s="49"/>
+      <c r="D7" s="49"/>
+      <c r="E7" s="49"/>
+      <c r="F7" s="49"/>
+      <c r="G7" s="49"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="51" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="50"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="50"/>
+      <c r="G8" s="50"/>
+      <c r="H8" s="50" t="s">
+        <v>5</v>
+      </c>
+      <c r="I8" s="51" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="53">
+        <v>141660</v>
+      </c>
+      <c r="F9" s="54">
+        <v>140567</v>
+      </c>
+      <c r="G9" s="54"/>
+      <c r="H9" s="54">
+        <f>E9-F9</f>
+        <v>1093</v>
+      </c>
+      <c r="I9" s="55">
+        <f>H9/F9%</f>
+        <v>0.77756514686946432</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="52"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="53"/>
+      <c r="F10" s="54"/>
+      <c r="G10" s="54"/>
+      <c r="H10" s="54"/>
+      <c r="I10" s="55"/>
+    </row>
+    <row r="11" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="52"/>
+      <c r="B11" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="53">
+        <v>67755</v>
+      </c>
+      <c r="F11" s="54">
+        <v>67139</v>
+      </c>
+      <c r="G11" s="54"/>
+      <c r="H11" s="56">
+        <f>E11-F11</f>
+        <v>616</v>
+      </c>
+      <c r="I11" s="55">
+        <f t="shared" ref="I11:I35" si="0">H11/F11%</f>
+        <v>0.91749951592963852</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="52"/>
+      <c r="B12" s="52" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="52"/>
+      <c r="D12" s="52"/>
+      <c r="E12" s="53">
+        <v>73905</v>
+      </c>
+      <c r="F12" s="54">
+        <v>73428</v>
+      </c>
+      <c r="G12" s="54"/>
+      <c r="H12" s="56">
+        <f>E12-F12</f>
+        <v>477</v>
+      </c>
+      <c r="I12" s="55">
+        <f t="shared" si="0"/>
+        <v>0.64961595031867958</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="52" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="52"/>
+      <c r="C13" s="52"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="54"/>
+      <c r="G13" s="54"/>
+      <c r="H13" s="56"/>
+      <c r="I13" s="55"/>
+    </row>
+    <row r="14" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="52"/>
+      <c r="B14" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" s="52"/>
+      <c r="D14" s="52"/>
+      <c r="E14" s="53">
+        <v>106464</v>
+      </c>
+      <c r="F14" s="54">
+        <v>105996</v>
+      </c>
+      <c r="G14" s="54"/>
+      <c r="H14" s="56">
+        <f t="shared" ref="H14:H29" si="1">E14-F14</f>
+        <v>468</v>
+      </c>
+      <c r="I14" s="55">
+        <f t="shared" si="0"/>
+        <v>0.44152609532435183</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="52"/>
+      <c r="B15" s="52"/>
+      <c r="C15" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="53">
+        <v>98830</v>
+      </c>
+      <c r="F15" s="54">
+        <v>98276</v>
+      </c>
+      <c r="G15" s="54"/>
+      <c r="H15" s="56">
+        <f t="shared" si="1"/>
+        <v>554</v>
+      </c>
+      <c r="I15" s="55">
+        <f t="shared" si="0"/>
+        <v>0.56371850706174453</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="52"/>
+      <c r="B16" s="52"/>
+      <c r="C16" s="52"/>
+      <c r="D16" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="53">
+        <v>7634</v>
+      </c>
+      <c r="F16" s="54">
+        <v>7720</v>
+      </c>
+      <c r="G16" s="54"/>
+      <c r="H16" s="56">
+        <f t="shared" si="1"/>
+        <v>-86</v>
+      </c>
+      <c r="I16" s="55">
+        <f t="shared" si="0"/>
+        <v>-1.1139896373056994</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="52"/>
+      <c r="B17" s="52" t="s">
+        <v>16</v>
+      </c>
+      <c r="C17" s="52"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="53">
+        <v>35196</v>
+      </c>
+      <c r="F17" s="54">
+        <v>34571</v>
+      </c>
+      <c r="G17" s="54"/>
+      <c r="H17" s="56">
+        <f t="shared" si="1"/>
+        <v>625</v>
+      </c>
+      <c r="I17" s="55">
+        <f t="shared" si="0"/>
+        <v>1.8078736513262563</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="52"/>
+      <c r="B18" s="52"/>
+      <c r="C18" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="53">
+        <v>6785</v>
+      </c>
+      <c r="F18" s="54">
+        <v>6747</v>
+      </c>
+      <c r="G18" s="54"/>
+      <c r="H18" s="56">
+        <f t="shared" si="1"/>
+        <v>38</v>
+      </c>
+      <c r="I18" s="55">
+        <f t="shared" si="0"/>
+        <v>0.56321327997628579</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="52"/>
+      <c r="B19" s="52"/>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="53">
+        <v>922</v>
+      </c>
+      <c r="F19" s="54">
+        <v>874</v>
+      </c>
+      <c r="G19" s="54"/>
+      <c r="H19" s="56">
+        <f t="shared" si="1"/>
+        <v>48</v>
+      </c>
+      <c r="I19" s="55">
+        <f t="shared" si="0"/>
+        <v>5.4919908466819223</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="52"/>
+      <c r="B20" s="52"/>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" s="53">
+        <v>4249</v>
+      </c>
+      <c r="F20" s="54">
+        <v>4258</v>
+      </c>
+      <c r="G20" s="54"/>
+      <c r="H20" s="56">
+        <f t="shared" si="1"/>
+        <v>-9</v>
+      </c>
+      <c r="I20" s="55">
+        <f t="shared" si="0"/>
+        <v>-0.21136683889149838</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="52"/>
+      <c r="B21" s="52"/>
+      <c r="C21" s="52"/>
+      <c r="D21" s="52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="53">
+        <v>1258</v>
+      </c>
+      <c r="F21" s="54">
+        <v>1217</v>
+      </c>
+      <c r="G21" s="54"/>
+      <c r="H21" s="56">
+        <f t="shared" si="1"/>
+        <v>41</v>
+      </c>
+      <c r="I21" s="55">
+        <f t="shared" si="0"/>
+        <v>3.3689400164338537</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52"/>
+      <c r="B22" s="52"/>
+      <c r="C22" s="52"/>
+      <c r="D22" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="53">
+        <v>1214</v>
+      </c>
+      <c r="F22" s="54">
+        <v>1176</v>
+      </c>
+      <c r="G22" s="54"/>
+      <c r="H22" s="56">
+        <f t="shared" si="1"/>
+        <v>38</v>
+      </c>
+      <c r="I22" s="55">
+        <f t="shared" si="0"/>
+        <v>3.231292517006803</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="52"/>
+      <c r="B23" s="52"/>
+      <c r="C23" s="52"/>
+      <c r="D23" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="53">
+        <v>711</v>
+      </c>
+      <c r="F23" s="54">
+        <v>704</v>
+      </c>
+      <c r="G23" s="54"/>
+      <c r="H23" s="56">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="I23" s="55">
+        <f t="shared" si="0"/>
+        <v>0.99431818181818177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52"/>
+      <c r="B24" s="52"/>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" s="53">
+        <v>1657</v>
+      </c>
+      <c r="F24" s="54">
+        <v>1675</v>
+      </c>
+      <c r="G24" s="54"/>
+      <c r="H24" s="56">
+        <f t="shared" si="1"/>
+        <v>-18</v>
+      </c>
+      <c r="I24" s="55">
+        <f t="shared" si="0"/>
+        <v>-1.0746268656716418</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="52"/>
+      <c r="B25" s="52"/>
+      <c r="C25" s="52"/>
+      <c r="D25" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="E25" s="53">
+        <v>774</v>
+      </c>
+      <c r="F25" s="54">
+        <v>792</v>
+      </c>
+      <c r="G25" s="54"/>
+      <c r="H25" s="56">
+        <f t="shared" si="1"/>
+        <v>-18</v>
+      </c>
+      <c r="I25" s="55">
+        <f t="shared" si="0"/>
+        <v>-2.2727272727272729</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52"/>
+      <c r="B26" s="52"/>
+      <c r="C26" s="52"/>
+      <c r="D26" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="E26" s="53">
+        <v>2189</v>
+      </c>
+      <c r="F26" s="54">
+        <v>2268</v>
+      </c>
+      <c r="G26" s="54"/>
+      <c r="H26" s="56">
+        <f t="shared" si="1"/>
+        <v>-79</v>
+      </c>
+      <c r="I26" s="55">
+        <f t="shared" si="0"/>
+        <v>-3.4832451499118164</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="52"/>
+      <c r="B27" s="52"/>
+      <c r="C27" s="52"/>
+      <c r="D27" s="52" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" s="53">
+        <v>841</v>
+      </c>
+      <c r="F27" s="54">
+        <v>865</v>
+      </c>
+      <c r="G27" s="54"/>
+      <c r="H27" s="56">
+        <f t="shared" si="1"/>
+        <v>-24</v>
+      </c>
+      <c r="I27" s="55">
+        <f t="shared" si="0"/>
+        <v>-2.7745664739884393</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52"/>
+      <c r="B28" s="52"/>
+      <c r="C28" s="52"/>
+      <c r="D28" s="52" t="s">
+        <v>27</v>
+      </c>
+      <c r="E28" s="53">
+        <v>1181</v>
+      </c>
+      <c r="F28" s="54">
+        <v>1168</v>
+      </c>
+      <c r="G28" s="54"/>
+      <c r="H28" s="56">
+        <f t="shared" si="1"/>
+        <v>13</v>
+      </c>
+      <c r="I28" s="55">
+        <f t="shared" si="0"/>
+        <v>1.1130136986301371</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="52"/>
+      <c r="B29" s="52"/>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="E29" s="53">
+        <v>13415</v>
+      </c>
+      <c r="F29" s="54">
+        <v>12827</v>
+      </c>
+      <c r="G29" s="54"/>
+      <c r="H29" s="56">
+        <f t="shared" si="1"/>
+        <v>588</v>
+      </c>
+      <c r="I29" s="55">
+        <f t="shared" si="0"/>
+        <v>4.584080455289623</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" s="52"/>
+      <c r="C30" s="52"/>
+      <c r="D30" s="52"/>
+      <c r="E30" s="53"/>
+      <c r="F30" s="54"/>
+      <c r="G30" s="54"/>
+      <c r="H30" s="56"/>
+      <c r="I30" s="55"/>
+    </row>
+    <row r="31" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="52"/>
+      <c r="B31" s="52" t="s">
+        <v>30</v>
+      </c>
+      <c r="C31" s="52"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="53">
+        <v>9191</v>
+      </c>
+      <c r="F31" s="54">
+        <v>8916</v>
+      </c>
+      <c r="G31" s="54"/>
+      <c r="H31" s="56">
+        <f>E31-F31</f>
+        <v>275</v>
+      </c>
+      <c r="I31" s="55">
+        <f t="shared" si="0"/>
+        <v>3.0843427545984747</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="52"/>
+      <c r="B32" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="52"/>
+      <c r="D32" s="52"/>
+      <c r="E32" s="53">
+        <v>8543</v>
+      </c>
+      <c r="F32" s="54">
+        <v>8436</v>
+      </c>
+      <c r="G32" s="54"/>
+      <c r="H32" s="56">
+        <f>E32-F32</f>
+        <v>107</v>
+      </c>
+      <c r="I32" s="55">
+        <f t="shared" si="0"/>
+        <v>1.2683736367946894</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="52"/>
+      <c r="B33" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="C33" s="52"/>
+      <c r="D33" s="52"/>
+      <c r="E33" s="53">
+        <v>3838</v>
+      </c>
+      <c r="F33" s="54">
+        <v>3777</v>
+      </c>
+      <c r="G33" s="54"/>
+      <c r="H33" s="56">
+        <f>E33-F33</f>
+        <v>61</v>
+      </c>
+      <c r="I33" s="55">
+        <f t="shared" si="0"/>
+        <v>1.6150383902568175</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="52"/>
+      <c r="B34" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="C34" s="52"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="53">
+        <v>96775</v>
+      </c>
+      <c r="F34" s="54">
+        <v>96119</v>
+      </c>
+      <c r="G34" s="54"/>
+      <c r="H34" s="56">
+        <f>E34-F34</f>
+        <v>656</v>
+      </c>
+      <c r="I34" s="55">
+        <f t="shared" si="0"/>
+        <v>0.68248733340962764</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="57"/>
+      <c r="B35" s="57" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="57"/>
+      <c r="D35" s="57"/>
+      <c r="E35" s="58">
+        <v>23313</v>
+      </c>
+      <c r="F35" s="59">
+        <v>23319</v>
+      </c>
+      <c r="G35" s="59"/>
+      <c r="H35" s="60">
+        <f>E35-F35</f>
+        <v>-6</v>
+      </c>
+      <c r="I35" s="61">
+        <f t="shared" si="0"/>
+        <v>-2.5730091341824263E-2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F36" s="27"/>
+      <c r="I36" s="27" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" s="44" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A37" s="44" t="s">
+        <v>76</v>
+      </c>
+      <c r="I37" s="62"/>
+    </row>
+    <row r="38" spans="1:9" s="2" customFormat="1" ht="9" x14ac:dyDescent="0.2">
+      <c r="A38" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="I38" s="63"/>
+    </row>
+    <row r="39" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F39" s="63"/>
+      <c r="I39" s="62" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" s="2" customFormat="1" ht="9" x14ac:dyDescent="0.15">
+      <c r="I40" s="62" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
+&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:K39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21" style="3" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="3" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="7" style="3" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
@@ -4466,51 +5250,51 @@
       <c r="E39" s="31"/>
       <c r="F39" s="31"/>
       <c r="G39" s="31"/>
       <c r="H39" s="31"/>
       <c r="I39" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="A38:I38"/>
   </mergeCells>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21" style="3" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="3" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="7" style="3" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
@@ -5249,51 +6033,51 @@
       <c r="E39" s="31"/>
       <c r="F39" s="31"/>
       <c r="G39" s="31"/>
       <c r="H39" s="31"/>
       <c r="I39" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="A38:I38"/>
   </mergeCells>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="3" customWidth="1"/>
     <col min="4" max="4" width="21" style="3" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="3" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="7" style="3" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
@@ -6024,51 +6808,51 @@
       <c r="E39" s="31"/>
       <c r="F39" s="31"/>
       <c r="G39" s="31"/>
       <c r="H39" s="31"/>
       <c r="I39" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="A38:I38"/>
   </mergeCells>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:I166"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="7" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="21" style="7" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="7" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="7" customWidth="1"/>
     <col min="9" max="9" width="7" style="7" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="3" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
@@ -6749,51 +7533,51 @@
     <row r="38" spans="1:9" s="31" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="I38" s="32" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="163" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="166" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:L165"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="7" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="21" style="7" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="7" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="7" customWidth="1"/>
     <col min="9" max="9" width="7" style="7" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:12" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
@@ -7409,51 +8193,51 @@
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I36" s="32" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="162" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="165" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="7" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="21" style="7" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="7" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="7" customWidth="1"/>
     <col min="9" max="9" width="7" style="7" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
@@ -8065,51 +8849,51 @@
       </c>
     </row>
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I36" s="32" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:I36"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="105" zoomScaleNormal="105" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="7" customWidth="1"/>
     <col min="2" max="2" width="4.140625" style="7" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" style="7" customWidth="1"/>
     <col min="4" max="4" width="21" style="7" customWidth="1"/>
     <col min="5" max="6" width="10.7109375" style="7" customWidth="1"/>
     <col min="7" max="7" width="2.85546875" style="7" customWidth="1"/>
     <col min="8" max="8" width="7.28515625" style="7" customWidth="1"/>
     <col min="9" max="9" width="7" style="7" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
@@ -8717,50 +9501,914 @@
     <row r="36" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="31"/>
       <c r="I36" s="32" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="H5:I5"/>
     <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EB214E0-47DA-4F50-B36E-6399C21FF46C}">
+  <dimension ref="A1:K47"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
+    <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="3.42578125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="69" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="71" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="64"/>
+      <c r="B5" s="64"/>
+      <c r="C5" s="64"/>
+      <c r="D5" s="64"/>
+      <c r="E5" s="64"/>
+      <c r="F5" s="64"/>
+      <c r="G5" s="64"/>
+      <c r="H5" s="64"/>
+      <c r="I5" s="51" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="47"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47">
+        <v>2024</v>
+      </c>
+      <c r="F6" s="47">
+        <v>2023</v>
+      </c>
+      <c r="G6" s="47"/>
+      <c r="H6" s="47"/>
+      <c r="I6" s="48" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49"/>
+      <c r="B7" s="49"/>
+      <c r="C7" s="49"/>
+      <c r="D7" s="49"/>
+      <c r="E7" s="49"/>
+      <c r="F7" s="49"/>
+      <c r="G7" s="49"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="51" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="50"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="50"/>
+      <c r="G8" s="50"/>
+      <c r="H8" s="50" t="s">
+        <v>5</v>
+      </c>
+      <c r="I8" s="51" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="53">
+        <v>146455</v>
+      </c>
+      <c r="F9" s="54">
+        <v>145873</v>
+      </c>
+      <c r="G9" s="54"/>
+      <c r="H9" s="54">
+        <v>582</v>
+      </c>
+      <c r="I9" s="55">
+        <v>0.3989771924893572</v>
+      </c>
+      <c r="J9" s="68"/>
+    </row>
+    <row r="10" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="52"/>
+      <c r="C10" s="52"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="53"/>
+      <c r="F10" s="54"/>
+      <c r="G10" s="54"/>
+      <c r="H10" s="56"/>
+      <c r="I10" s="55"/>
+      <c r="J10" s="68"/>
+    </row>
+    <row r="11" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="52"/>
+      <c r="B11" s="52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="52"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="53">
+        <v>70012</v>
+      </c>
+      <c r="F11" s="54">
+        <v>69663</v>
+      </c>
+      <c r="G11" s="54"/>
+      <c r="H11" s="56">
+        <v>349</v>
+      </c>
+      <c r="I11" s="55">
+        <v>0.50098330534142943</v>
+      </c>
+      <c r="J11" s="68"/>
+    </row>
+    <row r="12" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="52"/>
+      <c r="B12" s="52" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="52"/>
+      <c r="D12" s="52"/>
+      <c r="E12" s="53">
+        <v>76443</v>
+      </c>
+      <c r="F12" s="54">
+        <v>76210</v>
+      </c>
+      <c r="G12" s="54"/>
+      <c r="H12" s="56">
+        <v>233</v>
+      </c>
+      <c r="I12" s="55">
+        <v>0.30573415562262168</v>
+      </c>
+      <c r="J12" s="68"/>
+    </row>
+    <row r="13" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="52" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="52"/>
+      <c r="C13" s="52"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="54"/>
+      <c r="G13" s="54"/>
+      <c r="H13" s="56"/>
+      <c r="I13" s="55"/>
+      <c r="J13" s="68"/>
+    </row>
+    <row r="14" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="52"/>
+      <c r="B14" s="52" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" s="52"/>
+      <c r="D14" s="52"/>
+      <c r="E14" s="53">
+        <v>109761</v>
+      </c>
+      <c r="F14" s="54">
+        <v>109588</v>
+      </c>
+      <c r="G14" s="54"/>
+      <c r="H14" s="56">
+        <v>173</v>
+      </c>
+      <c r="I14" s="55">
+        <v>0.15786399970799722</v>
+      </c>
+      <c r="J14" s="68"/>
+    </row>
+    <row r="15" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="52"/>
+      <c r="B15" s="52"/>
+      <c r="C15" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="53">
+        <v>102355</v>
+      </c>
+      <c r="F15" s="54">
+        <v>101987</v>
+      </c>
+      <c r="G15" s="54"/>
+      <c r="H15" s="56">
+        <v>368</v>
+      </c>
+      <c r="I15" s="55">
+        <v>0.36083030190122273</v>
+      </c>
+      <c r="J15" s="68"/>
+    </row>
+    <row r="16" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="52"/>
+      <c r="B16" s="52"/>
+      <c r="C16" s="52"/>
+      <c r="D16" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="53">
+        <v>7406</v>
+      </c>
+      <c r="F16" s="54">
+        <v>7601</v>
+      </c>
+      <c r="G16" s="54"/>
+      <c r="H16" s="56">
+        <v>-195</v>
+      </c>
+      <c r="I16" s="55">
+        <v>-2.5654519142218128</v>
+      </c>
+      <c r="J16" s="68"/>
+    </row>
+    <row r="17" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="52"/>
+      <c r="B17" s="52" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" s="52"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="53">
+        <v>36694</v>
+      </c>
+      <c r="F17" s="54">
+        <v>36285</v>
+      </c>
+      <c r="G17" s="54"/>
+      <c r="H17" s="56">
+        <v>409</v>
+      </c>
+      <c r="I17" s="55">
+        <v>1.1271875430618712</v>
+      </c>
+      <c r="J17" s="68"/>
+    </row>
+    <row r="18" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="52"/>
+      <c r="B18" s="52"/>
+      <c r="C18" s="52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="53">
+        <v>6210</v>
+      </c>
+      <c r="F18" s="54">
+        <v>6266</v>
+      </c>
+      <c r="G18" s="54"/>
+      <c r="H18" s="56">
+        <v>-56</v>
+      </c>
+      <c r="I18" s="55">
+        <v>-0.89371209703159915</v>
+      </c>
+      <c r="J18" s="68"/>
+    </row>
+    <row r="19" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="52"/>
+      <c r="B19" s="52"/>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" s="53">
+        <v>3945</v>
+      </c>
+      <c r="F19" s="54">
+        <v>3956</v>
+      </c>
+      <c r="G19" s="54"/>
+      <c r="H19" s="56">
+        <v>-11</v>
+      </c>
+      <c r="I19" s="55">
+        <v>-0.2780586450960566</v>
+      </c>
+      <c r="J19" s="68"/>
+    </row>
+    <row r="20" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="52"/>
+      <c r="B20" s="52"/>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="53">
+        <v>1934</v>
+      </c>
+      <c r="F20" s="54">
+        <v>1868</v>
+      </c>
+      <c r="G20" s="54"/>
+      <c r="H20" s="56">
+        <v>66</v>
+      </c>
+      <c r="I20" s="55">
+        <v>3.5331905781584583</v>
+      </c>
+      <c r="J20" s="68"/>
+    </row>
+    <row r="21" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="52"/>
+      <c r="B21" s="52"/>
+      <c r="C21" s="52"/>
+      <c r="D21" s="52" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="53">
+        <v>1914</v>
+      </c>
+      <c r="F21" s="54">
+        <v>1612</v>
+      </c>
+      <c r="G21" s="54"/>
+      <c r="H21" s="56">
+        <v>302</v>
+      </c>
+      <c r="I21" s="55">
+        <v>18.734491315136474</v>
+      </c>
+      <c r="J21" s="68"/>
+    </row>
+    <row r="22" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="52"/>
+      <c r="B22" s="52"/>
+      <c r="C22" s="52"/>
+      <c r="D22" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="53">
+        <v>1350</v>
+      </c>
+      <c r="F22" s="54">
+        <v>1363</v>
+      </c>
+      <c r="G22" s="54"/>
+      <c r="H22" s="56">
+        <v>-13</v>
+      </c>
+      <c r="I22" s="55">
+        <v>-0.95377842993396911</v>
+      </c>
+      <c r="J22" s="68"/>
+    </row>
+    <row r="23" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="52"/>
+      <c r="B23" s="52"/>
+      <c r="C23" s="52"/>
+      <c r="D23" s="52" t="s">
+        <v>123</v>
+      </c>
+      <c r="E23" s="53">
+        <v>1221</v>
+      </c>
+      <c r="F23" s="54">
+        <v>1162</v>
+      </c>
+      <c r="G23" s="54"/>
+      <c r="H23" s="56">
+        <v>59</v>
+      </c>
+      <c r="I23" s="55">
+        <v>5.0774526678141143</v>
+      </c>
+      <c r="J23" s="68"/>
+    </row>
+    <row r="24" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="52"/>
+      <c r="B24" s="52"/>
+      <c r="C24" s="52"/>
+      <c r="D24" s="52" t="s">
+        <v>98</v>
+      </c>
+      <c r="E24" s="53">
+        <v>1116</v>
+      </c>
+      <c r="F24" s="54">
+        <v>1148</v>
+      </c>
+      <c r="G24" s="54"/>
+      <c r="H24" s="56">
+        <v>-32</v>
+      </c>
+      <c r="I24" s="55">
+        <v>-2.7874564459930311</v>
+      </c>
+      <c r="J24" s="68"/>
+    </row>
+    <row r="25" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="52"/>
+      <c r="B25" s="52"/>
+      <c r="C25" s="52"/>
+      <c r="D25" s="52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" s="53">
+        <v>1084</v>
+      </c>
+      <c r="F25" s="54">
+        <v>1117</v>
+      </c>
+      <c r="G25" s="54"/>
+      <c r="H25" s="56">
+        <v>-33</v>
+      </c>
+      <c r="I25" s="55">
+        <v>-2.9543419874664281</v>
+      </c>
+      <c r="J25" s="68"/>
+    </row>
+    <row r="26" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="52"/>
+      <c r="B26" s="52"/>
+      <c r="C26" s="52"/>
+      <c r="D26" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" s="53">
+        <v>975</v>
+      </c>
+      <c r="F26" s="54">
+        <v>1009</v>
+      </c>
+      <c r="G26" s="54"/>
+      <c r="H26" s="56">
+        <v>-34</v>
+      </c>
+      <c r="I26" s="55">
+        <v>-3.3696729435084243</v>
+      </c>
+      <c r="J26" s="68"/>
+    </row>
+    <row r="27" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="52"/>
+      <c r="B27" s="52"/>
+      <c r="C27" s="52"/>
+      <c r="D27" s="52" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="53">
+        <v>956</v>
+      </c>
+      <c r="F27" s="54">
+        <v>966</v>
+      </c>
+      <c r="G27" s="54"/>
+      <c r="H27" s="56">
+        <v>-10</v>
+      </c>
+      <c r="I27" s="55">
+        <v>-1.0351966873706004</v>
+      </c>
+      <c r="J27" s="68"/>
+    </row>
+    <row r="28" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="52"/>
+      <c r="B28" s="52"/>
+      <c r="C28" s="52"/>
+      <c r="D28" s="52" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" s="53">
+        <v>730</v>
+      </c>
+      <c r="F28" s="54">
+        <v>736</v>
+      </c>
+      <c r="G28" s="54"/>
+      <c r="H28" s="56">
+        <v>-6</v>
+      </c>
+      <c r="I28" s="55">
+        <v>-0.81521739130434778</v>
+      </c>
+      <c r="J28" s="68"/>
+    </row>
+    <row r="29" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="52"/>
+      <c r="B29" s="52"/>
+      <c r="C29" s="52"/>
+      <c r="D29" s="52" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" s="53">
+        <v>710</v>
+      </c>
+      <c r="F29" s="54">
+        <v>693</v>
+      </c>
+      <c r="G29" s="54"/>
+      <c r="H29" s="56">
+        <v>17</v>
+      </c>
+      <c r="I29" s="55">
+        <v>2.4531024531024532</v>
+      </c>
+      <c r="J29" s="68"/>
+    </row>
+    <row r="30" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="52"/>
+      <c r="B30" s="52"/>
+      <c r="C30" s="52"/>
+      <c r="D30" s="52" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" s="53">
+        <v>679</v>
+      </c>
+      <c r="F30" s="54">
+        <v>696</v>
+      </c>
+      <c r="G30" s="54"/>
+      <c r="H30" s="56">
+        <v>-17</v>
+      </c>
+      <c r="I30" s="55">
+        <v>-2.4425287356321839</v>
+      </c>
+      <c r="J30" s="68"/>
+    </row>
+    <row r="31" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="52"/>
+      <c r="B31" s="52"/>
+      <c r="C31" s="52"/>
+      <c r="D31" s="52" t="s">
+        <v>115</v>
+      </c>
+      <c r="E31" s="53">
+        <v>674</v>
+      </c>
+      <c r="F31" s="54">
+        <v>592</v>
+      </c>
+      <c r="G31" s="54"/>
+      <c r="H31" s="56">
+        <v>82</v>
+      </c>
+      <c r="I31" s="55">
+        <v>13.851351351351351</v>
+      </c>
+      <c r="J31" s="68"/>
+      <c r="K31" s="22"/>
+    </row>
+    <row r="32" spans="1:11" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="52"/>
+      <c r="B32" s="52"/>
+      <c r="C32" s="52"/>
+      <c r="D32" s="52" t="s">
+        <v>114</v>
+      </c>
+      <c r="E32" s="53">
+        <v>594</v>
+      </c>
+      <c r="F32" s="54">
+        <v>562</v>
+      </c>
+      <c r="G32" s="54"/>
+      <c r="H32" s="56">
+        <v>32</v>
+      </c>
+      <c r="I32" s="55">
+        <v>5.6939501779359434</v>
+      </c>
+      <c r="J32" s="68"/>
+    </row>
+    <row r="33" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="52"/>
+      <c r="B33" s="52"/>
+      <c r="C33" s="52"/>
+      <c r="D33" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" s="53">
+        <v>546</v>
+      </c>
+      <c r="F33" s="54">
+        <v>559</v>
+      </c>
+      <c r="G33" s="54"/>
+      <c r="H33" s="56">
+        <v>-13</v>
+      </c>
+      <c r="I33" s="55">
+        <v>-2.3255813953488373</v>
+      </c>
+      <c r="J33" s="68"/>
+    </row>
+    <row r="34" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="52"/>
+      <c r="B34" s="52"/>
+      <c r="C34" s="52"/>
+      <c r="D34" s="52" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" s="53">
+        <v>528</v>
+      </c>
+      <c r="F34" s="54">
+        <v>556</v>
+      </c>
+      <c r="G34" s="54"/>
+      <c r="H34" s="56">
+        <v>-28</v>
+      </c>
+      <c r="I34" s="55">
+        <v>-5.0359712230215834</v>
+      </c>
+      <c r="J34" s="68"/>
+    </row>
+    <row r="35" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="52"/>
+      <c r="B35" s="52"/>
+      <c r="C35" s="52"/>
+      <c r="D35" s="52" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" s="53">
+        <v>500</v>
+      </c>
+      <c r="F35" s="54">
+        <v>509</v>
+      </c>
+      <c r="G35" s="54"/>
+      <c r="H35" s="56">
+        <v>-9</v>
+      </c>
+      <c r="I35" s="55">
+        <v>-1.768172888015717</v>
+      </c>
+      <c r="J35" s="68"/>
+    </row>
+    <row r="36" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="52"/>
+      <c r="B36" s="52"/>
+      <c r="C36" s="52"/>
+      <c r="D36" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="E36" s="53">
+        <v>11028</v>
+      </c>
+      <c r="F36" s="54">
+        <v>10915</v>
+      </c>
+      <c r="G36" s="54"/>
+      <c r="H36" s="56">
+        <v>113</v>
+      </c>
+      <c r="I36" s="55">
+        <v>1.0352725606962894</v>
+      </c>
+      <c r="J36" s="68"/>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" s="52"/>
+      <c r="C37" s="52"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="53"/>
+      <c r="F37" s="54"/>
+      <c r="G37" s="54"/>
+      <c r="H37" s="56"/>
+      <c r="I37" s="55"/>
+      <c r="J37" s="68"/>
+    </row>
+    <row r="38" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="52"/>
+      <c r="B38" s="52" t="s">
+        <v>30</v>
+      </c>
+      <c r="C38" s="52"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="53">
+        <v>8678</v>
+      </c>
+      <c r="F38" s="54">
+        <v>8990</v>
+      </c>
+      <c r="G38" s="54"/>
+      <c r="H38" s="56">
+        <v>-312</v>
+      </c>
+      <c r="I38" s="55">
+        <v>-3.4705228031145716</v>
+      </c>
+      <c r="J38" s="68"/>
+    </row>
+    <row r="39" spans="1:10" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="52"/>
+      <c r="B39" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="C39" s="52"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="53">
+        <v>10607</v>
+      </c>
+      <c r="F39" s="54">
+        <v>10400</v>
+      </c>
+      <c r="G39" s="54"/>
+      <c r="H39" s="56">
+        <v>207</v>
+      </c>
+      <c r="I39" s="55">
+        <v>1.9903846153846154</v>
+      </c>
+      <c r="J39" s="68"/>
+    </row>
+    <row r="40" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="52"/>
+      <c r="B40" s="52" t="s">
+        <v>32</v>
+      </c>
+      <c r="C40" s="52"/>
+      <c r="D40" s="52"/>
+      <c r="E40" s="53">
+        <v>4419</v>
+      </c>
+      <c r="F40" s="54">
+        <v>4210</v>
+      </c>
+      <c r="G40" s="54"/>
+      <c r="H40" s="56">
+        <v>209</v>
+      </c>
+      <c r="I40" s="55">
+        <v>4.9643705463182899</v>
+      </c>
+      <c r="J40" s="68"/>
+    </row>
+    <row r="41" spans="1:10" s="44" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="52"/>
+      <c r="B41" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="C41" s="52"/>
+      <c r="D41" s="52"/>
+      <c r="E41" s="53">
+        <v>98862</v>
+      </c>
+      <c r="F41" s="54">
+        <v>98594</v>
+      </c>
+      <c r="G41" s="54"/>
+      <c r="H41" s="56">
+        <v>268</v>
+      </c>
+      <c r="I41" s="55">
+        <v>0.27182181471489136</v>
+      </c>
+      <c r="J41" s="68"/>
+    </row>
+    <row r="42" spans="1:10" s="2" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="57"/>
+      <c r="B42" s="57" t="s">
+        <v>121</v>
+      </c>
+      <c r="C42" s="57"/>
+      <c r="D42" s="57"/>
+      <c r="E42" s="58">
+        <v>23889</v>
+      </c>
+      <c r="F42" s="59">
+        <v>23679</v>
+      </c>
+      <c r="G42" s="59"/>
+      <c r="H42" s="60">
+        <v>210</v>
+      </c>
+      <c r="I42" s="61">
+        <v>0.88686177625744333</v>
+      </c>
+      <c r="J42" s="68"/>
+    </row>
+    <row r="43" spans="1:10" s="72" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F43" s="73"/>
+      <c r="I43" s="73" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="65" t="s">
+        <v>111</v>
+      </c>
+      <c r="B44" s="65"/>
+      <c r="C44" s="65"/>
+      <c r="D44" s="65"/>
+      <c r="E44" s="65"/>
+      <c r="F44" s="65"/>
+      <c r="G44" s="65"/>
+      <c r="H44" s="65"/>
+      <c r="I44" s="76"/>
+    </row>
+    <row r="45" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="77" t="s">
+        <v>128</v>
+      </c>
+      <c r="I45" s="78"/>
+    </row>
+    <row r="46" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F46" s="76"/>
+      <c r="I46" s="76" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I47" s="76" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F225A8C-222E-4150-A1E1-B62C65A60291}">
   <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.42578125" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A3" s="69" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
@@ -9579,51 +11227,51 @@
       </c>
       <c r="I45" s="78"/>
     </row>
     <row r="46" spans="1:10" s="65" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F46" s="76"/>
       <c r="I46" s="76" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I47" s="76" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92483458-AB49-4BCF-BAC5-BCEB8A8F2329}">
   <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.42578125" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A3" s="69" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="4" spans="1:12" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
@@ -10550,51 +12198,51 @@
       <c r="P47" s="1"/>
     </row>
     <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I48" s="76" t="s">
         <v>74</v>
       </c>
       <c r="L48" s="65"/>
       <c r="O48" s="65"/>
       <c r="P48" s="65"/>
     </row>
     <row r="51" spans="13:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M51" s="65"/>
       <c r="N51" s="65"/>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37A213E1-BC24-4423-8533-64C066618B67}">
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="45" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="46" t="s">
@@ -11349,51 +12997,51 @@
       <c r="H43" s="2"/>
       <c r="I43" s="62" t="s">
         <v>74</v>
       </c>
       <c r="L43" s="65"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="65"/>
       <c r="P43" s="65"/>
     </row>
     <row r="46" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M46" s="65"/>
       <c r="N46" s="65"/>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="45" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="46" t="s">
@@ -12172,51 +13820,51 @@
       </c>
       <c r="L44" s="65"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="65"/>
       <c r="P44" s="65"/>
     </row>
     <row r="47" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M47" s="65"/>
       <c r="N47" s="65"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="L13:M26">
     <sortCondition descending="1" ref="M13:M26"/>
   </sortState>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="45" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="46" t="s">
@@ -12971,51 +14619,51 @@
       <c r="H43" s="2"/>
       <c r="I43" s="62" t="s">
         <v>74</v>
       </c>
       <c r="L43" s="65"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="65"/>
       <c r="P43" s="65"/>
     </row>
     <row r="46" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="M46" s="65"/>
       <c r="N46" s="65"/>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="45" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="46" t="s">
@@ -13740,51 +15388,51 @@
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="62" t="s">
         <v>74</v>
       </c>
       <c r="O43" s="65"/>
       <c r="P43" s="65"/>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:I44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="6" width="11.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="45" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="46" t="s">
@@ -14520,846 +16168,124 @@
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="63"/>
     </row>
     <row r="43" spans="1:9" s="65" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F43" s="62"/>
       <c r="I43" s="62" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="11.25" x14ac:dyDescent="0.15">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="62" t="s">
-        <v>74</v>
-[...722 lines deleted...]
-      <c r="I40" s="62" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
+    <vt:vector size="34" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>2009</vt:lpstr>
       <vt:lpstr>'2009'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2010'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2011'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2012'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2013'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2014'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2015'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2016'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2017'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2018'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>