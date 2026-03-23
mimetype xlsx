--- v0 (2026-02-26)
+++ v1 (2026-03-23)
@@ -23,58 +23,58 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BD77B9D-E7D4-400A-8AEB-B410AA6EBBD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84C5CF44-B428-49E3-8557-226F3F4B7ECF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="41" r:id="rId1"/>
     <sheet name="2025" sheetId="40" r:id="rId2"/>
     <sheet name="2024" sheetId="39" r:id="rId3"/>
     <sheet name="2023" sheetId="38" r:id="rId4"/>
     <sheet name="2022" sheetId="37" r:id="rId5"/>
     <sheet name="2021" sheetId="36" r:id="rId6"/>
     <sheet name="2020" sheetId="19" r:id="rId7"/>
     <sheet name="2019" sheetId="22" r:id="rId8"/>
     <sheet name="2018" sheetId="28" r:id="rId9"/>
     <sheet name="2017" sheetId="29" r:id="rId10"/>
     <sheet name="2016" sheetId="31" r:id="rId11"/>
     <sheet name="2015" sheetId="30" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="3">'2023'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="2">'2024'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="1">'2025'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="0">'2026'!$1:$6</definedName>
@@ -391,54 +391,54 @@
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2024)</t>
   </si>
   <si>
     <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2025</t>
   </si>
   <si>
     <t>Einbürgerungen</t>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2025)</t>
   </si>
   <si>
     <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2026</t>
   </si>
   <si>
-    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.1.2026)</t>
+    <t>provisorische Zahlen</t>
   </si>
   <si>
-    <t>provisorische Zahlen</t>
+    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 28.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1858,183 +1858,183 @@
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
     <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>146867</v>
       </c>
       <c r="E8" s="32">
         <v>146867</v>
       </c>
       <c r="F8" s="32">
-        <v>0</v>
+        <v>146870</v>
       </c>
       <c r="G8" s="32">
         <v>0</v>
       </c>
       <c r="H8" s="32">
         <v>0</v>
       </c>
       <c r="I8" s="32">
         <v>0</v>
       </c>
       <c r="J8" s="32">
         <v>0</v>
       </c>
       <c r="K8" s="32">
         <v>0</v>
       </c>
       <c r="L8" s="32">
         <v>0</v>
       </c>
       <c r="M8" s="32">
         <v>0</v>
       </c>
       <c r="N8" s="32">
         <v>0</v>
       </c>
       <c r="O8" s="32">
         <v>0</v>
       </c>
       <c r="P8" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="35">
-        <v>2</v>
+      <c r="D9" s="42">
+        <v>-9</v>
       </c>
       <c r="E9" s="24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F9" s="24">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="G9" s="24">
         <v>0</v>
       </c>
       <c r="H9" s="24">
         <v>0</v>
       </c>
       <c r="I9" s="24">
         <v>0</v>
       </c>
       <c r="J9" s="24">
         <v>0</v>
       </c>
       <c r="K9" s="24">
         <v>0</v>
       </c>
       <c r="L9" s="24">
         <v>0</v>
       </c>
       <c r="M9" s="24">
         <v>0</v>
       </c>
       <c r="N9" s="24">
         <v>0</v>
       </c>
       <c r="O9" s="24">
         <v>0</v>
       </c>
       <c r="P9" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>-5</v>
+        <v>226</v>
       </c>
       <c r="E10" s="24">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="F10" s="24">
-        <v>0</v>
+        <v>226</v>
       </c>
       <c r="G10" s="24">
         <v>0</v>
       </c>
       <c r="H10" s="24">
         <v>0</v>
       </c>
       <c r="I10" s="24">
         <v>0</v>
       </c>
       <c r="J10" s="24">
         <v>0</v>
       </c>
       <c r="K10" s="24">
         <v>0</v>
       </c>
       <c r="L10" s="24">
         <v>0</v>
       </c>
       <c r="M10" s="24">
         <v>0</v>
       </c>
       <c r="N10" s="24">
         <v>0</v>
       </c>
       <c r="O10" s="24">
         <v>0</v>
       </c>
       <c r="P10" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>-3</v>
+        <v>217</v>
       </c>
       <c r="E11" s="24">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="F11" s="24">
-        <v>0</v>
+        <v>214</v>
       </c>
       <c r="G11" s="24">
         <v>0</v>
       </c>
       <c r="H11" s="24">
         <v>0</v>
       </c>
       <c r="I11" s="24">
         <v>0</v>
       </c>
       <c r="J11" s="24">
         <v>0</v>
       </c>
       <c r="K11" s="24">
         <v>0</v>
       </c>
       <c r="L11" s="24">
         <v>0</v>
       </c>
       <c r="M11" s="24">
         <v>0</v>
       </c>
       <c r="N11" s="24">
         <v>0</v>
       </c>
@@ -2072,285 +2072,285 @@
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>146864</v>
+        <v>147084</v>
       </c>
       <c r="E13" s="32">
-        <v>146864</v>
+        <v>146870</v>
       </c>
       <c r="F13" s="32">
-        <v>0</v>
+        <v>147084</v>
       </c>
       <c r="G13" s="32">
         <v>0</v>
       </c>
       <c r="H13" s="32">
         <v>0</v>
       </c>
       <c r="I13" s="32">
         <v>0</v>
       </c>
       <c r="J13" s="32">
         <v>0</v>
       </c>
       <c r="K13" s="32">
         <v>0</v>
       </c>
       <c r="L13" s="32">
         <v>0</v>
       </c>
       <c r="M13" s="32">
         <v>0</v>
       </c>
       <c r="N13" s="32">
         <v>0</v>
       </c>
       <c r="O13" s="32">
         <v>0</v>
       </c>
       <c r="P13" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>70216</v>
+        <v>70359</v>
       </c>
       <c r="E14" s="32">
-        <v>70216</v>
+        <v>70218</v>
       </c>
       <c r="F14" s="32">
-        <v>0</v>
+        <v>70359</v>
       </c>
       <c r="G14" s="32">
         <v>0</v>
       </c>
       <c r="H14" s="32">
         <v>0</v>
       </c>
       <c r="I14" s="32">
         <v>0</v>
       </c>
       <c r="J14" s="32">
         <v>0</v>
       </c>
       <c r="K14" s="32">
         <v>0</v>
       </c>
       <c r="L14" s="32">
         <v>0</v>
       </c>
       <c r="M14" s="32">
         <v>0</v>
       </c>
       <c r="N14" s="32">
         <v>0</v>
       </c>
       <c r="O14" s="32">
         <v>0</v>
       </c>
       <c r="P14" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76648</v>
+        <v>76725</v>
       </c>
       <c r="E15" s="32">
-        <v>76648</v>
+        <v>76652</v>
       </c>
       <c r="F15" s="32">
-        <v>0</v>
+        <v>76725</v>
       </c>
       <c r="G15" s="32">
         <v>0</v>
       </c>
       <c r="H15" s="32">
         <v>0</v>
       </c>
       <c r="I15" s="32">
         <v>0</v>
       </c>
       <c r="J15" s="32">
         <v>0</v>
       </c>
       <c r="K15" s="32">
         <v>0</v>
       </c>
       <c r="L15" s="32">
         <v>0</v>
       </c>
       <c r="M15" s="32">
         <v>0</v>
       </c>
       <c r="N15" s="32">
         <v>0</v>
       </c>
       <c r="O15" s="32">
         <v>0</v>
       </c>
       <c r="P15" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109915</v>
+        <v>109917</v>
       </c>
       <c r="E16" s="32">
-        <v>109915</v>
+        <v>109919</v>
       </c>
       <c r="F16" s="32">
-        <v>0</v>
+        <v>109917</v>
       </c>
       <c r="G16" s="32">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>0</v>
       </c>
       <c r="I16" s="32">
         <v>0</v>
       </c>
       <c r="J16" s="32">
         <v>0</v>
       </c>
       <c r="K16" s="32">
         <v>0</v>
       </c>
       <c r="L16" s="32">
         <v>0</v>
       </c>
       <c r="M16" s="32">
         <v>0</v>
       </c>
       <c r="N16" s="32">
         <v>0</v>
       </c>
       <c r="O16" s="32">
         <v>0</v>
       </c>
       <c r="P16" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>36949</v>
+        <v>37167</v>
       </c>
       <c r="E17" s="32">
-        <v>36949</v>
+        <v>36951</v>
       </c>
       <c r="F17" s="32">
-        <v>0</v>
+        <v>37167</v>
       </c>
       <c r="G17" s="32">
         <v>0</v>
       </c>
       <c r="H17" s="32">
         <v>0</v>
       </c>
       <c r="I17" s="32">
         <v>0</v>
       </c>
       <c r="J17" s="32">
         <v>0</v>
       </c>
       <c r="K17" s="32">
         <v>0</v>
       </c>
       <c r="L17" s="32">
         <v>0</v>
       </c>
       <c r="M17" s="32">
         <v>0</v>
       </c>
       <c r="N17" s="32">
         <v>0</v>
       </c>
       <c r="O17" s="32">
         <v>0</v>
       </c>
       <c r="P17" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>146870</v>
+        <v>146980</v>
       </c>
       <c r="E18" s="33">
         <v>146870</v>
       </c>
       <c r="F18" s="33">
-        <v>0</v>
+        <v>146980</v>
       </c>
       <c r="G18" s="33">
         <v>0</v>
       </c>
       <c r="H18" s="33">
         <v>0</v>
       </c>
       <c r="I18" s="33">
         <v>0</v>
       </c>
       <c r="J18" s="33">
         <v>0</v>
       </c>
       <c r="K18" s="33">
         <v>0</v>
       </c>
       <c r="L18" s="33">
         <v>0</v>
       </c>
       <c r="M18" s="33">
         <v>0</v>
       </c>
       <c r="N18" s="33">
         <v>0</v>
       </c>
@@ -2362,241 +2362,241 @@
       </c>
     </row>
     <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
     <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>121</v>
+        <v>207</v>
       </c>
       <c r="E20" s="32">
         <v>121</v>
       </c>
       <c r="F20" s="32">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="G20" s="32">
         <v>0</v>
       </c>
       <c r="H20" s="32">
         <v>0</v>
       </c>
       <c r="I20" s="32">
         <v>0</v>
       </c>
       <c r="J20" s="32">
         <v>0</v>
       </c>
       <c r="K20" s="32">
         <v>0</v>
       </c>
       <c r="L20" s="32">
         <v>0</v>
       </c>
       <c r="M20" s="32">
         <v>0</v>
       </c>
       <c r="N20" s="32">
         <v>0</v>
       </c>
       <c r="O20" s="32">
         <v>0</v>
       </c>
       <c r="P20" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>68</v>
+        <v>110</v>
       </c>
       <c r="E21" s="32">
         <v>68</v>
       </c>
       <c r="F21" s="32">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G21" s="32">
         <v>0</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="32">
         <v>0</v>
       </c>
       <c r="J21" s="32">
         <v>0</v>
       </c>
       <c r="K21" s="32">
         <v>0</v>
       </c>
       <c r="L21" s="32">
         <v>0</v>
       </c>
       <c r="M21" s="32">
         <v>0</v>
       </c>
       <c r="N21" s="32">
         <v>0</v>
       </c>
       <c r="O21" s="32">
         <v>0</v>
       </c>
       <c r="P21" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="E22" s="32">
         <v>53</v>
       </c>
       <c r="F22" s="32">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G22" s="32">
         <v>0</v>
       </c>
       <c r="H22" s="32">
         <v>0</v>
       </c>
       <c r="I22" s="32">
         <v>0</v>
       </c>
       <c r="J22" s="32">
         <v>0</v>
       </c>
       <c r="K22" s="32">
         <v>0</v>
       </c>
       <c r="L22" s="32">
         <v>0</v>
       </c>
       <c r="M22" s="32">
         <v>0</v>
       </c>
       <c r="N22" s="32">
         <v>0</v>
       </c>
       <c r="O22" s="32">
         <v>0</v>
       </c>
       <c r="P22" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>93</v>
+        <v>156</v>
       </c>
       <c r="E23" s="32">
         <v>93</v>
       </c>
       <c r="F23" s="32">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G23" s="32">
         <v>0</v>
       </c>
       <c r="H23" s="32">
         <v>0</v>
       </c>
       <c r="I23" s="32">
         <v>0</v>
       </c>
       <c r="J23" s="32">
         <v>0</v>
       </c>
       <c r="K23" s="32">
         <v>0</v>
       </c>
       <c r="L23" s="32">
         <v>0</v>
       </c>
       <c r="M23" s="32">
         <v>0</v>
       </c>
       <c r="N23" s="32">
         <v>0</v>
       </c>
       <c r="O23" s="32">
         <v>0</v>
       </c>
       <c r="P23" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="E24" s="33">
         <v>28</v>
       </c>
       <c r="F24" s="33">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G24" s="33">
         <v>0</v>
       </c>
       <c r="H24" s="33">
         <v>0</v>
       </c>
       <c r="I24" s="33">
         <v>0</v>
       </c>
       <c r="J24" s="33">
         <v>0</v>
       </c>
       <c r="K24" s="33">
         <v>0</v>
       </c>
       <c r="L24" s="33">
         <v>0</v>
       </c>
       <c r="M24" s="33">
         <v>0</v>
       </c>
       <c r="N24" s="33">
         <v>0</v>
       </c>
@@ -2608,239 +2608,239 @@
       </c>
     </row>
     <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
     <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="E26" s="32">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F26" s="32">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G26" s="32">
         <v>0</v>
       </c>
       <c r="H26" s="32">
         <v>0</v>
       </c>
       <c r="I26" s="32">
         <v>0</v>
       </c>
       <c r="J26" s="32">
         <v>0</v>
       </c>
       <c r="K26" s="32">
         <v>0</v>
       </c>
       <c r="L26" s="32">
         <v>0</v>
       </c>
       <c r="M26" s="32">
         <v>0</v>
       </c>
       <c r="N26" s="32">
         <v>0</v>
       </c>
       <c r="O26" s="32">
         <v>0</v>
       </c>
       <c r="P26" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="E27" s="32">
         <v>50</v>
       </c>
       <c r="F27" s="32">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G27" s="32">
         <v>0</v>
       </c>
       <c r="H27" s="32">
         <v>0</v>
       </c>
       <c r="I27" s="32">
         <v>0</v>
       </c>
       <c r="J27" s="32">
         <v>0</v>
       </c>
       <c r="K27" s="32">
         <v>0</v>
       </c>
       <c r="L27" s="32">
         <v>0</v>
       </c>
       <c r="M27" s="32">
         <v>0</v>
       </c>
       <c r="N27" s="32">
         <v>0</v>
       </c>
       <c r="O27" s="32">
         <v>0</v>
       </c>
       <c r="P27" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>69</v>
+        <v>134</v>
       </c>
       <c r="E28" s="32">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F28" s="32">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="G28" s="32">
         <v>0</v>
       </c>
       <c r="H28" s="32">
         <v>0</v>
       </c>
       <c r="I28" s="32">
         <v>0</v>
       </c>
       <c r="J28" s="32">
         <v>0</v>
       </c>
       <c r="K28" s="32">
         <v>0</v>
       </c>
       <c r="L28" s="32">
         <v>0</v>
       </c>
       <c r="M28" s="32">
         <v>0</v>
       </c>
       <c r="N28" s="32">
         <v>0</v>
       </c>
       <c r="O28" s="32">
         <v>0</v>
       </c>
       <c r="P28" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>109</v>
+        <v>190</v>
       </c>
       <c r="E29" s="32">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F29" s="32">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="G29" s="32">
         <v>0</v>
       </c>
       <c r="H29" s="32">
         <v>0</v>
       </c>
       <c r="I29" s="32">
         <v>0</v>
       </c>
       <c r="J29" s="32">
         <v>0</v>
       </c>
       <c r="K29" s="32">
         <v>0</v>
       </c>
       <c r="L29" s="32">
         <v>0</v>
       </c>
       <c r="M29" s="32">
         <v>0</v>
       </c>
       <c r="N29" s="32">
         <v>0</v>
       </c>
       <c r="O29" s="32">
         <v>0</v>
       </c>
       <c r="P29" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="E30" s="32">
         <v>10</v>
       </c>
       <c r="F30" s="32">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G30" s="32">
         <v>0</v>
       </c>
       <c r="H30" s="32">
         <v>0</v>
       </c>
       <c r="I30" s="32">
         <v>0</v>
       </c>
       <c r="J30" s="32">
         <v>0</v>
       </c>
       <c r="K30" s="32">
         <v>0</v>
       </c>
       <c r="L30" s="32">
         <v>0</v>
       </c>
       <c r="M30" s="32">
         <v>0</v>
       </c>
       <c r="N30" s="32">
         <v>0</v>
       </c>
@@ -2972,147 +2972,147 @@
       </c>
       <c r="K33" s="32">
         <v>0</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>0</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E34" s="32">
         <v>8</v>
       </c>
       <c r="F34" s="32">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G34" s="32">
         <v>0</v>
       </c>
       <c r="H34" s="32">
         <v>0</v>
       </c>
       <c r="I34" s="32">
         <v>0</v>
       </c>
       <c r="J34" s="32">
         <v>0</v>
       </c>
       <c r="K34" s="32">
         <v>0</v>
       </c>
       <c r="L34" s="32">
         <v>0</v>
       </c>
       <c r="M34" s="32">
         <v>0</v>
       </c>
       <c r="N34" s="32">
         <v>0</v>
       </c>
       <c r="O34" s="32">
         <v>0</v>
       </c>
       <c r="P34" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="E35" s="32">
         <v>28</v>
       </c>
       <c r="F35" s="32">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>0</v>
       </c>
       <c r="H35" s="32">
         <v>0</v>
       </c>
       <c r="I35" s="32">
         <v>0</v>
       </c>
       <c r="J35" s="32">
         <v>0</v>
       </c>
       <c r="K35" s="32">
         <v>0</v>
       </c>
       <c r="L35" s="32">
         <v>0</v>
       </c>
       <c r="M35" s="32">
         <v>0</v>
       </c>
       <c r="N35" s="32">
         <v>0</v>
       </c>
       <c r="O35" s="32">
         <v>0</v>
       </c>
       <c r="P35" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>82</v>
+        <v>150</v>
       </c>
       <c r="E36" s="33">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F36" s="33">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G36" s="33">
         <v>0</v>
       </c>
       <c r="H36" s="33">
         <v>0</v>
       </c>
       <c r="I36" s="33">
         <v>0</v>
       </c>
       <c r="J36" s="33">
         <v>0</v>
       </c>
       <c r="K36" s="33">
         <v>0</v>
       </c>
       <c r="L36" s="33">
         <v>0</v>
       </c>
       <c r="M36" s="33">
         <v>0</v>
       </c>
       <c r="N36" s="33">
         <v>0</v>
       </c>
@@ -3124,241 +3124,241 @@
       </c>
     </row>
     <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
     <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>60</v>
+        <v>152</v>
       </c>
       <c r="E38" s="39">
         <v>60</v>
       </c>
       <c r="F38" s="39">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="G38" s="39">
         <v>0</v>
       </c>
       <c r="H38" s="39">
         <v>0</v>
       </c>
       <c r="I38" s="39">
         <v>0</v>
       </c>
       <c r="J38" s="39">
         <v>0</v>
       </c>
       <c r="K38" s="39">
         <v>0</v>
       </c>
       <c r="L38" s="39">
         <v>0</v>
       </c>
       <c r="M38" s="39">
         <v>0</v>
       </c>
       <c r="N38" s="39">
         <v>0</v>
       </c>
       <c r="O38" s="39">
         <v>0</v>
       </c>
       <c r="P38" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="E39" s="32">
         <v>35</v>
       </c>
       <c r="F39" s="32">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G39" s="32">
         <v>0</v>
       </c>
       <c r="H39" s="32">
         <v>0</v>
       </c>
       <c r="I39" s="32">
         <v>0</v>
       </c>
       <c r="J39" s="32">
         <v>0</v>
       </c>
       <c r="K39" s="32">
         <v>0</v>
       </c>
       <c r="L39" s="32">
         <v>0</v>
       </c>
       <c r="M39" s="32">
         <v>0</v>
       </c>
       <c r="N39" s="32">
         <v>0</v>
       </c>
       <c r="O39" s="32">
         <v>0</v>
       </c>
       <c r="P39" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="E40" s="32">
         <v>25</v>
       </c>
       <c r="F40" s="32">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G40" s="32">
         <v>0</v>
       </c>
       <c r="H40" s="32">
         <v>0</v>
       </c>
       <c r="I40" s="32">
         <v>0</v>
       </c>
       <c r="J40" s="32">
         <v>0</v>
       </c>
       <c r="K40" s="32">
         <v>0</v>
       </c>
       <c r="L40" s="32">
         <v>0</v>
       </c>
       <c r="M40" s="32">
         <v>0</v>
       </c>
       <c r="N40" s="32">
         <v>0</v>
       </c>
       <c r="O40" s="32">
         <v>0</v>
       </c>
       <c r="P40" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>36</v>
+        <v>90</v>
       </c>
       <c r="E41" s="32">
         <v>36</v>
       </c>
       <c r="F41" s="32">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G41" s="32">
         <v>0</v>
       </c>
       <c r="H41" s="32">
         <v>0</v>
       </c>
       <c r="I41" s="32">
         <v>0</v>
       </c>
       <c r="J41" s="32">
         <v>0</v>
       </c>
       <c r="K41" s="32">
         <v>0</v>
       </c>
       <c r="L41" s="32">
         <v>0</v>
       </c>
       <c r="M41" s="32">
         <v>0</v>
       </c>
       <c r="N41" s="32">
         <v>0</v>
       </c>
       <c r="O41" s="32">
         <v>0</v>
       </c>
       <c r="P41" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="E42" s="33">
         <v>24</v>
       </c>
       <c r="F42" s="33">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G42" s="33">
         <v>0</v>
       </c>
       <c r="H42" s="33">
         <v>0</v>
       </c>
       <c r="I42" s="33">
         <v>0</v>
       </c>
       <c r="J42" s="33">
         <v>0</v>
       </c>
       <c r="K42" s="33">
         <v>0</v>
       </c>
       <c r="L42" s="33">
         <v>0</v>
       </c>
       <c r="M42" s="33">
         <v>0</v>
       </c>
       <c r="N42" s="33">
         <v>0</v>
       </c>
@@ -3370,241 +3370,241 @@
       </c>
     </row>
     <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
     <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E44" s="32">
         <v>28</v>
       </c>
       <c r="F44" s="32">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G44" s="32">
         <v>0</v>
       </c>
       <c r="H44" s="32">
         <v>0</v>
       </c>
       <c r="I44" s="32">
         <v>0</v>
       </c>
       <c r="J44" s="32">
         <v>0</v>
       </c>
       <c r="K44" s="32">
         <v>0</v>
       </c>
       <c r="L44" s="32">
         <v>0</v>
       </c>
       <c r="M44" s="32">
         <v>0</v>
       </c>
       <c r="N44" s="32">
         <v>0</v>
       </c>
       <c r="O44" s="32">
         <v>0</v>
       </c>
       <c r="P44" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E45" s="32">
         <v>15</v>
       </c>
       <c r="F45" s="32">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G45" s="32">
         <v>0</v>
       </c>
       <c r="H45" s="32">
         <v>0</v>
       </c>
       <c r="I45" s="32">
         <v>0</v>
       </c>
       <c r="J45" s="32">
         <v>0</v>
       </c>
       <c r="K45" s="32">
         <v>0</v>
       </c>
       <c r="L45" s="32">
         <v>0</v>
       </c>
       <c r="M45" s="32">
         <v>0</v>
       </c>
       <c r="N45" s="32">
         <v>0</v>
       </c>
       <c r="O45" s="32">
         <v>0</v>
       </c>
       <c r="P45" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E46" s="32">
         <v>13</v>
       </c>
       <c r="F46" s="32">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G46" s="32">
         <v>0</v>
       </c>
       <c r="H46" s="32">
         <v>0</v>
       </c>
       <c r="I46" s="32">
         <v>0</v>
       </c>
       <c r="J46" s="32">
         <v>0</v>
       </c>
       <c r="K46" s="32">
         <v>0</v>
       </c>
       <c r="L46" s="32">
         <v>0</v>
       </c>
       <c r="M46" s="32">
         <v>0</v>
       </c>
       <c r="N46" s="32">
         <v>0</v>
       </c>
       <c r="O46" s="32">
         <v>0</v>
       </c>
       <c r="P46" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E47" s="32">
         <v>21</v>
       </c>
       <c r="F47" s="32">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G47" s="32">
         <v>0</v>
       </c>
       <c r="H47" s="32">
         <v>0</v>
       </c>
       <c r="I47" s="32">
         <v>0</v>
       </c>
       <c r="J47" s="32">
         <v>0</v>
       </c>
       <c r="K47" s="32">
         <v>0</v>
       </c>
       <c r="L47" s="32">
         <v>0</v>
       </c>
       <c r="M47" s="32">
         <v>0</v>
       </c>
       <c r="N47" s="32">
         <v>0</v>
       </c>
       <c r="O47" s="32">
         <v>0</v>
       </c>
       <c r="P47" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="E48" s="33">
         <v>7</v>
       </c>
       <c r="F48" s="33">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G48" s="33">
         <v>0</v>
       </c>
       <c r="H48" s="33">
         <v>0</v>
       </c>
       <c r="I48" s="33">
         <v>0</v>
       </c>
       <c r="J48" s="33">
         <v>0</v>
       </c>
       <c r="K48" s="33">
         <v>0</v>
       </c>
       <c r="L48" s="33">
         <v>0</v>
       </c>
       <c r="M48" s="33">
         <v>0</v>
       </c>
       <c r="N48" s="33">
         <v>0</v>
       </c>
@@ -3616,57 +3616,57 @@
       </c>
     </row>
     <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
     <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="E50" s="32">
         <v>89</v>
       </c>
       <c r="F50" s="32">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G50" s="32">
         <v>0</v>
       </c>
       <c r="H50" s="32">
         <v>0</v>
       </c>
       <c r="I50" s="32">
         <v>0</v>
       </c>
       <c r="J50" s="32">
         <v>0</v>
       </c>
       <c r="K50" s="32">
         <v>0</v>
       </c>
       <c r="L50" s="32">
         <v>0</v>
       </c>
       <c r="M50" s="32">
         <v>0</v>
       </c>
       <c r="N50" s="32">
         <v>0</v>
       </c>
@@ -3726,142 +3726,142 @@
     <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
     <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E53" s="33">
         <v>0</v>
       </c>
       <c r="F53" s="33">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G53" s="33">
         <v>0</v>
       </c>
       <c r="H53" s="33">
         <v>0</v>
       </c>
       <c r="I53" s="33">
         <v>0</v>
       </c>
       <c r="J53" s="33">
         <v>0</v>
       </c>
       <c r="K53" s="33">
         <v>0</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
         <v>0</v>
       </c>
       <c r="N53" s="33">
         <v>0</v>
       </c>
       <c r="O53" s="33">
         <v>0</v>
       </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:16" s="21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A55" s="40" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B55" s="41"/>
       <c r="C55" s="41"/>
       <c r="D55" s="41"/>
     </row>
     <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
     </row>
     <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="17"/>
       <c r="C57" s="17"/>
       <c r="D57" s="17"/>
     </row>
     <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
     </row>
     <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="P59" s="26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="60" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P60" s="26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="A55:XFD55" name="Bereich1"/>
   </protectedRanges>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>