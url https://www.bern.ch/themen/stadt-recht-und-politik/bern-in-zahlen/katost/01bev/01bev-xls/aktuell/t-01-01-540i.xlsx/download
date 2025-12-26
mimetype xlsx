--- v0 (2025-10-09)
+++ v1 (2025-12-26)
@@ -21,58 +21,58 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E3970CD-3556-4DBC-A1C6-30FAD3DD49CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{943A5815-5028-46D6-B0B2-9D42F0DBEE07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="38" r:id="rId3"/>
     <sheet name="2022" sheetId="37" r:id="rId4"/>
     <sheet name="2021" sheetId="36" r:id="rId5"/>
     <sheet name="2020" sheetId="19" r:id="rId6"/>
     <sheet name="2019" sheetId="22" r:id="rId7"/>
     <sheet name="2018" sheetId="28" r:id="rId8"/>
     <sheet name="2017" sheetId="29" r:id="rId9"/>
     <sheet name="2016" sheetId="31" r:id="rId10"/>
     <sheet name="2015" sheetId="30" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="0">'2025'!$1:$6</definedName>
     <definedName name="print" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="print___" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="print___" localSheetId="0">'2025'!$1:$6</definedName>
@@ -85,51 +85,51 @@
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="978" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="75">
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Okt</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
@@ -381,51 +381,51 @@
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2024)</t>
   </si>
   <si>
     <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2025</t>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
     <t>Einbürgerungen</t>
   </si>
   <si>
-    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 30.9.2025)</t>
+    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 30.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1686,1864 +1686,2024 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC8BDE4D-F9BB-412A-8D85-82AF2C3B52B1}">
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>146455</v>
       </c>
       <c r="E8" s="32">
         <v>146455</v>
       </c>
       <c r="F8" s="32">
-        <v>146496</v>
+        <v>146497</v>
       </c>
       <c r="G8" s="32">
         <v>146679</v>
       </c>
       <c r="H8" s="32">
         <v>146764</v>
       </c>
       <c r="I8" s="32">
         <v>146760</v>
       </c>
       <c r="J8" s="32">
         <v>146835</v>
       </c>
       <c r="K8" s="32">
-        <v>146567</v>
+        <v>146571</v>
       </c>
       <c r="L8" s="32">
-        <v>146399</v>
+        <v>146405</v>
       </c>
       <c r="M8" s="32">
-        <v>146355</v>
-[...2 lines deleted...]
-      <c r="O8" s="32"/>
+        <v>146363</v>
+      </c>
+      <c r="N8" s="32">
+        <v>146859</v>
+      </c>
+      <c r="O8" s="32">
+        <v>147034</v>
+      </c>
       <c r="P8" s="32"/>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>139</v>
+        <v>194</v>
       </c>
       <c r="E9" s="24">
         <v>25</v>
       </c>
       <c r="F9" s="24">
         <v>-2</v>
       </c>
       <c r="G9" s="24">
         <v>30</v>
       </c>
       <c r="H9" s="24">
         <v>5</v>
       </c>
       <c r="I9" s="24">
         <v>41</v>
       </c>
       <c r="J9" s="24">
         <v>44</v>
       </c>
       <c r="K9" s="24">
         <v>6</v>
       </c>
       <c r="L9" s="24">
         <v>-5</v>
       </c>
       <c r="M9" s="24">
         <v>-5</v>
       </c>
-      <c r="N9" s="24"/>
-      <c r="O9" s="24"/>
+      <c r="N9" s="24">
+        <v>19</v>
+      </c>
+      <c r="O9" s="24">
+        <v>36</v>
+      </c>
       <c r="P9" s="24"/>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>246</v>
+        <v>361</v>
       </c>
       <c r="E10" s="24">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F10" s="24">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G10" s="24">
         <v>55</v>
       </c>
       <c r="H10" s="24">
         <v>-9</v>
       </c>
       <c r="I10" s="24">
         <v>34</v>
       </c>
       <c r="J10" s="24">
-        <v>-312</v>
+        <v>-308</v>
       </c>
       <c r="K10" s="24">
-        <v>-174</v>
+        <v>-172</v>
       </c>
       <c r="L10" s="24">
-        <v>-39</v>
+        <v>-37</v>
       </c>
       <c r="M10" s="24">
-        <v>490</v>
-[...2 lines deleted...]
-      <c r="O10" s="24"/>
+        <v>501</v>
+      </c>
+      <c r="N10" s="24">
+        <v>156</v>
+      </c>
+      <c r="O10" s="24">
+        <v>-60</v>
+      </c>
       <c r="P10" s="24"/>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>385</v>
+        <v>555</v>
       </c>
       <c r="E11" s="24">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F11" s="24">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G11" s="24">
         <v>85</v>
       </c>
       <c r="H11" s="24">
         <v>-4</v>
       </c>
       <c r="I11" s="24">
         <v>75</v>
       </c>
       <c r="J11" s="24">
-        <v>-268</v>
+        <v>-264</v>
       </c>
       <c r="K11" s="24">
-        <v>-168</v>
+        <v>-166</v>
       </c>
       <c r="L11" s="24">
-        <v>-44</v>
+        <v>-42</v>
       </c>
       <c r="M11" s="24">
-        <v>485</v>
-[...2 lines deleted...]
-      <c r="O11" s="24"/>
+        <v>496</v>
+      </c>
+      <c r="N11" s="24">
+        <v>175</v>
+      </c>
+      <c r="O11" s="24">
+        <v>-24</v>
+      </c>
       <c r="P11" s="24"/>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="N12" s="25"/>
-      <c r="O12" s="25"/>
+      <c r="N12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="25" t="s">
+        <v>19</v>
+      </c>
       <c r="P12" s="25"/>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>146840</v>
+        <v>147010</v>
       </c>
       <c r="E13" s="32">
-        <v>146496</v>
+        <v>146497</v>
       </c>
       <c r="F13" s="32">
         <v>146679</v>
       </c>
       <c r="G13" s="32">
         <v>146764</v>
       </c>
       <c r="H13" s="32">
         <v>146760</v>
       </c>
       <c r="I13" s="32">
         <v>146835</v>
       </c>
       <c r="J13" s="32">
-        <v>146567</v>
+        <v>146571</v>
       </c>
       <c r="K13" s="32">
-        <v>146399</v>
+        <v>146405</v>
       </c>
       <c r="L13" s="32">
-        <v>146355</v>
+        <v>146363</v>
       </c>
       <c r="M13" s="32">
-        <v>146840</v>
-[...2 lines deleted...]
-      <c r="O13" s="32"/>
+        <v>146859</v>
+      </c>
+      <c r="N13" s="32">
+        <v>147034</v>
+      </c>
+      <c r="O13" s="32">
+        <v>147010</v>
+      </c>
       <c r="P13" s="32"/>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>70229</v>
+        <v>70248</v>
       </c>
       <c r="E14" s="32">
-        <v>70052</v>
+        <v>70053</v>
       </c>
       <c r="F14" s="32">
         <v>70112</v>
       </c>
       <c r="G14" s="32">
         <v>70132</v>
       </c>
       <c r="H14" s="32">
         <v>70134</v>
       </c>
       <c r="I14" s="32">
         <v>70181</v>
       </c>
       <c r="J14" s="32">
-        <v>70080</v>
+        <v>70083</v>
       </c>
       <c r="K14" s="32">
-        <v>70044</v>
+        <v>70048</v>
       </c>
       <c r="L14" s="32">
-        <v>70070</v>
+        <v>70075</v>
       </c>
       <c r="M14" s="32">
-        <v>70229</v>
-[...2 lines deleted...]
-      <c r="O14" s="32"/>
+        <v>70243</v>
+      </c>
+      <c r="N14" s="32">
+        <v>70300</v>
+      </c>
+      <c r="O14" s="32">
+        <v>70248</v>
+      </c>
       <c r="P14" s="32"/>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76611</v>
+        <v>76762</v>
       </c>
       <c r="E15" s="32">
         <v>76444</v>
       </c>
       <c r="F15" s="32">
         <v>76567</v>
       </c>
       <c r="G15" s="32">
         <v>76632</v>
       </c>
       <c r="H15" s="32">
         <v>76626</v>
       </c>
       <c r="I15" s="32">
         <v>76654</v>
       </c>
       <c r="J15" s="32">
-        <v>76487</v>
+        <v>76488</v>
       </c>
       <c r="K15" s="32">
-        <v>76355</v>
+        <v>76357</v>
       </c>
       <c r="L15" s="32">
-        <v>76285</v>
+        <v>76288</v>
       </c>
       <c r="M15" s="32">
-        <v>76611</v>
-[...2 lines deleted...]
-      <c r="O15" s="32"/>
+        <v>76616</v>
+      </c>
+      <c r="N15" s="32">
+        <v>76734</v>
+      </c>
+      <c r="O15" s="32">
+        <v>76762</v>
+      </c>
       <c r="P15" s="32"/>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109858</v>
+        <v>109985</v>
       </c>
       <c r="E16" s="32">
         <v>109789</v>
       </c>
       <c r="F16" s="32">
         <v>109828</v>
       </c>
       <c r="G16" s="32">
         <v>109920</v>
       </c>
       <c r="H16" s="32">
-        <v>109857</v>
+        <v>109858</v>
       </c>
       <c r="I16" s="32">
-        <v>109876</v>
+        <v>109878</v>
       </c>
       <c r="J16" s="32">
-        <v>109895</v>
+        <v>109901</v>
       </c>
       <c r="K16" s="32">
-        <v>109783</v>
+        <v>109789</v>
       </c>
       <c r="L16" s="32">
-        <v>109679</v>
+        <v>109686</v>
       </c>
       <c r="M16" s="32">
-        <v>109858</v>
-[...2 lines deleted...]
-      <c r="O16" s="32"/>
+        <v>109867</v>
+      </c>
+      <c r="N16" s="32">
+        <v>110033</v>
+      </c>
+      <c r="O16" s="32">
+        <v>109985</v>
+      </c>
       <c r="P16" s="32"/>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>36982</v>
+        <v>37025</v>
       </c>
       <c r="E17" s="32">
-        <v>36707</v>
+        <v>36708</v>
       </c>
       <c r="F17" s="32">
         <v>36851</v>
       </c>
       <c r="G17" s="32">
         <v>36844</v>
       </c>
       <c r="H17" s="32">
-        <v>36903</v>
+        <v>36902</v>
       </c>
       <c r="I17" s="32">
-        <v>36959</v>
+        <v>36957</v>
       </c>
       <c r="J17" s="32">
-        <v>36672</v>
+        <v>36670</v>
       </c>
       <c r="K17" s="32">
         <v>36616</v>
       </c>
       <c r="L17" s="32">
-        <v>36676</v>
+        <v>36677</v>
       </c>
       <c r="M17" s="32">
-        <v>36982</v>
-[...2 lines deleted...]
-      <c r="O17" s="32"/>
+        <v>36992</v>
+      </c>
+      <c r="N17" s="32">
+        <v>37001</v>
+      </c>
+      <c r="O17" s="32">
+        <v>37025</v>
+      </c>
       <c r="P17" s="32"/>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>146650</v>
+        <v>146730</v>
       </c>
       <c r="E18" s="33">
         <v>146480</v>
       </c>
       <c r="F18" s="33">
         <v>146590</v>
       </c>
       <c r="G18" s="33">
         <v>146720</v>
       </c>
       <c r="H18" s="33">
         <v>146760</v>
       </c>
       <c r="I18" s="33">
         <v>146800</v>
       </c>
       <c r="J18" s="33">
         <v>146700</v>
       </c>
       <c r="K18" s="33">
-        <v>146480</v>
+        <v>146490</v>
       </c>
       <c r="L18" s="33">
         <v>146380</v>
       </c>
       <c r="M18" s="33">
-        <v>146600</v>
-[...2 lines deleted...]
-      <c r="O18" s="33"/>
+        <v>146610</v>
+      </c>
+      <c r="N18" s="33">
+        <v>146950</v>
+      </c>
+      <c r="O18" s="33">
+        <v>147020</v>
+      </c>
       <c r="P18" s="33"/>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1033</v>
+        <v>1272</v>
       </c>
       <c r="E20" s="32">
         <v>146</v>
       </c>
       <c r="F20" s="32">
         <v>92</v>
       </c>
       <c r="G20" s="32">
         <v>127</v>
       </c>
       <c r="H20" s="21">
         <v>87</v>
       </c>
       <c r="I20" s="21">
         <v>127</v>
       </c>
       <c r="J20" s="21">
         <v>131</v>
       </c>
       <c r="K20" s="21">
         <v>121</v>
       </c>
       <c r="L20" s="21">
         <v>87</v>
       </c>
       <c r="M20" s="21">
         <v>115</v>
       </c>
-      <c r="N20" s="21"/>
-      <c r="O20" s="21"/>
+      <c r="N20" s="21">
+        <v>120</v>
+      </c>
+      <c r="O20" s="21">
+        <v>119</v>
+      </c>
       <c r="P20" s="21"/>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>539</v>
+        <v>668</v>
       </c>
       <c r="E21" s="32">
         <v>77</v>
       </c>
       <c r="F21" s="32">
         <v>49</v>
       </c>
       <c r="G21" s="32">
         <v>61</v>
       </c>
       <c r="H21" s="21">
         <v>41</v>
       </c>
       <c r="I21" s="21">
         <v>62</v>
       </c>
       <c r="J21" s="21">
         <v>71</v>
       </c>
       <c r="K21" s="21">
         <v>72</v>
       </c>
       <c r="L21" s="21">
         <v>53</v>
       </c>
       <c r="M21" s="21">
         <v>53</v>
       </c>
-      <c r="N21" s="21"/>
-      <c r="O21" s="21"/>
+      <c r="N21" s="21">
+        <v>71</v>
+      </c>
+      <c r="O21" s="21">
+        <v>58</v>
+      </c>
       <c r="P21" s="21"/>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>494</v>
+        <v>604</v>
       </c>
       <c r="E22" s="32">
         <v>69</v>
       </c>
       <c r="F22" s="32">
         <v>43</v>
       </c>
       <c r="G22" s="32">
         <v>66</v>
       </c>
       <c r="H22" s="21">
         <v>46</v>
       </c>
       <c r="I22" s="21">
         <v>65</v>
       </c>
       <c r="J22" s="21">
         <v>60</v>
       </c>
       <c r="K22" s="21">
         <v>49</v>
       </c>
       <c r="L22" s="21">
         <v>34</v>
       </c>
       <c r="M22" s="21">
         <v>62</v>
       </c>
-      <c r="N22" s="21"/>
-      <c r="O22" s="21"/>
+      <c r="N22" s="21">
+        <v>49</v>
+      </c>
+      <c r="O22" s="21">
+        <v>61</v>
+      </c>
       <c r="P22" s="21"/>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>791</v>
+        <v>988</v>
       </c>
       <c r="E23" s="32">
         <v>108</v>
       </c>
       <c r="F23" s="32">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G23" s="32">
         <v>98</v>
       </c>
       <c r="H23" s="32">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I23" s="32">
         <v>100</v>
       </c>
       <c r="J23" s="32">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K23" s="32">
         <v>97</v>
       </c>
       <c r="L23" s="32">
         <v>64</v>
       </c>
       <c r="M23" s="32">
         <v>93</v>
       </c>
-      <c r="N23" s="32"/>
-      <c r="O23" s="32"/>
+      <c r="N23" s="32">
+        <v>98</v>
+      </c>
+      <c r="O23" s="32">
+        <v>96</v>
+      </c>
       <c r="P23" s="32"/>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>242</v>
+        <v>284</v>
       </c>
       <c r="E24" s="33">
         <v>38</v>
       </c>
       <c r="F24" s="33">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G24" s="33">
         <v>29</v>
       </c>
       <c r="H24" s="33">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I24" s="33">
         <v>27</v>
       </c>
       <c r="J24" s="33">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K24" s="33">
         <v>24</v>
       </c>
       <c r="L24" s="33">
         <v>23</v>
       </c>
       <c r="M24" s="33">
         <v>22</v>
       </c>
-      <c r="N24" s="33"/>
-      <c r="O24" s="33"/>
+      <c r="N24" s="33">
+        <v>22</v>
+      </c>
+      <c r="O24" s="33">
+        <v>23</v>
+      </c>
       <c r="P24" s="33"/>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>894</v>
+        <v>1078</v>
       </c>
       <c r="E26" s="32">
         <v>121</v>
       </c>
       <c r="F26" s="32">
         <v>94</v>
       </c>
       <c r="G26" s="32">
         <v>97</v>
       </c>
       <c r="H26" s="21">
         <v>82</v>
       </c>
       <c r="I26" s="21">
         <v>86</v>
       </c>
       <c r="J26" s="21">
         <v>87</v>
       </c>
       <c r="K26" s="21">
         <v>115</v>
       </c>
       <c r="L26" s="21">
         <v>92</v>
       </c>
       <c r="M26" s="21">
         <v>120</v>
       </c>
-      <c r="N26" s="21"/>
-      <c r="O26" s="21"/>
+      <c r="N26" s="21">
+        <v>101</v>
+      </c>
+      <c r="O26" s="21">
+        <v>83</v>
+      </c>
       <c r="P26" s="21"/>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>378</v>
+        <v>469</v>
       </c>
       <c r="E27" s="32">
         <v>62</v>
       </c>
       <c r="F27" s="32">
         <v>39</v>
       </c>
       <c r="G27" s="32">
         <v>35</v>
       </c>
       <c r="H27" s="21">
         <v>29</v>
       </c>
       <c r="I27" s="21">
         <v>32</v>
       </c>
       <c r="J27" s="21">
         <v>44</v>
       </c>
       <c r="K27" s="21">
         <v>54</v>
       </c>
       <c r="L27" s="21">
         <v>32</v>
       </c>
       <c r="M27" s="21">
         <v>51</v>
       </c>
-      <c r="N27" s="21"/>
-      <c r="O27" s="21"/>
+      <c r="N27" s="21">
+        <v>52</v>
+      </c>
+      <c r="O27" s="21">
+        <v>39</v>
+      </c>
       <c r="P27" s="21"/>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>516</v>
+        <v>609</v>
       </c>
       <c r="E28" s="32">
         <v>59</v>
       </c>
       <c r="F28" s="32">
         <v>55</v>
       </c>
       <c r="G28" s="32">
         <v>62</v>
       </c>
       <c r="H28" s="21">
         <v>53</v>
       </c>
       <c r="I28" s="21">
         <v>54</v>
       </c>
       <c r="J28" s="21">
         <v>43</v>
       </c>
       <c r="K28" s="21">
         <v>61</v>
       </c>
       <c r="L28" s="21">
         <v>60</v>
       </c>
       <c r="M28" s="21">
         <v>69</v>
       </c>
-      <c r="N28" s="21"/>
-      <c r="O28" s="21"/>
+      <c r="N28" s="21">
+        <v>49</v>
+      </c>
+      <c r="O28" s="21">
+        <v>44</v>
+      </c>
       <c r="P28" s="21"/>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>808</v>
+        <v>973</v>
       </c>
       <c r="E29" s="32">
         <v>110</v>
       </c>
       <c r="F29" s="32">
         <v>77</v>
       </c>
       <c r="G29" s="32">
         <v>90</v>
       </c>
       <c r="H29" s="21">
         <v>74</v>
       </c>
       <c r="I29" s="21">
         <v>75</v>
       </c>
       <c r="J29" s="21">
         <v>81</v>
       </c>
       <c r="K29" s="21">
         <v>102</v>
       </c>
       <c r="L29" s="21">
         <v>84</v>
       </c>
       <c r="M29" s="21">
         <v>115</v>
       </c>
-      <c r="N29" s="21"/>
-      <c r="O29" s="21"/>
+      <c r="N29" s="21">
+        <v>90</v>
+      </c>
+      <c r="O29" s="21">
+        <v>75</v>
+      </c>
       <c r="P29" s="21"/>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="E30" s="32">
         <v>11</v>
       </c>
       <c r="F30" s="32">
         <v>17</v>
       </c>
       <c r="G30" s="32">
         <v>7</v>
       </c>
       <c r="H30" s="21">
         <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>6</v>
       </c>
       <c r="K30" s="21">
         <v>13</v>
       </c>
       <c r="L30" s="21">
         <v>8</v>
       </c>
       <c r="M30" s="21">
         <v>5</v>
       </c>
-      <c r="N30" s="21"/>
-      <c r="O30" s="21"/>
+      <c r="N30" s="21">
+        <v>11</v>
+      </c>
+      <c r="O30" s="21">
+        <v>8</v>
+      </c>
       <c r="P30" s="21"/>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>1</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>1</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
-      <c r="N31" s="32"/>
-      <c r="O31" s="32"/>
+      <c r="N31" s="32">
+        <v>0</v>
+      </c>
+      <c r="O31" s="32">
+        <v>0</v>
+      </c>
       <c r="P31" s="32"/>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
-      <c r="N32" s="32"/>
-      <c r="O32" s="32"/>
+      <c r="N32" s="32">
+        <v>1</v>
+      </c>
+      <c r="O32" s="32">
+        <v>0</v>
+      </c>
       <c r="P32" s="32"/>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E33" s="32">
         <v>4</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>2</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>2</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
-      <c r="N33" s="32"/>
-      <c r="O33" s="32"/>
+      <c r="N33" s="32">
+        <v>2</v>
+      </c>
+      <c r="O33" s="32">
+        <v>0</v>
+      </c>
       <c r="P33" s="32"/>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="E34" s="32">
         <v>7</v>
       </c>
       <c r="F34" s="32">
         <v>7</v>
       </c>
       <c r="G34" s="32">
         <v>9</v>
       </c>
       <c r="H34" s="32">
         <v>6</v>
       </c>
       <c r="I34" s="32">
         <v>6</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>11</v>
       </c>
       <c r="L34" s="32">
         <v>13</v>
       </c>
       <c r="M34" s="32">
         <v>8</v>
       </c>
-      <c r="N34" s="32"/>
-      <c r="O34" s="32"/>
+      <c r="N34" s="32">
+        <v>8</v>
+      </c>
+      <c r="O34" s="32">
+        <v>13</v>
+      </c>
       <c r="P34" s="32"/>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>212</v>
+        <v>255</v>
       </c>
       <c r="E35" s="32">
         <v>31</v>
       </c>
       <c r="F35" s="32">
         <v>14</v>
       </c>
       <c r="G35" s="32">
         <v>23</v>
       </c>
       <c r="H35" s="32">
         <v>21</v>
       </c>
       <c r="I35" s="32">
         <v>17</v>
       </c>
       <c r="J35" s="32">
         <v>21</v>
       </c>
       <c r="K35" s="32">
         <v>30</v>
       </c>
       <c r="L35" s="32">
         <v>25</v>
       </c>
       <c r="M35" s="32">
         <v>30</v>
       </c>
-      <c r="N35" s="32"/>
-      <c r="O35" s="32"/>
+      <c r="N35" s="32">
+        <v>25</v>
+      </c>
+      <c r="O35" s="32">
+        <v>18</v>
+      </c>
       <c r="P35" s="32"/>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>589</v>
+        <v>706</v>
       </c>
       <c r="E36" s="33">
         <v>79</v>
       </c>
       <c r="F36" s="33">
         <v>70</v>
       </c>
       <c r="G36" s="33">
         <v>64</v>
       </c>
       <c r="H36" s="33">
         <v>53</v>
       </c>
       <c r="I36" s="33">
         <v>63</v>
       </c>
       <c r="J36" s="33">
         <v>57</v>
       </c>
       <c r="K36" s="33">
         <v>70</v>
       </c>
       <c r="L36" s="33">
         <v>51</v>
       </c>
       <c r="M36" s="33">
         <v>82</v>
       </c>
-      <c r="N36" s="33"/>
-      <c r="O36" s="33"/>
+      <c r="N36" s="33">
+        <v>65</v>
+      </c>
+      <c r="O36" s="33">
+        <v>52</v>
+      </c>
       <c r="P36" s="33"/>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1139</v>
+        <v>1301</v>
       </c>
       <c r="E38" s="39">
         <v>83</v>
       </c>
       <c r="F38" s="39">
         <v>112</v>
       </c>
       <c r="G38" s="39">
         <v>88</v>
       </c>
       <c r="H38" s="26">
         <v>125</v>
       </c>
       <c r="I38" s="26">
         <v>139</v>
       </c>
       <c r="J38" s="26">
         <v>156</v>
       </c>
       <c r="K38" s="26">
         <v>169</v>
       </c>
       <c r="L38" s="26">
         <v>122</v>
       </c>
       <c r="M38" s="26">
         <v>145</v>
       </c>
-      <c r="N38" s="26"/>
-      <c r="O38" s="26"/>
+      <c r="N38" s="26">
+        <v>94</v>
+      </c>
+      <c r="O38" s="26">
+        <v>68</v>
+      </c>
       <c r="P38" s="26"/>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>592</v>
+        <v>670</v>
       </c>
       <c r="E39" s="32">
         <v>48</v>
       </c>
       <c r="F39" s="32">
         <v>59</v>
       </c>
       <c r="G39" s="32">
         <v>47</v>
       </c>
       <c r="H39" s="21">
         <v>70</v>
       </c>
       <c r="I39" s="21">
         <v>70</v>
       </c>
       <c r="J39" s="21">
         <v>79</v>
       </c>
       <c r="K39" s="21">
         <v>84</v>
       </c>
       <c r="L39" s="21">
         <v>63</v>
       </c>
       <c r="M39" s="21">
         <v>72</v>
       </c>
-      <c r="N39" s="21"/>
-      <c r="O39" s="21"/>
+      <c r="N39" s="21">
+        <v>46</v>
+      </c>
+      <c r="O39" s="21">
+        <v>32</v>
+      </c>
       <c r="P39" s="21"/>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>547</v>
+        <v>631</v>
       </c>
       <c r="E40" s="32">
         <v>35</v>
       </c>
       <c r="F40" s="32">
         <v>53</v>
       </c>
       <c r="G40" s="32">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>55</v>
       </c>
       <c r="I40" s="21">
         <v>69</v>
       </c>
       <c r="J40" s="21">
         <v>77</v>
       </c>
       <c r="K40" s="21">
         <v>85</v>
       </c>
       <c r="L40" s="21">
         <v>59</v>
       </c>
       <c r="M40" s="21">
         <v>73</v>
       </c>
-      <c r="N40" s="21"/>
-      <c r="O40" s="21"/>
+      <c r="N40" s="21">
+        <v>48</v>
+      </c>
+      <c r="O40" s="21">
+        <v>36</v>
+      </c>
       <c r="P40" s="21"/>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>778</v>
+        <v>893</v>
       </c>
       <c r="E41" s="32">
         <v>47</v>
       </c>
       <c r="F41" s="32">
         <v>70</v>
       </c>
       <c r="G41" s="32">
         <v>50</v>
       </c>
       <c r="H41" s="21">
         <v>85</v>
       </c>
       <c r="I41" s="21">
         <v>101</v>
       </c>
       <c r="J41" s="21">
         <v>114</v>
       </c>
       <c r="K41" s="21">
         <v>116</v>
       </c>
       <c r="L41" s="21">
         <v>85</v>
       </c>
       <c r="M41" s="21">
         <v>110</v>
       </c>
-      <c r="N41" s="21"/>
-      <c r="O41" s="21"/>
+      <c r="N41" s="21">
+        <v>72</v>
+      </c>
+      <c r="O41" s="21">
+        <v>43</v>
+      </c>
       <c r="P41" s="21"/>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>361</v>
+        <v>408</v>
       </c>
       <c r="E42" s="33">
         <v>36</v>
       </c>
       <c r="F42" s="33">
         <v>42</v>
       </c>
       <c r="G42" s="33">
         <v>38</v>
       </c>
       <c r="H42" s="34">
         <v>40</v>
       </c>
       <c r="I42" s="34">
         <v>38</v>
       </c>
       <c r="J42" s="34">
         <v>42</v>
       </c>
       <c r="K42" s="34">
         <v>53</v>
       </c>
       <c r="L42" s="34">
         <v>37</v>
       </c>
       <c r="M42" s="34">
         <v>35</v>
       </c>
-      <c r="N42" s="34"/>
-      <c r="O42" s="34"/>
+      <c r="N42" s="34">
+        <v>22</v>
+      </c>
+      <c r="O42" s="34">
+        <v>25</v>
+      </c>
       <c r="P42" s="34"/>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>409</v>
+        <v>490</v>
       </c>
       <c r="E44" s="32">
         <v>66</v>
       </c>
       <c r="F44" s="32">
         <v>47</v>
       </c>
       <c r="G44" s="32">
         <v>36</v>
       </c>
       <c r="H44" s="21">
         <v>43</v>
       </c>
       <c r="I44" s="21">
         <v>46</v>
       </c>
       <c r="J44" s="21">
         <v>42</v>
       </c>
       <c r="K44" s="21">
         <v>47</v>
       </c>
       <c r="L44" s="21">
         <v>30</v>
       </c>
       <c r="M44" s="21">
         <v>52</v>
       </c>
-      <c r="N44" s="21"/>
-      <c r="O44" s="21"/>
+      <c r="N44" s="21">
+        <v>32</v>
+      </c>
+      <c r="O44" s="21">
+        <v>49</v>
+      </c>
       <c r="P44" s="21"/>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>197</v>
+        <v>242</v>
       </c>
       <c r="E45" s="32">
         <v>36</v>
       </c>
       <c r="F45" s="32">
         <v>24</v>
       </c>
       <c r="G45" s="32">
         <v>16</v>
       </c>
       <c r="H45" s="21">
         <v>20</v>
       </c>
       <c r="I45" s="21">
         <v>19</v>
       </c>
       <c r="J45" s="21">
         <v>19</v>
       </c>
       <c r="K45" s="21">
         <v>23</v>
       </c>
       <c r="L45" s="21">
         <v>14</v>
       </c>
       <c r="M45" s="21">
         <v>26</v>
       </c>
-      <c r="N45" s="21"/>
-      <c r="O45" s="21"/>
+      <c r="N45" s="21">
+        <v>18</v>
+      </c>
+      <c r="O45" s="21">
+        <v>27</v>
+      </c>
       <c r="P45" s="21"/>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>212</v>
+        <v>248</v>
       </c>
       <c r="E46" s="32">
         <v>30</v>
       </c>
       <c r="F46" s="32">
         <v>23</v>
       </c>
       <c r="G46" s="32">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>23</v>
       </c>
       <c r="I46" s="21">
         <v>27</v>
       </c>
       <c r="J46" s="21">
         <v>23</v>
       </c>
       <c r="K46" s="21">
         <v>24</v>
       </c>
       <c r="L46" s="21">
         <v>16</v>
       </c>
       <c r="M46" s="21">
         <v>26</v>
       </c>
-      <c r="N46" s="21"/>
-      <c r="O46" s="21"/>
+      <c r="N46" s="21">
+        <v>14</v>
+      </c>
+      <c r="O46" s="21">
+        <v>22</v>
+      </c>
       <c r="P46" s="21"/>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>251</v>
+        <v>300</v>
       </c>
       <c r="E47" s="32">
         <v>44</v>
       </c>
       <c r="F47" s="32">
         <v>32</v>
       </c>
       <c r="G47" s="32">
         <v>18</v>
       </c>
       <c r="H47" s="21">
         <v>28</v>
       </c>
       <c r="I47" s="21">
         <v>31</v>
       </c>
       <c r="J47" s="21">
         <v>19</v>
       </c>
       <c r="K47" s="21">
         <v>29</v>
       </c>
       <c r="L47" s="21">
         <v>16</v>
       </c>
       <c r="M47" s="21">
+        <v>35</v>
+      </c>
+      <c r="N47" s="21">
+        <v>14</v>
+      </c>
+      <c r="O47" s="21">
         <v>34</v>
       </c>
-      <c r="N47" s="21"/>
-      <c r="O47" s="21"/>
       <c r="P47" s="21"/>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="E48" s="33">
         <v>22</v>
       </c>
       <c r="F48" s="33">
         <v>15</v>
       </c>
       <c r="G48" s="33">
         <v>18</v>
       </c>
       <c r="H48" s="34">
         <v>15</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>23</v>
       </c>
       <c r="K48" s="34">
         <v>18</v>
       </c>
       <c r="L48" s="34">
         <v>14</v>
       </c>
       <c r="M48" s="34">
+        <v>17</v>
+      </c>
+      <c r="N48" s="34">
         <v>18</v>
       </c>
-      <c r="N48" s="34"/>
-      <c r="O48" s="34"/>
+      <c r="O48" s="34">
+        <v>15</v>
+      </c>
       <c r="P48" s="34"/>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>73</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
-        <v>549</v>
+        <v>746</v>
       </c>
       <c r="E50" s="32">
         <v>58</v>
       </c>
       <c r="F50" s="32">
         <v>37</v>
       </c>
       <c r="G50" s="32">
         <v>77</v>
       </c>
       <c r="H50" s="32">
         <v>14</v>
       </c>
       <c r="I50" s="32">
         <v>45</v>
       </c>
       <c r="J50" s="32">
         <v>162</v>
       </c>
       <c r="K50" s="32">
         <v>68</v>
       </c>
       <c r="L50" s="32">
         <v>5</v>
       </c>
       <c r="M50" s="32">
         <v>83</v>
       </c>
-      <c r="N50" s="32"/>
-      <c r="O50" s="32"/>
+      <c r="N50" s="32">
+        <v>146</v>
+      </c>
+      <c r="O50" s="32">
+        <v>51</v>
+      </c>
       <c r="P50" s="32"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
-      <c r="N51" s="33"/>
-      <c r="O51" s="33"/>
+      <c r="N51" s="33">
+        <v>0</v>
+      </c>
+      <c r="O51" s="33">
+        <v>0</v>
+      </c>
       <c r="P51" s="33"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E53" s="33">
         <v>0</v>
       </c>
       <c r="F53" s="33">
         <v>0</v>
       </c>
       <c r="G53" s="33">
         <v>2</v>
       </c>
       <c r="H53" s="33">
         <v>3</v>
       </c>
       <c r="I53" s="33">
         <v>1</v>
       </c>
       <c r="J53" s="33">
         <v>2</v>
       </c>
       <c r="K53" s="33">
         <v>1</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
         <v>4</v>
       </c>
-      <c r="N53" s="33"/>
-      <c r="O53" s="33"/>
+      <c r="N53" s="33">
+        <v>5</v>
+      </c>
+      <c r="O53" s="33">
+        <v>2</v>
+      </c>
       <c r="P53" s="33"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="F55" s="14"/>
       <c r="P55" s="16"/>
     </row>
-    <row r="56" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
     </row>
-    <row r="57" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B57" s="17"/>
       <c r="C57" s="17"/>
       <c r="D57" s="17"/>
     </row>
-    <row r="58" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
     </row>
-    <row r="59" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="1"/>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="P59" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="60" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P60" s="26" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
@@ -3553,1936 +3713,1936 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>140567</v>
       </c>
       <c r="E8" s="32">
         <v>140567</v>
       </c>
       <c r="F8" s="32">
         <v>140779</v>
       </c>
       <c r="G8" s="32">
         <v>140922</v>
       </c>
       <c r="H8" s="32">
         <v>141094</v>
       </c>
       <c r="I8" s="32">
         <v>141103</v>
       </c>
       <c r="J8" s="32">
         <v>141138</v>
       </c>
       <c r="K8" s="32">
         <v>141050</v>
       </c>
       <c r="L8" s="32">
         <v>140997</v>
       </c>
       <c r="M8" s="32">
         <v>141157</v>
       </c>
       <c r="N8" s="32">
         <v>141381</v>
       </c>
       <c r="O8" s="32">
         <v>141625</v>
       </c>
       <c r="P8" s="32">
         <v>141763</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>391</v>
       </c>
       <c r="E9" s="24">
         <v>34</v>
       </c>
       <c r="F9" s="24">
         <v>-2</v>
       </c>
       <c r="G9" s="24">
         <v>36</v>
       </c>
       <c r="H9" s="24">
         <v>51</v>
       </c>
       <c r="I9" s="24">
         <v>10</v>
       </c>
       <c r="J9" s="24">
         <v>56</v>
       </c>
       <c r="K9" s="24">
         <v>63</v>
       </c>
       <c r="L9" s="24">
         <v>47</v>
       </c>
       <c r="M9" s="24">
         <v>15</v>
       </c>
       <c r="N9" s="24">
         <v>13</v>
       </c>
       <c r="O9" s="24">
         <v>0</v>
       </c>
       <c r="P9" s="24">
         <v>68</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>889</v>
       </c>
       <c r="E10" s="24">
         <v>178</v>
       </c>
       <c r="F10" s="24">
         <v>145</v>
       </c>
       <c r="G10" s="24">
         <v>136</v>
       </c>
       <c r="H10" s="24">
         <v>-42</v>
       </c>
       <c r="I10" s="24">
         <v>25</v>
       </c>
       <c r="J10" s="24">
         <v>-144</v>
       </c>
       <c r="K10" s="24">
         <v>-116</v>
       </c>
       <c r="L10" s="24">
         <v>113</v>
       </c>
       <c r="M10" s="24">
         <v>209</v>
       </c>
       <c r="N10" s="24">
         <v>231</v>
       </c>
       <c r="O10" s="24">
         <v>138</v>
       </c>
       <c r="P10" s="24">
         <v>16</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1280</v>
       </c>
       <c r="E11" s="24">
         <v>212</v>
       </c>
       <c r="F11" s="24">
         <v>143</v>
       </c>
       <c r="G11" s="24">
         <v>172</v>
       </c>
       <c r="H11" s="24">
         <v>9</v>
       </c>
       <c r="I11" s="24">
         <v>35</v>
       </c>
       <c r="J11" s="24">
         <v>-88</v>
       </c>
       <c r="K11" s="24">
         <v>-53</v>
       </c>
       <c r="L11" s="24">
         <v>160</v>
       </c>
       <c r="M11" s="24">
         <v>224</v>
       </c>
       <c r="N11" s="24">
         <v>244</v>
       </c>
       <c r="O11" s="24">
         <v>138</v>
       </c>
       <c r="P11" s="24">
         <v>84</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-187</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>-187</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>141660</v>
       </c>
       <c r="E13" s="32">
         <v>140779</v>
       </c>
       <c r="F13" s="32">
         <v>140922</v>
       </c>
       <c r="G13" s="32">
         <v>141094</v>
       </c>
       <c r="H13" s="32">
         <v>141103</v>
       </c>
       <c r="I13" s="32">
         <v>141138</v>
       </c>
       <c r="J13" s="32">
         <v>141050</v>
       </c>
       <c r="K13" s="32">
         <v>140997</v>
       </c>
       <c r="L13" s="32">
         <v>141157</v>
       </c>
       <c r="M13" s="32">
         <v>141381</v>
       </c>
       <c r="N13" s="32">
         <v>141625</v>
       </c>
       <c r="O13" s="32">
         <v>141763</v>
       </c>
       <c r="P13" s="32">
         <v>141660</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>67755</v>
       </c>
       <c r="E14" s="32">
         <v>67266</v>
       </c>
       <c r="F14" s="32">
         <v>67335</v>
       </c>
       <c r="G14" s="32">
         <v>67434</v>
       </c>
       <c r="H14" s="32">
         <v>67437</v>
       </c>
       <c r="I14" s="32">
         <v>67466</v>
       </c>
       <c r="J14" s="32">
         <v>67427</v>
       </c>
       <c r="K14" s="32">
         <v>67431</v>
       </c>
       <c r="L14" s="32">
         <v>67512</v>
       </c>
       <c r="M14" s="32">
         <v>67623</v>
       </c>
       <c r="N14" s="32">
         <v>67748</v>
       </c>
       <c r="O14" s="32">
         <v>67803</v>
       </c>
       <c r="P14" s="32">
         <v>67755</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>73905</v>
       </c>
       <c r="E15" s="32">
         <v>73513</v>
       </c>
       <c r="F15" s="32">
         <v>73587</v>
       </c>
       <c r="G15" s="32">
         <v>73660</v>
       </c>
       <c r="H15" s="32">
         <v>73666</v>
       </c>
       <c r="I15" s="32">
         <v>73672</v>
       </c>
       <c r="J15" s="32">
         <v>73623</v>
       </c>
       <c r="K15" s="32">
         <v>73566</v>
       </c>
       <c r="L15" s="32">
         <v>73645</v>
       </c>
       <c r="M15" s="32">
         <v>73758</v>
       </c>
       <c r="N15" s="32">
         <v>73877</v>
       </c>
       <c r="O15" s="32">
         <v>73960</v>
       </c>
       <c r="P15" s="32">
         <v>73905</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>106464</v>
       </c>
       <c r="E16" s="32">
         <v>106201</v>
       </c>
       <c r="F16" s="32">
         <v>106257</v>
       </c>
       <c r="G16" s="32">
         <v>106385</v>
       </c>
       <c r="H16" s="32">
         <v>106527</v>
       </c>
       <c r="I16" s="32">
         <v>106571</v>
       </c>
       <c r="J16" s="32">
         <v>106521</v>
       </c>
       <c r="K16" s="32">
         <v>106422</v>
       </c>
       <c r="L16" s="32">
         <v>106460</v>
       </c>
       <c r="M16" s="32">
         <v>106430</v>
       </c>
       <c r="N16" s="32">
         <v>106453</v>
       </c>
       <c r="O16" s="32">
         <v>106508</v>
       </c>
       <c r="P16" s="32">
         <v>106464</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>35196</v>
       </c>
       <c r="E17" s="32">
         <v>34578</v>
       </c>
       <c r="F17" s="32">
         <v>34665</v>
       </c>
       <c r="G17" s="32">
         <v>34709</v>
       </c>
       <c r="H17" s="32">
         <v>34576</v>
       </c>
       <c r="I17" s="32">
         <v>34567</v>
       </c>
       <c r="J17" s="32">
         <v>34529</v>
       </c>
       <c r="K17" s="32">
         <v>34575</v>
       </c>
       <c r="L17" s="32">
         <v>34697</v>
       </c>
       <c r="M17" s="32">
         <v>34951</v>
       </c>
       <c r="N17" s="32">
         <v>35172</v>
       </c>
       <c r="O17" s="32">
         <v>35255</v>
       </c>
       <c r="P17" s="32">
         <v>35196</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>141110</v>
       </c>
       <c r="E18" s="33">
         <v>140670</v>
       </c>
       <c r="F18" s="33">
         <v>140850</v>
       </c>
       <c r="G18" s="33">
         <v>141010</v>
       </c>
       <c r="H18" s="33">
         <v>141100</v>
       </c>
       <c r="I18" s="33">
         <v>141120</v>
       </c>
       <c r="J18" s="33">
         <v>141090</v>
       </c>
       <c r="K18" s="33">
         <v>141020</v>
       </c>
       <c r="L18" s="33">
         <v>141080</v>
       </c>
       <c r="M18" s="33">
         <v>141270</v>
       </c>
       <c r="N18" s="33">
         <v>141500</v>
       </c>
       <c r="O18" s="33">
         <v>141690</v>
       </c>
       <c r="P18" s="33">
         <v>141710</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1678</v>
       </c>
       <c r="E20" s="21">
         <v>122</v>
       </c>
       <c r="F20" s="21">
         <v>119</v>
       </c>
       <c r="G20" s="21">
         <v>165</v>
       </c>
       <c r="H20" s="21">
         <v>123</v>
       </c>
       <c r="I20" s="21">
         <v>126</v>
       </c>
       <c r="J20" s="21">
         <v>163</v>
       </c>
       <c r="K20" s="21">
         <v>174</v>
       </c>
       <c r="L20" s="21">
         <v>146</v>
       </c>
       <c r="M20" s="21">
         <v>111</v>
       </c>
       <c r="N20" s="21">
         <v>122</v>
       </c>
       <c r="O20" s="21">
         <v>104</v>
       </c>
       <c r="P20" s="21">
         <v>203</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>870</v>
       </c>
       <c r="E21" s="21">
         <v>61</v>
       </c>
       <c r="F21" s="21">
         <v>61</v>
       </c>
       <c r="G21" s="21">
         <v>86</v>
       </c>
       <c r="H21" s="21">
         <v>72</v>
       </c>
       <c r="I21" s="21">
         <v>73</v>
       </c>
       <c r="J21" s="21">
         <v>85</v>
       </c>
       <c r="K21" s="21">
         <v>86</v>
       </c>
       <c r="L21" s="21">
         <v>79</v>
       </c>
       <c r="M21" s="21">
         <v>50</v>
       </c>
       <c r="N21" s="21">
         <v>61</v>
       </c>
       <c r="O21" s="21">
         <v>57</v>
       </c>
       <c r="P21" s="21">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>808</v>
       </c>
       <c r="E22" s="21">
         <v>61</v>
       </c>
       <c r="F22" s="21">
         <v>58</v>
       </c>
       <c r="G22" s="21">
         <v>79</v>
       </c>
       <c r="H22" s="21">
         <v>51</v>
       </c>
       <c r="I22" s="21">
         <v>53</v>
       </c>
       <c r="J22" s="21">
         <v>78</v>
       </c>
       <c r="K22" s="21">
         <v>88</v>
       </c>
       <c r="L22" s="21">
         <v>67</v>
       </c>
       <c r="M22" s="21">
         <v>61</v>
       </c>
       <c r="N22" s="21">
         <v>61</v>
       </c>
       <c r="O22" s="21">
         <v>47</v>
       </c>
       <c r="P22" s="21">
         <v>104</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1258</v>
       </c>
       <c r="E23" s="32">
         <v>86</v>
       </c>
       <c r="F23" s="32">
         <v>95</v>
       </c>
       <c r="G23" s="32">
         <v>125</v>
       </c>
       <c r="H23" s="32">
         <v>87</v>
       </c>
       <c r="I23" s="32">
         <v>111</v>
       </c>
       <c r="J23" s="32">
         <v>125</v>
       </c>
       <c r="K23" s="32">
         <v>125</v>
       </c>
       <c r="L23" s="32">
         <v>111</v>
       </c>
       <c r="M23" s="32">
         <v>80</v>
       </c>
       <c r="N23" s="32">
         <v>93</v>
       </c>
       <c r="O23" s="32">
         <v>72</v>
       </c>
       <c r="P23" s="32">
         <v>148</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>420</v>
       </c>
       <c r="E24" s="33">
         <v>36</v>
       </c>
       <c r="F24" s="33">
         <v>24</v>
       </c>
       <c r="G24" s="33">
         <v>40</v>
       </c>
       <c r="H24" s="33">
         <v>36</v>
       </c>
       <c r="I24" s="33">
         <v>15</v>
       </c>
       <c r="J24" s="33">
         <v>38</v>
       </c>
       <c r="K24" s="33">
         <v>49</v>
       </c>
       <c r="L24" s="33">
         <v>35</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>29</v>
       </c>
       <c r="O24" s="33">
         <v>32</v>
       </c>
       <c r="P24" s="33">
         <v>55</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1287</v>
       </c>
       <c r="E26" s="21">
         <v>88</v>
       </c>
       <c r="F26" s="21">
         <v>121</v>
       </c>
       <c r="G26" s="21">
         <v>129</v>
       </c>
       <c r="H26" s="21">
         <v>72</v>
       </c>
       <c r="I26" s="21">
         <v>116</v>
       </c>
       <c r="J26" s="21">
         <v>107</v>
       </c>
       <c r="K26" s="21">
         <v>111</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>96</v>
       </c>
       <c r="N26" s="21">
         <v>109</v>
       </c>
       <c r="O26" s="21">
         <v>104</v>
       </c>
       <c r="P26" s="21">
         <v>135</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>534</v>
       </c>
       <c r="E27" s="21">
         <v>33</v>
       </c>
       <c r="F27" s="21">
         <v>43</v>
       </c>
       <c r="G27" s="21">
         <v>52</v>
       </c>
       <c r="H27" s="21">
         <v>32</v>
       </c>
       <c r="I27" s="21">
         <v>45</v>
       </c>
       <c r="J27" s="21">
         <v>59</v>
       </c>
       <c r="K27" s="21">
         <v>46</v>
       </c>
       <c r="L27" s="21">
         <v>47</v>
       </c>
       <c r="M27" s="21">
         <v>42</v>
       </c>
       <c r="N27" s="21">
         <v>42</v>
       </c>
       <c r="O27" s="21">
         <v>44</v>
       </c>
       <c r="P27" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>753</v>
       </c>
       <c r="E28" s="21">
         <v>55</v>
       </c>
       <c r="F28" s="21">
         <v>78</v>
       </c>
       <c r="G28" s="21">
         <v>77</v>
       </c>
       <c r="H28" s="21">
         <v>40</v>
       </c>
       <c r="I28" s="21">
         <v>71</v>
       </c>
       <c r="J28" s="21">
         <v>48</v>
       </c>
       <c r="K28" s="21">
         <v>65</v>
       </c>
       <c r="L28" s="21">
         <v>52</v>
       </c>
       <c r="M28" s="21">
         <v>54</v>
       </c>
       <c r="N28" s="21">
         <v>67</v>
       </c>
       <c r="O28" s="21">
         <v>60</v>
       </c>
       <c r="P28" s="21">
         <v>86</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1179</v>
       </c>
       <c r="E29" s="21">
         <v>84</v>
       </c>
       <c r="F29" s="21">
         <v>112</v>
       </c>
       <c r="G29" s="21">
         <v>115</v>
       </c>
       <c r="H29" s="21">
         <v>67</v>
       </c>
       <c r="I29" s="21">
         <v>109</v>
       </c>
       <c r="J29" s="21">
         <v>96</v>
       </c>
       <c r="K29" s="21">
         <v>100</v>
       </c>
       <c r="L29" s="21">
         <v>83</v>
       </c>
       <c r="M29" s="21">
         <v>93</v>
       </c>
       <c r="N29" s="21">
         <v>100</v>
       </c>
       <c r="O29" s="21">
         <v>94</v>
       </c>
       <c r="P29" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>108</v>
       </c>
       <c r="E30" s="21">
         <v>4</v>
       </c>
       <c r="F30" s="21">
         <v>9</v>
       </c>
       <c r="G30" s="21">
         <v>14</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>7</v>
       </c>
       <c r="J30" s="21">
         <v>11</v>
       </c>
       <c r="K30" s="21">
         <v>11</v>
       </c>
       <c r="L30" s="21">
         <v>16</v>
       </c>
       <c r="M30" s="21">
         <v>3</v>
       </c>
       <c r="N30" s="21">
         <v>9</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>6</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>2</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>1</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>2</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>7</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>2</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>2</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>1</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>2</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>3</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>4</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>0</v>
       </c>
       <c r="O33" s="32">
         <v>3</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>135</v>
       </c>
       <c r="E34" s="32">
         <v>7</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>11</v>
       </c>
       <c r="H34" s="32">
         <v>12</v>
       </c>
       <c r="I34" s="32">
         <v>13</v>
       </c>
       <c r="J34" s="32">
         <v>11</v>
       </c>
       <c r="K34" s="32">
         <v>11</v>
       </c>
       <c r="L34" s="32">
         <v>12</v>
       </c>
       <c r="M34" s="32">
         <v>5</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>15</v>
       </c>
       <c r="P34" s="32">
         <v>12</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>252</v>
       </c>
       <c r="E35" s="32">
         <v>13</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>28</v>
       </c>
       <c r="H35" s="32">
         <v>14</v>
       </c>
       <c r="I35" s="32">
         <v>27</v>
       </c>
       <c r="J35" s="32">
         <v>17</v>
       </c>
       <c r="K35" s="32">
         <v>21</v>
       </c>
       <c r="L35" s="32">
         <v>21</v>
       </c>
       <c r="M35" s="32">
         <v>19</v>
       </c>
       <c r="N35" s="32">
         <v>21</v>
       </c>
       <c r="O35" s="32">
         <v>20</v>
       </c>
       <c r="P35" s="32">
         <v>30</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>870</v>
       </c>
       <c r="E36" s="33">
         <v>67</v>
       </c>
       <c r="F36" s="33">
         <v>82</v>
       </c>
       <c r="G36" s="33">
         <v>86</v>
       </c>
       <c r="H36" s="33">
         <v>45</v>
       </c>
       <c r="I36" s="33">
         <v>73</v>
       </c>
       <c r="J36" s="33">
         <v>76</v>
       </c>
       <c r="K36" s="33">
         <v>75</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>72</v>
       </c>
       <c r="N36" s="33">
         <v>74</v>
       </c>
       <c r="O36" s="33">
         <v>66</v>
       </c>
       <c r="P36" s="33">
         <v>93</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1672</v>
       </c>
       <c r="E38" s="26">
         <v>89</v>
       </c>
       <c r="F38" s="26">
         <v>94</v>
       </c>
       <c r="G38" s="26">
         <v>82</v>
       </c>
       <c r="H38" s="26">
         <v>112</v>
       </c>
       <c r="I38" s="26">
         <v>148</v>
       </c>
       <c r="J38" s="26">
         <v>201</v>
       </c>
       <c r="K38" s="26">
         <v>240</v>
       </c>
       <c r="L38" s="26">
         <v>179</v>
       </c>
       <c r="M38" s="26">
         <v>190</v>
       </c>
       <c r="N38" s="26">
         <v>124</v>
       </c>
       <c r="O38" s="26">
         <v>93</v>
       </c>
       <c r="P38" s="26">
         <v>120</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>859</v>
       </c>
       <c r="E39" s="21">
         <v>49</v>
       </c>
       <c r="F39" s="21">
         <v>50</v>
       </c>
       <c r="G39" s="21">
         <v>41</v>
       </c>
       <c r="H39" s="21">
         <v>51</v>
       </c>
       <c r="I39" s="21">
         <v>81</v>
       </c>
       <c r="J39" s="21">
         <v>110</v>
       </c>
       <c r="K39" s="21">
         <v>117</v>
       </c>
       <c r="L39" s="21">
         <v>89</v>
       </c>
       <c r="M39" s="21">
         <v>94</v>
       </c>
       <c r="N39" s="21">
         <v>65</v>
       </c>
       <c r="O39" s="21">
         <v>54</v>
       </c>
       <c r="P39" s="21">
         <v>58</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>813</v>
       </c>
       <c r="E40" s="21">
         <v>40</v>
       </c>
       <c r="F40" s="21">
         <v>44</v>
       </c>
       <c r="G40" s="21">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>61</v>
       </c>
       <c r="I40" s="21">
         <v>67</v>
       </c>
       <c r="J40" s="21">
         <v>91</v>
       </c>
       <c r="K40" s="21">
         <v>123</v>
       </c>
       <c r="L40" s="21">
         <v>90</v>
       </c>
       <c r="M40" s="21">
         <v>96</v>
       </c>
       <c r="N40" s="21">
         <v>59</v>
       </c>
       <c r="O40" s="21">
         <v>39</v>
       </c>
       <c r="P40" s="21">
         <v>62</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1189</v>
       </c>
       <c r="E41" s="21">
         <v>57</v>
       </c>
       <c r="F41" s="21">
         <v>57</v>
       </c>
       <c r="G41" s="21">
         <v>57</v>
       </c>
       <c r="H41" s="21">
         <v>79</v>
       </c>
       <c r="I41" s="21">
         <v>114</v>
       </c>
       <c r="J41" s="21">
         <v>145</v>
       </c>
       <c r="K41" s="21">
         <v>185</v>
       </c>
       <c r="L41" s="21">
         <v>144</v>
       </c>
       <c r="M41" s="21">
         <v>144</v>
       </c>
       <c r="N41" s="21">
         <v>69</v>
       </c>
       <c r="O41" s="21">
         <v>50</v>
       </c>
       <c r="P41" s="21">
         <v>88</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>483</v>
       </c>
       <c r="E42" s="34">
         <v>32</v>
       </c>
       <c r="F42" s="34">
         <v>37</v>
       </c>
       <c r="G42" s="34">
         <v>25</v>
       </c>
       <c r="H42" s="34">
         <v>33</v>
       </c>
       <c r="I42" s="34">
         <v>34</v>
       </c>
       <c r="J42" s="34">
         <v>56</v>
       </c>
       <c r="K42" s="34">
         <v>55</v>
       </c>
       <c r="L42" s="34">
         <v>35</v>
       </c>
       <c r="M42" s="34">
         <v>46</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>43</v>
       </c>
       <c r="P42" s="34">
         <v>32</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>595</v>
       </c>
       <c r="E44" s="21">
         <v>43</v>
       </c>
       <c r="F44" s="21">
         <v>59</v>
       </c>
       <c r="G44" s="21">
         <v>59</v>
       </c>
       <c r="H44" s="21">
         <v>29</v>
       </c>
       <c r="I44" s="21">
         <v>42</v>
       </c>
       <c r="J44" s="21">
         <v>54</v>
       </c>
       <c r="K44" s="21">
         <v>57</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>46</v>
       </c>
       <c r="O44" s="21">
         <v>49</v>
       </c>
       <c r="P44" s="21">
         <v>87</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>288</v>
       </c>
       <c r="E45" s="21">
         <v>20</v>
       </c>
       <c r="F45" s="21">
         <v>31</v>
       </c>
       <c r="G45" s="21">
         <v>27</v>
       </c>
       <c r="H45" s="21">
         <v>14</v>
       </c>
       <c r="I45" s="21">
         <v>16</v>
       </c>
       <c r="J45" s="21">
         <v>28</v>
       </c>
       <c r="K45" s="21">
         <v>28</v>
       </c>
       <c r="L45" s="21">
         <v>18</v>
       </c>
       <c r="M45" s="21">
         <v>16</v>
       </c>
       <c r="N45" s="21">
         <v>21</v>
       </c>
       <c r="O45" s="21">
         <v>26</v>
       </c>
       <c r="P45" s="21">
         <v>43</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>307</v>
       </c>
       <c r="E46" s="21">
         <v>23</v>
       </c>
       <c r="F46" s="21">
         <v>28</v>
       </c>
       <c r="G46" s="21">
         <v>32</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>26</v>
       </c>
       <c r="J46" s="21">
         <v>26</v>
       </c>
       <c r="K46" s="21">
         <v>29</v>
       </c>
       <c r="L46" s="21">
         <v>16</v>
       </c>
       <c r="M46" s="21">
         <v>20</v>
       </c>
       <c r="N46" s="21">
         <v>25</v>
       </c>
       <c r="O46" s="21">
         <v>23</v>
       </c>
       <c r="P46" s="21">
         <v>44</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>390</v>
       </c>
       <c r="E47" s="21">
         <v>24</v>
       </c>
       <c r="F47" s="21">
         <v>40</v>
       </c>
       <c r="G47" s="21">
         <v>35</v>
       </c>
       <c r="H47" s="21">
         <v>16</v>
       </c>
       <c r="I47" s="21">
         <v>29</v>
       </c>
       <c r="J47" s="21">
         <v>43</v>
       </c>
       <c r="K47" s="21">
         <v>43</v>
       </c>
       <c r="L47" s="21">
         <v>20</v>
       </c>
       <c r="M47" s="21">
         <v>23</v>
       </c>
       <c r="N47" s="21">
         <v>34</v>
       </c>
       <c r="O47" s="21">
         <v>20</v>
       </c>
       <c r="P47" s="21">
         <v>63</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>205</v>
       </c>
       <c r="E48" s="34">
         <v>19</v>
       </c>
       <c r="F48" s="34">
         <v>19</v>
       </c>
       <c r="G48" s="34">
         <v>24</v>
       </c>
       <c r="H48" s="34">
         <v>13</v>
       </c>
       <c r="I48" s="34">
         <v>13</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>14</v>
       </c>
       <c r="L48" s="34">
         <v>14</v>
       </c>
       <c r="M48" s="34">
         <v>13</v>
       </c>
       <c r="N48" s="34">
         <v>12</v>
       </c>
       <c r="O48" s="34">
         <v>29</v>
       </c>
       <c r="P48" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="30" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
@@ -5492,9778 +5652,9778 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="31"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="31"/>
       <c r="N4" s="31"/>
       <c r="O4" s="31"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>139089</v>
       </c>
       <c r="E8" s="32">
         <v>139089</v>
       </c>
       <c r="F8" s="32">
         <v>139211</v>
       </c>
       <c r="G8" s="32">
         <v>139382</v>
       </c>
       <c r="H8" s="32">
         <v>139500</v>
       </c>
       <c r="I8" s="32">
         <v>139681</v>
       </c>
       <c r="J8" s="32">
         <v>139807</v>
       </c>
       <c r="K8" s="32">
         <v>139804</v>
       </c>
       <c r="L8" s="32">
         <v>139800</v>
       </c>
       <c r="M8" s="32">
         <v>139930</v>
       </c>
       <c r="N8" s="32">
         <v>140288</v>
       </c>
       <c r="O8" s="32">
         <v>140627</v>
       </c>
       <c r="P8" s="32">
         <v>140634</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>342</v>
       </c>
       <c r="E9" s="24">
         <v>-17</v>
       </c>
       <c r="F9" s="24">
         <v>27</v>
       </c>
       <c r="G9" s="24">
         <v>-6</v>
       </c>
       <c r="H9" s="24">
         <v>-5</v>
       </c>
       <c r="I9" s="24">
         <v>78</v>
       </c>
       <c r="J9" s="24">
         <v>49</v>
       </c>
       <c r="K9" s="24">
         <v>16</v>
       </c>
       <c r="L9" s="24">
         <v>61</v>
       </c>
       <c r="M9" s="24">
         <v>45</v>
       </c>
       <c r="N9" s="24">
         <v>61</v>
       </c>
       <c r="O9" s="24">
         <v>25</v>
       </c>
       <c r="P9" s="24">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1099</v>
       </c>
       <c r="E10" s="24">
         <v>139</v>
       </c>
       <c r="F10" s="24">
         <v>144</v>
       </c>
       <c r="G10" s="24">
         <v>124</v>
       </c>
       <c r="H10" s="24">
         <v>186</v>
       </c>
       <c r="I10" s="24">
         <v>48</v>
       </c>
       <c r="J10" s="24">
         <v>-52</v>
       </c>
       <c r="K10" s="24">
         <v>-20</v>
       </c>
       <c r="L10" s="24">
         <v>69</v>
       </c>
       <c r="M10" s="24">
         <v>313</v>
       </c>
       <c r="N10" s="24">
         <v>278</v>
       </c>
       <c r="O10" s="24">
         <v>-18</v>
       </c>
       <c r="P10" s="24">
         <v>-112</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1441</v>
       </c>
       <c r="E11" s="24">
         <v>122</v>
       </c>
       <c r="F11" s="24">
         <v>171</v>
       </c>
       <c r="G11" s="24">
         <v>118</v>
       </c>
       <c r="H11" s="24">
         <v>181</v>
       </c>
       <c r="I11" s="24">
         <v>126</v>
       </c>
       <c r="J11" s="24">
         <v>-3</v>
       </c>
       <c r="K11" s="24">
         <v>-4</v>
       </c>
       <c r="L11" s="24">
         <v>130</v>
       </c>
       <c r="M11" s="24">
         <v>358</v>
       </c>
       <c r="N11" s="24">
         <v>339</v>
       </c>
       <c r="O11" s="24">
         <v>7</v>
       </c>
       <c r="P11" s="24">
         <v>-104</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="35">
         <v>37</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>37</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>140567</v>
       </c>
       <c r="E13" s="32">
         <v>139211</v>
       </c>
       <c r="F13" s="32">
         <v>139382</v>
       </c>
       <c r="G13" s="32">
         <v>139500</v>
       </c>
       <c r="H13" s="32">
         <v>139681</v>
       </c>
       <c r="I13" s="32">
         <v>139807</v>
       </c>
       <c r="J13" s="32">
         <v>139804</v>
       </c>
       <c r="K13" s="32">
         <v>139800</v>
       </c>
       <c r="L13" s="32">
         <v>139930</v>
       </c>
       <c r="M13" s="32">
         <v>140288</v>
       </c>
       <c r="N13" s="32">
         <v>140627</v>
       </c>
       <c r="O13" s="32">
         <v>140634</v>
       </c>
       <c r="P13" s="32">
         <v>140567</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>67139</v>
       </c>
       <c r="E14" s="32">
         <v>66464</v>
       </c>
       <c r="F14" s="32">
         <v>66555</v>
       </c>
       <c r="G14" s="32">
         <v>66657</v>
       </c>
       <c r="H14" s="32">
         <v>66697</v>
       </c>
       <c r="I14" s="32">
         <v>66777</v>
       </c>
       <c r="J14" s="32">
         <v>66830</v>
       </c>
       <c r="K14" s="32">
         <v>66848</v>
       </c>
       <c r="L14" s="32">
         <v>66894</v>
       </c>
       <c r="M14" s="32">
         <v>67050</v>
       </c>
       <c r="N14" s="32">
         <v>67179</v>
       </c>
       <c r="O14" s="32">
         <v>67136</v>
       </c>
       <c r="P14" s="32">
         <v>67139</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>73428</v>
       </c>
       <c r="E15" s="32">
         <v>72747</v>
       </c>
       <c r="F15" s="32">
         <v>72827</v>
       </c>
       <c r="G15" s="32">
         <v>72843</v>
       </c>
       <c r="H15" s="32">
         <v>72984</v>
       </c>
       <c r="I15" s="32">
         <v>73030</v>
       </c>
       <c r="J15" s="32">
         <v>72974</v>
       </c>
       <c r="K15" s="32">
         <v>72952</v>
       </c>
       <c r="L15" s="32">
         <v>73036</v>
       </c>
       <c r="M15" s="32">
         <v>73238</v>
       </c>
       <c r="N15" s="32">
         <v>73448</v>
       </c>
       <c r="O15" s="32">
         <v>73498</v>
       </c>
       <c r="P15" s="32">
         <v>73428</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>105996</v>
       </c>
       <c r="E16" s="32">
         <v>105486</v>
       </c>
       <c r="F16" s="32">
         <v>105580</v>
       </c>
       <c r="G16" s="32">
         <v>105571</v>
       </c>
       <c r="H16" s="32">
         <v>105616</v>
       </c>
       <c r="I16" s="32">
         <v>105694</v>
       </c>
       <c r="J16" s="32">
         <v>105700</v>
       </c>
       <c r="K16" s="32">
         <v>105699</v>
       </c>
       <c r="L16" s="32">
         <v>105708</v>
       </c>
       <c r="M16" s="32">
         <v>105826</v>
       </c>
       <c r="N16" s="32">
         <v>106007</v>
       </c>
       <c r="O16" s="32">
         <v>105980</v>
       </c>
       <c r="P16" s="32">
         <v>105996</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34571</v>
       </c>
       <c r="E17" s="32">
         <v>33725</v>
       </c>
       <c r="F17" s="32">
         <v>33802</v>
       </c>
       <c r="G17" s="32">
         <v>33929</v>
       </c>
       <c r="H17" s="32">
         <v>34065</v>
       </c>
       <c r="I17" s="32">
         <v>34113</v>
       </c>
       <c r="J17" s="32">
         <v>34104</v>
       </c>
       <c r="K17" s="32">
         <v>34101</v>
       </c>
       <c r="L17" s="32">
         <v>34222</v>
       </c>
       <c r="M17" s="32">
         <v>34462</v>
       </c>
       <c r="N17" s="32">
         <v>34620</v>
       </c>
       <c r="O17" s="32">
         <v>34654</v>
       </c>
       <c r="P17" s="32">
         <v>34571</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>139830</v>
       </c>
       <c r="E18" s="33">
         <v>139150</v>
       </c>
       <c r="F18" s="33">
         <v>139300</v>
       </c>
       <c r="G18" s="33">
         <v>139440</v>
       </c>
       <c r="H18" s="33">
         <v>139590</v>
       </c>
       <c r="I18" s="33">
         <v>139740</v>
       </c>
       <c r="J18" s="33">
         <v>139810</v>
       </c>
       <c r="K18" s="33">
         <v>139800</v>
       </c>
       <c r="L18" s="33">
         <v>139870</v>
       </c>
       <c r="M18" s="33">
         <v>140110</v>
       </c>
       <c r="N18" s="33">
         <v>140460</v>
       </c>
       <c r="O18" s="33">
         <v>140630</v>
       </c>
       <c r="P18" s="33">
         <v>140600</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1677</v>
       </c>
       <c r="E20" s="21">
         <v>118</v>
       </c>
       <c r="F20" s="21">
         <v>152</v>
       </c>
       <c r="G20" s="21">
         <v>126</v>
       </c>
       <c r="H20" s="21">
         <v>120</v>
       </c>
       <c r="I20" s="21">
         <v>156</v>
       </c>
       <c r="J20" s="21">
         <v>142</v>
       </c>
       <c r="K20" s="21">
         <v>159</v>
       </c>
       <c r="L20" s="21">
         <v>118</v>
       </c>
       <c r="M20" s="21">
         <v>173</v>
       </c>
       <c r="N20" s="21">
         <v>117</v>
       </c>
       <c r="O20" s="21">
         <v>144</v>
       </c>
       <c r="P20" s="21">
         <v>152</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>886</v>
       </c>
       <c r="E21" s="21">
         <v>67</v>
       </c>
       <c r="F21" s="21">
         <v>83</v>
       </c>
       <c r="G21" s="21">
         <v>59</v>
       </c>
       <c r="H21" s="21">
         <v>64</v>
       </c>
       <c r="I21" s="21">
         <v>76</v>
       </c>
       <c r="J21" s="21">
         <v>69</v>
       </c>
       <c r="K21" s="21">
         <v>91</v>
       </c>
       <c r="L21" s="21">
         <v>59</v>
       </c>
       <c r="M21" s="21">
         <v>89</v>
       </c>
       <c r="N21" s="21">
         <v>64</v>
       </c>
       <c r="O21" s="21">
         <v>78</v>
       </c>
       <c r="P21" s="21">
         <v>87</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>791</v>
       </c>
       <c r="E22" s="21">
         <v>51</v>
       </c>
       <c r="F22" s="21">
         <v>69</v>
       </c>
       <c r="G22" s="21">
         <v>67</v>
       </c>
       <c r="H22" s="21">
         <v>56</v>
       </c>
       <c r="I22" s="21">
         <v>80</v>
       </c>
       <c r="J22" s="21">
         <v>73</v>
       </c>
       <c r="K22" s="21">
         <v>68</v>
       </c>
       <c r="L22" s="21">
         <v>59</v>
       </c>
       <c r="M22" s="21">
         <v>84</v>
       </c>
       <c r="N22" s="21">
         <v>53</v>
       </c>
       <c r="O22" s="21">
         <v>66</v>
       </c>
       <c r="P22" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1292</v>
       </c>
       <c r="E23" s="32">
         <v>82</v>
       </c>
       <c r="F23" s="32">
         <v>111</v>
       </c>
       <c r="G23" s="32">
         <v>99</v>
       </c>
       <c r="H23" s="32">
         <v>87</v>
       </c>
       <c r="I23" s="32">
         <v>124</v>
       </c>
       <c r="J23" s="32">
         <v>106</v>
       </c>
       <c r="K23" s="32">
         <v>135</v>
       </c>
       <c r="L23" s="32">
         <v>87</v>
       </c>
       <c r="M23" s="32">
         <v>131</v>
       </c>
       <c r="N23" s="32">
         <v>92</v>
       </c>
       <c r="O23" s="32">
         <v>112</v>
       </c>
       <c r="P23" s="32">
         <v>126</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>385</v>
       </c>
       <c r="E24" s="33">
         <v>36</v>
       </c>
       <c r="F24" s="33">
         <v>41</v>
       </c>
       <c r="G24" s="33">
         <v>27</v>
       </c>
       <c r="H24" s="33">
         <v>33</v>
       </c>
       <c r="I24" s="33">
         <v>32</v>
       </c>
       <c r="J24" s="33">
         <v>36</v>
       </c>
       <c r="K24" s="33">
         <v>24</v>
       </c>
       <c r="L24" s="33">
         <v>31</v>
       </c>
       <c r="M24" s="33">
         <v>42</v>
       </c>
       <c r="N24" s="33">
         <v>25</v>
       </c>
       <c r="O24" s="33">
         <v>32</v>
       </c>
       <c r="P24" s="33">
         <v>26</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1335</v>
       </c>
       <c r="E26" s="21">
         <v>135</v>
       </c>
       <c r="F26" s="21">
         <v>125</v>
       </c>
       <c r="G26" s="21">
         <v>132</v>
       </c>
       <c r="H26" s="21">
         <v>125</v>
       </c>
       <c r="I26" s="21">
         <v>78</v>
       </c>
       <c r="J26" s="21">
         <v>93</v>
       </c>
       <c r="K26" s="21">
         <v>143</v>
       </c>
       <c r="L26" s="21">
         <v>57</v>
       </c>
       <c r="M26" s="21">
         <v>128</v>
       </c>
       <c r="N26" s="21">
         <v>56</v>
       </c>
       <c r="O26" s="21">
         <v>119</v>
       </c>
       <c r="P26" s="21">
         <v>144</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>582</v>
       </c>
       <c r="E27" s="21">
         <v>65</v>
       </c>
       <c r="F27" s="21">
         <v>52</v>
       </c>
       <c r="G27" s="21">
         <v>53</v>
       </c>
       <c r="H27" s="21">
         <v>53</v>
       </c>
       <c r="I27" s="21">
         <v>43</v>
       </c>
       <c r="J27" s="21">
         <v>46</v>
       </c>
       <c r="K27" s="21">
         <v>66</v>
       </c>
       <c r="L27" s="21">
         <v>28</v>
       </c>
       <c r="M27" s="21">
         <v>59</v>
       </c>
       <c r="N27" s="21">
         <v>16</v>
       </c>
       <c r="O27" s="21">
         <v>48</v>
       </c>
       <c r="P27" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>753</v>
       </c>
       <c r="E28" s="21">
         <v>70</v>
       </c>
       <c r="F28" s="21">
         <v>73</v>
       </c>
       <c r="G28" s="21">
         <v>79</v>
       </c>
       <c r="H28" s="21">
         <v>72</v>
       </c>
       <c r="I28" s="21">
         <v>35</v>
       </c>
       <c r="J28" s="21">
         <v>47</v>
       </c>
       <c r="K28" s="21">
         <v>77</v>
       </c>
       <c r="L28" s="21">
         <v>29</v>
       </c>
       <c r="M28" s="21">
         <v>69</v>
       </c>
       <c r="N28" s="21">
         <v>40</v>
       </c>
       <c r="O28" s="21">
         <v>71</v>
       </c>
       <c r="P28" s="21">
         <v>91</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1205</v>
       </c>
       <c r="E29" s="21">
         <v>125</v>
       </c>
       <c r="F29" s="21">
         <v>114</v>
       </c>
       <c r="G29" s="21">
         <v>113</v>
       </c>
       <c r="H29" s="21">
         <v>120</v>
       </c>
       <c r="I29" s="21">
         <v>66</v>
       </c>
       <c r="J29" s="21">
         <v>83</v>
       </c>
       <c r="K29" s="21">
         <v>131</v>
       </c>
       <c r="L29" s="21">
         <v>49</v>
       </c>
       <c r="M29" s="21">
         <v>119</v>
       </c>
       <c r="N29" s="21">
         <v>49</v>
       </c>
       <c r="O29" s="21">
         <v>103</v>
       </c>
       <c r="P29" s="21">
         <v>133</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>130</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>11</v>
       </c>
       <c r="G30" s="21">
         <v>19</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>12</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>8</v>
       </c>
       <c r="M30" s="21">
         <v>9</v>
       </c>
       <c r="N30" s="21">
         <v>7</v>
       </c>
       <c r="O30" s="21">
         <v>16</v>
       </c>
       <c r="P30" s="21">
         <v>11</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>9</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>1</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>2</v>
       </c>
       <c r="K31" s="32">
         <v>1</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>4</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>11</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>1</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>2</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>4</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>18</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>2</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>3</v>
       </c>
       <c r="I33" s="32">
         <v>1</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>1</v>
       </c>
       <c r="L33" s="32">
         <v>1</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>151</v>
       </c>
       <c r="E34" s="32">
         <v>13</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>14</v>
       </c>
       <c r="H34" s="32">
         <v>19</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>16</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>10</v>
       </c>
       <c r="M34" s="32">
         <v>14</v>
       </c>
       <c r="N34" s="32">
         <v>8</v>
       </c>
       <c r="O34" s="32">
         <v>4</v>
       </c>
       <c r="P34" s="32">
         <v>15</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>301</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>23</v>
       </c>
       <c r="H35" s="32">
         <v>27</v>
       </c>
       <c r="I35" s="32">
         <v>16</v>
       </c>
       <c r="J35" s="32">
         <v>18</v>
       </c>
       <c r="K35" s="32">
         <v>38</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>38</v>
       </c>
       <c r="N35" s="32">
         <v>13</v>
       </c>
       <c r="O35" s="32">
         <v>36</v>
       </c>
       <c r="P35" s="32">
         <v>24</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>854</v>
       </c>
       <c r="E36" s="33">
         <v>93</v>
       </c>
       <c r="F36" s="33">
         <v>88</v>
       </c>
       <c r="G36" s="33">
         <v>93</v>
       </c>
       <c r="H36" s="33">
         <v>75</v>
       </c>
       <c r="I36" s="33">
         <v>50</v>
       </c>
       <c r="J36" s="33">
         <v>56</v>
       </c>
       <c r="K36" s="33">
         <v>90</v>
       </c>
       <c r="L36" s="33">
         <v>28</v>
       </c>
       <c r="M36" s="33">
         <v>73</v>
       </c>
       <c r="N36" s="33">
         <v>34</v>
       </c>
       <c r="O36" s="33">
         <v>74</v>
       </c>
       <c r="P36" s="33">
         <v>100</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1639</v>
       </c>
       <c r="E38" s="26">
         <v>74</v>
       </c>
       <c r="F38" s="26">
         <v>84</v>
       </c>
       <c r="G38" s="26">
         <v>108</v>
       </c>
       <c r="H38" s="26">
         <v>126</v>
       </c>
       <c r="I38" s="26">
         <v>153</v>
       </c>
       <c r="J38" s="26">
         <v>171</v>
       </c>
       <c r="K38" s="26">
         <v>215</v>
       </c>
       <c r="L38" s="26">
         <v>124</v>
       </c>
       <c r="M38" s="26">
         <v>262</v>
       </c>
       <c r="N38" s="26">
         <v>131</v>
       </c>
       <c r="O38" s="26">
         <v>105</v>
       </c>
       <c r="P38" s="26">
         <v>86</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>868</v>
       </c>
       <c r="E39" s="21">
         <v>38</v>
       </c>
       <c r="F39" s="21">
         <v>49</v>
       </c>
       <c r="G39" s="21">
         <v>59</v>
       </c>
       <c r="H39" s="21">
         <v>65</v>
       </c>
       <c r="I39" s="21">
         <v>77</v>
       </c>
       <c r="J39" s="21">
         <v>90</v>
       </c>
       <c r="K39" s="21">
         <v>115</v>
       </c>
       <c r="L39" s="21">
         <v>64</v>
       </c>
       <c r="M39" s="21">
         <v>135</v>
       </c>
       <c r="N39" s="21">
         <v>73</v>
       </c>
       <c r="O39" s="21">
         <v>58</v>
       </c>
       <c r="P39" s="21">
         <v>45</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>771</v>
       </c>
       <c r="E40" s="21">
         <v>36</v>
       </c>
       <c r="F40" s="21">
         <v>35</v>
       </c>
       <c r="G40" s="21">
         <v>49</v>
       </c>
       <c r="H40" s="21">
         <v>61</v>
       </c>
       <c r="I40" s="21">
         <v>76</v>
       </c>
       <c r="J40" s="21">
         <v>81</v>
       </c>
       <c r="K40" s="21">
         <v>100</v>
       </c>
       <c r="L40" s="21">
         <v>60</v>
       </c>
       <c r="M40" s="21">
         <v>127</v>
       </c>
       <c r="N40" s="21">
         <v>58</v>
       </c>
       <c r="O40" s="21">
         <v>47</v>
       </c>
       <c r="P40" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1139</v>
       </c>
       <c r="E41" s="21">
         <v>41</v>
       </c>
       <c r="F41" s="21">
         <v>54</v>
       </c>
       <c r="G41" s="21">
         <v>70</v>
       </c>
       <c r="H41" s="21">
         <v>102</v>
       </c>
       <c r="I41" s="21">
         <v>114</v>
       </c>
       <c r="J41" s="21">
         <v>122</v>
       </c>
       <c r="K41" s="21">
         <v>157</v>
       </c>
       <c r="L41" s="21">
         <v>90</v>
       </c>
       <c r="M41" s="21">
         <v>191</v>
       </c>
       <c r="N41" s="21">
         <v>76</v>
       </c>
       <c r="O41" s="21">
         <v>65</v>
       </c>
       <c r="P41" s="21">
         <v>57</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>500</v>
       </c>
       <c r="E42" s="34">
         <v>33</v>
       </c>
       <c r="F42" s="34">
         <v>30</v>
       </c>
       <c r="G42" s="34">
         <v>38</v>
       </c>
       <c r="H42" s="34">
         <v>24</v>
       </c>
       <c r="I42" s="34">
         <v>39</v>
       </c>
       <c r="J42" s="34">
         <v>49</v>
       </c>
       <c r="K42" s="34">
         <v>58</v>
       </c>
       <c r="L42" s="34">
         <v>34</v>
       </c>
       <c r="M42" s="34">
         <v>71</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>40</v>
       </c>
       <c r="P42" s="34">
         <v>29</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>624</v>
       </c>
       <c r="E44" s="21">
         <v>51</v>
       </c>
       <c r="F44" s="21">
         <v>43</v>
       </c>
       <c r="G44" s="21">
         <v>56</v>
       </c>
       <c r="H44" s="21">
         <v>45</v>
       </c>
       <c r="I44" s="21">
         <v>62</v>
       </c>
       <c r="J44" s="21">
         <v>48</v>
       </c>
       <c r="K44" s="21">
         <v>54</v>
       </c>
       <c r="L44" s="21">
         <v>18</v>
       </c>
       <c r="M44" s="21">
         <v>79</v>
       </c>
       <c r="N44" s="21">
         <v>34</v>
       </c>
       <c r="O44" s="21">
         <v>53</v>
       </c>
       <c r="P44" s="21">
         <v>81</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>314</v>
       </c>
       <c r="E45" s="21">
         <v>27</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>30</v>
       </c>
       <c r="H45" s="21">
         <v>21</v>
       </c>
       <c r="I45" s="21">
         <v>26</v>
       </c>
       <c r="J45" s="21">
         <v>24</v>
       </c>
       <c r="K45" s="21">
         <v>30</v>
       </c>
       <c r="L45" s="21">
         <v>10</v>
       </c>
       <c r="M45" s="21">
         <v>43</v>
       </c>
       <c r="N45" s="21">
         <v>15</v>
       </c>
       <c r="O45" s="21">
         <v>28</v>
       </c>
       <c r="P45" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>310</v>
       </c>
       <c r="E46" s="21">
         <v>24</v>
       </c>
       <c r="F46" s="21">
         <v>23</v>
       </c>
       <c r="G46" s="21">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>24</v>
       </c>
       <c r="I46" s="21">
         <v>36</v>
       </c>
       <c r="J46" s="21">
         <v>24</v>
       </c>
       <c r="K46" s="21">
         <v>24</v>
       </c>
       <c r="L46" s="21">
         <v>8</v>
       </c>
       <c r="M46" s="21">
         <v>36</v>
       </c>
       <c r="N46" s="21">
         <v>19</v>
       </c>
       <c r="O46" s="21">
         <v>25</v>
       </c>
       <c r="P46" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>420</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>25</v>
       </c>
       <c r="G47" s="21">
         <v>31</v>
       </c>
       <c r="H47" s="21">
         <v>35</v>
       </c>
       <c r="I47" s="21">
         <v>44</v>
       </c>
       <c r="J47" s="21">
         <v>31</v>
       </c>
       <c r="K47" s="21">
         <v>36</v>
       </c>
       <c r="L47" s="21">
         <v>12</v>
       </c>
       <c r="M47" s="21">
         <v>58</v>
       </c>
       <c r="N47" s="21">
         <v>22</v>
       </c>
       <c r="O47" s="21">
         <v>31</v>
       </c>
       <c r="P47" s="21">
         <v>62</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>204</v>
       </c>
       <c r="E48" s="34">
         <v>18</v>
       </c>
       <c r="F48" s="34">
         <v>18</v>
       </c>
       <c r="G48" s="34">
         <v>25</v>
       </c>
       <c r="H48" s="34">
         <v>10</v>
       </c>
       <c r="I48" s="34">
         <v>18</v>
       </c>
       <c r="J48" s="34">
         <v>17</v>
       </c>
       <c r="K48" s="34">
         <v>18</v>
       </c>
       <c r="L48" s="34">
         <v>6</v>
       </c>
       <c r="M48" s="34">
         <v>21</v>
       </c>
       <c r="N48" s="34">
         <v>12</v>
       </c>
       <c r="O48" s="34">
         <v>22</v>
       </c>
       <c r="P48" s="34">
         <v>19</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="30" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA40A564-9086-4F1C-9ACF-B77E92CDB729}">
   <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>145873</v>
       </c>
       <c r="E8" s="32">
         <v>145873</v>
       </c>
       <c r="F8" s="32">
         <v>145934</v>
       </c>
       <c r="G8" s="32">
         <v>146069</v>
       </c>
       <c r="H8" s="32">
         <v>146207</v>
       </c>
       <c r="I8" s="32">
         <v>146346</v>
       </c>
       <c r="J8" s="32">
         <v>146373</v>
       </c>
       <c r="K8" s="32">
         <v>146281</v>
       </c>
       <c r="L8" s="32">
         <v>146104</v>
       </c>
       <c r="M8" s="32">
         <v>145909</v>
       </c>
       <c r="N8" s="32">
         <v>146301</v>
       </c>
       <c r="O8" s="32">
         <v>146527</v>
       </c>
       <c r="P8" s="32">
         <v>146566</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>128</v>
       </c>
       <c r="E9" s="24">
         <v>16</v>
       </c>
       <c r="F9" s="24">
         <v>20</v>
       </c>
       <c r="G9" s="24">
         <v>24</v>
       </c>
       <c r="H9" s="24">
         <v>41</v>
       </c>
       <c r="I9" s="24">
         <v>33</v>
       </c>
       <c r="J9" s="24">
         <v>22</v>
       </c>
       <c r="K9" s="24">
         <v>12</v>
       </c>
       <c r="L9" s="24">
         <v>-19</v>
       </c>
       <c r="M9" s="24">
         <v>33</v>
       </c>
       <c r="N9" s="24">
         <v>-13</v>
       </c>
       <c r="O9" s="24">
         <v>-14</v>
       </c>
       <c r="P9" s="24">
         <v>-27</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>459</v>
       </c>
       <c r="E10" s="24">
         <v>45</v>
       </c>
       <c r="F10" s="24">
         <v>115</v>
       </c>
       <c r="G10" s="24">
         <v>114</v>
       </c>
       <c r="H10" s="24">
         <v>98</v>
       </c>
       <c r="I10" s="24">
         <v>-6</v>
       </c>
       <c r="J10" s="24">
         <v>-114</v>
       </c>
       <c r="K10" s="24">
         <v>-189</v>
       </c>
       <c r="L10" s="24">
         <v>-176</v>
       </c>
       <c r="M10" s="24">
         <v>359</v>
       </c>
       <c r="N10" s="24">
         <v>239</v>
       </c>
       <c r="O10" s="24">
         <v>53</v>
       </c>
       <c r="P10" s="24">
         <v>-79</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>587</v>
       </c>
       <c r="E11" s="24">
         <v>61</v>
       </c>
       <c r="F11" s="24">
         <v>135</v>
       </c>
       <c r="G11" s="24">
         <v>138</v>
       </c>
       <c r="H11" s="24">
         <v>139</v>
       </c>
       <c r="I11" s="24">
         <v>27</v>
       </c>
       <c r="J11" s="24">
         <v>-92</v>
       </c>
       <c r="K11" s="24">
         <v>-177</v>
       </c>
       <c r="L11" s="24">
         <v>-195</v>
       </c>
       <c r="M11" s="24">
         <v>392</v>
       </c>
       <c r="N11" s="24">
         <v>226</v>
       </c>
       <c r="O11" s="24">
         <v>39</v>
       </c>
       <c r="P11" s="24">
         <v>-106</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-5</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>146455</v>
       </c>
       <c r="E13" s="32">
         <v>145934</v>
       </c>
       <c r="F13" s="32">
         <v>146069</v>
       </c>
       <c r="G13" s="32">
         <v>146207</v>
       </c>
       <c r="H13" s="32">
         <v>146346</v>
       </c>
       <c r="I13" s="32">
         <v>146373</v>
       </c>
       <c r="J13" s="32">
         <v>146281</v>
       </c>
       <c r="K13" s="32">
         <v>146104</v>
       </c>
       <c r="L13" s="32">
         <v>145909</v>
       </c>
       <c r="M13" s="32">
         <v>146301</v>
       </c>
       <c r="N13" s="32">
         <v>146527</v>
       </c>
       <c r="O13" s="32">
         <v>146566</v>
       </c>
       <c r="P13" s="32">
         <v>146455</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>70012</v>
       </c>
       <c r="E14" s="32">
         <v>69723</v>
       </c>
       <c r="F14" s="32">
         <v>69777</v>
       </c>
       <c r="G14" s="32">
         <v>69838</v>
       </c>
       <c r="H14" s="32">
         <v>69903</v>
       </c>
       <c r="I14" s="32">
         <v>69938</v>
       </c>
       <c r="J14" s="32">
         <v>69953</v>
       </c>
       <c r="K14" s="32">
         <v>69909</v>
       </c>
       <c r="L14" s="32">
         <v>69819</v>
       </c>
       <c r="M14" s="32">
         <v>69999</v>
       </c>
       <c r="N14" s="32">
         <v>70058</v>
       </c>
       <c r="O14" s="32">
         <v>70081</v>
       </c>
       <c r="P14" s="32">
         <v>70012</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>76443</v>
       </c>
       <c r="E15" s="32">
         <v>76211</v>
       </c>
       <c r="F15" s="32">
         <v>76292</v>
       </c>
       <c r="G15" s="32">
         <v>76369</v>
       </c>
       <c r="H15" s="32">
         <v>76443</v>
       </c>
       <c r="I15" s="32">
         <v>76435</v>
       </c>
       <c r="J15" s="32">
         <v>76328</v>
       </c>
       <c r="K15" s="32">
         <v>76195</v>
       </c>
       <c r="L15" s="32">
         <v>76090</v>
       </c>
       <c r="M15" s="32">
         <v>76302</v>
       </c>
       <c r="N15" s="32">
         <v>76469</v>
       </c>
       <c r="O15" s="32">
         <v>76485</v>
       </c>
       <c r="P15" s="32">
         <v>76443</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109761</v>
       </c>
       <c r="E16" s="32">
         <v>109637</v>
       </c>
       <c r="F16" s="32">
         <v>109692</v>
       </c>
       <c r="G16" s="32">
         <v>109770</v>
       </c>
       <c r="H16" s="32">
         <v>109832</v>
       </c>
       <c r="I16" s="32">
         <v>109875</v>
       </c>
       <c r="J16" s="32">
         <v>109837</v>
       </c>
       <c r="K16" s="32">
         <v>109622</v>
       </c>
       <c r="L16" s="32">
         <v>109597</v>
       </c>
       <c r="M16" s="32">
         <v>109645</v>
       </c>
       <c r="N16" s="32">
         <v>109800</v>
       </c>
       <c r="O16" s="32">
         <v>109817</v>
       </c>
       <c r="P16" s="32">
         <v>109761</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>36694</v>
       </c>
       <c r="E17" s="32">
         <v>36297</v>
       </c>
       <c r="F17" s="32">
         <v>36377</v>
       </c>
       <c r="G17" s="32">
         <v>36437</v>
       </c>
       <c r="H17" s="32">
         <v>36514</v>
       </c>
       <c r="I17" s="32">
         <v>36498</v>
       </c>
       <c r="J17" s="32">
         <v>36444</v>
       </c>
       <c r="K17" s="32">
         <v>36482</v>
       </c>
       <c r="L17" s="32">
         <v>36312</v>
       </c>
       <c r="M17" s="32">
         <v>36656</v>
       </c>
       <c r="N17" s="32">
         <v>36727</v>
       </c>
       <c r="O17" s="32">
         <v>36749</v>
       </c>
       <c r="P17" s="32">
         <v>36694</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>146160</v>
       </c>
       <c r="E18" s="33">
         <v>145900</v>
       </c>
       <c r="F18" s="33">
         <v>146000</v>
       </c>
       <c r="G18" s="33">
         <v>146140</v>
       </c>
       <c r="H18" s="33">
         <v>146280</v>
       </c>
       <c r="I18" s="33">
         <v>146360</v>
       </c>
       <c r="J18" s="33">
         <v>146330</v>
       </c>
       <c r="K18" s="33">
         <v>146190</v>
       </c>
       <c r="L18" s="33">
         <v>146010</v>
       </c>
       <c r="M18" s="33">
         <v>146110</v>
       </c>
       <c r="N18" s="33">
         <v>146410</v>
       </c>
       <c r="O18" s="33">
         <v>146550</v>
       </c>
       <c r="P18" s="33">
         <v>146510</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1317</v>
       </c>
       <c r="E20" s="32">
         <v>136</v>
       </c>
       <c r="F20" s="32">
         <v>114</v>
       </c>
       <c r="G20" s="32">
         <v>99</v>
       </c>
       <c r="H20" s="21">
         <v>152</v>
       </c>
       <c r="I20" s="21">
         <v>108</v>
       </c>
       <c r="J20" s="21">
         <v>95</v>
       </c>
       <c r="K20" s="21">
         <v>121</v>
       </c>
       <c r="L20" s="21">
         <v>80</v>
       </c>
       <c r="M20" s="21">
         <v>119</v>
       </c>
       <c r="N20" s="21">
         <v>108</v>
       </c>
       <c r="O20" s="21">
         <v>88</v>
       </c>
       <c r="P20" s="21">
         <v>97</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>683</v>
       </c>
       <c r="E21" s="32">
         <v>80</v>
       </c>
       <c r="F21" s="32">
         <v>54</v>
       </c>
       <c r="G21" s="32">
         <v>55</v>
       </c>
       <c r="H21" s="21">
         <v>72</v>
       </c>
       <c r="I21" s="21">
         <v>54</v>
       </c>
       <c r="J21" s="21">
         <v>56</v>
       </c>
       <c r="K21" s="21">
         <v>65</v>
       </c>
       <c r="L21" s="21">
         <v>32</v>
       </c>
       <c r="M21" s="21">
         <v>66</v>
       </c>
       <c r="N21" s="21">
         <v>53</v>
       </c>
       <c r="O21" s="21">
         <v>41</v>
       </c>
       <c r="P21" s="21">
         <v>55</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>634</v>
       </c>
       <c r="E22" s="32">
         <v>56</v>
       </c>
       <c r="F22" s="32">
         <v>60</v>
       </c>
       <c r="G22" s="32">
         <v>44</v>
       </c>
       <c r="H22" s="21">
         <v>80</v>
       </c>
       <c r="I22" s="21">
         <v>54</v>
       </c>
       <c r="J22" s="21">
         <v>39</v>
       </c>
       <c r="K22" s="21">
         <v>56</v>
       </c>
       <c r="L22" s="21">
         <v>48</v>
       </c>
       <c r="M22" s="21">
         <v>53</v>
       </c>
       <c r="N22" s="21">
         <v>55</v>
       </c>
       <c r="O22" s="21">
         <v>47</v>
       </c>
       <c r="P22" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>993</v>
       </c>
       <c r="E23" s="32">
         <v>105</v>
       </c>
       <c r="F23" s="32">
         <v>80</v>
       </c>
       <c r="G23" s="32">
         <v>73</v>
       </c>
       <c r="H23" s="32">
         <v>120</v>
       </c>
       <c r="I23" s="32">
         <v>70</v>
       </c>
       <c r="J23" s="32">
         <v>75</v>
       </c>
       <c r="K23" s="32">
         <v>96</v>
       </c>
       <c r="L23" s="32">
         <v>61</v>
       </c>
       <c r="M23" s="32">
         <v>89</v>
       </c>
       <c r="N23" s="32">
         <v>79</v>
       </c>
       <c r="O23" s="32">
         <v>63</v>
       </c>
       <c r="P23" s="32">
         <v>82</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>324</v>
       </c>
       <c r="E24" s="33">
         <v>31</v>
       </c>
       <c r="F24" s="33">
         <v>34</v>
       </c>
       <c r="G24" s="33">
         <v>26</v>
       </c>
       <c r="H24" s="33">
         <v>32</v>
       </c>
       <c r="I24" s="33">
         <v>38</v>
       </c>
       <c r="J24" s="33">
         <v>20</v>
       </c>
       <c r="K24" s="33">
         <v>25</v>
       </c>
       <c r="L24" s="33">
         <v>19</v>
       </c>
       <c r="M24" s="33">
         <v>30</v>
       </c>
       <c r="N24" s="33">
         <v>29</v>
       </c>
       <c r="O24" s="33">
         <v>25</v>
       </c>
       <c r="P24" s="33">
         <v>15</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1189</v>
       </c>
       <c r="E26" s="32">
         <v>120</v>
       </c>
       <c r="F26" s="32">
         <v>94</v>
       </c>
       <c r="G26" s="32">
         <v>75</v>
       </c>
       <c r="H26" s="21">
         <v>111</v>
       </c>
       <c r="I26" s="21">
         <v>75</v>
       </c>
       <c r="J26" s="21">
         <v>73</v>
       </c>
       <c r="K26" s="21">
         <v>109</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>86</v>
       </c>
       <c r="N26" s="21">
         <v>121</v>
       </c>
       <c r="O26" s="21">
         <v>102</v>
       </c>
       <c r="P26" s="21">
         <v>124</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>543</v>
       </c>
       <c r="E27" s="32">
         <v>58</v>
       </c>
       <c r="F27" s="32">
         <v>42</v>
       </c>
       <c r="G27" s="32">
         <v>38</v>
       </c>
       <c r="H27" s="21">
         <v>57</v>
       </c>
       <c r="I27" s="21">
         <v>35</v>
       </c>
       <c r="J27" s="21">
         <v>35</v>
       </c>
       <c r="K27" s="21">
         <v>47</v>
       </c>
       <c r="L27" s="21">
         <v>41</v>
       </c>
       <c r="M27" s="21">
         <v>33</v>
       </c>
       <c r="N27" s="21">
         <v>47</v>
       </c>
       <c r="O27" s="21">
         <v>51</v>
       </c>
       <c r="P27" s="21">
         <v>59</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>646</v>
       </c>
       <c r="E28" s="32">
         <v>62</v>
       </c>
       <c r="F28" s="32">
         <v>52</v>
       </c>
       <c r="G28" s="32">
         <v>37</v>
       </c>
       <c r="H28" s="21">
         <v>54</v>
       </c>
       <c r="I28" s="21">
         <v>40</v>
       </c>
       <c r="J28" s="21">
         <v>38</v>
       </c>
       <c r="K28" s="21">
         <v>62</v>
       </c>
       <c r="L28" s="21">
         <v>58</v>
       </c>
       <c r="M28" s="21">
         <v>53</v>
       </c>
       <c r="N28" s="21">
         <v>74</v>
       </c>
       <c r="O28" s="21">
         <v>51</v>
       </c>
       <c r="P28" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1061</v>
       </c>
       <c r="E29" s="32">
         <v>105</v>
       </c>
       <c r="F29" s="32">
         <v>87</v>
       </c>
       <c r="G29" s="32">
         <v>66</v>
       </c>
       <c r="H29" s="21">
         <v>97</v>
       </c>
       <c r="I29" s="21">
         <v>64</v>
       </c>
       <c r="J29" s="21">
         <v>66</v>
       </c>
       <c r="K29" s="21">
         <v>97</v>
       </c>
       <c r="L29" s="21">
         <v>88</v>
       </c>
       <c r="M29" s="21">
         <v>78</v>
       </c>
       <c r="N29" s="21">
         <v>106</v>
       </c>
       <c r="O29" s="21">
         <v>92</v>
       </c>
       <c r="P29" s="21">
         <v>115</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>128</v>
       </c>
       <c r="E30" s="32">
         <v>15</v>
       </c>
       <c r="F30" s="32">
         <v>7</v>
       </c>
       <c r="G30" s="32">
         <v>9</v>
       </c>
       <c r="H30" s="21">
         <v>14</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>7</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>8</v>
       </c>
       <c r="N30" s="21">
         <v>15</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>6</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>2</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>2</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>1</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>9</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>3</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>2</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>1</v>
       </c>
       <c r="N32" s="32">
         <v>1</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>14</v>
       </c>
       <c r="E33" s="32">
         <v>2</v>
       </c>
       <c r="F33" s="32">
         <v>4</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>0</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>111</v>
       </c>
       <c r="E34" s="32">
         <v>11</v>
       </c>
       <c r="F34" s="32">
         <v>8</v>
       </c>
       <c r="G34" s="32">
         <v>5</v>
       </c>
       <c r="H34" s="32">
         <v>9</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>11</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>11</v>
       </c>
       <c r="M34" s="32">
         <v>7</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>8</v>
       </c>
       <c r="P34" s="32">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>281</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>24</v>
       </c>
       <c r="G35" s="32">
         <v>18</v>
       </c>
       <c r="H35" s="32">
         <v>28</v>
       </c>
       <c r="I35" s="32">
         <v>13</v>
       </c>
       <c r="J35" s="32">
         <v>18</v>
       </c>
       <c r="K35" s="32">
         <v>25</v>
       </c>
       <c r="L35" s="32">
         <v>24</v>
       </c>
       <c r="M35" s="32">
         <v>20</v>
       </c>
       <c r="N35" s="32">
         <v>26</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>30</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>774</v>
       </c>
       <c r="E36" s="33">
         <v>78</v>
       </c>
       <c r="F36" s="33">
         <v>57</v>
       </c>
       <c r="G36" s="33">
         <v>48</v>
       </c>
       <c r="H36" s="33">
         <v>73</v>
       </c>
       <c r="I36" s="33">
         <v>51</v>
       </c>
       <c r="J36" s="33">
         <v>44</v>
       </c>
       <c r="K36" s="33">
         <v>69</v>
       </c>
       <c r="L36" s="33">
         <v>64</v>
       </c>
       <c r="M36" s="33">
         <v>58</v>
       </c>
       <c r="N36" s="33">
         <v>80</v>
       </c>
       <c r="O36" s="33">
         <v>67</v>
       </c>
       <c r="P36" s="33">
         <v>85</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1404</v>
       </c>
       <c r="E38" s="39">
         <v>69</v>
       </c>
       <c r="F38" s="39">
         <v>92</v>
       </c>
       <c r="G38" s="39">
         <v>81</v>
       </c>
       <c r="H38" s="26">
         <v>107</v>
       </c>
       <c r="I38" s="26">
         <v>168</v>
       </c>
       <c r="J38" s="26">
         <v>180</v>
       </c>
       <c r="K38" s="26">
         <v>187</v>
       </c>
       <c r="L38" s="26">
         <v>102</v>
       </c>
       <c r="M38" s="26">
         <v>151</v>
       </c>
       <c r="N38" s="26">
         <v>124</v>
       </c>
       <c r="O38" s="26">
         <v>78</v>
       </c>
       <c r="P38" s="26">
         <v>65</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>721</v>
       </c>
       <c r="E39" s="32">
         <v>32</v>
       </c>
       <c r="F39" s="32">
         <v>47</v>
       </c>
       <c r="G39" s="32">
         <v>43</v>
       </c>
       <c r="H39" s="21">
         <v>53</v>
       </c>
       <c r="I39" s="21">
         <v>86</v>
       </c>
       <c r="J39" s="21">
         <v>91</v>
       </c>
       <c r="K39" s="21">
         <v>98</v>
       </c>
       <c r="L39" s="21">
         <v>58</v>
       </c>
       <c r="M39" s="21">
         <v>75</v>
       </c>
       <c r="N39" s="21">
         <v>66</v>
       </c>
       <c r="O39" s="21">
         <v>41</v>
       </c>
       <c r="P39" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>683</v>
       </c>
       <c r="E40" s="32">
         <v>37</v>
       </c>
       <c r="F40" s="32">
         <v>45</v>
       </c>
       <c r="G40" s="32">
         <v>38</v>
       </c>
       <c r="H40" s="21">
         <v>54</v>
       </c>
       <c r="I40" s="21">
         <v>82</v>
       </c>
       <c r="J40" s="21">
         <v>89</v>
       </c>
       <c r="K40" s="21">
         <v>89</v>
       </c>
       <c r="L40" s="21">
         <v>44</v>
       </c>
       <c r="M40" s="21">
         <v>76</v>
       </c>
       <c r="N40" s="21">
         <v>58</v>
       </c>
       <c r="O40" s="21">
         <v>37</v>
       </c>
       <c r="P40" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>960</v>
       </c>
       <c r="E41" s="32">
         <v>40</v>
       </c>
       <c r="F41" s="32">
         <v>54</v>
       </c>
       <c r="G41" s="32">
         <v>52</v>
       </c>
       <c r="H41" s="21">
         <v>72</v>
       </c>
       <c r="I41" s="21">
         <v>126</v>
       </c>
       <c r="J41" s="21">
         <v>142</v>
       </c>
       <c r="K41" s="21">
         <v>145</v>
       </c>
       <c r="L41" s="21">
         <v>77</v>
       </c>
       <c r="M41" s="21">
         <v>100</v>
       </c>
       <c r="N41" s="21">
         <v>74</v>
       </c>
       <c r="O41" s="21">
         <v>46</v>
       </c>
       <c r="P41" s="21">
         <v>32</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>444</v>
       </c>
       <c r="E42" s="33">
         <v>29</v>
       </c>
       <c r="F42" s="33">
         <v>38</v>
       </c>
       <c r="G42" s="33">
         <v>29</v>
       </c>
       <c r="H42" s="34">
         <v>35</v>
       </c>
       <c r="I42" s="34">
         <v>42</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>42</v>
       </c>
       <c r="L42" s="34">
         <v>25</v>
       </c>
       <c r="M42" s="34">
         <v>51</v>
       </c>
       <c r="N42" s="34">
         <v>50</v>
       </c>
       <c r="O42" s="34">
         <v>32</v>
       </c>
       <c r="P42" s="34">
         <v>33</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>470</v>
       </c>
       <c r="E44" s="32">
         <v>37</v>
       </c>
       <c r="F44" s="32">
         <v>29</v>
       </c>
       <c r="G44" s="32">
         <v>51</v>
       </c>
       <c r="H44" s="21">
         <v>41</v>
       </c>
       <c r="I44" s="21">
         <v>50</v>
       </c>
       <c r="J44" s="21">
         <v>50</v>
       </c>
       <c r="K44" s="21">
         <v>43</v>
       </c>
       <c r="L44" s="21">
         <v>16</v>
       </c>
       <c r="M44" s="21">
         <v>54</v>
       </c>
       <c r="N44" s="21">
         <v>42</v>
       </c>
       <c r="O44" s="21">
         <v>23</v>
       </c>
       <c r="P44" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>237</v>
       </c>
       <c r="E45" s="32">
         <v>20</v>
       </c>
       <c r="F45" s="32">
         <v>13</v>
       </c>
       <c r="G45" s="32">
         <v>25</v>
       </c>
       <c r="H45" s="21">
         <v>20</v>
       </c>
       <c r="I45" s="21">
         <v>26</v>
       </c>
       <c r="J45" s="21">
         <v>24</v>
       </c>
       <c r="K45" s="21">
         <v>21</v>
       </c>
       <c r="L45" s="21">
         <v>10</v>
       </c>
       <c r="M45" s="21">
         <v>28</v>
       </c>
       <c r="N45" s="21">
         <v>21</v>
       </c>
       <c r="O45" s="21">
         <v>12</v>
       </c>
       <c r="P45" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>233</v>
       </c>
       <c r="E46" s="32">
         <v>17</v>
       </c>
       <c r="F46" s="32">
         <v>16</v>
       </c>
       <c r="G46" s="32">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>21</v>
       </c>
       <c r="I46" s="21">
         <v>24</v>
       </c>
       <c r="J46" s="21">
         <v>26</v>
       </c>
       <c r="K46" s="21">
         <v>22</v>
       </c>
       <c r="L46" s="21">
         <v>6</v>
       </c>
       <c r="M46" s="21">
         <v>26</v>
       </c>
       <c r="N46" s="21">
         <v>21</v>
       </c>
       <c r="O46" s="21">
         <v>11</v>
       </c>
       <c r="P46" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>279</v>
       </c>
       <c r="E47" s="32">
         <v>24</v>
       </c>
       <c r="F47" s="32">
         <v>18</v>
       </c>
       <c r="G47" s="32">
         <v>20</v>
       </c>
       <c r="H47" s="21">
         <v>26</v>
       </c>
       <c r="I47" s="21">
         <v>33</v>
       </c>
       <c r="J47" s="21">
         <v>31</v>
       </c>
       <c r="K47" s="21">
         <v>28</v>
       </c>
       <c r="L47" s="21">
         <v>7</v>
       </c>
       <c r="M47" s="21">
         <v>38</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>9</v>
       </c>
       <c r="P47" s="21">
         <v>14</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>191</v>
       </c>
       <c r="E48" s="33">
         <v>13</v>
       </c>
       <c r="F48" s="33">
         <v>11</v>
       </c>
       <c r="G48" s="33">
         <v>31</v>
       </c>
       <c r="H48" s="34">
         <v>15</v>
       </c>
       <c r="I48" s="34">
         <v>17</v>
       </c>
       <c r="J48" s="34">
         <v>19</v>
       </c>
       <c r="K48" s="34">
         <v>15</v>
       </c>
       <c r="L48" s="34">
         <v>9</v>
       </c>
       <c r="M48" s="34">
         <v>16</v>
       </c>
       <c r="N48" s="34">
         <v>11</v>
       </c>
       <c r="O48" s="34">
         <v>14</v>
       </c>
       <c r="P48" s="34">
         <v>20</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>73</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
         <v>889</v>
       </c>
       <c r="E50" s="32">
         <v>48</v>
       </c>
       <c r="F50" s="32">
         <v>13</v>
       </c>
       <c r="G50" s="32">
         <v>101</v>
       </c>
       <c r="H50" s="32">
         <v>41</v>
       </c>
       <c r="I50" s="32">
         <v>89</v>
       </c>
       <c r="J50" s="32">
         <v>103</v>
       </c>
       <c r="K50" s="32">
         <v>61</v>
       </c>
       <c r="L50" s="32">
         <v>198</v>
       </c>
       <c r="M50" s="32">
         <v>11</v>
       </c>
       <c r="N50" s="32">
         <v>42</v>
       </c>
       <c r="O50" s="32">
         <v>117</v>
       </c>
       <c r="P50" s="32">
         <v>65</v>
       </c>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
       <c r="N51" s="33">
         <v>0</v>
       </c>
       <c r="O51" s="33">
         <v>0</v>
       </c>
       <c r="P51" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
         <v>7</v>
       </c>
       <c r="E53" s="33">
         <v>1</v>
       </c>
       <c r="F53" s="33">
         <v>2</v>
       </c>
       <c r="G53" s="33">
         <v>2</v>
       </c>
       <c r="H53" s="33">
         <v>0</v>
       </c>
       <c r="I53" s="33">
         <v>0</v>
       </c>
       <c r="J53" s="33">
         <v>0</v>
       </c>
       <c r="K53" s="33">
         <v>0</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
         <v>0</v>
       </c>
       <c r="N53" s="33">
         <v>2</v>
       </c>
       <c r="O53" s="33">
         <v>0</v>
       </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
     </row>
-    <row r="56" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B56" s="17"/>
       <c r="C56" s="17"/>
       <c r="D56" s="17"/>
     </row>
-    <row r="57" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
     </row>
-    <row r="58" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="P58" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="59" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P59" s="26" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D492AC41-57CE-456B-8EBA-8BF50BA0747F}">
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>144447</v>
       </c>
       <c r="E8" s="32">
         <v>144447</v>
       </c>
       <c r="F8" s="32">
         <v>144721</v>
       </c>
       <c r="G8" s="32">
         <v>145033</v>
       </c>
       <c r="H8" s="32">
         <v>145143</v>
       </c>
       <c r="I8" s="32">
         <v>145230</v>
       </c>
       <c r="J8" s="32">
         <v>145349</v>
       </c>
       <c r="K8" s="32">
         <v>145272</v>
       </c>
       <c r="L8" s="32">
         <v>145159</v>
       </c>
       <c r="M8" s="32">
         <v>145207</v>
       </c>
       <c r="N8" s="32">
         <v>145800</v>
       </c>
       <c r="O8" s="32">
         <v>146033</v>
       </c>
       <c r="P8" s="32">
         <v>145836</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>199</v>
       </c>
       <c r="E9" s="24">
         <v>0</v>
       </c>
       <c r="F9" s="24">
         <v>4</v>
       </c>
       <c r="G9" s="24">
         <v>-3</v>
       </c>
       <c r="H9" s="24">
         <v>3</v>
       </c>
       <c r="I9" s="24">
         <v>47</v>
       </c>
       <c r="J9" s="24">
         <v>40</v>
       </c>
       <c r="K9" s="24">
         <v>29</v>
       </c>
       <c r="L9" s="24">
         <v>71</v>
       </c>
       <c r="M9" s="24">
         <v>12</v>
       </c>
       <c r="N9" s="24">
         <v>24</v>
       </c>
       <c r="O9" s="24">
         <v>8</v>
       </c>
       <c r="P9" s="24">
         <v>-36</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1235</v>
       </c>
       <c r="E10" s="24">
         <v>274</v>
       </c>
       <c r="F10" s="24">
         <v>308</v>
       </c>
       <c r="G10" s="24">
         <v>113</v>
       </c>
       <c r="H10" s="24">
         <v>84</v>
       </c>
       <c r="I10" s="24">
         <v>72</v>
       </c>
       <c r="J10" s="24">
         <v>-117</v>
       </c>
       <c r="K10" s="24">
         <v>-142</v>
       </c>
       <c r="L10" s="24">
         <v>-23</v>
       </c>
       <c r="M10" s="24">
         <v>581</v>
       </c>
       <c r="N10" s="24">
         <v>209</v>
       </c>
       <c r="O10" s="24">
         <v>-205</v>
       </c>
       <c r="P10" s="24">
         <v>81</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1434</v>
       </c>
       <c r="E11" s="24">
         <v>274</v>
       </c>
       <c r="F11" s="24">
         <v>312</v>
       </c>
       <c r="G11" s="24">
         <v>110</v>
       </c>
       <c r="H11" s="24">
         <v>87</v>
       </c>
       <c r="I11" s="24">
         <v>119</v>
       </c>
       <c r="J11" s="24">
         <v>-77</v>
       </c>
       <c r="K11" s="24">
         <v>-113</v>
       </c>
       <c r="L11" s="24">
         <v>48</v>
       </c>
       <c r="M11" s="24">
         <v>593</v>
       </c>
       <c r="N11" s="24">
         <v>233</v>
       </c>
       <c r="O11" s="24">
         <v>-197</v>
       </c>
       <c r="P11" s="24">
         <v>45</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-8</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="24">
         <v>-8</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>145873</v>
       </c>
       <c r="E13" s="32">
         <v>144721</v>
       </c>
       <c r="F13" s="32">
         <v>145033</v>
       </c>
       <c r="G13" s="32">
         <v>145143</v>
       </c>
       <c r="H13" s="32">
         <v>145230</v>
       </c>
       <c r="I13" s="32">
         <v>145349</v>
       </c>
       <c r="J13" s="32">
         <v>145272</v>
       </c>
       <c r="K13" s="32">
         <v>145159</v>
       </c>
       <c r="L13" s="32">
         <v>145207</v>
       </c>
       <c r="M13" s="32">
         <v>145800</v>
       </c>
       <c r="N13" s="32">
         <v>146033</v>
       </c>
       <c r="O13" s="32">
         <v>145836</v>
       </c>
       <c r="P13" s="32">
         <v>145873</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>69663</v>
       </c>
       <c r="E14" s="32">
         <v>69297</v>
       </c>
       <c r="F14" s="32">
         <v>69407</v>
       </c>
       <c r="G14" s="32">
         <v>69468</v>
       </c>
       <c r="H14" s="32">
         <v>69503</v>
       </c>
       <c r="I14" s="32">
         <v>69581</v>
       </c>
       <c r="J14" s="32">
         <v>69568</v>
       </c>
       <c r="K14" s="32">
         <v>69546</v>
       </c>
       <c r="L14" s="32">
         <v>69556</v>
       </c>
       <c r="M14" s="32">
         <v>69798</v>
       </c>
       <c r="N14" s="32">
         <v>69855</v>
       </c>
       <c r="O14" s="32">
         <v>69712</v>
       </c>
       <c r="P14" s="32">
         <v>69663</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>76210</v>
       </c>
       <c r="E15" s="32">
         <v>75424</v>
       </c>
       <c r="F15" s="32">
         <v>75626</v>
       </c>
       <c r="G15" s="32">
         <v>75675</v>
       </c>
       <c r="H15" s="32">
         <v>75727</v>
       </c>
       <c r="I15" s="32">
         <v>75768</v>
       </c>
       <c r="J15" s="32">
         <v>75704</v>
       </c>
       <c r="K15" s="32">
         <v>75613</v>
       </c>
       <c r="L15" s="32">
         <v>75651</v>
       </c>
       <c r="M15" s="32">
         <v>76002</v>
       </c>
       <c r="N15" s="32">
         <v>76178</v>
       </c>
       <c r="O15" s="32">
         <v>76124</v>
       </c>
       <c r="P15" s="32">
         <v>76210</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109588</v>
       </c>
       <c r="E16" s="32">
         <v>109200</v>
       </c>
       <c r="F16" s="32">
         <v>109318</v>
       </c>
       <c r="G16" s="32">
         <v>109368</v>
       </c>
       <c r="H16" s="32">
         <v>109330</v>
       </c>
       <c r="I16" s="32">
         <v>109278</v>
       </c>
       <c r="J16" s="32">
         <v>109331</v>
       </c>
       <c r="K16" s="32">
         <v>109257</v>
       </c>
       <c r="L16" s="32">
         <v>109292</v>
       </c>
       <c r="M16" s="32">
         <v>109462</v>
       </c>
       <c r="N16" s="32">
         <v>109621</v>
       </c>
       <c r="O16" s="32">
         <v>109606</v>
       </c>
       <c r="P16" s="32">
         <v>109588</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>36285</v>
       </c>
       <c r="E17" s="32">
         <v>35521</v>
       </c>
       <c r="F17" s="32">
         <v>35715</v>
       </c>
       <c r="G17" s="32">
         <v>35775</v>
       </c>
       <c r="H17" s="32">
         <v>35900</v>
       </c>
       <c r="I17" s="32">
         <v>36071</v>
       </c>
       <c r="J17" s="32">
         <v>35941</v>
       </c>
       <c r="K17" s="32">
         <v>35902</v>
       </c>
       <c r="L17" s="32">
         <v>35915</v>
       </c>
       <c r="M17" s="32">
         <v>36338</v>
       </c>
       <c r="N17" s="32">
         <v>36412</v>
       </c>
       <c r="O17" s="32">
         <v>36230</v>
       </c>
       <c r="P17" s="32">
         <v>36285</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>145160</v>
       </c>
       <c r="E18" s="33">
         <v>144580</v>
       </c>
       <c r="F18" s="33">
         <v>144880</v>
       </c>
       <c r="G18" s="33">
         <v>145090</v>
       </c>
       <c r="H18" s="33">
         <v>145190</v>
       </c>
       <c r="I18" s="33">
         <v>145290</v>
       </c>
       <c r="J18" s="33">
         <v>145310</v>
       </c>
       <c r="K18" s="33">
         <v>145220</v>
       </c>
       <c r="L18" s="33">
         <v>145180</v>
       </c>
       <c r="M18" s="33">
         <v>145500</v>
       </c>
       <c r="N18" s="33">
         <v>145920</v>
       </c>
       <c r="O18" s="33">
         <v>145930</v>
       </c>
       <c r="P18" s="33">
         <v>145850</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1404</v>
       </c>
       <c r="E20" s="32">
         <v>124</v>
       </c>
       <c r="F20" s="32">
         <v>93</v>
       </c>
       <c r="G20" s="32">
         <v>106</v>
       </c>
       <c r="H20" s="21">
         <v>98</v>
       </c>
       <c r="I20" s="21">
         <v>141</v>
       </c>
       <c r="J20" s="21">
         <v>121</v>
       </c>
       <c r="K20" s="21">
         <v>117</v>
       </c>
       <c r="L20" s="21">
         <v>170</v>
       </c>
       <c r="M20" s="21">
         <v>108</v>
       </c>
       <c r="N20" s="21">
         <v>121</v>
       </c>
       <c r="O20" s="21">
         <v>115</v>
       </c>
       <c r="P20" s="21">
         <v>90</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>721</v>
       </c>
       <c r="E21" s="32">
         <v>71</v>
       </c>
       <c r="F21" s="32">
         <v>39</v>
       </c>
       <c r="G21" s="32">
         <v>46</v>
       </c>
       <c r="H21" s="21">
         <v>47</v>
       </c>
       <c r="I21" s="21">
         <v>69</v>
       </c>
       <c r="J21" s="21">
         <v>68</v>
       </c>
       <c r="K21" s="21">
         <v>65</v>
       </c>
       <c r="L21" s="21">
         <v>85</v>
       </c>
       <c r="M21" s="21">
         <v>57</v>
       </c>
       <c r="N21" s="21">
         <v>62</v>
       </c>
       <c r="O21" s="21">
         <v>62</v>
       </c>
       <c r="P21" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>683</v>
       </c>
       <c r="E22" s="32">
         <v>53</v>
       </c>
       <c r="F22" s="32">
         <v>54</v>
       </c>
       <c r="G22" s="32">
         <v>60</v>
       </c>
       <c r="H22" s="21">
         <v>51</v>
       </c>
       <c r="I22" s="21">
         <v>72</v>
       </c>
       <c r="J22" s="21">
         <v>53</v>
       </c>
       <c r="K22" s="21">
         <v>52</v>
       </c>
       <c r="L22" s="21">
         <v>85</v>
       </c>
       <c r="M22" s="21">
         <v>51</v>
       </c>
       <c r="N22" s="21">
         <v>59</v>
       </c>
       <c r="O22" s="21">
         <v>53</v>
       </c>
       <c r="P22" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>1092</v>
       </c>
       <c r="E23" s="32">
         <v>74</v>
       </c>
       <c r="F23" s="32">
         <v>69</v>
       </c>
       <c r="G23" s="32">
         <v>85</v>
       </c>
       <c r="H23" s="32">
         <v>81</v>
       </c>
       <c r="I23" s="32">
         <v>104</v>
       </c>
       <c r="J23" s="32">
         <v>98</v>
       </c>
       <c r="K23" s="32">
         <v>94</v>
       </c>
       <c r="L23" s="32">
         <v>140</v>
       </c>
       <c r="M23" s="32">
         <v>83</v>
       </c>
       <c r="N23" s="32">
         <v>102</v>
       </c>
       <c r="O23" s="32">
         <v>88</v>
       </c>
       <c r="P23" s="32">
         <v>74</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>312</v>
       </c>
       <c r="E24" s="33">
         <v>50</v>
       </c>
       <c r="F24" s="33">
         <v>24</v>
       </c>
       <c r="G24" s="33">
         <v>21</v>
       </c>
       <c r="H24" s="33">
         <v>17</v>
       </c>
       <c r="I24" s="33">
         <v>37</v>
       </c>
       <c r="J24" s="33">
         <v>23</v>
       </c>
       <c r="K24" s="33">
         <v>23</v>
       </c>
       <c r="L24" s="33">
         <v>30</v>
       </c>
       <c r="M24" s="33">
         <v>25</v>
       </c>
       <c r="N24" s="33">
         <v>19</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>16</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1205</v>
       </c>
       <c r="E26" s="32">
         <v>124</v>
       </c>
       <c r="F26" s="32">
         <v>89</v>
       </c>
       <c r="G26" s="32">
         <v>109</v>
       </c>
       <c r="H26" s="21">
         <v>95</v>
       </c>
       <c r="I26" s="21">
         <v>94</v>
       </c>
       <c r="J26" s="21">
         <v>81</v>
       </c>
       <c r="K26" s="21">
         <v>88</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>96</v>
       </c>
       <c r="N26" s="21">
         <v>97</v>
       </c>
       <c r="O26" s="21">
         <v>107</v>
       </c>
       <c r="P26" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>516</v>
       </c>
       <c r="E27" s="32">
         <v>54</v>
       </c>
       <c r="F27" s="32">
         <v>35</v>
       </c>
       <c r="G27" s="32">
         <v>50</v>
       </c>
       <c r="H27" s="21">
         <v>35</v>
       </c>
       <c r="I27" s="21">
         <v>34</v>
       </c>
       <c r="J27" s="21">
         <v>34</v>
       </c>
       <c r="K27" s="21">
         <v>41</v>
       </c>
       <c r="L27" s="21">
         <v>37</v>
       </c>
       <c r="M27" s="21">
         <v>35</v>
       </c>
       <c r="N27" s="21">
         <v>49</v>
       </c>
       <c r="O27" s="21">
         <v>53</v>
       </c>
       <c r="P27" s="21">
         <v>59</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>689</v>
       </c>
       <c r="E28" s="32">
         <v>70</v>
       </c>
       <c r="F28" s="32">
         <v>54</v>
       </c>
       <c r="G28" s="32">
         <v>59</v>
       </c>
       <c r="H28" s="21">
         <v>60</v>
       </c>
       <c r="I28" s="21">
         <v>60</v>
       </c>
       <c r="J28" s="21">
         <v>47</v>
       </c>
       <c r="K28" s="21">
         <v>47</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>61</v>
       </c>
       <c r="N28" s="21">
         <v>48</v>
       </c>
       <c r="O28" s="21">
         <v>54</v>
       </c>
       <c r="P28" s="21">
         <v>67</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1085</v>
       </c>
       <c r="E29" s="32">
         <v>106</v>
       </c>
       <c r="F29" s="32">
         <v>80</v>
       </c>
       <c r="G29" s="32">
         <v>93</v>
       </c>
       <c r="H29" s="21">
         <v>88</v>
       </c>
       <c r="I29" s="21">
         <v>89</v>
       </c>
       <c r="J29" s="21">
         <v>75</v>
       </c>
       <c r="K29" s="21">
         <v>74</v>
       </c>
       <c r="L29" s="21">
         <v>94</v>
       </c>
       <c r="M29" s="21">
         <v>90</v>
       </c>
       <c r="N29" s="21">
         <v>87</v>
       </c>
       <c r="O29" s="21">
         <v>95</v>
       </c>
       <c r="P29" s="21">
         <v>114</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>120</v>
       </c>
       <c r="E30" s="32">
         <v>18</v>
       </c>
       <c r="F30" s="32">
         <v>9</v>
       </c>
       <c r="G30" s="32">
         <v>16</v>
       </c>
       <c r="H30" s="21">
         <v>7</v>
       </c>
       <c r="I30" s="21">
         <v>5</v>
       </c>
       <c r="J30" s="21">
         <v>6</v>
       </c>
       <c r="K30" s="21">
         <v>14</v>
       </c>
       <c r="L30" s="21">
         <v>5</v>
       </c>
       <c r="M30" s="21">
         <v>6</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>12</v>
       </c>
       <c r="P30" s="21">
         <v>12</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>2</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>7</v>
       </c>
       <c r="E32" s="32">
         <v>2</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>2</v>
       </c>
       <c r="P32" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>4</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>2</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>4</v>
       </c>
       <c r="N33" s="32">
         <v>3</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>118</v>
       </c>
       <c r="E34" s="32">
         <v>14</v>
       </c>
       <c r="F34" s="32">
         <v>9</v>
       </c>
       <c r="G34" s="32">
         <v>16</v>
       </c>
       <c r="H34" s="32">
         <v>9</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>9</v>
       </c>
       <c r="K34" s="32">
         <v>6</v>
       </c>
       <c r="L34" s="32">
         <v>14</v>
       </c>
       <c r="M34" s="32">
         <v>7</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>8</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>276</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>18</v>
       </c>
       <c r="G35" s="32">
         <v>19</v>
       </c>
       <c r="H35" s="32">
         <v>23</v>
       </c>
       <c r="I35" s="32">
         <v>21</v>
       </c>
       <c r="J35" s="32">
         <v>16</v>
       </c>
       <c r="K35" s="32">
         <v>20</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>31</v>
       </c>
       <c r="N35" s="32">
         <v>26</v>
       </c>
       <c r="O35" s="32">
         <v>30</v>
       </c>
       <c r="P35" s="32">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>783</v>
       </c>
       <c r="E36" s="33">
         <v>79</v>
       </c>
       <c r="F36" s="33">
         <v>60</v>
       </c>
       <c r="G36" s="33">
         <v>70</v>
       </c>
       <c r="H36" s="33">
         <v>62</v>
       </c>
       <c r="I36" s="33">
         <v>61</v>
       </c>
       <c r="J36" s="33">
         <v>54</v>
       </c>
       <c r="K36" s="33">
         <v>60</v>
       </c>
       <c r="L36" s="33">
         <v>67</v>
       </c>
       <c r="M36" s="33">
         <v>54</v>
       </c>
       <c r="N36" s="33">
         <v>61</v>
       </c>
       <c r="O36" s="33">
         <v>66</v>
       </c>
       <c r="P36" s="33">
         <v>89</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1505</v>
       </c>
       <c r="E38" s="39">
         <v>110</v>
       </c>
       <c r="F38" s="39">
         <v>107</v>
       </c>
       <c r="G38" s="39">
         <v>111</v>
       </c>
       <c r="H38" s="26">
         <v>80</v>
       </c>
       <c r="I38" s="26">
         <v>154</v>
       </c>
       <c r="J38" s="26">
         <v>151</v>
       </c>
       <c r="K38" s="26">
         <v>104</v>
       </c>
       <c r="L38" s="26">
         <v>244</v>
       </c>
       <c r="M38" s="26">
         <v>170</v>
       </c>
       <c r="N38" s="26">
         <v>121</v>
       </c>
       <c r="O38" s="26">
         <v>65</v>
       </c>
       <c r="P38" s="26">
         <v>88</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>774</v>
       </c>
       <c r="E39" s="32">
         <v>60</v>
       </c>
       <c r="F39" s="32">
         <v>52</v>
       </c>
       <c r="G39" s="32">
         <v>57</v>
       </c>
       <c r="H39" s="21">
         <v>40</v>
       </c>
       <c r="I39" s="21">
         <v>76</v>
       </c>
       <c r="J39" s="21">
         <v>77</v>
       </c>
       <c r="K39" s="21">
         <v>55</v>
       </c>
       <c r="L39" s="21">
         <v>128</v>
       </c>
       <c r="M39" s="21">
         <v>86</v>
       </c>
       <c r="N39" s="21">
         <v>65</v>
       </c>
       <c r="O39" s="21">
         <v>36</v>
       </c>
       <c r="P39" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>731</v>
       </c>
       <c r="E40" s="32">
         <v>50</v>
       </c>
       <c r="F40" s="32">
         <v>55</v>
       </c>
       <c r="G40" s="32">
         <v>54</v>
       </c>
       <c r="H40" s="21">
         <v>40</v>
       </c>
       <c r="I40" s="21">
         <v>78</v>
       </c>
       <c r="J40" s="21">
         <v>74</v>
       </c>
       <c r="K40" s="21">
         <v>49</v>
       </c>
       <c r="L40" s="21">
         <v>116</v>
       </c>
       <c r="M40" s="21">
         <v>84</v>
       </c>
       <c r="N40" s="21">
         <v>56</v>
       </c>
       <c r="O40" s="21">
         <v>29</v>
       </c>
       <c r="P40" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>985</v>
       </c>
       <c r="E41" s="32">
         <v>58</v>
       </c>
       <c r="F41" s="32">
         <v>71</v>
       </c>
       <c r="G41" s="32">
         <v>65</v>
       </c>
       <c r="H41" s="21">
         <v>49</v>
       </c>
       <c r="I41" s="21">
         <v>116</v>
       </c>
       <c r="J41" s="21">
         <v>113</v>
       </c>
       <c r="K41" s="21">
         <v>72</v>
       </c>
       <c r="L41" s="21">
         <v>168</v>
       </c>
       <c r="M41" s="21">
         <v>103</v>
       </c>
       <c r="N41" s="21">
         <v>89</v>
       </c>
       <c r="O41" s="21">
         <v>32</v>
       </c>
       <c r="P41" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>520</v>
       </c>
       <c r="E42" s="33">
         <v>52</v>
       </c>
       <c r="F42" s="33">
         <v>36</v>
       </c>
       <c r="G42" s="33">
         <v>46</v>
       </c>
       <c r="H42" s="34">
         <v>31</v>
       </c>
       <c r="I42" s="34">
         <v>38</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>32</v>
       </c>
       <c r="L42" s="34">
         <v>76</v>
       </c>
       <c r="M42" s="34">
         <v>67</v>
       </c>
       <c r="N42" s="34">
         <v>32</v>
       </c>
       <c r="O42" s="34">
         <v>33</v>
       </c>
       <c r="P42" s="34">
         <v>39</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>460</v>
       </c>
       <c r="E44" s="32">
         <v>46</v>
       </c>
       <c r="F44" s="32">
         <v>25</v>
       </c>
       <c r="G44" s="32">
         <v>28</v>
       </c>
       <c r="H44" s="21">
         <v>40</v>
       </c>
       <c r="I44" s="21">
         <v>61</v>
       </c>
       <c r="J44" s="21">
         <v>43</v>
       </c>
       <c r="K44" s="21">
         <v>34</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>46</v>
       </c>
       <c r="O44" s="21">
         <v>30</v>
       </c>
       <c r="P44" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>218</v>
       </c>
       <c r="E45" s="32">
         <v>20</v>
       </c>
       <c r="F45" s="32">
         <v>14</v>
       </c>
       <c r="G45" s="32">
         <v>12</v>
       </c>
       <c r="H45" s="21">
         <v>14</v>
       </c>
       <c r="I45" s="21">
         <v>34</v>
       </c>
       <c r="J45" s="21">
         <v>22</v>
       </c>
       <c r="K45" s="21">
         <v>17</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>16</v>
       </c>
       <c r="N45" s="21">
         <v>23</v>
       </c>
       <c r="O45" s="21">
         <v>16</v>
       </c>
       <c r="P45" s="21">
         <v>14</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>242</v>
       </c>
       <c r="E46" s="32">
         <v>26</v>
       </c>
       <c r="F46" s="32">
         <v>11</v>
       </c>
       <c r="G46" s="32">
         <v>16</v>
       </c>
       <c r="H46" s="21">
         <v>26</v>
       </c>
       <c r="I46" s="21">
         <v>27</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>17</v>
       </c>
       <c r="L46" s="21">
         <v>18</v>
       </c>
       <c r="M46" s="21">
         <v>20</v>
       </c>
       <c r="N46" s="21">
         <v>23</v>
       </c>
       <c r="O46" s="21">
         <v>14</v>
       </c>
       <c r="P46" s="21">
         <v>23</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>258</v>
       </c>
       <c r="E47" s="32">
         <v>23</v>
       </c>
       <c r="F47" s="32">
         <v>9</v>
       </c>
       <c r="G47" s="32">
         <v>15</v>
       </c>
       <c r="H47" s="21">
         <v>19</v>
       </c>
       <c r="I47" s="21">
         <v>42</v>
       </c>
       <c r="J47" s="21">
         <v>27</v>
       </c>
       <c r="K47" s="21">
         <v>22</v>
       </c>
       <c r="L47" s="21">
         <v>13</v>
       </c>
       <c r="M47" s="21">
         <v>21</v>
       </c>
       <c r="N47" s="21">
         <v>26</v>
       </c>
       <c r="O47" s="21">
         <v>24</v>
       </c>
       <c r="P47" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>202</v>
       </c>
       <c r="E48" s="33">
         <v>23</v>
       </c>
       <c r="F48" s="33">
         <v>16</v>
       </c>
       <c r="G48" s="33">
         <v>13</v>
       </c>
       <c r="H48" s="34">
         <v>21</v>
       </c>
       <c r="I48" s="34">
         <v>19</v>
       </c>
       <c r="J48" s="34">
         <v>16</v>
       </c>
       <c r="K48" s="34">
         <v>12</v>
       </c>
       <c r="L48" s="34">
         <v>21</v>
       </c>
       <c r="M48" s="34">
         <v>15</v>
       </c>
       <c r="N48" s="34">
         <v>20</v>
       </c>
       <c r="O48" s="34">
         <v>6</v>
       </c>
       <c r="P48" s="34">
         <v>20</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="12"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="P53" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P54" s="26" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0AE711D-0D7A-46B9-A321-7A2694B2B952}">
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143154</v>
       </c>
       <c r="E8" s="32">
         <v>143154</v>
       </c>
       <c r="F8" s="32">
         <v>143298</v>
       </c>
       <c r="G8" s="32">
         <v>143511</v>
       </c>
       <c r="H8" s="32">
         <v>143508</v>
       </c>
       <c r="I8" s="32">
         <v>143744</v>
       </c>
       <c r="J8" s="32">
         <v>143907</v>
       </c>
       <c r="K8" s="32">
         <v>143521</v>
       </c>
       <c r="L8" s="32">
         <v>143695</v>
       </c>
       <c r="M8" s="32">
         <v>143555</v>
       </c>
       <c r="N8" s="32">
         <v>144003</v>
       </c>
       <c r="O8" s="32">
         <v>144101</v>
       </c>
       <c r="P8" s="32">
         <v>144412</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>235</v>
       </c>
       <c r="E9" s="24">
         <v>24</v>
       </c>
       <c r="F9" s="24">
         <v>10</v>
       </c>
       <c r="G9" s="24">
         <v>-28</v>
       </c>
       <c r="H9" s="24">
         <v>-5</v>
       </c>
       <c r="I9" s="24">
         <v>17</v>
       </c>
       <c r="J9" s="24">
         <v>13</v>
       </c>
       <c r="K9" s="24">
         <v>53</v>
       </c>
       <c r="L9" s="24">
         <v>78</v>
       </c>
       <c r="M9" s="24">
         <v>28</v>
       </c>
       <c r="N9" s="24">
         <v>36</v>
       </c>
       <c r="O9" s="24">
         <v>15</v>
       </c>
       <c r="P9" s="24">
         <v>-6</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1091</v>
       </c>
       <c r="E10" s="24">
         <v>120</v>
       </c>
       <c r="F10" s="24">
         <v>203</v>
       </c>
       <c r="G10" s="24">
         <v>25</v>
       </c>
       <c r="H10" s="24">
         <v>241</v>
       </c>
       <c r="I10" s="24">
         <v>146</v>
       </c>
       <c r="J10" s="24">
         <v>-399</v>
       </c>
       <c r="K10" s="24">
         <v>121</v>
       </c>
       <c r="L10" s="24">
         <v>-218</v>
       </c>
       <c r="M10" s="24">
         <v>420</v>
       </c>
       <c r="N10" s="24">
         <v>62</v>
       </c>
       <c r="O10" s="24">
         <v>296</v>
       </c>
       <c r="P10" s="24">
         <v>74</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1326</v>
       </c>
       <c r="E11" s="24">
         <v>144</v>
       </c>
       <c r="F11" s="24">
         <v>213</v>
       </c>
       <c r="G11" s="24">
         <v>-3</v>
       </c>
       <c r="H11" s="24">
         <v>236</v>
       </c>
       <c r="I11" s="24">
         <v>163</v>
       </c>
       <c r="J11" s="24">
         <v>-386</v>
       </c>
       <c r="K11" s="24">
         <v>174</v>
       </c>
       <c r="L11" s="24">
         <v>-140</v>
       </c>
       <c r="M11" s="24">
         <v>448</v>
       </c>
       <c r="N11" s="24">
         <v>98</v>
       </c>
       <c r="O11" s="24">
         <v>311</v>
       </c>
       <c r="P11" s="24">
         <v>68</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-33</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="24">
         <v>-33</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>144447</v>
       </c>
       <c r="E13" s="32">
         <v>143298</v>
       </c>
       <c r="F13" s="32">
         <v>143511</v>
       </c>
       <c r="G13" s="32">
         <v>143508</v>
       </c>
       <c r="H13" s="32">
         <v>143744</v>
       </c>
       <c r="I13" s="32">
         <v>143907</v>
       </c>
       <c r="J13" s="32">
         <v>143521</v>
       </c>
       <c r="K13" s="32">
         <v>143695</v>
       </c>
       <c r="L13" s="32">
         <v>143555</v>
       </c>
       <c r="M13" s="32">
         <v>144003</v>
       </c>
       <c r="N13" s="32">
         <v>144101</v>
       </c>
       <c r="O13" s="32">
         <v>144412</v>
       </c>
       <c r="P13" s="32">
         <v>144447</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>69122</v>
       </c>
       <c r="E14" s="32">
         <v>68718</v>
       </c>
       <c r="F14" s="32">
         <v>68841</v>
       </c>
       <c r="G14" s="32">
         <v>68846</v>
       </c>
       <c r="H14" s="32">
         <v>68910</v>
       </c>
       <c r="I14" s="32">
         <v>68963</v>
       </c>
       <c r="J14" s="32">
         <v>68790</v>
       </c>
       <c r="K14" s="32">
         <v>68897</v>
       </c>
       <c r="L14" s="32">
         <v>68817</v>
       </c>
       <c r="M14" s="32">
         <v>68984</v>
       </c>
       <c r="N14" s="32">
         <v>69066</v>
       </c>
       <c r="O14" s="32">
         <v>69138</v>
       </c>
       <c r="P14" s="32">
         <v>69122</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>75325</v>
       </c>
       <c r="E15" s="32">
         <v>74580</v>
       </c>
       <c r="F15" s="32">
         <v>74670</v>
       </c>
       <c r="G15" s="32">
         <v>74662</v>
       </c>
       <c r="H15" s="32">
         <v>74834</v>
       </c>
       <c r="I15" s="32">
         <v>74944</v>
       </c>
       <c r="J15" s="32">
         <v>74731</v>
       </c>
       <c r="K15" s="32">
         <v>74798</v>
       </c>
       <c r="L15" s="32">
         <v>74738</v>
       </c>
       <c r="M15" s="32">
         <v>75019</v>
       </c>
       <c r="N15" s="32">
         <v>75035</v>
       </c>
       <c r="O15" s="32">
         <v>75274</v>
       </c>
       <c r="P15" s="32">
         <v>75325</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109011</v>
       </c>
       <c r="E16" s="32">
         <v>109324</v>
       </c>
       <c r="F16" s="32">
         <v>109468</v>
       </c>
       <c r="G16" s="32">
         <v>109427</v>
       </c>
       <c r="H16" s="32">
         <v>109245</v>
       </c>
       <c r="I16" s="32">
         <v>109219</v>
       </c>
       <c r="J16" s="32">
         <v>108977</v>
       </c>
       <c r="K16" s="32">
         <v>108929</v>
       </c>
       <c r="L16" s="32">
         <v>108859</v>
       </c>
       <c r="M16" s="32">
         <v>108802</v>
       </c>
       <c r="N16" s="32">
         <v>108753</v>
       </c>
       <c r="O16" s="32">
         <v>108943</v>
       </c>
       <c r="P16" s="32">
         <v>109011</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>35436</v>
       </c>
       <c r="E17" s="32">
         <v>33974</v>
       </c>
       <c r="F17" s="32">
         <v>34043</v>
       </c>
       <c r="G17" s="32">
         <v>34081</v>
       </c>
       <c r="H17" s="32">
         <v>34499</v>
       </c>
       <c r="I17" s="32">
         <v>34688</v>
       </c>
       <c r="J17" s="32">
         <v>34544</v>
       </c>
       <c r="K17" s="32">
         <v>34766</v>
       </c>
       <c r="L17" s="32">
         <v>34696</v>
       </c>
       <c r="M17" s="32">
         <v>35201</v>
       </c>
       <c r="N17" s="32">
         <v>35348</v>
       </c>
       <c r="O17" s="32">
         <v>35469</v>
       </c>
       <c r="P17" s="32">
         <v>35436</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143800</v>
       </c>
       <c r="E18" s="33">
         <v>143230</v>
       </c>
       <c r="F18" s="33">
         <v>143400</v>
       </c>
       <c r="G18" s="33">
         <v>143510</v>
       </c>
       <c r="H18" s="33">
         <v>143630</v>
       </c>
       <c r="I18" s="33">
         <v>143830</v>
       </c>
       <c r="J18" s="33">
         <v>143710</v>
       </c>
       <c r="K18" s="33">
         <v>143610</v>
       </c>
       <c r="L18" s="33">
         <v>143630</v>
       </c>
       <c r="M18" s="33">
         <v>143780</v>
       </c>
       <c r="N18" s="33">
         <v>144050</v>
       </c>
       <c r="O18" s="33">
         <v>144260</v>
       </c>
       <c r="P18" s="33">
         <v>144430</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1456</v>
       </c>
       <c r="E20" s="21">
         <v>114</v>
       </c>
       <c r="F20" s="21">
         <v>100</v>
       </c>
       <c r="G20" s="21">
         <v>108</v>
       </c>
       <c r="H20" s="21">
         <v>82</v>
       </c>
       <c r="I20" s="21">
         <v>134</v>
       </c>
       <c r="J20" s="21">
         <v>116</v>
       </c>
       <c r="K20" s="21">
         <v>146</v>
       </c>
       <c r="L20" s="21">
         <v>179</v>
       </c>
       <c r="M20" s="21">
         <v>106</v>
       </c>
       <c r="N20" s="21">
         <v>129</v>
       </c>
       <c r="O20" s="21">
         <v>116</v>
       </c>
       <c r="P20" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>754</v>
       </c>
       <c r="E21" s="21">
         <v>51</v>
       </c>
       <c r="F21" s="21">
         <v>54</v>
       </c>
       <c r="G21" s="21">
         <v>56</v>
       </c>
       <c r="H21" s="21">
         <v>49</v>
       </c>
       <c r="I21" s="21">
         <v>70</v>
       </c>
       <c r="J21" s="21">
         <v>58</v>
       </c>
       <c r="K21" s="21">
         <v>74</v>
       </c>
       <c r="L21" s="21">
         <v>92</v>
       </c>
       <c r="M21" s="21">
         <v>55</v>
       </c>
       <c r="N21" s="21">
         <v>66</v>
       </c>
       <c r="O21" s="21">
         <v>58</v>
       </c>
       <c r="P21" s="21">
         <v>71</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>702</v>
       </c>
       <c r="E22" s="21">
         <v>63</v>
       </c>
       <c r="F22" s="21">
         <v>46</v>
       </c>
       <c r="G22" s="21">
         <v>52</v>
       </c>
       <c r="H22" s="21">
         <v>33</v>
       </c>
       <c r="I22" s="21">
         <v>64</v>
       </c>
       <c r="J22" s="21">
         <v>58</v>
       </c>
       <c r="K22" s="21">
         <v>72</v>
       </c>
       <c r="L22" s="21">
         <v>87</v>
       </c>
       <c r="M22" s="21">
         <v>51</v>
       </c>
       <c r="N22" s="21">
         <v>63</v>
       </c>
       <c r="O22" s="21">
         <v>58</v>
       </c>
       <c r="P22" s="21">
         <v>55</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>1130</v>
       </c>
       <c r="E23" s="32">
         <v>74</v>
       </c>
       <c r="F23" s="32">
         <v>78</v>
       </c>
       <c r="G23" s="32">
         <v>87</v>
       </c>
       <c r="H23" s="32">
         <v>67</v>
       </c>
       <c r="I23" s="32">
         <v>105</v>
       </c>
       <c r="J23" s="32">
         <v>99</v>
       </c>
       <c r="K23" s="32">
         <v>111</v>
       </c>
       <c r="L23" s="32">
         <v>136</v>
       </c>
       <c r="M23" s="32">
         <v>69</v>
       </c>
       <c r="N23" s="32">
         <v>109</v>
       </c>
       <c r="O23" s="32">
         <v>94</v>
       </c>
       <c r="P23" s="32">
         <v>101</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>326</v>
       </c>
       <c r="E24" s="33">
         <v>40</v>
       </c>
       <c r="F24" s="33">
         <v>22</v>
       </c>
       <c r="G24" s="33">
         <v>21</v>
       </c>
       <c r="H24" s="33">
         <v>15</v>
       </c>
       <c r="I24" s="33">
         <v>29</v>
       </c>
       <c r="J24" s="33">
         <v>17</v>
       </c>
       <c r="K24" s="33">
         <v>35</v>
       </c>
       <c r="L24" s="33">
         <v>43</v>
       </c>
       <c r="M24" s="33">
         <v>37</v>
       </c>
       <c r="N24" s="33">
         <v>20</v>
       </c>
       <c r="O24" s="33">
         <v>22</v>
       </c>
       <c r="P24" s="33">
         <v>25</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1221</v>
       </c>
       <c r="E26" s="21">
         <v>90</v>
       </c>
       <c r="F26" s="21">
         <v>90</v>
       </c>
       <c r="G26" s="21">
         <v>136</v>
       </c>
       <c r="H26" s="21">
         <v>87</v>
       </c>
       <c r="I26" s="21">
         <v>117</v>
       </c>
       <c r="J26" s="21">
         <v>103</v>
       </c>
       <c r="K26" s="21">
         <v>93</v>
       </c>
       <c r="L26" s="21">
         <v>101</v>
       </c>
       <c r="M26" s="21">
         <v>78</v>
       </c>
       <c r="N26" s="21">
         <v>93</v>
       </c>
       <c r="O26" s="21">
         <v>101</v>
       </c>
       <c r="P26" s="21">
         <v>132</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>522</v>
       </c>
       <c r="E27" s="21">
         <v>43</v>
       </c>
       <c r="F27" s="21">
         <v>37</v>
       </c>
       <c r="G27" s="21">
         <v>58</v>
       </c>
       <c r="H27" s="21">
         <v>35</v>
       </c>
       <c r="I27" s="21">
         <v>54</v>
       </c>
       <c r="J27" s="21">
         <v>39</v>
       </c>
       <c r="K27" s="21">
         <v>44</v>
       </c>
       <c r="L27" s="21">
         <v>46</v>
       </c>
       <c r="M27" s="21">
         <v>34</v>
       </c>
       <c r="N27" s="21">
         <v>40</v>
       </c>
       <c r="O27" s="21">
         <v>45</v>
       </c>
       <c r="P27" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>699</v>
       </c>
       <c r="E28" s="21">
         <v>47</v>
       </c>
       <c r="F28" s="21">
         <v>53</v>
       </c>
       <c r="G28" s="21">
         <v>78</v>
       </c>
       <c r="H28" s="21">
         <v>52</v>
       </c>
       <c r="I28" s="21">
         <v>63</v>
       </c>
       <c r="J28" s="21">
         <v>64</v>
       </c>
       <c r="K28" s="21">
         <v>49</v>
       </c>
       <c r="L28" s="21">
         <v>55</v>
       </c>
       <c r="M28" s="21">
         <v>44</v>
       </c>
       <c r="N28" s="21">
         <v>53</v>
       </c>
       <c r="O28" s="21">
         <v>56</v>
       </c>
       <c r="P28" s="21">
         <v>85</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1098</v>
       </c>
       <c r="E29" s="21">
         <v>85</v>
       </c>
       <c r="F29" s="21">
         <v>78</v>
       </c>
       <c r="G29" s="21">
         <v>120</v>
       </c>
       <c r="H29" s="21">
         <v>81</v>
       </c>
       <c r="I29" s="21">
         <v>110</v>
       </c>
       <c r="J29" s="21">
         <v>93</v>
       </c>
       <c r="K29" s="21">
         <v>85</v>
       </c>
       <c r="L29" s="21">
         <v>92</v>
       </c>
       <c r="M29" s="21">
         <v>63</v>
       </c>
       <c r="N29" s="21">
         <v>83</v>
       </c>
       <c r="O29" s="21">
         <v>92</v>
       </c>
       <c r="P29" s="21">
         <v>116</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>123</v>
       </c>
       <c r="E30" s="21">
         <v>5</v>
       </c>
       <c r="F30" s="21">
         <v>12</v>
       </c>
       <c r="G30" s="21">
         <v>16</v>
       </c>
       <c r="H30" s="21">
         <v>6</v>
       </c>
       <c r="I30" s="21">
         <v>7</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>8</v>
       </c>
       <c r="L30" s="21">
         <v>9</v>
       </c>
       <c r="M30" s="21">
         <v>15</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>9</v>
       </c>
       <c r="P30" s="21">
         <v>16</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>8</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>1</v>
       </c>
       <c r="I31" s="32">
         <v>2</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>1</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>1</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>9</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>1</v>
       </c>
       <c r="I32" s="32">
         <v>2</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>1</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>0</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>4</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>4</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>115</v>
       </c>
       <c r="E34" s="32">
         <v>12</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>14</v>
       </c>
       <c r="H34" s="32">
         <v>4</v>
       </c>
       <c r="I34" s="32">
         <v>14</v>
       </c>
       <c r="J34" s="32">
         <v>12</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>8</v>
       </c>
       <c r="M34" s="32">
         <v>3</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>7</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>264</v>
       </c>
       <c r="E35" s="32">
         <v>18</v>
       </c>
       <c r="F35" s="32">
         <v>20</v>
       </c>
       <c r="G35" s="32">
         <v>31</v>
       </c>
       <c r="H35" s="32">
         <v>14</v>
       </c>
       <c r="I35" s="32">
         <v>25</v>
       </c>
       <c r="J35" s="32">
         <v>26</v>
       </c>
       <c r="K35" s="32">
         <v>17</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>22</v>
       </c>
       <c r="N35" s="32">
         <v>24</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>23</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>812</v>
       </c>
       <c r="E36" s="33">
         <v>60</v>
       </c>
       <c r="F36" s="33">
         <v>58</v>
       </c>
       <c r="G36" s="33">
         <v>87</v>
       </c>
       <c r="H36" s="33">
         <v>64</v>
       </c>
       <c r="I36" s="33">
         <v>74</v>
       </c>
       <c r="J36" s="33">
         <v>62</v>
       </c>
       <c r="K36" s="33">
         <v>60</v>
       </c>
       <c r="L36" s="33">
         <v>71</v>
       </c>
       <c r="M36" s="33">
         <v>52</v>
       </c>
       <c r="N36" s="33">
         <v>60</v>
       </c>
       <c r="O36" s="33">
         <v>67</v>
       </c>
       <c r="P36" s="33">
         <v>97</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1669</v>
       </c>
       <c r="E38" s="26">
         <v>94</v>
       </c>
       <c r="F38" s="26">
         <v>86</v>
       </c>
       <c r="G38" s="26">
         <v>109</v>
       </c>
       <c r="H38" s="26">
         <v>70</v>
       </c>
       <c r="I38" s="26">
         <v>178</v>
       </c>
       <c r="J38" s="26">
         <v>142</v>
       </c>
       <c r="K38" s="26">
         <v>231</v>
       </c>
       <c r="L38" s="26">
         <v>234</v>
       </c>
       <c r="M38" s="26">
         <v>187</v>
       </c>
       <c r="N38" s="26">
         <v>149</v>
       </c>
       <c r="O38" s="26">
         <v>105</v>
       </c>
       <c r="P38" s="26">
         <v>84</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>854</v>
       </c>
       <c r="E39" s="21">
         <v>47</v>
       </c>
       <c r="F39" s="21">
         <v>47</v>
       </c>
       <c r="G39" s="21">
         <v>55</v>
       </c>
       <c r="H39" s="21">
         <v>36</v>
       </c>
       <c r="I39" s="21">
         <v>91</v>
       </c>
       <c r="J39" s="21">
         <v>73</v>
       </c>
       <c r="K39" s="21">
         <v>118</v>
       </c>
       <c r="L39" s="21">
         <v>117</v>
       </c>
       <c r="M39" s="21">
         <v>92</v>
       </c>
       <c r="N39" s="21">
         <v>73</v>
       </c>
       <c r="O39" s="21">
         <v>63</v>
       </c>
       <c r="P39" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>815</v>
       </c>
       <c r="E40" s="21">
         <v>47</v>
       </c>
       <c r="F40" s="21">
         <v>39</v>
       </c>
       <c r="G40" s="21">
         <v>54</v>
       </c>
       <c r="H40" s="21">
         <v>34</v>
       </c>
       <c r="I40" s="21">
         <v>87</v>
       </c>
       <c r="J40" s="21">
         <v>69</v>
       </c>
       <c r="K40" s="21">
         <v>113</v>
       </c>
       <c r="L40" s="21">
         <v>117</v>
       </c>
       <c r="M40" s="21">
         <v>95</v>
       </c>
       <c r="N40" s="21">
         <v>76</v>
       </c>
       <c r="O40" s="21">
         <v>42</v>
       </c>
       <c r="P40" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>1143</v>
       </c>
       <c r="E41" s="21">
         <v>50</v>
       </c>
       <c r="F41" s="21">
         <v>53</v>
       </c>
       <c r="G41" s="21">
         <v>65</v>
       </c>
       <c r="H41" s="21">
         <v>41</v>
       </c>
       <c r="I41" s="21">
         <v>151</v>
       </c>
       <c r="J41" s="21">
         <v>103</v>
       </c>
       <c r="K41" s="21">
         <v>164</v>
       </c>
       <c r="L41" s="21">
         <v>189</v>
       </c>
       <c r="M41" s="21">
         <v>110</v>
       </c>
       <c r="N41" s="21">
         <v>100</v>
       </c>
       <c r="O41" s="21">
         <v>64</v>
       </c>
       <c r="P41" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>526</v>
       </c>
       <c r="E42" s="34">
         <v>44</v>
       </c>
       <c r="F42" s="34">
         <v>33</v>
       </c>
       <c r="G42" s="34">
         <v>44</v>
       </c>
       <c r="H42" s="34">
         <v>29</v>
       </c>
       <c r="I42" s="34">
         <v>27</v>
       </c>
       <c r="J42" s="34">
         <v>39</v>
       </c>
       <c r="K42" s="34">
         <v>67</v>
       </c>
       <c r="L42" s="34">
         <v>45</v>
       </c>
       <c r="M42" s="34">
         <v>77</v>
       </c>
       <c r="N42" s="34">
         <v>49</v>
       </c>
       <c r="O42" s="34">
         <v>41</v>
       </c>
       <c r="P42" s="34">
         <v>31</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>497</v>
       </c>
       <c r="E44" s="21">
         <v>53</v>
       </c>
       <c r="F44" s="21">
         <v>56</v>
       </c>
       <c r="G44" s="21">
         <v>38</v>
       </c>
       <c r="H44" s="21">
         <v>34</v>
       </c>
       <c r="I44" s="21">
         <v>48</v>
       </c>
       <c r="J44" s="21">
         <v>40</v>
       </c>
       <c r="K44" s="21">
         <v>18</v>
       </c>
       <c r="L44" s="21">
         <v>37</v>
       </c>
       <c r="M44" s="21">
         <v>64</v>
       </c>
       <c r="N44" s="21">
         <v>43</v>
       </c>
       <c r="O44" s="21">
         <v>27</v>
       </c>
       <c r="P44" s="21">
         <v>39</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>238</v>
       </c>
       <c r="E45" s="21">
         <v>25</v>
       </c>
       <c r="F45" s="21">
         <v>27</v>
       </c>
       <c r="G45" s="21">
         <v>18</v>
       </c>
       <c r="H45" s="21">
         <v>19</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>19</v>
       </c>
       <c r="K45" s="21">
         <v>8</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>31</v>
       </c>
       <c r="N45" s="21">
         <v>20</v>
       </c>
       <c r="O45" s="21">
         <v>14</v>
       </c>
       <c r="P45" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>259</v>
       </c>
       <c r="E46" s="21">
         <v>28</v>
       </c>
       <c r="F46" s="21">
         <v>29</v>
       </c>
       <c r="G46" s="21">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>26</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>10</v>
       </c>
       <c r="L46" s="21">
         <v>21</v>
       </c>
       <c r="M46" s="21">
         <v>33</v>
       </c>
       <c r="N46" s="21">
         <v>23</v>
       </c>
       <c r="O46" s="21">
         <v>13</v>
       </c>
       <c r="P46" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>334</v>
       </c>
       <c r="E47" s="21">
         <v>31</v>
       </c>
       <c r="F47" s="21">
         <v>43</v>
       </c>
       <c r="G47" s="21">
         <v>20</v>
       </c>
       <c r="H47" s="21">
         <v>20</v>
       </c>
       <c r="I47" s="21">
         <v>38</v>
       </c>
       <c r="J47" s="21">
         <v>30</v>
       </c>
       <c r="K47" s="21">
         <v>8</v>
       </c>
       <c r="L47" s="21">
         <v>27</v>
       </c>
       <c r="M47" s="21">
         <v>42</v>
       </c>
       <c r="N47" s="21">
         <v>32</v>
       </c>
       <c r="O47" s="21">
         <v>19</v>
       </c>
       <c r="P47" s="21">
         <v>24</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>163</v>
       </c>
       <c r="E48" s="34">
         <v>22</v>
       </c>
       <c r="F48" s="34">
         <v>13</v>
       </c>
       <c r="G48" s="34">
         <v>18</v>
       </c>
       <c r="H48" s="34">
         <v>14</v>
       </c>
       <c r="I48" s="34">
         <v>10</v>
       </c>
       <c r="J48" s="34">
         <v>10</v>
       </c>
       <c r="K48" s="34">
         <v>10</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>22</v>
       </c>
       <c r="N48" s="34">
         <v>11</v>
       </c>
       <c r="O48" s="34">
         <v>8</v>
       </c>
       <c r="P48" s="34">
         <v>15</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="P53" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P54" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143222</v>
       </c>
       <c r="E8" s="32">
         <v>143222</v>
       </c>
       <c r="F8" s="32">
         <v>143329</v>
       </c>
       <c r="G8" s="32">
         <v>143389</v>
       </c>
       <c r="H8" s="32">
         <v>143291</v>
       </c>
       <c r="I8" s="32">
         <v>143195</v>
       </c>
       <c r="J8" s="32">
         <v>142880</v>
       </c>
       <c r="K8" s="32">
         <v>142798</v>
       </c>
       <c r="L8" s="32">
         <v>142621</v>
       </c>
       <c r="M8" s="32">
         <v>142710</v>
       </c>
       <c r="N8" s="32">
         <v>142790</v>
       </c>
       <c r="O8" s="32">
         <v>142883</v>
       </c>
       <c r="P8" s="32">
         <v>143143</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>220</v>
       </c>
       <c r="E9" s="24">
         <v>-9</v>
       </c>
       <c r="F9" s="24">
         <v>13</v>
       </c>
       <c r="G9" s="24">
         <v>-3</v>
       </c>
       <c r="H9" s="24">
         <v>82</v>
       </c>
       <c r="I9" s="24">
         <v>-9</v>
       </c>
       <c r="J9" s="24">
         <v>25</v>
       </c>
       <c r="K9" s="24">
         <v>65</v>
       </c>
       <c r="L9" s="24">
         <v>55</v>
       </c>
       <c r="M9" s="24">
         <v>6</v>
       </c>
       <c r="N9" s="24">
         <v>13</v>
       </c>
       <c r="O9" s="24">
         <v>6</v>
       </c>
       <c r="P9" s="24">
         <v>-24</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-370</v>
       </c>
       <c r="E10" s="24">
         <v>116</v>
       </c>
       <c r="F10" s="24">
         <v>47</v>
       </c>
       <c r="G10" s="24">
         <v>-95</v>
       </c>
       <c r="H10" s="24">
         <v>-178</v>
       </c>
       <c r="I10" s="24">
         <v>-306</v>
       </c>
       <c r="J10" s="24">
         <v>-107</v>
       </c>
       <c r="K10" s="24">
         <v>-242</v>
       </c>
       <c r="L10" s="24">
         <v>34</v>
       </c>
       <c r="M10" s="24">
         <v>74</v>
       </c>
       <c r="N10" s="24">
         <v>80</v>
       </c>
       <c r="O10" s="24">
         <v>254</v>
       </c>
       <c r="P10" s="24">
         <v>-47</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-150</v>
       </c>
       <c r="E11" s="24">
         <v>107</v>
       </c>
       <c r="F11" s="24">
         <v>60</v>
       </c>
       <c r="G11" s="24">
         <v>-98</v>
       </c>
       <c r="H11" s="24">
         <v>-96</v>
       </c>
       <c r="I11" s="24">
         <v>-315</v>
       </c>
       <c r="J11" s="24">
         <v>-82</v>
       </c>
       <c r="K11" s="24">
         <v>-177</v>
       </c>
       <c r="L11" s="24">
         <v>89</v>
       </c>
       <c r="M11" s="24">
         <v>80</v>
       </c>
       <c r="N11" s="24">
         <v>93</v>
       </c>
       <c r="O11" s="24">
         <v>260</v>
       </c>
       <c r="P11" s="24">
         <v>-71</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="35">
         <v>82</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="39">
         <v>82</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143154</v>
       </c>
       <c r="E13" s="32">
         <v>143329</v>
       </c>
       <c r="F13" s="32">
         <v>143389</v>
       </c>
       <c r="G13" s="32">
         <v>143291</v>
       </c>
       <c r="H13" s="32">
         <v>143195</v>
       </c>
       <c r="I13" s="32">
         <v>142880</v>
       </c>
       <c r="J13" s="32">
         <v>142798</v>
       </c>
       <c r="K13" s="32">
         <v>142621</v>
       </c>
       <c r="L13" s="32">
         <v>142710</v>
       </c>
       <c r="M13" s="32">
         <v>142790</v>
       </c>
       <c r="N13" s="32">
         <v>142883</v>
       </c>
       <c r="O13" s="32">
         <v>143143</v>
       </c>
       <c r="P13" s="32">
         <v>143154</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68645</v>
       </c>
       <c r="E14" s="32">
         <v>68790</v>
       </c>
       <c r="F14" s="32">
         <v>68773</v>
       </c>
       <c r="G14" s="32">
         <v>68737</v>
       </c>
       <c r="H14" s="32">
         <v>68732</v>
       </c>
       <c r="I14" s="32">
         <v>68593</v>
       </c>
       <c r="J14" s="32">
         <v>68552</v>
       </c>
       <c r="K14" s="32">
         <v>68473</v>
       </c>
       <c r="L14" s="32">
         <v>68541</v>
       </c>
       <c r="M14" s="32">
         <v>68579</v>
       </c>
       <c r="N14" s="32">
         <v>68583</v>
       </c>
       <c r="O14" s="32">
         <v>68656</v>
       </c>
       <c r="P14" s="32">
         <v>68645</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74509</v>
       </c>
       <c r="E15" s="32">
         <v>74539</v>
       </c>
       <c r="F15" s="32">
         <v>74616</v>
       </c>
       <c r="G15" s="32">
         <v>74554</v>
       </c>
       <c r="H15" s="32">
         <v>74463</v>
       </c>
       <c r="I15" s="32">
         <v>74287</v>
       </c>
       <c r="J15" s="32">
         <v>74246</v>
       </c>
       <c r="K15" s="32">
         <v>74148</v>
       </c>
       <c r="L15" s="32">
         <v>74169</v>
       </c>
       <c r="M15" s="32">
         <v>74211</v>
       </c>
       <c r="N15" s="32">
         <v>74300</v>
       </c>
       <c r="O15" s="32">
         <v>74487</v>
       </c>
       <c r="P15" s="32">
         <v>74509</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>109242</v>
       </c>
       <c r="E16" s="32">
         <v>109343</v>
       </c>
       <c r="F16" s="32">
         <v>109433</v>
       </c>
       <c r="G16" s="32">
         <v>109419</v>
       </c>
       <c r="H16" s="32">
         <v>109362</v>
       </c>
       <c r="I16" s="32">
         <v>109154</v>
       </c>
       <c r="J16" s="32">
         <v>109090</v>
       </c>
       <c r="K16" s="32">
         <v>109014</v>
       </c>
       <c r="L16" s="32">
         <v>109027</v>
       </c>
       <c r="M16" s="32">
         <v>109045</v>
       </c>
       <c r="N16" s="32">
         <v>108990</v>
       </c>
       <c r="O16" s="32">
         <v>109216</v>
       </c>
       <c r="P16" s="32">
         <v>109242</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>33912</v>
       </c>
       <c r="E17" s="32">
         <v>33986</v>
       </c>
       <c r="F17" s="32">
         <v>33956</v>
       </c>
       <c r="G17" s="32">
         <v>33872</v>
       </c>
       <c r="H17" s="32">
         <v>33833</v>
       </c>
       <c r="I17" s="32">
         <v>33726</v>
       </c>
       <c r="J17" s="32">
         <v>33708</v>
       </c>
       <c r="K17" s="32">
         <v>33607</v>
       </c>
       <c r="L17" s="32">
         <v>33683</v>
       </c>
       <c r="M17" s="32">
         <v>33745</v>
       </c>
       <c r="N17" s="32">
         <v>33893</v>
       </c>
       <c r="O17" s="32">
         <v>33927</v>
       </c>
       <c r="P17" s="32">
         <v>33912</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143190</v>
       </c>
       <c r="E18" s="33">
         <v>143280</v>
       </c>
       <c r="F18" s="33">
         <v>143360</v>
       </c>
       <c r="G18" s="33">
         <v>143340</v>
       </c>
       <c r="H18" s="33">
         <v>143240</v>
       </c>
       <c r="I18" s="33">
         <v>143040</v>
       </c>
       <c r="J18" s="33">
         <v>142840</v>
       </c>
       <c r="K18" s="33">
         <v>142710</v>
       </c>
       <c r="L18" s="33">
         <v>142670</v>
       </c>
       <c r="M18" s="33">
         <v>142750</v>
       </c>
       <c r="N18" s="33">
         <v>142840</v>
       </c>
       <c r="O18" s="33">
         <v>143010</v>
       </c>
       <c r="P18" s="33">
         <v>143150</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1557</v>
       </c>
       <c r="E20" s="21">
         <v>139</v>
       </c>
       <c r="F20" s="21">
         <v>108</v>
       </c>
       <c r="G20" s="21">
         <v>129</v>
       </c>
       <c r="H20" s="21">
         <v>158</v>
       </c>
       <c r="I20" s="21">
         <v>102</v>
       </c>
       <c r="J20" s="21">
         <v>98</v>
       </c>
       <c r="K20" s="21">
         <v>170</v>
       </c>
       <c r="L20" s="21">
         <v>162</v>
       </c>
       <c r="M20" s="21">
         <v>98</v>
       </c>
       <c r="N20" s="21">
         <v>124</v>
       </c>
       <c r="O20" s="21">
         <v>120</v>
       </c>
       <c r="P20" s="21">
         <v>149</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>813</v>
       </c>
       <c r="E21" s="21">
         <v>74</v>
       </c>
       <c r="F21" s="21">
         <v>56</v>
       </c>
       <c r="G21" s="21">
         <v>68</v>
       </c>
       <c r="H21" s="21">
         <v>85</v>
       </c>
       <c r="I21" s="21">
         <v>52</v>
       </c>
       <c r="J21" s="21">
         <v>39</v>
       </c>
       <c r="K21" s="21">
         <v>87</v>
       </c>
       <c r="L21" s="21">
         <v>93</v>
       </c>
       <c r="M21" s="21">
         <v>55</v>
       </c>
       <c r="N21" s="21">
         <v>61</v>
       </c>
       <c r="O21" s="21">
         <v>66</v>
       </c>
       <c r="P21" s="21">
         <v>77</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>744</v>
       </c>
       <c r="E22" s="21">
         <v>65</v>
       </c>
       <c r="F22" s="21">
         <v>52</v>
       </c>
       <c r="G22" s="21">
         <v>61</v>
       </c>
       <c r="H22" s="21">
         <v>73</v>
       </c>
       <c r="I22" s="21">
         <v>50</v>
       </c>
       <c r="J22" s="21">
         <v>59</v>
       </c>
       <c r="K22" s="21">
         <v>83</v>
       </c>
       <c r="L22" s="21">
         <v>69</v>
       </c>
       <c r="M22" s="21">
         <v>43</v>
       </c>
       <c r="N22" s="21">
         <v>63</v>
       </c>
       <c r="O22" s="21">
         <v>54</v>
       </c>
       <c r="P22" s="21">
         <v>72</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1229</v>
       </c>
       <c r="E23" s="32">
         <v>106</v>
       </c>
       <c r="F23" s="32">
         <v>90</v>
       </c>
       <c r="G23" s="32">
         <v>95</v>
       </c>
       <c r="H23" s="32">
         <v>129</v>
       </c>
       <c r="I23" s="32">
         <v>75</v>
       </c>
       <c r="J23" s="32">
         <v>76</v>
       </c>
       <c r="K23" s="32">
         <v>153</v>
       </c>
       <c r="L23" s="32">
         <v>117</v>
       </c>
       <c r="M23" s="32">
         <v>68</v>
       </c>
       <c r="N23" s="32">
         <v>117</v>
       </c>
       <c r="O23" s="32">
         <v>93</v>
       </c>
       <c r="P23" s="32">
         <v>110</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>328</v>
       </c>
       <c r="E24" s="33">
         <v>33</v>
       </c>
       <c r="F24" s="33">
         <v>18</v>
       </c>
       <c r="G24" s="33">
         <v>34</v>
       </c>
       <c r="H24" s="33">
         <v>29</v>
       </c>
       <c r="I24" s="33">
         <v>27</v>
       </c>
       <c r="J24" s="33">
         <v>22</v>
       </c>
       <c r="K24" s="33">
         <v>17</v>
       </c>
       <c r="L24" s="33">
         <v>45</v>
       </c>
       <c r="M24" s="33">
         <v>30</v>
       </c>
       <c r="N24" s="33">
         <v>7</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>39</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1337</v>
       </c>
       <c r="E26" s="21">
         <v>148</v>
       </c>
       <c r="F26" s="21">
         <v>95</v>
       </c>
       <c r="G26" s="21">
         <v>132</v>
       </c>
       <c r="H26" s="21">
         <v>76</v>
       </c>
       <c r="I26" s="21">
         <v>111</v>
       </c>
       <c r="J26" s="21">
         <v>73</v>
       </c>
       <c r="K26" s="21">
         <v>105</v>
       </c>
       <c r="L26" s="21">
         <v>107</v>
       </c>
       <c r="M26" s="21">
         <v>92</v>
       </c>
       <c r="N26" s="21">
         <v>111</v>
       </c>
       <c r="O26" s="21">
         <v>114</v>
       </c>
       <c r="P26" s="21">
         <v>173</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>634</v>
       </c>
       <c r="E27" s="21">
         <v>80</v>
       </c>
       <c r="F27" s="21">
         <v>50</v>
       </c>
       <c r="G27" s="21">
         <v>74</v>
       </c>
       <c r="H27" s="21">
         <v>36</v>
       </c>
       <c r="I27" s="21">
         <v>42</v>
       </c>
       <c r="J27" s="21">
         <v>30</v>
       </c>
       <c r="K27" s="21">
         <v>44</v>
       </c>
       <c r="L27" s="21">
         <v>45</v>
       </c>
       <c r="M27" s="21">
         <v>45</v>
       </c>
       <c r="N27" s="21">
         <v>52</v>
       </c>
       <c r="O27" s="21">
         <v>64</v>
       </c>
       <c r="P27" s="21">
         <v>72</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>703</v>
       </c>
       <c r="E28" s="21">
         <v>68</v>
       </c>
       <c r="F28" s="21">
         <v>45</v>
       </c>
       <c r="G28" s="21">
         <v>58</v>
       </c>
       <c r="H28" s="21">
         <v>40</v>
       </c>
       <c r="I28" s="21">
         <v>69</v>
       </c>
       <c r="J28" s="21">
         <v>43</v>
       </c>
       <c r="K28" s="21">
         <v>61</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>47</v>
       </c>
       <c r="N28" s="21">
         <v>59</v>
       </c>
       <c r="O28" s="21">
         <v>50</v>
       </c>
       <c r="P28" s="21">
         <v>101</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1193</v>
       </c>
       <c r="E29" s="21">
         <v>138</v>
       </c>
       <c r="F29" s="21">
         <v>84</v>
       </c>
       <c r="G29" s="21">
         <v>118</v>
       </c>
       <c r="H29" s="21">
         <v>68</v>
       </c>
       <c r="I29" s="21">
         <v>100</v>
       </c>
       <c r="J29" s="21">
         <v>65</v>
       </c>
       <c r="K29" s="21">
         <v>93</v>
       </c>
       <c r="L29" s="21">
         <v>96</v>
       </c>
       <c r="M29" s="21">
         <v>82</v>
       </c>
       <c r="N29" s="21">
         <v>101</v>
       </c>
       <c r="O29" s="21">
         <v>97</v>
       </c>
       <c r="P29" s="21">
         <v>151</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>144</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>11</v>
       </c>
       <c r="G30" s="21">
         <v>14</v>
       </c>
       <c r="H30" s="21">
         <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>10</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>17</v>
       </c>
       <c r="P30" s="21">
         <v>22</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>1</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>4</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>1</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>20</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>0</v>
       </c>
       <c r="I33" s="32">
         <v>1</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>6</v>
       </c>
       <c r="L33" s="32">
         <v>3</v>
       </c>
       <c r="M33" s="32">
         <v>1</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>141</v>
       </c>
       <c r="E34" s="32">
         <v>3</v>
       </c>
       <c r="F34" s="32">
         <v>5</v>
       </c>
       <c r="G34" s="32">
         <v>15</v>
       </c>
       <c r="H34" s="32">
         <v>13</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>17</v>
       </c>
       <c r="M34" s="32">
         <v>16</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>11</v>
       </c>
       <c r="P34" s="32">
         <v>19</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>322</v>
       </c>
       <c r="E35" s="32">
         <v>31</v>
       </c>
       <c r="F35" s="32">
         <v>28</v>
       </c>
       <c r="G35" s="32">
         <v>36</v>
       </c>
       <c r="H35" s="32">
         <v>23</v>
       </c>
       <c r="I35" s="32">
         <v>26</v>
       </c>
       <c r="J35" s="32">
         <v>17</v>
       </c>
       <c r="K35" s="32">
         <v>19</v>
       </c>
       <c r="L35" s="32">
         <v>26</v>
       </c>
       <c r="M35" s="32">
         <v>23</v>
       </c>
       <c r="N35" s="32">
         <v>27</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>40</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>850</v>
       </c>
       <c r="E36" s="33">
         <v>113</v>
       </c>
       <c r="F36" s="33">
         <v>61</v>
       </c>
       <c r="G36" s="33">
         <v>78</v>
       </c>
       <c r="H36" s="33">
         <v>40</v>
       </c>
       <c r="I36" s="33">
         <v>75</v>
       </c>
       <c r="J36" s="33">
         <v>46</v>
       </c>
       <c r="K36" s="33">
         <v>67</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>52</v>
       </c>
       <c r="N36" s="33">
         <v>70</v>
       </c>
       <c r="O36" s="33">
         <v>74</v>
       </c>
       <c r="P36" s="33">
         <v>113</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1512</v>
       </c>
       <c r="E38" s="26">
         <v>85</v>
       </c>
       <c r="F38" s="26">
         <v>91</v>
       </c>
       <c r="G38" s="26">
         <v>83</v>
       </c>
       <c r="H38" s="26">
         <v>116</v>
       </c>
       <c r="I38" s="26">
         <v>161</v>
       </c>
       <c r="J38" s="26">
         <v>191</v>
       </c>
       <c r="K38" s="26">
         <v>160</v>
       </c>
       <c r="L38" s="26">
         <v>196</v>
       </c>
       <c r="M38" s="26">
         <v>139</v>
       </c>
       <c r="N38" s="26">
         <v>134</v>
       </c>
       <c r="O38" s="26">
         <v>69</v>
       </c>
       <c r="P38" s="26">
         <v>87</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>781</v>
       </c>
       <c r="E39" s="21">
         <v>44</v>
       </c>
       <c r="F39" s="21">
         <v>49</v>
       </c>
       <c r="G39" s="21">
         <v>42</v>
       </c>
       <c r="H39" s="21">
         <v>61</v>
       </c>
       <c r="I39" s="21">
         <v>81</v>
       </c>
       <c r="J39" s="21">
         <v>100</v>
       </c>
       <c r="K39" s="21">
         <v>81</v>
       </c>
       <c r="L39" s="21">
         <v>98</v>
       </c>
       <c r="M39" s="21">
         <v>71</v>
       </c>
       <c r="N39" s="21">
         <v>68</v>
       </c>
       <c r="O39" s="21">
         <v>39</v>
       </c>
       <c r="P39" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>731</v>
       </c>
       <c r="E40" s="21">
         <v>41</v>
       </c>
       <c r="F40" s="21">
         <v>42</v>
       </c>
       <c r="G40" s="21">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>55</v>
       </c>
       <c r="I40" s="21">
         <v>80</v>
       </c>
       <c r="J40" s="21">
         <v>91</v>
       </c>
       <c r="K40" s="21">
         <v>79</v>
       </c>
       <c r="L40" s="21">
         <v>98</v>
       </c>
       <c r="M40" s="21">
         <v>68</v>
       </c>
       <c r="N40" s="21">
         <v>66</v>
       </c>
       <c r="O40" s="21">
         <v>30</v>
       </c>
       <c r="P40" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1010</v>
       </c>
       <c r="E41" s="21">
         <v>45</v>
       </c>
       <c r="F41" s="21">
         <v>52</v>
       </c>
       <c r="G41" s="21">
         <v>48</v>
       </c>
       <c r="H41" s="21">
         <v>81</v>
       </c>
       <c r="I41" s="21">
         <v>127</v>
       </c>
       <c r="J41" s="21">
         <v>153</v>
       </c>
       <c r="K41" s="21">
         <v>106</v>
       </c>
       <c r="L41" s="21">
         <v>127</v>
       </c>
       <c r="M41" s="21">
         <v>93</v>
       </c>
       <c r="N41" s="21">
         <v>95</v>
       </c>
       <c r="O41" s="21">
         <v>33</v>
       </c>
       <c r="P41" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>502</v>
       </c>
       <c r="E42" s="34">
         <v>40</v>
       </c>
       <c r="F42" s="34">
         <v>39</v>
       </c>
       <c r="G42" s="34">
         <v>35</v>
       </c>
       <c r="H42" s="34">
         <v>35</v>
       </c>
       <c r="I42" s="34">
         <v>34</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>54</v>
       </c>
       <c r="L42" s="34">
         <v>69</v>
       </c>
       <c r="M42" s="34">
         <v>46</v>
       </c>
       <c r="N42" s="34">
         <v>39</v>
       </c>
       <c r="O42" s="34">
         <v>36</v>
       </c>
       <c r="P42" s="34">
         <v>37</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>496</v>
       </c>
       <c r="E44" s="21">
         <v>54</v>
       </c>
       <c r="F44" s="21">
         <v>43</v>
       </c>
       <c r="G44" s="21">
         <v>35</v>
       </c>
       <c r="H44" s="21">
         <v>34</v>
       </c>
       <c r="I44" s="21">
         <v>36</v>
       </c>
       <c r="J44" s="21">
         <v>43</v>
       </c>
       <c r="K44" s="21">
         <v>43</v>
       </c>
       <c r="L44" s="21">
         <v>22</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>31</v>
       </c>
       <c r="O44" s="21">
         <v>45</v>
       </c>
       <c r="P44" s="21">
         <v>74</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>247</v>
       </c>
       <c r="E45" s="21">
         <v>29</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>20</v>
       </c>
       <c r="H45" s="21">
         <v>19</v>
       </c>
       <c r="I45" s="21">
         <v>19</v>
       </c>
       <c r="J45" s="21">
         <v>22</v>
       </c>
       <c r="K45" s="21">
         <v>18</v>
       </c>
       <c r="L45" s="21">
         <v>9</v>
       </c>
       <c r="M45" s="21">
         <v>19</v>
       </c>
       <c r="N45" s="21">
         <v>16</v>
       </c>
       <c r="O45" s="21">
         <v>21</v>
       </c>
       <c r="P45" s="21">
         <v>35</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>249</v>
       </c>
       <c r="E46" s="21">
         <v>25</v>
       </c>
       <c r="F46" s="21">
         <v>23</v>
       </c>
       <c r="G46" s="21">
         <v>15</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>17</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>13</v>
       </c>
       <c r="M46" s="21">
         <v>17</v>
       </c>
       <c r="N46" s="21">
         <v>15</v>
       </c>
       <c r="O46" s="21">
         <v>24</v>
       </c>
       <c r="P46" s="21">
         <v>39</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>331</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>35</v>
       </c>
       <c r="G47" s="21">
         <v>21</v>
       </c>
       <c r="H47" s="21">
         <v>21</v>
       </c>
       <c r="I47" s="21">
         <v>20</v>
       </c>
       <c r="J47" s="21">
         <v>32</v>
       </c>
       <c r="K47" s="21">
         <v>32</v>
       </c>
       <c r="L47" s="21">
         <v>11</v>
       </c>
       <c r="M47" s="21">
         <v>29</v>
       </c>
       <c r="N47" s="21">
         <v>22</v>
       </c>
       <c r="O47" s="21">
         <v>26</v>
       </c>
       <c r="P47" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>165</v>
       </c>
       <c r="E48" s="34">
         <v>21</v>
       </c>
       <c r="F48" s="34">
         <v>8</v>
       </c>
       <c r="G48" s="34">
         <v>14</v>
       </c>
       <c r="H48" s="34">
         <v>13</v>
       </c>
       <c r="I48" s="34">
         <v>16</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>11</v>
       </c>
       <c r="L48" s="34">
         <v>11</v>
       </c>
       <c r="M48" s="34">
         <v>7</v>
       </c>
       <c r="N48" s="34">
         <v>9</v>
       </c>
       <c r="O48" s="34">
         <v>19</v>
       </c>
       <c r="P48" s="34">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" s="21" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="41"/>
       <c r="C51" s="41"/>
       <c r="D51" s="41"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
@@ -15273,1938 +15433,1938 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143278</v>
       </c>
       <c r="E8" s="32">
         <v>143278</v>
       </c>
       <c r="F8" s="32">
         <v>143381</v>
       </c>
       <c r="G8" s="32">
         <v>143526</v>
       </c>
       <c r="H8" s="32">
         <v>143492</v>
       </c>
       <c r="I8" s="32">
         <v>143454</v>
       </c>
       <c r="J8" s="32">
         <v>143294</v>
       </c>
       <c r="K8" s="32">
         <v>143044</v>
       </c>
       <c r="L8" s="32">
         <v>142785</v>
       </c>
       <c r="M8" s="32">
         <v>142718</v>
       </c>
       <c r="N8" s="32">
         <v>142946</v>
       </c>
       <c r="O8" s="32">
         <v>143294</v>
       </c>
       <c r="P8" s="32">
         <v>143380</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>378</v>
       </c>
       <c r="E9" s="24">
         <v>27</v>
       </c>
       <c r="F9" s="24">
         <v>11</v>
       </c>
       <c r="G9" s="24">
         <v>28</v>
       </c>
       <c r="H9" s="24">
         <v>29</v>
       </c>
       <c r="I9" s="24">
         <v>26</v>
       </c>
       <c r="J9" s="24">
         <v>71</v>
       </c>
       <c r="K9" s="24">
         <v>62</v>
       </c>
       <c r="L9" s="24">
         <v>49</v>
       </c>
       <c r="M9" s="24">
         <v>38</v>
       </c>
       <c r="N9" s="24">
         <v>66</v>
       </c>
       <c r="O9" s="24">
         <v>-14</v>
       </c>
       <c r="P9" s="24">
         <v>-15</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-481</v>
       </c>
       <c r="E10" s="24">
         <v>76</v>
       </c>
       <c r="F10" s="24">
         <v>134</v>
       </c>
       <c r="G10" s="24">
         <v>-62</v>
       </c>
       <c r="H10" s="24">
         <v>-67</v>
       </c>
       <c r="I10" s="24">
         <v>-186</v>
       </c>
       <c r="J10" s="24">
         <v>-321</v>
       </c>
       <c r="K10" s="24">
         <v>-321</v>
       </c>
       <c r="L10" s="24">
         <v>-116</v>
       </c>
       <c r="M10" s="24">
         <v>190</v>
       </c>
       <c r="N10" s="24">
         <v>282</v>
       </c>
       <c r="O10" s="24">
         <v>100</v>
       </c>
       <c r="P10" s="24">
         <v>-190</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-103</v>
       </c>
       <c r="E11" s="24">
         <v>103</v>
       </c>
       <c r="F11" s="24">
         <v>145</v>
       </c>
       <c r="G11" s="24">
         <v>-34</v>
       </c>
       <c r="H11" s="24">
         <v>-38</v>
       </c>
       <c r="I11" s="24">
         <v>-160</v>
       </c>
       <c r="J11" s="24">
         <v>-250</v>
       </c>
       <c r="K11" s="24">
         <v>-259</v>
       </c>
       <c r="L11" s="24">
         <v>-67</v>
       </c>
       <c r="M11" s="24">
         <v>228</v>
       </c>
       <c r="N11" s="24">
         <v>348</v>
       </c>
       <c r="O11" s="24">
         <v>86</v>
       </c>
       <c r="P11" s="24">
         <v>-205</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>47</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>47</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143222</v>
       </c>
       <c r="E13" s="32">
         <v>143381</v>
       </c>
       <c r="F13" s="32">
         <v>143526</v>
       </c>
       <c r="G13" s="32">
         <v>143492</v>
       </c>
       <c r="H13" s="32">
         <v>143454</v>
       </c>
       <c r="I13" s="32">
         <v>143294</v>
       </c>
       <c r="J13" s="32">
         <v>143044</v>
       </c>
       <c r="K13" s="32">
         <v>142785</v>
       </c>
       <c r="L13" s="32">
         <v>142718</v>
       </c>
       <c r="M13" s="32">
         <v>142946</v>
       </c>
       <c r="N13" s="32">
         <v>143294</v>
       </c>
       <c r="O13" s="32">
         <v>143380</v>
       </c>
       <c r="P13" s="32">
         <v>143222</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68776</v>
       </c>
       <c r="E14" s="32">
         <v>68864</v>
       </c>
       <c r="F14" s="32">
         <v>68966</v>
       </c>
       <c r="G14" s="32">
         <v>68978</v>
       </c>
       <c r="H14" s="32">
         <v>68964</v>
       </c>
       <c r="I14" s="32">
         <v>68879</v>
       </c>
       <c r="J14" s="32">
         <v>68764</v>
       </c>
       <c r="K14" s="32">
         <v>68647</v>
       </c>
       <c r="L14" s="32">
         <v>68572</v>
       </c>
       <c r="M14" s="32">
         <v>68690</v>
       </c>
       <c r="N14" s="32">
         <v>68840</v>
       </c>
       <c r="O14" s="32">
         <v>68879</v>
       </c>
       <c r="P14" s="32">
         <v>68776</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74446</v>
       </c>
       <c r="E15" s="32">
         <v>74517</v>
       </c>
       <c r="F15" s="32">
         <v>74560</v>
       </c>
       <c r="G15" s="32">
         <v>74514</v>
       </c>
       <c r="H15" s="32">
         <v>74490</v>
       </c>
       <c r="I15" s="32">
         <v>74415</v>
       </c>
       <c r="J15" s="32">
         <v>74280</v>
       </c>
       <c r="K15" s="32">
         <v>74138</v>
       </c>
       <c r="L15" s="32">
         <v>74146</v>
       </c>
       <c r="M15" s="32">
         <v>74256</v>
       </c>
       <c r="N15" s="32">
         <v>74454</v>
       </c>
       <c r="O15" s="32">
         <v>74501</v>
       </c>
       <c r="P15" s="32">
         <v>74446</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>109284</v>
       </c>
       <c r="E16" s="32">
         <v>108815</v>
       </c>
       <c r="F16" s="32">
         <v>108968</v>
       </c>
       <c r="G16" s="32">
         <v>108888</v>
       </c>
       <c r="H16" s="32">
         <v>108927</v>
       </c>
       <c r="I16" s="32">
         <v>108903</v>
       </c>
       <c r="J16" s="32">
         <v>108832</v>
       </c>
       <c r="K16" s="32">
         <v>108705</v>
       </c>
       <c r="L16" s="32">
         <v>108736</v>
       </c>
       <c r="M16" s="32">
         <v>108915</v>
       </c>
       <c r="N16" s="32">
         <v>109139</v>
       </c>
       <c r="O16" s="32">
         <v>109272</v>
       </c>
       <c r="P16" s="32">
         <v>109284</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>33938</v>
       </c>
       <c r="E17" s="32">
         <v>34566</v>
       </c>
       <c r="F17" s="32">
         <v>34558</v>
       </c>
       <c r="G17" s="32">
         <v>34604</v>
       </c>
       <c r="H17" s="32">
         <v>34527</v>
       </c>
       <c r="I17" s="32">
         <v>34391</v>
       </c>
       <c r="J17" s="32">
         <v>34212</v>
       </c>
       <c r="K17" s="32">
         <v>34080</v>
       </c>
       <c r="L17" s="32">
         <v>33982</v>
       </c>
       <c r="M17" s="32">
         <v>34031</v>
       </c>
       <c r="N17" s="32">
         <v>34155</v>
       </c>
       <c r="O17" s="32">
         <v>34108</v>
       </c>
       <c r="P17" s="32">
         <v>33938</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143250</v>
       </c>
       <c r="E18" s="33">
         <v>143330</v>
       </c>
       <c r="F18" s="33">
         <v>143450</v>
       </c>
       <c r="G18" s="33">
         <v>143510</v>
       </c>
       <c r="H18" s="33">
         <v>143470</v>
       </c>
       <c r="I18" s="33">
         <v>143370</v>
       </c>
       <c r="J18" s="33">
         <v>143170</v>
       </c>
       <c r="K18" s="33">
         <v>142910</v>
       </c>
       <c r="L18" s="33">
         <v>142750</v>
       </c>
       <c r="M18" s="33">
         <v>142830</v>
       </c>
       <c r="N18" s="33">
         <v>143120</v>
       </c>
       <c r="O18" s="33">
         <v>143340</v>
       </c>
       <c r="P18" s="33">
         <v>143300</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1618</v>
       </c>
       <c r="E20" s="21">
         <v>115</v>
       </c>
       <c r="F20" s="21">
         <v>124</v>
       </c>
       <c r="G20" s="21">
         <v>146</v>
       </c>
       <c r="H20" s="21">
         <v>130</v>
       </c>
       <c r="I20" s="21">
         <v>109</v>
       </c>
       <c r="J20" s="21">
         <v>159</v>
       </c>
       <c r="K20" s="21">
         <v>154</v>
       </c>
       <c r="L20" s="21">
         <v>135</v>
       </c>
       <c r="M20" s="21">
         <v>122</v>
       </c>
       <c r="N20" s="21">
         <v>170</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>128</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>855</v>
       </c>
       <c r="E21" s="21">
         <v>54</v>
       </c>
       <c r="F21" s="21">
         <v>66</v>
       </c>
       <c r="G21" s="21">
         <v>76</v>
       </c>
       <c r="H21" s="21">
         <v>63</v>
       </c>
       <c r="I21" s="21">
         <v>64</v>
       </c>
       <c r="J21" s="21">
         <v>87</v>
       </c>
       <c r="K21" s="21">
         <v>91</v>
       </c>
       <c r="L21" s="21">
         <v>70</v>
       </c>
       <c r="M21" s="21">
         <v>61</v>
       </c>
       <c r="N21" s="21">
         <v>91</v>
       </c>
       <c r="O21" s="21">
         <v>69</v>
       </c>
       <c r="P21" s="21">
         <v>63</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>763</v>
       </c>
       <c r="E22" s="21">
         <v>61</v>
       </c>
       <c r="F22" s="21">
         <v>58</v>
       </c>
       <c r="G22" s="21">
         <v>70</v>
       </c>
       <c r="H22" s="21">
         <v>67</v>
       </c>
       <c r="I22" s="21">
         <v>45</v>
       </c>
       <c r="J22" s="21">
         <v>72</v>
       </c>
       <c r="K22" s="21">
         <v>63</v>
       </c>
       <c r="L22" s="21">
         <v>65</v>
       </c>
       <c r="M22" s="21">
         <v>61</v>
       </c>
       <c r="N22" s="21">
         <v>79</v>
       </c>
       <c r="O22" s="21">
         <v>57</v>
       </c>
       <c r="P22" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1269</v>
       </c>
       <c r="E23" s="32">
         <v>80</v>
       </c>
       <c r="F23" s="32">
         <v>98</v>
       </c>
       <c r="G23" s="32">
         <v>102</v>
       </c>
       <c r="H23" s="32">
         <v>110</v>
       </c>
       <c r="I23" s="32">
         <v>89</v>
       </c>
       <c r="J23" s="32">
         <v>126</v>
       </c>
       <c r="K23" s="32">
         <v>112</v>
       </c>
       <c r="L23" s="32">
         <v>114</v>
       </c>
       <c r="M23" s="32">
         <v>90</v>
       </c>
       <c r="N23" s="32">
         <v>142</v>
       </c>
       <c r="O23" s="32">
         <v>106</v>
       </c>
       <c r="P23" s="32">
         <v>100</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>349</v>
       </c>
       <c r="E24" s="33">
         <v>35</v>
       </c>
       <c r="F24" s="33">
         <v>26</v>
       </c>
       <c r="G24" s="33">
         <v>44</v>
       </c>
       <c r="H24" s="33">
         <v>20</v>
       </c>
       <c r="I24" s="33">
         <v>20</v>
       </c>
       <c r="J24" s="33">
         <v>33</v>
       </c>
       <c r="K24" s="33">
         <v>42</v>
       </c>
       <c r="L24" s="33">
         <v>21</v>
       </c>
       <c r="M24" s="33">
         <v>32</v>
       </c>
       <c r="N24" s="33">
         <v>28</v>
       </c>
       <c r="O24" s="33">
         <v>20</v>
       </c>
       <c r="P24" s="33">
         <v>28</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1240</v>
       </c>
       <c r="E26" s="21">
         <v>88</v>
       </c>
       <c r="F26" s="21">
         <v>113</v>
       </c>
       <c r="G26" s="21">
         <v>118</v>
       </c>
       <c r="H26" s="21">
         <v>101</v>
       </c>
       <c r="I26" s="21">
         <v>83</v>
       </c>
       <c r="J26" s="21">
         <v>88</v>
       </c>
       <c r="K26" s="21">
         <v>92</v>
       </c>
       <c r="L26" s="21">
         <v>86</v>
       </c>
       <c r="M26" s="21">
         <v>84</v>
       </c>
       <c r="N26" s="21">
         <v>104</v>
       </c>
       <c r="O26" s="21">
         <v>140</v>
       </c>
       <c r="P26" s="21">
         <v>143</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>527</v>
       </c>
       <c r="E27" s="21">
         <v>31</v>
       </c>
       <c r="F27" s="21">
         <v>48</v>
       </c>
       <c r="G27" s="21">
         <v>49</v>
       </c>
       <c r="H27" s="21">
         <v>38</v>
       </c>
       <c r="I27" s="21">
         <v>39</v>
       </c>
       <c r="J27" s="21">
         <v>36</v>
       </c>
       <c r="K27" s="21">
         <v>41</v>
       </c>
       <c r="L27" s="21">
         <v>38</v>
       </c>
       <c r="M27" s="21">
         <v>46</v>
       </c>
       <c r="N27" s="21">
         <v>41</v>
       </c>
       <c r="O27" s="21">
         <v>62</v>
       </c>
       <c r="P27" s="21">
         <v>58</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>713</v>
       </c>
       <c r="E28" s="21">
         <v>57</v>
       </c>
       <c r="F28" s="21">
         <v>65</v>
       </c>
       <c r="G28" s="21">
         <v>69</v>
       </c>
       <c r="H28" s="21">
         <v>63</v>
       </c>
       <c r="I28" s="21">
         <v>44</v>
       </c>
       <c r="J28" s="21">
         <v>52</v>
       </c>
       <c r="K28" s="21">
         <v>51</v>
       </c>
       <c r="L28" s="21">
         <v>48</v>
       </c>
       <c r="M28" s="21">
         <v>38</v>
       </c>
       <c r="N28" s="21">
         <v>63</v>
       </c>
       <c r="O28" s="21">
         <v>78</v>
       </c>
       <c r="P28" s="21">
         <v>85</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1124</v>
       </c>
       <c r="E29" s="21">
         <v>74</v>
       </c>
       <c r="F29" s="21">
         <v>101</v>
       </c>
       <c r="G29" s="21">
         <v>112</v>
       </c>
       <c r="H29" s="21">
         <v>96</v>
       </c>
       <c r="I29" s="21">
         <v>72</v>
       </c>
       <c r="J29" s="21">
         <v>78</v>
       </c>
       <c r="K29" s="21">
         <v>82</v>
       </c>
       <c r="L29" s="21">
         <v>75</v>
       </c>
       <c r="M29" s="21">
         <v>74</v>
       </c>
       <c r="N29" s="21">
         <v>100</v>
       </c>
       <c r="O29" s="21">
         <v>130</v>
       </c>
       <c r="P29" s="21">
         <v>130</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>116</v>
       </c>
       <c r="E30" s="21">
         <v>14</v>
       </c>
       <c r="F30" s="21">
         <v>12</v>
       </c>
       <c r="G30" s="21">
         <v>6</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>10</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>10</v>
       </c>
       <c r="N30" s="21">
         <v>4</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>13</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>5</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>2</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>25</v>
       </c>
       <c r="E33" s="32">
         <v>2</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>4</v>
       </c>
       <c r="H33" s="32">
         <v>2</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>3</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>98</v>
       </c>
       <c r="E34" s="32">
         <v>4</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>11</v>
       </c>
       <c r="H34" s="32">
         <v>6</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>10</v>
       </c>
       <c r="K34" s="32">
         <v>7</v>
       </c>
       <c r="L34" s="32">
         <v>9</v>
       </c>
       <c r="M34" s="32">
         <v>4</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>11</v>
       </c>
       <c r="P34" s="32">
         <v>9</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>310</v>
       </c>
       <c r="E35" s="32">
         <v>13</v>
       </c>
       <c r="F35" s="32">
         <v>34</v>
       </c>
       <c r="G35" s="32">
         <v>25</v>
       </c>
       <c r="H35" s="32">
         <v>25</v>
       </c>
       <c r="I35" s="32">
         <v>21</v>
       </c>
       <c r="J35" s="32">
         <v>29</v>
       </c>
       <c r="K35" s="32">
         <v>20</v>
       </c>
       <c r="L35" s="32">
         <v>20</v>
       </c>
       <c r="M35" s="32">
         <v>23</v>
       </c>
       <c r="N35" s="32">
         <v>29</v>
       </c>
       <c r="O35" s="32">
         <v>40</v>
       </c>
       <c r="P35" s="32">
         <v>31</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>802</v>
       </c>
       <c r="E36" s="33">
         <v>68</v>
       </c>
       <c r="F36" s="33">
         <v>65</v>
       </c>
       <c r="G36" s="33">
         <v>77</v>
       </c>
       <c r="H36" s="33">
         <v>68</v>
       </c>
       <c r="I36" s="33">
         <v>50</v>
       </c>
       <c r="J36" s="33">
         <v>48</v>
       </c>
       <c r="K36" s="33">
         <v>62</v>
       </c>
       <c r="L36" s="33">
         <v>57</v>
       </c>
       <c r="M36" s="33">
         <v>54</v>
       </c>
       <c r="N36" s="33">
         <v>65</v>
       </c>
       <c r="O36" s="33">
         <v>88</v>
       </c>
       <c r="P36" s="33">
         <v>100</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1467</v>
       </c>
       <c r="E38" s="26">
         <v>85</v>
       </c>
       <c r="F38" s="26">
         <v>78</v>
       </c>
       <c r="G38" s="26">
         <v>131</v>
       </c>
       <c r="H38" s="26">
         <v>73</v>
       </c>
       <c r="I38" s="26">
         <v>95</v>
       </c>
       <c r="J38" s="26">
         <v>123</v>
       </c>
       <c r="K38" s="26">
         <v>181</v>
       </c>
       <c r="L38" s="26">
         <v>121</v>
       </c>
       <c r="M38" s="26">
         <v>221</v>
       </c>
       <c r="N38" s="26">
         <v>185</v>
       </c>
       <c r="O38" s="26">
         <v>100</v>
       </c>
       <c r="P38" s="26">
         <v>74</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>747</v>
       </c>
       <c r="E39" s="21">
         <v>41</v>
       </c>
       <c r="F39" s="21">
         <v>39</v>
       </c>
       <c r="G39" s="21">
         <v>65</v>
       </c>
       <c r="H39" s="21">
         <v>38</v>
       </c>
       <c r="I39" s="21">
         <v>52</v>
       </c>
       <c r="J39" s="21">
         <v>57</v>
       </c>
       <c r="K39" s="21">
         <v>92</v>
       </c>
       <c r="L39" s="21">
         <v>63</v>
       </c>
       <c r="M39" s="21">
         <v>115</v>
       </c>
       <c r="N39" s="21">
         <v>97</v>
       </c>
       <c r="O39" s="21">
         <v>51</v>
       </c>
       <c r="P39" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>720</v>
       </c>
       <c r="E40" s="21">
         <v>44</v>
       </c>
       <c r="F40" s="21">
         <v>39</v>
       </c>
       <c r="G40" s="21">
         <v>66</v>
       </c>
       <c r="H40" s="21">
         <v>35</v>
       </c>
       <c r="I40" s="21">
         <v>43</v>
       </c>
       <c r="J40" s="21">
         <v>66</v>
       </c>
       <c r="K40" s="21">
         <v>89</v>
       </c>
       <c r="L40" s="21">
         <v>58</v>
       </c>
       <c r="M40" s="21">
         <v>106</v>
       </c>
       <c r="N40" s="21">
         <v>88</v>
       </c>
       <c r="O40" s="21">
         <v>49</v>
       </c>
       <c r="P40" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1051</v>
       </c>
       <c r="E41" s="21">
         <v>53</v>
       </c>
       <c r="F41" s="21">
         <v>59</v>
       </c>
       <c r="G41" s="21">
         <v>91</v>
       </c>
       <c r="H41" s="21">
         <v>53</v>
       </c>
       <c r="I41" s="21">
         <v>74</v>
       </c>
       <c r="J41" s="21">
         <v>98</v>
       </c>
       <c r="K41" s="21">
         <v>130</v>
       </c>
       <c r="L41" s="21">
         <v>92</v>
       </c>
       <c r="M41" s="21">
         <v>166</v>
       </c>
       <c r="N41" s="21">
         <v>116</v>
       </c>
       <c r="O41" s="21">
         <v>69</v>
       </c>
       <c r="P41" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>416</v>
       </c>
       <c r="E42" s="34">
         <v>32</v>
       </c>
       <c r="F42" s="34">
         <v>19</v>
       </c>
       <c r="G42" s="34">
         <v>40</v>
       </c>
       <c r="H42" s="34">
         <v>20</v>
       </c>
       <c r="I42" s="34">
         <v>21</v>
       </c>
       <c r="J42" s="34">
         <v>25</v>
       </c>
       <c r="K42" s="34">
         <v>51</v>
       </c>
       <c r="L42" s="34">
         <v>29</v>
       </c>
       <c r="M42" s="34">
         <v>55</v>
       </c>
       <c r="N42" s="34">
         <v>69</v>
       </c>
       <c r="O42" s="34">
         <v>31</v>
       </c>
       <c r="P42" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>538</v>
       </c>
       <c r="E44" s="21">
         <v>39</v>
       </c>
       <c r="F44" s="21">
         <v>34</v>
       </c>
       <c r="G44" s="21">
         <v>55</v>
       </c>
       <c r="H44" s="21">
         <v>21</v>
       </c>
       <c r="I44" s="21">
         <v>41</v>
       </c>
       <c r="J44" s="21">
         <v>62</v>
       </c>
       <c r="K44" s="21">
         <v>51</v>
       </c>
       <c r="L44" s="21">
         <v>23</v>
       </c>
       <c r="M44" s="21">
         <v>54</v>
       </c>
       <c r="N44" s="21">
         <v>65</v>
       </c>
       <c r="O44" s="21">
         <v>41</v>
       </c>
       <c r="P44" s="21">
         <v>52</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>270</v>
       </c>
       <c r="E45" s="21">
         <v>22</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>29</v>
       </c>
       <c r="H45" s="21">
         <v>11</v>
       </c>
       <c r="I45" s="21">
         <v>16</v>
       </c>
       <c r="J45" s="21">
         <v>31</v>
       </c>
       <c r="K45" s="21">
         <v>26</v>
       </c>
       <c r="L45" s="21">
         <v>11</v>
       </c>
       <c r="M45" s="21">
         <v>20</v>
       </c>
       <c r="N45" s="21">
         <v>34</v>
       </c>
       <c r="O45" s="21">
         <v>25</v>
       </c>
       <c r="P45" s="21">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>268</v>
       </c>
       <c r="E46" s="21">
         <v>17</v>
       </c>
       <c r="F46" s="21">
         <v>14</v>
       </c>
       <c r="G46" s="21">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>10</v>
       </c>
       <c r="I46" s="21">
         <v>25</v>
       </c>
       <c r="J46" s="21">
         <v>31</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>12</v>
       </c>
       <c r="M46" s="21">
         <v>34</v>
       </c>
       <c r="N46" s="21">
         <v>31</v>
       </c>
       <c r="O46" s="21">
         <v>16</v>
       </c>
       <c r="P46" s="21">
         <v>27</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>352</v>
       </c>
       <c r="E47" s="21">
         <v>24</v>
       </c>
       <c r="F47" s="21">
         <v>20</v>
       </c>
       <c r="G47" s="21">
         <v>38</v>
       </c>
       <c r="H47" s="21">
         <v>17</v>
       </c>
       <c r="I47" s="21">
         <v>21</v>
       </c>
       <c r="J47" s="21">
         <v>50</v>
       </c>
       <c r="K47" s="21">
         <v>29</v>
       </c>
       <c r="L47" s="21">
         <v>13</v>
       </c>
       <c r="M47" s="21">
         <v>37</v>
       </c>
       <c r="N47" s="21">
         <v>40</v>
       </c>
       <c r="O47" s="21">
         <v>26</v>
       </c>
       <c r="P47" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>186</v>
       </c>
       <c r="E48" s="34">
         <v>15</v>
       </c>
       <c r="F48" s="34">
         <v>14</v>
       </c>
       <c r="G48" s="34">
         <v>17</v>
       </c>
       <c r="H48" s="34">
         <v>4</v>
       </c>
       <c r="I48" s="34">
         <v>20</v>
       </c>
       <c r="J48" s="34">
         <v>12</v>
       </c>
       <c r="K48" s="34">
         <v>22</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>17</v>
       </c>
       <c r="N48" s="34">
         <v>25</v>
       </c>
       <c r="O48" s="34">
         <v>15</v>
       </c>
       <c r="P48" s="34">
         <v>15</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D55" s="20"/>
       <c r="E55" s="20"/>
       <c r="F55" s="20"/>
       <c r="G55" s="20"/>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
@@ -17225,1936 +17385,1936 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>142493</v>
       </c>
       <c r="E8" s="32">
         <v>142493</v>
       </c>
       <c r="F8" s="32">
         <v>142486</v>
       </c>
       <c r="G8" s="32">
         <v>142635</v>
       </c>
       <c r="H8" s="32">
         <v>142664</v>
       </c>
       <c r="I8" s="32">
         <v>142790</v>
       </c>
       <c r="J8" s="32">
         <v>142914</v>
       </c>
       <c r="K8" s="32">
         <v>142856</v>
       </c>
       <c r="L8" s="32">
         <v>142577</v>
       </c>
       <c r="M8" s="32">
         <v>142705</v>
       </c>
       <c r="N8" s="32">
         <v>142964</v>
       </c>
       <c r="O8" s="32">
         <v>143275</v>
       </c>
       <c r="P8" s="32">
         <v>143163</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>337</v>
       </c>
       <c r="E9" s="24">
         <v>50</v>
       </c>
       <c r="F9" s="24">
         <v>6</v>
       </c>
       <c r="G9" s="24">
         <v>6</v>
       </c>
       <c r="H9" s="24">
         <v>20</v>
       </c>
       <c r="I9" s="24">
         <v>15</v>
       </c>
       <c r="J9" s="24">
         <v>42</v>
       </c>
       <c r="K9" s="24">
         <v>44</v>
       </c>
       <c r="L9" s="24">
         <v>79</v>
       </c>
       <c r="M9" s="24">
         <v>47</v>
       </c>
       <c r="N9" s="24">
         <v>28</v>
       </c>
       <c r="O9" s="24">
         <v>9</v>
       </c>
       <c r="P9" s="24">
         <v>-9</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>378</v>
       </c>
       <c r="E10" s="24">
         <v>-57</v>
       </c>
       <c r="F10" s="24">
         <v>143</v>
       </c>
       <c r="G10" s="24">
         <v>23</v>
       </c>
       <c r="H10" s="24">
         <v>106</v>
       </c>
       <c r="I10" s="24">
         <v>109</v>
       </c>
       <c r="J10" s="24">
         <v>-100</v>
       </c>
       <c r="K10" s="24">
         <v>-323</v>
       </c>
       <c r="L10" s="24">
         <v>49</v>
       </c>
       <c r="M10" s="24">
         <v>212</v>
       </c>
       <c r="N10" s="24">
         <v>283</v>
       </c>
       <c r="O10" s="24">
         <v>-121</v>
       </c>
       <c r="P10" s="24">
         <v>54</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>715</v>
       </c>
       <c r="E11" s="24">
         <v>-7</v>
       </c>
       <c r="F11" s="24">
         <v>149</v>
       </c>
       <c r="G11" s="24">
         <v>29</v>
       </c>
       <c r="H11" s="24">
         <v>126</v>
       </c>
       <c r="I11" s="24">
         <v>124</v>
       </c>
       <c r="J11" s="24">
         <v>-58</v>
       </c>
       <c r="K11" s="24">
         <v>-279</v>
       </c>
       <c r="L11" s="24">
         <v>128</v>
       </c>
       <c r="M11" s="24">
         <v>259</v>
       </c>
       <c r="N11" s="24">
         <v>311</v>
       </c>
       <c r="O11" s="24">
         <v>-112</v>
       </c>
       <c r="P11" s="24">
         <v>45</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>70</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>70</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143278</v>
       </c>
       <c r="E13" s="32">
         <v>142486</v>
       </c>
       <c r="F13" s="32">
         <v>142635</v>
       </c>
       <c r="G13" s="32">
         <v>142664</v>
       </c>
       <c r="H13" s="32">
         <v>142790</v>
       </c>
       <c r="I13" s="32">
         <v>142914</v>
       </c>
       <c r="J13" s="32">
         <v>142856</v>
       </c>
       <c r="K13" s="32">
         <v>142577</v>
       </c>
       <c r="L13" s="32">
         <v>142705</v>
       </c>
       <c r="M13" s="32">
         <v>142964</v>
       </c>
       <c r="N13" s="32">
         <v>143275</v>
       </c>
       <c r="O13" s="32">
         <v>143163</v>
       </c>
       <c r="P13" s="32">
         <v>143278</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68767</v>
       </c>
       <c r="E14" s="32">
         <v>68313</v>
       </c>
       <c r="F14" s="32">
         <v>68396</v>
       </c>
       <c r="G14" s="32">
         <v>68444</v>
       </c>
       <c r="H14" s="32">
         <v>68494</v>
       </c>
       <c r="I14" s="32">
         <v>68548</v>
       </c>
       <c r="J14" s="32">
         <v>68550</v>
       </c>
       <c r="K14" s="32">
         <v>68452</v>
       </c>
       <c r="L14" s="32">
         <v>68497</v>
       </c>
       <c r="M14" s="32">
         <v>68594</v>
       </c>
       <c r="N14" s="32">
         <v>68721</v>
       </c>
       <c r="O14" s="32">
         <v>68654</v>
       </c>
       <c r="P14" s="32">
         <v>68767</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74511</v>
       </c>
       <c r="E15" s="32">
         <v>74173</v>
       </c>
       <c r="F15" s="32">
         <v>74239</v>
       </c>
       <c r="G15" s="32">
         <v>74220</v>
       </c>
       <c r="H15" s="32">
         <v>74296</v>
       </c>
       <c r="I15" s="32">
         <v>74366</v>
       </c>
       <c r="J15" s="32">
         <v>74306</v>
       </c>
       <c r="K15" s="32">
         <v>74125</v>
       </c>
       <c r="L15" s="32">
         <v>74208</v>
       </c>
       <c r="M15" s="32">
         <v>74370</v>
       </c>
       <c r="N15" s="32">
         <v>74554</v>
       </c>
       <c r="O15" s="32">
         <v>74509</v>
       </c>
       <c r="P15" s="32">
         <v>74511</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>108738</v>
       </c>
       <c r="E16" s="32">
         <v>108180</v>
       </c>
       <c r="F16" s="32">
         <v>108277</v>
       </c>
       <c r="G16" s="32">
         <v>108355</v>
       </c>
       <c r="H16" s="32">
         <v>108458</v>
       </c>
       <c r="I16" s="32">
         <v>108513</v>
       </c>
       <c r="J16" s="32">
         <v>108497</v>
       </c>
       <c r="K16" s="32">
         <v>108317</v>
       </c>
       <c r="L16" s="32">
         <v>108367</v>
       </c>
       <c r="M16" s="32">
         <v>108362</v>
       </c>
       <c r="N16" s="32">
         <v>108623</v>
       </c>
       <c r="O16" s="32">
         <v>108582</v>
       </c>
       <c r="P16" s="32">
         <v>108738</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34540</v>
       </c>
       <c r="E17" s="32">
         <v>34306</v>
       </c>
       <c r="F17" s="32">
         <v>34358</v>
       </c>
       <c r="G17" s="32">
         <v>34309</v>
       </c>
       <c r="H17" s="32">
         <v>34332</v>
       </c>
       <c r="I17" s="32">
         <v>34401</v>
       </c>
       <c r="J17" s="32">
         <v>34359</v>
       </c>
       <c r="K17" s="32">
         <v>34260</v>
       </c>
       <c r="L17" s="32">
         <v>34338</v>
       </c>
       <c r="M17" s="32">
         <v>34602</v>
       </c>
       <c r="N17" s="32">
         <v>34652</v>
       </c>
       <c r="O17" s="32">
         <v>34581</v>
       </c>
       <c r="P17" s="32">
         <v>34540</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142890</v>
       </c>
       <c r="E18" s="33">
         <v>142490</v>
       </c>
       <c r="F18" s="33">
         <v>142560</v>
       </c>
       <c r="G18" s="33">
         <v>142650</v>
       </c>
       <c r="H18" s="33">
         <v>142730</v>
       </c>
       <c r="I18" s="33">
         <v>142850</v>
       </c>
       <c r="J18" s="33">
         <v>142890</v>
       </c>
       <c r="K18" s="33">
         <v>142720</v>
       </c>
       <c r="L18" s="33">
         <v>142640</v>
       </c>
       <c r="M18" s="33">
         <v>142830</v>
       </c>
       <c r="N18" s="33">
         <v>143120</v>
       </c>
       <c r="O18" s="33">
         <v>143220</v>
       </c>
       <c r="P18" s="33">
         <v>143220</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1610</v>
       </c>
       <c r="E20" s="21">
         <v>171</v>
       </c>
       <c r="F20" s="21">
         <v>119</v>
       </c>
       <c r="G20" s="21">
         <v>117</v>
       </c>
       <c r="H20" s="21">
         <v>120</v>
       </c>
       <c r="I20" s="21">
         <v>117</v>
       </c>
       <c r="J20" s="21">
         <v>138</v>
       </c>
       <c r="K20" s="21">
         <v>165</v>
       </c>
       <c r="L20" s="21">
         <v>148</v>
       </c>
       <c r="M20" s="21">
         <v>137</v>
       </c>
       <c r="N20" s="21">
         <v>149</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>103</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>840</v>
       </c>
       <c r="E21" s="21">
         <v>91</v>
       </c>
       <c r="F21" s="21">
         <v>69</v>
       </c>
       <c r="G21" s="21">
         <v>61</v>
       </c>
       <c r="H21" s="21">
         <v>66</v>
       </c>
       <c r="I21" s="21">
         <v>61</v>
       </c>
       <c r="J21" s="21">
         <v>71</v>
       </c>
       <c r="K21" s="21">
         <v>82</v>
       </c>
       <c r="L21" s="21">
         <v>76</v>
       </c>
       <c r="M21" s="21">
         <v>69</v>
       </c>
       <c r="N21" s="21">
         <v>75</v>
       </c>
       <c r="O21" s="21">
         <v>65</v>
       </c>
       <c r="P21" s="21">
         <v>54</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>770</v>
       </c>
       <c r="E22" s="21">
         <v>80</v>
       </c>
       <c r="F22" s="21">
         <v>50</v>
       </c>
       <c r="G22" s="21">
         <v>56</v>
       </c>
       <c r="H22" s="21">
         <v>54</v>
       </c>
       <c r="I22" s="21">
         <v>56</v>
       </c>
       <c r="J22" s="21">
         <v>67</v>
       </c>
       <c r="K22" s="21">
         <v>83</v>
       </c>
       <c r="L22" s="21">
         <v>72</v>
       </c>
       <c r="M22" s="21">
         <v>68</v>
       </c>
       <c r="N22" s="21">
         <v>74</v>
       </c>
       <c r="O22" s="21">
         <v>61</v>
       </c>
       <c r="P22" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1257</v>
       </c>
       <c r="E23" s="32">
         <v>136</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>89</v>
       </c>
       <c r="H23" s="32">
         <v>103</v>
       </c>
       <c r="I23" s="32">
         <v>86</v>
       </c>
       <c r="J23" s="32">
         <v>107</v>
       </c>
       <c r="K23" s="32">
         <v>136</v>
       </c>
       <c r="L23" s="32">
         <v>109</v>
       </c>
       <c r="M23" s="32">
         <v>106</v>
       </c>
       <c r="N23" s="32">
         <v>116</v>
       </c>
       <c r="O23" s="32">
         <v>99</v>
       </c>
       <c r="P23" s="32">
         <v>81</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>353</v>
       </c>
       <c r="E24" s="33">
         <v>35</v>
       </c>
       <c r="F24" s="33">
         <v>30</v>
       </c>
       <c r="G24" s="33">
         <v>28</v>
       </c>
       <c r="H24" s="33">
         <v>17</v>
       </c>
       <c r="I24" s="33">
         <v>31</v>
       </c>
       <c r="J24" s="33">
         <v>31</v>
       </c>
       <c r="K24" s="33">
         <v>29</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>33</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1273</v>
       </c>
       <c r="E26" s="21">
         <v>121</v>
       </c>
       <c r="F26" s="21">
         <v>113</v>
       </c>
       <c r="G26" s="21">
         <v>111</v>
       </c>
       <c r="H26" s="21">
         <v>100</v>
       </c>
       <c r="I26" s="21">
         <v>102</v>
       </c>
       <c r="J26" s="21">
         <v>96</v>
       </c>
       <c r="K26" s="21">
         <v>121</v>
       </c>
       <c r="L26" s="21">
         <v>69</v>
       </c>
       <c r="M26" s="21">
         <v>90</v>
       </c>
       <c r="N26" s="21">
         <v>121</v>
       </c>
       <c r="O26" s="21">
         <v>117</v>
       </c>
       <c r="P26" s="21">
         <v>112</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>573</v>
       </c>
       <c r="E27" s="21">
         <v>65</v>
       </c>
       <c r="F27" s="21">
         <v>51</v>
       </c>
       <c r="G27" s="21">
         <v>46</v>
       </c>
       <c r="H27" s="21">
         <v>45</v>
       </c>
       <c r="I27" s="21">
         <v>44</v>
       </c>
       <c r="J27" s="21">
         <v>43</v>
       </c>
       <c r="K27" s="21">
         <v>47</v>
       </c>
       <c r="L27" s="21">
         <v>28</v>
       </c>
       <c r="M27" s="21">
         <v>44</v>
       </c>
       <c r="N27" s="21">
         <v>58</v>
       </c>
       <c r="O27" s="21">
         <v>56</v>
       </c>
       <c r="P27" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>700</v>
       </c>
       <c r="E28" s="21">
         <v>56</v>
       </c>
       <c r="F28" s="21">
         <v>62</v>
       </c>
       <c r="G28" s="21">
         <v>65</v>
       </c>
       <c r="H28" s="21">
         <v>55</v>
       </c>
       <c r="I28" s="21">
         <v>58</v>
       </c>
       <c r="J28" s="21">
         <v>53</v>
       </c>
       <c r="K28" s="21">
         <v>74</v>
       </c>
       <c r="L28" s="21">
         <v>41</v>
       </c>
       <c r="M28" s="21">
         <v>46</v>
       </c>
       <c r="N28" s="21">
         <v>63</v>
       </c>
       <c r="O28" s="21">
         <v>61</v>
       </c>
       <c r="P28" s="21">
         <v>66</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1171</v>
       </c>
       <c r="E29" s="21">
         <v>114</v>
       </c>
       <c r="F29" s="21">
         <v>106</v>
       </c>
       <c r="G29" s="21">
         <v>104</v>
       </c>
       <c r="H29" s="21">
         <v>90</v>
       </c>
       <c r="I29" s="21">
         <v>92</v>
       </c>
       <c r="J29" s="21">
         <v>86</v>
       </c>
       <c r="K29" s="21">
         <v>112</v>
       </c>
       <c r="L29" s="21">
         <v>63</v>
       </c>
       <c r="M29" s="21">
         <v>84</v>
       </c>
       <c r="N29" s="21">
         <v>109</v>
       </c>
       <c r="O29" s="21">
         <v>105</v>
       </c>
       <c r="P29" s="21">
         <v>106</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>102</v>
       </c>
       <c r="E30" s="21">
         <v>7</v>
       </c>
       <c r="F30" s="21">
         <v>7</v>
       </c>
       <c r="G30" s="21">
         <v>7</v>
       </c>
       <c r="H30" s="21">
         <v>10</v>
       </c>
       <c r="I30" s="21">
         <v>10</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>9</v>
       </c>
       <c r="L30" s="21">
         <v>6</v>
       </c>
       <c r="M30" s="21">
         <v>6</v>
       </c>
       <c r="N30" s="21">
         <v>12</v>
       </c>
       <c r="O30" s="21">
         <v>12</v>
       </c>
       <c r="P30" s="21">
         <v>6</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>5</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>12</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>1</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>109</v>
       </c>
       <c r="E34" s="32">
         <v>12</v>
       </c>
       <c r="F34" s="32">
         <v>6</v>
       </c>
       <c r="G34" s="32">
         <v>5</v>
       </c>
       <c r="H34" s="32">
         <v>12</v>
       </c>
       <c r="I34" s="32">
         <v>10</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>7</v>
       </c>
       <c r="M34" s="32">
         <v>6</v>
       </c>
       <c r="N34" s="32">
         <v>13</v>
       </c>
       <c r="O34" s="32">
         <v>9</v>
       </c>
       <c r="P34" s="32">
         <v>11</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>293</v>
       </c>
       <c r="E35" s="32">
         <v>22</v>
       </c>
       <c r="F35" s="32">
         <v>31</v>
       </c>
       <c r="G35" s="32">
         <v>28</v>
       </c>
       <c r="H35" s="32">
         <v>20</v>
       </c>
       <c r="I35" s="32">
         <v>23</v>
       </c>
       <c r="J35" s="32">
         <v>20</v>
       </c>
       <c r="K35" s="32">
         <v>28</v>
       </c>
       <c r="L35" s="32">
         <v>17</v>
       </c>
       <c r="M35" s="32">
         <v>27</v>
       </c>
       <c r="N35" s="32">
         <v>18</v>
       </c>
       <c r="O35" s="32">
         <v>32</v>
       </c>
       <c r="P35" s="32">
         <v>27</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>854</v>
       </c>
       <c r="E36" s="33">
         <v>86</v>
       </c>
       <c r="F36" s="33">
         <v>72</v>
       </c>
       <c r="G36" s="33">
         <v>77</v>
       </c>
       <c r="H36" s="33">
         <v>67</v>
       </c>
       <c r="I36" s="33">
         <v>68</v>
       </c>
       <c r="J36" s="33">
         <v>65</v>
       </c>
       <c r="K36" s="33">
         <v>81</v>
       </c>
       <c r="L36" s="33">
         <v>45</v>
       </c>
       <c r="M36" s="33">
         <v>56</v>
       </c>
       <c r="N36" s="33">
         <v>89</v>
       </c>
       <c r="O36" s="33">
         <v>76</v>
       </c>
       <c r="P36" s="33">
         <v>72</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1550</v>
       </c>
       <c r="E38" s="26">
         <v>58</v>
       </c>
       <c r="F38" s="26">
         <v>90</v>
       </c>
       <c r="G38" s="26">
         <v>83</v>
       </c>
       <c r="H38" s="26">
         <v>115</v>
       </c>
       <c r="I38" s="26">
         <v>186</v>
       </c>
       <c r="J38" s="26">
         <v>148</v>
       </c>
       <c r="K38" s="26">
         <v>182</v>
       </c>
       <c r="L38" s="26">
         <v>200</v>
       </c>
       <c r="M38" s="26">
         <v>194</v>
       </c>
       <c r="N38" s="26">
         <v>148</v>
       </c>
       <c r="O38" s="26">
         <v>73</v>
       </c>
       <c r="P38" s="26">
         <v>73</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>789</v>
       </c>
       <c r="E39" s="21">
         <v>33</v>
       </c>
       <c r="F39" s="21">
         <v>45</v>
       </c>
       <c r="G39" s="21">
         <v>45</v>
       </c>
       <c r="H39" s="21">
         <v>56</v>
       </c>
       <c r="I39" s="21">
         <v>94</v>
       </c>
       <c r="J39" s="21">
         <v>74</v>
       </c>
       <c r="K39" s="21">
         <v>88</v>
       </c>
       <c r="L39" s="21">
         <v>103</v>
       </c>
       <c r="M39" s="21">
         <v>100</v>
       </c>
       <c r="N39" s="21">
         <v>74</v>
       </c>
       <c r="O39" s="21">
         <v>37</v>
       </c>
       <c r="P39" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>761</v>
       </c>
       <c r="E40" s="21">
         <v>25</v>
       </c>
       <c r="F40" s="21">
         <v>45</v>
       </c>
       <c r="G40" s="21">
         <v>38</v>
       </c>
       <c r="H40" s="21">
         <v>59</v>
       </c>
       <c r="I40" s="21">
         <v>92</v>
       </c>
       <c r="J40" s="21">
         <v>74</v>
       </c>
       <c r="K40" s="21">
         <v>94</v>
       </c>
       <c r="L40" s="21">
         <v>97</v>
       </c>
       <c r="M40" s="21">
         <v>94</v>
       </c>
       <c r="N40" s="21">
         <v>74</v>
       </c>
       <c r="O40" s="21">
         <v>36</v>
       </c>
       <c r="P40" s="21">
         <v>33</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1145</v>
       </c>
       <c r="E41" s="21">
         <v>42</v>
       </c>
       <c r="F41" s="21">
         <v>67</v>
       </c>
       <c r="G41" s="21">
         <v>63</v>
       </c>
       <c r="H41" s="21">
         <v>89</v>
       </c>
       <c r="I41" s="21">
         <v>141</v>
       </c>
       <c r="J41" s="21">
         <v>121</v>
       </c>
       <c r="K41" s="21">
         <v>143</v>
       </c>
       <c r="L41" s="21">
         <v>154</v>
       </c>
       <c r="M41" s="21">
         <v>150</v>
       </c>
       <c r="N41" s="21">
         <v>89</v>
       </c>
       <c r="O41" s="21">
         <v>37</v>
       </c>
       <c r="P41" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>405</v>
       </c>
       <c r="E42" s="34">
         <v>16</v>
       </c>
       <c r="F42" s="34">
         <v>23</v>
       </c>
       <c r="G42" s="34">
         <v>20</v>
       </c>
       <c r="H42" s="34">
         <v>26</v>
       </c>
       <c r="I42" s="34">
         <v>45</v>
       </c>
       <c r="J42" s="34">
         <v>27</v>
       </c>
       <c r="K42" s="34">
         <v>39</v>
       </c>
       <c r="L42" s="34">
         <v>46</v>
       </c>
       <c r="M42" s="34">
         <v>44</v>
       </c>
       <c r="N42" s="34">
         <v>59</v>
       </c>
       <c r="O42" s="34">
         <v>36</v>
       </c>
       <c r="P42" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>506</v>
       </c>
       <c r="E44" s="21">
         <v>31</v>
       </c>
       <c r="F44" s="21">
         <v>41</v>
       </c>
       <c r="G44" s="21">
         <v>47</v>
       </c>
       <c r="H44" s="21">
         <v>40</v>
       </c>
       <c r="I44" s="21">
         <v>43</v>
       </c>
       <c r="J44" s="21">
         <v>32</v>
       </c>
       <c r="K44" s="21">
         <v>47</v>
       </c>
       <c r="L44" s="21">
         <v>24</v>
       </c>
       <c r="M44" s="21">
         <v>63</v>
       </c>
       <c r="N44" s="21">
         <v>52</v>
       </c>
       <c r="O44" s="21">
         <v>40</v>
       </c>
       <c r="P44" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>252</v>
       </c>
       <c r="E45" s="21">
         <v>15</v>
       </c>
       <c r="F45" s="21">
         <v>19</v>
       </c>
       <c r="G45" s="21">
         <v>23</v>
       </c>
       <c r="H45" s="21">
         <v>24</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>14</v>
       </c>
       <c r="K45" s="21">
         <v>22</v>
       </c>
       <c r="L45" s="21">
         <v>11</v>
       </c>
       <c r="M45" s="21">
         <v>33</v>
       </c>
       <c r="N45" s="21">
         <v>27</v>
       </c>
       <c r="O45" s="21">
         <v>20</v>
       </c>
       <c r="P45" s="21">
         <v>22</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>254</v>
       </c>
       <c r="E46" s="21">
         <v>16</v>
       </c>
       <c r="F46" s="21">
         <v>22</v>
       </c>
       <c r="G46" s="21">
         <v>24</v>
       </c>
       <c r="H46" s="21">
         <v>16</v>
       </c>
       <c r="I46" s="21">
         <v>21</v>
       </c>
       <c r="J46" s="21">
         <v>18</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>13</v>
       </c>
       <c r="M46" s="21">
         <v>30</v>
       </c>
       <c r="N46" s="21">
         <v>25</v>
       </c>
       <c r="O46" s="21">
         <v>20</v>
       </c>
       <c r="P46" s="21">
         <v>24</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>316</v>
       </c>
       <c r="E47" s="21">
         <v>15</v>
       </c>
       <c r="F47" s="21">
         <v>28</v>
       </c>
       <c r="G47" s="21">
         <v>25</v>
       </c>
       <c r="H47" s="21">
         <v>24</v>
       </c>
       <c r="I47" s="21">
         <v>28</v>
       </c>
       <c r="J47" s="21">
         <v>21</v>
       </c>
       <c r="K47" s="21">
         <v>30</v>
       </c>
       <c r="L47" s="21">
         <v>14</v>
       </c>
       <c r="M47" s="21">
         <v>36</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>32</v>
       </c>
       <c r="P47" s="21">
         <v>32</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>190</v>
       </c>
       <c r="E48" s="34">
         <v>16</v>
       </c>
       <c r="F48" s="34">
         <v>13</v>
       </c>
       <c r="G48" s="34">
         <v>22</v>
       </c>
       <c r="H48" s="34">
         <v>16</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>17</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>27</v>
       </c>
       <c r="N48" s="34">
         <v>21</v>
       </c>
       <c r="O48" s="34">
         <v>8</v>
       </c>
       <c r="P48" s="34">
         <v>14</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
@@ -19164,1936 +19324,1936 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>53</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>142479</v>
       </c>
       <c r="E8" s="32">
         <v>142479</v>
       </c>
       <c r="F8" s="32">
         <v>142522</v>
       </c>
       <c r="G8" s="32">
         <v>142564</v>
       </c>
       <c r="H8" s="32">
         <v>142657</v>
       </c>
       <c r="I8" s="32">
         <v>142639</v>
       </c>
       <c r="J8" s="32">
         <v>142456</v>
       </c>
       <c r="K8" s="32">
         <v>142140</v>
       </c>
       <c r="L8" s="32">
         <v>142013</v>
       </c>
       <c r="M8" s="32">
         <v>142106</v>
       </c>
       <c r="N8" s="32">
         <v>142490</v>
       </c>
       <c r="O8" s="32">
         <v>142576</v>
       </c>
       <c r="P8" s="32">
         <v>142471</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>352</v>
       </c>
       <c r="E9" s="24">
         <v>14</v>
       </c>
       <c r="F9" s="24">
         <v>11</v>
       </c>
       <c r="G9" s="24">
         <v>25</v>
       </c>
       <c r="H9" s="24">
         <v>22</v>
       </c>
       <c r="I9" s="24">
         <v>30</v>
       </c>
       <c r="J9" s="24">
         <v>71</v>
       </c>
       <c r="K9" s="24">
         <v>33</v>
       </c>
       <c r="L9" s="24">
         <v>26</v>
       </c>
       <c r="M9" s="24">
         <v>37</v>
       </c>
       <c r="N9" s="24">
         <v>41</v>
       </c>
       <c r="O9" s="24">
         <v>27</v>
       </c>
       <c r="P9" s="24">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-501</v>
       </c>
       <c r="E10" s="24">
         <v>29</v>
       </c>
       <c r="F10" s="24">
         <v>31</v>
       </c>
       <c r="G10" s="24">
         <v>68</v>
       </c>
       <c r="H10" s="24">
         <v>-40</v>
       </c>
       <c r="I10" s="24">
         <v>-213</v>
       </c>
       <c r="J10" s="24">
         <v>-387</v>
       </c>
       <c r="K10" s="24">
         <v>-160</v>
       </c>
       <c r="L10" s="24">
         <v>67</v>
       </c>
       <c r="M10" s="24">
         <v>347</v>
       </c>
       <c r="N10" s="24">
         <v>45</v>
       </c>
       <c r="O10" s="24">
         <v>-132</v>
       </c>
       <c r="P10" s="24">
         <v>-156</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-149</v>
       </c>
       <c r="E11" s="24">
         <v>43</v>
       </c>
       <c r="F11" s="24">
         <v>42</v>
       </c>
       <c r="G11" s="24">
         <v>93</v>
       </c>
       <c r="H11" s="24">
         <v>-18</v>
       </c>
       <c r="I11" s="24">
         <v>-183</v>
       </c>
       <c r="J11" s="24">
         <v>-316</v>
       </c>
       <c r="K11" s="24">
         <v>-127</v>
       </c>
       <c r="L11" s="24">
         <v>93</v>
       </c>
       <c r="M11" s="24">
         <v>384</v>
       </c>
       <c r="N11" s="24">
         <v>86</v>
       </c>
       <c r="O11" s="24">
         <v>-105</v>
       </c>
       <c r="P11" s="24">
         <v>-141</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>163</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>163</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>142493</v>
       </c>
       <c r="E13" s="32">
         <v>142522</v>
       </c>
       <c r="F13" s="32">
         <v>142564</v>
       </c>
       <c r="G13" s="32">
         <v>142657</v>
       </c>
       <c r="H13" s="32">
         <v>142639</v>
       </c>
       <c r="I13" s="32">
         <v>142456</v>
       </c>
       <c r="J13" s="32">
         <v>142140</v>
       </c>
       <c r="K13" s="32">
         <v>142013</v>
       </c>
       <c r="L13" s="32">
         <v>142106</v>
       </c>
       <c r="M13" s="32">
         <v>142490</v>
       </c>
       <c r="N13" s="32">
         <v>142576</v>
       </c>
       <c r="O13" s="32">
         <v>142471</v>
       </c>
       <c r="P13" s="32">
         <v>142493</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68333</v>
       </c>
       <c r="E14" s="32">
         <v>68170</v>
       </c>
       <c r="F14" s="32">
         <v>68176</v>
       </c>
       <c r="G14" s="32">
         <v>68243</v>
       </c>
       <c r="H14" s="32">
         <v>68295</v>
       </c>
       <c r="I14" s="32">
         <v>68220</v>
       </c>
       <c r="J14" s="32">
         <v>68117</v>
       </c>
       <c r="K14" s="32">
         <v>68113</v>
       </c>
       <c r="L14" s="32">
         <v>68188</v>
       </c>
       <c r="M14" s="32">
         <v>68361</v>
       </c>
       <c r="N14" s="32">
         <v>68374</v>
       </c>
       <c r="O14" s="32">
         <v>68317</v>
       </c>
       <c r="P14" s="32">
         <v>68333</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74160</v>
       </c>
       <c r="E15" s="32">
         <v>74352</v>
       </c>
       <c r="F15" s="32">
         <v>74388</v>
       </c>
       <c r="G15" s="32">
         <v>74414</v>
       </c>
       <c r="H15" s="32">
         <v>74344</v>
       </c>
       <c r="I15" s="32">
         <v>74236</v>
       </c>
       <c r="J15" s="32">
         <v>74023</v>
       </c>
       <c r="K15" s="32">
         <v>73900</v>
       </c>
       <c r="L15" s="32">
         <v>73918</v>
       </c>
       <c r="M15" s="32">
         <v>74129</v>
       </c>
       <c r="N15" s="32">
         <v>74202</v>
       </c>
       <c r="O15" s="32">
         <v>74154</v>
       </c>
       <c r="P15" s="32">
         <v>74160</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>108118</v>
       </c>
       <c r="E16" s="32">
         <v>107662</v>
       </c>
       <c r="F16" s="32">
         <v>107714</v>
       </c>
       <c r="G16" s="32">
         <v>107906</v>
       </c>
       <c r="H16" s="32">
         <v>107891</v>
       </c>
       <c r="I16" s="32">
         <v>107917</v>
       </c>
       <c r="J16" s="32">
         <v>107829</v>
       </c>
       <c r="K16" s="32">
         <v>107716</v>
       </c>
       <c r="L16" s="32">
         <v>107747</v>
       </c>
       <c r="M16" s="32">
         <v>107954</v>
       </c>
       <c r="N16" s="32">
         <v>108074</v>
       </c>
       <c r="O16" s="32">
         <v>108041</v>
       </c>
       <c r="P16" s="32">
         <v>108118</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34375</v>
       </c>
       <c r="E17" s="32">
         <v>34860</v>
       </c>
       <c r="F17" s="32">
         <v>34850</v>
       </c>
       <c r="G17" s="32">
         <v>34751</v>
       </c>
       <c r="H17" s="32">
         <v>34748</v>
       </c>
       <c r="I17" s="32">
         <v>34539</v>
       </c>
       <c r="J17" s="32">
         <v>34311</v>
       </c>
       <c r="K17" s="32">
         <v>34297</v>
       </c>
       <c r="L17" s="32">
         <v>34359</v>
       </c>
       <c r="M17" s="32">
         <v>34536</v>
       </c>
       <c r="N17" s="32">
         <v>34502</v>
       </c>
       <c r="O17" s="32">
         <v>34430</v>
       </c>
       <c r="P17" s="32">
         <v>34375</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142490</v>
       </c>
       <c r="E18" s="33">
         <v>142500</v>
       </c>
       <c r="F18" s="33">
         <v>142540</v>
       </c>
       <c r="G18" s="33">
         <v>142610</v>
       </c>
       <c r="H18" s="33">
         <v>142650</v>
       </c>
       <c r="I18" s="33">
         <v>142550</v>
       </c>
       <c r="J18" s="33">
         <v>142300</v>
       </c>
       <c r="K18" s="33">
         <v>142080</v>
       </c>
       <c r="L18" s="33">
         <v>142060</v>
       </c>
       <c r="M18" s="33">
         <v>142300</v>
       </c>
       <c r="N18" s="33">
         <v>142530</v>
       </c>
       <c r="O18" s="33">
         <v>142520</v>
       </c>
       <c r="P18" s="33">
         <v>142480</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1640</v>
       </c>
       <c r="E20" s="21">
         <v>149</v>
       </c>
       <c r="F20" s="21">
         <v>122</v>
       </c>
       <c r="G20" s="21">
         <v>133</v>
       </c>
       <c r="H20" s="21">
         <v>135</v>
       </c>
       <c r="I20" s="21">
         <v>123</v>
       </c>
       <c r="J20" s="21">
         <v>172</v>
       </c>
       <c r="K20" s="21">
         <v>150</v>
       </c>
       <c r="L20" s="21">
         <v>148</v>
       </c>
       <c r="M20" s="21">
         <v>127</v>
       </c>
       <c r="N20" s="21">
         <v>147</v>
       </c>
       <c r="O20" s="21">
         <v>123</v>
       </c>
       <c r="P20" s="21">
         <v>111</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>829</v>
       </c>
       <c r="E21" s="21">
         <v>71</v>
       </c>
       <c r="F21" s="21">
         <v>58</v>
       </c>
       <c r="G21" s="21">
         <v>60</v>
       </c>
       <c r="H21" s="21">
         <v>81</v>
       </c>
       <c r="I21" s="21">
         <v>65</v>
       </c>
       <c r="J21" s="21">
         <v>82</v>
       </c>
       <c r="K21" s="21">
         <v>79</v>
       </c>
       <c r="L21" s="21">
         <v>83</v>
       </c>
       <c r="M21" s="21">
         <v>62</v>
       </c>
       <c r="N21" s="21">
         <v>71</v>
       </c>
       <c r="O21" s="21">
         <v>67</v>
       </c>
       <c r="P21" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>811</v>
       </c>
       <c r="E22" s="21">
         <v>78</v>
       </c>
       <c r="F22" s="21">
         <v>64</v>
       </c>
       <c r="G22" s="21">
         <v>73</v>
       </c>
       <c r="H22" s="21">
         <v>54</v>
       </c>
       <c r="I22" s="21">
         <v>58</v>
       </c>
       <c r="J22" s="21">
         <v>90</v>
       </c>
       <c r="K22" s="21">
         <v>71</v>
       </c>
       <c r="L22" s="21">
         <v>65</v>
       </c>
       <c r="M22" s="21">
         <v>65</v>
       </c>
       <c r="N22" s="21">
         <v>76</v>
       </c>
       <c r="O22" s="21">
         <v>56</v>
       </c>
       <c r="P22" s="21">
         <v>61</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1280</v>
       </c>
       <c r="E23" s="32">
         <v>119</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>106</v>
       </c>
       <c r="H23" s="32">
         <v>105</v>
       </c>
       <c r="I23" s="32">
         <v>93</v>
       </c>
       <c r="J23" s="32">
         <v>138</v>
       </c>
       <c r="K23" s="32">
         <v>115</v>
       </c>
       <c r="L23" s="32">
         <v>109</v>
       </c>
       <c r="M23" s="32">
         <v>107</v>
       </c>
       <c r="N23" s="32">
         <v>110</v>
       </c>
       <c r="O23" s="32">
         <v>100</v>
       </c>
       <c r="P23" s="32">
         <v>89</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>360</v>
       </c>
       <c r="E24" s="33">
         <v>30</v>
       </c>
       <c r="F24" s="33">
         <v>33</v>
       </c>
       <c r="G24" s="33">
         <v>27</v>
       </c>
       <c r="H24" s="33">
         <v>30</v>
       </c>
       <c r="I24" s="33">
         <v>30</v>
       </c>
       <c r="J24" s="33">
         <v>34</v>
       </c>
       <c r="K24" s="33">
         <v>35</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>20</v>
       </c>
       <c r="N24" s="33">
         <v>37</v>
       </c>
       <c r="O24" s="33">
         <v>23</v>
       </c>
       <c r="P24" s="33">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1288</v>
       </c>
       <c r="E26" s="21">
         <v>135</v>
       </c>
       <c r="F26" s="21">
         <v>111</v>
       </c>
       <c r="G26" s="21">
         <v>108</v>
       </c>
       <c r="H26" s="21">
         <v>113</v>
       </c>
       <c r="I26" s="21">
         <v>93</v>
       </c>
       <c r="J26" s="21">
         <v>101</v>
       </c>
       <c r="K26" s="21">
         <v>117</v>
       </c>
       <c r="L26" s="21">
         <v>122</v>
       </c>
       <c r="M26" s="21">
         <v>90</v>
       </c>
       <c r="N26" s="21">
         <v>106</v>
       </c>
       <c r="O26" s="21">
         <v>96</v>
       </c>
       <c r="P26" s="21">
         <v>96</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>538</v>
       </c>
       <c r="E27" s="21">
         <v>58</v>
       </c>
       <c r="F27" s="21">
         <v>43</v>
       </c>
       <c r="G27" s="21">
         <v>40</v>
       </c>
       <c r="H27" s="21">
         <v>51</v>
       </c>
       <c r="I27" s="21">
         <v>38</v>
       </c>
       <c r="J27" s="21">
         <v>40</v>
       </c>
       <c r="K27" s="21">
         <v>45</v>
       </c>
       <c r="L27" s="21">
         <v>58</v>
       </c>
       <c r="M27" s="21">
         <v>37</v>
       </c>
       <c r="N27" s="21">
         <v>44</v>
       </c>
       <c r="O27" s="21">
         <v>41</v>
       </c>
       <c r="P27" s="21">
         <v>43</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>750</v>
       </c>
       <c r="E28" s="21">
         <v>77</v>
       </c>
       <c r="F28" s="21">
         <v>68</v>
       </c>
       <c r="G28" s="21">
         <v>68</v>
       </c>
       <c r="H28" s="21">
         <v>62</v>
       </c>
       <c r="I28" s="21">
         <v>55</v>
       </c>
       <c r="J28" s="21">
         <v>61</v>
       </c>
       <c r="K28" s="21">
         <v>72</v>
       </c>
       <c r="L28" s="21">
         <v>64</v>
       </c>
       <c r="M28" s="21">
         <v>53</v>
       </c>
       <c r="N28" s="21">
         <v>62</v>
       </c>
       <c r="O28" s="21">
         <v>55</v>
       </c>
       <c r="P28" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1167</v>
       </c>
       <c r="E29" s="21">
         <v>125</v>
       </c>
       <c r="F29" s="21">
         <v>102</v>
       </c>
       <c r="G29" s="21">
         <v>99</v>
       </c>
       <c r="H29" s="21">
         <v>101</v>
       </c>
       <c r="I29" s="21">
         <v>80</v>
       </c>
       <c r="J29" s="21">
         <v>93</v>
       </c>
       <c r="K29" s="21">
         <v>103</v>
       </c>
       <c r="L29" s="21">
         <v>105</v>
       </c>
       <c r="M29" s="21">
         <v>85</v>
       </c>
       <c r="N29" s="21">
         <v>93</v>
       </c>
       <c r="O29" s="21">
         <v>93</v>
       </c>
       <c r="P29" s="21">
         <v>88</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>121</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>9</v>
       </c>
       <c r="G30" s="21">
         <v>9</v>
       </c>
       <c r="H30" s="21">
         <v>12</v>
       </c>
       <c r="I30" s="21">
         <v>13</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>14</v>
       </c>
       <c r="L30" s="21">
         <v>17</v>
       </c>
       <c r="M30" s="21">
         <v>5</v>
       </c>
       <c r="N30" s="21">
         <v>13</v>
       </c>
       <c r="O30" s="21">
         <v>3</v>
       </c>
       <c r="P30" s="21">
         <v>8</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>2</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>6</v>
       </c>
       <c r="E32" s="32">
         <v>2</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>2</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>5</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>3</v>
       </c>
       <c r="I33" s="32">
         <v>3</v>
       </c>
       <c r="J33" s="32">
         <v>2</v>
       </c>
       <c r="K33" s="32">
         <v>1</v>
       </c>
       <c r="L33" s="32">
         <v>1</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>141</v>
       </c>
       <c r="E34" s="32">
         <v>21</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>12</v>
       </c>
       <c r="H34" s="32">
         <v>17</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>15</v>
       </c>
       <c r="L34" s="32">
         <v>6</v>
       </c>
       <c r="M34" s="32">
         <v>10</v>
       </c>
       <c r="N34" s="32">
         <v>8</v>
       </c>
       <c r="O34" s="32">
         <v>9</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>265</v>
       </c>
       <c r="E35" s="32">
         <v>27</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>20</v>
       </c>
       <c r="H35" s="32">
         <v>17</v>
       </c>
       <c r="I35" s="32">
         <v>18</v>
       </c>
       <c r="J35" s="32">
         <v>22</v>
       </c>
       <c r="K35" s="32">
         <v>28</v>
       </c>
       <c r="L35" s="32">
         <v>33</v>
       </c>
       <c r="M35" s="32">
         <v>16</v>
       </c>
       <c r="N35" s="32">
         <v>24</v>
       </c>
       <c r="O35" s="32">
         <v>20</v>
       </c>
       <c r="P35" s="32">
         <v>19</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>853</v>
       </c>
       <c r="E36" s="33">
         <v>80</v>
       </c>
       <c r="F36" s="33">
         <v>75</v>
       </c>
       <c r="G36" s="33">
         <v>73</v>
       </c>
       <c r="H36" s="33">
         <v>76</v>
       </c>
       <c r="I36" s="33">
         <v>61</v>
       </c>
       <c r="J36" s="33">
         <v>69</v>
       </c>
       <c r="K36" s="33">
         <v>73</v>
       </c>
       <c r="L36" s="33">
         <v>82</v>
       </c>
       <c r="M36" s="33">
         <v>61</v>
       </c>
       <c r="N36" s="33">
         <v>73</v>
       </c>
       <c r="O36" s="33">
         <v>65</v>
       </c>
       <c r="P36" s="33">
         <v>65</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1661</v>
       </c>
       <c r="E38" s="26">
         <v>89</v>
       </c>
       <c r="F38" s="26">
         <v>95</v>
       </c>
       <c r="G38" s="26">
         <v>102</v>
       </c>
       <c r="H38" s="26">
         <v>117</v>
       </c>
       <c r="I38" s="26">
         <v>183</v>
       </c>
       <c r="J38" s="26">
         <v>171</v>
       </c>
       <c r="K38" s="26">
         <v>190</v>
       </c>
       <c r="L38" s="26">
         <v>240</v>
       </c>
       <c r="M38" s="26">
         <v>172</v>
       </c>
       <c r="N38" s="26">
         <v>140</v>
       </c>
       <c r="O38" s="26">
         <v>87</v>
       </c>
       <c r="P38" s="26">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>860</v>
       </c>
       <c r="E39" s="21">
         <v>45</v>
       </c>
       <c r="F39" s="21">
         <v>48</v>
       </c>
       <c r="G39" s="21">
         <v>52</v>
       </c>
       <c r="H39" s="21">
         <v>55</v>
       </c>
       <c r="I39" s="21">
         <v>97</v>
       </c>
       <c r="J39" s="21">
         <v>86</v>
       </c>
       <c r="K39" s="21">
         <v>96</v>
       </c>
       <c r="L39" s="21">
         <v>125</v>
       </c>
       <c r="M39" s="21">
         <v>88</v>
       </c>
       <c r="N39" s="21">
         <v>77</v>
       </c>
       <c r="O39" s="21">
         <v>50</v>
       </c>
       <c r="P39" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>801</v>
       </c>
       <c r="E40" s="21">
         <v>44</v>
       </c>
       <c r="F40" s="21">
         <v>47</v>
       </c>
       <c r="G40" s="21">
         <v>50</v>
       </c>
       <c r="H40" s="21">
         <v>62</v>
       </c>
       <c r="I40" s="21">
         <v>86</v>
       </c>
       <c r="J40" s="21">
         <v>85</v>
       </c>
       <c r="K40" s="21">
         <v>94</v>
       </c>
       <c r="L40" s="21">
         <v>115</v>
       </c>
       <c r="M40" s="21">
         <v>84</v>
       </c>
       <c r="N40" s="21">
         <v>63</v>
       </c>
       <c r="O40" s="21">
         <v>37</v>
       </c>
       <c r="P40" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1185</v>
       </c>
       <c r="E41" s="21">
         <v>53</v>
       </c>
       <c r="F41" s="21">
         <v>81</v>
       </c>
       <c r="G41" s="21">
         <v>76</v>
       </c>
       <c r="H41" s="21">
         <v>87</v>
       </c>
       <c r="I41" s="21">
         <v>135</v>
       </c>
       <c r="J41" s="21">
         <v>143</v>
       </c>
       <c r="K41" s="21">
         <v>138</v>
       </c>
       <c r="L41" s="21">
         <v>178</v>
       </c>
       <c r="M41" s="21">
         <v>113</v>
       </c>
       <c r="N41" s="21">
         <v>85</v>
       </c>
       <c r="O41" s="21">
         <v>50</v>
       </c>
       <c r="P41" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>476</v>
       </c>
       <c r="E42" s="34">
         <v>36</v>
       </c>
       <c r="F42" s="34">
         <v>14</v>
       </c>
       <c r="G42" s="34">
         <v>26</v>
       </c>
       <c r="H42" s="34">
         <v>30</v>
       </c>
       <c r="I42" s="34">
         <v>48</v>
       </c>
       <c r="J42" s="34">
         <v>28</v>
       </c>
       <c r="K42" s="34">
         <v>52</v>
       </c>
       <c r="L42" s="34">
         <v>62</v>
       </c>
       <c r="M42" s="34">
         <v>59</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>37</v>
       </c>
       <c r="P42" s="34">
         <v>29</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>517</v>
       </c>
       <c r="E44" s="21">
         <v>50</v>
       </c>
       <c r="F44" s="21">
         <v>54</v>
       </c>
       <c r="G44" s="21">
         <v>47</v>
       </c>
       <c r="H44" s="21">
         <v>48</v>
       </c>
       <c r="I44" s="21">
         <v>32</v>
       </c>
       <c r="J44" s="21">
         <v>37</v>
       </c>
       <c r="K44" s="21">
         <v>45</v>
       </c>
       <c r="L44" s="21">
         <v>21</v>
       </c>
       <c r="M44" s="21">
         <v>57</v>
       </c>
       <c r="N44" s="21">
         <v>44</v>
       </c>
       <c r="O44" s="21">
         <v>41</v>
       </c>
       <c r="P44" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>273</v>
       </c>
       <c r="E45" s="21">
         <v>28</v>
       </c>
       <c r="F45" s="21">
         <v>26</v>
       </c>
       <c r="G45" s="21">
         <v>27</v>
       </c>
       <c r="H45" s="21">
         <v>22</v>
       </c>
       <c r="I45" s="21">
         <v>15</v>
       </c>
       <c r="J45" s="21">
         <v>23</v>
       </c>
       <c r="K45" s="21">
         <v>25</v>
       </c>
       <c r="L45" s="21">
         <v>14</v>
       </c>
       <c r="M45" s="21">
         <v>27</v>
       </c>
       <c r="N45" s="21">
         <v>23</v>
       </c>
       <c r="O45" s="21">
         <v>23</v>
       </c>
       <c r="P45" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>244</v>
       </c>
       <c r="E46" s="21">
         <v>22</v>
       </c>
       <c r="F46" s="21">
         <v>28</v>
       </c>
       <c r="G46" s="21">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>26</v>
       </c>
       <c r="I46" s="21">
         <v>17</v>
       </c>
       <c r="J46" s="21">
         <v>14</v>
       </c>
       <c r="K46" s="21">
         <v>20</v>
       </c>
       <c r="L46" s="21">
         <v>7</v>
       </c>
       <c r="M46" s="21">
         <v>30</v>
       </c>
       <c r="N46" s="21">
         <v>21</v>
       </c>
       <c r="O46" s="21">
         <v>18</v>
       </c>
       <c r="P46" s="21">
         <v>21</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>335</v>
       </c>
       <c r="E47" s="21">
         <v>30</v>
       </c>
       <c r="F47" s="21">
         <v>30</v>
       </c>
       <c r="G47" s="21">
         <v>36</v>
       </c>
       <c r="H47" s="21">
         <v>26</v>
       </c>
       <c r="I47" s="21">
         <v>25</v>
       </c>
       <c r="J47" s="21">
         <v>24</v>
       </c>
       <c r="K47" s="21">
         <v>31</v>
       </c>
       <c r="L47" s="21">
         <v>10</v>
       </c>
       <c r="M47" s="21">
         <v>31</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>31</v>
       </c>
       <c r="P47" s="21">
         <v>30</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>182</v>
       </c>
       <c r="E48" s="34">
         <v>20</v>
       </c>
       <c r="F48" s="34">
         <v>24</v>
       </c>
       <c r="G48" s="34">
         <v>11</v>
       </c>
       <c r="H48" s="34">
         <v>22</v>
       </c>
       <c r="I48" s="34">
         <v>7</v>
       </c>
       <c r="J48" s="34">
         <v>13</v>
       </c>
       <c r="K48" s="34">
         <v>14</v>
       </c>
       <c r="L48" s="34">
         <v>11</v>
       </c>
       <c r="M48" s="34">
         <v>26</v>
       </c>
       <c r="N48" s="34">
         <v>13</v>
       </c>
       <c r="O48" s="34">
         <v>10</v>
       </c>
       <c r="P48" s="34">
         <v>11</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
@@ -21103,1936 +21263,1936 @@
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="43"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>141660</v>
       </c>
       <c r="E8" s="32">
         <v>141660</v>
       </c>
       <c r="F8" s="32">
         <v>141780</v>
       </c>
       <c r="G8" s="32">
         <v>141920</v>
       </c>
       <c r="H8" s="32">
         <v>141881</v>
       </c>
       <c r="I8" s="32">
         <v>141982</v>
       </c>
       <c r="J8" s="32">
         <v>141992</v>
       </c>
       <c r="K8" s="32">
         <v>141832</v>
       </c>
       <c r="L8" s="32">
         <v>141715</v>
       </c>
       <c r="M8" s="32">
         <v>141923</v>
       </c>
       <c r="N8" s="32">
         <v>142346</v>
       </c>
       <c r="O8" s="32">
         <v>142663</v>
       </c>
       <c r="P8" s="32">
         <v>142657</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>375</v>
       </c>
       <c r="E9" s="24">
         <v>-39</v>
       </c>
       <c r="F9" s="24">
         <v>-7</v>
       </c>
       <c r="G9" s="24">
         <v>48</v>
       </c>
       <c r="H9" s="24">
         <v>32</v>
       </c>
       <c r="I9" s="24">
         <v>12</v>
       </c>
       <c r="J9" s="24">
         <v>89</v>
       </c>
       <c r="K9" s="24">
         <v>39</v>
       </c>
       <c r="L9" s="24">
         <v>55</v>
       </c>
       <c r="M9" s="24">
         <v>48</v>
       </c>
       <c r="N9" s="24">
         <v>38</v>
       </c>
       <c r="O9" s="24">
         <v>32</v>
       </c>
       <c r="P9" s="24">
         <v>28</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>609</v>
       </c>
       <c r="E10" s="24">
         <v>159</v>
       </c>
       <c r="F10" s="24">
         <v>147</v>
       </c>
       <c r="G10" s="24">
         <v>-87</v>
       </c>
       <c r="H10" s="24">
         <v>69</v>
       </c>
       <c r="I10" s="24">
         <v>-2</v>
       </c>
       <c r="J10" s="24">
         <v>-249</v>
       </c>
       <c r="K10" s="24">
         <v>-156</v>
       </c>
       <c r="L10" s="24">
         <v>153</v>
       </c>
       <c r="M10" s="24">
         <v>375</v>
       </c>
       <c r="N10" s="24">
         <v>279</v>
       </c>
       <c r="O10" s="24">
         <v>-38</v>
       </c>
       <c r="P10" s="24">
         <v>-41</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>984</v>
       </c>
       <c r="E11" s="24">
         <v>120</v>
       </c>
       <c r="F11" s="24">
         <v>140</v>
       </c>
       <c r="G11" s="24">
         <v>-39</v>
       </c>
       <c r="H11" s="24">
         <v>101</v>
       </c>
       <c r="I11" s="24">
         <v>10</v>
       </c>
       <c r="J11" s="24">
         <v>-160</v>
       </c>
       <c r="K11" s="24">
         <v>-117</v>
       </c>
       <c r="L11" s="24">
         <v>208</v>
       </c>
       <c r="M11" s="24">
         <v>423</v>
       </c>
       <c r="N11" s="24">
         <v>317</v>
       </c>
       <c r="O11" s="24">
         <v>-6</v>
       </c>
       <c r="P11" s="24">
         <v>-13</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-165</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>-165</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>142479</v>
       </c>
       <c r="E13" s="32">
         <v>141780</v>
       </c>
       <c r="F13" s="32">
         <v>141920</v>
       </c>
       <c r="G13" s="32">
         <v>141881</v>
       </c>
       <c r="H13" s="32">
         <v>141982</v>
       </c>
       <c r="I13" s="32">
         <v>141992</v>
       </c>
       <c r="J13" s="32">
         <v>141832</v>
       </c>
       <c r="K13" s="32">
         <v>141715</v>
       </c>
       <c r="L13" s="32">
         <v>141923</v>
       </c>
       <c r="M13" s="32">
         <v>142346</v>
       </c>
       <c r="N13" s="32">
         <v>142663</v>
       </c>
       <c r="O13" s="32">
         <v>142657</v>
       </c>
       <c r="P13" s="32">
         <v>142479</v>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68142</v>
       </c>
       <c r="E14" s="32">
         <v>67860</v>
       </c>
       <c r="F14" s="32">
         <v>67936</v>
       </c>
       <c r="G14" s="32">
         <v>67919</v>
       </c>
       <c r="H14" s="32">
         <v>67967</v>
       </c>
       <c r="I14" s="32">
         <v>67978</v>
       </c>
       <c r="J14" s="32">
         <v>67925</v>
       </c>
       <c r="K14" s="32">
         <v>67887</v>
       </c>
       <c r="L14" s="32">
         <v>67995</v>
       </c>
       <c r="M14" s="32">
         <v>68162</v>
       </c>
       <c r="N14" s="32">
         <v>68265</v>
       </c>
       <c r="O14" s="32">
         <v>68205</v>
       </c>
       <c r="P14" s="32">
         <v>68142</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74337</v>
       </c>
       <c r="E15" s="32">
         <v>73920</v>
       </c>
       <c r="F15" s="32">
         <v>73984</v>
       </c>
       <c r="G15" s="32">
         <v>73962</v>
       </c>
       <c r="H15" s="32">
         <v>74015</v>
       </c>
       <c r="I15" s="32">
         <v>74014</v>
       </c>
       <c r="J15" s="32">
         <v>73907</v>
       </c>
       <c r="K15" s="32">
         <v>73828</v>
       </c>
       <c r="L15" s="32">
         <v>73928</v>
       </c>
       <c r="M15" s="32">
         <v>74184</v>
       </c>
       <c r="N15" s="32">
         <v>74398</v>
       </c>
       <c r="O15" s="32">
         <v>74452</v>
       </c>
       <c r="P15" s="32">
         <v>74337</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>107614</v>
       </c>
       <c r="E16" s="32">
         <v>106477</v>
       </c>
       <c r="F16" s="32">
         <v>106578</v>
       </c>
       <c r="G16" s="32">
         <v>106698</v>
       </c>
       <c r="H16" s="32">
         <v>106791</v>
       </c>
       <c r="I16" s="32">
         <v>106806</v>
       </c>
       <c r="J16" s="32">
         <v>106757</v>
       </c>
       <c r="K16" s="32">
         <v>106749</v>
       </c>
       <c r="L16" s="32">
         <v>107020</v>
       </c>
       <c r="M16" s="32">
         <v>107271</v>
       </c>
       <c r="N16" s="32">
         <v>107566</v>
       </c>
       <c r="O16" s="32">
         <v>107612</v>
       </c>
       <c r="P16" s="32">
         <v>107614</v>
       </c>
     </row>
-    <row r="17" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34865</v>
       </c>
       <c r="E17" s="32">
         <v>35303</v>
       </c>
       <c r="F17" s="32">
         <v>35342</v>
       </c>
       <c r="G17" s="32">
         <v>35183</v>
       </c>
       <c r="H17" s="32">
         <v>35191</v>
       </c>
       <c r="I17" s="32">
         <v>35186</v>
       </c>
       <c r="J17" s="32">
         <v>35075</v>
       </c>
       <c r="K17" s="32">
         <v>34966</v>
       </c>
       <c r="L17" s="32">
         <v>34903</v>
       </c>
       <c r="M17" s="32">
         <v>35075</v>
       </c>
       <c r="N17" s="32">
         <v>35097</v>
       </c>
       <c r="O17" s="32">
         <v>35045</v>
       </c>
       <c r="P17" s="32">
         <v>34865</v>
       </c>
     </row>
-    <row r="18" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142070</v>
       </c>
       <c r="E18" s="33">
         <v>141720</v>
       </c>
       <c r="F18" s="33">
         <v>141850</v>
       </c>
       <c r="G18" s="33">
         <v>141900</v>
       </c>
       <c r="H18" s="33">
         <v>141930</v>
       </c>
       <c r="I18" s="33">
         <v>141990</v>
       </c>
       <c r="J18" s="33">
         <v>141910</v>
       </c>
       <c r="K18" s="33">
         <v>141770</v>
       </c>
       <c r="L18" s="33">
         <v>141820</v>
       </c>
       <c r="M18" s="33">
         <v>142130</v>
       </c>
       <c r="N18" s="33">
         <v>142500</v>
       </c>
       <c r="O18" s="33">
         <v>142660</v>
       </c>
       <c r="P18" s="33">
         <v>142570</v>
       </c>
     </row>
-    <row r="19" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1669</v>
       </c>
       <c r="E20" s="21">
         <v>126</v>
       </c>
       <c r="F20" s="21">
         <v>114</v>
       </c>
       <c r="G20" s="21">
         <v>159</v>
       </c>
       <c r="H20" s="21">
         <v>121</v>
       </c>
       <c r="I20" s="21">
         <v>122</v>
       </c>
       <c r="J20" s="21">
         <v>180</v>
       </c>
       <c r="K20" s="21">
         <v>123</v>
       </c>
       <c r="L20" s="21">
         <v>163</v>
       </c>
       <c r="M20" s="21">
         <v>124</v>
       </c>
       <c r="N20" s="21">
         <v>168</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>143</v>
       </c>
     </row>
-    <row r="21" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>850</v>
       </c>
       <c r="E21" s="21">
         <v>63</v>
       </c>
       <c r="F21" s="21">
         <v>57</v>
       </c>
       <c r="G21" s="21">
         <v>81</v>
       </c>
       <c r="H21" s="21">
         <v>61</v>
       </c>
       <c r="I21" s="21">
         <v>59</v>
       </c>
       <c r="J21" s="21">
         <v>91</v>
       </c>
       <c r="K21" s="21">
         <v>66</v>
       </c>
       <c r="L21" s="21">
         <v>82</v>
       </c>
       <c r="M21" s="21">
         <v>68</v>
       </c>
       <c r="N21" s="21">
         <v>91</v>
       </c>
       <c r="O21" s="21">
         <v>58</v>
       </c>
       <c r="P21" s="21">
         <v>73</v>
       </c>
     </row>
-    <row r="22" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>819</v>
       </c>
       <c r="E22" s="21">
         <v>63</v>
       </c>
       <c r="F22" s="21">
         <v>57</v>
       </c>
       <c r="G22" s="21">
         <v>78</v>
       </c>
       <c r="H22" s="21">
         <v>60</v>
       </c>
       <c r="I22" s="21">
         <v>63</v>
       </c>
       <c r="J22" s="21">
         <v>89</v>
       </c>
       <c r="K22" s="21">
         <v>57</v>
       </c>
       <c r="L22" s="21">
         <v>81</v>
       </c>
       <c r="M22" s="21">
         <v>56</v>
       </c>
       <c r="N22" s="21">
         <v>77</v>
       </c>
       <c r="O22" s="21">
         <v>68</v>
       </c>
       <c r="P22" s="21">
         <v>70</v>
       </c>
     </row>
-    <row r="23" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1262</v>
       </c>
       <c r="E23" s="32">
         <v>87</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>116</v>
       </c>
       <c r="H23" s="32">
         <v>90</v>
       </c>
       <c r="I23" s="32">
         <v>96</v>
       </c>
       <c r="J23" s="32">
         <v>137</v>
       </c>
       <c r="K23" s="32">
         <v>90</v>
       </c>
       <c r="L23" s="32">
         <v>124</v>
       </c>
       <c r="M23" s="32">
         <v>93</v>
       </c>
       <c r="N23" s="32">
         <v>137</v>
       </c>
       <c r="O23" s="32">
         <v>101</v>
       </c>
       <c r="P23" s="32">
         <v>102</v>
       </c>
     </row>
-    <row r="24" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>407</v>
       </c>
       <c r="E24" s="33">
         <v>39</v>
       </c>
       <c r="F24" s="33">
         <v>25</v>
       </c>
       <c r="G24" s="33">
         <v>43</v>
       </c>
       <c r="H24" s="33">
         <v>31</v>
       </c>
       <c r="I24" s="33">
         <v>26</v>
       </c>
       <c r="J24" s="33">
         <v>43</v>
       </c>
       <c r="K24" s="33">
         <v>33</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>31</v>
       </c>
       <c r="O24" s="33">
         <v>25</v>
       </c>
       <c r="P24" s="33">
         <v>41</v>
       </c>
     </row>
-    <row r="25" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1294</v>
       </c>
       <c r="E26" s="21">
         <v>165</v>
       </c>
       <c r="F26" s="21">
         <v>121</v>
       </c>
       <c r="G26" s="21">
         <v>111</v>
       </c>
       <c r="H26" s="21">
         <v>89</v>
       </c>
       <c r="I26" s="21">
         <v>110</v>
       </c>
       <c r="J26" s="21">
         <v>91</v>
       </c>
       <c r="K26" s="21">
         <v>84</v>
       </c>
       <c r="L26" s="21">
         <v>108</v>
       </c>
       <c r="M26" s="21">
         <v>76</v>
       </c>
       <c r="N26" s="21">
         <v>130</v>
       </c>
       <c r="O26" s="21">
         <v>94</v>
       </c>
       <c r="P26" s="21">
         <v>115</v>
       </c>
     </row>
-    <row r="27" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>543</v>
       </c>
       <c r="E27" s="21">
         <v>60</v>
       </c>
       <c r="F27" s="21">
         <v>55</v>
       </c>
       <c r="G27" s="21">
         <v>44</v>
       </c>
       <c r="H27" s="21">
         <v>43</v>
       </c>
       <c r="I27" s="21">
         <v>43</v>
       </c>
       <c r="J27" s="21">
         <v>43</v>
       </c>
       <c r="K27" s="21">
         <v>36</v>
       </c>
       <c r="L27" s="21">
         <v>46</v>
       </c>
       <c r="M27" s="21">
         <v>39</v>
       </c>
       <c r="N27" s="21">
         <v>55</v>
       </c>
       <c r="O27" s="21">
         <v>42</v>
       </c>
       <c r="P27" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="28" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>751</v>
       </c>
       <c r="E28" s="21">
         <v>105</v>
       </c>
       <c r="F28" s="21">
         <v>66</v>
       </c>
       <c r="G28" s="21">
         <v>67</v>
       </c>
       <c r="H28" s="21">
         <v>46</v>
       </c>
       <c r="I28" s="21">
         <v>67</v>
       </c>
       <c r="J28" s="21">
         <v>48</v>
       </c>
       <c r="K28" s="21">
         <v>48</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>37</v>
       </c>
       <c r="N28" s="21">
         <v>75</v>
       </c>
       <c r="O28" s="21">
         <v>52</v>
       </c>
       <c r="P28" s="21">
         <v>78</v>
       </c>
     </row>
-    <row r="29" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1178</v>
       </c>
       <c r="E29" s="21">
         <v>159</v>
       </c>
       <c r="F29" s="21">
         <v>111</v>
       </c>
       <c r="G29" s="21">
         <v>92</v>
       </c>
       <c r="H29" s="21">
         <v>79</v>
       </c>
       <c r="I29" s="21">
         <v>99</v>
       </c>
       <c r="J29" s="21">
         <v>83</v>
       </c>
       <c r="K29" s="21">
         <v>75</v>
       </c>
       <c r="L29" s="21">
         <v>93</v>
       </c>
       <c r="M29" s="21">
         <v>72</v>
       </c>
       <c r="N29" s="21">
         <v>123</v>
       </c>
       <c r="O29" s="21">
         <v>86</v>
       </c>
       <c r="P29" s="21">
         <v>106</v>
       </c>
     </row>
-    <row r="30" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>116</v>
       </c>
       <c r="E30" s="21">
         <v>6</v>
       </c>
       <c r="F30" s="21">
         <v>10</v>
       </c>
       <c r="G30" s="21">
         <v>19</v>
       </c>
       <c r="H30" s="21">
         <v>10</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>9</v>
       </c>
       <c r="L30" s="21">
         <v>15</v>
       </c>
       <c r="M30" s="21">
         <v>4</v>
       </c>
       <c r="N30" s="21">
         <v>7</v>
       </c>
       <c r="O30" s="21">
         <v>8</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>8</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>2</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>2</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>10</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>2</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>2</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="33" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>1</v>
       </c>
       <c r="F33" s="32">
         <v>0</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>5</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>3</v>
       </c>
       <c r="M33" s="32">
         <v>2</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>139</v>
       </c>
       <c r="E34" s="32">
         <v>18</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>6</v>
       </c>
       <c r="H34" s="32">
         <v>7</v>
       </c>
       <c r="I34" s="32">
         <v>10</v>
       </c>
       <c r="J34" s="32">
         <v>10</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>16</v>
       </c>
       <c r="M34" s="32">
         <v>11</v>
       </c>
       <c r="N34" s="32">
         <v>17</v>
       </c>
       <c r="O34" s="32">
         <v>13</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>300</v>
       </c>
       <c r="E35" s="32">
         <v>27</v>
       </c>
       <c r="F35" s="32">
         <v>19</v>
       </c>
       <c r="G35" s="32">
         <v>37</v>
       </c>
       <c r="H35" s="32">
         <v>24</v>
       </c>
       <c r="I35" s="32">
         <v>23</v>
       </c>
       <c r="J35" s="32">
         <v>16</v>
       </c>
       <c r="K35" s="32">
         <v>22</v>
       </c>
       <c r="L35" s="32">
         <v>27</v>
       </c>
       <c r="M35" s="32">
         <v>18</v>
       </c>
       <c r="N35" s="32">
         <v>37</v>
       </c>
       <c r="O35" s="32">
         <v>18</v>
       </c>
       <c r="P35" s="32">
         <v>32</v>
       </c>
     </row>
-    <row r="36" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>822</v>
       </c>
       <c r="E36" s="33">
         <v>118</v>
       </c>
       <c r="F36" s="33">
         <v>89</v>
       </c>
       <c r="G36" s="33">
         <v>65</v>
       </c>
       <c r="H36" s="33">
         <v>55</v>
       </c>
       <c r="I36" s="33">
         <v>74</v>
       </c>
       <c r="J36" s="33">
         <v>60</v>
       </c>
       <c r="K36" s="33">
         <v>50</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>45</v>
       </c>
       <c r="N36" s="33">
         <v>75</v>
       </c>
       <c r="O36" s="33">
         <v>61</v>
       </c>
       <c r="P36" s="33">
         <v>69</v>
       </c>
     </row>
-    <row r="37" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1696</v>
       </c>
       <c r="E38" s="26">
         <v>91</v>
       </c>
       <c r="F38" s="26">
         <v>85</v>
       </c>
       <c r="G38" s="26">
         <v>102</v>
       </c>
       <c r="H38" s="26">
         <v>100</v>
       </c>
       <c r="I38" s="26">
         <v>216</v>
       </c>
       <c r="J38" s="26">
         <v>224</v>
       </c>
       <c r="K38" s="26">
         <v>171</v>
       </c>
       <c r="L38" s="26">
         <v>248</v>
       </c>
       <c r="M38" s="26">
         <v>140</v>
       </c>
       <c r="N38" s="26">
         <v>164</v>
       </c>
       <c r="O38" s="26">
         <v>88</v>
       </c>
       <c r="P38" s="26">
         <v>67</v>
       </c>
     </row>
-    <row r="39" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>868</v>
       </c>
       <c r="E39" s="21">
         <v>49</v>
       </c>
       <c r="F39" s="21">
         <v>42</v>
       </c>
       <c r="G39" s="21">
         <v>53</v>
       </c>
       <c r="H39" s="21">
         <v>47</v>
       </c>
       <c r="I39" s="21">
         <v>108</v>
       </c>
       <c r="J39" s="21">
         <v>114</v>
       </c>
       <c r="K39" s="21">
         <v>84</v>
       </c>
       <c r="L39" s="21">
         <v>130</v>
       </c>
       <c r="M39" s="21">
         <v>78</v>
       </c>
       <c r="N39" s="21">
         <v>82</v>
       </c>
       <c r="O39" s="21">
         <v>44</v>
       </c>
       <c r="P39" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>828</v>
       </c>
       <c r="E40" s="21">
         <v>42</v>
       </c>
       <c r="F40" s="21">
         <v>43</v>
       </c>
       <c r="G40" s="21">
         <v>49</v>
       </c>
       <c r="H40" s="21">
         <v>53</v>
       </c>
       <c r="I40" s="21">
         <v>108</v>
       </c>
       <c r="J40" s="21">
         <v>110</v>
       </c>
       <c r="K40" s="21">
         <v>87</v>
       </c>
       <c r="L40" s="21">
         <v>118</v>
       </c>
       <c r="M40" s="21">
         <v>62</v>
       </c>
       <c r="N40" s="21">
         <v>82</v>
       </c>
       <c r="O40" s="21">
         <v>44</v>
       </c>
       <c r="P40" s="21">
         <v>30</v>
       </c>
     </row>
-    <row r="41" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1217</v>
       </c>
       <c r="E41" s="21">
         <v>54</v>
       </c>
       <c r="F41" s="21">
         <v>62</v>
       </c>
       <c r="G41" s="21">
         <v>79</v>
       </c>
       <c r="H41" s="21">
         <v>73</v>
       </c>
       <c r="I41" s="21">
         <v>162</v>
       </c>
       <c r="J41" s="21">
         <v>167</v>
       </c>
       <c r="K41" s="21">
         <v>129</v>
       </c>
       <c r="L41" s="21">
         <v>189</v>
       </c>
       <c r="M41" s="21">
         <v>93</v>
       </c>
       <c r="N41" s="21">
         <v>113</v>
       </c>
       <c r="O41" s="21">
         <v>59</v>
       </c>
       <c r="P41" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>479</v>
       </c>
       <c r="E42" s="34">
         <v>37</v>
       </c>
       <c r="F42" s="34">
         <v>23</v>
       </c>
       <c r="G42" s="34">
         <v>23</v>
       </c>
       <c r="H42" s="34">
         <v>27</v>
       </c>
       <c r="I42" s="34">
         <v>54</v>
       </c>
       <c r="J42" s="34">
         <v>57</v>
       </c>
       <c r="K42" s="34">
         <v>42</v>
       </c>
       <c r="L42" s="34">
         <v>59</v>
       </c>
       <c r="M42" s="34">
         <v>47</v>
       </c>
       <c r="N42" s="34">
         <v>51</v>
       </c>
       <c r="O42" s="34">
         <v>29</v>
       </c>
       <c r="P42" s="34">
         <v>30</v>
       </c>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>523</v>
       </c>
       <c r="E44" s="21">
         <v>46</v>
       </c>
       <c r="F44" s="21">
         <v>44</v>
       </c>
       <c r="G44" s="21">
         <v>45</v>
       </c>
       <c r="H44" s="21">
         <v>29</v>
       </c>
       <c r="I44" s="21">
         <v>51</v>
       </c>
       <c r="J44" s="21">
         <v>44</v>
       </c>
       <c r="K44" s="21">
         <v>36</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>31</v>
       </c>
       <c r="N44" s="21">
         <v>68</v>
       </c>
       <c r="O44" s="21">
         <v>48</v>
       </c>
       <c r="P44" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="45" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>267</v>
       </c>
       <c r="E45" s="21">
         <v>23</v>
       </c>
       <c r="F45" s="21">
         <v>24</v>
       </c>
       <c r="G45" s="21">
         <v>23</v>
       </c>
       <c r="H45" s="21">
         <v>13</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>27</v>
       </c>
       <c r="K45" s="21">
         <v>15</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>14</v>
       </c>
       <c r="N45" s="21">
         <v>37</v>
       </c>
       <c r="O45" s="21">
         <v>26</v>
       </c>
       <c r="P45" s="21">
         <v>27</v>
       </c>
     </row>
-    <row r="46" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>256</v>
       </c>
       <c r="E46" s="21">
         <v>23</v>
       </c>
       <c r="F46" s="21">
         <v>20</v>
       </c>
       <c r="G46" s="21">
         <v>22</v>
       </c>
       <c r="H46" s="21">
         <v>16</v>
       </c>
       <c r="I46" s="21">
         <v>29</v>
       </c>
       <c r="J46" s="21">
         <v>17</v>
       </c>
       <c r="K46" s="21">
         <v>21</v>
       </c>
       <c r="L46" s="21">
         <v>18</v>
       </c>
       <c r="M46" s="21">
         <v>17</v>
       </c>
       <c r="N46" s="21">
         <v>31</v>
       </c>
       <c r="O46" s="21">
         <v>22</v>
       </c>
       <c r="P46" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="47" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>329</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>24</v>
       </c>
       <c r="G47" s="21">
         <v>24</v>
       </c>
       <c r="H47" s="21">
         <v>15</v>
       </c>
       <c r="I47" s="21">
         <v>36</v>
       </c>
       <c r="J47" s="21">
         <v>27</v>
       </c>
       <c r="K47" s="21">
         <v>16</v>
       </c>
       <c r="L47" s="21">
         <v>16</v>
       </c>
       <c r="M47" s="21">
         <v>22</v>
       </c>
       <c r="N47" s="21">
         <v>51</v>
       </c>
       <c r="O47" s="21">
         <v>34</v>
       </c>
       <c r="P47" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="48" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>194</v>
       </c>
       <c r="E48" s="34">
         <v>13</v>
       </c>
       <c r="F48" s="34">
         <v>20</v>
       </c>
       <c r="G48" s="34">
         <v>21</v>
       </c>
       <c r="H48" s="34">
         <v>14</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>17</v>
       </c>
       <c r="K48" s="34">
         <v>20</v>
       </c>
       <c r="L48" s="34">
         <v>18</v>
       </c>
       <c r="M48" s="34">
         <v>9</v>
       </c>
       <c r="N48" s="34">
         <v>17</v>
       </c>
       <c r="O48" s="34">
         <v>14</v>
       </c>
       <c r="P48" s="34">
         <v>16</v>
       </c>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>