--- v1 (2025-12-26)
+++ v2 (2026-01-26)
@@ -21,60 +21,60 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{943A5815-5028-46D6-B0B2-9D42F0DBEE07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CB50460-B29D-4D86-8F14-29021DF0A4D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="38" r:id="rId3"/>
     <sheet name="2022" sheetId="37" r:id="rId4"/>
     <sheet name="2021" sheetId="36" r:id="rId5"/>
     <sheet name="2020" sheetId="19" r:id="rId6"/>
     <sheet name="2019" sheetId="22" r:id="rId7"/>
     <sheet name="2018" sheetId="28" r:id="rId8"/>
     <sheet name="2017" sheetId="29" r:id="rId9"/>
     <sheet name="2016" sheetId="31" r:id="rId10"/>
     <sheet name="2015" sheetId="30" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="Drucktitel_uti" localSheetId="0">'2025'!$1:$6</definedName>
     <definedName name="print" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="print___" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="print___" localSheetId="0">'2025'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="10">'2015'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="9">'2016'!$1:$6</definedName>
@@ -85,51 +85,51 @@
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$6</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="977" uniqueCount="74">
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Okt</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
@@ -375,68 +375,65 @@
       <t xml:space="preserve">  mittlere Wohnbevölkerung auf 10er gerundet</t>
     </r>
   </si>
   <si>
     <r>
       <t>mittlere Wohnbevölkerung</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2024)</t>
   </si>
   <si>
     <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2025</t>
   </si>
   <si>
-    <t>provisorische Zahlen</t>
-[...1 lines deleted...]
-  <si>
     <t>Einbürgerungen</t>
   </si>
   <si>
-    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 30.11.2025)</t>
+    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="15">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -547,51 +544,51 @@
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -663,50 +660,51 @@
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Prozent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF8C5F"/>
       <color rgb="FF9954CC"/>
       <color rgb="FF00FF00"/>
       <color rgb="FFDD052B"/>
       <color rgb="FFFF8B8B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1662,21537 +1660,21608 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC8BDE4D-F9BB-412A-8D85-82AF2C3B52B1}">
-  <dimension ref="A1:P60"/>
+  <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>71</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>146455</v>
       </c>
       <c r="E8" s="32">
         <v>146455</v>
       </c>
       <c r="F8" s="32">
         <v>146497</v>
       </c>
       <c r="G8" s="32">
         <v>146679</v>
       </c>
       <c r="H8" s="32">
         <v>146764</v>
       </c>
       <c r="I8" s="32">
         <v>146760</v>
       </c>
       <c r="J8" s="32">
         <v>146835</v>
       </c>
       <c r="K8" s="32">
         <v>146571</v>
       </c>
       <c r="L8" s="32">
         <v>146405</v>
       </c>
       <c r="M8" s="32">
         <v>146363</v>
       </c>
       <c r="N8" s="32">
-        <v>146859</v>
+        <v>146860</v>
       </c>
       <c r="O8" s="32">
-        <v>147034</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>147037</v>
+      </c>
+      <c r="P8" s="32">
+        <v>147022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="E9" s="24">
         <v>25</v>
       </c>
       <c r="F9" s="24">
         <v>-2</v>
       </c>
       <c r="G9" s="24">
         <v>30</v>
       </c>
       <c r="H9" s="24">
         <v>5</v>
       </c>
       <c r="I9" s="24">
         <v>41</v>
       </c>
       <c r="J9" s="24">
         <v>44</v>
       </c>
       <c r="K9" s="24">
         <v>6</v>
       </c>
       <c r="L9" s="24">
         <v>-5</v>
       </c>
       <c r="M9" s="24">
         <v>-5</v>
       </c>
       <c r="N9" s="24">
         <v>19</v>
       </c>
       <c r="O9" s="24">
         <v>36</v>
       </c>
-      <c r="P9" s="24"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P9" s="24">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>361</v>
+        <v>196</v>
       </c>
       <c r="E10" s="24">
         <v>17</v>
       </c>
       <c r="F10" s="24">
         <v>184</v>
       </c>
       <c r="G10" s="24">
         <v>55</v>
       </c>
       <c r="H10" s="24">
         <v>-9</v>
       </c>
       <c r="I10" s="24">
         <v>34</v>
       </c>
       <c r="J10" s="24">
         <v>-308</v>
       </c>
       <c r="K10" s="24">
         <v>-172</v>
       </c>
       <c r="L10" s="24">
         <v>-37</v>
       </c>
       <c r="M10" s="24">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="N10" s="24">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="O10" s="24">
-        <v>-60</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-51</v>
+      </c>
+      <c r="P10" s="24">
+        <v>-177</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>555</v>
+        <v>373</v>
       </c>
       <c r="E11" s="24">
         <v>42</v>
       </c>
       <c r="F11" s="24">
         <v>182</v>
       </c>
       <c r="G11" s="24">
         <v>85</v>
       </c>
       <c r="H11" s="24">
         <v>-4</v>
       </c>
       <c r="I11" s="24">
         <v>75</v>
       </c>
       <c r="J11" s="24">
         <v>-264</v>
       </c>
       <c r="K11" s="24">
         <v>-166</v>
       </c>
       <c r="L11" s="24">
         <v>-42</v>
       </c>
       <c r="M11" s="24">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N11" s="24">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="O11" s="24">
-        <v>-24</v>
-[...3 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-15</v>
+      </c>
+      <c r="P11" s="24">
+        <v>-194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="42" t="s">
-        <v>19</v>
+      <c r="D12" s="42">
+        <v>39</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="25"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P12" s="25">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>147010</v>
+        <v>146867</v>
       </c>
       <c r="E13" s="32">
         <v>146497</v>
       </c>
       <c r="F13" s="32">
         <v>146679</v>
       </c>
       <c r="G13" s="32">
         <v>146764</v>
       </c>
       <c r="H13" s="32">
         <v>146760</v>
       </c>
       <c r="I13" s="32">
         <v>146835</v>
       </c>
       <c r="J13" s="32">
         <v>146571</v>
       </c>
       <c r="K13" s="32">
         <v>146405</v>
       </c>
       <c r="L13" s="32">
         <v>146363</v>
       </c>
       <c r="M13" s="32">
-        <v>146859</v>
+        <v>146860</v>
       </c>
       <c r="N13" s="32">
-        <v>147034</v>
+        <v>147037</v>
       </c>
       <c r="O13" s="32">
-        <v>147010</v>
-[...3 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>147022</v>
+      </c>
+      <c r="P13" s="32">
+        <v>146867</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>70248</v>
+        <v>70198</v>
       </c>
       <c r="E14" s="32">
         <v>70053</v>
       </c>
       <c r="F14" s="32">
         <v>70112</v>
       </c>
       <c r="G14" s="32">
         <v>70132</v>
       </c>
       <c r="H14" s="32">
         <v>70134</v>
       </c>
       <c r="I14" s="32">
         <v>70181</v>
       </c>
       <c r="J14" s="32">
         <v>70083</v>
       </c>
       <c r="K14" s="32">
         <v>70048</v>
       </c>
       <c r="L14" s="32">
         <v>70075</v>
       </c>
       <c r="M14" s="32">
         <v>70243</v>
       </c>
       <c r="N14" s="32">
-        <v>70300</v>
+        <v>70302</v>
       </c>
       <c r="O14" s="32">
-        <v>70248</v>
-[...3 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>70256</v>
+      </c>
+      <c r="P14" s="32">
+        <v>70198</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76762</v>
+        <v>76669</v>
       </c>
       <c r="E15" s="32">
         <v>76444</v>
       </c>
       <c r="F15" s="32">
         <v>76567</v>
       </c>
       <c r="G15" s="32">
         <v>76632</v>
       </c>
       <c r="H15" s="32">
         <v>76626</v>
       </c>
       <c r="I15" s="32">
         <v>76654</v>
       </c>
       <c r="J15" s="32">
         <v>76488</v>
       </c>
       <c r="K15" s="32">
         <v>76357</v>
       </c>
       <c r="L15" s="32">
         <v>76288</v>
       </c>
       <c r="M15" s="32">
-        <v>76616</v>
+        <v>76617</v>
       </c>
       <c r="N15" s="32">
-        <v>76734</v>
+        <v>76735</v>
       </c>
       <c r="O15" s="32">
-        <v>76762</v>
-[...3 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76766</v>
+      </c>
+      <c r="P15" s="32">
+        <v>76669</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109985</v>
+        <v>109863</v>
       </c>
       <c r="E16" s="32">
         <v>109789</v>
       </c>
       <c r="F16" s="32">
         <v>109828</v>
       </c>
       <c r="G16" s="32">
         <v>109920</v>
       </c>
       <c r="H16" s="32">
         <v>109858</v>
       </c>
       <c r="I16" s="32">
         <v>109878</v>
       </c>
       <c r="J16" s="32">
         <v>109901</v>
       </c>
       <c r="K16" s="32">
         <v>109789</v>
       </c>
       <c r="L16" s="32">
         <v>109686</v>
       </c>
       <c r="M16" s="32">
         <v>109867</v>
       </c>
       <c r="N16" s="32">
-        <v>110033</v>
+        <v>110035</v>
       </c>
       <c r="O16" s="32">
-        <v>109985</v>
-[...3 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>109991</v>
+      </c>
+      <c r="P16" s="32">
+        <v>109863</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>37025</v>
+        <v>37004</v>
       </c>
       <c r="E17" s="32">
         <v>36708</v>
       </c>
       <c r="F17" s="32">
         <v>36851</v>
       </c>
       <c r="G17" s="32">
         <v>36844</v>
       </c>
       <c r="H17" s="32">
         <v>36902</v>
       </c>
       <c r="I17" s="32">
         <v>36957</v>
       </c>
       <c r="J17" s="32">
         <v>36670</v>
       </c>
       <c r="K17" s="32">
         <v>36616</v>
       </c>
       <c r="L17" s="32">
         <v>36677</v>
       </c>
       <c r="M17" s="32">
-        <v>36992</v>
+        <v>36993</v>
       </c>
       <c r="N17" s="32">
-        <v>37001</v>
+        <v>37002</v>
       </c>
       <c r="O17" s="32">
-        <v>37025</v>
-[...3 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>37031</v>
+      </c>
+      <c r="P17" s="32">
+        <v>37004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>146730</v>
+        <v>146660</v>
       </c>
       <c r="E18" s="33">
         <v>146480</v>
       </c>
       <c r="F18" s="33">
         <v>146590</v>
       </c>
       <c r="G18" s="33">
         <v>146720</v>
       </c>
       <c r="H18" s="33">
         <v>146760</v>
       </c>
       <c r="I18" s="33">
         <v>146800</v>
       </c>
       <c r="J18" s="33">
         <v>146700</v>
       </c>
       <c r="K18" s="33">
         <v>146490</v>
       </c>
       <c r="L18" s="33">
         <v>146380</v>
       </c>
       <c r="M18" s="33">
         <v>146610</v>
       </c>
       <c r="N18" s="33">
         <v>146950</v>
       </c>
       <c r="O18" s="33">
-        <v>147020</v>
-[...3 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>147030</v>
+      </c>
+      <c r="P18" s="33">
+        <v>146940</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1272</v>
+        <v>1371</v>
       </c>
       <c r="E20" s="32">
         <v>146</v>
       </c>
       <c r="F20" s="32">
         <v>92</v>
       </c>
       <c r="G20" s="32">
         <v>127</v>
       </c>
       <c r="H20" s="21">
         <v>87</v>
       </c>
       <c r="I20" s="21">
         <v>127</v>
       </c>
       <c r="J20" s="21">
         <v>131</v>
       </c>
       <c r="K20" s="21">
         <v>121</v>
       </c>
       <c r="L20" s="21">
         <v>87</v>
       </c>
       <c r="M20" s="21">
         <v>115</v>
       </c>
       <c r="N20" s="21">
         <v>120</v>
       </c>
       <c r="O20" s="21">
         <v>119</v>
       </c>
-      <c r="P20" s="21"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P20" s="21">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>668</v>
+        <v>726</v>
       </c>
       <c r="E21" s="32">
         <v>77</v>
       </c>
       <c r="F21" s="32">
         <v>49</v>
       </c>
       <c r="G21" s="32">
         <v>61</v>
       </c>
       <c r="H21" s="21">
         <v>41</v>
       </c>
       <c r="I21" s="21">
         <v>62</v>
       </c>
       <c r="J21" s="21">
         <v>71</v>
       </c>
       <c r="K21" s="21">
         <v>72</v>
       </c>
       <c r="L21" s="21">
         <v>53</v>
       </c>
       <c r="M21" s="21">
         <v>53</v>
       </c>
       <c r="N21" s="21">
         <v>71</v>
       </c>
       <c r="O21" s="21">
         <v>58</v>
       </c>
-      <c r="P21" s="21"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P21" s="21">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>604</v>
+        <v>645</v>
       </c>
       <c r="E22" s="32">
         <v>69</v>
       </c>
       <c r="F22" s="32">
         <v>43</v>
       </c>
       <c r="G22" s="32">
         <v>66</v>
       </c>
       <c r="H22" s="21">
         <v>46</v>
       </c>
       <c r="I22" s="21">
         <v>65</v>
       </c>
       <c r="J22" s="21">
         <v>60</v>
       </c>
       <c r="K22" s="21">
         <v>49</v>
       </c>
       <c r="L22" s="21">
         <v>34</v>
       </c>
       <c r="M22" s="21">
         <v>62</v>
       </c>
       <c r="N22" s="21">
         <v>49</v>
       </c>
       <c r="O22" s="21">
         <v>61</v>
       </c>
-      <c r="P22" s="21"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P22" s="21">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>988</v>
+        <v>1065</v>
       </c>
       <c r="E23" s="32">
         <v>108</v>
       </c>
       <c r="F23" s="32">
         <v>65</v>
       </c>
       <c r="G23" s="32">
         <v>98</v>
       </c>
       <c r="H23" s="32">
         <v>64</v>
       </c>
       <c r="I23" s="32">
         <v>100</v>
       </c>
       <c r="J23" s="32">
         <v>105</v>
       </c>
       <c r="K23" s="32">
         <v>97</v>
       </c>
       <c r="L23" s="32">
         <v>64</v>
       </c>
       <c r="M23" s="32">
         <v>93</v>
       </c>
       <c r="N23" s="32">
         <v>98</v>
       </c>
       <c r="O23" s="32">
-        <v>96</v>
-[...3 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>97</v>
+      </c>
+      <c r="P23" s="32">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>284</v>
+        <v>306</v>
       </c>
       <c r="E24" s="33">
         <v>38</v>
       </c>
       <c r="F24" s="33">
         <v>27</v>
       </c>
       <c r="G24" s="33">
         <v>29</v>
       </c>
       <c r="H24" s="33">
         <v>23</v>
       </c>
       <c r="I24" s="33">
         <v>27</v>
       </c>
       <c r="J24" s="33">
         <v>26</v>
       </c>
       <c r="K24" s="33">
         <v>24</v>
       </c>
       <c r="L24" s="33">
         <v>23</v>
       </c>
       <c r="M24" s="33">
         <v>22</v>
       </c>
       <c r="N24" s="33">
         <v>22</v>
       </c>
       <c r="O24" s="33">
+        <v>22</v>
+      </c>
+      <c r="P24" s="33">
         <v>23</v>
       </c>
-      <c r="P24" s="33"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1078</v>
+        <v>1194</v>
       </c>
       <c r="E26" s="32">
         <v>121</v>
       </c>
       <c r="F26" s="32">
         <v>94</v>
       </c>
       <c r="G26" s="32">
         <v>97</v>
       </c>
       <c r="H26" s="21">
         <v>82</v>
       </c>
       <c r="I26" s="21">
         <v>86</v>
       </c>
       <c r="J26" s="21">
         <v>87</v>
       </c>
       <c r="K26" s="21">
         <v>115</v>
       </c>
       <c r="L26" s="21">
         <v>92</v>
       </c>
       <c r="M26" s="21">
         <v>120</v>
       </c>
       <c r="N26" s="21">
         <v>101</v>
       </c>
       <c r="O26" s="21">
         <v>83</v>
       </c>
-      <c r="P26" s="21"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P26" s="21">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>469</v>
+        <v>520</v>
       </c>
       <c r="E27" s="32">
         <v>62</v>
       </c>
       <c r="F27" s="32">
         <v>39</v>
       </c>
       <c r="G27" s="32">
         <v>35</v>
       </c>
       <c r="H27" s="21">
         <v>29</v>
       </c>
       <c r="I27" s="21">
         <v>32</v>
       </c>
       <c r="J27" s="21">
         <v>44</v>
       </c>
       <c r="K27" s="21">
         <v>54</v>
       </c>
       <c r="L27" s="21">
         <v>32</v>
       </c>
       <c r="M27" s="21">
         <v>51</v>
       </c>
       <c r="N27" s="21">
         <v>52</v>
       </c>
       <c r="O27" s="21">
         <v>39</v>
       </c>
-      <c r="P27" s="21"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P27" s="21">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>609</v>
+        <v>674</v>
       </c>
       <c r="E28" s="32">
         <v>59</v>
       </c>
       <c r="F28" s="32">
         <v>55</v>
       </c>
       <c r="G28" s="32">
         <v>62</v>
       </c>
       <c r="H28" s="21">
         <v>53</v>
       </c>
       <c r="I28" s="21">
         <v>54</v>
       </c>
       <c r="J28" s="21">
         <v>43</v>
       </c>
       <c r="K28" s="21">
         <v>61</v>
       </c>
       <c r="L28" s="21">
         <v>60</v>
       </c>
       <c r="M28" s="21">
         <v>69</v>
       </c>
       <c r="N28" s="21">
         <v>49</v>
       </c>
       <c r="O28" s="21">
         <v>44</v>
       </c>
-      <c r="P28" s="21"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P28" s="21">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>973</v>
+        <v>1079</v>
       </c>
       <c r="E29" s="32">
         <v>110</v>
       </c>
       <c r="F29" s="32">
         <v>77</v>
       </c>
       <c r="G29" s="32">
         <v>90</v>
       </c>
       <c r="H29" s="21">
         <v>74</v>
       </c>
       <c r="I29" s="21">
         <v>75</v>
       </c>
       <c r="J29" s="21">
         <v>81</v>
       </c>
       <c r="K29" s="21">
         <v>102</v>
       </c>
       <c r="L29" s="21">
         <v>84</v>
       </c>
       <c r="M29" s="21">
         <v>115</v>
       </c>
       <c r="N29" s="21">
         <v>90</v>
       </c>
       <c r="O29" s="21">
         <v>75</v>
       </c>
-      <c r="P29" s="21"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P29" s="21">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="E30" s="32">
         <v>11</v>
       </c>
       <c r="F30" s="32">
         <v>17</v>
       </c>
       <c r="G30" s="32">
         <v>7</v>
       </c>
       <c r="H30" s="21">
         <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>6</v>
       </c>
       <c r="K30" s="21">
         <v>13</v>
       </c>
       <c r="L30" s="21">
         <v>8</v>
       </c>
       <c r="M30" s="21">
         <v>5</v>
       </c>
       <c r="N30" s="21">
         <v>11</v>
       </c>
       <c r="O30" s="21">
         <v>8</v>
       </c>
-      <c r="P30" s="21"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P30" s="21">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>1</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>1</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
-      <c r="P31" s="32"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P31" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>3</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>1</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
-      <c r="P32" s="32"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P32" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E33" s="32">
         <v>4</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>2</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>2</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
-      <c r="P33" s="32"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P33" s="32">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="E34" s="32">
         <v>7</v>
       </c>
       <c r="F34" s="32">
         <v>7</v>
       </c>
       <c r="G34" s="32">
         <v>9</v>
       </c>
       <c r="H34" s="32">
         <v>6</v>
       </c>
       <c r="I34" s="32">
         <v>6</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>11</v>
       </c>
       <c r="L34" s="32">
         <v>13</v>
       </c>
       <c r="M34" s="32">
         <v>8</v>
       </c>
       <c r="N34" s="32">
         <v>8</v>
       </c>
       <c r="O34" s="32">
         <v>13</v>
       </c>
-      <c r="P34" s="32"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P34" s="32">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>255</v>
+        <v>284</v>
       </c>
       <c r="E35" s="32">
         <v>31</v>
       </c>
       <c r="F35" s="32">
         <v>14</v>
       </c>
       <c r="G35" s="32">
         <v>23</v>
       </c>
       <c r="H35" s="32">
         <v>21</v>
       </c>
       <c r="I35" s="32">
         <v>17</v>
       </c>
       <c r="J35" s="32">
         <v>21</v>
       </c>
       <c r="K35" s="32">
         <v>30</v>
       </c>
       <c r="L35" s="32">
         <v>25</v>
       </c>
       <c r="M35" s="32">
         <v>30</v>
       </c>
       <c r="N35" s="32">
         <v>25</v>
       </c>
       <c r="O35" s="32">
         <v>18</v>
       </c>
-      <c r="P35" s="32"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P35" s="32">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>706</v>
+        <v>781</v>
       </c>
       <c r="E36" s="33">
         <v>79</v>
       </c>
       <c r="F36" s="33">
         <v>70</v>
       </c>
       <c r="G36" s="33">
         <v>64</v>
       </c>
       <c r="H36" s="33">
         <v>53</v>
       </c>
       <c r="I36" s="33">
         <v>63</v>
       </c>
       <c r="J36" s="33">
         <v>57</v>
       </c>
       <c r="K36" s="33">
         <v>70</v>
       </c>
       <c r="L36" s="33">
         <v>51</v>
       </c>
       <c r="M36" s="33">
         <v>82</v>
       </c>
       <c r="N36" s="33">
         <v>65</v>
       </c>
       <c r="O36" s="33">
         <v>52</v>
       </c>
-      <c r="P36" s="33"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P36" s="33">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1301</v>
+        <v>1370</v>
       </c>
       <c r="E38" s="39">
         <v>83</v>
       </c>
       <c r="F38" s="39">
         <v>112</v>
       </c>
       <c r="G38" s="39">
         <v>88</v>
       </c>
       <c r="H38" s="26">
         <v>125</v>
       </c>
       <c r="I38" s="26">
         <v>139</v>
       </c>
       <c r="J38" s="26">
         <v>156</v>
       </c>
       <c r="K38" s="26">
         <v>169</v>
       </c>
       <c r="L38" s="26">
         <v>122</v>
       </c>
       <c r="M38" s="26">
         <v>145</v>
       </c>
       <c r="N38" s="26">
         <v>94</v>
       </c>
       <c r="O38" s="26">
         <v>68</v>
       </c>
-      <c r="P38" s="26"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P38" s="26">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>670</v>
+        <v>707</v>
       </c>
       <c r="E39" s="32">
         <v>48</v>
       </c>
       <c r="F39" s="32">
         <v>59</v>
       </c>
       <c r="G39" s="32">
         <v>47</v>
       </c>
       <c r="H39" s="21">
         <v>70</v>
       </c>
       <c r="I39" s="21">
         <v>70</v>
       </c>
       <c r="J39" s="21">
         <v>79</v>
       </c>
       <c r="K39" s="21">
         <v>84</v>
       </c>
       <c r="L39" s="21">
         <v>63</v>
       </c>
       <c r="M39" s="21">
         <v>72</v>
       </c>
       <c r="N39" s="21">
         <v>46</v>
       </c>
       <c r="O39" s="21">
         <v>32</v>
       </c>
-      <c r="P39" s="21"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P39" s="21">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="E40" s="32">
         <v>35</v>
       </c>
       <c r="F40" s="32">
         <v>53</v>
       </c>
       <c r="G40" s="32">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>55</v>
       </c>
       <c r="I40" s="21">
         <v>69</v>
       </c>
       <c r="J40" s="21">
         <v>77</v>
       </c>
       <c r="K40" s="21">
         <v>85</v>
       </c>
       <c r="L40" s="21">
         <v>59</v>
       </c>
       <c r="M40" s="21">
         <v>73</v>
       </c>
       <c r="N40" s="21">
         <v>48</v>
       </c>
       <c r="O40" s="21">
         <v>36</v>
       </c>
-      <c r="P40" s="21"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P40" s="21">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>893</v>
+        <v>927</v>
       </c>
       <c r="E41" s="32">
         <v>47</v>
       </c>
       <c r="F41" s="32">
         <v>70</v>
       </c>
       <c r="G41" s="32">
         <v>50</v>
       </c>
       <c r="H41" s="21">
         <v>85</v>
       </c>
       <c r="I41" s="21">
         <v>101</v>
       </c>
       <c r="J41" s="21">
         <v>114</v>
       </c>
       <c r="K41" s="21">
         <v>116</v>
       </c>
       <c r="L41" s="21">
         <v>85</v>
       </c>
       <c r="M41" s="21">
         <v>110</v>
       </c>
       <c r="N41" s="21">
         <v>72</v>
       </c>
       <c r="O41" s="21">
         <v>43</v>
       </c>
-      <c r="P41" s="21"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P41" s="21">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>408</v>
+        <v>443</v>
       </c>
       <c r="E42" s="33">
         <v>36</v>
       </c>
       <c r="F42" s="33">
         <v>42</v>
       </c>
       <c r="G42" s="33">
         <v>38</v>
       </c>
       <c r="H42" s="34">
         <v>40</v>
       </c>
       <c r="I42" s="34">
         <v>38</v>
       </c>
       <c r="J42" s="34">
         <v>42</v>
       </c>
       <c r="K42" s="34">
         <v>53</v>
       </c>
       <c r="L42" s="34">
         <v>37</v>
       </c>
       <c r="M42" s="34">
         <v>35</v>
       </c>
       <c r="N42" s="34">
         <v>22</v>
       </c>
       <c r="O42" s="34">
         <v>25</v>
       </c>
-      <c r="P42" s="34"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P42" s="34">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>490</v>
+        <v>541</v>
       </c>
       <c r="E44" s="32">
         <v>66</v>
       </c>
       <c r="F44" s="32">
         <v>47</v>
       </c>
       <c r="G44" s="32">
         <v>36</v>
       </c>
       <c r="H44" s="21">
         <v>43</v>
       </c>
       <c r="I44" s="21">
         <v>46</v>
       </c>
       <c r="J44" s="21">
         <v>42</v>
       </c>
       <c r="K44" s="21">
         <v>47</v>
       </c>
       <c r="L44" s="21">
         <v>30</v>
       </c>
       <c r="M44" s="21">
         <v>52</v>
       </c>
       <c r="N44" s="21">
         <v>32</v>
       </c>
       <c r="O44" s="21">
         <v>49</v>
       </c>
-      <c r="P44" s="21"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P44" s="21">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>242</v>
+        <v>267</v>
       </c>
       <c r="E45" s="32">
         <v>36</v>
       </c>
       <c r="F45" s="32">
         <v>24</v>
       </c>
       <c r="G45" s="32">
         <v>16</v>
       </c>
       <c r="H45" s="21">
         <v>20</v>
       </c>
       <c r="I45" s="21">
         <v>19</v>
       </c>
       <c r="J45" s="21">
         <v>19</v>
       </c>
       <c r="K45" s="21">
         <v>23</v>
       </c>
       <c r="L45" s="21">
         <v>14</v>
       </c>
       <c r="M45" s="21">
         <v>26</v>
       </c>
       <c r="N45" s="21">
         <v>18</v>
       </c>
       <c r="O45" s="21">
         <v>27</v>
       </c>
-      <c r="P45" s="21"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P45" s="21">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>248</v>
+        <v>274</v>
       </c>
       <c r="E46" s="32">
         <v>30</v>
       </c>
       <c r="F46" s="32">
         <v>23</v>
       </c>
       <c r="G46" s="32">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>23</v>
       </c>
       <c r="I46" s="21">
         <v>27</v>
       </c>
       <c r="J46" s="21">
         <v>23</v>
       </c>
       <c r="K46" s="21">
         <v>24</v>
       </c>
       <c r="L46" s="21">
         <v>16</v>
       </c>
       <c r="M46" s="21">
         <v>26</v>
       </c>
       <c r="N46" s="21">
         <v>14</v>
       </c>
       <c r="O46" s="21">
         <v>22</v>
       </c>
-      <c r="P46" s="21"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P46" s="21">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="E47" s="32">
         <v>44</v>
       </c>
       <c r="F47" s="32">
         <v>32</v>
       </c>
       <c r="G47" s="32">
         <v>18</v>
       </c>
       <c r="H47" s="21">
         <v>28</v>
       </c>
       <c r="I47" s="21">
         <v>31</v>
       </c>
       <c r="J47" s="21">
         <v>19</v>
       </c>
       <c r="K47" s="21">
         <v>29</v>
       </c>
       <c r="L47" s="21">
         <v>16</v>
       </c>
       <c r="M47" s="21">
         <v>35</v>
       </c>
       <c r="N47" s="21">
         <v>14</v>
       </c>
       <c r="O47" s="21">
         <v>34</v>
       </c>
-      <c r="P47" s="21"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P47" s="21">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="E48" s="33">
         <v>22</v>
       </c>
       <c r="F48" s="33">
         <v>15</v>
       </c>
       <c r="G48" s="33">
         <v>18</v>
       </c>
       <c r="H48" s="34">
         <v>15</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>23</v>
       </c>
       <c r="K48" s="34">
         <v>18</v>
       </c>
       <c r="L48" s="34">
         <v>14</v>
       </c>
       <c r="M48" s="34">
         <v>17</v>
       </c>
       <c r="N48" s="34">
         <v>18</v>
       </c>
       <c r="O48" s="34">
         <v>15</v>
       </c>
-      <c r="P48" s="34"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P48" s="34">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
-        <v>746</v>
+        <v>778</v>
       </c>
       <c r="E50" s="32">
         <v>58</v>
       </c>
       <c r="F50" s="32">
         <v>37</v>
       </c>
       <c r="G50" s="32">
         <v>77</v>
       </c>
       <c r="H50" s="32">
         <v>14</v>
       </c>
       <c r="I50" s="32">
         <v>45</v>
       </c>
       <c r="J50" s="32">
         <v>162</v>
       </c>
       <c r="K50" s="32">
         <v>68</v>
       </c>
       <c r="L50" s="32">
         <v>5</v>
       </c>
       <c r="M50" s="32">
         <v>83</v>
       </c>
       <c r="N50" s="32">
         <v>146</v>
       </c>
       <c r="O50" s="32">
         <v>51</v>
       </c>
-      <c r="P50" s="32"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P50" s="32">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
       <c r="N51" s="33">
         <v>0</v>
       </c>
       <c r="O51" s="33">
         <v>0</v>
       </c>
-      <c r="P51" s="33"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P51" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
         <v>20</v>
       </c>
       <c r="E53" s="33">
         <v>0</v>
       </c>
       <c r="F53" s="33">
         <v>0</v>
       </c>
       <c r="G53" s="33">
         <v>2</v>
       </c>
       <c r="H53" s="33">
         <v>3</v>
       </c>
       <c r="I53" s="33">
         <v>1</v>
       </c>
       <c r="J53" s="33">
         <v>2</v>
       </c>
       <c r="K53" s="33">
         <v>1</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
         <v>4</v>
       </c>
       <c r="N53" s="33">
         <v>5</v>
       </c>
       <c r="O53" s="33">
         <v>2</v>
       </c>
-      <c r="P53" s="33"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P53" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="A55" s="5" t="s">
-        <v>72</v>
-[...8 lines deleted...]
-      <c r="A56" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B56" s="4"/>
-[...4 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
+      <c r="D55" s="4"/>
+    </row>
+    <row r="56" spans="1:16" ht="11.25" customHeight="1">
+      <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="17"/>
-[...4 lines deleted...]
-      <c r="A58" s="5" t="s">
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+    </row>
+    <row r="57" spans="1:16" ht="11.25" customHeight="1">
+      <c r="A57" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B58" s="4"/>
-[...6 lines deleted...]
-      <c r="D59" s="1"/>
+      <c r="B57" s="4"/>
+      <c r="C57" s="4"/>
+      <c r="D57" s="4"/>
+    </row>
+    <row r="58" spans="1:16" ht="11.25" customHeight="1">
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="P58" s="26" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" ht="11.25" customHeight="1">
       <c r="P59" s="26" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>140567</v>
       </c>
       <c r="E8" s="32">
         <v>140567</v>
       </c>
       <c r="F8" s="32">
         <v>140779</v>
       </c>
       <c r="G8" s="32">
         <v>140922</v>
       </c>
       <c r="H8" s="32">
         <v>141094</v>
       </c>
       <c r="I8" s="32">
         <v>141103</v>
       </c>
       <c r="J8" s="32">
         <v>141138</v>
       </c>
       <c r="K8" s="32">
         <v>141050</v>
       </c>
       <c r="L8" s="32">
         <v>140997</v>
       </c>
       <c r="M8" s="32">
         <v>141157</v>
       </c>
       <c r="N8" s="32">
         <v>141381</v>
       </c>
       <c r="O8" s="32">
         <v>141625</v>
       </c>
       <c r="P8" s="32">
         <v>141763</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>391</v>
       </c>
       <c r="E9" s="24">
         <v>34</v>
       </c>
       <c r="F9" s="24">
         <v>-2</v>
       </c>
       <c r="G9" s="24">
         <v>36</v>
       </c>
       <c r="H9" s="24">
         <v>51</v>
       </c>
       <c r="I9" s="24">
         <v>10</v>
       </c>
       <c r="J9" s="24">
         <v>56</v>
       </c>
       <c r="K9" s="24">
         <v>63</v>
       </c>
       <c r="L9" s="24">
         <v>47</v>
       </c>
       <c r="M9" s="24">
         <v>15</v>
       </c>
       <c r="N9" s="24">
         <v>13</v>
       </c>
       <c r="O9" s="24">
         <v>0</v>
       </c>
       <c r="P9" s="24">
         <v>68</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>889</v>
       </c>
       <c r="E10" s="24">
         <v>178</v>
       </c>
       <c r="F10" s="24">
         <v>145</v>
       </c>
       <c r="G10" s="24">
         <v>136</v>
       </c>
       <c r="H10" s="24">
         <v>-42</v>
       </c>
       <c r="I10" s="24">
         <v>25</v>
       </c>
       <c r="J10" s="24">
         <v>-144</v>
       </c>
       <c r="K10" s="24">
         <v>-116</v>
       </c>
       <c r="L10" s="24">
         <v>113</v>
       </c>
       <c r="M10" s="24">
         <v>209</v>
       </c>
       <c r="N10" s="24">
         <v>231</v>
       </c>
       <c r="O10" s="24">
         <v>138</v>
       </c>
       <c r="P10" s="24">
         <v>16</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1280</v>
       </c>
       <c r="E11" s="24">
         <v>212</v>
       </c>
       <c r="F11" s="24">
         <v>143</v>
       </c>
       <c r="G11" s="24">
         <v>172</v>
       </c>
       <c r="H11" s="24">
         <v>9</v>
       </c>
       <c r="I11" s="24">
         <v>35</v>
       </c>
       <c r="J11" s="24">
         <v>-88</v>
       </c>
       <c r="K11" s="24">
         <v>-53</v>
       </c>
       <c r="L11" s="24">
         <v>160</v>
       </c>
       <c r="M11" s="24">
         <v>224</v>
       </c>
       <c r="N11" s="24">
         <v>244</v>
       </c>
       <c r="O11" s="24">
         <v>138</v>
       </c>
       <c r="P11" s="24">
         <v>84</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-187</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>-187</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>141660</v>
       </c>
       <c r="E13" s="32">
         <v>140779</v>
       </c>
       <c r="F13" s="32">
         <v>140922</v>
       </c>
       <c r="G13" s="32">
         <v>141094</v>
       </c>
       <c r="H13" s="32">
         <v>141103</v>
       </c>
       <c r="I13" s="32">
         <v>141138</v>
       </c>
       <c r="J13" s="32">
         <v>141050</v>
       </c>
       <c r="K13" s="32">
         <v>140997</v>
       </c>
       <c r="L13" s="32">
         <v>141157</v>
       </c>
       <c r="M13" s="32">
         <v>141381</v>
       </c>
       <c r="N13" s="32">
         <v>141625</v>
       </c>
       <c r="O13" s="32">
         <v>141763</v>
       </c>
       <c r="P13" s="32">
         <v>141660</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>67755</v>
       </c>
       <c r="E14" s="32">
         <v>67266</v>
       </c>
       <c r="F14" s="32">
         <v>67335</v>
       </c>
       <c r="G14" s="32">
         <v>67434</v>
       </c>
       <c r="H14" s="32">
         <v>67437</v>
       </c>
       <c r="I14" s="32">
         <v>67466</v>
       </c>
       <c r="J14" s="32">
         <v>67427</v>
       </c>
       <c r="K14" s="32">
         <v>67431</v>
       </c>
       <c r="L14" s="32">
         <v>67512</v>
       </c>
       <c r="M14" s="32">
         <v>67623</v>
       </c>
       <c r="N14" s="32">
         <v>67748</v>
       </c>
       <c r="O14" s="32">
         <v>67803</v>
       </c>
       <c r="P14" s="32">
         <v>67755</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>73905</v>
       </c>
       <c r="E15" s="32">
         <v>73513</v>
       </c>
       <c r="F15" s="32">
         <v>73587</v>
       </c>
       <c r="G15" s="32">
         <v>73660</v>
       </c>
       <c r="H15" s="32">
         <v>73666</v>
       </c>
       <c r="I15" s="32">
         <v>73672</v>
       </c>
       <c r="J15" s="32">
         <v>73623</v>
       </c>
       <c r="K15" s="32">
         <v>73566</v>
       </c>
       <c r="L15" s="32">
         <v>73645</v>
       </c>
       <c r="M15" s="32">
         <v>73758</v>
       </c>
       <c r="N15" s="32">
         <v>73877</v>
       </c>
       <c r="O15" s="32">
         <v>73960</v>
       </c>
       <c r="P15" s="32">
         <v>73905</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>106464</v>
       </c>
       <c r="E16" s="32">
         <v>106201</v>
       </c>
       <c r="F16" s="32">
         <v>106257</v>
       </c>
       <c r="G16" s="32">
         <v>106385</v>
       </c>
       <c r="H16" s="32">
         <v>106527</v>
       </c>
       <c r="I16" s="32">
         <v>106571</v>
       </c>
       <c r="J16" s="32">
         <v>106521</v>
       </c>
       <c r="K16" s="32">
         <v>106422</v>
       </c>
       <c r="L16" s="32">
         <v>106460</v>
       </c>
       <c r="M16" s="32">
         <v>106430</v>
       </c>
       <c r="N16" s="32">
         <v>106453</v>
       </c>
       <c r="O16" s="32">
         <v>106508</v>
       </c>
       <c r="P16" s="32">
         <v>106464</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>35196</v>
       </c>
       <c r="E17" s="32">
         <v>34578</v>
       </c>
       <c r="F17" s="32">
         <v>34665</v>
       </c>
       <c r="G17" s="32">
         <v>34709</v>
       </c>
       <c r="H17" s="32">
         <v>34576</v>
       </c>
       <c r="I17" s="32">
         <v>34567</v>
       </c>
       <c r="J17" s="32">
         <v>34529</v>
       </c>
       <c r="K17" s="32">
         <v>34575</v>
       </c>
       <c r="L17" s="32">
         <v>34697</v>
       </c>
       <c r="M17" s="32">
         <v>34951</v>
       </c>
       <c r="N17" s="32">
         <v>35172</v>
       </c>
       <c r="O17" s="32">
         <v>35255</v>
       </c>
       <c r="P17" s="32">
         <v>35196</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>141110</v>
       </c>
       <c r="E18" s="33">
         <v>140670</v>
       </c>
       <c r="F18" s="33">
         <v>140850</v>
       </c>
       <c r="G18" s="33">
         <v>141010</v>
       </c>
       <c r="H18" s="33">
         <v>141100</v>
       </c>
       <c r="I18" s="33">
         <v>141120</v>
       </c>
       <c r="J18" s="33">
         <v>141090</v>
       </c>
       <c r="K18" s="33">
         <v>141020</v>
       </c>
       <c r="L18" s="33">
         <v>141080</v>
       </c>
       <c r="M18" s="33">
         <v>141270</v>
       </c>
       <c r="N18" s="33">
         <v>141500</v>
       </c>
       <c r="O18" s="33">
         <v>141690</v>
       </c>
       <c r="P18" s="33">
         <v>141710</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1678</v>
       </c>
       <c r="E20" s="21">
         <v>122</v>
       </c>
       <c r="F20" s="21">
         <v>119</v>
       </c>
       <c r="G20" s="21">
         <v>165</v>
       </c>
       <c r="H20" s="21">
         <v>123</v>
       </c>
       <c r="I20" s="21">
         <v>126</v>
       </c>
       <c r="J20" s="21">
         <v>163</v>
       </c>
       <c r="K20" s="21">
         <v>174</v>
       </c>
       <c r="L20" s="21">
         <v>146</v>
       </c>
       <c r="M20" s="21">
         <v>111</v>
       </c>
       <c r="N20" s="21">
         <v>122</v>
       </c>
       <c r="O20" s="21">
         <v>104</v>
       </c>
       <c r="P20" s="21">
         <v>203</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>870</v>
       </c>
       <c r="E21" s="21">
         <v>61</v>
       </c>
       <c r="F21" s="21">
         <v>61</v>
       </c>
       <c r="G21" s="21">
         <v>86</v>
       </c>
       <c r="H21" s="21">
         <v>72</v>
       </c>
       <c r="I21" s="21">
         <v>73</v>
       </c>
       <c r="J21" s="21">
         <v>85</v>
       </c>
       <c r="K21" s="21">
         <v>86</v>
       </c>
       <c r="L21" s="21">
         <v>79</v>
       </c>
       <c r="M21" s="21">
         <v>50</v>
       </c>
       <c r="N21" s="21">
         <v>61</v>
       </c>
       <c r="O21" s="21">
         <v>57</v>
       </c>
       <c r="P21" s="21">
         <v>99</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>808</v>
       </c>
       <c r="E22" s="21">
         <v>61</v>
       </c>
       <c r="F22" s="21">
         <v>58</v>
       </c>
       <c r="G22" s="21">
         <v>79</v>
       </c>
       <c r="H22" s="21">
         <v>51</v>
       </c>
       <c r="I22" s="21">
         <v>53</v>
       </c>
       <c r="J22" s="21">
         <v>78</v>
       </c>
       <c r="K22" s="21">
         <v>88</v>
       </c>
       <c r="L22" s="21">
         <v>67</v>
       </c>
       <c r="M22" s="21">
         <v>61</v>
       </c>
       <c r="N22" s="21">
         <v>61</v>
       </c>
       <c r="O22" s="21">
         <v>47</v>
       </c>
       <c r="P22" s="21">
         <v>104</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1258</v>
       </c>
       <c r="E23" s="32">
         <v>86</v>
       </c>
       <c r="F23" s="32">
         <v>95</v>
       </c>
       <c r="G23" s="32">
         <v>125</v>
       </c>
       <c r="H23" s="32">
         <v>87</v>
       </c>
       <c r="I23" s="32">
         <v>111</v>
       </c>
       <c r="J23" s="32">
         <v>125</v>
       </c>
       <c r="K23" s="32">
         <v>125</v>
       </c>
       <c r="L23" s="32">
         <v>111</v>
       </c>
       <c r="M23" s="32">
         <v>80</v>
       </c>
       <c r="N23" s="32">
         <v>93</v>
       </c>
       <c r="O23" s="32">
         <v>72</v>
       </c>
       <c r="P23" s="32">
         <v>148</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>420</v>
       </c>
       <c r="E24" s="33">
         <v>36</v>
       </c>
       <c r="F24" s="33">
         <v>24</v>
       </c>
       <c r="G24" s="33">
         <v>40</v>
       </c>
       <c r="H24" s="33">
         <v>36</v>
       </c>
       <c r="I24" s="33">
         <v>15</v>
       </c>
       <c r="J24" s="33">
         <v>38</v>
       </c>
       <c r="K24" s="33">
         <v>49</v>
       </c>
       <c r="L24" s="33">
         <v>35</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>29</v>
       </c>
       <c r="O24" s="33">
         <v>32</v>
       </c>
       <c r="P24" s="33">
         <v>55</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1287</v>
       </c>
       <c r="E26" s="21">
         <v>88</v>
       </c>
       <c r="F26" s="21">
         <v>121</v>
       </c>
       <c r="G26" s="21">
         <v>129</v>
       </c>
       <c r="H26" s="21">
         <v>72</v>
       </c>
       <c r="I26" s="21">
         <v>116</v>
       </c>
       <c r="J26" s="21">
         <v>107</v>
       </c>
       <c r="K26" s="21">
         <v>111</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>96</v>
       </c>
       <c r="N26" s="21">
         <v>109</v>
       </c>
       <c r="O26" s="21">
         <v>104</v>
       </c>
       <c r="P26" s="21">
         <v>135</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>534</v>
       </c>
       <c r="E27" s="21">
         <v>33</v>
       </c>
       <c r="F27" s="21">
         <v>43</v>
       </c>
       <c r="G27" s="21">
         <v>52</v>
       </c>
       <c r="H27" s="21">
         <v>32</v>
       </c>
       <c r="I27" s="21">
         <v>45</v>
       </c>
       <c r="J27" s="21">
         <v>59</v>
       </c>
       <c r="K27" s="21">
         <v>46</v>
       </c>
       <c r="L27" s="21">
         <v>47</v>
       </c>
       <c r="M27" s="21">
         <v>42</v>
       </c>
       <c r="N27" s="21">
         <v>42</v>
       </c>
       <c r="O27" s="21">
         <v>44</v>
       </c>
       <c r="P27" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>753</v>
       </c>
       <c r="E28" s="21">
         <v>55</v>
       </c>
       <c r="F28" s="21">
         <v>78</v>
       </c>
       <c r="G28" s="21">
         <v>77</v>
       </c>
       <c r="H28" s="21">
         <v>40</v>
       </c>
       <c r="I28" s="21">
         <v>71</v>
       </c>
       <c r="J28" s="21">
         <v>48</v>
       </c>
       <c r="K28" s="21">
         <v>65</v>
       </c>
       <c r="L28" s="21">
         <v>52</v>
       </c>
       <c r="M28" s="21">
         <v>54</v>
       </c>
       <c r="N28" s="21">
         <v>67</v>
       </c>
       <c r="O28" s="21">
         <v>60</v>
       </c>
       <c r="P28" s="21">
         <v>86</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1179</v>
       </c>
       <c r="E29" s="21">
         <v>84</v>
       </c>
       <c r="F29" s="21">
         <v>112</v>
       </c>
       <c r="G29" s="21">
         <v>115</v>
       </c>
       <c r="H29" s="21">
         <v>67</v>
       </c>
       <c r="I29" s="21">
         <v>109</v>
       </c>
       <c r="J29" s="21">
         <v>96</v>
       </c>
       <c r="K29" s="21">
         <v>100</v>
       </c>
       <c r="L29" s="21">
         <v>83</v>
       </c>
       <c r="M29" s="21">
         <v>93</v>
       </c>
       <c r="N29" s="21">
         <v>100</v>
       </c>
       <c r="O29" s="21">
         <v>94</v>
       </c>
       <c r="P29" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>108</v>
       </c>
       <c r="E30" s="21">
         <v>4</v>
       </c>
       <c r="F30" s="21">
         <v>9</v>
       </c>
       <c r="G30" s="21">
         <v>14</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>7</v>
       </c>
       <c r="J30" s="21">
         <v>11</v>
       </c>
       <c r="K30" s="21">
         <v>11</v>
       </c>
       <c r="L30" s="21">
         <v>16</v>
       </c>
       <c r="M30" s="21">
         <v>3</v>
       </c>
       <c r="N30" s="21">
         <v>9</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>6</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>2</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>1</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>2</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>7</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>2</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>2</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>1</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>2</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>3</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>4</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>0</v>
       </c>
       <c r="O33" s="32">
         <v>3</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>135</v>
       </c>
       <c r="E34" s="32">
         <v>7</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>11</v>
       </c>
       <c r="H34" s="32">
         <v>12</v>
       </c>
       <c r="I34" s="32">
         <v>13</v>
       </c>
       <c r="J34" s="32">
         <v>11</v>
       </c>
       <c r="K34" s="32">
         <v>11</v>
       </c>
       <c r="L34" s="32">
         <v>12</v>
       </c>
       <c r="M34" s="32">
         <v>5</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>15</v>
       </c>
       <c r="P34" s="32">
         <v>12</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>252</v>
       </c>
       <c r="E35" s="32">
         <v>13</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>28</v>
       </c>
       <c r="H35" s="32">
         <v>14</v>
       </c>
       <c r="I35" s="32">
         <v>27</v>
       </c>
       <c r="J35" s="32">
         <v>17</v>
       </c>
       <c r="K35" s="32">
         <v>21</v>
       </c>
       <c r="L35" s="32">
         <v>21</v>
       </c>
       <c r="M35" s="32">
         <v>19</v>
       </c>
       <c r="N35" s="32">
         <v>21</v>
       </c>
       <c r="O35" s="32">
         <v>20</v>
       </c>
       <c r="P35" s="32">
         <v>30</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>870</v>
       </c>
       <c r="E36" s="33">
         <v>67</v>
       </c>
       <c r="F36" s="33">
         <v>82</v>
       </c>
       <c r="G36" s="33">
         <v>86</v>
       </c>
       <c r="H36" s="33">
         <v>45</v>
       </c>
       <c r="I36" s="33">
         <v>73</v>
       </c>
       <c r="J36" s="33">
         <v>76</v>
       </c>
       <c r="K36" s="33">
         <v>75</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>72</v>
       </c>
       <c r="N36" s="33">
         <v>74</v>
       </c>
       <c r="O36" s="33">
         <v>66</v>
       </c>
       <c r="P36" s="33">
         <v>93</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1672</v>
       </c>
       <c r="E38" s="26">
         <v>89</v>
       </c>
       <c r="F38" s="26">
         <v>94</v>
       </c>
       <c r="G38" s="26">
         <v>82</v>
       </c>
       <c r="H38" s="26">
         <v>112</v>
       </c>
       <c r="I38" s="26">
         <v>148</v>
       </c>
       <c r="J38" s="26">
         <v>201</v>
       </c>
       <c r="K38" s="26">
         <v>240</v>
       </c>
       <c r="L38" s="26">
         <v>179</v>
       </c>
       <c r="M38" s="26">
         <v>190</v>
       </c>
       <c r="N38" s="26">
         <v>124</v>
       </c>
       <c r="O38" s="26">
         <v>93</v>
       </c>
       <c r="P38" s="26">
         <v>120</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>859</v>
       </c>
       <c r="E39" s="21">
         <v>49</v>
       </c>
       <c r="F39" s="21">
         <v>50</v>
       </c>
       <c r="G39" s="21">
         <v>41</v>
       </c>
       <c r="H39" s="21">
         <v>51</v>
       </c>
       <c r="I39" s="21">
         <v>81</v>
       </c>
       <c r="J39" s="21">
         <v>110</v>
       </c>
       <c r="K39" s="21">
         <v>117</v>
       </c>
       <c r="L39" s="21">
         <v>89</v>
       </c>
       <c r="M39" s="21">
         <v>94</v>
       </c>
       <c r="N39" s="21">
         <v>65</v>
       </c>
       <c r="O39" s="21">
         <v>54</v>
       </c>
       <c r="P39" s="21">
         <v>58</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>813</v>
       </c>
       <c r="E40" s="21">
         <v>40</v>
       </c>
       <c r="F40" s="21">
         <v>44</v>
       </c>
       <c r="G40" s="21">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>61</v>
       </c>
       <c r="I40" s="21">
         <v>67</v>
       </c>
       <c r="J40" s="21">
         <v>91</v>
       </c>
       <c r="K40" s="21">
         <v>123</v>
       </c>
       <c r="L40" s="21">
         <v>90</v>
       </c>
       <c r="M40" s="21">
         <v>96</v>
       </c>
       <c r="N40" s="21">
         <v>59</v>
       </c>
       <c r="O40" s="21">
         <v>39</v>
       </c>
       <c r="P40" s="21">
         <v>62</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1189</v>
       </c>
       <c r="E41" s="21">
         <v>57</v>
       </c>
       <c r="F41" s="21">
         <v>57</v>
       </c>
       <c r="G41" s="21">
         <v>57</v>
       </c>
       <c r="H41" s="21">
         <v>79</v>
       </c>
       <c r="I41" s="21">
         <v>114</v>
       </c>
       <c r="J41" s="21">
         <v>145</v>
       </c>
       <c r="K41" s="21">
         <v>185</v>
       </c>
       <c r="L41" s="21">
         <v>144</v>
       </c>
       <c r="M41" s="21">
         <v>144</v>
       </c>
       <c r="N41" s="21">
         <v>69</v>
       </c>
       <c r="O41" s="21">
         <v>50</v>
       </c>
       <c r="P41" s="21">
         <v>88</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>483</v>
       </c>
       <c r="E42" s="34">
         <v>32</v>
       </c>
       <c r="F42" s="34">
         <v>37</v>
       </c>
       <c r="G42" s="34">
         <v>25</v>
       </c>
       <c r="H42" s="34">
         <v>33</v>
       </c>
       <c r="I42" s="34">
         <v>34</v>
       </c>
       <c r="J42" s="34">
         <v>56</v>
       </c>
       <c r="K42" s="34">
         <v>55</v>
       </c>
       <c r="L42" s="34">
         <v>35</v>
       </c>
       <c r="M42" s="34">
         <v>46</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>43</v>
       </c>
       <c r="P42" s="34">
         <v>32</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>595</v>
       </c>
       <c r="E44" s="21">
         <v>43</v>
       </c>
       <c r="F44" s="21">
         <v>59</v>
       </c>
       <c r="G44" s="21">
         <v>59</v>
       </c>
       <c r="H44" s="21">
         <v>29</v>
       </c>
       <c r="I44" s="21">
         <v>42</v>
       </c>
       <c r="J44" s="21">
         <v>54</v>
       </c>
       <c r="K44" s="21">
         <v>57</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>46</v>
       </c>
       <c r="O44" s="21">
         <v>49</v>
       </c>
       <c r="P44" s="21">
         <v>87</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>288</v>
       </c>
       <c r="E45" s="21">
         <v>20</v>
       </c>
       <c r="F45" s="21">
         <v>31</v>
       </c>
       <c r="G45" s="21">
         <v>27</v>
       </c>
       <c r="H45" s="21">
         <v>14</v>
       </c>
       <c r="I45" s="21">
         <v>16</v>
       </c>
       <c r="J45" s="21">
         <v>28</v>
       </c>
       <c r="K45" s="21">
         <v>28</v>
       </c>
       <c r="L45" s="21">
         <v>18</v>
       </c>
       <c r="M45" s="21">
         <v>16</v>
       </c>
       <c r="N45" s="21">
         <v>21</v>
       </c>
       <c r="O45" s="21">
         <v>26</v>
       </c>
       <c r="P45" s="21">
         <v>43</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>307</v>
       </c>
       <c r="E46" s="21">
         <v>23</v>
       </c>
       <c r="F46" s="21">
         <v>28</v>
       </c>
       <c r="G46" s="21">
         <v>32</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>26</v>
       </c>
       <c r="J46" s="21">
         <v>26</v>
       </c>
       <c r="K46" s="21">
         <v>29</v>
       </c>
       <c r="L46" s="21">
         <v>16</v>
       </c>
       <c r="M46" s="21">
         <v>20</v>
       </c>
       <c r="N46" s="21">
         <v>25</v>
       </c>
       <c r="O46" s="21">
         <v>23</v>
       </c>
       <c r="P46" s="21">
         <v>44</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>390</v>
       </c>
       <c r="E47" s="21">
         <v>24</v>
       </c>
       <c r="F47" s="21">
         <v>40</v>
       </c>
       <c r="G47" s="21">
         <v>35</v>
       </c>
       <c r="H47" s="21">
         <v>16</v>
       </c>
       <c r="I47" s="21">
         <v>29</v>
       </c>
       <c r="J47" s="21">
         <v>43</v>
       </c>
       <c r="K47" s="21">
         <v>43</v>
       </c>
       <c r="L47" s="21">
         <v>20</v>
       </c>
       <c r="M47" s="21">
         <v>23</v>
       </c>
       <c r="N47" s="21">
         <v>34</v>
       </c>
       <c r="O47" s="21">
         <v>20</v>
       </c>
       <c r="P47" s="21">
         <v>63</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>205</v>
       </c>
       <c r="E48" s="34">
         <v>19</v>
       </c>
       <c r="F48" s="34">
         <v>19</v>
       </c>
       <c r="G48" s="34">
         <v>24</v>
       </c>
       <c r="H48" s="34">
         <v>13</v>
       </c>
       <c r="I48" s="34">
         <v>13</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>14</v>
       </c>
       <c r="L48" s="34">
         <v>14</v>
       </c>
       <c r="M48" s="34">
         <v>13</v>
       </c>
       <c r="N48" s="34">
         <v>12</v>
       </c>
       <c r="O48" s="34">
         <v>29</v>
       </c>
       <c r="P48" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="30" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="31"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="31"/>
       <c r="N4" s="31"/>
       <c r="O4" s="31"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>139089</v>
       </c>
       <c r="E8" s="32">
         <v>139089</v>
       </c>
       <c r="F8" s="32">
         <v>139211</v>
       </c>
       <c r="G8" s="32">
         <v>139382</v>
       </c>
       <c r="H8" s="32">
         <v>139500</v>
       </c>
       <c r="I8" s="32">
         <v>139681</v>
       </c>
       <c r="J8" s="32">
         <v>139807</v>
       </c>
       <c r="K8" s="32">
         <v>139804</v>
       </c>
       <c r="L8" s="32">
         <v>139800</v>
       </c>
       <c r="M8" s="32">
         <v>139930</v>
       </c>
       <c r="N8" s="32">
         <v>140288</v>
       </c>
       <c r="O8" s="32">
         <v>140627</v>
       </c>
       <c r="P8" s="32">
         <v>140634</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>342</v>
       </c>
       <c r="E9" s="24">
         <v>-17</v>
       </c>
       <c r="F9" s="24">
         <v>27</v>
       </c>
       <c r="G9" s="24">
         <v>-6</v>
       </c>
       <c r="H9" s="24">
         <v>-5</v>
       </c>
       <c r="I9" s="24">
         <v>78</v>
       </c>
       <c r="J9" s="24">
         <v>49</v>
       </c>
       <c r="K9" s="24">
         <v>16</v>
       </c>
       <c r="L9" s="24">
         <v>61</v>
       </c>
       <c r="M9" s="24">
         <v>45</v>
       </c>
       <c r="N9" s="24">
         <v>61</v>
       </c>
       <c r="O9" s="24">
         <v>25</v>
       </c>
       <c r="P9" s="24">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1099</v>
       </c>
       <c r="E10" s="24">
         <v>139</v>
       </c>
       <c r="F10" s="24">
         <v>144</v>
       </c>
       <c r="G10" s="24">
         <v>124</v>
       </c>
       <c r="H10" s="24">
         <v>186</v>
       </c>
       <c r="I10" s="24">
         <v>48</v>
       </c>
       <c r="J10" s="24">
         <v>-52</v>
       </c>
       <c r="K10" s="24">
         <v>-20</v>
       </c>
       <c r="L10" s="24">
         <v>69</v>
       </c>
       <c r="M10" s="24">
         <v>313</v>
       </c>
       <c r="N10" s="24">
         <v>278</v>
       </c>
       <c r="O10" s="24">
         <v>-18</v>
       </c>
       <c r="P10" s="24">
         <v>-112</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1441</v>
       </c>
       <c r="E11" s="24">
         <v>122</v>
       </c>
       <c r="F11" s="24">
         <v>171</v>
       </c>
       <c r="G11" s="24">
         <v>118</v>
       </c>
       <c r="H11" s="24">
         <v>181</v>
       </c>
       <c r="I11" s="24">
         <v>126</v>
       </c>
       <c r="J11" s="24">
         <v>-3</v>
       </c>
       <c r="K11" s="24">
         <v>-4</v>
       </c>
       <c r="L11" s="24">
         <v>130</v>
       </c>
       <c r="M11" s="24">
         <v>358</v>
       </c>
       <c r="N11" s="24">
         <v>339</v>
       </c>
       <c r="O11" s="24">
         <v>7</v>
       </c>
       <c r="P11" s="24">
         <v>-104</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="35">
         <v>37</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>37</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>140567</v>
       </c>
       <c r="E13" s="32">
         <v>139211</v>
       </c>
       <c r="F13" s="32">
         <v>139382</v>
       </c>
       <c r="G13" s="32">
         <v>139500</v>
       </c>
       <c r="H13" s="32">
         <v>139681</v>
       </c>
       <c r="I13" s="32">
         <v>139807</v>
       </c>
       <c r="J13" s="32">
         <v>139804</v>
       </c>
       <c r="K13" s="32">
         <v>139800</v>
       </c>
       <c r="L13" s="32">
         <v>139930</v>
       </c>
       <c r="M13" s="32">
         <v>140288</v>
       </c>
       <c r="N13" s="32">
         <v>140627</v>
       </c>
       <c r="O13" s="32">
         <v>140634</v>
       </c>
       <c r="P13" s="32">
         <v>140567</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>67139</v>
       </c>
       <c r="E14" s="32">
         <v>66464</v>
       </c>
       <c r="F14" s="32">
         <v>66555</v>
       </c>
       <c r="G14" s="32">
         <v>66657</v>
       </c>
       <c r="H14" s="32">
         <v>66697</v>
       </c>
       <c r="I14" s="32">
         <v>66777</v>
       </c>
       <c r="J14" s="32">
         <v>66830</v>
       </c>
       <c r="K14" s="32">
         <v>66848</v>
       </c>
       <c r="L14" s="32">
         <v>66894</v>
       </c>
       <c r="M14" s="32">
         <v>67050</v>
       </c>
       <c r="N14" s="32">
         <v>67179</v>
       </c>
       <c r="O14" s="32">
         <v>67136</v>
       </c>
       <c r="P14" s="32">
         <v>67139</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>73428</v>
       </c>
       <c r="E15" s="32">
         <v>72747</v>
       </c>
       <c r="F15" s="32">
         <v>72827</v>
       </c>
       <c r="G15" s="32">
         <v>72843</v>
       </c>
       <c r="H15" s="32">
         <v>72984</v>
       </c>
       <c r="I15" s="32">
         <v>73030</v>
       </c>
       <c r="J15" s="32">
         <v>72974</v>
       </c>
       <c r="K15" s="32">
         <v>72952</v>
       </c>
       <c r="L15" s="32">
         <v>73036</v>
       </c>
       <c r="M15" s="32">
         <v>73238</v>
       </c>
       <c r="N15" s="32">
         <v>73448</v>
       </c>
       <c r="O15" s="32">
         <v>73498</v>
       </c>
       <c r="P15" s="32">
         <v>73428</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>105996</v>
       </c>
       <c r="E16" s="32">
         <v>105486</v>
       </c>
       <c r="F16" s="32">
         <v>105580</v>
       </c>
       <c r="G16" s="32">
         <v>105571</v>
       </c>
       <c r="H16" s="32">
         <v>105616</v>
       </c>
       <c r="I16" s="32">
         <v>105694</v>
       </c>
       <c r="J16" s="32">
         <v>105700</v>
       </c>
       <c r="K16" s="32">
         <v>105699</v>
       </c>
       <c r="L16" s="32">
         <v>105708</v>
       </c>
       <c r="M16" s="32">
         <v>105826</v>
       </c>
       <c r="N16" s="32">
         <v>106007</v>
       </c>
       <c r="O16" s="32">
         <v>105980</v>
       </c>
       <c r="P16" s="32">
         <v>105996</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34571</v>
       </c>
       <c r="E17" s="32">
         <v>33725</v>
       </c>
       <c r="F17" s="32">
         <v>33802</v>
       </c>
       <c r="G17" s="32">
         <v>33929</v>
       </c>
       <c r="H17" s="32">
         <v>34065</v>
       </c>
       <c r="I17" s="32">
         <v>34113</v>
       </c>
       <c r="J17" s="32">
         <v>34104</v>
       </c>
       <c r="K17" s="32">
         <v>34101</v>
       </c>
       <c r="L17" s="32">
         <v>34222</v>
       </c>
       <c r="M17" s="32">
         <v>34462</v>
       </c>
       <c r="N17" s="32">
         <v>34620</v>
       </c>
       <c r="O17" s="32">
         <v>34654</v>
       </c>
       <c r="P17" s="32">
         <v>34571</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>139830</v>
       </c>
       <c r="E18" s="33">
         <v>139150</v>
       </c>
       <c r="F18" s="33">
         <v>139300</v>
       </c>
       <c r="G18" s="33">
         <v>139440</v>
       </c>
       <c r="H18" s="33">
         <v>139590</v>
       </c>
       <c r="I18" s="33">
         <v>139740</v>
       </c>
       <c r="J18" s="33">
         <v>139810</v>
       </c>
       <c r="K18" s="33">
         <v>139800</v>
       </c>
       <c r="L18" s="33">
         <v>139870</v>
       </c>
       <c r="M18" s="33">
         <v>140110</v>
       </c>
       <c r="N18" s="33">
         <v>140460</v>
       </c>
       <c r="O18" s="33">
         <v>140630</v>
       </c>
       <c r="P18" s="33">
         <v>140600</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1677</v>
       </c>
       <c r="E20" s="21">
         <v>118</v>
       </c>
       <c r="F20" s="21">
         <v>152</v>
       </c>
       <c r="G20" s="21">
         <v>126</v>
       </c>
       <c r="H20" s="21">
         <v>120</v>
       </c>
       <c r="I20" s="21">
         <v>156</v>
       </c>
       <c r="J20" s="21">
         <v>142</v>
       </c>
       <c r="K20" s="21">
         <v>159</v>
       </c>
       <c r="L20" s="21">
         <v>118</v>
       </c>
       <c r="M20" s="21">
         <v>173</v>
       </c>
       <c r="N20" s="21">
         <v>117</v>
       </c>
       <c r="O20" s="21">
         <v>144</v>
       </c>
       <c r="P20" s="21">
         <v>152</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>886</v>
       </c>
       <c r="E21" s="21">
         <v>67</v>
       </c>
       <c r="F21" s="21">
         <v>83</v>
       </c>
       <c r="G21" s="21">
         <v>59</v>
       </c>
       <c r="H21" s="21">
         <v>64</v>
       </c>
       <c r="I21" s="21">
         <v>76</v>
       </c>
       <c r="J21" s="21">
         <v>69</v>
       </c>
       <c r="K21" s="21">
         <v>91</v>
       </c>
       <c r="L21" s="21">
         <v>59</v>
       </c>
       <c r="M21" s="21">
         <v>89</v>
       </c>
       <c r="N21" s="21">
         <v>64</v>
       </c>
       <c r="O21" s="21">
         <v>78</v>
       </c>
       <c r="P21" s="21">
         <v>87</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>791</v>
       </c>
       <c r="E22" s="21">
         <v>51</v>
       </c>
       <c r="F22" s="21">
         <v>69</v>
       </c>
       <c r="G22" s="21">
         <v>67</v>
       </c>
       <c r="H22" s="21">
         <v>56</v>
       </c>
       <c r="I22" s="21">
         <v>80</v>
       </c>
       <c r="J22" s="21">
         <v>73</v>
       </c>
       <c r="K22" s="21">
         <v>68</v>
       </c>
       <c r="L22" s="21">
         <v>59</v>
       </c>
       <c r="M22" s="21">
         <v>84</v>
       </c>
       <c r="N22" s="21">
         <v>53</v>
       </c>
       <c r="O22" s="21">
         <v>66</v>
       </c>
       <c r="P22" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1292</v>
       </c>
       <c r="E23" s="32">
         <v>82</v>
       </c>
       <c r="F23" s="32">
         <v>111</v>
       </c>
       <c r="G23" s="32">
         <v>99</v>
       </c>
       <c r="H23" s="32">
         <v>87</v>
       </c>
       <c r="I23" s="32">
         <v>124</v>
       </c>
       <c r="J23" s="32">
         <v>106</v>
       </c>
       <c r="K23" s="32">
         <v>135</v>
       </c>
       <c r="L23" s="32">
         <v>87</v>
       </c>
       <c r="M23" s="32">
         <v>131</v>
       </c>
       <c r="N23" s="32">
         <v>92</v>
       </c>
       <c r="O23" s="32">
         <v>112</v>
       </c>
       <c r="P23" s="32">
         <v>126</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>385</v>
       </c>
       <c r="E24" s="33">
         <v>36</v>
       </c>
       <c r="F24" s="33">
         <v>41</v>
       </c>
       <c r="G24" s="33">
         <v>27</v>
       </c>
       <c r="H24" s="33">
         <v>33</v>
       </c>
       <c r="I24" s="33">
         <v>32</v>
       </c>
       <c r="J24" s="33">
         <v>36</v>
       </c>
       <c r="K24" s="33">
         <v>24</v>
       </c>
       <c r="L24" s="33">
         <v>31</v>
       </c>
       <c r="M24" s="33">
         <v>42</v>
       </c>
       <c r="N24" s="33">
         <v>25</v>
       </c>
       <c r="O24" s="33">
         <v>32</v>
       </c>
       <c r="P24" s="33">
         <v>26</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1335</v>
       </c>
       <c r="E26" s="21">
         <v>135</v>
       </c>
       <c r="F26" s="21">
         <v>125</v>
       </c>
       <c r="G26" s="21">
         <v>132</v>
       </c>
       <c r="H26" s="21">
         <v>125</v>
       </c>
       <c r="I26" s="21">
         <v>78</v>
       </c>
       <c r="J26" s="21">
         <v>93</v>
       </c>
       <c r="K26" s="21">
         <v>143</v>
       </c>
       <c r="L26" s="21">
         <v>57</v>
       </c>
       <c r="M26" s="21">
         <v>128</v>
       </c>
       <c r="N26" s="21">
         <v>56</v>
       </c>
       <c r="O26" s="21">
         <v>119</v>
       </c>
       <c r="P26" s="21">
         <v>144</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>582</v>
       </c>
       <c r="E27" s="21">
         <v>65</v>
       </c>
       <c r="F27" s="21">
         <v>52</v>
       </c>
       <c r="G27" s="21">
         <v>53</v>
       </c>
       <c r="H27" s="21">
         <v>53</v>
       </c>
       <c r="I27" s="21">
         <v>43</v>
       </c>
       <c r="J27" s="21">
         <v>46</v>
       </c>
       <c r="K27" s="21">
         <v>66</v>
       </c>
       <c r="L27" s="21">
         <v>28</v>
       </c>
       <c r="M27" s="21">
         <v>59</v>
       </c>
       <c r="N27" s="21">
         <v>16</v>
       </c>
       <c r="O27" s="21">
         <v>48</v>
       </c>
       <c r="P27" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>753</v>
       </c>
       <c r="E28" s="21">
         <v>70</v>
       </c>
       <c r="F28" s="21">
         <v>73</v>
       </c>
       <c r="G28" s="21">
         <v>79</v>
       </c>
       <c r="H28" s="21">
         <v>72</v>
       </c>
       <c r="I28" s="21">
         <v>35</v>
       </c>
       <c r="J28" s="21">
         <v>47</v>
       </c>
       <c r="K28" s="21">
         <v>77</v>
       </c>
       <c r="L28" s="21">
         <v>29</v>
       </c>
       <c r="M28" s="21">
         <v>69</v>
       </c>
       <c r="N28" s="21">
         <v>40</v>
       </c>
       <c r="O28" s="21">
         <v>71</v>
       </c>
       <c r="P28" s="21">
         <v>91</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1205</v>
       </c>
       <c r="E29" s="21">
         <v>125</v>
       </c>
       <c r="F29" s="21">
         <v>114</v>
       </c>
       <c r="G29" s="21">
         <v>113</v>
       </c>
       <c r="H29" s="21">
         <v>120</v>
       </c>
       <c r="I29" s="21">
         <v>66</v>
       </c>
       <c r="J29" s="21">
         <v>83</v>
       </c>
       <c r="K29" s="21">
         <v>131</v>
       </c>
       <c r="L29" s="21">
         <v>49</v>
       </c>
       <c r="M29" s="21">
         <v>119</v>
       </c>
       <c r="N29" s="21">
         <v>49</v>
       </c>
       <c r="O29" s="21">
         <v>103</v>
       </c>
       <c r="P29" s="21">
         <v>133</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>130</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>11</v>
       </c>
       <c r="G30" s="21">
         <v>19</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>12</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>8</v>
       </c>
       <c r="M30" s="21">
         <v>9</v>
       </c>
       <c r="N30" s="21">
         <v>7</v>
       </c>
       <c r="O30" s="21">
         <v>16</v>
       </c>
       <c r="P30" s="21">
         <v>11</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>9</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>1</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>2</v>
       </c>
       <c r="K31" s="32">
         <v>1</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>4</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>11</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>1</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>2</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>4</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>18</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>2</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>3</v>
       </c>
       <c r="I33" s="32">
         <v>1</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>1</v>
       </c>
       <c r="L33" s="32">
         <v>1</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>151</v>
       </c>
       <c r="E34" s="32">
         <v>13</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>14</v>
       </c>
       <c r="H34" s="32">
         <v>19</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>16</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>10</v>
       </c>
       <c r="M34" s="32">
         <v>14</v>
       </c>
       <c r="N34" s="32">
         <v>8</v>
       </c>
       <c r="O34" s="32">
         <v>4</v>
       </c>
       <c r="P34" s="32">
         <v>15</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>301</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>23</v>
       </c>
       <c r="H35" s="32">
         <v>27</v>
       </c>
       <c r="I35" s="32">
         <v>16</v>
       </c>
       <c r="J35" s="32">
         <v>18</v>
       </c>
       <c r="K35" s="32">
         <v>38</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>38</v>
       </c>
       <c r="N35" s="32">
         <v>13</v>
       </c>
       <c r="O35" s="32">
         <v>36</v>
       </c>
       <c r="P35" s="32">
         <v>24</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>854</v>
       </c>
       <c r="E36" s="33">
         <v>93</v>
       </c>
       <c r="F36" s="33">
         <v>88</v>
       </c>
       <c r="G36" s="33">
         <v>93</v>
       </c>
       <c r="H36" s="33">
         <v>75</v>
       </c>
       <c r="I36" s="33">
         <v>50</v>
       </c>
       <c r="J36" s="33">
         <v>56</v>
       </c>
       <c r="K36" s="33">
         <v>90</v>
       </c>
       <c r="L36" s="33">
         <v>28</v>
       </c>
       <c r="M36" s="33">
         <v>73</v>
       </c>
       <c r="N36" s="33">
         <v>34</v>
       </c>
       <c r="O36" s="33">
         <v>74</v>
       </c>
       <c r="P36" s="33">
         <v>100</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1639</v>
       </c>
       <c r="E38" s="26">
         <v>74</v>
       </c>
       <c r="F38" s="26">
         <v>84</v>
       </c>
       <c r="G38" s="26">
         <v>108</v>
       </c>
       <c r="H38" s="26">
         <v>126</v>
       </c>
       <c r="I38" s="26">
         <v>153</v>
       </c>
       <c r="J38" s="26">
         <v>171</v>
       </c>
       <c r="K38" s="26">
         <v>215</v>
       </c>
       <c r="L38" s="26">
         <v>124</v>
       </c>
       <c r="M38" s="26">
         <v>262</v>
       </c>
       <c r="N38" s="26">
         <v>131</v>
       </c>
       <c r="O38" s="26">
         <v>105</v>
       </c>
       <c r="P38" s="26">
         <v>86</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>868</v>
       </c>
       <c r="E39" s="21">
         <v>38</v>
       </c>
       <c r="F39" s="21">
         <v>49</v>
       </c>
       <c r="G39" s="21">
         <v>59</v>
       </c>
       <c r="H39" s="21">
         <v>65</v>
       </c>
       <c r="I39" s="21">
         <v>77</v>
       </c>
       <c r="J39" s="21">
         <v>90</v>
       </c>
       <c r="K39" s="21">
         <v>115</v>
       </c>
       <c r="L39" s="21">
         <v>64</v>
       </c>
       <c r="M39" s="21">
         <v>135</v>
       </c>
       <c r="N39" s="21">
         <v>73</v>
       </c>
       <c r="O39" s="21">
         <v>58</v>
       </c>
       <c r="P39" s="21">
         <v>45</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>771</v>
       </c>
       <c r="E40" s="21">
         <v>36</v>
       </c>
       <c r="F40" s="21">
         <v>35</v>
       </c>
       <c r="G40" s="21">
         <v>49</v>
       </c>
       <c r="H40" s="21">
         <v>61</v>
       </c>
       <c r="I40" s="21">
         <v>76</v>
       </c>
       <c r="J40" s="21">
         <v>81</v>
       </c>
       <c r="K40" s="21">
         <v>100</v>
       </c>
       <c r="L40" s="21">
         <v>60</v>
       </c>
       <c r="M40" s="21">
         <v>127</v>
       </c>
       <c r="N40" s="21">
         <v>58</v>
       </c>
       <c r="O40" s="21">
         <v>47</v>
       </c>
       <c r="P40" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1139</v>
       </c>
       <c r="E41" s="21">
         <v>41</v>
       </c>
       <c r="F41" s="21">
         <v>54</v>
       </c>
       <c r="G41" s="21">
         <v>70</v>
       </c>
       <c r="H41" s="21">
         <v>102</v>
       </c>
       <c r="I41" s="21">
         <v>114</v>
       </c>
       <c r="J41" s="21">
         <v>122</v>
       </c>
       <c r="K41" s="21">
         <v>157</v>
       </c>
       <c r="L41" s="21">
         <v>90</v>
       </c>
       <c r="M41" s="21">
         <v>191</v>
       </c>
       <c r="N41" s="21">
         <v>76</v>
       </c>
       <c r="O41" s="21">
         <v>65</v>
       </c>
       <c r="P41" s="21">
         <v>57</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>500</v>
       </c>
       <c r="E42" s="34">
         <v>33</v>
       </c>
       <c r="F42" s="34">
         <v>30</v>
       </c>
       <c r="G42" s="34">
         <v>38</v>
       </c>
       <c r="H42" s="34">
         <v>24</v>
       </c>
       <c r="I42" s="34">
         <v>39</v>
       </c>
       <c r="J42" s="34">
         <v>49</v>
       </c>
       <c r="K42" s="34">
         <v>58</v>
       </c>
       <c r="L42" s="34">
         <v>34</v>
       </c>
       <c r="M42" s="34">
         <v>71</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>40</v>
       </c>
       <c r="P42" s="34">
         <v>29</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>624</v>
       </c>
       <c r="E44" s="21">
         <v>51</v>
       </c>
       <c r="F44" s="21">
         <v>43</v>
       </c>
       <c r="G44" s="21">
         <v>56</v>
       </c>
       <c r="H44" s="21">
         <v>45</v>
       </c>
       <c r="I44" s="21">
         <v>62</v>
       </c>
       <c r="J44" s="21">
         <v>48</v>
       </c>
       <c r="K44" s="21">
         <v>54</v>
       </c>
       <c r="L44" s="21">
         <v>18</v>
       </c>
       <c r="M44" s="21">
         <v>79</v>
       </c>
       <c r="N44" s="21">
         <v>34</v>
       </c>
       <c r="O44" s="21">
         <v>53</v>
       </c>
       <c r="P44" s="21">
         <v>81</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>314</v>
       </c>
       <c r="E45" s="21">
         <v>27</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>30</v>
       </c>
       <c r="H45" s="21">
         <v>21</v>
       </c>
       <c r="I45" s="21">
         <v>26</v>
       </c>
       <c r="J45" s="21">
         <v>24</v>
       </c>
       <c r="K45" s="21">
         <v>30</v>
       </c>
       <c r="L45" s="21">
         <v>10</v>
       </c>
       <c r="M45" s="21">
         <v>43</v>
       </c>
       <c r="N45" s="21">
         <v>15</v>
       </c>
       <c r="O45" s="21">
         <v>28</v>
       </c>
       <c r="P45" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>310</v>
       </c>
       <c r="E46" s="21">
         <v>24</v>
       </c>
       <c r="F46" s="21">
         <v>23</v>
       </c>
       <c r="G46" s="21">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>24</v>
       </c>
       <c r="I46" s="21">
         <v>36</v>
       </c>
       <c r="J46" s="21">
         <v>24</v>
       </c>
       <c r="K46" s="21">
         <v>24</v>
       </c>
       <c r="L46" s="21">
         <v>8</v>
       </c>
       <c r="M46" s="21">
         <v>36</v>
       </c>
       <c r="N46" s="21">
         <v>19</v>
       </c>
       <c r="O46" s="21">
         <v>25</v>
       </c>
       <c r="P46" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>420</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>25</v>
       </c>
       <c r="G47" s="21">
         <v>31</v>
       </c>
       <c r="H47" s="21">
         <v>35</v>
       </c>
       <c r="I47" s="21">
         <v>44</v>
       </c>
       <c r="J47" s="21">
         <v>31</v>
       </c>
       <c r="K47" s="21">
         <v>36</v>
       </c>
       <c r="L47" s="21">
         <v>12</v>
       </c>
       <c r="M47" s="21">
         <v>58</v>
       </c>
       <c r="N47" s="21">
         <v>22</v>
       </c>
       <c r="O47" s="21">
         <v>31</v>
       </c>
       <c r="P47" s="21">
         <v>62</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>204</v>
       </c>
       <c r="E48" s="34">
         <v>18</v>
       </c>
       <c r="F48" s="34">
         <v>18</v>
       </c>
       <c r="G48" s="34">
         <v>25</v>
       </c>
       <c r="H48" s="34">
         <v>10</v>
       </c>
       <c r="I48" s="34">
         <v>18</v>
       </c>
       <c r="J48" s="34">
         <v>17</v>
       </c>
       <c r="K48" s="34">
         <v>18</v>
       </c>
       <c r="L48" s="34">
         <v>6</v>
       </c>
       <c r="M48" s="34">
         <v>21</v>
       </c>
       <c r="N48" s="34">
         <v>12</v>
       </c>
       <c r="O48" s="34">
         <v>22</v>
       </c>
       <c r="P48" s="34">
         <v>19</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="30" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA40A564-9086-4F1C-9ACF-B77E92CDB729}">
-  <dimension ref="A1:P59"/>
+  <dimension ref="A1:Q59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:17" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:17" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:17" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>145873</v>
       </c>
       <c r="E8" s="32">
         <v>145873</v>
       </c>
       <c r="F8" s="32">
         <v>145934</v>
       </c>
       <c r="G8" s="32">
         <v>146069</v>
       </c>
       <c r="H8" s="32">
         <v>146207</v>
       </c>
       <c r="I8" s="32">
         <v>146346</v>
       </c>
       <c r="J8" s="32">
         <v>146373</v>
       </c>
       <c r="K8" s="32">
         <v>146281</v>
       </c>
       <c r="L8" s="32">
         <v>146104</v>
       </c>
       <c r="M8" s="32">
         <v>145909</v>
       </c>
       <c r="N8" s="32">
         <v>146301</v>
       </c>
       <c r="O8" s="32">
         <v>146527</v>
       </c>
       <c r="P8" s="32">
         <v>146566</v>
       </c>
-    </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q8" s="47"/>
+    </row>
+    <row r="9" spans="1:17" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>128</v>
       </c>
       <c r="E9" s="24">
         <v>16</v>
       </c>
       <c r="F9" s="24">
         <v>20</v>
       </c>
       <c r="G9" s="24">
         <v>24</v>
       </c>
       <c r="H9" s="24">
         <v>41</v>
       </c>
       <c r="I9" s="24">
         <v>33</v>
       </c>
       <c r="J9" s="24">
         <v>22</v>
       </c>
       <c r="K9" s="24">
         <v>12</v>
       </c>
       <c r="L9" s="24">
         <v>-19</v>
       </c>
       <c r="M9" s="24">
         <v>33</v>
       </c>
       <c r="N9" s="24">
         <v>-13</v>
       </c>
       <c r="O9" s="24">
         <v>-14</v>
       </c>
       <c r="P9" s="24">
         <v>-27</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:17" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>459</v>
       </c>
       <c r="E10" s="24">
         <v>45</v>
       </c>
       <c r="F10" s="24">
         <v>115</v>
       </c>
       <c r="G10" s="24">
         <v>114</v>
       </c>
       <c r="H10" s="24">
         <v>98</v>
       </c>
       <c r="I10" s="24">
         <v>-6</v>
       </c>
       <c r="J10" s="24">
         <v>-114</v>
       </c>
       <c r="K10" s="24">
         <v>-189</v>
       </c>
       <c r="L10" s="24">
         <v>-176</v>
       </c>
       <c r="M10" s="24">
         <v>359</v>
       </c>
       <c r="N10" s="24">
         <v>239</v>
       </c>
       <c r="O10" s="24">
         <v>53</v>
       </c>
       <c r="P10" s="24">
         <v>-79</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:17" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>587</v>
       </c>
       <c r="E11" s="24">
         <v>61</v>
       </c>
       <c r="F11" s="24">
         <v>135</v>
       </c>
       <c r="G11" s="24">
         <v>138</v>
       </c>
       <c r="H11" s="24">
         <v>139</v>
       </c>
       <c r="I11" s="24">
         <v>27</v>
       </c>
       <c r="J11" s="24">
         <v>-92</v>
       </c>
       <c r="K11" s="24">
         <v>-177</v>
       </c>
       <c r="L11" s="24">
         <v>-195</v>
       </c>
       <c r="M11" s="24">
         <v>392</v>
       </c>
       <c r="N11" s="24">
         <v>226</v>
       </c>
       <c r="O11" s="24">
         <v>39</v>
       </c>
       <c r="P11" s="24">
         <v>-106</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:17" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-5</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="25" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P12" s="25">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>146455</v>
       </c>
       <c r="E13" s="32">
         <v>145934</v>
       </c>
       <c r="F13" s="32">
         <v>146069</v>
       </c>
       <c r="G13" s="32">
         <v>146207</v>
       </c>
       <c r="H13" s="32">
         <v>146346</v>
       </c>
       <c r="I13" s="32">
         <v>146373</v>
       </c>
       <c r="J13" s="32">
         <v>146281</v>
       </c>
       <c r="K13" s="32">
         <v>146104</v>
       </c>
       <c r="L13" s="32">
         <v>145909</v>
       </c>
       <c r="M13" s="32">
         <v>146301</v>
       </c>
       <c r="N13" s="32">
         <v>146527</v>
       </c>
       <c r="O13" s="32">
         <v>146566</v>
       </c>
       <c r="P13" s="32">
         <v>146455</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:17" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>70012</v>
       </c>
       <c r="E14" s="32">
         <v>69723</v>
       </c>
       <c r="F14" s="32">
         <v>69777</v>
       </c>
       <c r="G14" s="32">
         <v>69838</v>
       </c>
       <c r="H14" s="32">
         <v>69903</v>
       </c>
       <c r="I14" s="32">
         <v>69938</v>
       </c>
       <c r="J14" s="32">
         <v>69953</v>
       </c>
       <c r="K14" s="32">
         <v>69909</v>
       </c>
       <c r="L14" s="32">
         <v>69819</v>
       </c>
       <c r="M14" s="32">
         <v>69999</v>
       </c>
       <c r="N14" s="32">
         <v>70058</v>
       </c>
       <c r="O14" s="32">
         <v>70081</v>
       </c>
       <c r="P14" s="32">
         <v>70012</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>76443</v>
       </c>
       <c r="E15" s="32">
         <v>76211</v>
       </c>
       <c r="F15" s="32">
         <v>76292</v>
       </c>
       <c r="G15" s="32">
         <v>76369</v>
       </c>
       <c r="H15" s="32">
         <v>76443</v>
       </c>
       <c r="I15" s="32">
         <v>76435</v>
       </c>
       <c r="J15" s="32">
         <v>76328</v>
       </c>
       <c r="K15" s="32">
         <v>76195</v>
       </c>
       <c r="L15" s="32">
         <v>76090</v>
       </c>
       <c r="M15" s="32">
         <v>76302</v>
       </c>
       <c r="N15" s="32">
         <v>76469</v>
       </c>
       <c r="O15" s="32">
         <v>76485</v>
       </c>
       <c r="P15" s="32">
         <v>76443</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:17" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109761</v>
       </c>
       <c r="E16" s="32">
         <v>109637</v>
       </c>
       <c r="F16" s="32">
         <v>109692</v>
       </c>
       <c r="G16" s="32">
         <v>109770</v>
       </c>
       <c r="H16" s="32">
         <v>109832</v>
       </c>
       <c r="I16" s="32">
         <v>109875</v>
       </c>
       <c r="J16" s="32">
         <v>109837</v>
       </c>
       <c r="K16" s="32">
         <v>109622</v>
       </c>
       <c r="L16" s="32">
         <v>109597</v>
       </c>
       <c r="M16" s="32">
         <v>109645</v>
       </c>
       <c r="N16" s="32">
         <v>109800</v>
       </c>
       <c r="O16" s="32">
         <v>109817</v>
       </c>
       <c r="P16" s="32">
         <v>109761</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>36694</v>
       </c>
       <c r="E17" s="32">
         <v>36297</v>
       </c>
       <c r="F17" s="32">
         <v>36377</v>
       </c>
       <c r="G17" s="32">
         <v>36437</v>
       </c>
       <c r="H17" s="32">
         <v>36514</v>
       </c>
       <c r="I17" s="32">
         <v>36498</v>
       </c>
       <c r="J17" s="32">
         <v>36444</v>
       </c>
       <c r="K17" s="32">
         <v>36482</v>
       </c>
       <c r="L17" s="32">
         <v>36312</v>
       </c>
       <c r="M17" s="32">
         <v>36656</v>
       </c>
       <c r="N17" s="32">
         <v>36727</v>
       </c>
       <c r="O17" s="32">
         <v>36749</v>
       </c>
       <c r="P17" s="32">
         <v>36694</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>146160</v>
       </c>
       <c r="E18" s="33">
         <v>145900</v>
       </c>
       <c r="F18" s="33">
         <v>146000</v>
       </c>
       <c r="G18" s="33">
         <v>146140</v>
       </c>
       <c r="H18" s="33">
         <v>146280</v>
       </c>
       <c r="I18" s="33">
         <v>146360</v>
       </c>
       <c r="J18" s="33">
         <v>146330</v>
       </c>
       <c r="K18" s="33">
         <v>146190</v>
       </c>
       <c r="L18" s="33">
         <v>146010</v>
       </c>
       <c r="M18" s="33">
         <v>146110</v>
       </c>
       <c r="N18" s="33">
         <v>146410</v>
       </c>
       <c r="O18" s="33">
         <v>146550</v>
       </c>
       <c r="P18" s="33">
         <v>146510</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1317</v>
       </c>
       <c r="E20" s="32">
         <v>136</v>
       </c>
       <c r="F20" s="32">
         <v>114</v>
       </c>
       <c r="G20" s="32">
         <v>99</v>
       </c>
       <c r="H20" s="21">
         <v>152</v>
       </c>
       <c r="I20" s="21">
         <v>108</v>
       </c>
       <c r="J20" s="21">
         <v>95</v>
       </c>
       <c r="K20" s="21">
         <v>121</v>
       </c>
       <c r="L20" s="21">
         <v>80</v>
       </c>
       <c r="M20" s="21">
         <v>119</v>
       </c>
       <c r="N20" s="21">
         <v>108</v>
       </c>
       <c r="O20" s="21">
         <v>88</v>
       </c>
       <c r="P20" s="21">
         <v>97</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>683</v>
       </c>
       <c r="E21" s="32">
         <v>80</v>
       </c>
       <c r="F21" s="32">
         <v>54</v>
       </c>
       <c r="G21" s="32">
         <v>55</v>
       </c>
       <c r="H21" s="21">
         <v>72</v>
       </c>
       <c r="I21" s="21">
         <v>54</v>
       </c>
       <c r="J21" s="21">
         <v>56</v>
       </c>
       <c r="K21" s="21">
         <v>65</v>
       </c>
       <c r="L21" s="21">
         <v>32</v>
       </c>
       <c r="M21" s="21">
         <v>66</v>
       </c>
       <c r="N21" s="21">
         <v>53</v>
       </c>
       <c r="O21" s="21">
         <v>41</v>
       </c>
       <c r="P21" s="21">
         <v>55</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>634</v>
       </c>
       <c r="E22" s="32">
         <v>56</v>
       </c>
       <c r="F22" s="32">
         <v>60</v>
       </c>
       <c r="G22" s="32">
         <v>44</v>
       </c>
       <c r="H22" s="21">
         <v>80</v>
       </c>
       <c r="I22" s="21">
         <v>54</v>
       </c>
       <c r="J22" s="21">
         <v>39</v>
       </c>
       <c r="K22" s="21">
         <v>56</v>
       </c>
       <c r="L22" s="21">
         <v>48</v>
       </c>
       <c r="M22" s="21">
         <v>53</v>
       </c>
       <c r="N22" s="21">
         <v>55</v>
       </c>
       <c r="O22" s="21">
         <v>47</v>
       </c>
       <c r="P22" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>993</v>
       </c>
       <c r="E23" s="32">
         <v>105</v>
       </c>
       <c r="F23" s="32">
         <v>80</v>
       </c>
       <c r="G23" s="32">
         <v>73</v>
       </c>
       <c r="H23" s="32">
         <v>120</v>
       </c>
       <c r="I23" s="32">
         <v>70</v>
       </c>
       <c r="J23" s="32">
         <v>75</v>
       </c>
       <c r="K23" s="32">
         <v>96</v>
       </c>
       <c r="L23" s="32">
         <v>61</v>
       </c>
       <c r="M23" s="32">
         <v>89</v>
       </c>
       <c r="N23" s="32">
         <v>79</v>
       </c>
       <c r="O23" s="32">
         <v>63</v>
       </c>
       <c r="P23" s="32">
         <v>82</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>324</v>
       </c>
       <c r="E24" s="33">
         <v>31</v>
       </c>
       <c r="F24" s="33">
         <v>34</v>
       </c>
       <c r="G24" s="33">
         <v>26</v>
       </c>
       <c r="H24" s="33">
         <v>32</v>
       </c>
       <c r="I24" s="33">
         <v>38</v>
       </c>
       <c r="J24" s="33">
         <v>20</v>
       </c>
       <c r="K24" s="33">
         <v>25</v>
       </c>
       <c r="L24" s="33">
         <v>19</v>
       </c>
       <c r="M24" s="33">
         <v>30</v>
       </c>
       <c r="N24" s="33">
         <v>29</v>
       </c>
       <c r="O24" s="33">
         <v>25</v>
       </c>
       <c r="P24" s="33">
         <v>15</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1189</v>
       </c>
       <c r="E26" s="32">
         <v>120</v>
       </c>
       <c r="F26" s="32">
         <v>94</v>
       </c>
       <c r="G26" s="32">
         <v>75</v>
       </c>
       <c r="H26" s="21">
         <v>111</v>
       </c>
       <c r="I26" s="21">
         <v>75</v>
       </c>
       <c r="J26" s="21">
         <v>73</v>
       </c>
       <c r="K26" s="21">
         <v>109</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>86</v>
       </c>
       <c r="N26" s="21">
         <v>121</v>
       </c>
       <c r="O26" s="21">
         <v>102</v>
       </c>
       <c r="P26" s="21">
         <v>124</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>543</v>
       </c>
       <c r="E27" s="32">
         <v>58</v>
       </c>
       <c r="F27" s="32">
         <v>42</v>
       </c>
       <c r="G27" s="32">
         <v>38</v>
       </c>
       <c r="H27" s="21">
         <v>57</v>
       </c>
       <c r="I27" s="21">
         <v>35</v>
       </c>
       <c r="J27" s="21">
         <v>35</v>
       </c>
       <c r="K27" s="21">
         <v>47</v>
       </c>
       <c r="L27" s="21">
         <v>41</v>
       </c>
       <c r="M27" s="21">
         <v>33</v>
       </c>
       <c r="N27" s="21">
         <v>47</v>
       </c>
       <c r="O27" s="21">
         <v>51</v>
       </c>
       <c r="P27" s="21">
         <v>59</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>646</v>
       </c>
       <c r="E28" s="32">
         <v>62</v>
       </c>
       <c r="F28" s="32">
         <v>52</v>
       </c>
       <c r="G28" s="32">
         <v>37</v>
       </c>
       <c r="H28" s="21">
         <v>54</v>
       </c>
       <c r="I28" s="21">
         <v>40</v>
       </c>
       <c r="J28" s="21">
         <v>38</v>
       </c>
       <c r="K28" s="21">
         <v>62</v>
       </c>
       <c r="L28" s="21">
         <v>58</v>
       </c>
       <c r="M28" s="21">
         <v>53</v>
       </c>
       <c r="N28" s="21">
         <v>74</v>
       </c>
       <c r="O28" s="21">
         <v>51</v>
       </c>
       <c r="P28" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1061</v>
       </c>
       <c r="E29" s="32">
         <v>105</v>
       </c>
       <c r="F29" s="32">
         <v>87</v>
       </c>
       <c r="G29" s="32">
         <v>66</v>
       </c>
       <c r="H29" s="21">
         <v>97</v>
       </c>
       <c r="I29" s="21">
         <v>64</v>
       </c>
       <c r="J29" s="21">
         <v>66</v>
       </c>
       <c r="K29" s="21">
         <v>97</v>
       </c>
       <c r="L29" s="21">
         <v>88</v>
       </c>
       <c r="M29" s="21">
         <v>78</v>
       </c>
       <c r="N29" s="21">
         <v>106</v>
       </c>
       <c r="O29" s="21">
         <v>92</v>
       </c>
       <c r="P29" s="21">
         <v>115</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>128</v>
       </c>
       <c r="E30" s="32">
         <v>15</v>
       </c>
       <c r="F30" s="32">
         <v>7</v>
       </c>
       <c r="G30" s="32">
         <v>9</v>
       </c>
       <c r="H30" s="21">
         <v>14</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>7</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>8</v>
       </c>
       <c r="N30" s="21">
         <v>15</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>6</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>2</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>2</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>1</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>9</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>3</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>2</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>1</v>
       </c>
       <c r="N32" s="32">
         <v>1</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>14</v>
       </c>
       <c r="E33" s="32">
         <v>2</v>
       </c>
       <c r="F33" s="32">
         <v>4</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>0</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>111</v>
       </c>
       <c r="E34" s="32">
         <v>11</v>
       </c>
       <c r="F34" s="32">
         <v>8</v>
       </c>
       <c r="G34" s="32">
         <v>5</v>
       </c>
       <c r="H34" s="32">
         <v>9</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>11</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>11</v>
       </c>
       <c r="M34" s="32">
         <v>7</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>8</v>
       </c>
       <c r="P34" s="32">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>281</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>24</v>
       </c>
       <c r="G35" s="32">
         <v>18</v>
       </c>
       <c r="H35" s="32">
         <v>28</v>
       </c>
       <c r="I35" s="32">
         <v>13</v>
       </c>
       <c r="J35" s="32">
         <v>18</v>
       </c>
       <c r="K35" s="32">
         <v>25</v>
       </c>
       <c r="L35" s="32">
         <v>24</v>
       </c>
       <c r="M35" s="32">
         <v>20</v>
       </c>
       <c r="N35" s="32">
         <v>26</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>30</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>774</v>
       </c>
       <c r="E36" s="33">
         <v>78</v>
       </c>
       <c r="F36" s="33">
         <v>57</v>
       </c>
       <c r="G36" s="33">
         <v>48</v>
       </c>
       <c r="H36" s="33">
         <v>73</v>
       </c>
       <c r="I36" s="33">
         <v>51</v>
       </c>
       <c r="J36" s="33">
         <v>44</v>
       </c>
       <c r="K36" s="33">
         <v>69</v>
       </c>
       <c r="L36" s="33">
         <v>64</v>
       </c>
       <c r="M36" s="33">
         <v>58</v>
       </c>
       <c r="N36" s="33">
         <v>80</v>
       </c>
       <c r="O36" s="33">
         <v>67</v>
       </c>
       <c r="P36" s="33">
         <v>85</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1404</v>
       </c>
       <c r="E38" s="39">
         <v>69</v>
       </c>
       <c r="F38" s="39">
         <v>92</v>
       </c>
       <c r="G38" s="39">
         <v>81</v>
       </c>
       <c r="H38" s="26">
         <v>107</v>
       </c>
       <c r="I38" s="26">
         <v>168</v>
       </c>
       <c r="J38" s="26">
         <v>180</v>
       </c>
       <c r="K38" s="26">
         <v>187</v>
       </c>
       <c r="L38" s="26">
         <v>102</v>
       </c>
       <c r="M38" s="26">
         <v>151</v>
       </c>
       <c r="N38" s="26">
         <v>124</v>
       </c>
       <c r="O38" s="26">
         <v>78</v>
       </c>
       <c r="P38" s="26">
         <v>65</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>721</v>
       </c>
       <c r="E39" s="32">
         <v>32</v>
       </c>
       <c r="F39" s="32">
         <v>47</v>
       </c>
       <c r="G39" s="32">
         <v>43</v>
       </c>
       <c r="H39" s="21">
         <v>53</v>
       </c>
       <c r="I39" s="21">
         <v>86</v>
       </c>
       <c r="J39" s="21">
         <v>91</v>
       </c>
       <c r="K39" s="21">
         <v>98</v>
       </c>
       <c r="L39" s="21">
         <v>58</v>
       </c>
       <c r="M39" s="21">
         <v>75</v>
       </c>
       <c r="N39" s="21">
         <v>66</v>
       </c>
       <c r="O39" s="21">
         <v>41</v>
       </c>
       <c r="P39" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>683</v>
       </c>
       <c r="E40" s="32">
         <v>37</v>
       </c>
       <c r="F40" s="32">
         <v>45</v>
       </c>
       <c r="G40" s="32">
         <v>38</v>
       </c>
       <c r="H40" s="21">
         <v>54</v>
       </c>
       <c r="I40" s="21">
         <v>82</v>
       </c>
       <c r="J40" s="21">
         <v>89</v>
       </c>
       <c r="K40" s="21">
         <v>89</v>
       </c>
       <c r="L40" s="21">
         <v>44</v>
       </c>
       <c r="M40" s="21">
         <v>76</v>
       </c>
       <c r="N40" s="21">
         <v>58</v>
       </c>
       <c r="O40" s="21">
         <v>37</v>
       </c>
       <c r="P40" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>960</v>
       </c>
       <c r="E41" s="32">
         <v>40</v>
       </c>
       <c r="F41" s="32">
         <v>54</v>
       </c>
       <c r="G41" s="32">
         <v>52</v>
       </c>
       <c r="H41" s="21">
         <v>72</v>
       </c>
       <c r="I41" s="21">
         <v>126</v>
       </c>
       <c r="J41" s="21">
         <v>142</v>
       </c>
       <c r="K41" s="21">
         <v>145</v>
       </c>
       <c r="L41" s="21">
         <v>77</v>
       </c>
       <c r="M41" s="21">
         <v>100</v>
       </c>
       <c r="N41" s="21">
         <v>74</v>
       </c>
       <c r="O41" s="21">
         <v>46</v>
       </c>
       <c r="P41" s="21">
         <v>32</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>444</v>
       </c>
       <c r="E42" s="33">
         <v>29</v>
       </c>
       <c r="F42" s="33">
         <v>38</v>
       </c>
       <c r="G42" s="33">
         <v>29</v>
       </c>
       <c r="H42" s="34">
         <v>35</v>
       </c>
       <c r="I42" s="34">
         <v>42</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>42</v>
       </c>
       <c r="L42" s="34">
         <v>25</v>
       </c>
       <c r="M42" s="34">
         <v>51</v>
       </c>
       <c r="N42" s="34">
         <v>50</v>
       </c>
       <c r="O42" s="34">
         <v>32</v>
       </c>
       <c r="P42" s="34">
         <v>33</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>470</v>
       </c>
       <c r="E44" s="32">
         <v>37</v>
       </c>
       <c r="F44" s="32">
         <v>29</v>
       </c>
       <c r="G44" s="32">
         <v>51</v>
       </c>
       <c r="H44" s="21">
         <v>41</v>
       </c>
       <c r="I44" s="21">
         <v>50</v>
       </c>
       <c r="J44" s="21">
         <v>50</v>
       </c>
       <c r="K44" s="21">
         <v>43</v>
       </c>
       <c r="L44" s="21">
         <v>16</v>
       </c>
       <c r="M44" s="21">
         <v>54</v>
       </c>
       <c r="N44" s="21">
         <v>42</v>
       </c>
       <c r="O44" s="21">
         <v>23</v>
       </c>
       <c r="P44" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>237</v>
       </c>
       <c r="E45" s="32">
         <v>20</v>
       </c>
       <c r="F45" s="32">
         <v>13</v>
       </c>
       <c r="G45" s="32">
         <v>25</v>
       </c>
       <c r="H45" s="21">
         <v>20</v>
       </c>
       <c r="I45" s="21">
         <v>26</v>
       </c>
       <c r="J45" s="21">
         <v>24</v>
       </c>
       <c r="K45" s="21">
         <v>21</v>
       </c>
       <c r="L45" s="21">
         <v>10</v>
       </c>
       <c r="M45" s="21">
         <v>28</v>
       </c>
       <c r="N45" s="21">
         <v>21</v>
       </c>
       <c r="O45" s="21">
         <v>12</v>
       </c>
       <c r="P45" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>233</v>
       </c>
       <c r="E46" s="32">
         <v>17</v>
       </c>
       <c r="F46" s="32">
         <v>16</v>
       </c>
       <c r="G46" s="32">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>21</v>
       </c>
       <c r="I46" s="21">
         <v>24</v>
       </c>
       <c r="J46" s="21">
         <v>26</v>
       </c>
       <c r="K46" s="21">
         <v>22</v>
       </c>
       <c r="L46" s="21">
         <v>6</v>
       </c>
       <c r="M46" s="21">
         <v>26</v>
       </c>
       <c r="N46" s="21">
         <v>21</v>
       </c>
       <c r="O46" s="21">
         <v>11</v>
       </c>
       <c r="P46" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>279</v>
       </c>
       <c r="E47" s="32">
         <v>24</v>
       </c>
       <c r="F47" s="32">
         <v>18</v>
       </c>
       <c r="G47" s="32">
         <v>20</v>
       </c>
       <c r="H47" s="21">
         <v>26</v>
       </c>
       <c r="I47" s="21">
         <v>33</v>
       </c>
       <c r="J47" s="21">
         <v>31</v>
       </c>
       <c r="K47" s="21">
         <v>28</v>
       </c>
       <c r="L47" s="21">
         <v>7</v>
       </c>
       <c r="M47" s="21">
         <v>38</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>9</v>
       </c>
       <c r="P47" s="21">
         <v>14</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>191</v>
       </c>
       <c r="E48" s="33">
         <v>13</v>
       </c>
       <c r="F48" s="33">
         <v>11</v>
       </c>
       <c r="G48" s="33">
         <v>31</v>
       </c>
       <c r="H48" s="34">
         <v>15</v>
       </c>
       <c r="I48" s="34">
         <v>17</v>
       </c>
       <c r="J48" s="34">
         <v>19</v>
       </c>
       <c r="K48" s="34">
         <v>15</v>
       </c>
       <c r="L48" s="34">
         <v>9</v>
       </c>
       <c r="M48" s="34">
         <v>16</v>
       </c>
       <c r="N48" s="34">
         <v>11</v>
       </c>
       <c r="O48" s="34">
         <v>14</v>
       </c>
       <c r="P48" s="34">
         <v>20</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="7" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
         <v>889</v>
       </c>
       <c r="E50" s="32">
         <v>48</v>
       </c>
       <c r="F50" s="32">
         <v>13</v>
       </c>
       <c r="G50" s="32">
         <v>101</v>
       </c>
       <c r="H50" s="32">
         <v>41</v>
       </c>
       <c r="I50" s="32">
         <v>89</v>
       </c>
       <c r="J50" s="32">
         <v>103</v>
       </c>
       <c r="K50" s="32">
         <v>61</v>
       </c>
       <c r="L50" s="32">
         <v>198</v>
       </c>
       <c r="M50" s="32">
         <v>11</v>
       </c>
       <c r="N50" s="32">
         <v>42</v>
       </c>
       <c r="O50" s="32">
         <v>117</v>
       </c>
       <c r="P50" s="32">
         <v>65</v>
       </c>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
       <c r="N51" s="33">
         <v>0</v>
       </c>
       <c r="O51" s="33">
         <v>0</v>
       </c>
       <c r="P51" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
         <v>7</v>
       </c>
       <c r="E53" s="33">
         <v>1</v>
       </c>
       <c r="F53" s="33">
         <v>2</v>
       </c>
       <c r="G53" s="33">
         <v>2</v>
       </c>
       <c r="H53" s="33">
         <v>0</v>
       </c>
       <c r="I53" s="33">
         <v>0</v>
       </c>
       <c r="J53" s="33">
         <v>0</v>
       </c>
       <c r="K53" s="33">
         <v>0</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
         <v>0</v>
       </c>
       <c r="N53" s="33">
         <v>2</v>
       </c>
       <c r="O53" s="33">
         <v>0</v>
       </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="A55" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
     </row>
-    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:16" ht="11.25" customHeight="1">
       <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B56" s="17"/>
       <c r="C56" s="17"/>
       <c r="D56" s="17"/>
     </row>
-    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:16" ht="11.25" customHeight="1">
       <c r="A57" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
     </row>
-    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:16" ht="11.25" customHeight="1">
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="P58" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:16" ht="11.25" customHeight="1">
       <c r="P59" s="26" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D492AC41-57CE-456B-8EBA-8BF50BA0747F}">
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>144447</v>
       </c>
       <c r="E8" s="32">
         <v>144447</v>
       </c>
       <c r="F8" s="32">
         <v>144721</v>
       </c>
       <c r="G8" s="32">
         <v>145033</v>
       </c>
       <c r="H8" s="32">
         <v>145143</v>
       </c>
       <c r="I8" s="32">
         <v>145230</v>
       </c>
       <c r="J8" s="32">
         <v>145349</v>
       </c>
       <c r="K8" s="32">
         <v>145272</v>
       </c>
       <c r="L8" s="32">
         <v>145159</v>
       </c>
       <c r="M8" s="32">
         <v>145207</v>
       </c>
       <c r="N8" s="32">
         <v>145800</v>
       </c>
       <c r="O8" s="32">
         <v>146033</v>
       </c>
       <c r="P8" s="32">
         <v>145836</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>199</v>
       </c>
       <c r="E9" s="24">
         <v>0</v>
       </c>
       <c r="F9" s="24">
         <v>4</v>
       </c>
       <c r="G9" s="24">
         <v>-3</v>
       </c>
       <c r="H9" s="24">
         <v>3</v>
       </c>
       <c r="I9" s="24">
         <v>47</v>
       </c>
       <c r="J9" s="24">
         <v>40</v>
       </c>
       <c r="K9" s="24">
         <v>29</v>
       </c>
       <c r="L9" s="24">
         <v>71</v>
       </c>
       <c r="M9" s="24">
         <v>12</v>
       </c>
       <c r="N9" s="24">
         <v>24</v>
       </c>
       <c r="O9" s="24">
         <v>8</v>
       </c>
       <c r="P9" s="24">
         <v>-36</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1235</v>
       </c>
       <c r="E10" s="24">
         <v>274</v>
       </c>
       <c r="F10" s="24">
         <v>308</v>
       </c>
       <c r="G10" s="24">
         <v>113</v>
       </c>
       <c r="H10" s="24">
         <v>84</v>
       </c>
       <c r="I10" s="24">
         <v>72</v>
       </c>
       <c r="J10" s="24">
         <v>-117</v>
       </c>
       <c r="K10" s="24">
         <v>-142</v>
       </c>
       <c r="L10" s="24">
         <v>-23</v>
       </c>
       <c r="M10" s="24">
         <v>581</v>
       </c>
       <c r="N10" s="24">
         <v>209</v>
       </c>
       <c r="O10" s="24">
         <v>-205</v>
       </c>
       <c r="P10" s="24">
         <v>81</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1434</v>
       </c>
       <c r="E11" s="24">
         <v>274</v>
       </c>
       <c r="F11" s="24">
         <v>312</v>
       </c>
       <c r="G11" s="24">
         <v>110</v>
       </c>
       <c r="H11" s="24">
         <v>87</v>
       </c>
       <c r="I11" s="24">
         <v>119</v>
       </c>
       <c r="J11" s="24">
         <v>-77</v>
       </c>
       <c r="K11" s="24">
         <v>-113</v>
       </c>
       <c r="L11" s="24">
         <v>48</v>
       </c>
       <c r="M11" s="24">
         <v>593</v>
       </c>
       <c r="N11" s="24">
         <v>233</v>
       </c>
       <c r="O11" s="24">
         <v>-197</v>
       </c>
       <c r="P11" s="24">
         <v>45</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-8</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="24">
         <v>-8</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>145873</v>
       </c>
       <c r="E13" s="32">
         <v>144721</v>
       </c>
       <c r="F13" s="32">
         <v>145033</v>
       </c>
       <c r="G13" s="32">
         <v>145143</v>
       </c>
       <c r="H13" s="32">
         <v>145230</v>
       </c>
       <c r="I13" s="32">
         <v>145349</v>
       </c>
       <c r="J13" s="32">
         <v>145272</v>
       </c>
       <c r="K13" s="32">
         <v>145159</v>
       </c>
       <c r="L13" s="32">
         <v>145207</v>
       </c>
       <c r="M13" s="32">
         <v>145800</v>
       </c>
       <c r="N13" s="32">
         <v>146033</v>
       </c>
       <c r="O13" s="32">
         <v>145836</v>
       </c>
       <c r="P13" s="32">
         <v>145873</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>69663</v>
       </c>
       <c r="E14" s="32">
         <v>69297</v>
       </c>
       <c r="F14" s="32">
         <v>69407</v>
       </c>
       <c r="G14" s="32">
         <v>69468</v>
       </c>
       <c r="H14" s="32">
         <v>69503</v>
       </c>
       <c r="I14" s="32">
         <v>69581</v>
       </c>
       <c r="J14" s="32">
         <v>69568</v>
       </c>
       <c r="K14" s="32">
         <v>69546</v>
       </c>
       <c r="L14" s="32">
         <v>69556</v>
       </c>
       <c r="M14" s="32">
         <v>69798</v>
       </c>
       <c r="N14" s="32">
         <v>69855</v>
       </c>
       <c r="O14" s="32">
         <v>69712</v>
       </c>
       <c r="P14" s="32">
         <v>69663</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>76210</v>
       </c>
       <c r="E15" s="32">
         <v>75424</v>
       </c>
       <c r="F15" s="32">
         <v>75626</v>
       </c>
       <c r="G15" s="32">
         <v>75675</v>
       </c>
       <c r="H15" s="32">
         <v>75727</v>
       </c>
       <c r="I15" s="32">
         <v>75768</v>
       </c>
       <c r="J15" s="32">
         <v>75704</v>
       </c>
       <c r="K15" s="32">
         <v>75613</v>
       </c>
       <c r="L15" s="32">
         <v>75651</v>
       </c>
       <c r="M15" s="32">
         <v>76002</v>
       </c>
       <c r="N15" s="32">
         <v>76178</v>
       </c>
       <c r="O15" s="32">
         <v>76124</v>
       </c>
       <c r="P15" s="32">
         <v>76210</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109588</v>
       </c>
       <c r="E16" s="32">
         <v>109200</v>
       </c>
       <c r="F16" s="32">
         <v>109318</v>
       </c>
       <c r="G16" s="32">
         <v>109368</v>
       </c>
       <c r="H16" s="32">
         <v>109330</v>
       </c>
       <c r="I16" s="32">
         <v>109278</v>
       </c>
       <c r="J16" s="32">
         <v>109331</v>
       </c>
       <c r="K16" s="32">
         <v>109257</v>
       </c>
       <c r="L16" s="32">
         <v>109292</v>
       </c>
       <c r="M16" s="32">
         <v>109462</v>
       </c>
       <c r="N16" s="32">
         <v>109621</v>
       </c>
       <c r="O16" s="32">
         <v>109606</v>
       </c>
       <c r="P16" s="32">
         <v>109588</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>36285</v>
       </c>
       <c r="E17" s="32">
         <v>35521</v>
       </c>
       <c r="F17" s="32">
         <v>35715</v>
       </c>
       <c r="G17" s="32">
         <v>35775</v>
       </c>
       <c r="H17" s="32">
         <v>35900</v>
       </c>
       <c r="I17" s="32">
         <v>36071</v>
       </c>
       <c r="J17" s="32">
         <v>35941</v>
       </c>
       <c r="K17" s="32">
         <v>35902</v>
       </c>
       <c r="L17" s="32">
         <v>35915</v>
       </c>
       <c r="M17" s="32">
         <v>36338</v>
       </c>
       <c r="N17" s="32">
         <v>36412</v>
       </c>
       <c r="O17" s="32">
         <v>36230</v>
       </c>
       <c r="P17" s="32">
         <v>36285</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>145160</v>
       </c>
       <c r="E18" s="33">
         <v>144580</v>
       </c>
       <c r="F18" s="33">
         <v>144880</v>
       </c>
       <c r="G18" s="33">
         <v>145090</v>
       </c>
       <c r="H18" s="33">
         <v>145190</v>
       </c>
       <c r="I18" s="33">
         <v>145290</v>
       </c>
       <c r="J18" s="33">
         <v>145310</v>
       </c>
       <c r="K18" s="33">
         <v>145220</v>
       </c>
       <c r="L18" s="33">
         <v>145180</v>
       </c>
       <c r="M18" s="33">
         <v>145500</v>
       </c>
       <c r="N18" s="33">
         <v>145920</v>
       </c>
       <c r="O18" s="33">
         <v>145930</v>
       </c>
       <c r="P18" s="33">
         <v>145850</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1404</v>
       </c>
       <c r="E20" s="32">
         <v>124</v>
       </c>
       <c r="F20" s="32">
         <v>93</v>
       </c>
       <c r="G20" s="32">
         <v>106</v>
       </c>
       <c r="H20" s="21">
         <v>98</v>
       </c>
       <c r="I20" s="21">
         <v>141</v>
       </c>
       <c r="J20" s="21">
         <v>121</v>
       </c>
       <c r="K20" s="21">
         <v>117</v>
       </c>
       <c r="L20" s="21">
         <v>170</v>
       </c>
       <c r="M20" s="21">
         <v>108</v>
       </c>
       <c r="N20" s="21">
         <v>121</v>
       </c>
       <c r="O20" s="21">
         <v>115</v>
       </c>
       <c r="P20" s="21">
         <v>90</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>721</v>
       </c>
       <c r="E21" s="32">
         <v>71</v>
       </c>
       <c r="F21" s="32">
         <v>39</v>
       </c>
       <c r="G21" s="32">
         <v>46</v>
       </c>
       <c r="H21" s="21">
         <v>47</v>
       </c>
       <c r="I21" s="21">
         <v>69</v>
       </c>
       <c r="J21" s="21">
         <v>68</v>
       </c>
       <c r="K21" s="21">
         <v>65</v>
       </c>
       <c r="L21" s="21">
         <v>85</v>
       </c>
       <c r="M21" s="21">
         <v>57</v>
       </c>
       <c r="N21" s="21">
         <v>62</v>
       </c>
       <c r="O21" s="21">
         <v>62</v>
       </c>
       <c r="P21" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>683</v>
       </c>
       <c r="E22" s="32">
         <v>53</v>
       </c>
       <c r="F22" s="32">
         <v>54</v>
       </c>
       <c r="G22" s="32">
         <v>60</v>
       </c>
       <c r="H22" s="21">
         <v>51</v>
       </c>
       <c r="I22" s="21">
         <v>72</v>
       </c>
       <c r="J22" s="21">
         <v>53</v>
       </c>
       <c r="K22" s="21">
         <v>52</v>
       </c>
       <c r="L22" s="21">
         <v>85</v>
       </c>
       <c r="M22" s="21">
         <v>51</v>
       </c>
       <c r="N22" s="21">
         <v>59</v>
       </c>
       <c r="O22" s="21">
         <v>53</v>
       </c>
       <c r="P22" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>1092</v>
       </c>
       <c r="E23" s="32">
         <v>74</v>
       </c>
       <c r="F23" s="32">
         <v>69</v>
       </c>
       <c r="G23" s="32">
         <v>85</v>
       </c>
       <c r="H23" s="32">
         <v>81</v>
       </c>
       <c r="I23" s="32">
         <v>104</v>
       </c>
       <c r="J23" s="32">
         <v>98</v>
       </c>
       <c r="K23" s="32">
         <v>94</v>
       </c>
       <c r="L23" s="32">
         <v>140</v>
       </c>
       <c r="M23" s="32">
         <v>83</v>
       </c>
       <c r="N23" s="32">
         <v>102</v>
       </c>
       <c r="O23" s="32">
         <v>88</v>
       </c>
       <c r="P23" s="32">
         <v>74</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>312</v>
       </c>
       <c r="E24" s="33">
         <v>50</v>
       </c>
       <c r="F24" s="33">
         <v>24</v>
       </c>
       <c r="G24" s="33">
         <v>21</v>
       </c>
       <c r="H24" s="33">
         <v>17</v>
       </c>
       <c r="I24" s="33">
         <v>37</v>
       </c>
       <c r="J24" s="33">
         <v>23</v>
       </c>
       <c r="K24" s="33">
         <v>23</v>
       </c>
       <c r="L24" s="33">
         <v>30</v>
       </c>
       <c r="M24" s="33">
         <v>25</v>
       </c>
       <c r="N24" s="33">
         <v>19</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>16</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1205</v>
       </c>
       <c r="E26" s="32">
         <v>124</v>
       </c>
       <c r="F26" s="32">
         <v>89</v>
       </c>
       <c r="G26" s="32">
         <v>109</v>
       </c>
       <c r="H26" s="21">
         <v>95</v>
       </c>
       <c r="I26" s="21">
         <v>94</v>
       </c>
       <c r="J26" s="21">
         <v>81</v>
       </c>
       <c r="K26" s="21">
         <v>88</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
         <v>96</v>
       </c>
       <c r="N26" s="21">
         <v>97</v>
       </c>
       <c r="O26" s="21">
         <v>107</v>
       </c>
       <c r="P26" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>516</v>
       </c>
       <c r="E27" s="32">
         <v>54</v>
       </c>
       <c r="F27" s="32">
         <v>35</v>
       </c>
       <c r="G27" s="32">
         <v>50</v>
       </c>
       <c r="H27" s="21">
         <v>35</v>
       </c>
       <c r="I27" s="21">
         <v>34</v>
       </c>
       <c r="J27" s="21">
         <v>34</v>
       </c>
       <c r="K27" s="21">
         <v>41</v>
       </c>
       <c r="L27" s="21">
         <v>37</v>
       </c>
       <c r="M27" s="21">
         <v>35</v>
       </c>
       <c r="N27" s="21">
         <v>49</v>
       </c>
       <c r="O27" s="21">
         <v>53</v>
       </c>
       <c r="P27" s="21">
         <v>59</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>689</v>
       </c>
       <c r="E28" s="32">
         <v>70</v>
       </c>
       <c r="F28" s="32">
         <v>54</v>
       </c>
       <c r="G28" s="32">
         <v>59</v>
       </c>
       <c r="H28" s="21">
         <v>60</v>
       </c>
       <c r="I28" s="21">
         <v>60</v>
       </c>
       <c r="J28" s="21">
         <v>47</v>
       </c>
       <c r="K28" s="21">
         <v>47</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>61</v>
       </c>
       <c r="N28" s="21">
         <v>48</v>
       </c>
       <c r="O28" s="21">
         <v>54</v>
       </c>
       <c r="P28" s="21">
         <v>67</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1085</v>
       </c>
       <c r="E29" s="32">
         <v>106</v>
       </c>
       <c r="F29" s="32">
         <v>80</v>
       </c>
       <c r="G29" s="32">
         <v>93</v>
       </c>
       <c r="H29" s="21">
         <v>88</v>
       </c>
       <c r="I29" s="21">
         <v>89</v>
       </c>
       <c r="J29" s="21">
         <v>75</v>
       </c>
       <c r="K29" s="21">
         <v>74</v>
       </c>
       <c r="L29" s="21">
         <v>94</v>
       </c>
       <c r="M29" s="21">
         <v>90</v>
       </c>
       <c r="N29" s="21">
         <v>87</v>
       </c>
       <c r="O29" s="21">
         <v>95</v>
       </c>
       <c r="P29" s="21">
         <v>114</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>120</v>
       </c>
       <c r="E30" s="32">
         <v>18</v>
       </c>
       <c r="F30" s="32">
         <v>9</v>
       </c>
       <c r="G30" s="32">
         <v>16</v>
       </c>
       <c r="H30" s="21">
         <v>7</v>
       </c>
       <c r="I30" s="21">
         <v>5</v>
       </c>
       <c r="J30" s="21">
         <v>6</v>
       </c>
       <c r="K30" s="21">
         <v>14</v>
       </c>
       <c r="L30" s="21">
         <v>5</v>
       </c>
       <c r="M30" s="21">
         <v>6</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>12</v>
       </c>
       <c r="P30" s="21">
         <v>12</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>2</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>7</v>
       </c>
       <c r="E32" s="32">
         <v>2</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>2</v>
       </c>
       <c r="P32" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>4</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>2</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>4</v>
       </c>
       <c r="N33" s="32">
         <v>3</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>118</v>
       </c>
       <c r="E34" s="32">
         <v>14</v>
       </c>
       <c r="F34" s="32">
         <v>9</v>
       </c>
       <c r="G34" s="32">
         <v>16</v>
       </c>
       <c r="H34" s="32">
         <v>9</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>9</v>
       </c>
       <c r="K34" s="32">
         <v>6</v>
       </c>
       <c r="L34" s="32">
         <v>14</v>
       </c>
       <c r="M34" s="32">
         <v>7</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>8</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>276</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
         <v>18</v>
       </c>
       <c r="G35" s="32">
         <v>19</v>
       </c>
       <c r="H35" s="32">
         <v>23</v>
       </c>
       <c r="I35" s="32">
         <v>21</v>
       </c>
       <c r="J35" s="32">
         <v>16</v>
       </c>
       <c r="K35" s="32">
         <v>20</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>31</v>
       </c>
       <c r="N35" s="32">
         <v>26</v>
       </c>
       <c r="O35" s="32">
         <v>30</v>
       </c>
       <c r="P35" s="32">
         <v>25</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>783</v>
       </c>
       <c r="E36" s="33">
         <v>79</v>
       </c>
       <c r="F36" s="33">
         <v>60</v>
       </c>
       <c r="G36" s="33">
         <v>70</v>
       </c>
       <c r="H36" s="33">
         <v>62</v>
       </c>
       <c r="I36" s="33">
         <v>61</v>
       </c>
       <c r="J36" s="33">
         <v>54</v>
       </c>
       <c r="K36" s="33">
         <v>60</v>
       </c>
       <c r="L36" s="33">
         <v>67</v>
       </c>
       <c r="M36" s="33">
         <v>54</v>
       </c>
       <c r="N36" s="33">
         <v>61</v>
       </c>
       <c r="O36" s="33">
         <v>66</v>
       </c>
       <c r="P36" s="33">
         <v>89</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1505</v>
       </c>
       <c r="E38" s="39">
         <v>110</v>
       </c>
       <c r="F38" s="39">
         <v>107</v>
       </c>
       <c r="G38" s="39">
         <v>111</v>
       </c>
       <c r="H38" s="26">
         <v>80</v>
       </c>
       <c r="I38" s="26">
         <v>154</v>
       </c>
       <c r="J38" s="26">
         <v>151</v>
       </c>
       <c r="K38" s="26">
         <v>104</v>
       </c>
       <c r="L38" s="26">
         <v>244</v>
       </c>
       <c r="M38" s="26">
         <v>170</v>
       </c>
       <c r="N38" s="26">
         <v>121</v>
       </c>
       <c r="O38" s="26">
         <v>65</v>
       </c>
       <c r="P38" s="26">
         <v>88</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>774</v>
       </c>
       <c r="E39" s="32">
         <v>60</v>
       </c>
       <c r="F39" s="32">
         <v>52</v>
       </c>
       <c r="G39" s="32">
         <v>57</v>
       </c>
       <c r="H39" s="21">
         <v>40</v>
       </c>
       <c r="I39" s="21">
         <v>76</v>
       </c>
       <c r="J39" s="21">
         <v>77</v>
       </c>
       <c r="K39" s="21">
         <v>55</v>
       </c>
       <c r="L39" s="21">
         <v>128</v>
       </c>
       <c r="M39" s="21">
         <v>86</v>
       </c>
       <c r="N39" s="21">
         <v>65</v>
       </c>
       <c r="O39" s="21">
         <v>36</v>
       </c>
       <c r="P39" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>731</v>
       </c>
       <c r="E40" s="32">
         <v>50</v>
       </c>
       <c r="F40" s="32">
         <v>55</v>
       </c>
       <c r="G40" s="32">
         <v>54</v>
       </c>
       <c r="H40" s="21">
         <v>40</v>
       </c>
       <c r="I40" s="21">
         <v>78</v>
       </c>
       <c r="J40" s="21">
         <v>74</v>
       </c>
       <c r="K40" s="21">
         <v>49</v>
       </c>
       <c r="L40" s="21">
         <v>116</v>
       </c>
       <c r="M40" s="21">
         <v>84</v>
       </c>
       <c r="N40" s="21">
         <v>56</v>
       </c>
       <c r="O40" s="21">
         <v>29</v>
       </c>
       <c r="P40" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>985</v>
       </c>
       <c r="E41" s="32">
         <v>58</v>
       </c>
       <c r="F41" s="32">
         <v>71</v>
       </c>
       <c r="G41" s="32">
         <v>65</v>
       </c>
       <c r="H41" s="21">
         <v>49</v>
       </c>
       <c r="I41" s="21">
         <v>116</v>
       </c>
       <c r="J41" s="21">
         <v>113</v>
       </c>
       <c r="K41" s="21">
         <v>72</v>
       </c>
       <c r="L41" s="21">
         <v>168</v>
       </c>
       <c r="M41" s="21">
         <v>103</v>
       </c>
       <c r="N41" s="21">
         <v>89</v>
       </c>
       <c r="O41" s="21">
         <v>32</v>
       </c>
       <c r="P41" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>520</v>
       </c>
       <c r="E42" s="33">
         <v>52</v>
       </c>
       <c r="F42" s="33">
         <v>36</v>
       </c>
       <c r="G42" s="33">
         <v>46</v>
       </c>
       <c r="H42" s="34">
         <v>31</v>
       </c>
       <c r="I42" s="34">
         <v>38</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>32</v>
       </c>
       <c r="L42" s="34">
         <v>76</v>
       </c>
       <c r="M42" s="34">
         <v>67</v>
       </c>
       <c r="N42" s="34">
         <v>32</v>
       </c>
       <c r="O42" s="34">
         <v>33</v>
       </c>
       <c r="P42" s="34">
         <v>39</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>460</v>
       </c>
       <c r="E44" s="32">
         <v>46</v>
       </c>
       <c r="F44" s="32">
         <v>25</v>
       </c>
       <c r="G44" s="32">
         <v>28</v>
       </c>
       <c r="H44" s="21">
         <v>40</v>
       </c>
       <c r="I44" s="21">
         <v>61</v>
       </c>
       <c r="J44" s="21">
         <v>43</v>
       </c>
       <c r="K44" s="21">
         <v>34</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>46</v>
       </c>
       <c r="O44" s="21">
         <v>30</v>
       </c>
       <c r="P44" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>218</v>
       </c>
       <c r="E45" s="32">
         <v>20</v>
       </c>
       <c r="F45" s="32">
         <v>14</v>
       </c>
       <c r="G45" s="32">
         <v>12</v>
       </c>
       <c r="H45" s="21">
         <v>14</v>
       </c>
       <c r="I45" s="21">
         <v>34</v>
       </c>
       <c r="J45" s="21">
         <v>22</v>
       </c>
       <c r="K45" s="21">
         <v>17</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>16</v>
       </c>
       <c r="N45" s="21">
         <v>23</v>
       </c>
       <c r="O45" s="21">
         <v>16</v>
       </c>
       <c r="P45" s="21">
         <v>14</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>242</v>
       </c>
       <c r="E46" s="32">
         <v>26</v>
       </c>
       <c r="F46" s="32">
         <v>11</v>
       </c>
       <c r="G46" s="32">
         <v>16</v>
       </c>
       <c r="H46" s="21">
         <v>26</v>
       </c>
       <c r="I46" s="21">
         <v>27</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>17</v>
       </c>
       <c r="L46" s="21">
         <v>18</v>
       </c>
       <c r="M46" s="21">
         <v>20</v>
       </c>
       <c r="N46" s="21">
         <v>23</v>
       </c>
       <c r="O46" s="21">
         <v>14</v>
       </c>
       <c r="P46" s="21">
         <v>23</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>258</v>
       </c>
       <c r="E47" s="32">
         <v>23</v>
       </c>
       <c r="F47" s="32">
         <v>9</v>
       </c>
       <c r="G47" s="32">
         <v>15</v>
       </c>
       <c r="H47" s="21">
         <v>19</v>
       </c>
       <c r="I47" s="21">
         <v>42</v>
       </c>
       <c r="J47" s="21">
         <v>27</v>
       </c>
       <c r="K47" s="21">
         <v>22</v>
       </c>
       <c r="L47" s="21">
         <v>13</v>
       </c>
       <c r="M47" s="21">
         <v>21</v>
       </c>
       <c r="N47" s="21">
         <v>26</v>
       </c>
       <c r="O47" s="21">
         <v>24</v>
       </c>
       <c r="P47" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>202</v>
       </c>
       <c r="E48" s="33">
         <v>23</v>
       </c>
       <c r="F48" s="33">
         <v>16</v>
       </c>
       <c r="G48" s="33">
         <v>13</v>
       </c>
       <c r="H48" s="34">
         <v>21</v>
       </c>
       <c r="I48" s="34">
         <v>19</v>
       </c>
       <c r="J48" s="34">
         <v>16</v>
       </c>
       <c r="K48" s="34">
         <v>12</v>
       </c>
       <c r="L48" s="34">
         <v>21</v>
       </c>
       <c r="M48" s="34">
         <v>15</v>
       </c>
       <c r="N48" s="34">
         <v>20</v>
       </c>
       <c r="O48" s="34">
         <v>6</v>
       </c>
       <c r="P48" s="34">
         <v>20</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="12"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="P53" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="P54" s="26" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0AE711D-0D7A-46B9-A321-7A2694B2B952}">
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143154</v>
       </c>
       <c r="E8" s="32">
         <v>143154</v>
       </c>
       <c r="F8" s="32">
         <v>143298</v>
       </c>
       <c r="G8" s="32">
         <v>143511</v>
       </c>
       <c r="H8" s="32">
         <v>143508</v>
       </c>
       <c r="I8" s="32">
         <v>143744</v>
       </c>
       <c r="J8" s="32">
         <v>143907</v>
       </c>
       <c r="K8" s="32">
         <v>143521</v>
       </c>
       <c r="L8" s="32">
         <v>143695</v>
       </c>
       <c r="M8" s="32">
         <v>143555</v>
       </c>
       <c r="N8" s="32">
         <v>144003</v>
       </c>
       <c r="O8" s="32">
         <v>144101</v>
       </c>
       <c r="P8" s="32">
         <v>144412</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>235</v>
       </c>
       <c r="E9" s="24">
         <v>24</v>
       </c>
       <c r="F9" s="24">
         <v>10</v>
       </c>
       <c r="G9" s="24">
         <v>-28</v>
       </c>
       <c r="H9" s="24">
         <v>-5</v>
       </c>
       <c r="I9" s="24">
         <v>17</v>
       </c>
       <c r="J9" s="24">
         <v>13</v>
       </c>
       <c r="K9" s="24">
         <v>53</v>
       </c>
       <c r="L9" s="24">
         <v>78</v>
       </c>
       <c r="M9" s="24">
         <v>28</v>
       </c>
       <c r="N9" s="24">
         <v>36</v>
       </c>
       <c r="O9" s="24">
         <v>15</v>
       </c>
       <c r="P9" s="24">
         <v>-6</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
         <v>1091</v>
       </c>
       <c r="E10" s="24">
         <v>120</v>
       </c>
       <c r="F10" s="24">
         <v>203</v>
       </c>
       <c r="G10" s="24">
         <v>25</v>
       </c>
       <c r="H10" s="24">
         <v>241</v>
       </c>
       <c r="I10" s="24">
         <v>146</v>
       </c>
       <c r="J10" s="24">
         <v>-399</v>
       </c>
       <c r="K10" s="24">
         <v>121</v>
       </c>
       <c r="L10" s="24">
         <v>-218</v>
       </c>
       <c r="M10" s="24">
         <v>420</v>
       </c>
       <c r="N10" s="24">
         <v>62</v>
       </c>
       <c r="O10" s="24">
         <v>296</v>
       </c>
       <c r="P10" s="24">
         <v>74</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
         <v>1326</v>
       </c>
       <c r="E11" s="24">
         <v>144</v>
       </c>
       <c r="F11" s="24">
         <v>213</v>
       </c>
       <c r="G11" s="24">
         <v>-3</v>
       </c>
       <c r="H11" s="24">
         <v>236</v>
       </c>
       <c r="I11" s="24">
         <v>163</v>
       </c>
       <c r="J11" s="24">
         <v>-386</v>
       </c>
       <c r="K11" s="24">
         <v>174</v>
       </c>
       <c r="L11" s="24">
         <v>-140</v>
       </c>
       <c r="M11" s="24">
         <v>448</v>
       </c>
       <c r="N11" s="24">
         <v>98</v>
       </c>
       <c r="O11" s="24">
         <v>311</v>
       </c>
       <c r="P11" s="24">
         <v>68</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-33</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="24">
         <v>-33</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>144447</v>
       </c>
       <c r="E13" s="32">
         <v>143298</v>
       </c>
       <c r="F13" s="32">
         <v>143511</v>
       </c>
       <c r="G13" s="32">
         <v>143508</v>
       </c>
       <c r="H13" s="32">
         <v>143744</v>
       </c>
       <c r="I13" s="32">
         <v>143907</v>
       </c>
       <c r="J13" s="32">
         <v>143521</v>
       </c>
       <c r="K13" s="32">
         <v>143695</v>
       </c>
       <c r="L13" s="32">
         <v>143555</v>
       </c>
       <c r="M13" s="32">
         <v>144003</v>
       </c>
       <c r="N13" s="32">
         <v>144101</v>
       </c>
       <c r="O13" s="32">
         <v>144412</v>
       </c>
       <c r="P13" s="32">
         <v>144447</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>69122</v>
       </c>
       <c r="E14" s="32">
         <v>68718</v>
       </c>
       <c r="F14" s="32">
         <v>68841</v>
       </c>
       <c r="G14" s="32">
         <v>68846</v>
       </c>
       <c r="H14" s="32">
         <v>68910</v>
       </c>
       <c r="I14" s="32">
         <v>68963</v>
       </c>
       <c r="J14" s="32">
         <v>68790</v>
       </c>
       <c r="K14" s="32">
         <v>68897</v>
       </c>
       <c r="L14" s="32">
         <v>68817</v>
       </c>
       <c r="M14" s="32">
         <v>68984</v>
       </c>
       <c r="N14" s="32">
         <v>69066</v>
       </c>
       <c r="O14" s="32">
         <v>69138</v>
       </c>
       <c r="P14" s="32">
         <v>69122</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>75325</v>
       </c>
       <c r="E15" s="32">
         <v>74580</v>
       </c>
       <c r="F15" s="32">
         <v>74670</v>
       </c>
       <c r="G15" s="32">
         <v>74662</v>
       </c>
       <c r="H15" s="32">
         <v>74834</v>
       </c>
       <c r="I15" s="32">
         <v>74944</v>
       </c>
       <c r="J15" s="32">
         <v>74731</v>
       </c>
       <c r="K15" s="32">
         <v>74798</v>
       </c>
       <c r="L15" s="32">
         <v>74738</v>
       </c>
       <c r="M15" s="32">
         <v>75019</v>
       </c>
       <c r="N15" s="32">
         <v>75035</v>
       </c>
       <c r="O15" s="32">
         <v>75274</v>
       </c>
       <c r="P15" s="32">
         <v>75325</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
         <v>109011</v>
       </c>
       <c r="E16" s="32">
         <v>109324</v>
       </c>
       <c r="F16" s="32">
         <v>109468</v>
       </c>
       <c r="G16" s="32">
         <v>109427</v>
       </c>
       <c r="H16" s="32">
         <v>109245</v>
       </c>
       <c r="I16" s="32">
         <v>109219</v>
       </c>
       <c r="J16" s="32">
         <v>108977</v>
       </c>
       <c r="K16" s="32">
         <v>108929</v>
       </c>
       <c r="L16" s="32">
         <v>108859</v>
       </c>
       <c r="M16" s="32">
         <v>108802</v>
       </c>
       <c r="N16" s="32">
         <v>108753</v>
       </c>
       <c r="O16" s="32">
         <v>108943</v>
       </c>
       <c r="P16" s="32">
         <v>109011</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
         <v>35436</v>
       </c>
       <c r="E17" s="32">
         <v>33974</v>
       </c>
       <c r="F17" s="32">
         <v>34043</v>
       </c>
       <c r="G17" s="32">
         <v>34081</v>
       </c>
       <c r="H17" s="32">
         <v>34499</v>
       </c>
       <c r="I17" s="32">
         <v>34688</v>
       </c>
       <c r="J17" s="32">
         <v>34544</v>
       </c>
       <c r="K17" s="32">
         <v>34766</v>
       </c>
       <c r="L17" s="32">
         <v>34696</v>
       </c>
       <c r="M17" s="32">
         <v>35201</v>
       </c>
       <c r="N17" s="32">
         <v>35348</v>
       </c>
       <c r="O17" s="32">
         <v>35469</v>
       </c>
       <c r="P17" s="32">
         <v>35436</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143800</v>
       </c>
       <c r="E18" s="33">
         <v>143230</v>
       </c>
       <c r="F18" s="33">
         <v>143400</v>
       </c>
       <c r="G18" s="33">
         <v>143510</v>
       </c>
       <c r="H18" s="33">
         <v>143630</v>
       </c>
       <c r="I18" s="33">
         <v>143830</v>
       </c>
       <c r="J18" s="33">
         <v>143710</v>
       </c>
       <c r="K18" s="33">
         <v>143610</v>
       </c>
       <c r="L18" s="33">
         <v>143630</v>
       </c>
       <c r="M18" s="33">
         <v>143780</v>
       </c>
       <c r="N18" s="33">
         <v>144050</v>
       </c>
       <c r="O18" s="33">
         <v>144260</v>
       </c>
       <c r="P18" s="33">
         <v>144430</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1456</v>
       </c>
       <c r="E20" s="21">
         <v>114</v>
       </c>
       <c r="F20" s="21">
         <v>100</v>
       </c>
       <c r="G20" s="21">
         <v>108</v>
       </c>
       <c r="H20" s="21">
         <v>82</v>
       </c>
       <c r="I20" s="21">
         <v>134</v>
       </c>
       <c r="J20" s="21">
         <v>116</v>
       </c>
       <c r="K20" s="21">
         <v>146</v>
       </c>
       <c r="L20" s="21">
         <v>179</v>
       </c>
       <c r="M20" s="21">
         <v>106</v>
       </c>
       <c r="N20" s="21">
         <v>129</v>
       </c>
       <c r="O20" s="21">
         <v>116</v>
       </c>
       <c r="P20" s="21">
         <v>126</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>754</v>
       </c>
       <c r="E21" s="21">
         <v>51</v>
       </c>
       <c r="F21" s="21">
         <v>54</v>
       </c>
       <c r="G21" s="21">
         <v>56</v>
       </c>
       <c r="H21" s="21">
         <v>49</v>
       </c>
       <c r="I21" s="21">
         <v>70</v>
       </c>
       <c r="J21" s="21">
         <v>58</v>
       </c>
       <c r="K21" s="21">
         <v>74</v>
       </c>
       <c r="L21" s="21">
         <v>92</v>
       </c>
       <c r="M21" s="21">
         <v>55</v>
       </c>
       <c r="N21" s="21">
         <v>66</v>
       </c>
       <c r="O21" s="21">
         <v>58</v>
       </c>
       <c r="P21" s="21">
         <v>71</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>702</v>
       </c>
       <c r="E22" s="21">
         <v>63</v>
       </c>
       <c r="F22" s="21">
         <v>46</v>
       </c>
       <c r="G22" s="21">
         <v>52</v>
       </c>
       <c r="H22" s="21">
         <v>33</v>
       </c>
       <c r="I22" s="21">
         <v>64</v>
       </c>
       <c r="J22" s="21">
         <v>58</v>
       </c>
       <c r="K22" s="21">
         <v>72</v>
       </c>
       <c r="L22" s="21">
         <v>87</v>
       </c>
       <c r="M22" s="21">
         <v>51</v>
       </c>
       <c r="N22" s="21">
         <v>63</v>
       </c>
       <c r="O22" s="21">
         <v>58</v>
       </c>
       <c r="P22" s="21">
         <v>55</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
         <v>1130</v>
       </c>
       <c r="E23" s="32">
         <v>74</v>
       </c>
       <c r="F23" s="32">
         <v>78</v>
       </c>
       <c r="G23" s="32">
         <v>87</v>
       </c>
       <c r="H23" s="32">
         <v>67</v>
       </c>
       <c r="I23" s="32">
         <v>105</v>
       </c>
       <c r="J23" s="32">
         <v>99</v>
       </c>
       <c r="K23" s="32">
         <v>111</v>
       </c>
       <c r="L23" s="32">
         <v>136</v>
       </c>
       <c r="M23" s="32">
         <v>69</v>
       </c>
       <c r="N23" s="32">
         <v>109</v>
       </c>
       <c r="O23" s="32">
         <v>94</v>
       </c>
       <c r="P23" s="32">
         <v>101</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
         <v>326</v>
       </c>
       <c r="E24" s="33">
         <v>40</v>
       </c>
       <c r="F24" s="33">
         <v>22</v>
       </c>
       <c r="G24" s="33">
         <v>21</v>
       </c>
       <c r="H24" s="33">
         <v>15</v>
       </c>
       <c r="I24" s="33">
         <v>29</v>
       </c>
       <c r="J24" s="33">
         <v>17</v>
       </c>
       <c r="K24" s="33">
         <v>35</v>
       </c>
       <c r="L24" s="33">
         <v>43</v>
       </c>
       <c r="M24" s="33">
         <v>37</v>
       </c>
       <c r="N24" s="33">
         <v>20</v>
       </c>
       <c r="O24" s="33">
         <v>22</v>
       </c>
       <c r="P24" s="33">
         <v>25</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1221</v>
       </c>
       <c r="E26" s="21">
         <v>90</v>
       </c>
       <c r="F26" s="21">
         <v>90</v>
       </c>
       <c r="G26" s="21">
         <v>136</v>
       </c>
       <c r="H26" s="21">
         <v>87</v>
       </c>
       <c r="I26" s="21">
         <v>117</v>
       </c>
       <c r="J26" s="21">
         <v>103</v>
       </c>
       <c r="K26" s="21">
         <v>93</v>
       </c>
       <c r="L26" s="21">
         <v>101</v>
       </c>
       <c r="M26" s="21">
         <v>78</v>
       </c>
       <c r="N26" s="21">
         <v>93</v>
       </c>
       <c r="O26" s="21">
         <v>101</v>
       </c>
       <c r="P26" s="21">
         <v>132</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>522</v>
       </c>
       <c r="E27" s="21">
         <v>43</v>
       </c>
       <c r="F27" s="21">
         <v>37</v>
       </c>
       <c r="G27" s="21">
         <v>58</v>
       </c>
       <c r="H27" s="21">
         <v>35</v>
       </c>
       <c r="I27" s="21">
         <v>54</v>
       </c>
       <c r="J27" s="21">
         <v>39</v>
       </c>
       <c r="K27" s="21">
         <v>44</v>
       </c>
       <c r="L27" s="21">
         <v>46</v>
       </c>
       <c r="M27" s="21">
         <v>34</v>
       </c>
       <c r="N27" s="21">
         <v>40</v>
       </c>
       <c r="O27" s="21">
         <v>45</v>
       </c>
       <c r="P27" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>699</v>
       </c>
       <c r="E28" s="21">
         <v>47</v>
       </c>
       <c r="F28" s="21">
         <v>53</v>
       </c>
       <c r="G28" s="21">
         <v>78</v>
       </c>
       <c r="H28" s="21">
         <v>52</v>
       </c>
       <c r="I28" s="21">
         <v>63</v>
       </c>
       <c r="J28" s="21">
         <v>64</v>
       </c>
       <c r="K28" s="21">
         <v>49</v>
       </c>
       <c r="L28" s="21">
         <v>55</v>
       </c>
       <c r="M28" s="21">
         <v>44</v>
       </c>
       <c r="N28" s="21">
         <v>53</v>
       </c>
       <c r="O28" s="21">
         <v>56</v>
       </c>
       <c r="P28" s="21">
         <v>85</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
         <v>1098</v>
       </c>
       <c r="E29" s="21">
         <v>85</v>
       </c>
       <c r="F29" s="21">
         <v>78</v>
       </c>
       <c r="G29" s="21">
         <v>120</v>
       </c>
       <c r="H29" s="21">
         <v>81</v>
       </c>
       <c r="I29" s="21">
         <v>110</v>
       </c>
       <c r="J29" s="21">
         <v>93</v>
       </c>
       <c r="K29" s="21">
         <v>85</v>
       </c>
       <c r="L29" s="21">
         <v>92</v>
       </c>
       <c r="M29" s="21">
         <v>63</v>
       </c>
       <c r="N29" s="21">
         <v>83</v>
       </c>
       <c r="O29" s="21">
         <v>92</v>
       </c>
       <c r="P29" s="21">
         <v>116</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
         <v>123</v>
       </c>
       <c r="E30" s="21">
         <v>5</v>
       </c>
       <c r="F30" s="21">
         <v>12</v>
       </c>
       <c r="G30" s="21">
         <v>16</v>
       </c>
       <c r="H30" s="21">
         <v>6</v>
       </c>
       <c r="I30" s="21">
         <v>7</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>8</v>
       </c>
       <c r="L30" s="21">
         <v>9</v>
       </c>
       <c r="M30" s="21">
         <v>15</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>9</v>
       </c>
       <c r="P30" s="21">
         <v>16</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>8</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>1</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>1</v>
       </c>
       <c r="I31" s="32">
         <v>2</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>1</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>1</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>9</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>1</v>
       </c>
       <c r="I32" s="32">
         <v>2</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>1</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>0</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>4</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>4</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>115</v>
       </c>
       <c r="E34" s="32">
         <v>12</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>14</v>
       </c>
       <c r="H34" s="32">
         <v>4</v>
       </c>
       <c r="I34" s="32">
         <v>14</v>
       </c>
       <c r="J34" s="32">
         <v>12</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>8</v>
       </c>
       <c r="M34" s="32">
         <v>3</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>7</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>264</v>
       </c>
       <c r="E35" s="32">
         <v>18</v>
       </c>
       <c r="F35" s="32">
         <v>20</v>
       </c>
       <c r="G35" s="32">
         <v>31</v>
       </c>
       <c r="H35" s="32">
         <v>14</v>
       </c>
       <c r="I35" s="32">
         <v>25</v>
       </c>
       <c r="J35" s="32">
         <v>26</v>
       </c>
       <c r="K35" s="32">
         <v>17</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
         <v>22</v>
       </c>
       <c r="N35" s="32">
         <v>24</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>23</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>812</v>
       </c>
       <c r="E36" s="33">
         <v>60</v>
       </c>
       <c r="F36" s="33">
         <v>58</v>
       </c>
       <c r="G36" s="33">
         <v>87</v>
       </c>
       <c r="H36" s="33">
         <v>64</v>
       </c>
       <c r="I36" s="33">
         <v>74</v>
       </c>
       <c r="J36" s="33">
         <v>62</v>
       </c>
       <c r="K36" s="33">
         <v>60</v>
       </c>
       <c r="L36" s="33">
         <v>71</v>
       </c>
       <c r="M36" s="33">
         <v>52</v>
       </c>
       <c r="N36" s="33">
         <v>60</v>
       </c>
       <c r="O36" s="33">
         <v>67</v>
       </c>
       <c r="P36" s="33">
         <v>97</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1669</v>
       </c>
       <c r="E38" s="26">
         <v>94</v>
       </c>
       <c r="F38" s="26">
         <v>86</v>
       </c>
       <c r="G38" s="26">
         <v>109</v>
       </c>
       <c r="H38" s="26">
         <v>70</v>
       </c>
       <c r="I38" s="26">
         <v>178</v>
       </c>
       <c r="J38" s="26">
         <v>142</v>
       </c>
       <c r="K38" s="26">
         <v>231</v>
       </c>
       <c r="L38" s="26">
         <v>234</v>
       </c>
       <c r="M38" s="26">
         <v>187</v>
       </c>
       <c r="N38" s="26">
         <v>149</v>
       </c>
       <c r="O38" s="26">
         <v>105</v>
       </c>
       <c r="P38" s="26">
         <v>84</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>854</v>
       </c>
       <c r="E39" s="21">
         <v>47</v>
       </c>
       <c r="F39" s="21">
         <v>47</v>
       </c>
       <c r="G39" s="21">
         <v>55</v>
       </c>
       <c r="H39" s="21">
         <v>36</v>
       </c>
       <c r="I39" s="21">
         <v>91</v>
       </c>
       <c r="J39" s="21">
         <v>73</v>
       </c>
       <c r="K39" s="21">
         <v>118</v>
       </c>
       <c r="L39" s="21">
         <v>117</v>
       </c>
       <c r="M39" s="21">
         <v>92</v>
       </c>
       <c r="N39" s="21">
         <v>73</v>
       </c>
       <c r="O39" s="21">
         <v>63</v>
       </c>
       <c r="P39" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>815</v>
       </c>
       <c r="E40" s="21">
         <v>47</v>
       </c>
       <c r="F40" s="21">
         <v>39</v>
       </c>
       <c r="G40" s="21">
         <v>54</v>
       </c>
       <c r="H40" s="21">
         <v>34</v>
       </c>
       <c r="I40" s="21">
         <v>87</v>
       </c>
       <c r="J40" s="21">
         <v>69</v>
       </c>
       <c r="K40" s="21">
         <v>113</v>
       </c>
       <c r="L40" s="21">
         <v>117</v>
       </c>
       <c r="M40" s="21">
         <v>95</v>
       </c>
       <c r="N40" s="21">
         <v>76</v>
       </c>
       <c r="O40" s="21">
         <v>42</v>
       </c>
       <c r="P40" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
         <v>1143</v>
       </c>
       <c r="E41" s="21">
         <v>50</v>
       </c>
       <c r="F41" s="21">
         <v>53</v>
       </c>
       <c r="G41" s="21">
         <v>65</v>
       </c>
       <c r="H41" s="21">
         <v>41</v>
       </c>
       <c r="I41" s="21">
         <v>151</v>
       </c>
       <c r="J41" s="21">
         <v>103</v>
       </c>
       <c r="K41" s="21">
         <v>164</v>
       </c>
       <c r="L41" s="21">
         <v>189</v>
       </c>
       <c r="M41" s="21">
         <v>110</v>
       </c>
       <c r="N41" s="21">
         <v>100</v>
       </c>
       <c r="O41" s="21">
         <v>64</v>
       </c>
       <c r="P41" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
         <v>526</v>
       </c>
       <c r="E42" s="34">
         <v>44</v>
       </c>
       <c r="F42" s="34">
         <v>33</v>
       </c>
       <c r="G42" s="34">
         <v>44</v>
       </c>
       <c r="H42" s="34">
         <v>29</v>
       </c>
       <c r="I42" s="34">
         <v>27</v>
       </c>
       <c r="J42" s="34">
         <v>39</v>
       </c>
       <c r="K42" s="34">
         <v>67</v>
       </c>
       <c r="L42" s="34">
         <v>45</v>
       </c>
       <c r="M42" s="34">
         <v>77</v>
       </c>
       <c r="N42" s="34">
         <v>49</v>
       </c>
       <c r="O42" s="34">
         <v>41</v>
       </c>
       <c r="P42" s="34">
         <v>31</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>497</v>
       </c>
       <c r="E44" s="21">
         <v>53</v>
       </c>
       <c r="F44" s="21">
         <v>56</v>
       </c>
       <c r="G44" s="21">
         <v>38</v>
       </c>
       <c r="H44" s="21">
         <v>34</v>
       </c>
       <c r="I44" s="21">
         <v>48</v>
       </c>
       <c r="J44" s="21">
         <v>40</v>
       </c>
       <c r="K44" s="21">
         <v>18</v>
       </c>
       <c r="L44" s="21">
         <v>37</v>
       </c>
       <c r="M44" s="21">
         <v>64</v>
       </c>
       <c r="N44" s="21">
         <v>43</v>
       </c>
       <c r="O44" s="21">
         <v>27</v>
       </c>
       <c r="P44" s="21">
         <v>39</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>238</v>
       </c>
       <c r="E45" s="21">
         <v>25</v>
       </c>
       <c r="F45" s="21">
         <v>27</v>
       </c>
       <c r="G45" s="21">
         <v>18</v>
       </c>
       <c r="H45" s="21">
         <v>19</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>19</v>
       </c>
       <c r="K45" s="21">
         <v>8</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>31</v>
       </c>
       <c r="N45" s="21">
         <v>20</v>
       </c>
       <c r="O45" s="21">
         <v>14</v>
       </c>
       <c r="P45" s="21">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>259</v>
       </c>
       <c r="E46" s="21">
         <v>28</v>
       </c>
       <c r="F46" s="21">
         <v>29</v>
       </c>
       <c r="G46" s="21">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>26</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>10</v>
       </c>
       <c r="L46" s="21">
         <v>21</v>
       </c>
       <c r="M46" s="21">
         <v>33</v>
       </c>
       <c r="N46" s="21">
         <v>23</v>
       </c>
       <c r="O46" s="21">
         <v>13</v>
       </c>
       <c r="P46" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
         <v>334</v>
       </c>
       <c r="E47" s="21">
         <v>31</v>
       </c>
       <c r="F47" s="21">
         <v>43</v>
       </c>
       <c r="G47" s="21">
         <v>20</v>
       </c>
       <c r="H47" s="21">
         <v>20</v>
       </c>
       <c r="I47" s="21">
         <v>38</v>
       </c>
       <c r="J47" s="21">
         <v>30</v>
       </c>
       <c r="K47" s="21">
         <v>8</v>
       </c>
       <c r="L47" s="21">
         <v>27</v>
       </c>
       <c r="M47" s="21">
         <v>42</v>
       </c>
       <c r="N47" s="21">
         <v>32</v>
       </c>
       <c r="O47" s="21">
         <v>19</v>
       </c>
       <c r="P47" s="21">
         <v>24</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
         <v>163</v>
       </c>
       <c r="E48" s="34">
         <v>22</v>
       </c>
       <c r="F48" s="34">
         <v>13</v>
       </c>
       <c r="G48" s="34">
         <v>18</v>
       </c>
       <c r="H48" s="34">
         <v>14</v>
       </c>
       <c r="I48" s="34">
         <v>10</v>
       </c>
       <c r="J48" s="34">
         <v>10</v>
       </c>
       <c r="K48" s="34">
         <v>10</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>22</v>
       </c>
       <c r="N48" s="34">
         <v>11</v>
       </c>
       <c r="O48" s="34">
         <v>8</v>
       </c>
       <c r="P48" s="34">
         <v>15</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="P53" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="P54" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143222</v>
       </c>
       <c r="E8" s="32">
         <v>143222</v>
       </c>
       <c r="F8" s="32">
         <v>143329</v>
       </c>
       <c r="G8" s="32">
         <v>143389</v>
       </c>
       <c r="H8" s="32">
         <v>143291</v>
       </c>
       <c r="I8" s="32">
         <v>143195</v>
       </c>
       <c r="J8" s="32">
         <v>142880</v>
       </c>
       <c r="K8" s="32">
         <v>142798</v>
       </c>
       <c r="L8" s="32">
         <v>142621</v>
       </c>
       <c r="M8" s="32">
         <v>142710</v>
       </c>
       <c r="N8" s="32">
         <v>142790</v>
       </c>
       <c r="O8" s="32">
         <v>142883</v>
       </c>
       <c r="P8" s="32">
         <v>143143</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
         <v>220</v>
       </c>
       <c r="E9" s="24">
         <v>-9</v>
       </c>
       <c r="F9" s="24">
         <v>13</v>
       </c>
       <c r="G9" s="24">
         <v>-3</v>
       </c>
       <c r="H9" s="24">
         <v>82</v>
       </c>
       <c r="I9" s="24">
         <v>-9</v>
       </c>
       <c r="J9" s="24">
         <v>25</v>
       </c>
       <c r="K9" s="24">
         <v>65</v>
       </c>
       <c r="L9" s="24">
         <v>55</v>
       </c>
       <c r="M9" s="24">
         <v>6</v>
       </c>
       <c r="N9" s="24">
         <v>13</v>
       </c>
       <c r="O9" s="24">
         <v>6</v>
       </c>
       <c r="P9" s="24">
         <v>-24</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-370</v>
       </c>
       <c r="E10" s="24">
         <v>116</v>
       </c>
       <c r="F10" s="24">
         <v>47</v>
       </c>
       <c r="G10" s="24">
         <v>-95</v>
       </c>
       <c r="H10" s="24">
         <v>-178</v>
       </c>
       <c r="I10" s="24">
         <v>-306</v>
       </c>
       <c r="J10" s="24">
         <v>-107</v>
       </c>
       <c r="K10" s="24">
         <v>-242</v>
       </c>
       <c r="L10" s="24">
         <v>34</v>
       </c>
       <c r="M10" s="24">
         <v>74</v>
       </c>
       <c r="N10" s="24">
         <v>80</v>
       </c>
       <c r="O10" s="24">
         <v>254</v>
       </c>
       <c r="P10" s="24">
         <v>-47</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-150</v>
       </c>
       <c r="E11" s="24">
         <v>107</v>
       </c>
       <c r="F11" s="24">
         <v>60</v>
       </c>
       <c r="G11" s="24">
         <v>-98</v>
       </c>
       <c r="H11" s="24">
         <v>-96</v>
       </c>
       <c r="I11" s="24">
         <v>-315</v>
       </c>
       <c r="J11" s="24">
         <v>-82</v>
       </c>
       <c r="K11" s="24">
         <v>-177</v>
       </c>
       <c r="L11" s="24">
         <v>89</v>
       </c>
       <c r="M11" s="24">
         <v>80</v>
       </c>
       <c r="N11" s="24">
         <v>93</v>
       </c>
       <c r="O11" s="24">
         <v>260</v>
       </c>
       <c r="P11" s="24">
         <v>-71</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="35">
         <v>82</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="39">
         <v>82</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143154</v>
       </c>
       <c r="E13" s="32">
         <v>143329</v>
       </c>
       <c r="F13" s="32">
         <v>143389</v>
       </c>
       <c r="G13" s="32">
         <v>143291</v>
       </c>
       <c r="H13" s="32">
         <v>143195</v>
       </c>
       <c r="I13" s="32">
         <v>142880</v>
       </c>
       <c r="J13" s="32">
         <v>142798</v>
       </c>
       <c r="K13" s="32">
         <v>142621</v>
       </c>
       <c r="L13" s="32">
         <v>142710</v>
       </c>
       <c r="M13" s="32">
         <v>142790</v>
       </c>
       <c r="N13" s="32">
         <v>142883</v>
       </c>
       <c r="O13" s="32">
         <v>143143</v>
       </c>
       <c r="P13" s="32">
         <v>143154</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68645</v>
       </c>
       <c r="E14" s="32">
         <v>68790</v>
       </c>
       <c r="F14" s="32">
         <v>68773</v>
       </c>
       <c r="G14" s="32">
         <v>68737</v>
       </c>
       <c r="H14" s="32">
         <v>68732</v>
       </c>
       <c r="I14" s="32">
         <v>68593</v>
       </c>
       <c r="J14" s="32">
         <v>68552</v>
       </c>
       <c r="K14" s="32">
         <v>68473</v>
       </c>
       <c r="L14" s="32">
         <v>68541</v>
       </c>
       <c r="M14" s="32">
         <v>68579</v>
       </c>
       <c r="N14" s="32">
         <v>68583</v>
       </c>
       <c r="O14" s="32">
         <v>68656</v>
       </c>
       <c r="P14" s="32">
         <v>68645</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74509</v>
       </c>
       <c r="E15" s="32">
         <v>74539</v>
       </c>
       <c r="F15" s="32">
         <v>74616</v>
       </c>
       <c r="G15" s="32">
         <v>74554</v>
       </c>
       <c r="H15" s="32">
         <v>74463</v>
       </c>
       <c r="I15" s="32">
         <v>74287</v>
       </c>
       <c r="J15" s="32">
         <v>74246</v>
       </c>
       <c r="K15" s="32">
         <v>74148</v>
       </c>
       <c r="L15" s="32">
         <v>74169</v>
       </c>
       <c r="M15" s="32">
         <v>74211</v>
       </c>
       <c r="N15" s="32">
         <v>74300</v>
       </c>
       <c r="O15" s="32">
         <v>74487</v>
       </c>
       <c r="P15" s="32">
         <v>74509</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>109242</v>
       </c>
       <c r="E16" s="32">
         <v>109343</v>
       </c>
       <c r="F16" s="32">
         <v>109433</v>
       </c>
       <c r="G16" s="32">
         <v>109419</v>
       </c>
       <c r="H16" s="32">
         <v>109362</v>
       </c>
       <c r="I16" s="32">
         <v>109154</v>
       </c>
       <c r="J16" s="32">
         <v>109090</v>
       </c>
       <c r="K16" s="32">
         <v>109014</v>
       </c>
       <c r="L16" s="32">
         <v>109027</v>
       </c>
       <c r="M16" s="32">
         <v>109045</v>
       </c>
       <c r="N16" s="32">
         <v>108990</v>
       </c>
       <c r="O16" s="32">
         <v>109216</v>
       </c>
       <c r="P16" s="32">
         <v>109242</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>33912</v>
       </c>
       <c r="E17" s="32">
         <v>33986</v>
       </c>
       <c r="F17" s="32">
         <v>33956</v>
       </c>
       <c r="G17" s="32">
         <v>33872</v>
       </c>
       <c r="H17" s="32">
         <v>33833</v>
       </c>
       <c r="I17" s="32">
         <v>33726</v>
       </c>
       <c r="J17" s="32">
         <v>33708</v>
       </c>
       <c r="K17" s="32">
         <v>33607</v>
       </c>
       <c r="L17" s="32">
         <v>33683</v>
       </c>
       <c r="M17" s="32">
         <v>33745</v>
       </c>
       <c r="N17" s="32">
         <v>33893</v>
       </c>
       <c r="O17" s="32">
         <v>33927</v>
       </c>
       <c r="P17" s="32">
         <v>33912</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143190</v>
       </c>
       <c r="E18" s="33">
         <v>143280</v>
       </c>
       <c r="F18" s="33">
         <v>143360</v>
       </c>
       <c r="G18" s="33">
         <v>143340</v>
       </c>
       <c r="H18" s="33">
         <v>143240</v>
       </c>
       <c r="I18" s="33">
         <v>143040</v>
       </c>
       <c r="J18" s="33">
         <v>142840</v>
       </c>
       <c r="K18" s="33">
         <v>142710</v>
       </c>
       <c r="L18" s="33">
         <v>142670</v>
       </c>
       <c r="M18" s="33">
         <v>142750</v>
       </c>
       <c r="N18" s="33">
         <v>142840</v>
       </c>
       <c r="O18" s="33">
         <v>143010</v>
       </c>
       <c r="P18" s="33">
         <v>143150</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1557</v>
       </c>
       <c r="E20" s="21">
         <v>139</v>
       </c>
       <c r="F20" s="21">
         <v>108</v>
       </c>
       <c r="G20" s="21">
         <v>129</v>
       </c>
       <c r="H20" s="21">
         <v>158</v>
       </c>
       <c r="I20" s="21">
         <v>102</v>
       </c>
       <c r="J20" s="21">
         <v>98</v>
       </c>
       <c r="K20" s="21">
         <v>170</v>
       </c>
       <c r="L20" s="21">
         <v>162</v>
       </c>
       <c r="M20" s="21">
         <v>98</v>
       </c>
       <c r="N20" s="21">
         <v>124</v>
       </c>
       <c r="O20" s="21">
         <v>120</v>
       </c>
       <c r="P20" s="21">
         <v>149</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>813</v>
       </c>
       <c r="E21" s="21">
         <v>74</v>
       </c>
       <c r="F21" s="21">
         <v>56</v>
       </c>
       <c r="G21" s="21">
         <v>68</v>
       </c>
       <c r="H21" s="21">
         <v>85</v>
       </c>
       <c r="I21" s="21">
         <v>52</v>
       </c>
       <c r="J21" s="21">
         <v>39</v>
       </c>
       <c r="K21" s="21">
         <v>87</v>
       </c>
       <c r="L21" s="21">
         <v>93</v>
       </c>
       <c r="M21" s="21">
         <v>55</v>
       </c>
       <c r="N21" s="21">
         <v>61</v>
       </c>
       <c r="O21" s="21">
         <v>66</v>
       </c>
       <c r="P21" s="21">
         <v>77</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>744</v>
       </c>
       <c r="E22" s="21">
         <v>65</v>
       </c>
       <c r="F22" s="21">
         <v>52</v>
       </c>
       <c r="G22" s="21">
         <v>61</v>
       </c>
       <c r="H22" s="21">
         <v>73</v>
       </c>
       <c r="I22" s="21">
         <v>50</v>
       </c>
       <c r="J22" s="21">
         <v>59</v>
       </c>
       <c r="K22" s="21">
         <v>83</v>
       </c>
       <c r="L22" s="21">
         <v>69</v>
       </c>
       <c r="M22" s="21">
         <v>43</v>
       </c>
       <c r="N22" s="21">
         <v>63</v>
       </c>
       <c r="O22" s="21">
         <v>54</v>
       </c>
       <c r="P22" s="21">
         <v>72</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1229</v>
       </c>
       <c r="E23" s="32">
         <v>106</v>
       </c>
       <c r="F23" s="32">
         <v>90</v>
       </c>
       <c r="G23" s="32">
         <v>95</v>
       </c>
       <c r="H23" s="32">
         <v>129</v>
       </c>
       <c r="I23" s="32">
         <v>75</v>
       </c>
       <c r="J23" s="32">
         <v>76</v>
       </c>
       <c r="K23" s="32">
         <v>153</v>
       </c>
       <c r="L23" s="32">
         <v>117</v>
       </c>
       <c r="M23" s="32">
         <v>68</v>
       </c>
       <c r="N23" s="32">
         <v>117</v>
       </c>
       <c r="O23" s="32">
         <v>93</v>
       </c>
       <c r="P23" s="32">
         <v>110</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>328</v>
       </c>
       <c r="E24" s="33">
         <v>33</v>
       </c>
       <c r="F24" s="33">
         <v>18</v>
       </c>
       <c r="G24" s="33">
         <v>34</v>
       </c>
       <c r="H24" s="33">
         <v>29</v>
       </c>
       <c r="I24" s="33">
         <v>27</v>
       </c>
       <c r="J24" s="33">
         <v>22</v>
       </c>
       <c r="K24" s="33">
         <v>17</v>
       </c>
       <c r="L24" s="33">
         <v>45</v>
       </c>
       <c r="M24" s="33">
         <v>30</v>
       </c>
       <c r="N24" s="33">
         <v>7</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>39</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1337</v>
       </c>
       <c r="E26" s="21">
         <v>148</v>
       </c>
       <c r="F26" s="21">
         <v>95</v>
       </c>
       <c r="G26" s="21">
         <v>132</v>
       </c>
       <c r="H26" s="21">
         <v>76</v>
       </c>
       <c r="I26" s="21">
         <v>111</v>
       </c>
       <c r="J26" s="21">
         <v>73</v>
       </c>
       <c r="K26" s="21">
         <v>105</v>
       </c>
       <c r="L26" s="21">
         <v>107</v>
       </c>
       <c r="M26" s="21">
         <v>92</v>
       </c>
       <c r="N26" s="21">
         <v>111</v>
       </c>
       <c r="O26" s="21">
         <v>114</v>
       </c>
       <c r="P26" s="21">
         <v>173</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>634</v>
       </c>
       <c r="E27" s="21">
         <v>80</v>
       </c>
       <c r="F27" s="21">
         <v>50</v>
       </c>
       <c r="G27" s="21">
         <v>74</v>
       </c>
       <c r="H27" s="21">
         <v>36</v>
       </c>
       <c r="I27" s="21">
         <v>42</v>
       </c>
       <c r="J27" s="21">
         <v>30</v>
       </c>
       <c r="K27" s="21">
         <v>44</v>
       </c>
       <c r="L27" s="21">
         <v>45</v>
       </c>
       <c r="M27" s="21">
         <v>45</v>
       </c>
       <c r="N27" s="21">
         <v>52</v>
       </c>
       <c r="O27" s="21">
         <v>64</v>
       </c>
       <c r="P27" s="21">
         <v>72</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>703</v>
       </c>
       <c r="E28" s="21">
         <v>68</v>
       </c>
       <c r="F28" s="21">
         <v>45</v>
       </c>
       <c r="G28" s="21">
         <v>58</v>
       </c>
       <c r="H28" s="21">
         <v>40</v>
       </c>
       <c r="I28" s="21">
         <v>69</v>
       </c>
       <c r="J28" s="21">
         <v>43</v>
       </c>
       <c r="K28" s="21">
         <v>61</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>47</v>
       </c>
       <c r="N28" s="21">
         <v>59</v>
       </c>
       <c r="O28" s="21">
         <v>50</v>
       </c>
       <c r="P28" s="21">
         <v>101</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1193</v>
       </c>
       <c r="E29" s="21">
         <v>138</v>
       </c>
       <c r="F29" s="21">
         <v>84</v>
       </c>
       <c r="G29" s="21">
         <v>118</v>
       </c>
       <c r="H29" s="21">
         <v>68</v>
       </c>
       <c r="I29" s="21">
         <v>100</v>
       </c>
       <c r="J29" s="21">
         <v>65</v>
       </c>
       <c r="K29" s="21">
         <v>93</v>
       </c>
       <c r="L29" s="21">
         <v>96</v>
       </c>
       <c r="M29" s="21">
         <v>82</v>
       </c>
       <c r="N29" s="21">
         <v>101</v>
       </c>
       <c r="O29" s="21">
         <v>97</v>
       </c>
       <c r="P29" s="21">
         <v>151</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>144</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>11</v>
       </c>
       <c r="G30" s="21">
         <v>14</v>
       </c>
       <c r="H30" s="21">
         <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>10</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
         <v>17</v>
       </c>
       <c r="P30" s="21">
         <v>22</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>1</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>4</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>1</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>20</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>0</v>
       </c>
       <c r="I33" s="32">
         <v>1</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>6</v>
       </c>
       <c r="L33" s="32">
         <v>3</v>
       </c>
       <c r="M33" s="32">
         <v>1</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>141</v>
       </c>
       <c r="E34" s="32">
         <v>3</v>
       </c>
       <c r="F34" s="32">
         <v>5</v>
       </c>
       <c r="G34" s="32">
         <v>15</v>
       </c>
       <c r="H34" s="32">
         <v>13</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
         <v>17</v>
       </c>
       <c r="M34" s="32">
         <v>16</v>
       </c>
       <c r="N34" s="32">
         <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>11</v>
       </c>
       <c r="P34" s="32">
         <v>19</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>322</v>
       </c>
       <c r="E35" s="32">
         <v>31</v>
       </c>
       <c r="F35" s="32">
         <v>28</v>
       </c>
       <c r="G35" s="32">
         <v>36</v>
       </c>
       <c r="H35" s="32">
         <v>23</v>
       </c>
       <c r="I35" s="32">
         <v>26</v>
       </c>
       <c r="J35" s="32">
         <v>17</v>
       </c>
       <c r="K35" s="32">
         <v>19</v>
       </c>
       <c r="L35" s="32">
         <v>26</v>
       </c>
       <c r="M35" s="32">
         <v>23</v>
       </c>
       <c r="N35" s="32">
         <v>27</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
         <v>40</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>850</v>
       </c>
       <c r="E36" s="33">
         <v>113</v>
       </c>
       <c r="F36" s="33">
         <v>61</v>
       </c>
       <c r="G36" s="33">
         <v>78</v>
       </c>
       <c r="H36" s="33">
         <v>40</v>
       </c>
       <c r="I36" s="33">
         <v>75</v>
       </c>
       <c r="J36" s="33">
         <v>46</v>
       </c>
       <c r="K36" s="33">
         <v>67</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>52</v>
       </c>
       <c r="N36" s="33">
         <v>70</v>
       </c>
       <c r="O36" s="33">
         <v>74</v>
       </c>
       <c r="P36" s="33">
         <v>113</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1512</v>
       </c>
       <c r="E38" s="26">
         <v>85</v>
       </c>
       <c r="F38" s="26">
         <v>91</v>
       </c>
       <c r="G38" s="26">
         <v>83</v>
       </c>
       <c r="H38" s="26">
         <v>116</v>
       </c>
       <c r="I38" s="26">
         <v>161</v>
       </c>
       <c r="J38" s="26">
         <v>191</v>
       </c>
       <c r="K38" s="26">
         <v>160</v>
       </c>
       <c r="L38" s="26">
         <v>196</v>
       </c>
       <c r="M38" s="26">
         <v>139</v>
       </c>
       <c r="N38" s="26">
         <v>134</v>
       </c>
       <c r="O38" s="26">
         <v>69</v>
       </c>
       <c r="P38" s="26">
         <v>87</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>781</v>
       </c>
       <c r="E39" s="21">
         <v>44</v>
       </c>
       <c r="F39" s="21">
         <v>49</v>
       </c>
       <c r="G39" s="21">
         <v>42</v>
       </c>
       <c r="H39" s="21">
         <v>61</v>
       </c>
       <c r="I39" s="21">
         <v>81</v>
       </c>
       <c r="J39" s="21">
         <v>100</v>
       </c>
       <c r="K39" s="21">
         <v>81</v>
       </c>
       <c r="L39" s="21">
         <v>98</v>
       </c>
       <c r="M39" s="21">
         <v>71</v>
       </c>
       <c r="N39" s="21">
         <v>68</v>
       </c>
       <c r="O39" s="21">
         <v>39</v>
       </c>
       <c r="P39" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>731</v>
       </c>
       <c r="E40" s="21">
         <v>41</v>
       </c>
       <c r="F40" s="21">
         <v>42</v>
       </c>
       <c r="G40" s="21">
         <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>55</v>
       </c>
       <c r="I40" s="21">
         <v>80</v>
       </c>
       <c r="J40" s="21">
         <v>91</v>
       </c>
       <c r="K40" s="21">
         <v>79</v>
       </c>
       <c r="L40" s="21">
         <v>98</v>
       </c>
       <c r="M40" s="21">
         <v>68</v>
       </c>
       <c r="N40" s="21">
         <v>66</v>
       </c>
       <c r="O40" s="21">
         <v>30</v>
       </c>
       <c r="P40" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1010</v>
       </c>
       <c r="E41" s="21">
         <v>45</v>
       </c>
       <c r="F41" s="21">
         <v>52</v>
       </c>
       <c r="G41" s="21">
         <v>48</v>
       </c>
       <c r="H41" s="21">
         <v>81</v>
       </c>
       <c r="I41" s="21">
         <v>127</v>
       </c>
       <c r="J41" s="21">
         <v>153</v>
       </c>
       <c r="K41" s="21">
         <v>106</v>
       </c>
       <c r="L41" s="21">
         <v>127</v>
       </c>
       <c r="M41" s="21">
         <v>93</v>
       </c>
       <c r="N41" s="21">
         <v>95</v>
       </c>
       <c r="O41" s="21">
         <v>33</v>
       </c>
       <c r="P41" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>502</v>
       </c>
       <c r="E42" s="34">
         <v>40</v>
       </c>
       <c r="F42" s="34">
         <v>39</v>
       </c>
       <c r="G42" s="34">
         <v>35</v>
       </c>
       <c r="H42" s="34">
         <v>35</v>
       </c>
       <c r="I42" s="34">
         <v>34</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
         <v>54</v>
       </c>
       <c r="L42" s="34">
         <v>69</v>
       </c>
       <c r="M42" s="34">
         <v>46</v>
       </c>
       <c r="N42" s="34">
         <v>39</v>
       </c>
       <c r="O42" s="34">
         <v>36</v>
       </c>
       <c r="P42" s="34">
         <v>37</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>496</v>
       </c>
       <c r="E44" s="21">
         <v>54</v>
       </c>
       <c r="F44" s="21">
         <v>43</v>
       </c>
       <c r="G44" s="21">
         <v>35</v>
       </c>
       <c r="H44" s="21">
         <v>34</v>
       </c>
       <c r="I44" s="21">
         <v>36</v>
       </c>
       <c r="J44" s="21">
         <v>43</v>
       </c>
       <c r="K44" s="21">
         <v>43</v>
       </c>
       <c r="L44" s="21">
         <v>22</v>
       </c>
       <c r="M44" s="21">
         <v>36</v>
       </c>
       <c r="N44" s="21">
         <v>31</v>
       </c>
       <c r="O44" s="21">
         <v>45</v>
       </c>
       <c r="P44" s="21">
         <v>74</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>247</v>
       </c>
       <c r="E45" s="21">
         <v>29</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>20</v>
       </c>
       <c r="H45" s="21">
         <v>19</v>
       </c>
       <c r="I45" s="21">
         <v>19</v>
       </c>
       <c r="J45" s="21">
         <v>22</v>
       </c>
       <c r="K45" s="21">
         <v>18</v>
       </c>
       <c r="L45" s="21">
         <v>9</v>
       </c>
       <c r="M45" s="21">
         <v>19</v>
       </c>
       <c r="N45" s="21">
         <v>16</v>
       </c>
       <c r="O45" s="21">
         <v>21</v>
       </c>
       <c r="P45" s="21">
         <v>35</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>249</v>
       </c>
       <c r="E46" s="21">
         <v>25</v>
       </c>
       <c r="F46" s="21">
         <v>23</v>
       </c>
       <c r="G46" s="21">
         <v>15</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
         <v>17</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>13</v>
       </c>
       <c r="M46" s="21">
         <v>17</v>
       </c>
       <c r="N46" s="21">
         <v>15</v>
       </c>
       <c r="O46" s="21">
         <v>24</v>
       </c>
       <c r="P46" s="21">
         <v>39</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>331</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>35</v>
       </c>
       <c r="G47" s="21">
         <v>21</v>
       </c>
       <c r="H47" s="21">
         <v>21</v>
       </c>
       <c r="I47" s="21">
         <v>20</v>
       </c>
       <c r="J47" s="21">
         <v>32</v>
       </c>
       <c r="K47" s="21">
         <v>32</v>
       </c>
       <c r="L47" s="21">
         <v>11</v>
       </c>
       <c r="M47" s="21">
         <v>29</v>
       </c>
       <c r="N47" s="21">
         <v>22</v>
       </c>
       <c r="O47" s="21">
         <v>26</v>
       </c>
       <c r="P47" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>165</v>
       </c>
       <c r="E48" s="34">
         <v>21</v>
       </c>
       <c r="F48" s="34">
         <v>8</v>
       </c>
       <c r="G48" s="34">
         <v>14</v>
       </c>
       <c r="H48" s="34">
         <v>13</v>
       </c>
       <c r="I48" s="34">
         <v>16</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>11</v>
       </c>
       <c r="L48" s="34">
         <v>11</v>
       </c>
       <c r="M48" s="34">
         <v>7</v>
       </c>
       <c r="N48" s="34">
         <v>9</v>
       </c>
       <c r="O48" s="34">
         <v>19</v>
       </c>
       <c r="P48" s="34">
         <v>25</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" s="21" customFormat="1" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="41"/>
       <c r="C51" s="41"/>
       <c r="D51" s="41"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>143278</v>
       </c>
       <c r="E8" s="32">
         <v>143278</v>
       </c>
       <c r="F8" s="32">
         <v>143381</v>
       </c>
       <c r="G8" s="32">
         <v>143526</v>
       </c>
       <c r="H8" s="32">
         <v>143492</v>
       </c>
       <c r="I8" s="32">
         <v>143454</v>
       </c>
       <c r="J8" s="32">
         <v>143294</v>
       </c>
       <c r="K8" s="32">
         <v>143044</v>
       </c>
       <c r="L8" s="32">
         <v>142785</v>
       </c>
       <c r="M8" s="32">
         <v>142718</v>
       </c>
       <c r="N8" s="32">
         <v>142946</v>
       </c>
       <c r="O8" s="32">
         <v>143294</v>
       </c>
       <c r="P8" s="32">
         <v>143380</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>378</v>
       </c>
       <c r="E9" s="24">
         <v>27</v>
       </c>
       <c r="F9" s="24">
         <v>11</v>
       </c>
       <c r="G9" s="24">
         <v>28</v>
       </c>
       <c r="H9" s="24">
         <v>29</v>
       </c>
       <c r="I9" s="24">
         <v>26</v>
       </c>
       <c r="J9" s="24">
         <v>71</v>
       </c>
       <c r="K9" s="24">
         <v>62</v>
       </c>
       <c r="L9" s="24">
         <v>49</v>
       </c>
       <c r="M9" s="24">
         <v>38</v>
       </c>
       <c r="N9" s="24">
         <v>66</v>
       </c>
       <c r="O9" s="24">
         <v>-14</v>
       </c>
       <c r="P9" s="24">
         <v>-15</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-481</v>
       </c>
       <c r="E10" s="24">
         <v>76</v>
       </c>
       <c r="F10" s="24">
         <v>134</v>
       </c>
       <c r="G10" s="24">
         <v>-62</v>
       </c>
       <c r="H10" s="24">
         <v>-67</v>
       </c>
       <c r="I10" s="24">
         <v>-186</v>
       </c>
       <c r="J10" s="24">
         <v>-321</v>
       </c>
       <c r="K10" s="24">
         <v>-321</v>
       </c>
       <c r="L10" s="24">
         <v>-116</v>
       </c>
       <c r="M10" s="24">
         <v>190</v>
       </c>
       <c r="N10" s="24">
         <v>282</v>
       </c>
       <c r="O10" s="24">
         <v>100</v>
       </c>
       <c r="P10" s="24">
         <v>-190</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-103</v>
       </c>
       <c r="E11" s="24">
         <v>103</v>
       </c>
       <c r="F11" s="24">
         <v>145</v>
       </c>
       <c r="G11" s="24">
         <v>-34</v>
       </c>
       <c r="H11" s="24">
         <v>-38</v>
       </c>
       <c r="I11" s="24">
         <v>-160</v>
       </c>
       <c r="J11" s="24">
         <v>-250</v>
       </c>
       <c r="K11" s="24">
         <v>-259</v>
       </c>
       <c r="L11" s="24">
         <v>-67</v>
       </c>
       <c r="M11" s="24">
         <v>228</v>
       </c>
       <c r="N11" s="24">
         <v>348</v>
       </c>
       <c r="O11" s="24">
         <v>86</v>
       </c>
       <c r="P11" s="24">
         <v>-205</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>47</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>47</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143222</v>
       </c>
       <c r="E13" s="32">
         <v>143381</v>
       </c>
       <c r="F13" s="32">
         <v>143526</v>
       </c>
       <c r="G13" s="32">
         <v>143492</v>
       </c>
       <c r="H13" s="32">
         <v>143454</v>
       </c>
       <c r="I13" s="32">
         <v>143294</v>
       </c>
       <c r="J13" s="32">
         <v>143044</v>
       </c>
       <c r="K13" s="32">
         <v>142785</v>
       </c>
       <c r="L13" s="32">
         <v>142718</v>
       </c>
       <c r="M13" s="32">
         <v>142946</v>
       </c>
       <c r="N13" s="32">
         <v>143294</v>
       </c>
       <c r="O13" s="32">
         <v>143380</v>
       </c>
       <c r="P13" s="32">
         <v>143222</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68776</v>
       </c>
       <c r="E14" s="32">
         <v>68864</v>
       </c>
       <c r="F14" s="32">
         <v>68966</v>
       </c>
       <c r="G14" s="32">
         <v>68978</v>
       </c>
       <c r="H14" s="32">
         <v>68964</v>
       </c>
       <c r="I14" s="32">
         <v>68879</v>
       </c>
       <c r="J14" s="32">
         <v>68764</v>
       </c>
       <c r="K14" s="32">
         <v>68647</v>
       </c>
       <c r="L14" s="32">
         <v>68572</v>
       </c>
       <c r="M14" s="32">
         <v>68690</v>
       </c>
       <c r="N14" s="32">
         <v>68840</v>
       </c>
       <c r="O14" s="32">
         <v>68879</v>
       </c>
       <c r="P14" s="32">
         <v>68776</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74446</v>
       </c>
       <c r="E15" s="32">
         <v>74517</v>
       </c>
       <c r="F15" s="32">
         <v>74560</v>
       </c>
       <c r="G15" s="32">
         <v>74514</v>
       </c>
       <c r="H15" s="32">
         <v>74490</v>
       </c>
       <c r="I15" s="32">
         <v>74415</v>
       </c>
       <c r="J15" s="32">
         <v>74280</v>
       </c>
       <c r="K15" s="32">
         <v>74138</v>
       </c>
       <c r="L15" s="32">
         <v>74146</v>
       </c>
       <c r="M15" s="32">
         <v>74256</v>
       </c>
       <c r="N15" s="32">
         <v>74454</v>
       </c>
       <c r="O15" s="32">
         <v>74501</v>
       </c>
       <c r="P15" s="32">
         <v>74446</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>109284</v>
       </c>
       <c r="E16" s="32">
         <v>108815</v>
       </c>
       <c r="F16" s="32">
         <v>108968</v>
       </c>
       <c r="G16" s="32">
         <v>108888</v>
       </c>
       <c r="H16" s="32">
         <v>108927</v>
       </c>
       <c r="I16" s="32">
         <v>108903</v>
       </c>
       <c r="J16" s="32">
         <v>108832</v>
       </c>
       <c r="K16" s="32">
         <v>108705</v>
       </c>
       <c r="L16" s="32">
         <v>108736</v>
       </c>
       <c r="M16" s="32">
         <v>108915</v>
       </c>
       <c r="N16" s="32">
         <v>109139</v>
       </c>
       <c r="O16" s="32">
         <v>109272</v>
       </c>
       <c r="P16" s="32">
         <v>109284</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>33938</v>
       </c>
       <c r="E17" s="32">
         <v>34566</v>
       </c>
       <c r="F17" s="32">
         <v>34558</v>
       </c>
       <c r="G17" s="32">
         <v>34604</v>
       </c>
       <c r="H17" s="32">
         <v>34527</v>
       </c>
       <c r="I17" s="32">
         <v>34391</v>
       </c>
       <c r="J17" s="32">
         <v>34212</v>
       </c>
       <c r="K17" s="32">
         <v>34080</v>
       </c>
       <c r="L17" s="32">
         <v>33982</v>
       </c>
       <c r="M17" s="32">
         <v>34031</v>
       </c>
       <c r="N17" s="32">
         <v>34155</v>
       </c>
       <c r="O17" s="32">
         <v>34108</v>
       </c>
       <c r="P17" s="32">
         <v>33938</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>143250</v>
       </c>
       <c r="E18" s="33">
         <v>143330</v>
       </c>
       <c r="F18" s="33">
         <v>143450</v>
       </c>
       <c r="G18" s="33">
         <v>143510</v>
       </c>
       <c r="H18" s="33">
         <v>143470</v>
       </c>
       <c r="I18" s="33">
         <v>143370</v>
       </c>
       <c r="J18" s="33">
         <v>143170</v>
       </c>
       <c r="K18" s="33">
         <v>142910</v>
       </c>
       <c r="L18" s="33">
         <v>142750</v>
       </c>
       <c r="M18" s="33">
         <v>142830</v>
       </c>
       <c r="N18" s="33">
         <v>143120</v>
       </c>
       <c r="O18" s="33">
         <v>143340</v>
       </c>
       <c r="P18" s="33">
         <v>143300</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1618</v>
       </c>
       <c r="E20" s="21">
         <v>115</v>
       </c>
       <c r="F20" s="21">
         <v>124</v>
       </c>
       <c r="G20" s="21">
         <v>146</v>
       </c>
       <c r="H20" s="21">
         <v>130</v>
       </c>
       <c r="I20" s="21">
         <v>109</v>
       </c>
       <c r="J20" s="21">
         <v>159</v>
       </c>
       <c r="K20" s="21">
         <v>154</v>
       </c>
       <c r="L20" s="21">
         <v>135</v>
       </c>
       <c r="M20" s="21">
         <v>122</v>
       </c>
       <c r="N20" s="21">
         <v>170</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>128</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>855</v>
       </c>
       <c r="E21" s="21">
         <v>54</v>
       </c>
       <c r="F21" s="21">
         <v>66</v>
       </c>
       <c r="G21" s="21">
         <v>76</v>
       </c>
       <c r="H21" s="21">
         <v>63</v>
       </c>
       <c r="I21" s="21">
         <v>64</v>
       </c>
       <c r="J21" s="21">
         <v>87</v>
       </c>
       <c r="K21" s="21">
         <v>91</v>
       </c>
       <c r="L21" s="21">
         <v>70</v>
       </c>
       <c r="M21" s="21">
         <v>61</v>
       </c>
       <c r="N21" s="21">
         <v>91</v>
       </c>
       <c r="O21" s="21">
         <v>69</v>
       </c>
       <c r="P21" s="21">
         <v>63</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>763</v>
       </c>
       <c r="E22" s="21">
         <v>61</v>
       </c>
       <c r="F22" s="21">
         <v>58</v>
       </c>
       <c r="G22" s="21">
         <v>70</v>
       </c>
       <c r="H22" s="21">
         <v>67</v>
       </c>
       <c r="I22" s="21">
         <v>45</v>
       </c>
       <c r="J22" s="21">
         <v>72</v>
       </c>
       <c r="K22" s="21">
         <v>63</v>
       </c>
       <c r="L22" s="21">
         <v>65</v>
       </c>
       <c r="M22" s="21">
         <v>61</v>
       </c>
       <c r="N22" s="21">
         <v>79</v>
       </c>
       <c r="O22" s="21">
         <v>57</v>
       </c>
       <c r="P22" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1269</v>
       </c>
       <c r="E23" s="32">
         <v>80</v>
       </c>
       <c r="F23" s="32">
         <v>98</v>
       </c>
       <c r="G23" s="32">
         <v>102</v>
       </c>
       <c r="H23" s="32">
         <v>110</v>
       </c>
       <c r="I23" s="32">
         <v>89</v>
       </c>
       <c r="J23" s="32">
         <v>126</v>
       </c>
       <c r="K23" s="32">
         <v>112</v>
       </c>
       <c r="L23" s="32">
         <v>114</v>
       </c>
       <c r="M23" s="32">
         <v>90</v>
       </c>
       <c r="N23" s="32">
         <v>142</v>
       </c>
       <c r="O23" s="32">
         <v>106</v>
       </c>
       <c r="P23" s="32">
         <v>100</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>349</v>
       </c>
       <c r="E24" s="33">
         <v>35</v>
       </c>
       <c r="F24" s="33">
         <v>26</v>
       </c>
       <c r="G24" s="33">
         <v>44</v>
       </c>
       <c r="H24" s="33">
         <v>20</v>
       </c>
       <c r="I24" s="33">
         <v>20</v>
       </c>
       <c r="J24" s="33">
         <v>33</v>
       </c>
       <c r="K24" s="33">
         <v>42</v>
       </c>
       <c r="L24" s="33">
         <v>21</v>
       </c>
       <c r="M24" s="33">
         <v>32</v>
       </c>
       <c r="N24" s="33">
         <v>28</v>
       </c>
       <c r="O24" s="33">
         <v>20</v>
       </c>
       <c r="P24" s="33">
         <v>28</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1240</v>
       </c>
       <c r="E26" s="21">
         <v>88</v>
       </c>
       <c r="F26" s="21">
         <v>113</v>
       </c>
       <c r="G26" s="21">
         <v>118</v>
       </c>
       <c r="H26" s="21">
         <v>101</v>
       </c>
       <c r="I26" s="21">
         <v>83</v>
       </c>
       <c r="J26" s="21">
         <v>88</v>
       </c>
       <c r="K26" s="21">
         <v>92</v>
       </c>
       <c r="L26" s="21">
         <v>86</v>
       </c>
       <c r="M26" s="21">
         <v>84</v>
       </c>
       <c r="N26" s="21">
         <v>104</v>
       </c>
       <c r="O26" s="21">
         <v>140</v>
       </c>
       <c r="P26" s="21">
         <v>143</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>527</v>
       </c>
       <c r="E27" s="21">
         <v>31</v>
       </c>
       <c r="F27" s="21">
         <v>48</v>
       </c>
       <c r="G27" s="21">
         <v>49</v>
       </c>
       <c r="H27" s="21">
         <v>38</v>
       </c>
       <c r="I27" s="21">
         <v>39</v>
       </c>
       <c r="J27" s="21">
         <v>36</v>
       </c>
       <c r="K27" s="21">
         <v>41</v>
       </c>
       <c r="L27" s="21">
         <v>38</v>
       </c>
       <c r="M27" s="21">
         <v>46</v>
       </c>
       <c r="N27" s="21">
         <v>41</v>
       </c>
       <c r="O27" s="21">
         <v>62</v>
       </c>
       <c r="P27" s="21">
         <v>58</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>713</v>
       </c>
       <c r="E28" s="21">
         <v>57</v>
       </c>
       <c r="F28" s="21">
         <v>65</v>
       </c>
       <c r="G28" s="21">
         <v>69</v>
       </c>
       <c r="H28" s="21">
         <v>63</v>
       </c>
       <c r="I28" s="21">
         <v>44</v>
       </c>
       <c r="J28" s="21">
         <v>52</v>
       </c>
       <c r="K28" s="21">
         <v>51</v>
       </c>
       <c r="L28" s="21">
         <v>48</v>
       </c>
       <c r="M28" s="21">
         <v>38</v>
       </c>
       <c r="N28" s="21">
         <v>63</v>
       </c>
       <c r="O28" s="21">
         <v>78</v>
       </c>
       <c r="P28" s="21">
         <v>85</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1124</v>
       </c>
       <c r="E29" s="21">
         <v>74</v>
       </c>
       <c r="F29" s="21">
         <v>101</v>
       </c>
       <c r="G29" s="21">
         <v>112</v>
       </c>
       <c r="H29" s="21">
         <v>96</v>
       </c>
       <c r="I29" s="21">
         <v>72</v>
       </c>
       <c r="J29" s="21">
         <v>78</v>
       </c>
       <c r="K29" s="21">
         <v>82</v>
       </c>
       <c r="L29" s="21">
         <v>75</v>
       </c>
       <c r="M29" s="21">
         <v>74</v>
       </c>
       <c r="N29" s="21">
         <v>100</v>
       </c>
       <c r="O29" s="21">
         <v>130</v>
       </c>
       <c r="P29" s="21">
         <v>130</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>116</v>
       </c>
       <c r="E30" s="21">
         <v>14</v>
       </c>
       <c r="F30" s="21">
         <v>12</v>
       </c>
       <c r="G30" s="21">
         <v>6</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>10</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>10</v>
       </c>
       <c r="N30" s="21">
         <v>4</v>
       </c>
       <c r="O30" s="21">
         <v>10</v>
       </c>
       <c r="P30" s="21">
         <v>13</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>5</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>2</v>
       </c>
       <c r="G32" s="32">
         <v>1</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>25</v>
       </c>
       <c r="E33" s="32">
         <v>2</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>4</v>
       </c>
       <c r="H33" s="32">
         <v>2</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>3</v>
       </c>
       <c r="O33" s="32">
         <v>1</v>
       </c>
       <c r="P33" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>98</v>
       </c>
       <c r="E34" s="32">
         <v>4</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>11</v>
       </c>
       <c r="H34" s="32">
         <v>6</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
         <v>10</v>
       </c>
       <c r="K34" s="32">
         <v>7</v>
       </c>
       <c r="L34" s="32">
         <v>9</v>
       </c>
       <c r="M34" s="32">
         <v>4</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
         <v>11</v>
       </c>
       <c r="P34" s="32">
         <v>9</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>310</v>
       </c>
       <c r="E35" s="32">
         <v>13</v>
       </c>
       <c r="F35" s="32">
         <v>34</v>
       </c>
       <c r="G35" s="32">
         <v>25</v>
       </c>
       <c r="H35" s="32">
         <v>25</v>
       </c>
       <c r="I35" s="32">
         <v>21</v>
       </c>
       <c r="J35" s="32">
         <v>29</v>
       </c>
       <c r="K35" s="32">
         <v>20</v>
       </c>
       <c r="L35" s="32">
         <v>20</v>
       </c>
       <c r="M35" s="32">
         <v>23</v>
       </c>
       <c r="N35" s="32">
         <v>29</v>
       </c>
       <c r="O35" s="32">
         <v>40</v>
       </c>
       <c r="P35" s="32">
         <v>31</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>802</v>
       </c>
       <c r="E36" s="33">
         <v>68</v>
       </c>
       <c r="F36" s="33">
         <v>65</v>
       </c>
       <c r="G36" s="33">
         <v>77</v>
       </c>
       <c r="H36" s="33">
         <v>68</v>
       </c>
       <c r="I36" s="33">
         <v>50</v>
       </c>
       <c r="J36" s="33">
         <v>48</v>
       </c>
       <c r="K36" s="33">
         <v>62</v>
       </c>
       <c r="L36" s="33">
         <v>57</v>
       </c>
       <c r="M36" s="33">
         <v>54</v>
       </c>
       <c r="N36" s="33">
         <v>65</v>
       </c>
       <c r="O36" s="33">
         <v>88</v>
       </c>
       <c r="P36" s="33">
         <v>100</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1467</v>
       </c>
       <c r="E38" s="26">
         <v>85</v>
       </c>
       <c r="F38" s="26">
         <v>78</v>
       </c>
       <c r="G38" s="26">
         <v>131</v>
       </c>
       <c r="H38" s="26">
         <v>73</v>
       </c>
       <c r="I38" s="26">
         <v>95</v>
       </c>
       <c r="J38" s="26">
         <v>123</v>
       </c>
       <c r="K38" s="26">
         <v>181</v>
       </c>
       <c r="L38" s="26">
         <v>121</v>
       </c>
       <c r="M38" s="26">
         <v>221</v>
       </c>
       <c r="N38" s="26">
         <v>185</v>
       </c>
       <c r="O38" s="26">
         <v>100</v>
       </c>
       <c r="P38" s="26">
         <v>74</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>747</v>
       </c>
       <c r="E39" s="21">
         <v>41</v>
       </c>
       <c r="F39" s="21">
         <v>39</v>
       </c>
       <c r="G39" s="21">
         <v>65</v>
       </c>
       <c r="H39" s="21">
         <v>38</v>
       </c>
       <c r="I39" s="21">
         <v>52</v>
       </c>
       <c r="J39" s="21">
         <v>57</v>
       </c>
       <c r="K39" s="21">
         <v>92</v>
       </c>
       <c r="L39" s="21">
         <v>63</v>
       </c>
       <c r="M39" s="21">
         <v>115</v>
       </c>
       <c r="N39" s="21">
         <v>97</v>
       </c>
       <c r="O39" s="21">
         <v>51</v>
       </c>
       <c r="P39" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>720</v>
       </c>
       <c r="E40" s="21">
         <v>44</v>
       </c>
       <c r="F40" s="21">
         <v>39</v>
       </c>
       <c r="G40" s="21">
         <v>66</v>
       </c>
       <c r="H40" s="21">
         <v>35</v>
       </c>
       <c r="I40" s="21">
         <v>43</v>
       </c>
       <c r="J40" s="21">
         <v>66</v>
       </c>
       <c r="K40" s="21">
         <v>89</v>
       </c>
       <c r="L40" s="21">
         <v>58</v>
       </c>
       <c r="M40" s="21">
         <v>106</v>
       </c>
       <c r="N40" s="21">
         <v>88</v>
       </c>
       <c r="O40" s="21">
         <v>49</v>
       </c>
       <c r="P40" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1051</v>
       </c>
       <c r="E41" s="21">
         <v>53</v>
       </c>
       <c r="F41" s="21">
         <v>59</v>
       </c>
       <c r="G41" s="21">
         <v>91</v>
       </c>
       <c r="H41" s="21">
         <v>53</v>
       </c>
       <c r="I41" s="21">
         <v>74</v>
       </c>
       <c r="J41" s="21">
         <v>98</v>
       </c>
       <c r="K41" s="21">
         <v>130</v>
       </c>
       <c r="L41" s="21">
         <v>92</v>
       </c>
       <c r="M41" s="21">
         <v>166</v>
       </c>
       <c r="N41" s="21">
         <v>116</v>
       </c>
       <c r="O41" s="21">
         <v>69</v>
       </c>
       <c r="P41" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>416</v>
       </c>
       <c r="E42" s="34">
         <v>32</v>
       </c>
       <c r="F42" s="34">
         <v>19</v>
       </c>
       <c r="G42" s="34">
         <v>40</v>
       </c>
       <c r="H42" s="34">
         <v>20</v>
       </c>
       <c r="I42" s="34">
         <v>21</v>
       </c>
       <c r="J42" s="34">
         <v>25</v>
       </c>
       <c r="K42" s="34">
         <v>51</v>
       </c>
       <c r="L42" s="34">
         <v>29</v>
       </c>
       <c r="M42" s="34">
         <v>55</v>
       </c>
       <c r="N42" s="34">
         <v>69</v>
       </c>
       <c r="O42" s="34">
         <v>31</v>
       </c>
       <c r="P42" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>538</v>
       </c>
       <c r="E44" s="21">
         <v>39</v>
       </c>
       <c r="F44" s="21">
         <v>34</v>
       </c>
       <c r="G44" s="21">
         <v>55</v>
       </c>
       <c r="H44" s="21">
         <v>21</v>
       </c>
       <c r="I44" s="21">
         <v>41</v>
       </c>
       <c r="J44" s="21">
         <v>62</v>
       </c>
       <c r="K44" s="21">
         <v>51</v>
       </c>
       <c r="L44" s="21">
         <v>23</v>
       </c>
       <c r="M44" s="21">
         <v>54</v>
       </c>
       <c r="N44" s="21">
         <v>65</v>
       </c>
       <c r="O44" s="21">
         <v>41</v>
       </c>
       <c r="P44" s="21">
         <v>52</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>270</v>
       </c>
       <c r="E45" s="21">
         <v>22</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
         <v>29</v>
       </c>
       <c r="H45" s="21">
         <v>11</v>
       </c>
       <c r="I45" s="21">
         <v>16</v>
       </c>
       <c r="J45" s="21">
         <v>31</v>
       </c>
       <c r="K45" s="21">
         <v>26</v>
       </c>
       <c r="L45" s="21">
         <v>11</v>
       </c>
       <c r="M45" s="21">
         <v>20</v>
       </c>
       <c r="N45" s="21">
         <v>34</v>
       </c>
       <c r="O45" s="21">
         <v>25</v>
       </c>
       <c r="P45" s="21">
         <v>25</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>268</v>
       </c>
       <c r="E46" s="21">
         <v>17</v>
       </c>
       <c r="F46" s="21">
         <v>14</v>
       </c>
       <c r="G46" s="21">
         <v>26</v>
       </c>
       <c r="H46" s="21">
         <v>10</v>
       </c>
       <c r="I46" s="21">
         <v>25</v>
       </c>
       <c r="J46" s="21">
         <v>31</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>12</v>
       </c>
       <c r="M46" s="21">
         <v>34</v>
       </c>
       <c r="N46" s="21">
         <v>31</v>
       </c>
       <c r="O46" s="21">
         <v>16</v>
       </c>
       <c r="P46" s="21">
         <v>27</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>352</v>
       </c>
       <c r="E47" s="21">
         <v>24</v>
       </c>
       <c r="F47" s="21">
         <v>20</v>
       </c>
       <c r="G47" s="21">
         <v>38</v>
       </c>
       <c r="H47" s="21">
         <v>17</v>
       </c>
       <c r="I47" s="21">
         <v>21</v>
       </c>
       <c r="J47" s="21">
         <v>50</v>
       </c>
       <c r="K47" s="21">
         <v>29</v>
       </c>
       <c r="L47" s="21">
         <v>13</v>
       </c>
       <c r="M47" s="21">
         <v>37</v>
       </c>
       <c r="N47" s="21">
         <v>40</v>
       </c>
       <c r="O47" s="21">
         <v>26</v>
       </c>
       <c r="P47" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>186</v>
       </c>
       <c r="E48" s="34">
         <v>15</v>
       </c>
       <c r="F48" s="34">
         <v>14</v>
       </c>
       <c r="G48" s="34">
         <v>17</v>
       </c>
       <c r="H48" s="34">
         <v>4</v>
       </c>
       <c r="I48" s="34">
         <v>20</v>
       </c>
       <c r="J48" s="34">
         <v>12</v>
       </c>
       <c r="K48" s="34">
         <v>22</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>17</v>
       </c>
       <c r="N48" s="34">
         <v>25</v>
       </c>
       <c r="O48" s="34">
         <v>15</v>
       </c>
       <c r="P48" s="34">
         <v>15</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="D55" s="20"/>
       <c r="E55" s="20"/>
       <c r="F55" s="20"/>
       <c r="G55" s="20"/>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>142493</v>
       </c>
       <c r="E8" s="32">
         <v>142493</v>
       </c>
       <c r="F8" s="32">
         <v>142486</v>
       </c>
       <c r="G8" s="32">
         <v>142635</v>
       </c>
       <c r="H8" s="32">
         <v>142664</v>
       </c>
       <c r="I8" s="32">
         <v>142790</v>
       </c>
       <c r="J8" s="32">
         <v>142914</v>
       </c>
       <c r="K8" s="32">
         <v>142856</v>
       </c>
       <c r="L8" s="32">
         <v>142577</v>
       </c>
       <c r="M8" s="32">
         <v>142705</v>
       </c>
       <c r="N8" s="32">
         <v>142964</v>
       </c>
       <c r="O8" s="32">
         <v>143275</v>
       </c>
       <c r="P8" s="32">
         <v>143163</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>337</v>
       </c>
       <c r="E9" s="24">
         <v>50</v>
       </c>
       <c r="F9" s="24">
         <v>6</v>
       </c>
       <c r="G9" s="24">
         <v>6</v>
       </c>
       <c r="H9" s="24">
         <v>20</v>
       </c>
       <c r="I9" s="24">
         <v>15</v>
       </c>
       <c r="J9" s="24">
         <v>42</v>
       </c>
       <c r="K9" s="24">
         <v>44</v>
       </c>
       <c r="L9" s="24">
         <v>79</v>
       </c>
       <c r="M9" s="24">
         <v>47</v>
       </c>
       <c r="N9" s="24">
         <v>28</v>
       </c>
       <c r="O9" s="24">
         <v>9</v>
       </c>
       <c r="P9" s="24">
         <v>-9</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>378</v>
       </c>
       <c r="E10" s="24">
         <v>-57</v>
       </c>
       <c r="F10" s="24">
         <v>143</v>
       </c>
       <c r="G10" s="24">
         <v>23</v>
       </c>
       <c r="H10" s="24">
         <v>106</v>
       </c>
       <c r="I10" s="24">
         <v>109</v>
       </c>
       <c r="J10" s="24">
         <v>-100</v>
       </c>
       <c r="K10" s="24">
         <v>-323</v>
       </c>
       <c r="L10" s="24">
         <v>49</v>
       </c>
       <c r="M10" s="24">
         <v>212</v>
       </c>
       <c r="N10" s="24">
         <v>283</v>
       </c>
       <c r="O10" s="24">
         <v>-121</v>
       </c>
       <c r="P10" s="24">
         <v>54</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>715</v>
       </c>
       <c r="E11" s="24">
         <v>-7</v>
       </c>
       <c r="F11" s="24">
         <v>149</v>
       </c>
       <c r="G11" s="24">
         <v>29</v>
       </c>
       <c r="H11" s="24">
         <v>126</v>
       </c>
       <c r="I11" s="24">
         <v>124</v>
       </c>
       <c r="J11" s="24">
         <v>-58</v>
       </c>
       <c r="K11" s="24">
         <v>-279</v>
       </c>
       <c r="L11" s="24">
         <v>128</v>
       </c>
       <c r="M11" s="24">
         <v>259</v>
       </c>
       <c r="N11" s="24">
         <v>311</v>
       </c>
       <c r="O11" s="24">
         <v>-112</v>
       </c>
       <c r="P11" s="24">
         <v>45</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>70</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>70</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>143278</v>
       </c>
       <c r="E13" s="32">
         <v>142486</v>
       </c>
       <c r="F13" s="32">
         <v>142635</v>
       </c>
       <c r="G13" s="32">
         <v>142664</v>
       </c>
       <c r="H13" s="32">
         <v>142790</v>
       </c>
       <c r="I13" s="32">
         <v>142914</v>
       </c>
       <c r="J13" s="32">
         <v>142856</v>
       </c>
       <c r="K13" s="32">
         <v>142577</v>
       </c>
       <c r="L13" s="32">
         <v>142705</v>
       </c>
       <c r="M13" s="32">
         <v>142964</v>
       </c>
       <c r="N13" s="32">
         <v>143275</v>
       </c>
       <c r="O13" s="32">
         <v>143163</v>
       </c>
       <c r="P13" s="32">
         <v>143278</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68767</v>
       </c>
       <c r="E14" s="32">
         <v>68313</v>
       </c>
       <c r="F14" s="32">
         <v>68396</v>
       </c>
       <c r="G14" s="32">
         <v>68444</v>
       </c>
       <c r="H14" s="32">
         <v>68494</v>
       </c>
       <c r="I14" s="32">
         <v>68548</v>
       </c>
       <c r="J14" s="32">
         <v>68550</v>
       </c>
       <c r="K14" s="32">
         <v>68452</v>
       </c>
       <c r="L14" s="32">
         <v>68497</v>
       </c>
       <c r="M14" s="32">
         <v>68594</v>
       </c>
       <c r="N14" s="32">
         <v>68721</v>
       </c>
       <c r="O14" s="32">
         <v>68654</v>
       </c>
       <c r="P14" s="32">
         <v>68767</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74511</v>
       </c>
       <c r="E15" s="32">
         <v>74173</v>
       </c>
       <c r="F15" s="32">
         <v>74239</v>
       </c>
       <c r="G15" s="32">
         <v>74220</v>
       </c>
       <c r="H15" s="32">
         <v>74296</v>
       </c>
       <c r="I15" s="32">
         <v>74366</v>
       </c>
       <c r="J15" s="32">
         <v>74306</v>
       </c>
       <c r="K15" s="32">
         <v>74125</v>
       </c>
       <c r="L15" s="32">
         <v>74208</v>
       </c>
       <c r="M15" s="32">
         <v>74370</v>
       </c>
       <c r="N15" s="32">
         <v>74554</v>
       </c>
       <c r="O15" s="32">
         <v>74509</v>
       </c>
       <c r="P15" s="32">
         <v>74511</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>108738</v>
       </c>
       <c r="E16" s="32">
         <v>108180</v>
       </c>
       <c r="F16" s="32">
         <v>108277</v>
       </c>
       <c r="G16" s="32">
         <v>108355</v>
       </c>
       <c r="H16" s="32">
         <v>108458</v>
       </c>
       <c r="I16" s="32">
         <v>108513</v>
       </c>
       <c r="J16" s="32">
         <v>108497</v>
       </c>
       <c r="K16" s="32">
         <v>108317</v>
       </c>
       <c r="L16" s="32">
         <v>108367</v>
       </c>
       <c r="M16" s="32">
         <v>108362</v>
       </c>
       <c r="N16" s="32">
         <v>108623</v>
       </c>
       <c r="O16" s="32">
         <v>108582</v>
       </c>
       <c r="P16" s="32">
         <v>108738</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34540</v>
       </c>
       <c r="E17" s="32">
         <v>34306</v>
       </c>
       <c r="F17" s="32">
         <v>34358</v>
       </c>
       <c r="G17" s="32">
         <v>34309</v>
       </c>
       <c r="H17" s="32">
         <v>34332</v>
       </c>
       <c r="I17" s="32">
         <v>34401</v>
       </c>
       <c r="J17" s="32">
         <v>34359</v>
       </c>
       <c r="K17" s="32">
         <v>34260</v>
       </c>
       <c r="L17" s="32">
         <v>34338</v>
       </c>
       <c r="M17" s="32">
         <v>34602</v>
       </c>
       <c r="N17" s="32">
         <v>34652</v>
       </c>
       <c r="O17" s="32">
         <v>34581</v>
       </c>
       <c r="P17" s="32">
         <v>34540</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142890</v>
       </c>
       <c r="E18" s="33">
         <v>142490</v>
       </c>
       <c r="F18" s="33">
         <v>142560</v>
       </c>
       <c r="G18" s="33">
         <v>142650</v>
       </c>
       <c r="H18" s="33">
         <v>142730</v>
       </c>
       <c r="I18" s="33">
         <v>142850</v>
       </c>
       <c r="J18" s="33">
         <v>142890</v>
       </c>
       <c r="K18" s="33">
         <v>142720</v>
       </c>
       <c r="L18" s="33">
         <v>142640</v>
       </c>
       <c r="M18" s="33">
         <v>142830</v>
       </c>
       <c r="N18" s="33">
         <v>143120</v>
       </c>
       <c r="O18" s="33">
         <v>143220</v>
       </c>
       <c r="P18" s="33">
         <v>143220</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1610</v>
       </c>
       <c r="E20" s="21">
         <v>171</v>
       </c>
       <c r="F20" s="21">
         <v>119</v>
       </c>
       <c r="G20" s="21">
         <v>117</v>
       </c>
       <c r="H20" s="21">
         <v>120</v>
       </c>
       <c r="I20" s="21">
         <v>117</v>
       </c>
       <c r="J20" s="21">
         <v>138</v>
       </c>
       <c r="K20" s="21">
         <v>165</v>
       </c>
       <c r="L20" s="21">
         <v>148</v>
       </c>
       <c r="M20" s="21">
         <v>137</v>
       </c>
       <c r="N20" s="21">
         <v>149</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>103</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>840</v>
       </c>
       <c r="E21" s="21">
         <v>91</v>
       </c>
       <c r="F21" s="21">
         <v>69</v>
       </c>
       <c r="G21" s="21">
         <v>61</v>
       </c>
       <c r="H21" s="21">
         <v>66</v>
       </c>
       <c r="I21" s="21">
         <v>61</v>
       </c>
       <c r="J21" s="21">
         <v>71</v>
       </c>
       <c r="K21" s="21">
         <v>82</v>
       </c>
       <c r="L21" s="21">
         <v>76</v>
       </c>
       <c r="M21" s="21">
         <v>69</v>
       </c>
       <c r="N21" s="21">
         <v>75</v>
       </c>
       <c r="O21" s="21">
         <v>65</v>
       </c>
       <c r="P21" s="21">
         <v>54</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>770</v>
       </c>
       <c r="E22" s="21">
         <v>80</v>
       </c>
       <c r="F22" s="21">
         <v>50</v>
       </c>
       <c r="G22" s="21">
         <v>56</v>
       </c>
       <c r="H22" s="21">
         <v>54</v>
       </c>
       <c r="I22" s="21">
         <v>56</v>
       </c>
       <c r="J22" s="21">
         <v>67</v>
       </c>
       <c r="K22" s="21">
         <v>83</v>
       </c>
       <c r="L22" s="21">
         <v>72</v>
       </c>
       <c r="M22" s="21">
         <v>68</v>
       </c>
       <c r="N22" s="21">
         <v>74</v>
       </c>
       <c r="O22" s="21">
         <v>61</v>
       </c>
       <c r="P22" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1257</v>
       </c>
       <c r="E23" s="32">
         <v>136</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>89</v>
       </c>
       <c r="H23" s="32">
         <v>103</v>
       </c>
       <c r="I23" s="32">
         <v>86</v>
       </c>
       <c r="J23" s="32">
         <v>107</v>
       </c>
       <c r="K23" s="32">
         <v>136</v>
       </c>
       <c r="L23" s="32">
         <v>109</v>
       </c>
       <c r="M23" s="32">
         <v>106</v>
       </c>
       <c r="N23" s="32">
         <v>116</v>
       </c>
       <c r="O23" s="32">
         <v>99</v>
       </c>
       <c r="P23" s="32">
         <v>81</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>353</v>
       </c>
       <c r="E24" s="33">
         <v>35</v>
       </c>
       <c r="F24" s="33">
         <v>30</v>
       </c>
       <c r="G24" s="33">
         <v>28</v>
       </c>
       <c r="H24" s="33">
         <v>17</v>
       </c>
       <c r="I24" s="33">
         <v>31</v>
       </c>
       <c r="J24" s="33">
         <v>31</v>
       </c>
       <c r="K24" s="33">
         <v>29</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>33</v>
       </c>
       <c r="O24" s="33">
         <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1273</v>
       </c>
       <c r="E26" s="21">
         <v>121</v>
       </c>
       <c r="F26" s="21">
         <v>113</v>
       </c>
       <c r="G26" s="21">
         <v>111</v>
       </c>
       <c r="H26" s="21">
         <v>100</v>
       </c>
       <c r="I26" s="21">
         <v>102</v>
       </c>
       <c r="J26" s="21">
         <v>96</v>
       </c>
       <c r="K26" s="21">
         <v>121</v>
       </c>
       <c r="L26" s="21">
         <v>69</v>
       </c>
       <c r="M26" s="21">
         <v>90</v>
       </c>
       <c r="N26" s="21">
         <v>121</v>
       </c>
       <c r="O26" s="21">
         <v>117</v>
       </c>
       <c r="P26" s="21">
         <v>112</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>573</v>
       </c>
       <c r="E27" s="21">
         <v>65</v>
       </c>
       <c r="F27" s="21">
         <v>51</v>
       </c>
       <c r="G27" s="21">
         <v>46</v>
       </c>
       <c r="H27" s="21">
         <v>45</v>
       </c>
       <c r="I27" s="21">
         <v>44</v>
       </c>
       <c r="J27" s="21">
         <v>43</v>
       </c>
       <c r="K27" s="21">
         <v>47</v>
       </c>
       <c r="L27" s="21">
         <v>28</v>
       </c>
       <c r="M27" s="21">
         <v>44</v>
       </c>
       <c r="N27" s="21">
         <v>58</v>
       </c>
       <c r="O27" s="21">
         <v>56</v>
       </c>
       <c r="P27" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>700</v>
       </c>
       <c r="E28" s="21">
         <v>56</v>
       </c>
       <c r="F28" s="21">
         <v>62</v>
       </c>
       <c r="G28" s="21">
         <v>65</v>
       </c>
       <c r="H28" s="21">
         <v>55</v>
       </c>
       <c r="I28" s="21">
         <v>58</v>
       </c>
       <c r="J28" s="21">
         <v>53</v>
       </c>
       <c r="K28" s="21">
         <v>74</v>
       </c>
       <c r="L28" s="21">
         <v>41</v>
       </c>
       <c r="M28" s="21">
         <v>46</v>
       </c>
       <c r="N28" s="21">
         <v>63</v>
       </c>
       <c r="O28" s="21">
         <v>61</v>
       </c>
       <c r="P28" s="21">
         <v>66</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1171</v>
       </c>
       <c r="E29" s="21">
         <v>114</v>
       </c>
       <c r="F29" s="21">
         <v>106</v>
       </c>
       <c r="G29" s="21">
         <v>104</v>
       </c>
       <c r="H29" s="21">
         <v>90</v>
       </c>
       <c r="I29" s="21">
         <v>92</v>
       </c>
       <c r="J29" s="21">
         <v>86</v>
       </c>
       <c r="K29" s="21">
         <v>112</v>
       </c>
       <c r="L29" s="21">
         <v>63</v>
       </c>
       <c r="M29" s="21">
         <v>84</v>
       </c>
       <c r="N29" s="21">
         <v>109</v>
       </c>
       <c r="O29" s="21">
         <v>105</v>
       </c>
       <c r="P29" s="21">
         <v>106</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>102</v>
       </c>
       <c r="E30" s="21">
         <v>7</v>
       </c>
       <c r="F30" s="21">
         <v>7</v>
       </c>
       <c r="G30" s="21">
         <v>7</v>
       </c>
       <c r="H30" s="21">
         <v>10</v>
       </c>
       <c r="I30" s="21">
         <v>10</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
         <v>9</v>
       </c>
       <c r="L30" s="21">
         <v>6</v>
       </c>
       <c r="M30" s="21">
         <v>6</v>
       </c>
       <c r="N30" s="21">
         <v>12</v>
       </c>
       <c r="O30" s="21">
         <v>12</v>
       </c>
       <c r="P30" s="21">
         <v>6</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>5</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>12</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
         <v>3</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>1</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>109</v>
       </c>
       <c r="E34" s="32">
         <v>12</v>
       </c>
       <c r="F34" s="32">
         <v>6</v>
       </c>
       <c r="G34" s="32">
         <v>5</v>
       </c>
       <c r="H34" s="32">
         <v>12</v>
       </c>
       <c r="I34" s="32">
         <v>10</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>7</v>
       </c>
       <c r="M34" s="32">
         <v>6</v>
       </c>
       <c r="N34" s="32">
         <v>13</v>
       </c>
       <c r="O34" s="32">
         <v>9</v>
       </c>
       <c r="P34" s="32">
         <v>11</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>293</v>
       </c>
       <c r="E35" s="32">
         <v>22</v>
       </c>
       <c r="F35" s="32">
         <v>31</v>
       </c>
       <c r="G35" s="32">
         <v>28</v>
       </c>
       <c r="H35" s="32">
         <v>20</v>
       </c>
       <c r="I35" s="32">
         <v>23</v>
       </c>
       <c r="J35" s="32">
         <v>20</v>
       </c>
       <c r="K35" s="32">
         <v>28</v>
       </c>
       <c r="L35" s="32">
         <v>17</v>
       </c>
       <c r="M35" s="32">
         <v>27</v>
       </c>
       <c r="N35" s="32">
         <v>18</v>
       </c>
       <c r="O35" s="32">
         <v>32</v>
       </c>
       <c r="P35" s="32">
         <v>27</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>854</v>
       </c>
       <c r="E36" s="33">
         <v>86</v>
       </c>
       <c r="F36" s="33">
         <v>72</v>
       </c>
       <c r="G36" s="33">
         <v>77</v>
       </c>
       <c r="H36" s="33">
         <v>67</v>
       </c>
       <c r="I36" s="33">
         <v>68</v>
       </c>
       <c r="J36" s="33">
         <v>65</v>
       </c>
       <c r="K36" s="33">
         <v>81</v>
       </c>
       <c r="L36" s="33">
         <v>45</v>
       </c>
       <c r="M36" s="33">
         <v>56</v>
       </c>
       <c r="N36" s="33">
         <v>89</v>
       </c>
       <c r="O36" s="33">
         <v>76</v>
       </c>
       <c r="P36" s="33">
         <v>72</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1550</v>
       </c>
       <c r="E38" s="26">
         <v>58</v>
       </c>
       <c r="F38" s="26">
         <v>90</v>
       </c>
       <c r="G38" s="26">
         <v>83</v>
       </c>
       <c r="H38" s="26">
         <v>115</v>
       </c>
       <c r="I38" s="26">
         <v>186</v>
       </c>
       <c r="J38" s="26">
         <v>148</v>
       </c>
       <c r="K38" s="26">
         <v>182</v>
       </c>
       <c r="L38" s="26">
         <v>200</v>
       </c>
       <c r="M38" s="26">
         <v>194</v>
       </c>
       <c r="N38" s="26">
         <v>148</v>
       </c>
       <c r="O38" s="26">
         <v>73</v>
       </c>
       <c r="P38" s="26">
         <v>73</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>789</v>
       </c>
       <c r="E39" s="21">
         <v>33</v>
       </c>
       <c r="F39" s="21">
         <v>45</v>
       </c>
       <c r="G39" s="21">
         <v>45</v>
       </c>
       <c r="H39" s="21">
         <v>56</v>
       </c>
       <c r="I39" s="21">
         <v>94</v>
       </c>
       <c r="J39" s="21">
         <v>74</v>
       </c>
       <c r="K39" s="21">
         <v>88</v>
       </c>
       <c r="L39" s="21">
         <v>103</v>
       </c>
       <c r="M39" s="21">
         <v>100</v>
       </c>
       <c r="N39" s="21">
         <v>74</v>
       </c>
       <c r="O39" s="21">
         <v>37</v>
       </c>
       <c r="P39" s="21">
         <v>40</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>761</v>
       </c>
       <c r="E40" s="21">
         <v>25</v>
       </c>
       <c r="F40" s="21">
         <v>45</v>
       </c>
       <c r="G40" s="21">
         <v>38</v>
       </c>
       <c r="H40" s="21">
         <v>59</v>
       </c>
       <c r="I40" s="21">
         <v>92</v>
       </c>
       <c r="J40" s="21">
         <v>74</v>
       </c>
       <c r="K40" s="21">
         <v>94</v>
       </c>
       <c r="L40" s="21">
         <v>97</v>
       </c>
       <c r="M40" s="21">
         <v>94</v>
       </c>
       <c r="N40" s="21">
         <v>74</v>
       </c>
       <c r="O40" s="21">
         <v>36</v>
       </c>
       <c r="P40" s="21">
         <v>33</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1145</v>
       </c>
       <c r="E41" s="21">
         <v>42</v>
       </c>
       <c r="F41" s="21">
         <v>67</v>
       </c>
       <c r="G41" s="21">
         <v>63</v>
       </c>
       <c r="H41" s="21">
         <v>89</v>
       </c>
       <c r="I41" s="21">
         <v>141</v>
       </c>
       <c r="J41" s="21">
         <v>121</v>
       </c>
       <c r="K41" s="21">
         <v>143</v>
       </c>
       <c r="L41" s="21">
         <v>154</v>
       </c>
       <c r="M41" s="21">
         <v>150</v>
       </c>
       <c r="N41" s="21">
         <v>89</v>
       </c>
       <c r="O41" s="21">
         <v>37</v>
       </c>
       <c r="P41" s="21">
         <v>49</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>405</v>
       </c>
       <c r="E42" s="34">
         <v>16</v>
       </c>
       <c r="F42" s="34">
         <v>23</v>
       </c>
       <c r="G42" s="34">
         <v>20</v>
       </c>
       <c r="H42" s="34">
         <v>26</v>
       </c>
       <c r="I42" s="34">
         <v>45</v>
       </c>
       <c r="J42" s="34">
         <v>27</v>
       </c>
       <c r="K42" s="34">
         <v>39</v>
       </c>
       <c r="L42" s="34">
         <v>46</v>
       </c>
       <c r="M42" s="34">
         <v>44</v>
       </c>
       <c r="N42" s="34">
         <v>59</v>
       </c>
       <c r="O42" s="34">
         <v>36</v>
       </c>
       <c r="P42" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>506</v>
       </c>
       <c r="E44" s="21">
         <v>31</v>
       </c>
       <c r="F44" s="21">
         <v>41</v>
       </c>
       <c r="G44" s="21">
         <v>47</v>
       </c>
       <c r="H44" s="21">
         <v>40</v>
       </c>
       <c r="I44" s="21">
         <v>43</v>
       </c>
       <c r="J44" s="21">
         <v>32</v>
       </c>
       <c r="K44" s="21">
         <v>47</v>
       </c>
       <c r="L44" s="21">
         <v>24</v>
       </c>
       <c r="M44" s="21">
         <v>63</v>
       </c>
       <c r="N44" s="21">
         <v>52</v>
       </c>
       <c r="O44" s="21">
         <v>40</v>
       </c>
       <c r="P44" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>252</v>
       </c>
       <c r="E45" s="21">
         <v>15</v>
       </c>
       <c r="F45" s="21">
         <v>19</v>
       </c>
       <c r="G45" s="21">
         <v>23</v>
       </c>
       <c r="H45" s="21">
         <v>24</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>14</v>
       </c>
       <c r="K45" s="21">
         <v>22</v>
       </c>
       <c r="L45" s="21">
         <v>11</v>
       </c>
       <c r="M45" s="21">
         <v>33</v>
       </c>
       <c r="N45" s="21">
         <v>27</v>
       </c>
       <c r="O45" s="21">
         <v>20</v>
       </c>
       <c r="P45" s="21">
         <v>22</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>254</v>
       </c>
       <c r="E46" s="21">
         <v>16</v>
       </c>
       <c r="F46" s="21">
         <v>22</v>
       </c>
       <c r="G46" s="21">
         <v>24</v>
       </c>
       <c r="H46" s="21">
         <v>16</v>
       </c>
       <c r="I46" s="21">
         <v>21</v>
       </c>
       <c r="J46" s="21">
         <v>18</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
         <v>13</v>
       </c>
       <c r="M46" s="21">
         <v>30</v>
       </c>
       <c r="N46" s="21">
         <v>25</v>
       </c>
       <c r="O46" s="21">
         <v>20</v>
       </c>
       <c r="P46" s="21">
         <v>24</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>316</v>
       </c>
       <c r="E47" s="21">
         <v>15</v>
       </c>
       <c r="F47" s="21">
         <v>28</v>
       </c>
       <c r="G47" s="21">
         <v>25</v>
       </c>
       <c r="H47" s="21">
         <v>24</v>
       </c>
       <c r="I47" s="21">
         <v>28</v>
       </c>
       <c r="J47" s="21">
         <v>21</v>
       </c>
       <c r="K47" s="21">
         <v>30</v>
       </c>
       <c r="L47" s="21">
         <v>14</v>
       </c>
       <c r="M47" s="21">
         <v>36</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>32</v>
       </c>
       <c r="P47" s="21">
         <v>32</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>190</v>
       </c>
       <c r="E48" s="34">
         <v>16</v>
       </c>
       <c r="F48" s="34">
         <v>13</v>
       </c>
       <c r="G48" s="34">
         <v>22</v>
       </c>
       <c r="H48" s="34">
         <v>16</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>11</v>
       </c>
       <c r="K48" s="34">
         <v>17</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
         <v>27</v>
       </c>
       <c r="N48" s="34">
         <v>21</v>
       </c>
       <c r="O48" s="34">
         <v>8</v>
       </c>
       <c r="P48" s="34">
         <v>14</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>53</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>142479</v>
       </c>
       <c r="E8" s="32">
         <v>142479</v>
       </c>
       <c r="F8" s="32">
         <v>142522</v>
       </c>
       <c r="G8" s="32">
         <v>142564</v>
       </c>
       <c r="H8" s="32">
         <v>142657</v>
       </c>
       <c r="I8" s="32">
         <v>142639</v>
       </c>
       <c r="J8" s="32">
         <v>142456</v>
       </c>
       <c r="K8" s="32">
         <v>142140</v>
       </c>
       <c r="L8" s="32">
         <v>142013</v>
       </c>
       <c r="M8" s="32">
         <v>142106</v>
       </c>
       <c r="N8" s="32">
         <v>142490</v>
       </c>
       <c r="O8" s="32">
         <v>142576</v>
       </c>
       <c r="P8" s="32">
         <v>142471</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>352</v>
       </c>
       <c r="E9" s="24">
         <v>14</v>
       </c>
       <c r="F9" s="24">
         <v>11</v>
       </c>
       <c r="G9" s="24">
         <v>25</v>
       </c>
       <c r="H9" s="24">
         <v>22</v>
       </c>
       <c r="I9" s="24">
         <v>30</v>
       </c>
       <c r="J9" s="24">
         <v>71</v>
       </c>
       <c r="K9" s="24">
         <v>33</v>
       </c>
       <c r="L9" s="24">
         <v>26</v>
       </c>
       <c r="M9" s="24">
         <v>37</v>
       </c>
       <c r="N9" s="24">
         <v>41</v>
       </c>
       <c r="O9" s="24">
         <v>27</v>
       </c>
       <c r="P9" s="24">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>-501</v>
       </c>
       <c r="E10" s="24">
         <v>29</v>
       </c>
       <c r="F10" s="24">
         <v>31</v>
       </c>
       <c r="G10" s="24">
         <v>68</v>
       </c>
       <c r="H10" s="24">
         <v>-40</v>
       </c>
       <c r="I10" s="24">
         <v>-213</v>
       </c>
       <c r="J10" s="24">
         <v>-387</v>
       </c>
       <c r="K10" s="24">
         <v>-160</v>
       </c>
       <c r="L10" s="24">
         <v>67</v>
       </c>
       <c r="M10" s="24">
         <v>347</v>
       </c>
       <c r="N10" s="24">
         <v>45</v>
       </c>
       <c r="O10" s="24">
         <v>-132</v>
       </c>
       <c r="P10" s="24">
         <v>-156</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>-149</v>
       </c>
       <c r="E11" s="24">
         <v>43</v>
       </c>
       <c r="F11" s="24">
         <v>42</v>
       </c>
       <c r="G11" s="24">
         <v>93</v>
       </c>
       <c r="H11" s="24">
         <v>-18</v>
       </c>
       <c r="I11" s="24">
         <v>-183</v>
       </c>
       <c r="J11" s="24">
         <v>-316</v>
       </c>
       <c r="K11" s="24">
         <v>-127</v>
       </c>
       <c r="L11" s="24">
         <v>93</v>
       </c>
       <c r="M11" s="24">
         <v>384</v>
       </c>
       <c r="N11" s="24">
         <v>86</v>
       </c>
       <c r="O11" s="24">
         <v>-105</v>
       </c>
       <c r="P11" s="24">
         <v>-141</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>163</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>163</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>142493</v>
       </c>
       <c r="E13" s="32">
         <v>142522</v>
       </c>
       <c r="F13" s="32">
         <v>142564</v>
       </c>
       <c r="G13" s="32">
         <v>142657</v>
       </c>
       <c r="H13" s="32">
         <v>142639</v>
       </c>
       <c r="I13" s="32">
         <v>142456</v>
       </c>
       <c r="J13" s="32">
         <v>142140</v>
       </c>
       <c r="K13" s="32">
         <v>142013</v>
       </c>
       <c r="L13" s="32">
         <v>142106</v>
       </c>
       <c r="M13" s="32">
         <v>142490</v>
       </c>
       <c r="N13" s="32">
         <v>142576</v>
       </c>
       <c r="O13" s="32">
         <v>142471</v>
       </c>
       <c r="P13" s="32">
         <v>142493</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68333</v>
       </c>
       <c r="E14" s="32">
         <v>68170</v>
       </c>
       <c r="F14" s="32">
         <v>68176</v>
       </c>
       <c r="G14" s="32">
         <v>68243</v>
       </c>
       <c r="H14" s="32">
         <v>68295</v>
       </c>
       <c r="I14" s="32">
         <v>68220</v>
       </c>
       <c r="J14" s="32">
         <v>68117</v>
       </c>
       <c r="K14" s="32">
         <v>68113</v>
       </c>
       <c r="L14" s="32">
         <v>68188</v>
       </c>
       <c r="M14" s="32">
         <v>68361</v>
       </c>
       <c r="N14" s="32">
         <v>68374</v>
       </c>
       <c r="O14" s="32">
         <v>68317</v>
       </c>
       <c r="P14" s="32">
         <v>68333</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74160</v>
       </c>
       <c r="E15" s="32">
         <v>74352</v>
       </c>
       <c r="F15" s="32">
         <v>74388</v>
       </c>
       <c r="G15" s="32">
         <v>74414</v>
       </c>
       <c r="H15" s="32">
         <v>74344</v>
       </c>
       <c r="I15" s="32">
         <v>74236</v>
       </c>
       <c r="J15" s="32">
         <v>74023</v>
       </c>
       <c r="K15" s="32">
         <v>73900</v>
       </c>
       <c r="L15" s="32">
         <v>73918</v>
       </c>
       <c r="M15" s="32">
         <v>74129</v>
       </c>
       <c r="N15" s="32">
         <v>74202</v>
       </c>
       <c r="O15" s="32">
         <v>74154</v>
       </c>
       <c r="P15" s="32">
         <v>74160</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>108118</v>
       </c>
       <c r="E16" s="32">
         <v>107662</v>
       </c>
       <c r="F16" s="32">
         <v>107714</v>
       </c>
       <c r="G16" s="32">
         <v>107906</v>
       </c>
       <c r="H16" s="32">
         <v>107891</v>
       </c>
       <c r="I16" s="32">
         <v>107917</v>
       </c>
       <c r="J16" s="32">
         <v>107829</v>
       </c>
       <c r="K16" s="32">
         <v>107716</v>
       </c>
       <c r="L16" s="32">
         <v>107747</v>
       </c>
       <c r="M16" s="32">
         <v>107954</v>
       </c>
       <c r="N16" s="32">
         <v>108074</v>
       </c>
       <c r="O16" s="32">
         <v>108041</v>
       </c>
       <c r="P16" s="32">
         <v>108118</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34375</v>
       </c>
       <c r="E17" s="32">
         <v>34860</v>
       </c>
       <c r="F17" s="32">
         <v>34850</v>
       </c>
       <c r="G17" s="32">
         <v>34751</v>
       </c>
       <c r="H17" s="32">
         <v>34748</v>
       </c>
       <c r="I17" s="32">
         <v>34539</v>
       </c>
       <c r="J17" s="32">
         <v>34311</v>
       </c>
       <c r="K17" s="32">
         <v>34297</v>
       </c>
       <c r="L17" s="32">
         <v>34359</v>
       </c>
       <c r="M17" s="32">
         <v>34536</v>
       </c>
       <c r="N17" s="32">
         <v>34502</v>
       </c>
       <c r="O17" s="32">
         <v>34430</v>
       </c>
       <c r="P17" s="32">
         <v>34375</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142490</v>
       </c>
       <c r="E18" s="33">
         <v>142500</v>
       </c>
       <c r="F18" s="33">
         <v>142540</v>
       </c>
       <c r="G18" s="33">
         <v>142610</v>
       </c>
       <c r="H18" s="33">
         <v>142650</v>
       </c>
       <c r="I18" s="33">
         <v>142550</v>
       </c>
       <c r="J18" s="33">
         <v>142300</v>
       </c>
       <c r="K18" s="33">
         <v>142080</v>
       </c>
       <c r="L18" s="33">
         <v>142060</v>
       </c>
       <c r="M18" s="33">
         <v>142300</v>
       </c>
       <c r="N18" s="33">
         <v>142530</v>
       </c>
       <c r="O18" s="33">
         <v>142520</v>
       </c>
       <c r="P18" s="33">
         <v>142480</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1640</v>
       </c>
       <c r="E20" s="21">
         <v>149</v>
       </c>
       <c r="F20" s="21">
         <v>122</v>
       </c>
       <c r="G20" s="21">
         <v>133</v>
       </c>
       <c r="H20" s="21">
         <v>135</v>
       </c>
       <c r="I20" s="21">
         <v>123</v>
       </c>
       <c r="J20" s="21">
         <v>172</v>
       </c>
       <c r="K20" s="21">
         <v>150</v>
       </c>
       <c r="L20" s="21">
         <v>148</v>
       </c>
       <c r="M20" s="21">
         <v>127</v>
       </c>
       <c r="N20" s="21">
         <v>147</v>
       </c>
       <c r="O20" s="21">
         <v>123</v>
       </c>
       <c r="P20" s="21">
         <v>111</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>829</v>
       </c>
       <c r="E21" s="21">
         <v>71</v>
       </c>
       <c r="F21" s="21">
         <v>58</v>
       </c>
       <c r="G21" s="21">
         <v>60</v>
       </c>
       <c r="H21" s="21">
         <v>81</v>
       </c>
       <c r="I21" s="21">
         <v>65</v>
       </c>
       <c r="J21" s="21">
         <v>82</v>
       </c>
       <c r="K21" s="21">
         <v>79</v>
       </c>
       <c r="L21" s="21">
         <v>83</v>
       </c>
       <c r="M21" s="21">
         <v>62</v>
       </c>
       <c r="N21" s="21">
         <v>71</v>
       </c>
       <c r="O21" s="21">
         <v>67</v>
       </c>
       <c r="P21" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>811</v>
       </c>
       <c r="E22" s="21">
         <v>78</v>
       </c>
       <c r="F22" s="21">
         <v>64</v>
       </c>
       <c r="G22" s="21">
         <v>73</v>
       </c>
       <c r="H22" s="21">
         <v>54</v>
       </c>
       <c r="I22" s="21">
         <v>58</v>
       </c>
       <c r="J22" s="21">
         <v>90</v>
       </c>
       <c r="K22" s="21">
         <v>71</v>
       </c>
       <c r="L22" s="21">
         <v>65</v>
       </c>
       <c r="M22" s="21">
         <v>65</v>
       </c>
       <c r="N22" s="21">
         <v>76</v>
       </c>
       <c r="O22" s="21">
         <v>56</v>
       </c>
       <c r="P22" s="21">
         <v>61</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1280</v>
       </c>
       <c r="E23" s="32">
         <v>119</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>106</v>
       </c>
       <c r="H23" s="32">
         <v>105</v>
       </c>
       <c r="I23" s="32">
         <v>93</v>
       </c>
       <c r="J23" s="32">
         <v>138</v>
       </c>
       <c r="K23" s="32">
         <v>115</v>
       </c>
       <c r="L23" s="32">
         <v>109</v>
       </c>
       <c r="M23" s="32">
         <v>107</v>
       </c>
       <c r="N23" s="32">
         <v>110</v>
       </c>
       <c r="O23" s="32">
         <v>100</v>
       </c>
       <c r="P23" s="32">
         <v>89</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>360</v>
       </c>
       <c r="E24" s="33">
         <v>30</v>
       </c>
       <c r="F24" s="33">
         <v>33</v>
       </c>
       <c r="G24" s="33">
         <v>27</v>
       </c>
       <c r="H24" s="33">
         <v>30</v>
       </c>
       <c r="I24" s="33">
         <v>30</v>
       </c>
       <c r="J24" s="33">
         <v>34</v>
       </c>
       <c r="K24" s="33">
         <v>35</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>20</v>
       </c>
       <c r="N24" s="33">
         <v>37</v>
       </c>
       <c r="O24" s="33">
         <v>23</v>
       </c>
       <c r="P24" s="33">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1288</v>
       </c>
       <c r="E26" s="21">
         <v>135</v>
       </c>
       <c r="F26" s="21">
         <v>111</v>
       </c>
       <c r="G26" s="21">
         <v>108</v>
       </c>
       <c r="H26" s="21">
         <v>113</v>
       </c>
       <c r="I26" s="21">
         <v>93</v>
       </c>
       <c r="J26" s="21">
         <v>101</v>
       </c>
       <c r="K26" s="21">
         <v>117</v>
       </c>
       <c r="L26" s="21">
         <v>122</v>
       </c>
       <c r="M26" s="21">
         <v>90</v>
       </c>
       <c r="N26" s="21">
         <v>106</v>
       </c>
       <c r="O26" s="21">
         <v>96</v>
       </c>
       <c r="P26" s="21">
         <v>96</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>538</v>
       </c>
       <c r="E27" s="21">
         <v>58</v>
       </c>
       <c r="F27" s="21">
         <v>43</v>
       </c>
       <c r="G27" s="21">
         <v>40</v>
       </c>
       <c r="H27" s="21">
         <v>51</v>
       </c>
       <c r="I27" s="21">
         <v>38</v>
       </c>
       <c r="J27" s="21">
         <v>40</v>
       </c>
       <c r="K27" s="21">
         <v>45</v>
       </c>
       <c r="L27" s="21">
         <v>58</v>
       </c>
       <c r="M27" s="21">
         <v>37</v>
       </c>
       <c r="N27" s="21">
         <v>44</v>
       </c>
       <c r="O27" s="21">
         <v>41</v>
       </c>
       <c r="P27" s="21">
         <v>43</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>750</v>
       </c>
       <c r="E28" s="21">
         <v>77</v>
       </c>
       <c r="F28" s="21">
         <v>68</v>
       </c>
       <c r="G28" s="21">
         <v>68</v>
       </c>
       <c r="H28" s="21">
         <v>62</v>
       </c>
       <c r="I28" s="21">
         <v>55</v>
       </c>
       <c r="J28" s="21">
         <v>61</v>
       </c>
       <c r="K28" s="21">
         <v>72</v>
       </c>
       <c r="L28" s="21">
         <v>64</v>
       </c>
       <c r="M28" s="21">
         <v>53</v>
       </c>
       <c r="N28" s="21">
         <v>62</v>
       </c>
       <c r="O28" s="21">
         <v>55</v>
       </c>
       <c r="P28" s="21">
         <v>53</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1167</v>
       </c>
       <c r="E29" s="21">
         <v>125</v>
       </c>
       <c r="F29" s="21">
         <v>102</v>
       </c>
       <c r="G29" s="21">
         <v>99</v>
       </c>
       <c r="H29" s="21">
         <v>101</v>
       </c>
       <c r="I29" s="21">
         <v>80</v>
       </c>
       <c r="J29" s="21">
         <v>93</v>
       </c>
       <c r="K29" s="21">
         <v>103</v>
       </c>
       <c r="L29" s="21">
         <v>105</v>
       </c>
       <c r="M29" s="21">
         <v>85</v>
       </c>
       <c r="N29" s="21">
         <v>93</v>
       </c>
       <c r="O29" s="21">
         <v>93</v>
       </c>
       <c r="P29" s="21">
         <v>88</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>121</v>
       </c>
       <c r="E30" s="21">
         <v>10</v>
       </c>
       <c r="F30" s="21">
         <v>9</v>
       </c>
       <c r="G30" s="21">
         <v>9</v>
       </c>
       <c r="H30" s="21">
         <v>12</v>
       </c>
       <c r="I30" s="21">
         <v>13</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>14</v>
       </c>
       <c r="L30" s="21">
         <v>17</v>
       </c>
       <c r="M30" s="21">
         <v>5</v>
       </c>
       <c r="N30" s="21">
         <v>13</v>
       </c>
       <c r="O30" s="21">
         <v>3</v>
       </c>
       <c r="P30" s="21">
         <v>8</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>2</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>6</v>
       </c>
       <c r="E32" s="32">
         <v>2</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>2</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>5</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>3</v>
       </c>
       <c r="I33" s="32">
         <v>3</v>
       </c>
       <c r="J33" s="32">
         <v>2</v>
       </c>
       <c r="K33" s="32">
         <v>1</v>
       </c>
       <c r="L33" s="32">
         <v>1</v>
       </c>
       <c r="M33" s="32">
         <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>141</v>
       </c>
       <c r="E34" s="32">
         <v>21</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
         <v>12</v>
       </c>
       <c r="H34" s="32">
         <v>17</v>
       </c>
       <c r="I34" s="32">
         <v>11</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
         <v>15</v>
       </c>
       <c r="L34" s="32">
         <v>6</v>
       </c>
       <c r="M34" s="32">
         <v>10</v>
       </c>
       <c r="N34" s="32">
         <v>8</v>
       </c>
       <c r="O34" s="32">
         <v>9</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>265</v>
       </c>
       <c r="E35" s="32">
         <v>27</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
         <v>20</v>
       </c>
       <c r="H35" s="32">
         <v>17</v>
       </c>
       <c r="I35" s="32">
         <v>18</v>
       </c>
       <c r="J35" s="32">
         <v>22</v>
       </c>
       <c r="K35" s="32">
         <v>28</v>
       </c>
       <c r="L35" s="32">
         <v>33</v>
       </c>
       <c r="M35" s="32">
         <v>16</v>
       </c>
       <c r="N35" s="32">
         <v>24</v>
       </c>
       <c r="O35" s="32">
         <v>20</v>
       </c>
       <c r="P35" s="32">
         <v>19</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>853</v>
       </c>
       <c r="E36" s="33">
         <v>80</v>
       </c>
       <c r="F36" s="33">
         <v>75</v>
       </c>
       <c r="G36" s="33">
         <v>73</v>
       </c>
       <c r="H36" s="33">
         <v>76</v>
       </c>
       <c r="I36" s="33">
         <v>61</v>
       </c>
       <c r="J36" s="33">
         <v>69</v>
       </c>
       <c r="K36" s="33">
         <v>73</v>
       </c>
       <c r="L36" s="33">
         <v>82</v>
       </c>
       <c r="M36" s="33">
         <v>61</v>
       </c>
       <c r="N36" s="33">
         <v>73</v>
       </c>
       <c r="O36" s="33">
         <v>65</v>
       </c>
       <c r="P36" s="33">
         <v>65</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1661</v>
       </c>
       <c r="E38" s="26">
         <v>89</v>
       </c>
       <c r="F38" s="26">
         <v>95</v>
       </c>
       <c r="G38" s="26">
         <v>102</v>
       </c>
       <c r="H38" s="26">
         <v>117</v>
       </c>
       <c r="I38" s="26">
         <v>183</v>
       </c>
       <c r="J38" s="26">
         <v>171</v>
       </c>
       <c r="K38" s="26">
         <v>190</v>
       </c>
       <c r="L38" s="26">
         <v>240</v>
       </c>
       <c r="M38" s="26">
         <v>172</v>
       </c>
       <c r="N38" s="26">
         <v>140</v>
       </c>
       <c r="O38" s="26">
         <v>87</v>
       </c>
       <c r="P38" s="26">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>860</v>
       </c>
       <c r="E39" s="21">
         <v>45</v>
       </c>
       <c r="F39" s="21">
         <v>48</v>
       </c>
       <c r="G39" s="21">
         <v>52</v>
       </c>
       <c r="H39" s="21">
         <v>55</v>
       </c>
       <c r="I39" s="21">
         <v>97</v>
       </c>
       <c r="J39" s="21">
         <v>86</v>
       </c>
       <c r="K39" s="21">
         <v>96</v>
       </c>
       <c r="L39" s="21">
         <v>125</v>
       </c>
       <c r="M39" s="21">
         <v>88</v>
       </c>
       <c r="N39" s="21">
         <v>77</v>
       </c>
       <c r="O39" s="21">
         <v>50</v>
       </c>
       <c r="P39" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>801</v>
       </c>
       <c r="E40" s="21">
         <v>44</v>
       </c>
       <c r="F40" s="21">
         <v>47</v>
       </c>
       <c r="G40" s="21">
         <v>50</v>
       </c>
       <c r="H40" s="21">
         <v>62</v>
       </c>
       <c r="I40" s="21">
         <v>86</v>
       </c>
       <c r="J40" s="21">
         <v>85</v>
       </c>
       <c r="K40" s="21">
         <v>94</v>
       </c>
       <c r="L40" s="21">
         <v>115</v>
       </c>
       <c r="M40" s="21">
         <v>84</v>
       </c>
       <c r="N40" s="21">
         <v>63</v>
       </c>
       <c r="O40" s="21">
         <v>37</v>
       </c>
       <c r="P40" s="21">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1185</v>
       </c>
       <c r="E41" s="21">
         <v>53</v>
       </c>
       <c r="F41" s="21">
         <v>81</v>
       </c>
       <c r="G41" s="21">
         <v>76</v>
       </c>
       <c r="H41" s="21">
         <v>87</v>
       </c>
       <c r="I41" s="21">
         <v>135</v>
       </c>
       <c r="J41" s="21">
         <v>143</v>
       </c>
       <c r="K41" s="21">
         <v>138</v>
       </c>
       <c r="L41" s="21">
         <v>178</v>
       </c>
       <c r="M41" s="21">
         <v>113</v>
       </c>
       <c r="N41" s="21">
         <v>85</v>
       </c>
       <c r="O41" s="21">
         <v>50</v>
       </c>
       <c r="P41" s="21">
         <v>46</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>476</v>
       </c>
       <c r="E42" s="34">
         <v>36</v>
       </c>
       <c r="F42" s="34">
         <v>14</v>
       </c>
       <c r="G42" s="34">
         <v>26</v>
       </c>
       <c r="H42" s="34">
         <v>30</v>
       </c>
       <c r="I42" s="34">
         <v>48</v>
       </c>
       <c r="J42" s="34">
         <v>28</v>
       </c>
       <c r="K42" s="34">
         <v>52</v>
       </c>
       <c r="L42" s="34">
         <v>62</v>
       </c>
       <c r="M42" s="34">
         <v>59</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
         <v>37</v>
       </c>
       <c r="P42" s="34">
         <v>29</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>517</v>
       </c>
       <c r="E44" s="21">
         <v>50</v>
       </c>
       <c r="F44" s="21">
         <v>54</v>
       </c>
       <c r="G44" s="21">
         <v>47</v>
       </c>
       <c r="H44" s="21">
         <v>48</v>
       </c>
       <c r="I44" s="21">
         <v>32</v>
       </c>
       <c r="J44" s="21">
         <v>37</v>
       </c>
       <c r="K44" s="21">
         <v>45</v>
       </c>
       <c r="L44" s="21">
         <v>21</v>
       </c>
       <c r="M44" s="21">
         <v>57</v>
       </c>
       <c r="N44" s="21">
         <v>44</v>
       </c>
       <c r="O44" s="21">
         <v>41</v>
       </c>
       <c r="P44" s="21">
         <v>41</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>273</v>
       </c>
       <c r="E45" s="21">
         <v>28</v>
       </c>
       <c r="F45" s="21">
         <v>26</v>
       </c>
       <c r="G45" s="21">
         <v>27</v>
       </c>
       <c r="H45" s="21">
         <v>22</v>
       </c>
       <c r="I45" s="21">
         <v>15</v>
       </c>
       <c r="J45" s="21">
         <v>23</v>
       </c>
       <c r="K45" s="21">
         <v>25</v>
       </c>
       <c r="L45" s="21">
         <v>14</v>
       </c>
       <c r="M45" s="21">
         <v>27</v>
       </c>
       <c r="N45" s="21">
         <v>23</v>
       </c>
       <c r="O45" s="21">
         <v>23</v>
       </c>
       <c r="P45" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>244</v>
       </c>
       <c r="E46" s="21">
         <v>22</v>
       </c>
       <c r="F46" s="21">
         <v>28</v>
       </c>
       <c r="G46" s="21">
         <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>26</v>
       </c>
       <c r="I46" s="21">
         <v>17</v>
       </c>
       <c r="J46" s="21">
         <v>14</v>
       </c>
       <c r="K46" s="21">
         <v>20</v>
       </c>
       <c r="L46" s="21">
         <v>7</v>
       </c>
       <c r="M46" s="21">
         <v>30</v>
       </c>
       <c r="N46" s="21">
         <v>21</v>
       </c>
       <c r="O46" s="21">
         <v>18</v>
       </c>
       <c r="P46" s="21">
         <v>21</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>335</v>
       </c>
       <c r="E47" s="21">
         <v>30</v>
       </c>
       <c r="F47" s="21">
         <v>30</v>
       </c>
       <c r="G47" s="21">
         <v>36</v>
       </c>
       <c r="H47" s="21">
         <v>26</v>
       </c>
       <c r="I47" s="21">
         <v>25</v>
       </c>
       <c r="J47" s="21">
         <v>24</v>
       </c>
       <c r="K47" s="21">
         <v>31</v>
       </c>
       <c r="L47" s="21">
         <v>10</v>
       </c>
       <c r="M47" s="21">
         <v>31</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
         <v>31</v>
       </c>
       <c r="P47" s="21">
         <v>30</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>182</v>
       </c>
       <c r="E48" s="34">
         <v>20</v>
       </c>
       <c r="F48" s="34">
         <v>24</v>
       </c>
       <c r="G48" s="34">
         <v>11</v>
       </c>
       <c r="H48" s="34">
         <v>22</v>
       </c>
       <c r="I48" s="34">
         <v>7</v>
       </c>
       <c r="J48" s="34">
         <v>13</v>
       </c>
       <c r="K48" s="34">
         <v>14</v>
       </c>
       <c r="L48" s="34">
         <v>11</v>
       </c>
       <c r="M48" s="34">
         <v>26</v>
       </c>
       <c r="N48" s="34">
         <v>13</v>
       </c>
       <c r="O48" s="34">
         <v>10</v>
       </c>
       <c r="P48" s="34">
         <v>11</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
       <c r="A3" s="6" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="43"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
         <v>141660</v>
       </c>
       <c r="E8" s="32">
         <v>141660</v>
       </c>
       <c r="F8" s="32">
         <v>141780</v>
       </c>
       <c r="G8" s="32">
         <v>141920</v>
       </c>
       <c r="H8" s="32">
         <v>141881</v>
       </c>
       <c r="I8" s="32">
         <v>141982</v>
       </c>
       <c r="J8" s="32">
         <v>141992</v>
       </c>
       <c r="K8" s="32">
         <v>141832</v>
       </c>
       <c r="L8" s="32">
         <v>141715</v>
       </c>
       <c r="M8" s="32">
         <v>141923</v>
       </c>
       <c r="N8" s="32">
         <v>142346</v>
       </c>
       <c r="O8" s="32">
         <v>142663</v>
       </c>
       <c r="P8" s="32">
         <v>142657</v>
       </c>
     </row>
-    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:16" ht="11.25" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
         <v>375</v>
       </c>
       <c r="E9" s="24">
         <v>-39</v>
       </c>
       <c r="F9" s="24">
         <v>-7</v>
       </c>
       <c r="G9" s="24">
         <v>48</v>
       </c>
       <c r="H9" s="24">
         <v>32</v>
       </c>
       <c r="I9" s="24">
         <v>12</v>
       </c>
       <c r="J9" s="24">
         <v>89</v>
       </c>
       <c r="K9" s="24">
         <v>39</v>
       </c>
       <c r="L9" s="24">
         <v>55</v>
       </c>
       <c r="M9" s="24">
         <v>48</v>
       </c>
       <c r="N9" s="24">
         <v>38</v>
       </c>
       <c r="O9" s="24">
         <v>32</v>
       </c>
       <c r="P9" s="24">
         <v>28</v>
       </c>
     </row>
-    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:16" ht="11.25" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
         <v>609</v>
       </c>
       <c r="E10" s="24">
         <v>159</v>
       </c>
       <c r="F10" s="24">
         <v>147</v>
       </c>
       <c r="G10" s="24">
         <v>-87</v>
       </c>
       <c r="H10" s="24">
         <v>69</v>
       </c>
       <c r="I10" s="24">
         <v>-2</v>
       </c>
       <c r="J10" s="24">
         <v>-249</v>
       </c>
       <c r="K10" s="24">
         <v>-156</v>
       </c>
       <c r="L10" s="24">
         <v>153</v>
       </c>
       <c r="M10" s="24">
         <v>375</v>
       </c>
       <c r="N10" s="24">
         <v>279</v>
       </c>
       <c r="O10" s="24">
         <v>-38</v>
       </c>
       <c r="P10" s="24">
         <v>-41</v>
       </c>
     </row>
-    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:16" ht="11.25" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
         <v>984</v>
       </c>
       <c r="E11" s="24">
         <v>120</v>
       </c>
       <c r="F11" s="24">
         <v>140</v>
       </c>
       <c r="G11" s="24">
         <v>-39</v>
       </c>
       <c r="H11" s="24">
         <v>101</v>
       </c>
       <c r="I11" s="24">
         <v>10</v>
       </c>
       <c r="J11" s="24">
         <v>-160</v>
       </c>
       <c r="K11" s="24">
         <v>-117</v>
       </c>
       <c r="L11" s="24">
         <v>208</v>
       </c>
       <c r="M11" s="24">
         <v>423</v>
       </c>
       <c r="N11" s="24">
         <v>317</v>
       </c>
       <c r="O11" s="24">
         <v>-6</v>
       </c>
       <c r="P11" s="24">
         <v>-13</v>
       </c>
     </row>
-    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:16" ht="11.25" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
         <v>-165</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
         <v>-165</v>
       </c>
     </row>
-    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:16" ht="11.25" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
         <v>142479</v>
       </c>
       <c r="E13" s="32">
         <v>141780</v>
       </c>
       <c r="F13" s="32">
         <v>141920</v>
       </c>
       <c r="G13" s="32">
         <v>141881</v>
       </c>
       <c r="H13" s="32">
         <v>141982</v>
       </c>
       <c r="I13" s="32">
         <v>141992</v>
       </c>
       <c r="J13" s="32">
         <v>141832</v>
       </c>
       <c r="K13" s="32">
         <v>141715</v>
       </c>
       <c r="L13" s="32">
         <v>141923</v>
       </c>
       <c r="M13" s="32">
         <v>142346</v>
       </c>
       <c r="N13" s="32">
         <v>142663</v>
       </c>
       <c r="O13" s="32">
         <v>142657</v>
       </c>
       <c r="P13" s="32">
         <v>142479</v>
       </c>
     </row>
-    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:16" ht="11.25" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
         <v>68142</v>
       </c>
       <c r="E14" s="32">
         <v>67860</v>
       </c>
       <c r="F14" s="32">
         <v>67936</v>
       </c>
       <c r="G14" s="32">
         <v>67919</v>
       </c>
       <c r="H14" s="32">
         <v>67967</v>
       </c>
       <c r="I14" s="32">
         <v>67978</v>
       </c>
       <c r="J14" s="32">
         <v>67925</v>
       </c>
       <c r="K14" s="32">
         <v>67887</v>
       </c>
       <c r="L14" s="32">
         <v>67995</v>
       </c>
       <c r="M14" s="32">
         <v>68162</v>
       </c>
       <c r="N14" s="32">
         <v>68265</v>
       </c>
       <c r="O14" s="32">
         <v>68205</v>
       </c>
       <c r="P14" s="32">
         <v>68142</v>
       </c>
     </row>
-    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:16" ht="11.25" customHeight="1">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
         <v>74337</v>
       </c>
       <c r="E15" s="32">
         <v>73920</v>
       </c>
       <c r="F15" s="32">
         <v>73984</v>
       </c>
       <c r="G15" s="32">
         <v>73962</v>
       </c>
       <c r="H15" s="32">
         <v>74015</v>
       </c>
       <c r="I15" s="32">
         <v>74014</v>
       </c>
       <c r="J15" s="32">
         <v>73907</v>
       </c>
       <c r="K15" s="32">
         <v>73828</v>
       </c>
       <c r="L15" s="32">
         <v>73928</v>
       </c>
       <c r="M15" s="32">
         <v>74184</v>
       </c>
       <c r="N15" s="32">
         <v>74398</v>
       </c>
       <c r="O15" s="32">
         <v>74452</v>
       </c>
       <c r="P15" s="32">
         <v>74337</v>
       </c>
     </row>
-    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:16" ht="11.25" customHeight="1">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
         <v>107614</v>
       </c>
       <c r="E16" s="32">
         <v>106477</v>
       </c>
       <c r="F16" s="32">
         <v>106578</v>
       </c>
       <c r="G16" s="32">
         <v>106698</v>
       </c>
       <c r="H16" s="32">
         <v>106791</v>
       </c>
       <c r="I16" s="32">
         <v>106806</v>
       </c>
       <c r="J16" s="32">
         <v>106757</v>
       </c>
       <c r="K16" s="32">
         <v>106749</v>
       </c>
       <c r="L16" s="32">
         <v>107020</v>
       </c>
       <c r="M16" s="32">
         <v>107271</v>
       </c>
       <c r="N16" s="32">
         <v>107566</v>
       </c>
       <c r="O16" s="32">
         <v>107612</v>
       </c>
       <c r="P16" s="32">
         <v>107614</v>
       </c>
     </row>
-    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:16" ht="11.25" customHeight="1">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
         <v>34865</v>
       </c>
       <c r="E17" s="32">
         <v>35303</v>
       </c>
       <c r="F17" s="32">
         <v>35342</v>
       </c>
       <c r="G17" s="32">
         <v>35183</v>
       </c>
       <c r="H17" s="32">
         <v>35191</v>
       </c>
       <c r="I17" s="32">
         <v>35186</v>
       </c>
       <c r="J17" s="32">
         <v>35075</v>
       </c>
       <c r="K17" s="32">
         <v>34966</v>
       </c>
       <c r="L17" s="32">
         <v>34903</v>
       </c>
       <c r="M17" s="32">
         <v>35075</v>
       </c>
       <c r="N17" s="32">
         <v>35097</v>
       </c>
       <c r="O17" s="32">
         <v>35045</v>
       </c>
       <c r="P17" s="32">
         <v>34865</v>
       </c>
     </row>
-    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:16" ht="11.25" customHeight="1">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
         <v>142070</v>
       </c>
       <c r="E18" s="33">
         <v>141720</v>
       </c>
       <c r="F18" s="33">
         <v>141850</v>
       </c>
       <c r="G18" s="33">
         <v>141900</v>
       </c>
       <c r="H18" s="33">
         <v>141930</v>
       </c>
       <c r="I18" s="33">
         <v>141990</v>
       </c>
       <c r="J18" s="33">
         <v>141910</v>
       </c>
       <c r="K18" s="33">
         <v>141770</v>
       </c>
       <c r="L18" s="33">
         <v>141820</v>
       </c>
       <c r="M18" s="33">
         <v>142130</v>
       </c>
       <c r="N18" s="33">
         <v>142500</v>
       </c>
       <c r="O18" s="33">
         <v>142660</v>
       </c>
       <c r="P18" s="33">
         <v>142570</v>
       </c>
     </row>
-    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:16" ht="11.25" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
         <v>1669</v>
       </c>
       <c r="E20" s="21">
         <v>126</v>
       </c>
       <c r="F20" s="21">
         <v>114</v>
       </c>
       <c r="G20" s="21">
         <v>159</v>
       </c>
       <c r="H20" s="21">
         <v>121</v>
       </c>
       <c r="I20" s="21">
         <v>122</v>
       </c>
       <c r="J20" s="21">
         <v>180</v>
       </c>
       <c r="K20" s="21">
         <v>123</v>
       </c>
       <c r="L20" s="21">
         <v>163</v>
       </c>
       <c r="M20" s="21">
         <v>124</v>
       </c>
       <c r="N20" s="21">
         <v>168</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
         <v>143</v>
       </c>
     </row>
-    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:16" ht="11.25" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
         <v>850</v>
       </c>
       <c r="E21" s="21">
         <v>63</v>
       </c>
       <c r="F21" s="21">
         <v>57</v>
       </c>
       <c r="G21" s="21">
         <v>81</v>
       </c>
       <c r="H21" s="21">
         <v>61</v>
       </c>
       <c r="I21" s="21">
         <v>59</v>
       </c>
       <c r="J21" s="21">
         <v>91</v>
       </c>
       <c r="K21" s="21">
         <v>66</v>
       </c>
       <c r="L21" s="21">
         <v>82</v>
       </c>
       <c r="M21" s="21">
         <v>68</v>
       </c>
       <c r="N21" s="21">
         <v>91</v>
       </c>
       <c r="O21" s="21">
         <v>58</v>
       </c>
       <c r="P21" s="21">
         <v>73</v>
       </c>
     </row>
-    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:16" ht="11.25" customHeight="1">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
         <v>819</v>
       </c>
       <c r="E22" s="21">
         <v>63</v>
       </c>
       <c r="F22" s="21">
         <v>57</v>
       </c>
       <c r="G22" s="21">
         <v>78</v>
       </c>
       <c r="H22" s="21">
         <v>60</v>
       </c>
       <c r="I22" s="21">
         <v>63</v>
       </c>
       <c r="J22" s="21">
         <v>89</v>
       </c>
       <c r="K22" s="21">
         <v>57</v>
       </c>
       <c r="L22" s="21">
         <v>81</v>
       </c>
       <c r="M22" s="21">
         <v>56</v>
       </c>
       <c r="N22" s="21">
         <v>77</v>
       </c>
       <c r="O22" s="21">
         <v>68</v>
       </c>
       <c r="P22" s="21">
         <v>70</v>
       </c>
     </row>
-    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:16" ht="11.25" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
         <v>1262</v>
       </c>
       <c r="E23" s="32">
         <v>87</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
         <v>116</v>
       </c>
       <c r="H23" s="32">
         <v>90</v>
       </c>
       <c r="I23" s="32">
         <v>96</v>
       </c>
       <c r="J23" s="32">
         <v>137</v>
       </c>
       <c r="K23" s="32">
         <v>90</v>
       </c>
       <c r="L23" s="32">
         <v>124</v>
       </c>
       <c r="M23" s="32">
         <v>93</v>
       </c>
       <c r="N23" s="32">
         <v>137</v>
       </c>
       <c r="O23" s="32">
         <v>101</v>
       </c>
       <c r="P23" s="32">
         <v>102</v>
       </c>
     </row>
-    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:16" ht="11.25" customHeight="1">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
         <v>407</v>
       </c>
       <c r="E24" s="33">
         <v>39</v>
       </c>
       <c r="F24" s="33">
         <v>25</v>
       </c>
       <c r="G24" s="33">
         <v>43</v>
       </c>
       <c r="H24" s="33">
         <v>31</v>
       </c>
       <c r="I24" s="33">
         <v>26</v>
       </c>
       <c r="J24" s="33">
         <v>43</v>
       </c>
       <c r="K24" s="33">
         <v>33</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
         <v>31</v>
       </c>
       <c r="O24" s="33">
         <v>25</v>
       </c>
       <c r="P24" s="33">
         <v>41</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
         <v>1294</v>
       </c>
       <c r="E26" s="21">
         <v>165</v>
       </c>
       <c r="F26" s="21">
         <v>121</v>
       </c>
       <c r="G26" s="21">
         <v>111</v>
       </c>
       <c r="H26" s="21">
         <v>89</v>
       </c>
       <c r="I26" s="21">
         <v>110</v>
       </c>
       <c r="J26" s="21">
         <v>91</v>
       </c>
       <c r="K26" s="21">
         <v>84</v>
       </c>
       <c r="L26" s="21">
         <v>108</v>
       </c>
       <c r="M26" s="21">
         <v>76</v>
       </c>
       <c r="N26" s="21">
         <v>130</v>
       </c>
       <c r="O26" s="21">
         <v>94</v>
       </c>
       <c r="P26" s="21">
         <v>115</v>
       </c>
     </row>
-    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:16" ht="11.25" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
         <v>543</v>
       </c>
       <c r="E27" s="21">
         <v>60</v>
       </c>
       <c r="F27" s="21">
         <v>55</v>
       </c>
       <c r="G27" s="21">
         <v>44</v>
       </c>
       <c r="H27" s="21">
         <v>43</v>
       </c>
       <c r="I27" s="21">
         <v>43</v>
       </c>
       <c r="J27" s="21">
         <v>43</v>
       </c>
       <c r="K27" s="21">
         <v>36</v>
       </c>
       <c r="L27" s="21">
         <v>46</v>
       </c>
       <c r="M27" s="21">
         <v>39</v>
       </c>
       <c r="N27" s="21">
         <v>55</v>
       </c>
       <c r="O27" s="21">
         <v>42</v>
       </c>
       <c r="P27" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>751</v>
       </c>
       <c r="E28" s="21">
         <v>105</v>
       </c>
       <c r="F28" s="21">
         <v>66</v>
       </c>
       <c r="G28" s="21">
         <v>67</v>
       </c>
       <c r="H28" s="21">
         <v>46</v>
       </c>
       <c r="I28" s="21">
         <v>67</v>
       </c>
       <c r="J28" s="21">
         <v>48</v>
       </c>
       <c r="K28" s="21">
         <v>48</v>
       </c>
       <c r="L28" s="21">
         <v>62</v>
       </c>
       <c r="M28" s="21">
         <v>37</v>
       </c>
       <c r="N28" s="21">
         <v>75</v>
       </c>
       <c r="O28" s="21">
         <v>52</v>
       </c>
       <c r="P28" s="21">
         <v>78</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
         <v>1178</v>
       </c>
       <c r="E29" s="21">
         <v>159</v>
       </c>
       <c r="F29" s="21">
         <v>111</v>
       </c>
       <c r="G29" s="21">
         <v>92</v>
       </c>
       <c r="H29" s="21">
         <v>79</v>
       </c>
       <c r="I29" s="21">
         <v>99</v>
       </c>
       <c r="J29" s="21">
         <v>83</v>
       </c>
       <c r="K29" s="21">
         <v>75</v>
       </c>
       <c r="L29" s="21">
         <v>93</v>
       </c>
       <c r="M29" s="21">
         <v>72</v>
       </c>
       <c r="N29" s="21">
         <v>123</v>
       </c>
       <c r="O29" s="21">
         <v>86</v>
       </c>
       <c r="P29" s="21">
         <v>106</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:16" ht="11.25" customHeight="1">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
         <v>116</v>
       </c>
       <c r="E30" s="21">
         <v>6</v>
       </c>
       <c r="F30" s="21">
         <v>10</v>
       </c>
       <c r="G30" s="21">
         <v>19</v>
       </c>
       <c r="H30" s="21">
         <v>10</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
         <v>9</v>
       </c>
       <c r="L30" s="21">
         <v>15</v>
       </c>
       <c r="M30" s="21">
         <v>4</v>
       </c>
       <c r="N30" s="21">
         <v>7</v>
       </c>
       <c r="O30" s="21">
         <v>8</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>8</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>2</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>2</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>10</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
         <v>2</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>2</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>3</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>1</v>
       </c>
       <c r="F33" s="32">
         <v>0</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
         <v>5</v>
       </c>
       <c r="K33" s="32">
         <v>2</v>
       </c>
       <c r="L33" s="32">
         <v>3</v>
       </c>
       <c r="M33" s="32">
         <v>2</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
         <v>139</v>
       </c>
       <c r="E34" s="32">
         <v>18</v>
       </c>
       <c r="F34" s="32">
         <v>11</v>
       </c>
       <c r="G34" s="32">
         <v>6</v>
       </c>
       <c r="H34" s="32">
         <v>7</v>
       </c>
       <c r="I34" s="32">
         <v>10</v>
       </c>
       <c r="J34" s="32">
         <v>10</v>
       </c>
       <c r="K34" s="32">
         <v>10</v>
       </c>
       <c r="L34" s="32">
         <v>16</v>
       </c>
       <c r="M34" s="32">
         <v>11</v>
       </c>
       <c r="N34" s="32">
         <v>17</v>
       </c>
       <c r="O34" s="32">
         <v>13</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
         <v>300</v>
       </c>
       <c r="E35" s="32">
         <v>27</v>
       </c>
       <c r="F35" s="32">
         <v>19</v>
       </c>
       <c r="G35" s="32">
         <v>37</v>
       </c>
       <c r="H35" s="32">
         <v>24</v>
       </c>
       <c r="I35" s="32">
         <v>23</v>
       </c>
       <c r="J35" s="32">
         <v>16</v>
       </c>
       <c r="K35" s="32">
         <v>22</v>
       </c>
       <c r="L35" s="32">
         <v>27</v>
       </c>
       <c r="M35" s="32">
         <v>18</v>
       </c>
       <c r="N35" s="32">
         <v>37</v>
       </c>
       <c r="O35" s="32">
         <v>18</v>
       </c>
       <c r="P35" s="32">
         <v>32</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:16" ht="11.25" customHeight="1">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
         <v>822</v>
       </c>
       <c r="E36" s="33">
         <v>118</v>
       </c>
       <c r="F36" s="33">
         <v>89</v>
       </c>
       <c r="G36" s="33">
         <v>65</v>
       </c>
       <c r="H36" s="33">
         <v>55</v>
       </c>
       <c r="I36" s="33">
         <v>74</v>
       </c>
       <c r="J36" s="33">
         <v>60</v>
       </c>
       <c r="K36" s="33">
         <v>50</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
         <v>45</v>
       </c>
       <c r="N36" s="33">
         <v>75</v>
       </c>
       <c r="O36" s="33">
         <v>61</v>
       </c>
       <c r="P36" s="33">
         <v>69</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:16" ht="11.25" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
         <v>1696</v>
       </c>
       <c r="E38" s="26">
         <v>91</v>
       </c>
       <c r="F38" s="26">
         <v>85</v>
       </c>
       <c r="G38" s="26">
         <v>102</v>
       </c>
       <c r="H38" s="26">
         <v>100</v>
       </c>
       <c r="I38" s="26">
         <v>216</v>
       </c>
       <c r="J38" s="26">
         <v>224</v>
       </c>
       <c r="K38" s="26">
         <v>171</v>
       </c>
       <c r="L38" s="26">
         <v>248</v>
       </c>
       <c r="M38" s="26">
         <v>140</v>
       </c>
       <c r="N38" s="26">
         <v>164</v>
       </c>
       <c r="O38" s="26">
         <v>88</v>
       </c>
       <c r="P38" s="26">
         <v>67</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:16" ht="11.25" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
         <v>868</v>
       </c>
       <c r="E39" s="21">
         <v>49</v>
       </c>
       <c r="F39" s="21">
         <v>42</v>
       </c>
       <c r="G39" s="21">
         <v>53</v>
       </c>
       <c r="H39" s="21">
         <v>47</v>
       </c>
       <c r="I39" s="21">
         <v>108</v>
       </c>
       <c r="J39" s="21">
         <v>114</v>
       </c>
       <c r="K39" s="21">
         <v>84</v>
       </c>
       <c r="L39" s="21">
         <v>130</v>
       </c>
       <c r="M39" s="21">
         <v>78</v>
       </c>
       <c r="N39" s="21">
         <v>82</v>
       </c>
       <c r="O39" s="21">
         <v>44</v>
       </c>
       <c r="P39" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
         <v>828</v>
       </c>
       <c r="E40" s="21">
         <v>42</v>
       </c>
       <c r="F40" s="21">
         <v>43</v>
       </c>
       <c r="G40" s="21">
         <v>49</v>
       </c>
       <c r="H40" s="21">
         <v>53</v>
       </c>
       <c r="I40" s="21">
         <v>108</v>
       </c>
       <c r="J40" s="21">
         <v>110</v>
       </c>
       <c r="K40" s="21">
         <v>87</v>
       </c>
       <c r="L40" s="21">
         <v>118</v>
       </c>
       <c r="M40" s="21">
         <v>62</v>
       </c>
       <c r="N40" s="21">
         <v>82</v>
       </c>
       <c r="O40" s="21">
         <v>44</v>
       </c>
       <c r="P40" s="21">
         <v>30</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:16" ht="11.25" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
         <v>1217</v>
       </c>
       <c r="E41" s="21">
         <v>54</v>
       </c>
       <c r="F41" s="21">
         <v>62</v>
       </c>
       <c r="G41" s="21">
         <v>79</v>
       </c>
       <c r="H41" s="21">
         <v>73</v>
       </c>
       <c r="I41" s="21">
         <v>162</v>
       </c>
       <c r="J41" s="21">
         <v>167</v>
       </c>
       <c r="K41" s="21">
         <v>129</v>
       </c>
       <c r="L41" s="21">
         <v>189</v>
       </c>
       <c r="M41" s="21">
         <v>93</v>
       </c>
       <c r="N41" s="21">
         <v>113</v>
       </c>
       <c r="O41" s="21">
         <v>59</v>
       </c>
       <c r="P41" s="21">
         <v>37</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
         <v>479</v>
       </c>
       <c r="E42" s="34">
         <v>37</v>
       </c>
       <c r="F42" s="34">
         <v>23</v>
       </c>
       <c r="G42" s="34">
         <v>23</v>
       </c>
       <c r="H42" s="34">
         <v>27</v>
       </c>
       <c r="I42" s="34">
         <v>54</v>
       </c>
       <c r="J42" s="34">
         <v>57</v>
       </c>
       <c r="K42" s="34">
         <v>42</v>
       </c>
       <c r="L42" s="34">
         <v>59</v>
       </c>
       <c r="M42" s="34">
         <v>47</v>
       </c>
       <c r="N42" s="34">
         <v>51</v>
       </c>
       <c r="O42" s="34">
         <v>29</v>
       </c>
       <c r="P42" s="34">
         <v>30</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
         <v>523</v>
       </c>
       <c r="E44" s="21">
         <v>46</v>
       </c>
       <c r="F44" s="21">
         <v>44</v>
       </c>
       <c r="G44" s="21">
         <v>45</v>
       </c>
       <c r="H44" s="21">
         <v>29</v>
       </c>
       <c r="I44" s="21">
         <v>51</v>
       </c>
       <c r="J44" s="21">
         <v>44</v>
       </c>
       <c r="K44" s="21">
         <v>36</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
         <v>31</v>
       </c>
       <c r="N44" s="21">
         <v>68</v>
       </c>
       <c r="O44" s="21">
         <v>48</v>
       </c>
       <c r="P44" s="21">
         <v>47</v>
       </c>
     </row>
-    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:16" ht="11.25" customHeight="1">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
         <v>267</v>
       </c>
       <c r="E45" s="21">
         <v>23</v>
       </c>
       <c r="F45" s="21">
         <v>24</v>
       </c>
       <c r="G45" s="21">
         <v>23</v>
       </c>
       <c r="H45" s="21">
         <v>13</v>
       </c>
       <c r="I45" s="21">
         <v>22</v>
       </c>
       <c r="J45" s="21">
         <v>27</v>
       </c>
       <c r="K45" s="21">
         <v>15</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
         <v>14</v>
       </c>
       <c r="N45" s="21">
         <v>37</v>
       </c>
       <c r="O45" s="21">
         <v>26</v>
       </c>
       <c r="P45" s="21">
         <v>27</v>
       </c>
     </row>
-    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:16" ht="11.25" customHeight="1">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
         <v>256</v>
       </c>
       <c r="E46" s="21">
         <v>23</v>
       </c>
       <c r="F46" s="21">
         <v>20</v>
       </c>
       <c r="G46" s="21">
         <v>22</v>
       </c>
       <c r="H46" s="21">
         <v>16</v>
       </c>
       <c r="I46" s="21">
         <v>29</v>
       </c>
       <c r="J46" s="21">
         <v>17</v>
       </c>
       <c r="K46" s="21">
         <v>21</v>
       </c>
       <c r="L46" s="21">
         <v>18</v>
       </c>
       <c r="M46" s="21">
         <v>17</v>
       </c>
       <c r="N46" s="21">
         <v>31</v>
       </c>
       <c r="O46" s="21">
         <v>22</v>
       </c>
       <c r="P46" s="21">
         <v>20</v>
       </c>
     </row>
-    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:16" ht="11.25" customHeight="1">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
         <v>329</v>
       </c>
       <c r="E47" s="21">
         <v>33</v>
       </c>
       <c r="F47" s="21">
         <v>24</v>
       </c>
       <c r="G47" s="21">
         <v>24</v>
       </c>
       <c r="H47" s="21">
         <v>15</v>
       </c>
       <c r="I47" s="21">
         <v>36</v>
       </c>
       <c r="J47" s="21">
         <v>27</v>
       </c>
       <c r="K47" s="21">
         <v>16</v>
       </c>
       <c r="L47" s="21">
         <v>16</v>
       </c>
       <c r="M47" s="21">
         <v>22</v>
       </c>
       <c r="N47" s="21">
         <v>51</v>
       </c>
       <c r="O47" s="21">
         <v>34</v>
       </c>
       <c r="P47" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:16" ht="11.25" customHeight="1">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
         <v>194</v>
       </c>
       <c r="E48" s="34">
         <v>13</v>
       </c>
       <c r="F48" s="34">
         <v>20</v>
       </c>
       <c r="G48" s="34">
         <v>21</v>
       </c>
       <c r="H48" s="34">
         <v>14</v>
       </c>
       <c r="I48" s="34">
         <v>15</v>
       </c>
       <c r="J48" s="34">
         <v>17</v>
       </c>
       <c r="K48" s="34">
         <v>20</v>
       </c>
       <c r="L48" s="34">
         <v>18</v>
       </c>
       <c r="M48" s="34">
         <v>9</v>
       </c>
       <c r="N48" s="34">
         <v>17</v>
       </c>
       <c r="O48" s="34">
         <v>14</v>
       </c>
       <c r="P48" s="34">
         <v>16</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>