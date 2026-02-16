--- v2 (2026-01-26)
+++ v3 (2026-02-16)
@@ -1,135 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CB50460-B29D-4D86-8F14-29021DF0A4D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BD77B9D-E7D4-400A-8AEB-B410AA6EBBD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="794" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="40" r:id="rId1"/>
-[...9 lines deleted...]
-    <sheet name="2015" sheetId="30" r:id="rId11"/>
+    <sheet name="2026" sheetId="41" r:id="rId1"/>
+    <sheet name="2025" sheetId="40" r:id="rId2"/>
+    <sheet name="2024" sheetId="39" r:id="rId3"/>
+    <sheet name="2023" sheetId="38" r:id="rId4"/>
+    <sheet name="2022" sheetId="37" r:id="rId5"/>
+    <sheet name="2021" sheetId="36" r:id="rId6"/>
+    <sheet name="2020" sheetId="19" r:id="rId7"/>
+    <sheet name="2019" sheetId="22" r:id="rId8"/>
+    <sheet name="2018" sheetId="28" r:id="rId9"/>
+    <sheet name="2017" sheetId="29" r:id="rId10"/>
+    <sheet name="2016" sheetId="31" r:id="rId11"/>
+    <sheet name="2015" sheetId="30" r:id="rId12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$6</definedName>
-[...17 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$6</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$6</definedName>
+    <definedName name="Drucktitel_uti" localSheetId="3">'2023'!$1:$6</definedName>
+    <definedName name="Drucktitel_uti" localSheetId="2">'2024'!$1:$6</definedName>
+    <definedName name="Drucktitel_uti" localSheetId="1">'2025'!$1:$6</definedName>
+    <definedName name="Drucktitel_uti" localSheetId="0">'2026'!$1:$6</definedName>
+    <definedName name="print" localSheetId="3">'2023'!$1:$6</definedName>
+    <definedName name="print___" localSheetId="2">'2024'!$1:$6</definedName>
+    <definedName name="print___" localSheetId="1">'2025'!$1:$6</definedName>
+    <definedName name="print___" localSheetId="0">'2026'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="11">'2015'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="10">'2016'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="9">'2017'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="8">'2018'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="977" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1072" uniqueCount="77">
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
     <t>Aug</t>
   </si>
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Okt</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
@@ -380,60 +387,69 @@
       <t>mittlere Wohnbevölkerung</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2024)</t>
   </si>
   <si>
     <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2025</t>
   </si>
   <si>
     <t>Einbürgerungen</t>
   </si>
   <si>
     <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.12.2025)</t>
   </si>
+  <si>
+    <t>Entwicklung der Wohnbevölkerung, natürliche Bevölkerungsbewegungen nach Monat 2026</t>
+  </si>
+  <si>
+    <t>Eidg. Departement für auswärtige Angelegenheiten, Ordipro (Datenstand: 31.1.2026)</t>
+  </si>
+  <si>
+    <t>provisorische Zahlen</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -690,62 +706,66 @@
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF8C5F"/>
       <color rgb="FF9954CC"/>
       <color rgb="FF00FF00"/>
       <color rgb="FFDD052B"/>
       <color rgb="FFFF8B8B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -757,51 +777,51 @@
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>92190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18EC0031-DBC9-4D7E-9F57-D11EB8CE495A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B3891CC-0BAB-4389-8020-7CBC8DF0E43D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1168515"/>
         </a:xfrm>
@@ -813,87 +833,143 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3024887D-0D4F-48A1-B0F4-52CDF5A5ACCC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>74941</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F04B263-DB4E-4CE5-9EAF-6AE2CB24180C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2F4427D-16B1-42B3-8237-4A475D82F64F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -925,51 +1001,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>92190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13DB7300-BDC5-4EB5-BD03-32D642FBF0E1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18EC0031-DBC9-4D7E-9F57-D11EB8CE495A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1168515"/>
         </a:xfrm>
@@ -981,87 +1057,143 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>92190</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13DB7300-BDC5-4EB5-BD03-32D642FBF0E1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1168515"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>74941</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>92190</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73B9C60E-EBD8-4A67-A460-7747192C5478}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2BF048F-1A47-4DCD-B169-DD3CCA02BDC8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1073,51 +1205,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BE8B02A-0EA7-4B26-BBCB-02C3DA688E47}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1129,51 +1261,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3AFDFB4-663D-48CE-855D-DB3ABFD863DF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1185,51 +1317,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96896616-7C06-416D-AF80-372B37CB9F63}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1241,127 +1373,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B92DAD-A84F-4CFA-A8CB-4FCCE283034A}"/>
-            </a:ext>
-[...54 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3024887D-0D4F-48A1-B0F4-52CDF5A5ACCC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -1626,21714 +1702,23822 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC8BDE4D-F9BB-412A-8D85-82AF2C3B52B1}">
-  <dimension ref="A1:P59"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D88CF64C-99A4-434B-A4E2-12AA33AC7B3F}">
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>146455</v>
+        <v>146867</v>
       </c>
       <c r="E8" s="32">
-        <v>146455</v>
+        <v>146867</v>
       </c>
       <c r="F8" s="32">
-        <v>146497</v>
+        <v>0</v>
       </c>
       <c r="G8" s="32">
-        <v>146679</v>
+        <v>0</v>
       </c>
       <c r="H8" s="32">
-        <v>146764</v>
+        <v>0</v>
       </c>
       <c r="I8" s="32">
-        <v>146760</v>
+        <v>0</v>
       </c>
       <c r="J8" s="32">
-        <v>146835</v>
+        <v>0</v>
       </c>
       <c r="K8" s="32">
-        <v>146571</v>
+        <v>0</v>
       </c>
       <c r="L8" s="32">
-        <v>146405</v>
+        <v>0</v>
       </c>
       <c r="M8" s="32">
-        <v>146363</v>
+        <v>0</v>
       </c>
       <c r="N8" s="32">
-        <v>146860</v>
+        <v>0</v>
       </c>
       <c r="O8" s="32">
-        <v>147037</v>
+        <v>0</v>
       </c>
       <c r="P8" s="32">
-        <v>147022</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>177</v>
+        <v>2</v>
       </c>
       <c r="E9" s="24">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="F9" s="24">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="G9" s="24">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="H9" s="24">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I9" s="24">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="J9" s="24">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="K9" s="24">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="L9" s="24">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="M9" s="24">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="N9" s="24">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="O9" s="24">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="P9" s="24">
-        <v>-17</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>196</v>
+        <v>-5</v>
       </c>
       <c r="E10" s="24">
-        <v>17</v>
+        <v>-5</v>
       </c>
       <c r="F10" s="24">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="G10" s="24">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="H10" s="24">
-        <v>-9</v>
+        <v>0</v>
       </c>
       <c r="I10" s="24">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="J10" s="24">
-        <v>-308</v>
+        <v>0</v>
       </c>
       <c r="K10" s="24">
-        <v>-172</v>
+        <v>0</v>
       </c>
       <c r="L10" s="24">
-        <v>-37</v>
+        <v>0</v>
       </c>
       <c r="M10" s="24">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="N10" s="24">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="O10" s="24">
-        <v>-51</v>
+        <v>0</v>
       </c>
       <c r="P10" s="24">
-        <v>-177</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>373</v>
+        <v>-3</v>
       </c>
       <c r="E11" s="24">
-        <v>42</v>
+        <v>-3</v>
       </c>
       <c r="F11" s="24">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G11" s="24">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="H11" s="24">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="I11" s="24">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="J11" s="24">
-        <v>-264</v>
+        <v>0</v>
       </c>
       <c r="K11" s="24">
-        <v>-166</v>
+        <v>0</v>
       </c>
       <c r="L11" s="24">
-        <v>-42</v>
+        <v>0</v>
       </c>
       <c r="M11" s="24">
-        <v>497</v>
+        <v>0</v>
       </c>
       <c r="N11" s="24">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="O11" s="24">
-        <v>-15</v>
+        <v>0</v>
       </c>
       <c r="P11" s="24">
-        <v>-194</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="42">
-        <v>39</v>
+      <c r="D12" s="42" t="s">
+        <v>19</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="25">
-[...3 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+      <c r="P12" s="25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>146867</v>
+        <v>146864</v>
       </c>
       <c r="E13" s="32">
-        <v>146497</v>
+        <v>146864</v>
       </c>
       <c r="F13" s="32">
-        <v>146679</v>
+        <v>0</v>
       </c>
       <c r="G13" s="32">
-        <v>146764</v>
+        <v>0</v>
       </c>
       <c r="H13" s="32">
-        <v>146760</v>
+        <v>0</v>
       </c>
       <c r="I13" s="32">
-        <v>146835</v>
+        <v>0</v>
       </c>
       <c r="J13" s="32">
-        <v>146571</v>
+        <v>0</v>
       </c>
       <c r="K13" s="32">
-        <v>146405</v>
+        <v>0</v>
       </c>
       <c r="L13" s="32">
-        <v>146363</v>
+        <v>0</v>
       </c>
       <c r="M13" s="32">
-        <v>146860</v>
+        <v>0</v>
       </c>
       <c r="N13" s="32">
-        <v>147037</v>
+        <v>0</v>
       </c>
       <c r="O13" s="32">
-        <v>147022</v>
+        <v>0</v>
       </c>
       <c r="P13" s="32">
-        <v>146867</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>70198</v>
+        <v>70216</v>
       </c>
       <c r="E14" s="32">
-        <v>70053</v>
+        <v>70216</v>
       </c>
       <c r="F14" s="32">
-        <v>70112</v>
+        <v>0</v>
       </c>
       <c r="G14" s="32">
-        <v>70132</v>
+        <v>0</v>
       </c>
       <c r="H14" s="32">
-        <v>70134</v>
+        <v>0</v>
       </c>
       <c r="I14" s="32">
-        <v>70181</v>
+        <v>0</v>
       </c>
       <c r="J14" s="32">
-        <v>70083</v>
+        <v>0</v>
       </c>
       <c r="K14" s="32">
-        <v>70048</v>
+        <v>0</v>
       </c>
       <c r="L14" s="32">
-        <v>70075</v>
+        <v>0</v>
       </c>
       <c r="M14" s="32">
-        <v>70243</v>
+        <v>0</v>
       </c>
       <c r="N14" s="32">
-        <v>70302</v>
+        <v>0</v>
       </c>
       <c r="O14" s="32">
-        <v>70256</v>
+        <v>0</v>
       </c>
       <c r="P14" s="32">
-        <v>70198</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76669</v>
+        <v>76648</v>
       </c>
       <c r="E15" s="32">
-        <v>76444</v>
+        <v>76648</v>
       </c>
       <c r="F15" s="32">
-        <v>76567</v>
+        <v>0</v>
       </c>
       <c r="G15" s="32">
-        <v>76632</v>
+        <v>0</v>
       </c>
       <c r="H15" s="32">
-        <v>76626</v>
+        <v>0</v>
       </c>
       <c r="I15" s="32">
-        <v>76654</v>
+        <v>0</v>
       </c>
       <c r="J15" s="32">
-        <v>76488</v>
+        <v>0</v>
       </c>
       <c r="K15" s="32">
-        <v>76357</v>
+        <v>0</v>
       </c>
       <c r="L15" s="32">
-        <v>76288</v>
+        <v>0</v>
       </c>
       <c r="M15" s="32">
-        <v>76617</v>
+        <v>0</v>
       </c>
       <c r="N15" s="32">
-        <v>76735</v>
+        <v>0</v>
       </c>
       <c r="O15" s="32">
-        <v>76766</v>
+        <v>0</v>
       </c>
       <c r="P15" s="32">
-        <v>76669</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109863</v>
+        <v>109915</v>
       </c>
       <c r="E16" s="32">
-        <v>109789</v>
+        <v>109915</v>
       </c>
       <c r="F16" s="32">
-        <v>109828</v>
+        <v>0</v>
       </c>
       <c r="G16" s="32">
-        <v>109920</v>
+        <v>0</v>
       </c>
       <c r="H16" s="32">
-        <v>109858</v>
+        <v>0</v>
       </c>
       <c r="I16" s="32">
-        <v>109878</v>
+        <v>0</v>
       </c>
       <c r="J16" s="32">
-        <v>109901</v>
+        <v>0</v>
       </c>
       <c r="K16" s="32">
-        <v>109789</v>
+        <v>0</v>
       </c>
       <c r="L16" s="32">
-        <v>109686</v>
+        <v>0</v>
       </c>
       <c r="M16" s="32">
-        <v>109867</v>
+        <v>0</v>
       </c>
       <c r="N16" s="32">
-        <v>110035</v>
+        <v>0</v>
       </c>
       <c r="O16" s="32">
-        <v>109991</v>
+        <v>0</v>
       </c>
       <c r="P16" s="32">
-        <v>109863</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>37004</v>
+        <v>36949</v>
       </c>
       <c r="E17" s="32">
-        <v>36708</v>
+        <v>36949</v>
       </c>
       <c r="F17" s="32">
-        <v>36851</v>
+        <v>0</v>
       </c>
       <c r="G17" s="32">
-        <v>36844</v>
+        <v>0</v>
       </c>
       <c r="H17" s="32">
-        <v>36902</v>
+        <v>0</v>
       </c>
       <c r="I17" s="32">
-        <v>36957</v>
+        <v>0</v>
       </c>
       <c r="J17" s="32">
-        <v>36670</v>
+        <v>0</v>
       </c>
       <c r="K17" s="32">
-        <v>36616</v>
+        <v>0</v>
       </c>
       <c r="L17" s="32">
-        <v>36677</v>
+        <v>0</v>
       </c>
       <c r="M17" s="32">
-        <v>36993</v>
+        <v>0</v>
       </c>
       <c r="N17" s="32">
-        <v>37002</v>
+        <v>0</v>
       </c>
       <c r="O17" s="32">
-        <v>37031</v>
+        <v>0</v>
       </c>
       <c r="P17" s="32">
-        <v>37004</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>146660</v>
+        <v>146870</v>
       </c>
       <c r="E18" s="33">
-        <v>146480</v>
+        <v>146870</v>
       </c>
       <c r="F18" s="33">
-        <v>146590</v>
+        <v>0</v>
       </c>
       <c r="G18" s="33">
-        <v>146720</v>
+        <v>0</v>
       </c>
       <c r="H18" s="33">
-        <v>146760</v>
+        <v>0</v>
       </c>
       <c r="I18" s="33">
-        <v>146800</v>
+        <v>0</v>
       </c>
       <c r="J18" s="33">
-        <v>146700</v>
+        <v>0</v>
       </c>
       <c r="K18" s="33">
-        <v>146490</v>
+        <v>0</v>
       </c>
       <c r="L18" s="33">
-        <v>146380</v>
+        <v>0</v>
       </c>
       <c r="M18" s="33">
-        <v>146610</v>
+        <v>0</v>
       </c>
       <c r="N18" s="33">
-        <v>146950</v>
+        <v>0</v>
       </c>
       <c r="O18" s="33">
-        <v>147030</v>
+        <v>0</v>
       </c>
       <c r="P18" s="33">
-        <v>146940</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1371</v>
+        <v>121</v>
       </c>
       <c r="E20" s="32">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="F20" s="32">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G20" s="32">
-        <v>127</v>
-[...29 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H20" s="32">
+        <v>0</v>
+      </c>
+      <c r="I20" s="32">
+        <v>0</v>
+      </c>
+      <c r="J20" s="32">
+        <v>0</v>
+      </c>
+      <c r="K20" s="32">
+        <v>0</v>
+      </c>
+      <c r="L20" s="32">
+        <v>0</v>
+      </c>
+      <c r="M20" s="32">
+        <v>0</v>
+      </c>
+      <c r="N20" s="32">
+        <v>0</v>
+      </c>
+      <c r="O20" s="32">
+        <v>0</v>
+      </c>
+      <c r="P20" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>726</v>
+        <v>68</v>
       </c>
       <c r="E21" s="32">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="F21" s="32">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G21" s="32">
-        <v>61</v>
-[...29 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H21" s="32">
+        <v>0</v>
+      </c>
+      <c r="I21" s="32">
+        <v>0</v>
+      </c>
+      <c r="J21" s="32">
+        <v>0</v>
+      </c>
+      <c r="K21" s="32">
+        <v>0</v>
+      </c>
+      <c r="L21" s="32">
+        <v>0</v>
+      </c>
+      <c r="M21" s="32">
+        <v>0</v>
+      </c>
+      <c r="N21" s="32">
+        <v>0</v>
+      </c>
+      <c r="O21" s="32">
+        <v>0</v>
+      </c>
+      <c r="P21" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>645</v>
+        <v>53</v>
       </c>
       <c r="E22" s="32">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="F22" s="32">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G22" s="32">
-        <v>66</v>
-[...29 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H22" s="32">
+        <v>0</v>
+      </c>
+      <c r="I22" s="32">
+        <v>0</v>
+      </c>
+      <c r="J22" s="32">
+        <v>0</v>
+      </c>
+      <c r="K22" s="32">
+        <v>0</v>
+      </c>
+      <c r="L22" s="32">
+        <v>0</v>
+      </c>
+      <c r="M22" s="32">
+        <v>0</v>
+      </c>
+      <c r="N22" s="32">
+        <v>0</v>
+      </c>
+      <c r="O22" s="32">
+        <v>0</v>
+      </c>
+      <c r="P22" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>1065</v>
+        <v>93</v>
       </c>
       <c r="E23" s="32">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="F23" s="32">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G23" s="32">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="H23" s="32">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="I23" s="32">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J23" s="32">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="K23" s="32">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="L23" s="32">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="M23" s="32">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="N23" s="32">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="O23" s="32">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="P23" s="32">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>306</v>
+        <v>28</v>
       </c>
       <c r="E24" s="33">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="F24" s="33">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G24" s="33">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="H24" s="33">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="I24" s="33">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="J24" s="33">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="K24" s="33">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="L24" s="33">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="M24" s="33">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="N24" s="33">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="O24" s="33">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="P24" s="33">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1194</v>
+        <v>119</v>
       </c>
       <c r="E26" s="32">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F26" s="32">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G26" s="32">
-        <v>97</v>
-[...29 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H26" s="32">
+        <v>0</v>
+      </c>
+      <c r="I26" s="32">
+        <v>0</v>
+      </c>
+      <c r="J26" s="32">
+        <v>0</v>
+      </c>
+      <c r="K26" s="32">
+        <v>0</v>
+      </c>
+      <c r="L26" s="32">
+        <v>0</v>
+      </c>
+      <c r="M26" s="32">
+        <v>0</v>
+      </c>
+      <c r="N26" s="32">
+        <v>0</v>
+      </c>
+      <c r="O26" s="32">
+        <v>0</v>
+      </c>
+      <c r="P26" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>520</v>
+        <v>50</v>
       </c>
       <c r="E27" s="32">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="F27" s="32">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G27" s="32">
-        <v>35</v>
-[...29 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H27" s="32">
+        <v>0</v>
+      </c>
+      <c r="I27" s="32">
+        <v>0</v>
+      </c>
+      <c r="J27" s="32">
+        <v>0</v>
+      </c>
+      <c r="K27" s="32">
+        <v>0</v>
+      </c>
+      <c r="L27" s="32">
+        <v>0</v>
+      </c>
+      <c r="M27" s="32">
+        <v>0</v>
+      </c>
+      <c r="N27" s="32">
+        <v>0</v>
+      </c>
+      <c r="O27" s="32">
+        <v>0</v>
+      </c>
+      <c r="P27" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>674</v>
+        <v>69</v>
       </c>
       <c r="E28" s="32">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="F28" s="32">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G28" s="32">
-        <v>62</v>
-[...29 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H28" s="32">
+        <v>0</v>
+      </c>
+      <c r="I28" s="32">
+        <v>0</v>
+      </c>
+      <c r="J28" s="32">
+        <v>0</v>
+      </c>
+      <c r="K28" s="32">
+        <v>0</v>
+      </c>
+      <c r="L28" s="32">
+        <v>0</v>
+      </c>
+      <c r="M28" s="32">
+        <v>0</v>
+      </c>
+      <c r="N28" s="32">
+        <v>0</v>
+      </c>
+      <c r="O28" s="32">
+        <v>0</v>
+      </c>
+      <c r="P28" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>1079</v>
+        <v>109</v>
       </c>
       <c r="E29" s="32">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F29" s="32">
-        <v>77</v>
+        <v>0</v>
       </c>
       <c r="G29" s="32">
-        <v>90</v>
-[...29 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H29" s="32">
+        <v>0</v>
+      </c>
+      <c r="I29" s="32">
+        <v>0</v>
+      </c>
+      <c r="J29" s="32">
+        <v>0</v>
+      </c>
+      <c r="K29" s="32">
+        <v>0</v>
+      </c>
+      <c r="L29" s="32">
+        <v>0</v>
+      </c>
+      <c r="M29" s="32">
+        <v>0</v>
+      </c>
+      <c r="N29" s="32">
+        <v>0</v>
+      </c>
+      <c r="O29" s="32">
+        <v>0</v>
+      </c>
+      <c r="P29" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="E30" s="32">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F30" s="32">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G30" s="32">
-        <v>7</v>
-[...29 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H30" s="32">
+        <v>0</v>
+      </c>
+      <c r="I30" s="32">
+        <v>0</v>
+      </c>
+      <c r="J30" s="32">
+        <v>0</v>
+      </c>
+      <c r="K30" s="32">
+        <v>0</v>
+      </c>
+      <c r="L30" s="32">
+        <v>0</v>
+      </c>
+      <c r="M30" s="32">
+        <v>0</v>
+      </c>
+      <c r="N30" s="32">
+        <v>0</v>
+      </c>
+      <c r="O30" s="32">
+        <v>0</v>
+      </c>
+      <c r="P30" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="E33" s="32">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F33" s="32">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G33" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I33" s="32">
         <v>0</v>
       </c>
       <c r="J33" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K33" s="32">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="L33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>107</v>
+        <v>8</v>
       </c>
       <c r="E34" s="32">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F34" s="32">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G34" s="32">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="H34" s="32">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I34" s="32">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J34" s="32">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="K34" s="32">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="L34" s="32">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="M34" s="32">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="N34" s="32">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="O34" s="32">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="P34" s="32">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>284</v>
+        <v>28</v>
       </c>
       <c r="E35" s="32">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F35" s="32">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G35" s="32">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="H35" s="32">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="I35" s="32">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="J35" s="32">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="K35" s="32">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="L35" s="32">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="M35" s="32">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="N35" s="32">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="O35" s="32">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="P35" s="32">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>781</v>
+        <v>82</v>
       </c>
       <c r="E36" s="33">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F36" s="33">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G36" s="33">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="H36" s="33">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="I36" s="33">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="J36" s="33">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="K36" s="33">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="L36" s="33">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="M36" s="33">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="N36" s="33">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="O36" s="33">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="P36" s="33">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1370</v>
+        <v>60</v>
       </c>
       <c r="E38" s="39">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="F38" s="39">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G38" s="39">
-        <v>88</v>
-[...29 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H38" s="39">
+        <v>0</v>
+      </c>
+      <c r="I38" s="39">
+        <v>0</v>
+      </c>
+      <c r="J38" s="39">
+        <v>0</v>
+      </c>
+      <c r="K38" s="39">
+        <v>0</v>
+      </c>
+      <c r="L38" s="39">
+        <v>0</v>
+      </c>
+      <c r="M38" s="39">
+        <v>0</v>
+      </c>
+      <c r="N38" s="39">
+        <v>0</v>
+      </c>
+      <c r="O38" s="39">
+        <v>0</v>
+      </c>
+      <c r="P38" s="39">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>707</v>
+        <v>35</v>
       </c>
       <c r="E39" s="32">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F39" s="32">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G39" s="32">
-        <v>47</v>
-[...29 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H39" s="32">
+        <v>0</v>
+      </c>
+      <c r="I39" s="32">
+        <v>0</v>
+      </c>
+      <c r="J39" s="32">
+        <v>0</v>
+      </c>
+      <c r="K39" s="32">
+        <v>0</v>
+      </c>
+      <c r="L39" s="32">
+        <v>0</v>
+      </c>
+      <c r="M39" s="32">
+        <v>0</v>
+      </c>
+      <c r="N39" s="32">
+        <v>0</v>
+      </c>
+      <c r="O39" s="32">
+        <v>0</v>
+      </c>
+      <c r="P39" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>663</v>
+        <v>25</v>
       </c>
       <c r="E40" s="32">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F40" s="32">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G40" s="32">
-        <v>41</v>
-[...29 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H40" s="32">
+        <v>0</v>
+      </c>
+      <c r="I40" s="32">
+        <v>0</v>
+      </c>
+      <c r="J40" s="32">
+        <v>0</v>
+      </c>
+      <c r="K40" s="32">
+        <v>0</v>
+      </c>
+      <c r="L40" s="32">
+        <v>0</v>
+      </c>
+      <c r="M40" s="32">
+        <v>0</v>
+      </c>
+      <c r="N40" s="32">
+        <v>0</v>
+      </c>
+      <c r="O40" s="32">
+        <v>0</v>
+      </c>
+      <c r="P40" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>927</v>
+        <v>36</v>
       </c>
       <c r="E41" s="32">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="F41" s="32">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G41" s="32">
-        <v>50</v>
-[...29 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H41" s="32">
+        <v>0</v>
+      </c>
+      <c r="I41" s="32">
+        <v>0</v>
+      </c>
+      <c r="J41" s="32">
+        <v>0</v>
+      </c>
+      <c r="K41" s="32">
+        <v>0</v>
+      </c>
+      <c r="L41" s="32">
+        <v>0</v>
+      </c>
+      <c r="M41" s="32">
+        <v>0</v>
+      </c>
+      <c r="N41" s="32">
+        <v>0</v>
+      </c>
+      <c r="O41" s="32">
+        <v>0</v>
+      </c>
+      <c r="P41" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>443</v>
+        <v>24</v>
       </c>
       <c r="E42" s="33">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="F42" s="33">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G42" s="33">
-        <v>38</v>
-[...29 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H42" s="33">
+        <v>0</v>
+      </c>
+      <c r="I42" s="33">
+        <v>0</v>
+      </c>
+      <c r="J42" s="33">
+        <v>0</v>
+      </c>
+      <c r="K42" s="33">
+        <v>0</v>
+      </c>
+      <c r="L42" s="33">
+        <v>0</v>
+      </c>
+      <c r="M42" s="33">
+        <v>0</v>
+      </c>
+      <c r="N42" s="33">
+        <v>0</v>
+      </c>
+      <c r="O42" s="33">
+        <v>0</v>
+      </c>
+      <c r="P42" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>541</v>
+        <v>28</v>
       </c>
       <c r="E44" s="32">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="F44" s="32">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G44" s="32">
-        <v>36</v>
-[...29 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H44" s="32">
+        <v>0</v>
+      </c>
+      <c r="I44" s="32">
+        <v>0</v>
+      </c>
+      <c r="J44" s="32">
+        <v>0</v>
+      </c>
+      <c r="K44" s="32">
+        <v>0</v>
+      </c>
+      <c r="L44" s="32">
+        <v>0</v>
+      </c>
+      <c r="M44" s="32">
+        <v>0</v>
+      </c>
+      <c r="N44" s="32">
+        <v>0</v>
+      </c>
+      <c r="O44" s="32">
+        <v>0</v>
+      </c>
+      <c r="P44" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>267</v>
+        <v>15</v>
       </c>
       <c r="E45" s="32">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F45" s="32">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G45" s="32">
-        <v>16</v>
-[...29 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H45" s="32">
+        <v>0</v>
+      </c>
+      <c r="I45" s="32">
+        <v>0</v>
+      </c>
+      <c r="J45" s="32">
+        <v>0</v>
+      </c>
+      <c r="K45" s="32">
+        <v>0</v>
+      </c>
+      <c r="L45" s="32">
+        <v>0</v>
+      </c>
+      <c r="M45" s="32">
+        <v>0</v>
+      </c>
+      <c r="N45" s="32">
+        <v>0</v>
+      </c>
+      <c r="O45" s="32">
+        <v>0</v>
+      </c>
+      <c r="P45" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>274</v>
+        <v>13</v>
       </c>
       <c r="E46" s="32">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F46" s="32">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G46" s="32">
-        <v>20</v>
-[...29 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H46" s="32">
+        <v>0</v>
+      </c>
+      <c r="I46" s="32">
+        <v>0</v>
+      </c>
+      <c r="J46" s="32">
+        <v>0</v>
+      </c>
+      <c r="K46" s="32">
+        <v>0</v>
+      </c>
+      <c r="L46" s="32">
+        <v>0</v>
+      </c>
+      <c r="M46" s="32">
+        <v>0</v>
+      </c>
+      <c r="N46" s="32">
+        <v>0</v>
+      </c>
+      <c r="O46" s="32">
+        <v>0</v>
+      </c>
+      <c r="P46" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>326</v>
+        <v>21</v>
       </c>
       <c r="E47" s="32">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F47" s="32">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G47" s="32">
-        <v>18</v>
-[...29 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H47" s="32">
+        <v>0</v>
+      </c>
+      <c r="I47" s="32">
+        <v>0</v>
+      </c>
+      <c r="J47" s="32">
+        <v>0</v>
+      </c>
+      <c r="K47" s="32">
+        <v>0</v>
+      </c>
+      <c r="L47" s="32">
+        <v>0</v>
+      </c>
+      <c r="M47" s="32">
+        <v>0</v>
+      </c>
+      <c r="N47" s="32">
+        <v>0</v>
+      </c>
+      <c r="O47" s="32">
+        <v>0</v>
+      </c>
+      <c r="P47" s="32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>215</v>
+        <v>7</v>
       </c>
       <c r="E48" s="33">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="F48" s="33">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G48" s="33">
-        <v>18</v>
-[...29 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+      <c r="H48" s="33">
+        <v>0</v>
+      </c>
+      <c r="I48" s="33">
+        <v>0</v>
+      </c>
+      <c r="J48" s="33">
+        <v>0</v>
+      </c>
+      <c r="K48" s="33">
+        <v>0</v>
+      </c>
+      <c r="L48" s="33">
+        <v>0</v>
+      </c>
+      <c r="M48" s="33">
+        <v>0</v>
+      </c>
+      <c r="N48" s="33">
+        <v>0</v>
+      </c>
+      <c r="O48" s="33">
+        <v>0</v>
+      </c>
+      <c r="P48" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
-        <v>778</v>
+        <v>89</v>
       </c>
       <c r="E50" s="32">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="F50" s="32">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G50" s="32">
-        <v>77</v>
+        <v>0</v>
       </c>
       <c r="H50" s="32">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="I50" s="32">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="J50" s="32">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="K50" s="32">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="L50" s="32">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="M50" s="32">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="N50" s="32">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="O50" s="32">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="P50" s="32">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
       <c r="N51" s="33">
         <v>0</v>
       </c>
       <c r="O51" s="33">
         <v>0</v>
       </c>
       <c r="P51" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E53" s="33">
         <v>0</v>
       </c>
       <c r="F53" s="33">
         <v>0</v>
       </c>
       <c r="G53" s="33">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H53" s="33">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I53" s="33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J53" s="33">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K53" s="33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="N53" s="33">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="O53" s="33">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
-      <c r="A55" s="5" t="s">
+    <row r="55" spans="1:16" s="21" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="40" t="s">
+        <v>76</v>
+      </c>
+      <c r="B55" s="41"/>
+      <c r="C55" s="41"/>
+      <c r="D55" s="41"/>
+    </row>
+    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B55" s="4"/>
-[...4 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="B56" s="4"/>
+      <c r="C56" s="4"/>
+      <c r="D56" s="4"/>
+    </row>
+    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B56" s="17"/>
-[...4 lines deleted...]
-      <c r="A57" s="5" t="s">
+      <c r="B57" s="17"/>
+      <c r="C57" s="17"/>
+      <c r="D57" s="17"/>
+    </row>
+    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B57" s="4"/>
-[...7 lines deleted...]
-      <c r="P58" s="26" t="s">
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+    </row>
+    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="1"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="P59" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="59" spans="1:16" ht="11.25" customHeight="1">
-[...1 lines deleted...]
-        <v>73</v>
+    <row r="60" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P60" s="26" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
+  <protectedRanges>
+    <protectedRange sqref="A55:XFD55" name="Bereich1"/>
+  </protectedRanges>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
-      <c r="C4" s="8"/>
+      <c r="C4" s="43"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>140567</v>
+        <v>141660</v>
       </c>
       <c r="E8" s="32">
-        <v>140567</v>
+        <v>141660</v>
       </c>
       <c r="F8" s="32">
-        <v>140779</v>
+        <v>141780</v>
       </c>
       <c r="G8" s="32">
-        <v>140922</v>
+        <v>141920</v>
       </c>
       <c r="H8" s="32">
-        <v>141094</v>
+        <v>141881</v>
       </c>
       <c r="I8" s="32">
-        <v>141103</v>
+        <v>141982</v>
       </c>
       <c r="J8" s="32">
-        <v>141138</v>
+        <v>141992</v>
       </c>
       <c r="K8" s="32">
-        <v>141050</v>
+        <v>141832</v>
       </c>
       <c r="L8" s="32">
-        <v>140997</v>
+        <v>141715</v>
       </c>
       <c r="M8" s="32">
-        <v>141157</v>
+        <v>141923</v>
       </c>
       <c r="N8" s="32">
-        <v>141381</v>
+        <v>142346</v>
       </c>
       <c r="O8" s="32">
-        <v>141625</v>
+        <v>142663</v>
       </c>
       <c r="P8" s="32">
-        <v>141763</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>142657</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="E9" s="24">
-        <v>34</v>
+        <v>-39</v>
       </c>
       <c r="F9" s="24">
-        <v>-2</v>
+        <v>-7</v>
       </c>
       <c r="G9" s="24">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="H9" s="24">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="I9" s="24">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J9" s="24">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="K9" s="24">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="L9" s="24">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="M9" s="24">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="N9" s="24">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="O9" s="24">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="P9" s="24">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>889</v>
+        <v>609</v>
       </c>
       <c r="E10" s="24">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="F10" s="24">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G10" s="24">
-        <v>136</v>
+        <v>-87</v>
       </c>
       <c r="H10" s="24">
-        <v>-42</v>
+        <v>69</v>
       </c>
       <c r="I10" s="24">
-        <v>25</v>
+        <v>-2</v>
       </c>
       <c r="J10" s="24">
-        <v>-144</v>
+        <v>-249</v>
       </c>
       <c r="K10" s="24">
-        <v>-116</v>
+        <v>-156</v>
       </c>
       <c r="L10" s="24">
-        <v>113</v>
+        <v>153</v>
       </c>
       <c r="M10" s="24">
-        <v>209</v>
+        <v>375</v>
       </c>
       <c r="N10" s="24">
-        <v>231</v>
+        <v>279</v>
       </c>
       <c r="O10" s="24">
-        <v>138</v>
+        <v>-38</v>
       </c>
       <c r="P10" s="24">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>-41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="35">
-        <v>1280</v>
+      <c r="D11" s="42">
+        <v>984</v>
       </c>
       <c r="E11" s="24">
-        <v>212</v>
+        <v>120</v>
       </c>
       <c r="F11" s="24">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G11" s="24">
-        <v>172</v>
+        <v>-39</v>
       </c>
       <c r="H11" s="24">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="I11" s="24">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="J11" s="24">
-        <v>-88</v>
+        <v>-160</v>
       </c>
       <c r="K11" s="24">
-        <v>-53</v>
+        <v>-117</v>
       </c>
       <c r="L11" s="24">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="M11" s="24">
-        <v>224</v>
+        <v>423</v>
       </c>
       <c r="N11" s="24">
-        <v>244</v>
+        <v>317</v>
       </c>
       <c r="O11" s="24">
-        <v>138</v>
+        <v>-6</v>
       </c>
       <c r="P11" s="24">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>-13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>-187</v>
+        <v>-165</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>-187</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>-165</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>141660</v>
+        <v>142479</v>
       </c>
       <c r="E13" s="32">
-        <v>140779</v>
+        <v>141780</v>
       </c>
       <c r="F13" s="32">
-        <v>140922</v>
+        <v>141920</v>
       </c>
       <c r="G13" s="32">
-        <v>141094</v>
+        <v>141881</v>
       </c>
       <c r="H13" s="32">
-        <v>141103</v>
+        <v>141982</v>
       </c>
       <c r="I13" s="32">
-        <v>141138</v>
+        <v>141992</v>
       </c>
       <c r="J13" s="32">
-        <v>141050</v>
+        <v>141832</v>
       </c>
       <c r="K13" s="32">
-        <v>140997</v>
+        <v>141715</v>
       </c>
       <c r="L13" s="32">
-        <v>141157</v>
+        <v>141923</v>
       </c>
       <c r="M13" s="32">
-        <v>141381</v>
+        <v>142346</v>
       </c>
       <c r="N13" s="32">
-        <v>141625</v>
+        <v>142663</v>
       </c>
       <c r="O13" s="32">
-        <v>141763</v>
+        <v>142657</v>
       </c>
       <c r="P13" s="32">
-        <v>141660</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>142479</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>67755</v>
+        <v>68142</v>
       </c>
       <c r="E14" s="32">
-        <v>67266</v>
+        <v>67860</v>
       </c>
       <c r="F14" s="32">
-        <v>67335</v>
+        <v>67936</v>
       </c>
       <c r="G14" s="32">
-        <v>67434</v>
+        <v>67919</v>
       </c>
       <c r="H14" s="32">
-        <v>67437</v>
+        <v>67967</v>
       </c>
       <c r="I14" s="32">
-        <v>67466</v>
+        <v>67978</v>
       </c>
       <c r="J14" s="32">
-        <v>67427</v>
+        <v>67925</v>
       </c>
       <c r="K14" s="32">
-        <v>67431</v>
+        <v>67887</v>
       </c>
       <c r="L14" s="32">
-        <v>67512</v>
+        <v>67995</v>
       </c>
       <c r="M14" s="32">
-        <v>67623</v>
+        <v>68162</v>
       </c>
       <c r="N14" s="32">
-        <v>67748</v>
+        <v>68265</v>
       </c>
       <c r="O14" s="32">
-        <v>67803</v>
+        <v>68205</v>
       </c>
       <c r="P14" s="32">
-        <v>67755</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>68142</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>73905</v>
+        <v>74337</v>
       </c>
       <c r="E15" s="32">
-        <v>73513</v>
+        <v>73920</v>
       </c>
       <c r="F15" s="32">
-        <v>73587</v>
+        <v>73984</v>
       </c>
       <c r="G15" s="32">
-        <v>73660</v>
+        <v>73962</v>
       </c>
       <c r="H15" s="32">
-        <v>73666</v>
+        <v>74015</v>
       </c>
       <c r="I15" s="32">
-        <v>73672</v>
+        <v>74014</v>
       </c>
       <c r="J15" s="32">
-        <v>73623</v>
+        <v>73907</v>
       </c>
       <c r="K15" s="32">
-        <v>73566</v>
+        <v>73828</v>
       </c>
       <c r="L15" s="32">
-        <v>73645</v>
+        <v>73928</v>
       </c>
       <c r="M15" s="32">
-        <v>73758</v>
+        <v>74184</v>
       </c>
       <c r="N15" s="32">
-        <v>73877</v>
+        <v>74398</v>
       </c>
       <c r="O15" s="32">
-        <v>73960</v>
+        <v>74452</v>
       </c>
       <c r="P15" s="32">
-        <v>73905</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>74337</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>106464</v>
+        <v>107614</v>
       </c>
       <c r="E16" s="32">
-        <v>106201</v>
+        <v>106477</v>
       </c>
       <c r="F16" s="32">
-        <v>106257</v>
+        <v>106578</v>
       </c>
       <c r="G16" s="32">
-        <v>106385</v>
+        <v>106698</v>
       </c>
       <c r="H16" s="32">
-        <v>106527</v>
+        <v>106791</v>
       </c>
       <c r="I16" s="32">
-        <v>106571</v>
+        <v>106806</v>
       </c>
       <c r="J16" s="32">
-        <v>106521</v>
+        <v>106757</v>
       </c>
       <c r="K16" s="32">
-        <v>106422</v>
+        <v>106749</v>
       </c>
       <c r="L16" s="32">
-        <v>106460</v>
+        <v>107020</v>
       </c>
       <c r="M16" s="32">
-        <v>106430</v>
+        <v>107271</v>
       </c>
       <c r="N16" s="32">
-        <v>106453</v>
+        <v>107566</v>
       </c>
       <c r="O16" s="32">
-        <v>106508</v>
+        <v>107612</v>
       </c>
       <c r="P16" s="32">
-        <v>106464</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>107614</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>35196</v>
+        <v>34865</v>
       </c>
       <c r="E17" s="32">
-        <v>34578</v>
+        <v>35303</v>
       </c>
       <c r="F17" s="32">
-        <v>34665</v>
+        <v>35342</v>
       </c>
       <c r="G17" s="32">
-        <v>34709</v>
+        <v>35183</v>
       </c>
       <c r="H17" s="32">
-        <v>34576</v>
+        <v>35191</v>
       </c>
       <c r="I17" s="32">
-        <v>34567</v>
+        <v>35186</v>
       </c>
       <c r="J17" s="32">
-        <v>34529</v>
+        <v>35075</v>
       </c>
       <c r="K17" s="32">
-        <v>34575</v>
+        <v>34966</v>
       </c>
       <c r="L17" s="32">
-        <v>34697</v>
+        <v>34903</v>
       </c>
       <c r="M17" s="32">
-        <v>34951</v>
+        <v>35075</v>
       </c>
       <c r="N17" s="32">
-        <v>35172</v>
+        <v>35097</v>
       </c>
       <c r="O17" s="32">
-        <v>35255</v>
+        <v>35045</v>
       </c>
       <c r="P17" s="32">
-        <v>35196</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>34865</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>141110</v>
+        <v>142070</v>
       </c>
       <c r="E18" s="33">
-        <v>140670</v>
+        <v>141720</v>
       </c>
       <c r="F18" s="33">
-        <v>140850</v>
+        <v>141850</v>
       </c>
       <c r="G18" s="33">
-        <v>141010</v>
+        <v>141900</v>
       </c>
       <c r="H18" s="33">
-        <v>141100</v>
+        <v>141930</v>
       </c>
       <c r="I18" s="33">
-        <v>141120</v>
+        <v>141990</v>
       </c>
       <c r="J18" s="33">
-        <v>141090</v>
+        <v>141910</v>
       </c>
       <c r="K18" s="33">
-        <v>141020</v>
+        <v>141770</v>
       </c>
       <c r="L18" s="33">
-        <v>141080</v>
+        <v>141820</v>
       </c>
       <c r="M18" s="33">
-        <v>141270</v>
+        <v>142130</v>
       </c>
       <c r="N18" s="33">
-        <v>141500</v>
+        <v>142500</v>
       </c>
       <c r="O18" s="33">
-        <v>141690</v>
+        <v>142660</v>
       </c>
       <c r="P18" s="33">
-        <v>141710</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>142570</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1678</v>
+        <v>1669</v>
       </c>
       <c r="E20" s="21">
+        <v>126</v>
+      </c>
+      <c r="F20" s="21">
+        <v>114</v>
+      </c>
+      <c r="G20" s="21">
+        <v>159</v>
+      </c>
+      <c r="H20" s="21">
+        <v>121</v>
+      </c>
+      <c r="I20" s="21">
         <v>122</v>
       </c>
-      <c r="F20" s="21">
-[...5 lines deleted...]
-      <c r="H20" s="21">
+      <c r="J20" s="21">
+        <v>180</v>
+      </c>
+      <c r="K20" s="21">
         <v>123</v>
       </c>
-      <c r="I20" s="21">
+      <c r="L20" s="21">
+        <v>163</v>
+      </c>
+      <c r="M20" s="21">
+        <v>124</v>
+      </c>
+      <c r="N20" s="21">
+        <v>168</v>
+      </c>
+      <c r="O20" s="21">
         <v>126</v>
       </c>
-      <c r="J20" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="P20" s="21">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>870</v>
+        <v>850</v>
       </c>
       <c r="E21" s="21">
+        <v>63</v>
+      </c>
+      <c r="F21" s="21">
+        <v>57</v>
+      </c>
+      <c r="G21" s="21">
+        <v>81</v>
+      </c>
+      <c r="H21" s="21">
         <v>61</v>
       </c>
-      <c r="F21" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="I21" s="21">
+        <v>59</v>
+      </c>
+      <c r="J21" s="21">
+        <v>91</v>
+      </c>
+      <c r="K21" s="21">
+        <v>66</v>
+      </c>
+      <c r="L21" s="21">
+        <v>82</v>
+      </c>
+      <c r="M21" s="21">
+        <v>68</v>
+      </c>
+      <c r="N21" s="21">
+        <v>91</v>
+      </c>
+      <c r="O21" s="21">
+        <v>58</v>
+      </c>
+      <c r="P21" s="21">
         <v>73</v>
       </c>
-      <c r="J21" s="21">
-[...21 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="E22" s="21">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F22" s="21">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G22" s="21">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H22" s="21">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="I22" s="21">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="J22" s="21">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="K22" s="21">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="L22" s="21">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="M22" s="21">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="N22" s="21">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="O22" s="21">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="P22" s="21">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="E23" s="32">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="32">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="G23" s="32">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="H23" s="32">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I23" s="32">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="J23" s="32">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="K23" s="32">
-        <v>125</v>
+        <v>90</v>
       </c>
       <c r="L23" s="32">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="M23" s="32">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="N23" s="32">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="O23" s="32">
-        <v>72</v>
+        <v>101</v>
       </c>
       <c r="P23" s="32">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="E24" s="33">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F24" s="33">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G24" s="33">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H24" s="33">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I24" s="33">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="J24" s="33">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K24" s="33">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="L24" s="33">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M24" s="33">
         <v>31</v>
       </c>
       <c r="N24" s="33">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="O24" s="33">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="P24" s="33">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="E26" s="21">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="F26" s="21">
         <v>121</v>
       </c>
       <c r="G26" s="21">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="H26" s="21">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="I26" s="21">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="J26" s="21">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="K26" s="21">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="L26" s="21">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="M26" s="21">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="N26" s="21">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="O26" s="21">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="P26" s="21">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="E27" s="21">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="F27" s="21">
+        <v>55</v>
+      </c>
+      <c r="G27" s="21">
+        <v>44</v>
+      </c>
+      <c r="H27" s="21">
         <v>43</v>
       </c>
-      <c r="G27" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="I27" s="21">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J27" s="21">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="K27" s="21">
+        <v>36</v>
+      </c>
+      <c r="L27" s="21">
         <v>46</v>
       </c>
-      <c r="L27" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="21">
+        <v>39</v>
+      </c>
+      <c r="N27" s="21">
+        <v>55</v>
+      </c>
+      <c r="O27" s="21">
         <v>42</v>
       </c>
-      <c r="N27" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="P27" s="21">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="E28" s="21">
-        <v>55</v>
+        <v>105</v>
       </c>
       <c r="F28" s="21">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="G28" s="21">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="H28" s="21">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I28" s="21">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="J28" s="21">
         <v>48</v>
       </c>
       <c r="K28" s="21">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="L28" s="21">
+        <v>62</v>
+      </c>
+      <c r="M28" s="21">
+        <v>37</v>
+      </c>
+      <c r="N28" s="21">
+        <v>75</v>
+      </c>
+      <c r="O28" s="21">
         <v>52</v>
       </c>
-      <c r="M28" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="P28" s="21">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1179</v>
+        <v>1178</v>
       </c>
       <c r="E29" s="21">
-        <v>84</v>
+        <v>159</v>
       </c>
       <c r="F29" s="21">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G29" s="21">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="H29" s="21">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="I29" s="21">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="J29" s="21">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="K29" s="21">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="L29" s="21">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="M29" s="21">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="N29" s="21">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="O29" s="21">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="P29" s="21">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="E30" s="21">
+        <v>6</v>
+      </c>
+      <c r="F30" s="21">
+        <v>10</v>
+      </c>
+      <c r="G30" s="21">
+        <v>19</v>
+      </c>
+      <c r="H30" s="21">
+        <v>10</v>
+      </c>
+      <c r="I30" s="21">
+        <v>11</v>
+      </c>
+      <c r="J30" s="21">
+        <v>8</v>
+      </c>
+      <c r="K30" s="21">
+        <v>9</v>
+      </c>
+      <c r="L30" s="21">
+        <v>15</v>
+      </c>
+      <c r="M30" s="21">
         <v>4</v>
       </c>
-      <c r="F30" s="21">
-[...8 lines deleted...]
-      <c r="I30" s="21">
+      <c r="N30" s="21">
         <v>7</v>
       </c>
-      <c r="J30" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="O30" s="21">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="P30" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31" s="32">
+        <v>2</v>
+      </c>
+      <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>2</v>
+      </c>
+      <c r="I31" s="32">
         <v>1</v>
       </c>
-      <c r="G31" s="32">
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>0</v>
+      </c>
+      <c r="L31" s="32">
+        <v>0</v>
+      </c>
+      <c r="M31" s="32">
+        <v>0</v>
+      </c>
+      <c r="N31" s="32">
+        <v>0</v>
+      </c>
+      <c r="O31" s="32">
+        <v>0</v>
+      </c>
+      <c r="P31" s="32">
         <v>2</v>
       </c>
-      <c r="H31" s="32">
-[...27 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F32" s="32">
+        <v>2</v>
+      </c>
+      <c r="G32" s="32">
+        <v>0</v>
+      </c>
+      <c r="H32" s="32">
+        <v>2</v>
+      </c>
+      <c r="I32" s="32">
         <v>1</v>
       </c>
-      <c r="G32" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
         <v>1</v>
       </c>
       <c r="F33" s="32">
+        <v>0</v>
+      </c>
+      <c r="G33" s="32">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
+        <v>2</v>
+      </c>
+      <c r="J33" s="32">
+        <v>5</v>
+      </c>
+      <c r="K33" s="32">
+        <v>2</v>
+      </c>
+      <c r="L33" s="32">
         <v>3</v>
       </c>
-      <c r="J33" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="M33" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N33" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O33" s="32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P33" s="32">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E34" s="32">
+        <v>18</v>
+      </c>
+      <c r="F34" s="32">
+        <v>11</v>
+      </c>
+      <c r="G34" s="32">
+        <v>6</v>
+      </c>
+      <c r="H34" s="32">
         <v>7</v>
       </c>
-      <c r="F34" s="32">
-[...2 lines deleted...]
-      <c r="G34" s="32">
+      <c r="I34" s="32">
+        <v>10</v>
+      </c>
+      <c r="J34" s="32">
+        <v>10</v>
+      </c>
+      <c r="K34" s="32">
+        <v>10</v>
+      </c>
+      <c r="L34" s="32">
+        <v>16</v>
+      </c>
+      <c r="M34" s="32">
         <v>11</v>
       </c>
-      <c r="H34" s="32">
-[...2 lines deleted...]
-      <c r="I34" s="32">
+      <c r="N34" s="32">
+        <v>17</v>
+      </c>
+      <c r="O34" s="32">
         <v>13</v>
       </c>
-      <c r="J34" s="32">
-[...16 lines deleted...]
-      </c>
       <c r="P34" s="32">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="E35" s="32">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F35" s="32">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G35" s="32">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H35" s="32">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="I35" s="32">
+        <v>23</v>
+      </c>
+      <c r="J35" s="32">
+        <v>16</v>
+      </c>
+      <c r="K35" s="32">
+        <v>22</v>
+      </c>
+      <c r="L35" s="32">
         <v>27</v>
       </c>
-      <c r="J35" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="M35" s="32">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="N35" s="32">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="O35" s="32">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="P35" s="32">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>870</v>
+        <v>822</v>
       </c>
       <c r="E36" s="33">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="F36" s="33">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="G36" s="33">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="H36" s="33">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="I36" s="33">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J36" s="33">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="K36" s="33">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="L36" s="33">
         <v>61</v>
       </c>
       <c r="M36" s="33">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="N36" s="33">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O36" s="33">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="P36" s="33">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1672</v>
+        <v>1696</v>
       </c>
       <c r="E38" s="26">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F38" s="26">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G38" s="26">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="H38" s="26">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="I38" s="26">
-        <v>148</v>
+        <v>216</v>
       </c>
       <c r="J38" s="26">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="K38" s="26">
-        <v>240</v>
+        <v>171</v>
       </c>
       <c r="L38" s="26">
-        <v>179</v>
+        <v>248</v>
       </c>
       <c r="M38" s="26">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="N38" s="26">
-        <v>124</v>
+        <v>164</v>
       </c>
       <c r="O38" s="26">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="P38" s="26">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="E39" s="21">
         <v>49</v>
       </c>
       <c r="F39" s="21">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G39" s="21">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="H39" s="21">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I39" s="21">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="J39" s="21">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="K39" s="21">
-        <v>117</v>
+        <v>84</v>
       </c>
       <c r="L39" s="21">
-        <v>89</v>
+        <v>130</v>
       </c>
       <c r="M39" s="21">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="N39" s="21">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="O39" s="21">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="P39" s="21">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>813</v>
+        <v>828</v>
       </c>
       <c r="E40" s="21">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F40" s="21">
+        <v>43</v>
+      </c>
+      <c r="G40" s="21">
+        <v>49</v>
+      </c>
+      <c r="H40" s="21">
+        <v>53</v>
+      </c>
+      <c r="I40" s="21">
+        <v>108</v>
+      </c>
+      <c r="J40" s="21">
+        <v>110</v>
+      </c>
+      <c r="K40" s="21">
+        <v>87</v>
+      </c>
+      <c r="L40" s="21">
+        <v>118</v>
+      </c>
+      <c r="M40" s="21">
+        <v>62</v>
+      </c>
+      <c r="N40" s="21">
+        <v>82</v>
+      </c>
+      <c r="O40" s="21">
         <v>44</v>
       </c>
-      <c r="G40" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P40" s="21">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1189</v>
+        <v>1217</v>
       </c>
       <c r="E41" s="21">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F41" s="21">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G41" s="21">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="H41" s="21">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="I41" s="21">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="J41" s="21">
-        <v>145</v>
+        <v>167</v>
       </c>
       <c r="K41" s="21">
-        <v>185</v>
+        <v>129</v>
       </c>
       <c r="L41" s="21">
-        <v>144</v>
+        <v>189</v>
       </c>
       <c r="M41" s="21">
-        <v>144</v>
+        <v>93</v>
       </c>
       <c r="N41" s="21">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="O41" s="21">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="P41" s="21">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="E42" s="34">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F42" s="34">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G42" s="34">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H42" s="34">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="I42" s="34">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="J42" s="34">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K42" s="34">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="L42" s="34">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="M42" s="34">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N42" s="34">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="O42" s="34">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="P42" s="34">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>595</v>
+        <v>523</v>
       </c>
       <c r="E44" s="21">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F44" s="21">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G44" s="21">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="H44" s="21">
         <v>29</v>
       </c>
       <c r="I44" s="21">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="J44" s="21">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="K44" s="21">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="L44" s="21">
         <v>34</v>
       </c>
       <c r="M44" s="21">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N44" s="21">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="O44" s="21">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="P44" s="21">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="E45" s="21">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F45" s="21">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="G45" s="21">
+        <v>23</v>
+      </c>
+      <c r="H45" s="21">
+        <v>13</v>
+      </c>
+      <c r="I45" s="21">
+        <v>22</v>
+      </c>
+      <c r="J45" s="21">
         <v>27</v>
       </c>
-      <c r="H45" s="21">
+      <c r="K45" s="21">
+        <v>15</v>
+      </c>
+      <c r="L45" s="21">
+        <v>16</v>
+      </c>
+      <c r="M45" s="21">
         <v>14</v>
       </c>
-      <c r="I45" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="N45" s="21">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="O45" s="21">
         <v>26</v>
       </c>
       <c r="P45" s="21">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>307</v>
+        <v>256</v>
       </c>
       <c r="E46" s="21">
         <v>23</v>
       </c>
       <c r="F46" s="21">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G46" s="21">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H46" s="21">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I46" s="21">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="J46" s="21">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="K46" s="21">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="L46" s="21">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="M46" s="21">
+        <v>17</v>
+      </c>
+      <c r="N46" s="21">
+        <v>31</v>
+      </c>
+      <c r="O46" s="21">
+        <v>22</v>
+      </c>
+      <c r="P46" s="21">
         <v>20</v>
       </c>
-      <c r="N46" s="21">
-[...9 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>390</v>
+        <v>329</v>
       </c>
       <c r="E47" s="21">
+        <v>33</v>
+      </c>
+      <c r="F47" s="21">
         <v>24</v>
       </c>
-      <c r="F47" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="21">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="H47" s="21">
+        <v>15</v>
+      </c>
+      <c r="I47" s="21">
+        <v>36</v>
+      </c>
+      <c r="J47" s="21">
+        <v>27</v>
+      </c>
+      <c r="K47" s="21">
         <v>16</v>
       </c>
-      <c r="I47" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="L47" s="21">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="M47" s="21">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="N47" s="21">
+        <v>51</v>
+      </c>
+      <c r="O47" s="21">
         <v>34</v>
       </c>
-      <c r="O47" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="P47" s="21">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="E48" s="34">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F48" s="34">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G48" s="34">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H48" s="34">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I48" s="34">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="J48" s="34">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="K48" s="34">
+        <v>20</v>
+      </c>
+      <c r="L48" s="34">
+        <v>18</v>
+      </c>
+      <c r="M48" s="34">
+        <v>9</v>
+      </c>
+      <c r="N48" s="34">
+        <v>17</v>
+      </c>
+      <c r="O48" s="34">
         <v>14</v>
       </c>
-      <c r="L48" s="34">
-[...10 lines deleted...]
-      </c>
       <c r="P48" s="34">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
-      <c r="P49" s="30" t="s">
+      <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
-      <c r="P3" s="31"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+      <c r="P3" s="22"/>
+    </row>
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
-      <c r="M4" s="31"/>
-[...1 lines deleted...]
-      <c r="O4" s="31"/>
+      <c r="M4" s="22"/>
+      <c r="N4" s="22"/>
+      <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>139089</v>
+        <v>140567</v>
       </c>
       <c r="E8" s="32">
-        <v>139089</v>
+        <v>140567</v>
       </c>
       <c r="F8" s="32">
-        <v>139211</v>
+        <v>140779</v>
       </c>
       <c r="G8" s="32">
-        <v>139382</v>
+        <v>140922</v>
       </c>
       <c r="H8" s="32">
-        <v>139500</v>
+        <v>141094</v>
       </c>
       <c r="I8" s="32">
-        <v>139681</v>
+        <v>141103</v>
       </c>
       <c r="J8" s="32">
-        <v>139807</v>
+        <v>141138</v>
       </c>
       <c r="K8" s="32">
-        <v>139804</v>
+        <v>141050</v>
       </c>
       <c r="L8" s="32">
-        <v>139800</v>
+        <v>140997</v>
       </c>
       <c r="M8" s="32">
-        <v>139930</v>
+        <v>141157</v>
       </c>
       <c r="N8" s="32">
-        <v>140288</v>
+        <v>141381</v>
       </c>
       <c r="O8" s="32">
-        <v>140627</v>
+        <v>141625</v>
       </c>
       <c r="P8" s="32">
-        <v>140634</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>141763</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="35">
-        <v>342</v>
+      <c r="D9" s="42">
+        <v>391</v>
       </c>
       <c r="E9" s="24">
-        <v>-17</v>
+        <v>34</v>
       </c>
       <c r="F9" s="24">
-        <v>27</v>
+        <v>-2</v>
       </c>
       <c r="G9" s="24">
-        <v>-6</v>
+        <v>36</v>
       </c>
       <c r="H9" s="24">
-        <v>-5</v>
+        <v>51</v>
       </c>
       <c r="I9" s="24">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="J9" s="24">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="K9" s="24">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="L9" s="24">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="M9" s="24">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="N9" s="24">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="O9" s="24">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="P9" s="24">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="35">
-        <v>1099</v>
+      <c r="D10" s="42">
+        <v>889</v>
       </c>
       <c r="E10" s="24">
-        <v>139</v>
+        <v>178</v>
       </c>
       <c r="F10" s="24">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G10" s="24">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="H10" s="24">
-        <v>186</v>
+        <v>-42</v>
       </c>
       <c r="I10" s="24">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="J10" s="24">
-        <v>-52</v>
+        <v>-144</v>
       </c>
       <c r="K10" s="24">
-        <v>-20</v>
+        <v>-116</v>
       </c>
       <c r="L10" s="24">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="M10" s="24">
-        <v>313</v>
+        <v>209</v>
       </c>
       <c r="N10" s="24">
-        <v>278</v>
+        <v>231</v>
       </c>
       <c r="O10" s="24">
-        <v>-18</v>
+        <v>138</v>
       </c>
       <c r="P10" s="24">
-        <v>-112</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
-        <v>1441</v>
+        <v>1280</v>
       </c>
       <c r="E11" s="24">
-        <v>122</v>
+        <v>212</v>
       </c>
       <c r="F11" s="24">
-        <v>171</v>
+        <v>143</v>
       </c>
       <c r="G11" s="24">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="H11" s="24">
-        <v>181</v>
+        <v>9</v>
       </c>
       <c r="I11" s="24">
-        <v>126</v>
+        <v>35</v>
       </c>
       <c r="J11" s="24">
-        <v>-3</v>
+        <v>-88</v>
       </c>
       <c r="K11" s="24">
-        <v>-4</v>
+        <v>-53</v>
       </c>
       <c r="L11" s="24">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="M11" s="24">
-        <v>358</v>
+        <v>224</v>
       </c>
       <c r="N11" s="24">
-        <v>339</v>
+        <v>244</v>
       </c>
       <c r="O11" s="24">
-        <v>7</v>
+        <v>138</v>
       </c>
       <c r="P11" s="24">
-        <v>-104</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="35">
-        <v>37</v>
+      <c r="D12" s="42">
+        <v>-187</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>-187</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>140567</v>
+        <v>141660</v>
       </c>
       <c r="E13" s="32">
-        <v>139211</v>
+        <v>140779</v>
       </c>
       <c r="F13" s="32">
-        <v>139382</v>
+        <v>140922</v>
       </c>
       <c r="G13" s="32">
-        <v>139500</v>
+        <v>141094</v>
       </c>
       <c r="H13" s="32">
-        <v>139681</v>
+        <v>141103</v>
       </c>
       <c r="I13" s="32">
-        <v>139807</v>
+        <v>141138</v>
       </c>
       <c r="J13" s="32">
-        <v>139804</v>
+        <v>141050</v>
       </c>
       <c r="K13" s="32">
-        <v>139800</v>
+        <v>140997</v>
       </c>
       <c r="L13" s="32">
-        <v>139930</v>
+        <v>141157</v>
       </c>
       <c r="M13" s="32">
-        <v>140288</v>
+        <v>141381</v>
       </c>
       <c r="N13" s="32">
-        <v>140627</v>
+        <v>141625</v>
       </c>
       <c r="O13" s="32">
-        <v>140634</v>
+        <v>141763</v>
       </c>
       <c r="P13" s="32">
-        <v>140567</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>141660</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>67139</v>
+        <v>67755</v>
       </c>
       <c r="E14" s="32">
-        <v>66464</v>
+        <v>67266</v>
       </c>
       <c r="F14" s="32">
-        <v>66555</v>
+        <v>67335</v>
       </c>
       <c r="G14" s="32">
-        <v>66657</v>
+        <v>67434</v>
       </c>
       <c r="H14" s="32">
-        <v>66697</v>
+        <v>67437</v>
       </c>
       <c r="I14" s="32">
-        <v>66777</v>
+        <v>67466</v>
       </c>
       <c r="J14" s="32">
-        <v>66830</v>
+        <v>67427</v>
       </c>
       <c r="K14" s="32">
-        <v>66848</v>
+        <v>67431</v>
       </c>
       <c r="L14" s="32">
-        <v>66894</v>
+        <v>67512</v>
       </c>
       <c r="M14" s="32">
-        <v>67050</v>
+        <v>67623</v>
       </c>
       <c r="N14" s="32">
-        <v>67179</v>
+        <v>67748</v>
       </c>
       <c r="O14" s="32">
-        <v>67136</v>
+        <v>67803</v>
       </c>
       <c r="P14" s="32">
-        <v>67139</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>67755</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>73428</v>
+        <v>73905</v>
       </c>
       <c r="E15" s="32">
-        <v>72747</v>
+        <v>73513</v>
       </c>
       <c r="F15" s="32">
-        <v>72827</v>
+        <v>73587</v>
       </c>
       <c r="G15" s="32">
-        <v>72843</v>
+        <v>73660</v>
       </c>
       <c r="H15" s="32">
-        <v>72984</v>
+        <v>73666</v>
       </c>
       <c r="I15" s="32">
-        <v>73030</v>
+        <v>73672</v>
       </c>
       <c r="J15" s="32">
-        <v>72974</v>
+        <v>73623</v>
       </c>
       <c r="K15" s="32">
-        <v>72952</v>
+        <v>73566</v>
       </c>
       <c r="L15" s="32">
-        <v>73036</v>
+        <v>73645</v>
       </c>
       <c r="M15" s="32">
-        <v>73238</v>
+        <v>73758</v>
       </c>
       <c r="N15" s="32">
-        <v>73448</v>
+        <v>73877</v>
       </c>
       <c r="O15" s="32">
-        <v>73498</v>
+        <v>73960</v>
       </c>
       <c r="P15" s="32">
-        <v>73428</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>73905</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>105996</v>
+        <v>106464</v>
       </c>
       <c r="E16" s="32">
-        <v>105486</v>
+        <v>106201</v>
       </c>
       <c r="F16" s="32">
-        <v>105580</v>
+        <v>106257</v>
       </c>
       <c r="G16" s="32">
-        <v>105571</v>
+        <v>106385</v>
       </c>
       <c r="H16" s="32">
-        <v>105616</v>
+        <v>106527</v>
       </c>
       <c r="I16" s="32">
-        <v>105694</v>
+        <v>106571</v>
       </c>
       <c r="J16" s="32">
-        <v>105700</v>
+        <v>106521</v>
       </c>
       <c r="K16" s="32">
-        <v>105699</v>
+        <v>106422</v>
       </c>
       <c r="L16" s="32">
-        <v>105708</v>
+        <v>106460</v>
       </c>
       <c r="M16" s="32">
-        <v>105826</v>
+        <v>106430</v>
       </c>
       <c r="N16" s="32">
-        <v>106007</v>
+        <v>106453</v>
       </c>
       <c r="O16" s="32">
-        <v>105980</v>
+        <v>106508</v>
       </c>
       <c r="P16" s="32">
-        <v>105996</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>106464</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>34571</v>
+        <v>35196</v>
       </c>
       <c r="E17" s="32">
-        <v>33725</v>
+        <v>34578</v>
       </c>
       <c r="F17" s="32">
-        <v>33802</v>
+        <v>34665</v>
       </c>
       <c r="G17" s="32">
-        <v>33929</v>
+        <v>34709</v>
       </c>
       <c r="H17" s="32">
-        <v>34065</v>
+        <v>34576</v>
       </c>
       <c r="I17" s="32">
-        <v>34113</v>
+        <v>34567</v>
       </c>
       <c r="J17" s="32">
-        <v>34104</v>
+        <v>34529</v>
       </c>
       <c r="K17" s="32">
-        <v>34101</v>
+        <v>34575</v>
       </c>
       <c r="L17" s="32">
-        <v>34222</v>
+        <v>34697</v>
       </c>
       <c r="M17" s="32">
-        <v>34462</v>
+        <v>34951</v>
       </c>
       <c r="N17" s="32">
-        <v>34620</v>
+        <v>35172</v>
       </c>
       <c r="O17" s="32">
-        <v>34654</v>
+        <v>35255</v>
       </c>
       <c r="P17" s="32">
-        <v>34571</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>35196</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>139830</v>
+        <v>141110</v>
       </c>
       <c r="E18" s="33">
-        <v>139150</v>
+        <v>140670</v>
       </c>
       <c r="F18" s="33">
-        <v>139300</v>
+        <v>140850</v>
       </c>
       <c r="G18" s="33">
-        <v>139440</v>
+        <v>141010</v>
       </c>
       <c r="H18" s="33">
-        <v>139590</v>
+        <v>141100</v>
       </c>
       <c r="I18" s="33">
-        <v>139740</v>
+        <v>141120</v>
       </c>
       <c r="J18" s="33">
-        <v>139810</v>
+        <v>141090</v>
       </c>
       <c r="K18" s="33">
-        <v>139800</v>
+        <v>141020</v>
       </c>
       <c r="L18" s="33">
-        <v>139870</v>
+        <v>141080</v>
       </c>
       <c r="M18" s="33">
-        <v>140110</v>
+        <v>141270</v>
       </c>
       <c r="N18" s="33">
-        <v>140460</v>
+        <v>141500</v>
       </c>
       <c r="O18" s="33">
-        <v>140630</v>
+        <v>141690</v>
       </c>
       <c r="P18" s="33">
-        <v>140600</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>141710</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="E20" s="21">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F20" s="21">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="G20" s="21">
+        <v>165</v>
+      </c>
+      <c r="H20" s="21">
+        <v>123</v>
+      </c>
+      <c r="I20" s="21">
         <v>126</v>
       </c>
-      <c r="H20" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="J20" s="21">
-        <v>142</v>
+        <v>163</v>
       </c>
       <c r="K20" s="21">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="L20" s="21">
-        <v>118</v>
+        <v>146</v>
       </c>
       <c r="M20" s="21">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="N20" s="21">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="O20" s="21">
-        <v>144</v>
+        <v>104</v>
       </c>
       <c r="P20" s="21">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="E21" s="21">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F21" s="21">
-        <v>83</v>
+        <v>61</v>
       </c>
       <c r="G21" s="21">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="H21" s="21">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="I21" s="21">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="J21" s="21">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="K21" s="21">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="L21" s="21">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="M21" s="21">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="N21" s="21">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="O21" s="21">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="P21" s="21">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>791</v>
+        <v>808</v>
       </c>
       <c r="E22" s="21">
+        <v>61</v>
+      </c>
+      <c r="F22" s="21">
+        <v>58</v>
+      </c>
+      <c r="G22" s="21">
+        <v>79</v>
+      </c>
+      <c r="H22" s="21">
         <v>51</v>
       </c>
-      <c r="F22" s="21">
-[...2 lines deleted...]
-      <c r="G22" s="21">
+      <c r="I22" s="21">
+        <v>53</v>
+      </c>
+      <c r="J22" s="21">
+        <v>78</v>
+      </c>
+      <c r="K22" s="21">
+        <v>88</v>
+      </c>
+      <c r="L22" s="21">
         <v>67</v>
       </c>
-      <c r="H22" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="M22" s="21">
-        <v>84</v>
+        <v>61</v>
       </c>
       <c r="N22" s="21">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="O22" s="21">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="P22" s="21">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1292</v>
+        <v>1258</v>
       </c>
       <c r="E23" s="32">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F23" s="32">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="G23" s="32">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="H23" s="32">
         <v>87</v>
       </c>
       <c r="I23" s="32">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="J23" s="32">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="K23" s="32">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="L23" s="32">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="M23" s="32">
-        <v>131</v>
+        <v>80</v>
       </c>
       <c r="N23" s="32">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O23" s="32">
-        <v>112</v>
+        <v>72</v>
       </c>
       <c r="P23" s="32">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="E24" s="33">
         <v>36</v>
       </c>
       <c r="F24" s="33">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="G24" s="33">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H24" s="33">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I24" s="33">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="J24" s="33">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="K24" s="33">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L24" s="33">
+        <v>35</v>
+      </c>
+      <c r="M24" s="33">
         <v>31</v>
       </c>
-      <c r="M24" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="N24" s="33">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="O24" s="33">
         <v>32</v>
       </c>
       <c r="P24" s="33">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1335</v>
+        <v>1287</v>
       </c>
       <c r="E26" s="21">
+        <v>88</v>
+      </c>
+      <c r="F26" s="21">
+        <v>121</v>
+      </c>
+      <c r="G26" s="21">
+        <v>129</v>
+      </c>
+      <c r="H26" s="21">
+        <v>72</v>
+      </c>
+      <c r="I26" s="21">
+        <v>116</v>
+      </c>
+      <c r="J26" s="21">
+        <v>107</v>
+      </c>
+      <c r="K26" s="21">
+        <v>111</v>
+      </c>
+      <c r="L26" s="21">
+        <v>99</v>
+      </c>
+      <c r="M26" s="21">
+        <v>96</v>
+      </c>
+      <c r="N26" s="21">
+        <v>109</v>
+      </c>
+      <c r="O26" s="21">
+        <v>104</v>
+      </c>
+      <c r="P26" s="21">
         <v>135</v>
       </c>
-      <c r="F26" s="21">
-[...33 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>582</v>
+        <v>534</v>
       </c>
       <c r="E27" s="21">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="F27" s="21">
+        <v>43</v>
+      </c>
+      <c r="G27" s="21">
         <v>52</v>
       </c>
-      <c r="G27" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="21">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I27" s="21">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="J27" s="21">
+        <v>59</v>
+      </c>
+      <c r="K27" s="21">
         <v>46</v>
       </c>
-      <c r="K27" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="21">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="M27" s="21">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="N27" s="21">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="O27" s="21">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="P27" s="21">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
         <v>753</v>
       </c>
       <c r="E28" s="21">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="F28" s="21">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="G28" s="21">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H28" s="21">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I28" s="21">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="J28" s="21">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K28" s="21">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="L28" s="21">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="M28" s="21">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="N28" s="21">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="O28" s="21">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="P28" s="21">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1205</v>
+        <v>1179</v>
       </c>
       <c r="E29" s="21">
-        <v>125</v>
+        <v>84</v>
       </c>
       <c r="F29" s="21">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G29" s="21">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H29" s="21">
-        <v>120</v>
+        <v>67</v>
       </c>
       <c r="I29" s="21">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="J29" s="21">
+        <v>96</v>
+      </c>
+      <c r="K29" s="21">
+        <v>100</v>
+      </c>
+      <c r="L29" s="21">
         <v>83</v>
       </c>
-      <c r="K29" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="M29" s="21">
-        <v>119</v>
+        <v>93</v>
       </c>
       <c r="N29" s="21">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="O29" s="21">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="P29" s="21">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="E30" s="21">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F30" s="21">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G30" s="21">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H30" s="21">
         <v>5</v>
       </c>
       <c r="I30" s="21">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="J30" s="21">
+        <v>11</v>
+      </c>
+      <c r="K30" s="21">
+        <v>11</v>
+      </c>
+      <c r="L30" s="21">
+        <v>16</v>
+      </c>
+      <c r="M30" s="21">
+        <v>3</v>
+      </c>
+      <c r="N30" s="21">
+        <v>9</v>
+      </c>
+      <c r="O30" s="21">
         <v>10</v>
       </c>
-      <c r="K30" s="21">
-[...5 lines deleted...]
-      <c r="M30" s="21">
+      <c r="P30" s="21">
         <v>9</v>
       </c>
-      <c r="N30" s="21">
-[...9 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G31" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>0</v>
+      </c>
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>0</v>
+      </c>
+      <c r="L31" s="32">
         <v>1</v>
       </c>
-      <c r="I31" s="32">
-[...2 lines deleted...]
-      <c r="J31" s="32">
+      <c r="M31" s="32">
+        <v>0</v>
+      </c>
+      <c r="N31" s="32">
         <v>2</v>
       </c>
-      <c r="K31" s="32">
-[...10 lines deleted...]
-      </c>
       <c r="O31" s="32">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="P31" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G32" s="32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>0</v>
       </c>
       <c r="J32" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>1</v>
       </c>
       <c r="L32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O32" s="32">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="P32" s="32">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E33" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F33" s="32">
+        <v>3</v>
+      </c>
+      <c r="G33" s="32">
         <v>2</v>
       </c>
-      <c r="G33" s="32">
+      <c r="H33" s="32">
         <v>1</v>
       </c>
-      <c r="H33" s="32">
+      <c r="I33" s="32">
         <v>3</v>
       </c>
-      <c r="I33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="J33" s="32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K33" s="32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L33" s="32">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M33" s="32">
+        <v>0</v>
+      </c>
+      <c r="N33" s="32">
+        <v>0</v>
+      </c>
+      <c r="O33" s="32">
         <v>3</v>
       </c>
-      <c r="N33" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="P33" s="32">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="E34" s="32">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F34" s="32">
         <v>14</v>
       </c>
       <c r="G34" s="32">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="H34" s="32">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I34" s="32">
+        <v>13</v>
+      </c>
+      <c r="J34" s="32">
         <v>11</v>
       </c>
-      <c r="J34" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K34" s="32">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L34" s="32">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="M34" s="32">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="N34" s="32">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="O34" s="32">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="P34" s="32">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>301</v>
+        <v>252</v>
       </c>
       <c r="E35" s="32">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F35" s="32">
         <v>21</v>
       </c>
       <c r="G35" s="32">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H35" s="32">
+        <v>14</v>
+      </c>
+      <c r="I35" s="32">
         <v>27</v>
       </c>
-      <c r="I35" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="J35" s="32">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K35" s="32">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="L35" s="32">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M35" s="32">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="N35" s="32">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="O35" s="32">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="P35" s="32">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>854</v>
+        <v>870</v>
       </c>
       <c r="E36" s="33">
+        <v>67</v>
+      </c>
+      <c r="F36" s="33">
+        <v>82</v>
+      </c>
+      <c r="G36" s="33">
+        <v>86</v>
+      </c>
+      <c r="H36" s="33">
+        <v>45</v>
+      </c>
+      <c r="I36" s="33">
+        <v>73</v>
+      </c>
+      <c r="J36" s="33">
+        <v>76</v>
+      </c>
+      <c r="K36" s="33">
+        <v>75</v>
+      </c>
+      <c r="L36" s="33">
+        <v>61</v>
+      </c>
+      <c r="M36" s="33">
+        <v>72</v>
+      </c>
+      <c r="N36" s="33">
+        <v>74</v>
+      </c>
+      <c r="O36" s="33">
+        <v>66</v>
+      </c>
+      <c r="P36" s="33">
         <v>93</v>
       </c>
-      <c r="F36" s="33">
-[...33 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1639</v>
+        <v>1672</v>
       </c>
       <c r="E38" s="26">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="F38" s="26">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="G38" s="26">
-        <v>108</v>
+        <v>82</v>
       </c>
       <c r="H38" s="26">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="I38" s="26">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="J38" s="26">
-        <v>171</v>
+        <v>201</v>
       </c>
       <c r="K38" s="26">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="L38" s="26">
+        <v>179</v>
+      </c>
+      <c r="M38" s="26">
+        <v>190</v>
+      </c>
+      <c r="N38" s="26">
         <v>124</v>
       </c>
-      <c r="M38" s="26">
-[...4 lines deleted...]
-      </c>
       <c r="O38" s="26">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="P38" s="26">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>868</v>
+        <v>859</v>
       </c>
       <c r="E39" s="21">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="F39" s="21">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G39" s="21">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="H39" s="21">
+        <v>51</v>
+      </c>
+      <c r="I39" s="21">
+        <v>81</v>
+      </c>
+      <c r="J39" s="21">
+        <v>110</v>
+      </c>
+      <c r="K39" s="21">
+        <v>117</v>
+      </c>
+      <c r="L39" s="21">
+        <v>89</v>
+      </c>
+      <c r="M39" s="21">
+        <v>94</v>
+      </c>
+      <c r="N39" s="21">
         <v>65</v>
       </c>
-      <c r="I39" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="O39" s="21">
+        <v>54</v>
+      </c>
+      <c r="P39" s="21">
         <v>58</v>
       </c>
-      <c r="P39" s="21">
-[...3 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>771</v>
+        <v>813</v>
       </c>
       <c r="E40" s="21">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F40" s="21">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G40" s="21">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="H40" s="21">
         <v>61</v>
       </c>
       <c r="I40" s="21">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="J40" s="21">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="K40" s="21">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="L40" s="21">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M40" s="21">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="N40" s="21">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O40" s="21">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="P40" s="21">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1139</v>
+        <v>1189</v>
       </c>
       <c r="E41" s="21">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="F41" s="21">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G41" s="21">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H41" s="21">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="I41" s="21">
         <v>114</v>
       </c>
       <c r="J41" s="21">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="K41" s="21">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="L41" s="21">
-        <v>90</v>
+        <v>144</v>
       </c>
       <c r="M41" s="21">
-        <v>191</v>
+        <v>144</v>
       </c>
       <c r="N41" s="21">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="O41" s="21">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="P41" s="21">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>500</v>
+        <v>483</v>
       </c>
       <c r="E42" s="34">
+        <v>32</v>
+      </c>
+      <c r="F42" s="34">
+        <v>37</v>
+      </c>
+      <c r="G42" s="34">
+        <v>25</v>
+      </c>
+      <c r="H42" s="34">
         <v>33</v>
       </c>
-      <c r="F42" s="34">
-[...7 lines deleted...]
-      </c>
       <c r="I42" s="34">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="J42" s="34">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="K42" s="34">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="L42" s="34">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M42" s="34">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="N42" s="34">
         <v>55</v>
       </c>
       <c r="O42" s="34">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P42" s="34">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>624</v>
+        <v>595</v>
       </c>
       <c r="E44" s="21">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F44" s="21">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="G44" s="21">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H44" s="21">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I44" s="21">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="J44" s="21">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="K44" s="21">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="L44" s="21">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="M44" s="21">
-        <v>79</v>
+        <v>36</v>
       </c>
       <c r="N44" s="21">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="O44" s="21">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="P44" s="21">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>314</v>
+        <v>288</v>
       </c>
       <c r="E45" s="21">
+        <v>20</v>
+      </c>
+      <c r="F45" s="21">
+        <v>31</v>
+      </c>
+      <c r="G45" s="21">
         <v>27</v>
       </c>
-      <c r="F45" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="H45" s="21">
+        <v>14</v>
+      </c>
+      <c r="I45" s="21">
+        <v>16</v>
+      </c>
+      <c r="J45" s="21">
+        <v>28</v>
+      </c>
+      <c r="K45" s="21">
+        <v>28</v>
+      </c>
+      <c r="L45" s="21">
+        <v>18</v>
+      </c>
+      <c r="M45" s="21">
+        <v>16</v>
+      </c>
+      <c r="N45" s="21">
         <v>21</v>
       </c>
-      <c r="I45" s="21">
+      <c r="O45" s="21">
         <v>26</v>
       </c>
-      <c r="J45" s="21">
-[...8 lines deleted...]
-      <c r="M45" s="21">
+      <c r="P45" s="21">
         <v>43</v>
       </c>
-      <c r="N45" s="21">
-[...9 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="E46" s="21">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F46" s="21">
+        <v>28</v>
+      </c>
+      <c r="G46" s="21">
+        <v>32</v>
+      </c>
+      <c r="H46" s="21">
+        <v>15</v>
+      </c>
+      <c r="I46" s="21">
+        <v>26</v>
+      </c>
+      <c r="J46" s="21">
+        <v>26</v>
+      </c>
+      <c r="K46" s="21">
+        <v>29</v>
+      </c>
+      <c r="L46" s="21">
+        <v>16</v>
+      </c>
+      <c r="M46" s="21">
+        <v>20</v>
+      </c>
+      <c r="N46" s="21">
+        <v>25</v>
+      </c>
+      <c r="O46" s="21">
         <v>23</v>
       </c>
-      <c r="G46" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P46" s="21">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>420</v>
+        <v>390</v>
       </c>
       <c r="E47" s="21">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F47" s="21">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="G47" s="21">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H47" s="21">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I47" s="21">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="J47" s="21">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="K47" s="21">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L47" s="21">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="M47" s="21">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="N47" s="21">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="O47" s="21">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="P47" s="21">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E48" s="34">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F48" s="34">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G48" s="34">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H48" s="34">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I48" s="34">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="J48" s="34">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="K48" s="34">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L48" s="34">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="M48" s="34">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="N48" s="34">
         <v>12</v>
       </c>
       <c r="O48" s="34">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="P48" s="34">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="30" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P55" s="26" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="36" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A1:P55"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="7" style="1" customWidth="1"/>
+    <col min="5" max="7" width="7" style="21" customWidth="1"/>
+    <col min="8" max="11" width="7" style="1" customWidth="1"/>
+    <col min="12" max="16" width="7" style="21" customWidth="1"/>
+    <col min="17" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="L3" s="22"/>
+      <c r="M3" s="22"/>
+      <c r="N3" s="22"/>
+      <c r="O3" s="22"/>
+      <c r="P3" s="31"/>
+    </row>
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="8"/>
+      <c r="C4" s="8"/>
+      <c r="E4" s="22"/>
+      <c r="F4" s="22"/>
+      <c r="G4" s="22"/>
+      <c r="L4" s="22"/>
+      <c r="M4" s="31"/>
+      <c r="N4" s="31"/>
+      <c r="O4" s="31"/>
+      <c r="P4" s="22"/>
+    </row>
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D5" s="10"/>
+      <c r="P5" s="26" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="18"/>
+      <c r="B6" s="18"/>
+      <c r="C6" s="18"/>
+      <c r="D6" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="I6" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="K6" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="L6" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="M6" s="23" t="s">
+        <v>5</v>
+      </c>
+      <c r="N6" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="O6" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="P6" s="23" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="19"/>
+      <c r="E7" s="28"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="24"/>
+      <c r="M7" s="24"/>
+      <c r="N7" s="24"/>
+      <c r="O7" s="24"/>
+      <c r="P7" s="24"/>
+    </row>
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="35">
+        <v>139089</v>
+      </c>
+      <c r="E8" s="32">
+        <v>139089</v>
+      </c>
+      <c r="F8" s="32">
+        <v>139211</v>
+      </c>
+      <c r="G8" s="32">
+        <v>139382</v>
+      </c>
+      <c r="H8" s="32">
+        <v>139500</v>
+      </c>
+      <c r="I8" s="32">
+        <v>139681</v>
+      </c>
+      <c r="J8" s="32">
+        <v>139807</v>
+      </c>
+      <c r="K8" s="32">
+        <v>139804</v>
+      </c>
+      <c r="L8" s="32">
+        <v>139800</v>
+      </c>
+      <c r="M8" s="32">
+        <v>139930</v>
+      </c>
+      <c r="N8" s="32">
+        <v>140288</v>
+      </c>
+      <c r="O8" s="32">
+        <v>140627</v>
+      </c>
+      <c r="P8" s="32">
+        <v>140634</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="35">
+        <v>342</v>
+      </c>
+      <c r="E9" s="24">
+        <v>-17</v>
+      </c>
+      <c r="F9" s="24">
+        <v>27</v>
+      </c>
+      <c r="G9" s="24">
+        <v>-6</v>
+      </c>
+      <c r="H9" s="24">
+        <v>-5</v>
+      </c>
+      <c r="I9" s="24">
+        <v>78</v>
+      </c>
+      <c r="J9" s="24">
+        <v>49</v>
+      </c>
+      <c r="K9" s="24">
+        <v>16</v>
+      </c>
+      <c r="L9" s="24">
+        <v>61</v>
+      </c>
+      <c r="M9" s="24">
+        <v>45</v>
+      </c>
+      <c r="N9" s="24">
+        <v>61</v>
+      </c>
+      <c r="O9" s="24">
+        <v>25</v>
+      </c>
+      <c r="P9" s="24">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="35">
+        <v>1099</v>
+      </c>
+      <c r="E10" s="24">
+        <v>139</v>
+      </c>
+      <c r="F10" s="24">
+        <v>144</v>
+      </c>
+      <c r="G10" s="24">
+        <v>124</v>
+      </c>
+      <c r="H10" s="24">
+        <v>186</v>
+      </c>
+      <c r="I10" s="24">
+        <v>48</v>
+      </c>
+      <c r="J10" s="24">
+        <v>-52</v>
+      </c>
+      <c r="K10" s="24">
+        <v>-20</v>
+      </c>
+      <c r="L10" s="24">
+        <v>69</v>
+      </c>
+      <c r="M10" s="24">
+        <v>313</v>
+      </c>
+      <c r="N10" s="24">
+        <v>278</v>
+      </c>
+      <c r="O10" s="24">
+        <v>-18</v>
+      </c>
+      <c r="P10" s="24">
+        <v>-112</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="35">
+        <v>1441</v>
+      </c>
+      <c r="E11" s="24">
+        <v>122</v>
+      </c>
+      <c r="F11" s="24">
+        <v>171</v>
+      </c>
+      <c r="G11" s="24">
+        <v>118</v>
+      </c>
+      <c r="H11" s="24">
+        <v>181</v>
+      </c>
+      <c r="I11" s="24">
+        <v>126</v>
+      </c>
+      <c r="J11" s="24">
+        <v>-3</v>
+      </c>
+      <c r="K11" s="24">
+        <v>-4</v>
+      </c>
+      <c r="L11" s="24">
+        <v>130</v>
+      </c>
+      <c r="M11" s="24">
+        <v>358</v>
+      </c>
+      <c r="N11" s="24">
+        <v>339</v>
+      </c>
+      <c r="O11" s="24">
+        <v>7</v>
+      </c>
+      <c r="P11" s="24">
+        <v>-104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="35">
+        <v>37</v>
+      </c>
+      <c r="E12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="H12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="J12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="25">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="35">
+        <v>140567</v>
+      </c>
+      <c r="E13" s="32">
+        <v>139211</v>
+      </c>
+      <c r="F13" s="32">
+        <v>139382</v>
+      </c>
+      <c r="G13" s="32">
+        <v>139500</v>
+      </c>
+      <c r="H13" s="32">
+        <v>139681</v>
+      </c>
+      <c r="I13" s="32">
+        <v>139807</v>
+      </c>
+      <c r="J13" s="32">
+        <v>139804</v>
+      </c>
+      <c r="K13" s="32">
+        <v>139800</v>
+      </c>
+      <c r="L13" s="32">
+        <v>139930</v>
+      </c>
+      <c r="M13" s="32">
+        <v>140288</v>
+      </c>
+      <c r="N13" s="32">
+        <v>140627</v>
+      </c>
+      <c r="O13" s="32">
+        <v>140634</v>
+      </c>
+      <c r="P13" s="32">
+        <v>140567</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="35">
+        <v>67139</v>
+      </c>
+      <c r="E14" s="32">
+        <v>66464</v>
+      </c>
+      <c r="F14" s="32">
+        <v>66555</v>
+      </c>
+      <c r="G14" s="32">
+        <v>66657</v>
+      </c>
+      <c r="H14" s="32">
+        <v>66697</v>
+      </c>
+      <c r="I14" s="32">
+        <v>66777</v>
+      </c>
+      <c r="J14" s="32">
+        <v>66830</v>
+      </c>
+      <c r="K14" s="32">
+        <v>66848</v>
+      </c>
+      <c r="L14" s="32">
+        <v>66894</v>
+      </c>
+      <c r="M14" s="32">
+        <v>67050</v>
+      </c>
+      <c r="N14" s="32">
+        <v>67179</v>
+      </c>
+      <c r="O14" s="32">
+        <v>67136</v>
+      </c>
+      <c r="P14" s="32">
+        <v>67139</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C15" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="35">
+        <v>73428</v>
+      </c>
+      <c r="E15" s="32">
+        <v>72747</v>
+      </c>
+      <c r="F15" s="32">
+        <v>72827</v>
+      </c>
+      <c r="G15" s="32">
+        <v>72843</v>
+      </c>
+      <c r="H15" s="32">
+        <v>72984</v>
+      </c>
+      <c r="I15" s="32">
+        <v>73030</v>
+      </c>
+      <c r="J15" s="32">
+        <v>72974</v>
+      </c>
+      <c r="K15" s="32">
+        <v>72952</v>
+      </c>
+      <c r="L15" s="32">
+        <v>73036</v>
+      </c>
+      <c r="M15" s="32">
+        <v>73238</v>
+      </c>
+      <c r="N15" s="32">
+        <v>73448</v>
+      </c>
+      <c r="O15" s="32">
+        <v>73498</v>
+      </c>
+      <c r="P15" s="32">
+        <v>73428</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D16" s="35">
+        <v>105996</v>
+      </c>
+      <c r="E16" s="32">
+        <v>105486</v>
+      </c>
+      <c r="F16" s="32">
+        <v>105580</v>
+      </c>
+      <c r="G16" s="32">
+        <v>105571</v>
+      </c>
+      <c r="H16" s="32">
+        <v>105616</v>
+      </c>
+      <c r="I16" s="32">
+        <v>105694</v>
+      </c>
+      <c r="J16" s="32">
+        <v>105700</v>
+      </c>
+      <c r="K16" s="32">
+        <v>105699</v>
+      </c>
+      <c r="L16" s="32">
+        <v>105708</v>
+      </c>
+      <c r="M16" s="32">
+        <v>105826</v>
+      </c>
+      <c r="N16" s="32">
+        <v>106007</v>
+      </c>
+      <c r="O16" s="32">
+        <v>105980</v>
+      </c>
+      <c r="P16" s="32">
+        <v>105996</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C17" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="35">
+        <v>34571</v>
+      </c>
+      <c r="E17" s="32">
+        <v>33725</v>
+      </c>
+      <c r="F17" s="32">
+        <v>33802</v>
+      </c>
+      <c r="G17" s="32">
+        <v>33929</v>
+      </c>
+      <c r="H17" s="32">
+        <v>34065</v>
+      </c>
+      <c r="I17" s="32">
+        <v>34113</v>
+      </c>
+      <c r="J17" s="32">
+        <v>34104</v>
+      </c>
+      <c r="K17" s="32">
+        <v>34101</v>
+      </c>
+      <c r="L17" s="32">
+        <v>34222</v>
+      </c>
+      <c r="M17" s="32">
+        <v>34462</v>
+      </c>
+      <c r="N17" s="32">
+        <v>34620</v>
+      </c>
+      <c r="O17" s="32">
+        <v>34654</v>
+      </c>
+      <c r="P17" s="32">
+        <v>34571</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="37" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="38"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="36">
+        <v>139830</v>
+      </c>
+      <c r="E18" s="33">
+        <v>139150</v>
+      </c>
+      <c r="F18" s="33">
+        <v>139300</v>
+      </c>
+      <c r="G18" s="33">
+        <v>139440</v>
+      </c>
+      <c r="H18" s="33">
+        <v>139590</v>
+      </c>
+      <c r="I18" s="33">
+        <v>139740</v>
+      </c>
+      <c r="J18" s="33">
+        <v>139810</v>
+      </c>
+      <c r="K18" s="33">
+        <v>139800</v>
+      </c>
+      <c r="L18" s="33">
+        <v>139870</v>
+      </c>
+      <c r="M18" s="33">
+        <v>140110</v>
+      </c>
+      <c r="N18" s="33">
+        <v>140460</v>
+      </c>
+      <c r="O18" s="33">
+        <v>140630</v>
+      </c>
+      <c r="P18" s="33">
+        <v>140600</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" s="35"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+    </row>
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="35">
+        <v>1677</v>
+      </c>
+      <c r="E20" s="21">
+        <v>118</v>
+      </c>
+      <c r="F20" s="21">
+        <v>152</v>
+      </c>
+      <c r="G20" s="21">
+        <v>126</v>
+      </c>
+      <c r="H20" s="21">
+        <v>120</v>
+      </c>
+      <c r="I20" s="21">
+        <v>156</v>
+      </c>
+      <c r="J20" s="21">
+        <v>142</v>
+      </c>
+      <c r="K20" s="21">
+        <v>159</v>
+      </c>
+      <c r="L20" s="21">
+        <v>118</v>
+      </c>
+      <c r="M20" s="21">
+        <v>173</v>
+      </c>
+      <c r="N20" s="21">
+        <v>117</v>
+      </c>
+      <c r="O20" s="21">
+        <v>144</v>
+      </c>
+      <c r="P20" s="21">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" s="35">
+        <v>886</v>
+      </c>
+      <c r="E21" s="21">
+        <v>67</v>
+      </c>
+      <c r="F21" s="21">
+        <v>83</v>
+      </c>
+      <c r="G21" s="21">
+        <v>59</v>
+      </c>
+      <c r="H21" s="21">
+        <v>64</v>
+      </c>
+      <c r="I21" s="21">
+        <v>76</v>
+      </c>
+      <c r="J21" s="21">
+        <v>69</v>
+      </c>
+      <c r="K21" s="21">
+        <v>91</v>
+      </c>
+      <c r="L21" s="21">
+        <v>59</v>
+      </c>
+      <c r="M21" s="21">
+        <v>89</v>
+      </c>
+      <c r="N21" s="21">
+        <v>64</v>
+      </c>
+      <c r="O21" s="21">
+        <v>78</v>
+      </c>
+      <c r="P21" s="21">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="35">
+        <v>791</v>
+      </c>
+      <c r="E22" s="21">
+        <v>51</v>
+      </c>
+      <c r="F22" s="21">
+        <v>69</v>
+      </c>
+      <c r="G22" s="21">
+        <v>67</v>
+      </c>
+      <c r="H22" s="21">
+        <v>56</v>
+      </c>
+      <c r="I22" s="21">
+        <v>80</v>
+      </c>
+      <c r="J22" s="21">
+        <v>73</v>
+      </c>
+      <c r="K22" s="21">
+        <v>68</v>
+      </c>
+      <c r="L22" s="21">
+        <v>59</v>
+      </c>
+      <c r="M22" s="21">
+        <v>84</v>
+      </c>
+      <c r="N22" s="21">
+        <v>53</v>
+      </c>
+      <c r="O22" s="21">
+        <v>66</v>
+      </c>
+      <c r="P22" s="21">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" s="35">
+        <v>1292</v>
+      </c>
+      <c r="E23" s="32">
+        <v>82</v>
+      </c>
+      <c r="F23" s="32">
+        <v>111</v>
+      </c>
+      <c r="G23" s="32">
+        <v>99</v>
+      </c>
+      <c r="H23" s="32">
+        <v>87</v>
+      </c>
+      <c r="I23" s="32">
+        <v>124</v>
+      </c>
+      <c r="J23" s="32">
+        <v>106</v>
+      </c>
+      <c r="K23" s="32">
+        <v>135</v>
+      </c>
+      <c r="L23" s="32">
+        <v>87</v>
+      </c>
+      <c r="M23" s="32">
+        <v>131</v>
+      </c>
+      <c r="N23" s="32">
+        <v>92</v>
+      </c>
+      <c r="O23" s="32">
+        <v>112</v>
+      </c>
+      <c r="P23" s="32">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="29"/>
+      <c r="B24" s="29"/>
+      <c r="C24" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="36">
+        <v>385</v>
+      </c>
+      <c r="E24" s="33">
+        <v>36</v>
+      </c>
+      <c r="F24" s="33">
+        <v>41</v>
+      </c>
+      <c r="G24" s="33">
+        <v>27</v>
+      </c>
+      <c r="H24" s="33">
+        <v>33</v>
+      </c>
+      <c r="I24" s="33">
+        <v>32</v>
+      </c>
+      <c r="J24" s="33">
+        <v>36</v>
+      </c>
+      <c r="K24" s="33">
+        <v>24</v>
+      </c>
+      <c r="L24" s="33">
+        <v>31</v>
+      </c>
+      <c r="M24" s="33">
+        <v>42</v>
+      </c>
+      <c r="N24" s="33">
+        <v>25</v>
+      </c>
+      <c r="O24" s="33">
+        <v>32</v>
+      </c>
+      <c r="P24" s="33">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="35"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="32"/>
+      <c r="H25" s="32"/>
+      <c r="I25" s="32"/>
+      <c r="J25" s="32"/>
+      <c r="K25" s="32"/>
+      <c r="L25" s="32"/>
+      <c r="M25" s="32"/>
+      <c r="N25" s="32"/>
+      <c r="O25" s="32"/>
+      <c r="P25" s="32"/>
+    </row>
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="35">
+        <v>1335</v>
+      </c>
+      <c r="E26" s="21">
+        <v>135</v>
+      </c>
+      <c r="F26" s="21">
+        <v>125</v>
+      </c>
+      <c r="G26" s="21">
+        <v>132</v>
+      </c>
+      <c r="H26" s="21">
+        <v>125</v>
+      </c>
+      <c r="I26" s="21">
+        <v>78</v>
+      </c>
+      <c r="J26" s="21">
+        <v>93</v>
+      </c>
+      <c r="K26" s="21">
+        <v>143</v>
+      </c>
+      <c r="L26" s="21">
+        <v>57</v>
+      </c>
+      <c r="M26" s="21">
+        <v>128</v>
+      </c>
+      <c r="N26" s="21">
+        <v>56</v>
+      </c>
+      <c r="O26" s="21">
+        <v>119</v>
+      </c>
+      <c r="P26" s="21">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="35">
+        <v>582</v>
+      </c>
+      <c r="E27" s="21">
+        <v>65</v>
+      </c>
+      <c r="F27" s="21">
+        <v>52</v>
+      </c>
+      <c r="G27" s="21">
+        <v>53</v>
+      </c>
+      <c r="H27" s="21">
+        <v>53</v>
+      </c>
+      <c r="I27" s="21">
+        <v>43</v>
+      </c>
+      <c r="J27" s="21">
+        <v>46</v>
+      </c>
+      <c r="K27" s="21">
+        <v>66</v>
+      </c>
+      <c r="L27" s="21">
+        <v>28</v>
+      </c>
+      <c r="M27" s="21">
+        <v>59</v>
+      </c>
+      <c r="N27" s="21">
+        <v>16</v>
+      </c>
+      <c r="O27" s="21">
+        <v>48</v>
+      </c>
+      <c r="P27" s="21">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28" s="35">
+        <v>753</v>
+      </c>
+      <c r="E28" s="21">
+        <v>70</v>
+      </c>
+      <c r="F28" s="21">
+        <v>73</v>
+      </c>
+      <c r="G28" s="21">
+        <v>79</v>
+      </c>
+      <c r="H28" s="21">
+        <v>72</v>
+      </c>
+      <c r="I28" s="21">
+        <v>35</v>
+      </c>
+      <c r="J28" s="21">
+        <v>47</v>
+      </c>
+      <c r="K28" s="21">
+        <v>77</v>
+      </c>
+      <c r="L28" s="21">
+        <v>29</v>
+      </c>
+      <c r="M28" s="21">
+        <v>69</v>
+      </c>
+      <c r="N28" s="21">
+        <v>40</v>
+      </c>
+      <c r="O28" s="21">
+        <v>71</v>
+      </c>
+      <c r="P28" s="21">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" s="35">
+        <v>1205</v>
+      </c>
+      <c r="E29" s="21">
+        <v>125</v>
+      </c>
+      <c r="F29" s="21">
+        <v>114</v>
+      </c>
+      <c r="G29" s="21">
+        <v>113</v>
+      </c>
+      <c r="H29" s="21">
+        <v>120</v>
+      </c>
+      <c r="I29" s="21">
+        <v>66</v>
+      </c>
+      <c r="J29" s="21">
+        <v>83</v>
+      </c>
+      <c r="K29" s="21">
+        <v>131</v>
+      </c>
+      <c r="L29" s="21">
+        <v>49</v>
+      </c>
+      <c r="M29" s="21">
+        <v>119</v>
+      </c>
+      <c r="N29" s="21">
+        <v>49</v>
+      </c>
+      <c r="O29" s="21">
+        <v>103</v>
+      </c>
+      <c r="P29" s="21">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30" s="35">
+        <v>130</v>
+      </c>
+      <c r="E30" s="21">
+        <v>10</v>
+      </c>
+      <c r="F30" s="21">
+        <v>11</v>
+      </c>
+      <c r="G30" s="21">
+        <v>19</v>
+      </c>
+      <c r="H30" s="21">
+        <v>5</v>
+      </c>
+      <c r="I30" s="21">
+        <v>12</v>
+      </c>
+      <c r="J30" s="21">
+        <v>10</v>
+      </c>
+      <c r="K30" s="21">
+        <v>12</v>
+      </c>
+      <c r="L30" s="21">
+        <v>8</v>
+      </c>
+      <c r="M30" s="21">
+        <v>9</v>
+      </c>
+      <c r="N30" s="21">
+        <v>7</v>
+      </c>
+      <c r="O30" s="21">
+        <v>16</v>
+      </c>
+      <c r="P30" s="21">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="35">
+        <v>9</v>
+      </c>
+      <c r="E31" s="32">
+        <v>0</v>
+      </c>
+      <c r="F31" s="32">
+        <v>0</v>
+      </c>
+      <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>1</v>
+      </c>
+      <c r="I31" s="32">
+        <v>0</v>
+      </c>
+      <c r="J31" s="32">
+        <v>2</v>
+      </c>
+      <c r="K31" s="32">
+        <v>1</v>
+      </c>
+      <c r="L31" s="32">
+        <v>0</v>
+      </c>
+      <c r="M31" s="32">
+        <v>0</v>
+      </c>
+      <c r="N31" s="32">
+        <v>0</v>
+      </c>
+      <c r="O31" s="32">
+        <v>4</v>
+      </c>
+      <c r="P31" s="32">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32" s="35">
+        <v>11</v>
+      </c>
+      <c r="E32" s="32">
+        <v>0</v>
+      </c>
+      <c r="F32" s="32">
+        <v>0</v>
+      </c>
+      <c r="G32" s="32">
+        <v>1</v>
+      </c>
+      <c r="H32" s="32">
+        <v>1</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="32">
+        <v>2</v>
+      </c>
+      <c r="K32" s="32">
+        <v>1</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
+        <v>0</v>
+      </c>
+      <c r="N32" s="32">
+        <v>0</v>
+      </c>
+      <c r="O32" s="32">
+        <v>4</v>
+      </c>
+      <c r="P32" s="32">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C33" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" s="35">
+        <v>18</v>
+      </c>
+      <c r="E33" s="32">
+        <v>0</v>
+      </c>
+      <c r="F33" s="32">
+        <v>2</v>
+      </c>
+      <c r="G33" s="32">
+        <v>1</v>
+      </c>
+      <c r="H33" s="32">
+        <v>3</v>
+      </c>
+      <c r="I33" s="32">
+        <v>1</v>
+      </c>
+      <c r="J33" s="32">
+        <v>1</v>
+      </c>
+      <c r="K33" s="32">
+        <v>1</v>
+      </c>
+      <c r="L33" s="32">
+        <v>1</v>
+      </c>
+      <c r="M33" s="32">
+        <v>3</v>
+      </c>
+      <c r="N33" s="32">
+        <v>1</v>
+      </c>
+      <c r="O33" s="32">
+        <v>1</v>
+      </c>
+      <c r="P33" s="32">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" s="35">
+        <v>151</v>
+      </c>
+      <c r="E34" s="32">
+        <v>13</v>
+      </c>
+      <c r="F34" s="32">
+        <v>14</v>
+      </c>
+      <c r="G34" s="32">
+        <v>14</v>
+      </c>
+      <c r="H34" s="32">
+        <v>19</v>
+      </c>
+      <c r="I34" s="32">
+        <v>11</v>
+      </c>
+      <c r="J34" s="32">
+        <v>16</v>
+      </c>
+      <c r="K34" s="32">
+        <v>13</v>
+      </c>
+      <c r="L34" s="32">
+        <v>10</v>
+      </c>
+      <c r="M34" s="32">
+        <v>14</v>
+      </c>
+      <c r="N34" s="32">
+        <v>8</v>
+      </c>
+      <c r="O34" s="32">
+        <v>4</v>
+      </c>
+      <c r="P34" s="32">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" s="35">
+        <v>301</v>
+      </c>
+      <c r="E35" s="32">
+        <v>29</v>
+      </c>
+      <c r="F35" s="32">
+        <v>21</v>
+      </c>
+      <c r="G35" s="32">
+        <v>23</v>
+      </c>
+      <c r="H35" s="32">
+        <v>27</v>
+      </c>
+      <c r="I35" s="32">
+        <v>16</v>
+      </c>
+      <c r="J35" s="32">
+        <v>18</v>
+      </c>
+      <c r="K35" s="32">
+        <v>38</v>
+      </c>
+      <c r="L35" s="32">
+        <v>18</v>
+      </c>
+      <c r="M35" s="32">
+        <v>38</v>
+      </c>
+      <c r="N35" s="32">
+        <v>13</v>
+      </c>
+      <c r="O35" s="32">
+        <v>36</v>
+      </c>
+      <c r="P35" s="32">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="29"/>
+      <c r="B36" s="29"/>
+      <c r="C36" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" s="36">
+        <v>854</v>
+      </c>
+      <c r="E36" s="33">
+        <v>93</v>
+      </c>
+      <c r="F36" s="33">
+        <v>88</v>
+      </c>
+      <c r="G36" s="33">
+        <v>93</v>
+      </c>
+      <c r="H36" s="33">
+        <v>75</v>
+      </c>
+      <c r="I36" s="33">
+        <v>50</v>
+      </c>
+      <c r="J36" s="33">
+        <v>56</v>
+      </c>
+      <c r="K36" s="33">
+        <v>90</v>
+      </c>
+      <c r="L36" s="33">
+        <v>28</v>
+      </c>
+      <c r="M36" s="33">
+        <v>73</v>
+      </c>
+      <c r="N36" s="33">
+        <v>34</v>
+      </c>
+      <c r="O36" s="33">
+        <v>74</v>
+      </c>
+      <c r="P36" s="33">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" s="35"/>
+      <c r="E37" s="32"/>
+      <c r="F37" s="32"/>
+      <c r="G37" s="32"/>
+      <c r="H37" s="32"/>
+      <c r="I37" s="32"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="32"/>
+      <c r="L37" s="32"/>
+      <c r="M37" s="32"/>
+      <c r="N37" s="32"/>
+      <c r="O37" s="32"/>
+      <c r="P37" s="32"/>
+    </row>
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D38" s="35">
+        <v>1639</v>
+      </c>
+      <c r="E38" s="26">
+        <v>74</v>
+      </c>
+      <c r="F38" s="26">
+        <v>84</v>
+      </c>
+      <c r="G38" s="26">
+        <v>108</v>
+      </c>
+      <c r="H38" s="26">
+        <v>126</v>
+      </c>
+      <c r="I38" s="26">
+        <v>153</v>
+      </c>
+      <c r="J38" s="26">
+        <v>171</v>
+      </c>
+      <c r="K38" s="26">
+        <v>215</v>
+      </c>
+      <c r="L38" s="26">
+        <v>124</v>
+      </c>
+      <c r="M38" s="26">
+        <v>262</v>
+      </c>
+      <c r="N38" s="26">
+        <v>131</v>
+      </c>
+      <c r="O38" s="26">
+        <v>105</v>
+      </c>
+      <c r="P38" s="26">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" s="35">
+        <v>868</v>
+      </c>
+      <c r="E39" s="21">
+        <v>38</v>
+      </c>
+      <c r="F39" s="21">
+        <v>49</v>
+      </c>
+      <c r="G39" s="21">
+        <v>59</v>
+      </c>
+      <c r="H39" s="21">
+        <v>65</v>
+      </c>
+      <c r="I39" s="21">
+        <v>77</v>
+      </c>
+      <c r="J39" s="21">
+        <v>90</v>
+      </c>
+      <c r="K39" s="21">
+        <v>115</v>
+      </c>
+      <c r="L39" s="21">
+        <v>64</v>
+      </c>
+      <c r="M39" s="21">
+        <v>135</v>
+      </c>
+      <c r="N39" s="21">
+        <v>73</v>
+      </c>
+      <c r="O39" s="21">
+        <v>58</v>
+      </c>
+      <c r="P39" s="21">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D40" s="35">
+        <v>771</v>
+      </c>
+      <c r="E40" s="21">
+        <v>36</v>
+      </c>
+      <c r="F40" s="21">
+        <v>35</v>
+      </c>
+      <c r="G40" s="21">
+        <v>49</v>
+      </c>
+      <c r="H40" s="21">
+        <v>61</v>
+      </c>
+      <c r="I40" s="21">
+        <v>76</v>
+      </c>
+      <c r="J40" s="21">
+        <v>81</v>
+      </c>
+      <c r="K40" s="21">
+        <v>100</v>
+      </c>
+      <c r="L40" s="21">
+        <v>60</v>
+      </c>
+      <c r="M40" s="21">
+        <v>127</v>
+      </c>
+      <c r="N40" s="21">
+        <v>58</v>
+      </c>
+      <c r="O40" s="21">
+        <v>47</v>
+      </c>
+      <c r="P40" s="21">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D41" s="35">
+        <v>1139</v>
+      </c>
+      <c r="E41" s="21">
+        <v>41</v>
+      </c>
+      <c r="F41" s="21">
+        <v>54</v>
+      </c>
+      <c r="G41" s="21">
+        <v>70</v>
+      </c>
+      <c r="H41" s="21">
+        <v>102</v>
+      </c>
+      <c r="I41" s="21">
+        <v>114</v>
+      </c>
+      <c r="J41" s="21">
+        <v>122</v>
+      </c>
+      <c r="K41" s="21">
+        <v>157</v>
+      </c>
+      <c r="L41" s="21">
+        <v>90</v>
+      </c>
+      <c r="M41" s="21">
+        <v>191</v>
+      </c>
+      <c r="N41" s="21">
+        <v>76</v>
+      </c>
+      <c r="O41" s="21">
+        <v>65</v>
+      </c>
+      <c r="P41" s="21">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="29"/>
+      <c r="B42" s="29"/>
+      <c r="C42" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42" s="36">
+        <v>500</v>
+      </c>
+      <c r="E42" s="34">
+        <v>33</v>
+      </c>
+      <c r="F42" s="34">
+        <v>30</v>
+      </c>
+      <c r="G42" s="34">
+        <v>38</v>
+      </c>
+      <c r="H42" s="34">
+        <v>24</v>
+      </c>
+      <c r="I42" s="34">
+        <v>39</v>
+      </c>
+      <c r="J42" s="34">
+        <v>49</v>
+      </c>
+      <c r="K42" s="34">
+        <v>58</v>
+      </c>
+      <c r="L42" s="34">
+        <v>34</v>
+      </c>
+      <c r="M42" s="34">
+        <v>71</v>
+      </c>
+      <c r="N42" s="34">
+        <v>55</v>
+      </c>
+      <c r="O42" s="34">
+        <v>40</v>
+      </c>
+      <c r="P42" s="34">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D43" s="35"/>
+      <c r="E43" s="32"/>
+      <c r="F43" s="32"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="32"/>
+      <c r="J43" s="32"/>
+      <c r="K43" s="32"/>
+      <c r="L43" s="32"/>
+      <c r="M43" s="32"/>
+      <c r="N43" s="32"/>
+      <c r="O43" s="32"/>
+      <c r="P43" s="32"/>
+    </row>
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D44" s="35">
+        <v>624</v>
+      </c>
+      <c r="E44" s="21">
+        <v>51</v>
+      </c>
+      <c r="F44" s="21">
+        <v>43</v>
+      </c>
+      <c r="G44" s="21">
+        <v>56</v>
+      </c>
+      <c r="H44" s="21">
+        <v>45</v>
+      </c>
+      <c r="I44" s="21">
+        <v>62</v>
+      </c>
+      <c r="J44" s="21">
+        <v>48</v>
+      </c>
+      <c r="K44" s="21">
+        <v>54</v>
+      </c>
+      <c r="L44" s="21">
+        <v>18</v>
+      </c>
+      <c r="M44" s="21">
+        <v>79</v>
+      </c>
+      <c r="N44" s="21">
+        <v>34</v>
+      </c>
+      <c r="O44" s="21">
+        <v>53</v>
+      </c>
+      <c r="P44" s="21">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" s="35">
+        <v>314</v>
+      </c>
+      <c r="E45" s="21">
+        <v>27</v>
+      </c>
+      <c r="F45" s="21">
+        <v>20</v>
+      </c>
+      <c r="G45" s="21">
+        <v>30</v>
+      </c>
+      <c r="H45" s="21">
+        <v>21</v>
+      </c>
+      <c r="I45" s="21">
+        <v>26</v>
+      </c>
+      <c r="J45" s="21">
+        <v>24</v>
+      </c>
+      <c r="K45" s="21">
+        <v>30</v>
+      </c>
+      <c r="L45" s="21">
+        <v>10</v>
+      </c>
+      <c r="M45" s="21">
+        <v>43</v>
+      </c>
+      <c r="N45" s="21">
+        <v>15</v>
+      </c>
+      <c r="O45" s="21">
+        <v>28</v>
+      </c>
+      <c r="P45" s="21">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C46" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D46" s="35">
+        <v>310</v>
+      </c>
+      <c r="E46" s="21">
+        <v>24</v>
+      </c>
+      <c r="F46" s="21">
+        <v>23</v>
+      </c>
+      <c r="G46" s="21">
+        <v>26</v>
+      </c>
+      <c r="H46" s="21">
+        <v>24</v>
+      </c>
+      <c r="I46" s="21">
+        <v>36</v>
+      </c>
+      <c r="J46" s="21">
+        <v>24</v>
+      </c>
+      <c r="K46" s="21">
+        <v>24</v>
+      </c>
+      <c r="L46" s="21">
+        <v>8</v>
+      </c>
+      <c r="M46" s="21">
+        <v>36</v>
+      </c>
+      <c r="N46" s="21">
+        <v>19</v>
+      </c>
+      <c r="O46" s="21">
+        <v>25</v>
+      </c>
+      <c r="P46" s="21">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" s="35">
+        <v>420</v>
+      </c>
+      <c r="E47" s="21">
+        <v>33</v>
+      </c>
+      <c r="F47" s="21">
+        <v>25</v>
+      </c>
+      <c r="G47" s="21">
+        <v>31</v>
+      </c>
+      <c r="H47" s="21">
+        <v>35</v>
+      </c>
+      <c r="I47" s="21">
+        <v>44</v>
+      </c>
+      <c r="J47" s="21">
+        <v>31</v>
+      </c>
+      <c r="K47" s="21">
+        <v>36</v>
+      </c>
+      <c r="L47" s="21">
+        <v>12</v>
+      </c>
+      <c r="M47" s="21">
+        <v>58</v>
+      </c>
+      <c r="N47" s="21">
+        <v>22</v>
+      </c>
+      <c r="O47" s="21">
+        <v>31</v>
+      </c>
+      <c r="P47" s="21">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C48" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D48" s="36">
+        <v>204</v>
+      </c>
+      <c r="E48" s="34">
+        <v>18</v>
+      </c>
+      <c r="F48" s="34">
+        <v>18</v>
+      </c>
+      <c r="G48" s="34">
+        <v>25</v>
+      </c>
+      <c r="H48" s="34">
+        <v>10</v>
+      </c>
+      <c r="I48" s="34">
+        <v>18</v>
+      </c>
+      <c r="J48" s="34">
+        <v>17</v>
+      </c>
+      <c r="K48" s="34">
+        <v>18</v>
+      </c>
+      <c r="L48" s="34">
+        <v>6</v>
+      </c>
+      <c r="M48" s="34">
+        <v>21</v>
+      </c>
+      <c r="N48" s="34">
+        <v>12</v>
+      </c>
+      <c r="O48" s="34">
+        <v>22</v>
+      </c>
+      <c r="P48" s="34">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="11"/>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="16"/>
+      <c r="F49" s="25"/>
+      <c r="P49" s="30" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4"/>
+    </row>
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="40" t="s">
+        <v>45</v>
+      </c>
+      <c r="B51" s="4"/>
+      <c r="C51" s="4"/>
+      <c r="D51" s="4"/>
+    </row>
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="44" t="s">
+        <v>47</v>
+      </c>
+      <c r="B52" s="17"/>
+      <c r="C52" s="17"/>
+      <c r="D52" s="17"/>
+    </row>
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B53" s="4"/>
+      <c r="C53" s="4"/>
+      <c r="D53" s="4"/>
+      <c r="E53" s="1"/>
+      <c r="F53" s="1"/>
+      <c r="G53" s="1"/>
+      <c r="L53" s="1"/>
+      <c r="M53" s="1"/>
+      <c r="N53" s="1"/>
+      <c r="O53" s="1"/>
+      <c r="P53" s="1"/>
+    </row>
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="10"/>
+      <c r="P54" s="26" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA40A564-9086-4F1C-9ACF-B77E92CDB729}">
-  <dimension ref="A1:Q59"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC8BDE4D-F9BB-412A-8D85-82AF2C3B52B1}">
+  <dimension ref="A1:P59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:17" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:17" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:17" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:17" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>145873</v>
+        <v>146455</v>
       </c>
       <c r="E8" s="32">
-        <v>145873</v>
+        <v>146455</v>
       </c>
       <c r="F8" s="32">
-        <v>145934</v>
+        <v>146497</v>
       </c>
       <c r="G8" s="32">
-        <v>146069</v>
+        <v>146679</v>
       </c>
       <c r="H8" s="32">
-        <v>146207</v>
+        <v>146764</v>
       </c>
       <c r="I8" s="32">
-        <v>146346</v>
+        <v>146760</v>
       </c>
       <c r="J8" s="32">
-        <v>146373</v>
+        <v>146835</v>
       </c>
       <c r="K8" s="32">
-        <v>146281</v>
+        <v>146571</v>
       </c>
       <c r="L8" s="32">
-        <v>146104</v>
+        <v>146405</v>
       </c>
       <c r="M8" s="32">
-        <v>145909</v>
+        <v>146363</v>
       </c>
       <c r="N8" s="32">
-        <v>146301</v>
+        <v>146860</v>
       </c>
       <c r="O8" s="32">
-        <v>146527</v>
+        <v>147037</v>
       </c>
       <c r="P8" s="32">
-        <v>146566</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:17" ht="11.25" customHeight="1">
+        <v>147022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>128</v>
+        <v>177</v>
       </c>
       <c r="E9" s="24">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F9" s="24">
-        <v>20</v>
+        <v>-2</v>
       </c>
       <c r="G9" s="24">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H9" s="24">
+        <v>5</v>
+      </c>
+      <c r="I9" s="24">
         <v>41</v>
       </c>
-      <c r="I9" s="24">
-[...1 lines deleted...]
-      </c>
       <c r="J9" s="24">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="K9" s="24">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L9" s="24">
-        <v>-19</v>
+        <v>-5</v>
       </c>
       <c r="M9" s="24">
-        <v>33</v>
+        <v>-5</v>
       </c>
       <c r="N9" s="24">
-        <v>-13</v>
+        <v>19</v>
       </c>
       <c r="O9" s="24">
-        <v>-14</v>
+        <v>36</v>
       </c>
       <c r="P9" s="24">
-        <v>-27</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:17" ht="11.25" customHeight="1">
+        <v>-17</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="35">
-        <v>459</v>
+      <c r="D10" s="42">
+        <v>196</v>
       </c>
       <c r="E10" s="24">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="F10" s="24">
-        <v>115</v>
+        <v>184</v>
       </c>
       <c r="G10" s="24">
-        <v>114</v>
+        <v>55</v>
       </c>
       <c r="H10" s="24">
-        <v>98</v>
+        <v>-9</v>
       </c>
       <c r="I10" s="24">
-        <v>-6</v>
+        <v>34</v>
       </c>
       <c r="J10" s="24">
-        <v>-114</v>
+        <v>-308</v>
       </c>
       <c r="K10" s="24">
-        <v>-189</v>
+        <v>-172</v>
       </c>
       <c r="L10" s="24">
-        <v>-176</v>
+        <v>-37</v>
       </c>
       <c r="M10" s="24">
-        <v>359</v>
+        <v>502</v>
       </c>
       <c r="N10" s="24">
-        <v>239</v>
+        <v>158</v>
       </c>
       <c r="O10" s="24">
-        <v>53</v>
+        <v>-51</v>
       </c>
       <c r="P10" s="24">
-        <v>-79</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:17" ht="11.25" customHeight="1">
+        <v>-177</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="35">
-        <v>587</v>
+      <c r="D11" s="42">
+        <v>373</v>
       </c>
       <c r="E11" s="24">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="F11" s="24">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="G11" s="24">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="H11" s="24">
-        <v>139</v>
+        <v>-4</v>
       </c>
       <c r="I11" s="24">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="J11" s="24">
-        <v>-92</v>
+        <v>-264</v>
       </c>
       <c r="K11" s="24">
-        <v>-177</v>
+        <v>-166</v>
       </c>
       <c r="L11" s="24">
-        <v>-195</v>
+        <v>-42</v>
       </c>
       <c r="M11" s="24">
-        <v>392</v>
+        <v>497</v>
       </c>
       <c r="N11" s="24">
-        <v>226</v>
+        <v>177</v>
       </c>
       <c r="O11" s="24">
-        <v>39</v>
+        <v>-15</v>
       </c>
       <c r="P11" s="24">
-        <v>-106</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:17" ht="11.25" customHeight="1">
+        <v>-194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>-5</v>
+        <v>39</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>-5</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:17" ht="11.25" customHeight="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>146455</v>
+        <v>146867</v>
       </c>
       <c r="E13" s="32">
-        <v>145934</v>
+        <v>146497</v>
       </c>
       <c r="F13" s="32">
-        <v>146069</v>
+        <v>146679</v>
       </c>
       <c r="G13" s="32">
-        <v>146207</v>
+        <v>146764</v>
       </c>
       <c r="H13" s="32">
-        <v>146346</v>
+        <v>146760</v>
       </c>
       <c r="I13" s="32">
-        <v>146373</v>
+        <v>146835</v>
       </c>
       <c r="J13" s="32">
-        <v>146281</v>
+        <v>146571</v>
       </c>
       <c r="K13" s="32">
-        <v>146104</v>
+        <v>146405</v>
       </c>
       <c r="L13" s="32">
-        <v>145909</v>
+        <v>146363</v>
       </c>
       <c r="M13" s="32">
-        <v>146301</v>
+        <v>146860</v>
       </c>
       <c r="N13" s="32">
-        <v>146527</v>
+        <v>147037</v>
       </c>
       <c r="O13" s="32">
-        <v>146566</v>
+        <v>147022</v>
       </c>
       <c r="P13" s="32">
-        <v>146455</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:17" ht="11.25" customHeight="1">
+        <v>146867</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>70012</v>
+        <v>70198</v>
       </c>
       <c r="E14" s="32">
-        <v>69723</v>
+        <v>70053</v>
       </c>
       <c r="F14" s="32">
-        <v>69777</v>
+        <v>70112</v>
       </c>
       <c r="G14" s="32">
-        <v>69838</v>
+        <v>70132</v>
       </c>
       <c r="H14" s="32">
-        <v>69903</v>
+        <v>70134</v>
       </c>
       <c r="I14" s="32">
-        <v>69938</v>
+        <v>70181</v>
       </c>
       <c r="J14" s="32">
-        <v>69953</v>
+        <v>70083</v>
       </c>
       <c r="K14" s="32">
-        <v>69909</v>
+        <v>70048</v>
       </c>
       <c r="L14" s="32">
-        <v>69819</v>
+        <v>70075</v>
       </c>
       <c r="M14" s="32">
-        <v>69999</v>
+        <v>70243</v>
       </c>
       <c r="N14" s="32">
-        <v>70058</v>
+        <v>70302</v>
       </c>
       <c r="O14" s="32">
-        <v>70081</v>
+        <v>70256</v>
       </c>
       <c r="P14" s="32">
-        <v>70012</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:17" ht="11.25" customHeight="1">
+        <v>70198</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76443</v>
+        <v>76669</v>
       </c>
       <c r="E15" s="32">
-        <v>76211</v>
+        <v>76444</v>
       </c>
       <c r="F15" s="32">
-        <v>76292</v>
+        <v>76567</v>
       </c>
       <c r="G15" s="32">
-        <v>76369</v>
+        <v>76632</v>
       </c>
       <c r="H15" s="32">
-        <v>76443</v>
+        <v>76626</v>
       </c>
       <c r="I15" s="32">
-        <v>76435</v>
+        <v>76654</v>
       </c>
       <c r="J15" s="32">
-        <v>76328</v>
+        <v>76488</v>
       </c>
       <c r="K15" s="32">
-        <v>76195</v>
+        <v>76357</v>
       </c>
       <c r="L15" s="32">
-        <v>76090</v>
+        <v>76288</v>
       </c>
       <c r="M15" s="32">
-        <v>76302</v>
+        <v>76617</v>
       </c>
       <c r="N15" s="32">
-        <v>76469</v>
+        <v>76735</v>
       </c>
       <c r="O15" s="32">
-        <v>76485</v>
+        <v>76766</v>
       </c>
       <c r="P15" s="32">
-        <v>76443</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:17" ht="11.25" customHeight="1">
+        <v>76669</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109761</v>
+        <v>109863</v>
       </c>
       <c r="E16" s="32">
-        <v>109637</v>
+        <v>109789</v>
       </c>
       <c r="F16" s="32">
-        <v>109692</v>
+        <v>109828</v>
       </c>
       <c r="G16" s="32">
-        <v>109770</v>
+        <v>109920</v>
       </c>
       <c r="H16" s="32">
-        <v>109832</v>
+        <v>109858</v>
       </c>
       <c r="I16" s="32">
-        <v>109875</v>
+        <v>109878</v>
       </c>
       <c r="J16" s="32">
-        <v>109837</v>
+        <v>109901</v>
       </c>
       <c r="K16" s="32">
-        <v>109622</v>
+        <v>109789</v>
       </c>
       <c r="L16" s="32">
-        <v>109597</v>
+        <v>109686</v>
       </c>
       <c r="M16" s="32">
-        <v>109645</v>
+        <v>109867</v>
       </c>
       <c r="N16" s="32">
-        <v>109800</v>
+        <v>110035</v>
       </c>
       <c r="O16" s="32">
-        <v>109817</v>
+        <v>109991</v>
       </c>
       <c r="P16" s="32">
-        <v>109761</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109863</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>36694</v>
+        <v>37004</v>
       </c>
       <c r="E17" s="32">
-        <v>36297</v>
+        <v>36708</v>
       </c>
       <c r="F17" s="32">
-        <v>36377</v>
+        <v>36851</v>
       </c>
       <c r="G17" s="32">
-        <v>36437</v>
+        <v>36844</v>
       </c>
       <c r="H17" s="32">
-        <v>36514</v>
+        <v>36902</v>
       </c>
       <c r="I17" s="32">
-        <v>36498</v>
+        <v>36957</v>
       </c>
       <c r="J17" s="32">
-        <v>36444</v>
+        <v>36670</v>
       </c>
       <c r="K17" s="32">
-        <v>36482</v>
+        <v>36616</v>
       </c>
       <c r="L17" s="32">
-        <v>36312</v>
+        <v>36677</v>
       </c>
       <c r="M17" s="32">
-        <v>36656</v>
+        <v>36993</v>
       </c>
       <c r="N17" s="32">
-        <v>36727</v>
+        <v>37002</v>
       </c>
       <c r="O17" s="32">
-        <v>36749</v>
+        <v>37031</v>
       </c>
       <c r="P17" s="32">
-        <v>36694</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>37004</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>146160</v>
+        <v>146660</v>
       </c>
       <c r="E18" s="33">
-        <v>145900</v>
+        <v>146480</v>
       </c>
       <c r="F18" s="33">
-        <v>146000</v>
+        <v>146590</v>
       </c>
       <c r="G18" s="33">
-        <v>146140</v>
+        <v>146720</v>
       </c>
       <c r="H18" s="33">
-        <v>146280</v>
+        <v>146760</v>
       </c>
       <c r="I18" s="33">
-        <v>146360</v>
+        <v>146800</v>
       </c>
       <c r="J18" s="33">
-        <v>146330</v>
+        <v>146700</v>
       </c>
       <c r="K18" s="33">
-        <v>146190</v>
+        <v>146490</v>
       </c>
       <c r="L18" s="33">
-        <v>146010</v>
+        <v>146380</v>
       </c>
       <c r="M18" s="33">
-        <v>146110</v>
+        <v>146610</v>
       </c>
       <c r="N18" s="33">
-        <v>146410</v>
+        <v>146950</v>
       </c>
       <c r="O18" s="33">
-        <v>146550</v>
+        <v>147030</v>
       </c>
       <c r="P18" s="33">
-        <v>146510</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>146940</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1317</v>
+        <v>1371</v>
       </c>
       <c r="E20" s="32">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="F20" s="32">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="G20" s="32">
-        <v>99</v>
+        <v>127</v>
       </c>
       <c r="H20" s="21">
-        <v>152</v>
+        <v>87</v>
       </c>
       <c r="I20" s="21">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="J20" s="21">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="K20" s="21">
         <v>121</v>
       </c>
       <c r="L20" s="21">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="M20" s="21">
+        <v>115</v>
+      </c>
+      <c r="N20" s="21">
+        <v>120</v>
+      </c>
+      <c r="O20" s="21">
         <v>119</v>
       </c>
-      <c r="N20" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="P20" s="21">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>683</v>
+        <v>726</v>
       </c>
       <c r="E21" s="32">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F21" s="32">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G21" s="32">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H21" s="21">
+        <v>41</v>
+      </c>
+      <c r="I21" s="21">
+        <v>62</v>
+      </c>
+      <c r="J21" s="21">
+        <v>71</v>
+      </c>
+      <c r="K21" s="21">
         <v>72</v>
       </c>
-      <c r="I21" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="L21" s="21">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="M21" s="21">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="N21" s="21">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="O21" s="21">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="P21" s="21">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="E22" s="32">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="F22" s="32">
+        <v>43</v>
+      </c>
+      <c r="G22" s="32">
+        <v>66</v>
+      </c>
+      <c r="H22" s="21">
+        <v>46</v>
+      </c>
+      <c r="I22" s="21">
+        <v>65</v>
+      </c>
+      <c r="J22" s="21">
         <v>60</v>
       </c>
-      <c r="G22" s="32">
-[...10 lines deleted...]
-      </c>
       <c r="K22" s="21">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="L22" s="21">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="M22" s="21">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="N22" s="21">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="O22" s="21">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="P22" s="21">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>993</v>
+        <v>1065</v>
       </c>
       <c r="E23" s="32">
+        <v>108</v>
+      </c>
+      <c r="F23" s="32">
+        <v>65</v>
+      </c>
+      <c r="G23" s="32">
+        <v>98</v>
+      </c>
+      <c r="H23" s="32">
+        <v>64</v>
+      </c>
+      <c r="I23" s="32">
+        <v>100</v>
+      </c>
+      <c r="J23" s="32">
         <v>105</v>
       </c>
-      <c r="F23" s="32">
-[...13 lines deleted...]
-      </c>
       <c r="K23" s="32">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L23" s="32">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="M23" s="32">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N23" s="32">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="O23" s="32">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="P23" s="32">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>324</v>
+        <v>306</v>
       </c>
       <c r="E24" s="33">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F24" s="33">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="G24" s="33">
+        <v>29</v>
+      </c>
+      <c r="H24" s="33">
+        <v>23</v>
+      </c>
+      <c r="I24" s="33">
+        <v>27</v>
+      </c>
+      <c r="J24" s="33">
         <v>26</v>
       </c>
-      <c r="H24" s="33">
-[...7 lines deleted...]
-      </c>
       <c r="K24" s="33">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="L24" s="33">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M24" s="33">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="N24" s="33">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="O24" s="33">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="P24" s="33">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="E26" s="32">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F26" s="32">
         <v>94</v>
       </c>
       <c r="G26" s="32">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="H26" s="21">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="I26" s="21">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="J26" s="21">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="K26" s="21">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="L26" s="21">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="M26" s="21">
-        <v>86</v>
+        <v>120</v>
       </c>
       <c r="N26" s="21">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="O26" s="21">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="P26" s="21">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>543</v>
+        <v>520</v>
       </c>
       <c r="E27" s="32">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F27" s="32">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G27" s="32">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="H27" s="21">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="I27" s="21">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="J27" s="21">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K27" s="21">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="L27" s="21">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="M27" s="21">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="N27" s="21">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="O27" s="21">
+        <v>39</v>
+      </c>
+      <c r="P27" s="21">
         <v>51</v>
       </c>
-      <c r="P27" s="21">
-[...3 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>646</v>
+        <v>674</v>
       </c>
       <c r="E28" s="32">
+        <v>59</v>
+      </c>
+      <c r="F28" s="32">
+        <v>55</v>
+      </c>
+      <c r="G28" s="32">
         <v>62</v>
       </c>
-      <c r="F28" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="H28" s="21">
+        <v>53</v>
+      </c>
+      <c r="I28" s="21">
         <v>54</v>
       </c>
-      <c r="I28" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="J28" s="21">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K28" s="21">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L28" s="21">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M28" s="21">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="N28" s="21">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="O28" s="21">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="P28" s="21">
         <v>65</v>
       </c>
     </row>
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>1061</v>
+        <v>1079</v>
       </c>
       <c r="E29" s="32">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F29" s="32">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="G29" s="32">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="H29" s="21">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="I29" s="21">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="J29" s="21">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="K29" s="21">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="L29" s="21">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="M29" s="21">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="N29" s="21">
+        <v>90</v>
+      </c>
+      <c r="O29" s="21">
+        <v>75</v>
+      </c>
+      <c r="P29" s="21">
         <v>106</v>
       </c>
-      <c r="O29" s="21">
-[...6 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="E30" s="32">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F30" s="32">
+        <v>17</v>
+      </c>
+      <c r="G30" s="32">
         <v>7</v>
       </c>
-      <c r="G30" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="21">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K30" s="21">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L30" s="21">
+        <v>8</v>
+      </c>
+      <c r="M30" s="21">
+        <v>5</v>
+      </c>
+      <c r="N30" s="21">
         <v>11</v>
       </c>
-      <c r="M30" s="21">
+      <c r="O30" s="21">
         <v>8</v>
       </c>
-      <c r="N30" s="21">
-[...2 lines deleted...]
-      <c r="O30" s="21">
+      <c r="P30" s="21">
         <v>10</v>
       </c>
-      <c r="P30" s="21">
-[...3 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="32">
+        <v>0</v>
+      </c>
+      <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>0</v>
+      </c>
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>0</v>
+      </c>
+      <c r="L31" s="32">
         <v>1</v>
       </c>
-      <c r="G31" s="32">
-[...16 lines deleted...]
-      </c>
       <c r="M31" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="32">
+        <v>0</v>
+      </c>
+      <c r="G32" s="32">
+        <v>0</v>
+      </c>
+      <c r="H32" s="32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="32">
+        <v>0</v>
+      </c>
+      <c r="K32" s="32">
         <v>1</v>
       </c>
-      <c r="G32" s="32">
-[...13 lines deleted...]
-      </c>
       <c r="L32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>1</v>
       </c>
       <c r="O32" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E33" s="32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F33" s="32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
+        <v>2</v>
+      </c>
+      <c r="I33" s="32">
+        <v>0</v>
+      </c>
+      <c r="J33" s="32">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="K33" s="32">
         <v>3</v>
       </c>
       <c r="L33" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M33" s="32">
         <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
         <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E34" s="32">
+        <v>7</v>
+      </c>
+      <c r="F34" s="32">
+        <v>7</v>
+      </c>
+      <c r="G34" s="32">
+        <v>9</v>
+      </c>
+      <c r="H34" s="32">
+        <v>6</v>
+      </c>
+      <c r="I34" s="32">
+        <v>6</v>
+      </c>
+      <c r="J34" s="32">
+        <v>8</v>
+      </c>
+      <c r="K34" s="32">
         <v>11</v>
       </c>
-      <c r="F34" s="32">
+      <c r="L34" s="32">
+        <v>13</v>
+      </c>
+      <c r="M34" s="32">
         <v>8</v>
       </c>
-      <c r="G34" s="32">
-[...5 lines deleted...]
-      <c r="I34" s="32">
+      <c r="N34" s="32">
+        <v>8</v>
+      </c>
+      <c r="O34" s="32">
+        <v>13</v>
+      </c>
+      <c r="P34" s="32">
         <v>11</v>
       </c>
-      <c r="J34" s="32">
-[...21 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E35" s="32">
+        <v>31</v>
+      </c>
+      <c r="F35" s="32">
+        <v>14</v>
+      </c>
+      <c r="G35" s="32">
+        <v>23</v>
+      </c>
+      <c r="H35" s="32">
+        <v>21</v>
+      </c>
+      <c r="I35" s="32">
+        <v>17</v>
+      </c>
+      <c r="J35" s="32">
+        <v>21</v>
+      </c>
+      <c r="K35" s="32">
+        <v>30</v>
+      </c>
+      <c r="L35" s="32">
+        <v>25</v>
+      </c>
+      <c r="M35" s="32">
+        <v>30</v>
+      </c>
+      <c r="N35" s="32">
+        <v>25</v>
+      </c>
+      <c r="O35" s="32">
+        <v>18</v>
+      </c>
+      <c r="P35" s="32">
         <v>29</v>
       </c>
-      <c r="F35" s="32">
-[...33 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="E36" s="33">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F36" s="33">
+        <v>70</v>
+      </c>
+      <c r="G36" s="33">
+        <v>64</v>
+      </c>
+      <c r="H36" s="33">
+        <v>53</v>
+      </c>
+      <c r="I36" s="33">
+        <v>63</v>
+      </c>
+      <c r="J36" s="33">
         <v>57</v>
       </c>
-      <c r="G36" s="33">
-[...5 lines deleted...]
-      <c r="I36" s="33">
+      <c r="K36" s="33">
+        <v>70</v>
+      </c>
+      <c r="L36" s="33">
         <v>51</v>
       </c>
-      <c r="J36" s="33">
-[...7 lines deleted...]
-      </c>
       <c r="M36" s="33">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="N36" s="33">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="O36" s="33">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="P36" s="33">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1404</v>
+        <v>1370</v>
       </c>
       <c r="E38" s="39">
+        <v>83</v>
+      </c>
+      <c r="F38" s="39">
+        <v>112</v>
+      </c>
+      <c r="G38" s="39">
+        <v>88</v>
+      </c>
+      <c r="H38" s="26">
+        <v>125</v>
+      </c>
+      <c r="I38" s="26">
+        <v>139</v>
+      </c>
+      <c r="J38" s="26">
+        <v>156</v>
+      </c>
+      <c r="K38" s="26">
+        <v>169</v>
+      </c>
+      <c r="L38" s="26">
+        <v>122</v>
+      </c>
+      <c r="M38" s="26">
+        <v>145</v>
+      </c>
+      <c r="N38" s="26">
+        <v>94</v>
+      </c>
+      <c r="O38" s="26">
+        <v>68</v>
+      </c>
+      <c r="P38" s="26">
         <v>69</v>
       </c>
-      <c r="F38" s="39">
-[...33 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>721</v>
+        <v>707</v>
       </c>
       <c r="E39" s="32">
+        <v>48</v>
+      </c>
+      <c r="F39" s="32">
+        <v>59</v>
+      </c>
+      <c r="G39" s="32">
+        <v>47</v>
+      </c>
+      <c r="H39" s="21">
+        <v>70</v>
+      </c>
+      <c r="I39" s="21">
+        <v>70</v>
+      </c>
+      <c r="J39" s="21">
+        <v>79</v>
+      </c>
+      <c r="K39" s="21">
+        <v>84</v>
+      </c>
+      <c r="L39" s="21">
+        <v>63</v>
+      </c>
+      <c r="M39" s="21">
+        <v>72</v>
+      </c>
+      <c r="N39" s="21">
+        <v>46</v>
+      </c>
+      <c r="O39" s="21">
         <v>32</v>
       </c>
-      <c r="F39" s="32">
-[...28 lines deleted...]
-      </c>
       <c r="P39" s="21">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>683</v>
+        <v>663</v>
       </c>
       <c r="E40" s="32">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F40" s="32">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G40" s="32">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H40" s="21">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I40" s="21">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="J40" s="21">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="K40" s="21">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="L40" s="21">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="M40" s="21">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="N40" s="21">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="O40" s="21">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="P40" s="21">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>960</v>
+        <v>927</v>
       </c>
       <c r="E41" s="32">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="F41" s="32">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="G41" s="32">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="H41" s="21">
+        <v>85</v>
+      </c>
+      <c r="I41" s="21">
+        <v>101</v>
+      </c>
+      <c r="J41" s="21">
+        <v>114</v>
+      </c>
+      <c r="K41" s="21">
+        <v>116</v>
+      </c>
+      <c r="L41" s="21">
+        <v>85</v>
+      </c>
+      <c r="M41" s="21">
+        <v>110</v>
+      </c>
+      <c r="N41" s="21">
         <v>72</v>
       </c>
-      <c r="I41" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="O41" s="21">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="P41" s="21">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="E42" s="33">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F42" s="33">
+        <v>42</v>
+      </c>
+      <c r="G42" s="33">
         <v>38</v>
       </c>
-      <c r="G42" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="H42" s="34">
+        <v>40</v>
+      </c>
+      <c r="I42" s="34">
+        <v>38</v>
+      </c>
+      <c r="J42" s="34">
+        <v>42</v>
+      </c>
+      <c r="K42" s="34">
+        <v>53</v>
+      </c>
+      <c r="L42" s="34">
+        <v>37</v>
+      </c>
+      <c r="M42" s="34">
         <v>35</v>
       </c>
-      <c r="I42" s="34">
-[...8 lines deleted...]
-      <c r="L42" s="34">
+      <c r="N42" s="34">
+        <v>22</v>
+      </c>
+      <c r="O42" s="34">
         <v>25</v>
       </c>
-      <c r="M42" s="34">
-[...7 lines deleted...]
-      </c>
       <c r="P42" s="34">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>470</v>
+        <v>541</v>
       </c>
       <c r="E44" s="32">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="F44" s="32">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="G44" s="32">
+        <v>36</v>
+      </c>
+      <c r="H44" s="21">
+        <v>43</v>
+      </c>
+      <c r="I44" s="21">
+        <v>46</v>
+      </c>
+      <c r="J44" s="21">
+        <v>42</v>
+      </c>
+      <c r="K44" s="21">
+        <v>47</v>
+      </c>
+      <c r="L44" s="21">
+        <v>30</v>
+      </c>
+      <c r="M44" s="21">
+        <v>52</v>
+      </c>
+      <c r="N44" s="21">
+        <v>32</v>
+      </c>
+      <c r="O44" s="21">
+        <v>49</v>
+      </c>
+      <c r="P44" s="21">
         <v>51</v>
       </c>
-      <c r="H44" s="21">
-[...27 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="E45" s="32">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F45" s="32">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G45" s="32">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H45" s="21">
         <v>20</v>
       </c>
       <c r="I45" s="21">
+        <v>19</v>
+      </c>
+      <c r="J45" s="21">
+        <v>19</v>
+      </c>
+      <c r="K45" s="21">
+        <v>23</v>
+      </c>
+      <c r="L45" s="21">
+        <v>14</v>
+      </c>
+      <c r="M45" s="21">
         <v>26</v>
       </c>
-      <c r="J45" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="N45" s="21">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O45" s="21">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="P45" s="21">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="E46" s="32">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F46" s="32">
+        <v>23</v>
+      </c>
+      <c r="G46" s="32">
+        <v>20</v>
+      </c>
+      <c r="H46" s="21">
+        <v>23</v>
+      </c>
+      <c r="I46" s="21">
+        <v>27</v>
+      </c>
+      <c r="J46" s="21">
+        <v>23</v>
+      </c>
+      <c r="K46" s="21">
+        <v>24</v>
+      </c>
+      <c r="L46" s="21">
         <v>16</v>
-      </c>
-[...16 lines deleted...]
-        <v>6</v>
       </c>
       <c r="M46" s="21">
         <v>26</v>
       </c>
       <c r="N46" s="21">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="O46" s="21">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="P46" s="21">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>279</v>
+        <v>326</v>
       </c>
       <c r="E47" s="32">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F47" s="32">
+        <v>32</v>
+      </c>
+      <c r="G47" s="32">
         <v>18</v>
       </c>
-      <c r="G47" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="H47" s="21">
+        <v>28</v>
+      </c>
+      <c r="I47" s="21">
+        <v>31</v>
+      </c>
+      <c r="J47" s="21">
+        <v>19</v>
+      </c>
+      <c r="K47" s="21">
+        <v>29</v>
+      </c>
+      <c r="L47" s="21">
+        <v>16</v>
+      </c>
+      <c r="M47" s="21">
+        <v>35</v>
+      </c>
+      <c r="N47" s="21">
+        <v>14</v>
+      </c>
+      <c r="O47" s="21">
+        <v>34</v>
+      </c>
+      <c r="P47" s="21">
         <v>26</v>
       </c>
-      <c r="I47" s="21">
-[...24 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29"/>
       <c r="B48" s="29"/>
       <c r="C48" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>191</v>
+        <v>215</v>
       </c>
       <c r="E48" s="33">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F48" s="33">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G48" s="33">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="H48" s="34">
         <v>15</v>
       </c>
       <c r="I48" s="34">
+        <v>15</v>
+      </c>
+      <c r="J48" s="34">
+        <v>23</v>
+      </c>
+      <c r="K48" s="34">
+        <v>18</v>
+      </c>
+      <c r="L48" s="34">
+        <v>14</v>
+      </c>
+      <c r="M48" s="34">
         <v>17</v>
       </c>
-      <c r="J48" s="34">
-[...2 lines deleted...]
-      <c r="K48" s="34">
+      <c r="N48" s="34">
+        <v>18</v>
+      </c>
+      <c r="O48" s="34">
         <v>15</v>
       </c>
-      <c r="L48" s="34">
-[...10 lines deleted...]
-      </c>
       <c r="P48" s="34">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
         <v>72</v>
       </c>
       <c r="D49" s="35"/>
       <c r="E49" s="32"/>
       <c r="F49" s="32"/>
       <c r="G49" s="32"/>
       <c r="H49" s="21"/>
       <c r="I49" s="21"/>
       <c r="J49" s="21"/>
       <c r="K49" s="21"/>
       <c r="L49" s="21"/>
       <c r="M49" s="21"/>
       <c r="N49" s="21"/>
       <c r="O49" s="21"/>
       <c r="P49" s="21"/>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D50" s="35">
-        <v>889</v>
+        <v>778</v>
       </c>
       <c r="E50" s="32">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F50" s="32">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G50" s="32">
-        <v>101</v>
+        <v>77</v>
       </c>
       <c r="H50" s="32">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="I50" s="32">
-        <v>89</v>
+        <v>45</v>
       </c>
       <c r="J50" s="32">
-        <v>103</v>
+        <v>162</v>
       </c>
       <c r="K50" s="32">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="L50" s="32">
-        <v>198</v>
+        <v>5</v>
       </c>
       <c r="M50" s="32">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="N50" s="32">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="O50" s="32">
-        <v>117</v>
+        <v>51</v>
       </c>
       <c r="P50" s="32">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="29" t="s">
         <v>65</v>
       </c>
       <c r="B51" s="29"/>
       <c r="C51" s="29"/>
       <c r="D51" s="36">
         <v>0</v>
       </c>
       <c r="E51" s="33">
         <v>0</v>
       </c>
       <c r="F51" s="33">
         <v>0</v>
       </c>
       <c r="G51" s="33">
         <v>0</v>
       </c>
       <c r="H51" s="33">
         <v>0</v>
       </c>
       <c r="I51" s="33">
         <v>0</v>
       </c>
       <c r="J51" s="33">
         <v>0</v>
       </c>
       <c r="K51" s="33">
         <v>0</v>
       </c>
       <c r="L51" s="33">
         <v>0</v>
       </c>
       <c r="M51" s="33">
         <v>0</v>
       </c>
       <c r="N51" s="33">
         <v>0</v>
       </c>
       <c r="O51" s="33">
         <v>0</v>
       </c>
       <c r="P51" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
         <v>66</v>
       </c>
       <c r="D52" s="35"/>
       <c r="E52" s="32"/>
       <c r="F52" s="32"/>
       <c r="G52" s="32"/>
       <c r="H52" s="32"/>
       <c r="I52" s="32"/>
       <c r="J52" s="32"/>
       <c r="K52" s="32"/>
       <c r="L52" s="32"/>
       <c r="M52" s="32"/>
       <c r="N52" s="32"/>
       <c r="O52" s="32"/>
       <c r="P52" s="32"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
         <v>67</v>
       </c>
       <c r="B53" s="29"/>
       <c r="C53" s="29"/>
       <c r="D53" s="36">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="E53" s="33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F53" s="33">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G53" s="33">
         <v>2</v>
       </c>
       <c r="H53" s="33">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I53" s="33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J53" s="33">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K53" s="33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L53" s="33">
         <v>0</v>
       </c>
       <c r="M53" s="33">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N53" s="33">
+        <v>5</v>
+      </c>
+      <c r="O53" s="33">
         <v>2</v>
       </c>
-      <c r="O53" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="F54" s="14"/>
       <c r="P54" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B55" s="4"/>
       <c r="C55" s="4"/>
       <c r="D55" s="4"/>
     </row>
-    <row r="56" spans="1:16" ht="11.25" customHeight="1">
+    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B56" s="17"/>
       <c r="C56" s="17"/>
       <c r="D56" s="17"/>
     </row>
-    <row r="57" spans="1:16" ht="11.25" customHeight="1">
+    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
     </row>
-    <row r="58" spans="1:16" ht="11.25" customHeight="1">
+    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="1"/>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="P58" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="59" spans="1:16" ht="11.25" customHeight="1">
+    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P59" s="26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D492AC41-57CE-456B-8EBA-8BF50BA0747F}">
-  <dimension ref="A1:P54"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA40A564-9086-4F1C-9ACF-B77E92CDB729}">
+  <dimension ref="A1:Q59"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:17" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:17" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>144447</v>
+        <v>145873</v>
       </c>
       <c r="E8" s="32">
-        <v>144447</v>
+        <v>145873</v>
       </c>
       <c r="F8" s="32">
-        <v>144721</v>
+        <v>145934</v>
       </c>
       <c r="G8" s="32">
-        <v>145033</v>
+        <v>146069</v>
       </c>
       <c r="H8" s="32">
-        <v>145143</v>
+        <v>146207</v>
       </c>
       <c r="I8" s="32">
-        <v>145230</v>
+        <v>146346</v>
       </c>
       <c r="J8" s="32">
-        <v>145349</v>
+        <v>146373</v>
       </c>
       <c r="K8" s="32">
-        <v>145272</v>
+        <v>146281</v>
       </c>
       <c r="L8" s="32">
-        <v>145159</v>
+        <v>146104</v>
       </c>
       <c r="M8" s="32">
-        <v>145207</v>
+        <v>145909</v>
       </c>
       <c r="N8" s="32">
-        <v>145800</v>
+        <v>146301</v>
       </c>
       <c r="O8" s="32">
-        <v>146033</v>
+        <v>146527</v>
       </c>
       <c r="P8" s="32">
-        <v>145836</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>146566</v>
+      </c>
+      <c r="Q8" s="47"/>
+    </row>
+    <row r="9" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>199</v>
+        <v>128</v>
       </c>
       <c r="E9" s="24">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F9" s="24">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="G9" s="24">
-        <v>-3</v>
+        <v>24</v>
       </c>
       <c r="H9" s="24">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="I9" s="24">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="J9" s="24">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="K9" s="24">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="L9" s="24">
-        <v>71</v>
+        <v>-19</v>
       </c>
       <c r="M9" s="24">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="N9" s="24">
-        <v>24</v>
+        <v>-13</v>
       </c>
       <c r="O9" s="24">
-        <v>8</v>
+        <v>-14</v>
       </c>
       <c r="P9" s="24">
-        <v>-36</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
-        <v>1235</v>
+        <v>459</v>
       </c>
       <c r="E10" s="24">
-        <v>274</v>
+        <v>45</v>
       </c>
       <c r="F10" s="24">
-        <v>308</v>
+        <v>115</v>
       </c>
       <c r="G10" s="24">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H10" s="24">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="I10" s="24">
-        <v>72</v>
+        <v>-6</v>
       </c>
       <c r="J10" s="24">
-        <v>-117</v>
+        <v>-114</v>
       </c>
       <c r="K10" s="24">
-        <v>-142</v>
+        <v>-189</v>
       </c>
       <c r="L10" s="24">
-        <v>-23</v>
+        <v>-176</v>
       </c>
       <c r="M10" s="24">
-        <v>581</v>
+        <v>359</v>
       </c>
       <c r="N10" s="24">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="O10" s="24">
-        <v>-205</v>
+        <v>53</v>
       </c>
       <c r="P10" s="24">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>-79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
-        <v>1434</v>
+        <v>587</v>
       </c>
       <c r="E11" s="24">
-        <v>274</v>
+        <v>61</v>
       </c>
       <c r="F11" s="24">
-        <v>312</v>
+        <v>135</v>
       </c>
       <c r="G11" s="24">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="H11" s="24">
-        <v>87</v>
+        <v>139</v>
       </c>
       <c r="I11" s="24">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="J11" s="24">
-        <v>-77</v>
+        <v>-92</v>
       </c>
       <c r="K11" s="24">
-        <v>-113</v>
+        <v>-177</v>
       </c>
       <c r="L11" s="24">
-        <v>48</v>
+        <v>-195</v>
       </c>
       <c r="M11" s="24">
-        <v>593</v>
+        <v>392</v>
       </c>
       <c r="N11" s="24">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="O11" s="24">
-        <v>-197</v>
+        <v>39</v>
       </c>
       <c r="P11" s="24">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>-106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>-8</v>
+        <v>-5</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="24">
-[...3 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+      <c r="P12" s="25">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>145873</v>
+        <v>146455</v>
       </c>
       <c r="E13" s="32">
-        <v>144721</v>
+        <v>145934</v>
       </c>
       <c r="F13" s="32">
-        <v>145033</v>
+        <v>146069</v>
       </c>
       <c r="G13" s="32">
-        <v>145143</v>
+        <v>146207</v>
       </c>
       <c r="H13" s="32">
-        <v>145230</v>
+        <v>146346</v>
       </c>
       <c r="I13" s="32">
-        <v>145349</v>
+        <v>146373</v>
       </c>
       <c r="J13" s="32">
-        <v>145272</v>
+        <v>146281</v>
       </c>
       <c r="K13" s="32">
-        <v>145159</v>
+        <v>146104</v>
       </c>
       <c r="L13" s="32">
-        <v>145207</v>
+        <v>145909</v>
       </c>
       <c r="M13" s="32">
-        <v>145800</v>
+        <v>146301</v>
       </c>
       <c r="N13" s="32">
-        <v>146033</v>
+        <v>146527</v>
       </c>
       <c r="O13" s="32">
-        <v>145836</v>
+        <v>146566</v>
       </c>
       <c r="P13" s="32">
-        <v>145873</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>146455</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>69663</v>
+        <v>70012</v>
       </c>
       <c r="E14" s="32">
-        <v>69297</v>
+        <v>69723</v>
       </c>
       <c r="F14" s="32">
-        <v>69407</v>
+        <v>69777</v>
       </c>
       <c r="G14" s="32">
-        <v>69468</v>
+        <v>69838</v>
       </c>
       <c r="H14" s="32">
-        <v>69503</v>
+        <v>69903</v>
       </c>
       <c r="I14" s="32">
-        <v>69581</v>
+        <v>69938</v>
       </c>
       <c r="J14" s="32">
-        <v>69568</v>
+        <v>69953</v>
       </c>
       <c r="K14" s="32">
-        <v>69546</v>
+        <v>69909</v>
       </c>
       <c r="L14" s="32">
-        <v>69556</v>
+        <v>69819</v>
       </c>
       <c r="M14" s="32">
-        <v>69798</v>
+        <v>69999</v>
       </c>
       <c r="N14" s="32">
-        <v>69855</v>
+        <v>70058</v>
       </c>
       <c r="O14" s="32">
-        <v>69712</v>
+        <v>70081</v>
       </c>
       <c r="P14" s="32">
-        <v>69663</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>70012</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>76210</v>
+        <v>76443</v>
       </c>
       <c r="E15" s="32">
-        <v>75424</v>
+        <v>76211</v>
       </c>
       <c r="F15" s="32">
-        <v>75626</v>
+        <v>76292</v>
       </c>
       <c r="G15" s="32">
-        <v>75675</v>
+        <v>76369</v>
       </c>
       <c r="H15" s="32">
-        <v>75727</v>
+        <v>76443</v>
       </c>
       <c r="I15" s="32">
-        <v>75768</v>
+        <v>76435</v>
       </c>
       <c r="J15" s="32">
-        <v>75704</v>
+        <v>76328</v>
       </c>
       <c r="K15" s="32">
-        <v>75613</v>
+        <v>76195</v>
       </c>
       <c r="L15" s="32">
-        <v>75651</v>
+        <v>76090</v>
       </c>
       <c r="M15" s="32">
-        <v>76002</v>
+        <v>76302</v>
       </c>
       <c r="N15" s="32">
-        <v>76178</v>
+        <v>76469</v>
       </c>
       <c r="O15" s="32">
-        <v>76124</v>
+        <v>76485</v>
       </c>
       <c r="P15" s="32">
-        <v>76210</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>76443</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109588</v>
+        <v>109761</v>
       </c>
       <c r="E16" s="32">
-        <v>109200</v>
+        <v>109637</v>
       </c>
       <c r="F16" s="32">
-        <v>109318</v>
+        <v>109692</v>
       </c>
       <c r="G16" s="32">
-        <v>109368</v>
+        <v>109770</v>
       </c>
       <c r="H16" s="32">
-        <v>109330</v>
+        <v>109832</v>
       </c>
       <c r="I16" s="32">
-        <v>109278</v>
+        <v>109875</v>
       </c>
       <c r="J16" s="32">
-        <v>109331</v>
+        <v>109837</v>
       </c>
       <c r="K16" s="32">
-        <v>109257</v>
+        <v>109622</v>
       </c>
       <c r="L16" s="32">
-        <v>109292</v>
+        <v>109597</v>
       </c>
       <c r="M16" s="32">
-        <v>109462</v>
+        <v>109645</v>
       </c>
       <c r="N16" s="32">
-        <v>109621</v>
+        <v>109800</v>
       </c>
       <c r="O16" s="32">
-        <v>109606</v>
+        <v>109817</v>
       </c>
       <c r="P16" s="32">
-        <v>109588</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109761</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>36285</v>
+        <v>36694</v>
       </c>
       <c r="E17" s="32">
-        <v>35521</v>
+        <v>36297</v>
       </c>
       <c r="F17" s="32">
-        <v>35715</v>
+        <v>36377</v>
       </c>
       <c r="G17" s="32">
-        <v>35775</v>
+        <v>36437</v>
       </c>
       <c r="H17" s="32">
-        <v>35900</v>
+        <v>36514</v>
       </c>
       <c r="I17" s="32">
-        <v>36071</v>
+        <v>36498</v>
       </c>
       <c r="J17" s="32">
-        <v>35941</v>
+        <v>36444</v>
       </c>
       <c r="K17" s="32">
-        <v>35902</v>
+        <v>36482</v>
       </c>
       <c r="L17" s="32">
-        <v>35915</v>
+        <v>36312</v>
       </c>
       <c r="M17" s="32">
-        <v>36338</v>
+        <v>36656</v>
       </c>
       <c r="N17" s="32">
-        <v>36412</v>
+        <v>36727</v>
       </c>
       <c r="O17" s="32">
-        <v>36230</v>
+        <v>36749</v>
       </c>
       <c r="P17" s="32">
-        <v>36285</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>36694</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>145160</v>
+        <v>146160</v>
       </c>
       <c r="E18" s="33">
-        <v>144580</v>
+        <v>145900</v>
       </c>
       <c r="F18" s="33">
-        <v>144880</v>
+        <v>146000</v>
       </c>
       <c r="G18" s="33">
-        <v>145090</v>
+        <v>146140</v>
       </c>
       <c r="H18" s="33">
-        <v>145190</v>
+        <v>146280</v>
       </c>
       <c r="I18" s="33">
-        <v>145290</v>
+        <v>146360</v>
       </c>
       <c r="J18" s="33">
-        <v>145310</v>
+        <v>146330</v>
       </c>
       <c r="K18" s="33">
-        <v>145220</v>
+        <v>146190</v>
       </c>
       <c r="L18" s="33">
-        <v>145180</v>
+        <v>146010</v>
       </c>
       <c r="M18" s="33">
-        <v>145500</v>
+        <v>146110</v>
       </c>
       <c r="N18" s="33">
-        <v>145920</v>
+        <v>146410</v>
       </c>
       <c r="O18" s="33">
-        <v>145930</v>
+        <v>146550</v>
       </c>
       <c r="P18" s="33">
-        <v>145850</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>146510</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1404</v>
+        <v>1317</v>
       </c>
       <c r="E20" s="32">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="F20" s="32">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="G20" s="32">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="H20" s="21">
-        <v>98</v>
+        <v>152</v>
       </c>
       <c r="I20" s="21">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="J20" s="21">
+        <v>95</v>
+      </c>
+      <c r="K20" s="21">
         <v>121</v>
       </c>
-      <c r="K20" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="L20" s="21">
-        <v>170</v>
+        <v>80</v>
       </c>
       <c r="M20" s="21">
+        <v>119</v>
+      </c>
+      <c r="N20" s="21">
         <v>108</v>
       </c>
-      <c r="N20" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="O20" s="21">
-        <v>115</v>
+        <v>88</v>
       </c>
       <c r="P20" s="21">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>721</v>
+        <v>683</v>
       </c>
       <c r="E21" s="32">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="F21" s="32">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G21" s="32">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H21" s="21">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="I21" s="21">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="J21" s="21">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="K21" s="21">
         <v>65</v>
       </c>
       <c r="L21" s="21">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="M21" s="21">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="N21" s="21">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="O21" s="21">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="P21" s="21">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>683</v>
+        <v>634</v>
       </c>
       <c r="E22" s="32">
+        <v>56</v>
+      </c>
+      <c r="F22" s="32">
+        <v>60</v>
+      </c>
+      <c r="G22" s="32">
+        <v>44</v>
+      </c>
+      <c r="H22" s="21">
+        <v>80</v>
+      </c>
+      <c r="I22" s="21">
+        <v>54</v>
+      </c>
+      <c r="J22" s="21">
+        <v>39</v>
+      </c>
+      <c r="K22" s="21">
+        <v>56</v>
+      </c>
+      <c r="L22" s="21">
+        <v>48</v>
+      </c>
+      <c r="M22" s="21">
         <v>53</v>
       </c>
-      <c r="F22" s="32">
-[...22 lines deleted...]
-      </c>
       <c r="N22" s="21">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="O22" s="21">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="P22" s="21">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>1092</v>
+        <v>993</v>
       </c>
       <c r="E23" s="32">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="F23" s="32">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="G23" s="32">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="H23" s="32">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="I23" s="32">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="J23" s="32">
-        <v>98</v>
+        <v>75</v>
       </c>
       <c r="K23" s="32">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="L23" s="32">
-        <v>140</v>
+        <v>61</v>
       </c>
       <c r="M23" s="32">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="N23" s="32">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="O23" s="32">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="P23" s="32">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="E24" s="33">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="F24" s="33">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G24" s="33">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H24" s="33">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I24" s="33">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J24" s="33">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="K24" s="33">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="L24" s="33">
+        <v>19</v>
+      </c>
+      <c r="M24" s="33">
         <v>30</v>
       </c>
-      <c r="M24" s="33">
+      <c r="N24" s="33">
+        <v>29</v>
+      </c>
+      <c r="O24" s="33">
         <v>25</v>
       </c>
-      <c r="N24" s="33">
-[...4 lines deleted...]
-      </c>
       <c r="P24" s="33">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1205</v>
+        <v>1189</v>
       </c>
       <c r="E26" s="32">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="F26" s="32">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G26" s="32">
+        <v>75</v>
+      </c>
+      <c r="H26" s="21">
+        <v>111</v>
+      </c>
+      <c r="I26" s="21">
+        <v>75</v>
+      </c>
+      <c r="J26" s="21">
+        <v>73</v>
+      </c>
+      <c r="K26" s="21">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
       <c r="L26" s="21">
         <v>99</v>
       </c>
       <c r="M26" s="21">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="N26" s="21">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="O26" s="21">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="P26" s="21">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>516</v>
+        <v>543</v>
       </c>
       <c r="E27" s="32">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F27" s="32">
+        <v>42</v>
+      </c>
+      <c r="G27" s="32">
+        <v>38</v>
+      </c>
+      <c r="H27" s="21">
+        <v>57</v>
+      </c>
+      <c r="I27" s="21">
         <v>35</v>
       </c>
-      <c r="G27" s="32">
-[...2 lines deleted...]
-      <c r="H27" s="21">
+      <c r="J27" s="21">
         <v>35</v>
       </c>
-      <c r="I27" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="K27" s="21">
+        <v>47</v>
+      </c>
+      <c r="L27" s="21">
         <v>41</v>
       </c>
-      <c r="L27" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="M27" s="21">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="N27" s="21">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="O27" s="21">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="P27" s="21">
         <v>59</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>689</v>
+        <v>646</v>
       </c>
       <c r="E28" s="32">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="F28" s="32">
+        <v>52</v>
+      </c>
+      <c r="G28" s="32">
+        <v>37</v>
+      </c>
+      <c r="H28" s="21">
         <v>54</v>
       </c>
-      <c r="G28" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="I28" s="21">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J28" s="21">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="K28" s="21">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="L28" s="21">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="M28" s="21">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="N28" s="21">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="O28" s="21">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="P28" s="21">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>1085</v>
+        <v>1061</v>
       </c>
       <c r="E29" s="32">
+        <v>105</v>
+      </c>
+      <c r="F29" s="32">
+        <v>87</v>
+      </c>
+      <c r="G29" s="32">
+        <v>66</v>
+      </c>
+      <c r="H29" s="21">
+        <v>97</v>
+      </c>
+      <c r="I29" s="21">
+        <v>64</v>
+      </c>
+      <c r="J29" s="21">
+        <v>66</v>
+      </c>
+      <c r="K29" s="21">
+        <v>97</v>
+      </c>
+      <c r="L29" s="21">
+        <v>88</v>
+      </c>
+      <c r="M29" s="21">
+        <v>78</v>
+      </c>
+      <c r="N29" s="21">
         <v>106</v>
       </c>
-      <c r="F29" s="32">
-[...25 lines deleted...]
-      </c>
       <c r="O29" s="21">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="P29" s="21">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="E30" s="32">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F30" s="32">
+        <v>7</v>
+      </c>
+      <c r="G30" s="32">
         <v>9</v>
       </c>
-      <c r="G30" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="21">
+        <v>14</v>
+      </c>
+      <c r="I30" s="21">
+        <v>11</v>
+      </c>
+      <c r="J30" s="21">
         <v>7</v>
       </c>
-      <c r="I30" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="K30" s="21">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="L30" s="21">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="M30" s="21">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="N30" s="21">
+        <v>15</v>
+      </c>
+      <c r="O30" s="21">
         <v>10</v>
       </c>
-      <c r="O30" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="P30" s="21">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
+        <v>6</v>
+      </c>
+      <c r="E31" s="32">
+        <v>0</v>
+      </c>
+      <c r="F31" s="32">
+        <v>1</v>
+      </c>
+      <c r="G31" s="32">
         <v>2</v>
       </c>
-      <c r="E31" s="32">
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>0</v>
+      </c>
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>2</v>
+      </c>
+      <c r="L31" s="32">
+        <v>0</v>
+      </c>
+      <c r="M31" s="32">
         <v>1</v>
       </c>
-      <c r="F31" s="32">
-[...22 lines deleted...]
-      </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E32" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="32">
+        <v>0</v>
+      </c>
+      <c r="K32" s="32">
+        <v>2</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
         <v>1</v>
       </c>
-      <c r="J32" s="32">
-[...10 lines deleted...]
-      </c>
       <c r="N32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O32" s="32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P32" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E33" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F33" s="32">
+        <v>4</v>
+      </c>
+      <c r="G33" s="32">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="H33" s="32">
         <v>1</v>
       </c>
       <c r="I33" s="32">
+        <v>0</v>
+      </c>
+      <c r="J33" s="32">
+        <v>0</v>
+      </c>
+      <c r="K33" s="32">
+        <v>3</v>
+      </c>
+      <c r="L33" s="32">
+        <v>0</v>
+      </c>
+      <c r="M33" s="32">
+        <v>0</v>
+      </c>
+      <c r="N33" s="32">
         <v>2</v>
       </c>
-      <c r="J33" s="32">
-[...13 lines deleted...]
-      </c>
       <c r="O33" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="E34" s="32">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F34" s="32">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G34" s="32">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="H34" s="32">
         <v>9</v>
       </c>
       <c r="I34" s="32">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J34" s="32">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K34" s="32">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L34" s="32">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="M34" s="32">
         <v>7</v>
       </c>
       <c r="N34" s="32">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>8</v>
       </c>
       <c r="P34" s="32">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E35" s="32">
         <v>29</v>
       </c>
       <c r="F35" s="32">
+        <v>24</v>
+      </c>
+      <c r="G35" s="32">
         <v>18</v>
       </c>
-      <c r="G35" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="32">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I35" s="32">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="J35" s="32">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K35" s="32">
+        <v>25</v>
+      </c>
+      <c r="L35" s="32">
+        <v>24</v>
+      </c>
+      <c r="M35" s="32">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N35" s="32">
         <v>26</v>
       </c>
       <c r="O35" s="32">
+        <v>26</v>
+      </c>
+      <c r="P35" s="32">
         <v>30</v>
       </c>
-      <c r="P35" s="32">
-[...3 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="E36" s="33">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F36" s="33">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G36" s="33">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="H36" s="33">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="I36" s="33">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="J36" s="33">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="K36" s="33">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="L36" s="33">
+        <v>64</v>
+      </c>
+      <c r="M36" s="33">
+        <v>58</v>
+      </c>
+      <c r="N36" s="33">
+        <v>80</v>
+      </c>
+      <c r="O36" s="33">
         <v>67</v>
       </c>
-      <c r="M36" s="33">
-[...7 lines deleted...]
-      </c>
       <c r="P36" s="33">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1505</v>
+        <v>1404</v>
       </c>
       <c r="E38" s="39">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="F38" s="39">
+        <v>92</v>
+      </c>
+      <c r="G38" s="39">
+        <v>81</v>
+      </c>
+      <c r="H38" s="26">
         <v>107</v>
       </c>
-      <c r="G38" s="39">
-[...4 lines deleted...]
-      </c>
       <c r="I38" s="26">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="J38" s="26">
+        <v>180</v>
+      </c>
+      <c r="K38" s="26">
+        <v>187</v>
+      </c>
+      <c r="L38" s="26">
+        <v>102</v>
+      </c>
+      <c r="M38" s="26">
         <v>151</v>
       </c>
-      <c r="K38" s="26">
-[...7 lines deleted...]
-      </c>
       <c r="N38" s="26">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="O38" s="26">
+        <v>78</v>
+      </c>
+      <c r="P38" s="26">
         <v>65</v>
       </c>
-      <c r="P38" s="26">
-[...3 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>774</v>
+        <v>721</v>
       </c>
       <c r="E39" s="32">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="F39" s="32">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G39" s="32">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="H39" s="21">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="I39" s="21">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="J39" s="21">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="K39" s="21">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="L39" s="21">
-        <v>128</v>
+        <v>58</v>
       </c>
       <c r="M39" s="21">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="N39" s="21">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O39" s="21">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="P39" s="21">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>731</v>
+        <v>683</v>
       </c>
       <c r="E40" s="32">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="F40" s="32">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G40" s="32">
+        <v>38</v>
+      </c>
+      <c r="H40" s="21">
         <v>54</v>
       </c>
-      <c r="H40" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="I40" s="21">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J40" s="21">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="K40" s="21">
-        <v>49</v>
+        <v>89</v>
       </c>
       <c r="L40" s="21">
-        <v>116</v>
+        <v>44</v>
       </c>
       <c r="M40" s="21">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="N40" s="21">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="O40" s="21">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="P40" s="21">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>985</v>
+        <v>960</v>
       </c>
       <c r="E41" s="32">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="F41" s="32">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="G41" s="32">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="H41" s="21">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="I41" s="21">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="J41" s="21">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="K41" s="21">
-        <v>72</v>
+        <v>145</v>
       </c>
       <c r="L41" s="21">
-        <v>168</v>
+        <v>77</v>
       </c>
       <c r="M41" s="21">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="N41" s="21">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="O41" s="21">
+        <v>46</v>
+      </c>
+      <c r="P41" s="21">
         <v>32</v>
       </c>
-      <c r="P41" s="21">
-[...3 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>520</v>
+        <v>444</v>
       </c>
       <c r="E42" s="33">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="F42" s="33">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G42" s="33">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="H42" s="34">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I42" s="34">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="J42" s="34">
         <v>38</v>
       </c>
       <c r="K42" s="34">
+        <v>42</v>
+      </c>
+      <c r="L42" s="34">
+        <v>25</v>
+      </c>
+      <c r="M42" s="34">
+        <v>51</v>
+      </c>
+      <c r="N42" s="34">
+        <v>50</v>
+      </c>
+      <c r="O42" s="34">
         <v>32</v>
       </c>
-      <c r="L42" s="34">
-[...8 lines deleted...]
-      <c r="O42" s="34">
+      <c r="P42" s="34">
         <v>33</v>
       </c>
-      <c r="P42" s="34">
-[...3 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="E44" s="32">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F44" s="32">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G44" s="32">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="H44" s="21">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I44" s="21">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="J44" s="21">
+        <v>50</v>
+      </c>
+      <c r="K44" s="21">
         <v>43</v>
       </c>
-      <c r="K44" s="21">
+      <c r="L44" s="21">
+        <v>16</v>
+      </c>
+      <c r="M44" s="21">
+        <v>54</v>
+      </c>
+      <c r="N44" s="21">
+        <v>42</v>
+      </c>
+      <c r="O44" s="21">
+        <v>23</v>
+      </c>
+      <c r="P44" s="21">
         <v>34</v>
       </c>
-      <c r="L44" s="21">
-[...15 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="E45" s="32">
         <v>20</v>
       </c>
       <c r="F45" s="32">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G45" s="32">
+        <v>25</v>
+      </c>
+      <c r="H45" s="21">
+        <v>20</v>
+      </c>
+      <c r="I45" s="21">
+        <v>26</v>
+      </c>
+      <c r="J45" s="21">
+        <v>24</v>
+      </c>
+      <c r="K45" s="21">
+        <v>21</v>
+      </c>
+      <c r="L45" s="21">
+        <v>10</v>
+      </c>
+      <c r="M45" s="21">
+        <v>28</v>
+      </c>
+      <c r="N45" s="21">
+        <v>21</v>
+      </c>
+      <c r="O45" s="21">
         <v>12</v>
       </c>
-      <c r="H45" s="21">
-[...8 lines deleted...]
-      <c r="K45" s="21">
+      <c r="P45" s="21">
         <v>17</v>
       </c>
-      <c r="L45" s="21">
-[...15 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="E46" s="32">
+        <v>17</v>
+      </c>
+      <c r="F46" s="32">
+        <v>16</v>
+      </c>
+      <c r="G46" s="32">
         <v>26</v>
       </c>
-      <c r="F46" s="32">
+      <c r="H46" s="21">
+        <v>21</v>
+      </c>
+      <c r="I46" s="21">
+        <v>24</v>
+      </c>
+      <c r="J46" s="21">
+        <v>26</v>
+      </c>
+      <c r="K46" s="21">
+        <v>22</v>
+      </c>
+      <c r="L46" s="21">
+        <v>6</v>
+      </c>
+      <c r="M46" s="21">
+        <v>26</v>
+      </c>
+      <c r="N46" s="21">
+        <v>21</v>
+      </c>
+      <c r="O46" s="21">
         <v>11</v>
       </c>
-      <c r="G46" s="32">
-[...11 lines deleted...]
-      <c r="K46" s="21">
+      <c r="P46" s="21">
         <v>17</v>
       </c>
-      <c r="L46" s="21">
-[...15 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="E47" s="32">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F47" s="32">
+        <v>18</v>
+      </c>
+      <c r="G47" s="32">
+        <v>20</v>
+      </c>
+      <c r="H47" s="21">
+        <v>26</v>
+      </c>
+      <c r="I47" s="21">
+        <v>33</v>
+      </c>
+      <c r="J47" s="21">
+        <v>31</v>
+      </c>
+      <c r="K47" s="21">
+        <v>28</v>
+      </c>
+      <c r="L47" s="21">
+        <v>7</v>
+      </c>
+      <c r="M47" s="21">
+        <v>38</v>
+      </c>
+      <c r="N47" s="21">
+        <v>31</v>
+      </c>
+      <c r="O47" s="21">
         <v>9</v>
       </c>
-      <c r="G47" s="32">
+      <c r="P47" s="21">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="29"/>
+      <c r="B48" s="29"/>
+      <c r="C48" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" s="36">
+        <v>191</v>
+      </c>
+      <c r="E48" s="33">
+        <v>13</v>
+      </c>
+      <c r="F48" s="33">
+        <v>11</v>
+      </c>
+      <c r="G48" s="33">
+        <v>31</v>
+      </c>
+      <c r="H48" s="34">
         <v>15</v>
       </c>
-      <c r="H47" s="21">
+      <c r="I48" s="34">
+        <v>17</v>
+      </c>
+      <c r="J48" s="34">
         <v>19</v>
       </c>
-      <c r="I47" s="21">
-[...34 lines deleted...]
-      <c r="F48" s="33">
+      <c r="K48" s="34">
+        <v>15</v>
+      </c>
+      <c r="L48" s="34">
+        <v>9</v>
+      </c>
+      <c r="M48" s="34">
         <v>16</v>
       </c>
-      <c r="G48" s="33">
-[...19 lines deleted...]
-      </c>
       <c r="N48" s="34">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="O48" s="34">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="P48" s="34">
         <v>20</v>
       </c>
     </row>
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
-[...5 lines deleted...]
-      <c r="P49" s="13" t="s">
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D49" s="35"/>
+      <c r="E49" s="32"/>
+      <c r="F49" s="32"/>
+      <c r="G49" s="32"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="21"/>
+      <c r="J49" s="21"/>
+      <c r="K49" s="21"/>
+      <c r="L49" s="21"/>
+      <c r="M49" s="21"/>
+      <c r="N49" s="21"/>
+      <c r="O49" s="21"/>
+      <c r="P49" s="21"/>
+    </row>
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D50" s="35">
+        <v>889</v>
+      </c>
+      <c r="E50" s="32">
+        <v>48</v>
+      </c>
+      <c r="F50" s="32">
+        <v>13</v>
+      </c>
+      <c r="G50" s="32">
+        <v>101</v>
+      </c>
+      <c r="H50" s="32">
+        <v>41</v>
+      </c>
+      <c r="I50" s="32">
+        <v>89</v>
+      </c>
+      <c r="J50" s="32">
+        <v>103</v>
+      </c>
+      <c r="K50" s="32">
+        <v>61</v>
+      </c>
+      <c r="L50" s="32">
+        <v>198</v>
+      </c>
+      <c r="M50" s="32">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="5" t="s">
+      <c r="N50" s="32">
+        <v>42</v>
+      </c>
+      <c r="O50" s="32">
+        <v>117</v>
+      </c>
+      <c r="P50" s="32">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="B51" s="29"/>
+      <c r="C51" s="29"/>
+      <c r="D51" s="36">
+        <v>0</v>
+      </c>
+      <c r="E51" s="33">
+        <v>0</v>
+      </c>
+      <c r="F51" s="33">
+        <v>0</v>
+      </c>
+      <c r="G51" s="33">
+        <v>0</v>
+      </c>
+      <c r="H51" s="33">
+        <v>0</v>
+      </c>
+      <c r="I51" s="33">
+        <v>0</v>
+      </c>
+      <c r="J51" s="33">
+        <v>0</v>
+      </c>
+      <c r="K51" s="33">
+        <v>0</v>
+      </c>
+      <c r="L51" s="33">
+        <v>0</v>
+      </c>
+      <c r="M51" s="33">
+        <v>0</v>
+      </c>
+      <c r="N51" s="33">
+        <v>0</v>
+      </c>
+      <c r="O51" s="33">
+        <v>0</v>
+      </c>
+      <c r="P51" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" s="35"/>
+      <c r="E52" s="32"/>
+      <c r="F52" s="32"/>
+      <c r="G52" s="32"/>
+      <c r="H52" s="32"/>
+      <c r="I52" s="32"/>
+      <c r="J52" s="32"/>
+      <c r="K52" s="32"/>
+      <c r="L52" s="32"/>
+      <c r="M52" s="32"/>
+      <c r="N52" s="32"/>
+      <c r="O52" s="32"/>
+      <c r="P52" s="32"/>
+    </row>
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="B53" s="29"/>
+      <c r="C53" s="29"/>
+      <c r="D53" s="36">
+        <v>7</v>
+      </c>
+      <c r="E53" s="33">
+        <v>1</v>
+      </c>
+      <c r="F53" s="33">
+        <v>2</v>
+      </c>
+      <c r="G53" s="33">
+        <v>2</v>
+      </c>
+      <c r="H53" s="33">
+        <v>0</v>
+      </c>
+      <c r="I53" s="33">
+        <v>0</v>
+      </c>
+      <c r="J53" s="33">
+        <v>0</v>
+      </c>
+      <c r="K53" s="33">
+        <v>0</v>
+      </c>
+      <c r="L53" s="33">
+        <v>0</v>
+      </c>
+      <c r="M53" s="33">
+        <v>0</v>
+      </c>
+      <c r="N53" s="33">
+        <v>2</v>
+      </c>
+      <c r="O53" s="33">
+        <v>0</v>
+      </c>
+      <c r="P53" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="46"/>
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="F54" s="14"/>
+      <c r="P54" s="16" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B50" s="4"/>
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
+      <c r="D55" s="4"/>
+    </row>
+    <row r="56" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B51" s="17"/>
-[...4 lines deleted...]
-      <c r="A52" s="5" t="s">
+      <c r="B56" s="17"/>
+      <c r="C56" s="17"/>
+      <c r="D56" s="17"/>
+    </row>
+    <row r="57" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B52" s="4"/>
-[...7 lines deleted...]
-      <c r="P53" s="26" t="s">
+      <c r="B57" s="4"/>
+      <c r="C57" s="4"/>
+      <c r="D57" s="4"/>
+    </row>
+    <row r="58" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="1"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="P58" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
-[...1 lines deleted...]
-        <v>61</v>
+    <row r="59" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P59" s="26" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0AE711D-0D7A-46B9-A321-7A2694B2B952}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D492AC41-57CE-456B-8EBA-8BF50BA0747F}">
   <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>143154</v>
+        <v>144447</v>
       </c>
       <c r="E8" s="32">
-        <v>143154</v>
+        <v>144447</v>
       </c>
       <c r="F8" s="32">
-        <v>143298</v>
+        <v>144721</v>
       </c>
       <c r="G8" s="32">
-        <v>143511</v>
+        <v>145033</v>
       </c>
       <c r="H8" s="32">
-        <v>143508</v>
+        <v>145143</v>
       </c>
       <c r="I8" s="32">
-        <v>143744</v>
+        <v>145230</v>
       </c>
       <c r="J8" s="32">
-        <v>143907</v>
+        <v>145349</v>
       </c>
       <c r="K8" s="32">
-        <v>143521</v>
+        <v>145272</v>
       </c>
       <c r="L8" s="32">
-        <v>143695</v>
+        <v>145159</v>
       </c>
       <c r="M8" s="32">
-        <v>143555</v>
+        <v>145207</v>
       </c>
       <c r="N8" s="32">
-        <v>144003</v>
+        <v>145800</v>
       </c>
       <c r="O8" s="32">
-        <v>144101</v>
+        <v>146033</v>
       </c>
       <c r="P8" s="32">
-        <v>144412</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>145836</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="E9" s="24">
+        <v>0</v>
+      </c>
+      <c r="F9" s="24">
+        <v>4</v>
+      </c>
+      <c r="G9" s="24">
+        <v>-3</v>
+      </c>
+      <c r="H9" s="24">
+        <v>3</v>
+      </c>
+      <c r="I9" s="24">
+        <v>47</v>
+      </c>
+      <c r="J9" s="24">
+        <v>40</v>
+      </c>
+      <c r="K9" s="24">
+        <v>29</v>
+      </c>
+      <c r="L9" s="24">
+        <v>71</v>
+      </c>
+      <c r="M9" s="24">
+        <v>12</v>
+      </c>
+      <c r="N9" s="24">
         <v>24</v>
       </c>
-      <c r="F9" s="24">
-[...25 lines deleted...]
-      </c>
       <c r="O9" s="24">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="P9" s="24">
-        <v>-6</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="35">
-        <v>1091</v>
+        <v>1235</v>
       </c>
       <c r="E10" s="24">
-        <v>120</v>
+        <v>274</v>
       </c>
       <c r="F10" s="24">
-        <v>203</v>
+        <v>308</v>
       </c>
       <c r="G10" s="24">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="H10" s="24">
-        <v>241</v>
+        <v>84</v>
       </c>
       <c r="I10" s="24">
-        <v>146</v>
+        <v>72</v>
       </c>
       <c r="J10" s="24">
-        <v>-399</v>
+        <v>-117</v>
       </c>
       <c r="K10" s="24">
-        <v>121</v>
+        <v>-142</v>
       </c>
       <c r="L10" s="24">
-        <v>-218</v>
+        <v>-23</v>
       </c>
       <c r="M10" s="24">
-        <v>420</v>
+        <v>581</v>
       </c>
       <c r="N10" s="24">
-        <v>62</v>
+        <v>209</v>
       </c>
       <c r="O10" s="24">
-        <v>296</v>
+        <v>-205</v>
       </c>
       <c r="P10" s="24">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="35">
-        <v>1326</v>
+        <v>1434</v>
       </c>
       <c r="E11" s="24">
-        <v>144</v>
+        <v>274</v>
       </c>
       <c r="F11" s="24">
-        <v>213</v>
+        <v>312</v>
       </c>
       <c r="G11" s="24">
-        <v>-3</v>
+        <v>110</v>
       </c>
       <c r="H11" s="24">
-        <v>236</v>
+        <v>87</v>
       </c>
       <c r="I11" s="24">
-        <v>163</v>
+        <v>119</v>
       </c>
       <c r="J11" s="24">
-        <v>-386</v>
+        <v>-77</v>
       </c>
       <c r="K11" s="24">
-        <v>174</v>
+        <v>-113</v>
       </c>
       <c r="L11" s="24">
-        <v>-140</v>
+        <v>48</v>
       </c>
       <c r="M11" s="24">
-        <v>448</v>
+        <v>593</v>
       </c>
       <c r="N11" s="24">
-        <v>98</v>
+        <v>233</v>
       </c>
       <c r="O11" s="24">
-        <v>311</v>
+        <v>-197</v>
       </c>
       <c r="P11" s="24">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>-33</v>
+        <v>-8</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="24">
-        <v>-33</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>-8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>144447</v>
+        <v>145873</v>
       </c>
       <c r="E13" s="32">
-        <v>143298</v>
+        <v>144721</v>
       </c>
       <c r="F13" s="32">
-        <v>143511</v>
+        <v>145033</v>
       </c>
       <c r="G13" s="32">
-        <v>143508</v>
+        <v>145143</v>
       </c>
       <c r="H13" s="32">
-        <v>143744</v>
+        <v>145230</v>
       </c>
       <c r="I13" s="32">
-        <v>143907</v>
+        <v>145349</v>
       </c>
       <c r="J13" s="32">
-        <v>143521</v>
+        <v>145272</v>
       </c>
       <c r="K13" s="32">
-        <v>143695</v>
+        <v>145159</v>
       </c>
       <c r="L13" s="32">
-        <v>143555</v>
+        <v>145207</v>
       </c>
       <c r="M13" s="32">
-        <v>144003</v>
+        <v>145800</v>
       </c>
       <c r="N13" s="32">
-        <v>144101</v>
+        <v>146033</v>
       </c>
       <c r="O13" s="32">
-        <v>144412</v>
+        <v>145836</v>
       </c>
       <c r="P13" s="32">
-        <v>144447</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>145873</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>69122</v>
+        <v>69663</v>
       </c>
       <c r="E14" s="32">
-        <v>68718</v>
+        <v>69297</v>
       </c>
       <c r="F14" s="32">
-        <v>68841</v>
+        <v>69407</v>
       </c>
       <c r="G14" s="32">
-        <v>68846</v>
+        <v>69468</v>
       </c>
       <c r="H14" s="32">
-        <v>68910</v>
+        <v>69503</v>
       </c>
       <c r="I14" s="32">
-        <v>68963</v>
+        <v>69581</v>
       </c>
       <c r="J14" s="32">
-        <v>68790</v>
+        <v>69568</v>
       </c>
       <c r="K14" s="32">
-        <v>68897</v>
+        <v>69546</v>
       </c>
       <c r="L14" s="32">
-        <v>68817</v>
+        <v>69556</v>
       </c>
       <c r="M14" s="32">
-        <v>68984</v>
+        <v>69798</v>
       </c>
       <c r="N14" s="32">
-        <v>69066</v>
+        <v>69855</v>
       </c>
       <c r="O14" s="32">
-        <v>69138</v>
+        <v>69712</v>
       </c>
       <c r="P14" s="32">
-        <v>69122</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>69663</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>75325</v>
+        <v>76210</v>
       </c>
       <c r="E15" s="32">
-        <v>74580</v>
+        <v>75424</v>
       </c>
       <c r="F15" s="32">
-        <v>74670</v>
+        <v>75626</v>
       </c>
       <c r="G15" s="32">
-        <v>74662</v>
+        <v>75675</v>
       </c>
       <c r="H15" s="32">
-        <v>74834</v>
+        <v>75727</v>
       </c>
       <c r="I15" s="32">
-        <v>74944</v>
+        <v>75768</v>
       </c>
       <c r="J15" s="32">
-        <v>74731</v>
+        <v>75704</v>
       </c>
       <c r="K15" s="32">
-        <v>74798</v>
+        <v>75613</v>
       </c>
       <c r="L15" s="32">
-        <v>74738</v>
+        <v>75651</v>
       </c>
       <c r="M15" s="32">
-        <v>75019</v>
+        <v>76002</v>
       </c>
       <c r="N15" s="32">
-        <v>75035</v>
+        <v>76178</v>
       </c>
       <c r="O15" s="32">
-        <v>75274</v>
+        <v>76124</v>
       </c>
       <c r="P15" s="32">
-        <v>75325</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>76210</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109011</v>
+        <v>109588</v>
       </c>
       <c r="E16" s="32">
-        <v>109324</v>
+        <v>109200</v>
       </c>
       <c r="F16" s="32">
-        <v>109468</v>
+        <v>109318</v>
       </c>
       <c r="G16" s="32">
-        <v>109427</v>
+        <v>109368</v>
       </c>
       <c r="H16" s="32">
-        <v>109245</v>
+        <v>109330</v>
       </c>
       <c r="I16" s="32">
-        <v>109219</v>
+        <v>109278</v>
       </c>
       <c r="J16" s="32">
-        <v>108977</v>
+        <v>109331</v>
       </c>
       <c r="K16" s="32">
-        <v>108929</v>
+        <v>109257</v>
       </c>
       <c r="L16" s="32">
-        <v>108859</v>
+        <v>109292</v>
       </c>
       <c r="M16" s="32">
-        <v>108802</v>
+        <v>109462</v>
       </c>
       <c r="N16" s="32">
-        <v>108753</v>
+        <v>109621</v>
       </c>
       <c r="O16" s="32">
-        <v>108943</v>
+        <v>109606</v>
       </c>
       <c r="P16" s="32">
-        <v>109011</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109588</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>35436</v>
+        <v>36285</v>
       </c>
       <c r="E17" s="32">
-        <v>33974</v>
+        <v>35521</v>
       </c>
       <c r="F17" s="32">
-        <v>34043</v>
+        <v>35715</v>
       </c>
       <c r="G17" s="32">
-        <v>34081</v>
+        <v>35775</v>
       </c>
       <c r="H17" s="32">
-        <v>34499</v>
+        <v>35900</v>
       </c>
       <c r="I17" s="32">
-        <v>34688</v>
+        <v>36071</v>
       </c>
       <c r="J17" s="32">
-        <v>34544</v>
+        <v>35941</v>
       </c>
       <c r="K17" s="32">
-        <v>34766</v>
+        <v>35902</v>
       </c>
       <c r="L17" s="32">
-        <v>34696</v>
+        <v>35915</v>
       </c>
       <c r="M17" s="32">
-        <v>35201</v>
+        <v>36338</v>
       </c>
       <c r="N17" s="32">
-        <v>35348</v>
+        <v>36412</v>
       </c>
       <c r="O17" s="32">
-        <v>35469</v>
+        <v>36230</v>
       </c>
       <c r="P17" s="32">
-        <v>35436</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>36285</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>143800</v>
+        <v>145160</v>
       </c>
       <c r="E18" s="33">
-        <v>143230</v>
+        <v>144580</v>
       </c>
       <c r="F18" s="33">
-        <v>143400</v>
+        <v>144880</v>
       </c>
       <c r="G18" s="33">
-        <v>143510</v>
+        <v>145090</v>
       </c>
       <c r="H18" s="33">
-        <v>143630</v>
+        <v>145190</v>
       </c>
       <c r="I18" s="33">
-        <v>143830</v>
+        <v>145290</v>
       </c>
       <c r="J18" s="33">
-        <v>143710</v>
+        <v>145310</v>
       </c>
       <c r="K18" s="33">
-        <v>143610</v>
+        <v>145220</v>
       </c>
       <c r="L18" s="33">
-        <v>143630</v>
+        <v>145180</v>
       </c>
       <c r="M18" s="33">
-        <v>143780</v>
+        <v>145500</v>
       </c>
       <c r="N18" s="33">
-        <v>144050</v>
+        <v>145920</v>
       </c>
       <c r="O18" s="33">
-        <v>144260</v>
+        <v>145930</v>
       </c>
       <c r="P18" s="33">
-        <v>144430</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>145850</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1456</v>
-[...7 lines deleted...]
-      <c r="G20" s="21">
+        <v>1404</v>
+      </c>
+      <c r="E20" s="32">
+        <v>124</v>
+      </c>
+      <c r="F20" s="32">
+        <v>93</v>
+      </c>
+      <c r="G20" s="32">
+        <v>106</v>
+      </c>
+      <c r="H20" s="21">
+        <v>98</v>
+      </c>
+      <c r="I20" s="21">
+        <v>141</v>
+      </c>
+      <c r="J20" s="21">
+        <v>121</v>
+      </c>
+      <c r="K20" s="21">
+        <v>117</v>
+      </c>
+      <c r="L20" s="21">
+        <v>170</v>
+      </c>
+      <c r="M20" s="21">
         <v>108</v>
       </c>
-      <c r="H20" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="N20" s="21">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="O20" s="21">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P20" s="21">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>754</v>
-[...8 lines deleted...]
-        <v>56</v>
+        <v>721</v>
+      </c>
+      <c r="E21" s="32">
+        <v>71</v>
+      </c>
+      <c r="F21" s="32">
+        <v>39</v>
+      </c>
+      <c r="G21" s="32">
+        <v>46</v>
       </c>
       <c r="H21" s="21">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I21" s="21">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J21" s="21">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K21" s="21">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="L21" s="21">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="M21" s="21">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N21" s="21">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="O21" s="21">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="P21" s="21">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>702</v>
-[...7 lines deleted...]
-      <c r="G22" s="21">
+        <v>683</v>
+      </c>
+      <c r="E22" s="32">
+        <v>53</v>
+      </c>
+      <c r="F22" s="32">
+        <v>54</v>
+      </c>
+      <c r="G22" s="32">
+        <v>60</v>
+      </c>
+      <c r="H22" s="21">
+        <v>51</v>
+      </c>
+      <c r="I22" s="21">
+        <v>72</v>
+      </c>
+      <c r="J22" s="21">
+        <v>53</v>
+      </c>
+      <c r="K22" s="21">
         <v>52</v>
       </c>
-      <c r="H22" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="L22" s="21">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="M22" s="21">
         <v>51</v>
       </c>
       <c r="N22" s="21">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="O22" s="21">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="P22" s="21">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>1130</v>
+        <v>1092</v>
       </c>
       <c r="E23" s="32">
         <v>74</v>
       </c>
       <c r="F23" s="32">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="G23" s="32">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="H23" s="32">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="I23" s="32">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J23" s="32">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K23" s="32">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="L23" s="32">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="M23" s="32">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="N23" s="32">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="O23" s="32">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="P23" s="32">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D24" s="36">
-        <v>326</v>
+        <v>312</v>
       </c>
       <c r="E24" s="33">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F24" s="33">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G24" s="33">
         <v>21</v>
       </c>
       <c r="H24" s="33">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I24" s="33">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="J24" s="33">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K24" s="33">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="L24" s="33">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="M24" s="33">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="N24" s="33">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="O24" s="33">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="P24" s="33">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1221</v>
-[...8 lines deleted...]
-        <v>136</v>
+        <v>1205</v>
+      </c>
+      <c r="E26" s="32">
+        <v>124</v>
+      </c>
+      <c r="F26" s="32">
+        <v>89</v>
+      </c>
+      <c r="G26" s="32">
+        <v>109</v>
       </c>
       <c r="H26" s="21">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="I26" s="21">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="J26" s="21">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="K26" s="21">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="L26" s="21">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="M26" s="21">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="N26" s="21">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="O26" s="21">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="P26" s="21">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>522</v>
-[...8 lines deleted...]
-        <v>58</v>
+        <v>516</v>
+      </c>
+      <c r="E27" s="32">
+        <v>54</v>
+      </c>
+      <c r="F27" s="32">
+        <v>35</v>
+      </c>
+      <c r="G27" s="32">
+        <v>50</v>
       </c>
       <c r="H27" s="21">
         <v>35</v>
       </c>
       <c r="I27" s="21">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="J27" s="21">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="K27" s="21">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="L27" s="21">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="M27" s="21">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N27" s="21">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="O27" s="21">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="P27" s="21">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="E28" s="21">
+        <v>689</v>
+      </c>
+      <c r="E28" s="32">
+        <v>70</v>
+      </c>
+      <c r="F28" s="32">
+        <v>54</v>
+      </c>
+      <c r="G28" s="32">
+        <v>59</v>
+      </c>
+      <c r="H28" s="21">
+        <v>60</v>
+      </c>
+      <c r="I28" s="21">
+        <v>60</v>
+      </c>
+      <c r="J28" s="21">
         <v>47</v>
       </c>
-      <c r="F28" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="K28" s="21">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="L28" s="21">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="M28" s="21">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="N28" s="21">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="O28" s="21">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="P28" s="21">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>1098</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>1085</v>
+      </c>
+      <c r="E29" s="32">
+        <v>106</v>
+      </c>
+      <c r="F29" s="32">
+        <v>80</v>
+      </c>
+      <c r="G29" s="32">
+        <v>93</v>
       </c>
       <c r="H29" s="21">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I29" s="21">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="J29" s="21">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="K29" s="21">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="L29" s="21">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="M29" s="21">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="N29" s="21">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="O29" s="21">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="P29" s="21">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E30" s="21">
+        <v>120</v>
+      </c>
+      <c r="E30" s="32">
+        <v>18</v>
+      </c>
+      <c r="F30" s="32">
+        <v>9</v>
+      </c>
+      <c r="G30" s="32">
+        <v>16</v>
+      </c>
+      <c r="H30" s="21">
+        <v>7</v>
+      </c>
+      <c r="I30" s="21">
         <v>5</v>
       </c>
-      <c r="F30" s="21">
-[...5 lines deleted...]
-      <c r="H30" s="21">
+      <c r="J30" s="21">
         <v>6</v>
       </c>
-      <c r="I30" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="K30" s="21">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L30" s="21">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="M30" s="21">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="P30" s="21">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31" s="32">
+        <v>0</v>
+      </c>
+      <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
         <v>1</v>
       </c>
-      <c r="G31" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P31" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E32" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F32" s="32">
         <v>1</v>
       </c>
       <c r="G32" s="32">
+        <v>0</v>
+      </c>
+      <c r="H32" s="32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="32">
         <v>1</v>
       </c>
-      <c r="H32" s="32">
+      <c r="J32" s="32">
+        <v>0</v>
+      </c>
+      <c r="K32" s="32">
+        <v>0</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
+        <v>0</v>
+      </c>
+      <c r="N32" s="32">
+        <v>0</v>
+      </c>
+      <c r="O32" s="32">
+        <v>2</v>
+      </c>
+      <c r="P32" s="32">
         <v>1</v>
       </c>
-      <c r="I32" s="32">
-[...24 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G33" s="32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H33" s="32">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I33" s="32">
         <v>2</v>
       </c>
       <c r="J33" s="32">
+        <v>2</v>
+      </c>
+      <c r="K33" s="32">
+        <v>2</v>
+      </c>
+      <c r="L33" s="32">
+        <v>0</v>
+      </c>
+      <c r="M33" s="32">
+        <v>4</v>
+      </c>
+      <c r="N33" s="32">
         <v>3</v>
       </c>
-      <c r="K33" s="32">
-[...10 lines deleted...]
-      </c>
       <c r="O33" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P33" s="32">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E34" s="32">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F34" s="32">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G34" s="32">
+        <v>16</v>
+      </c>
+      <c r="H34" s="32">
+        <v>9</v>
+      </c>
+      <c r="I34" s="32">
+        <v>9</v>
+      </c>
+      <c r="J34" s="32">
+        <v>9</v>
+      </c>
+      <c r="K34" s="32">
+        <v>6</v>
+      </c>
+      <c r="L34" s="32">
         <v>14</v>
       </c>
-      <c r="H34" s="32">
-[...13 lines deleted...]
-      </c>
       <c r="M34" s="32">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="N34" s="32">
         <v>7</v>
       </c>
       <c r="O34" s="32">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="E35" s="32">
+        <v>29</v>
+      </c>
+      <c r="F35" s="32">
         <v>18</v>
       </c>
-      <c r="F35" s="32">
+      <c r="G35" s="32">
+        <v>19</v>
+      </c>
+      <c r="H35" s="32">
+        <v>23</v>
+      </c>
+      <c r="I35" s="32">
+        <v>21</v>
+      </c>
+      <c r="J35" s="32">
+        <v>16</v>
+      </c>
+      <c r="K35" s="32">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
       <c r="L35" s="32">
         <v>18</v>
       </c>
       <c r="M35" s="32">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="N35" s="32">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O35" s="32">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="P35" s="32">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>812</v>
+        <v>783</v>
       </c>
       <c r="E36" s="33">
+        <v>79</v>
+      </c>
+      <c r="F36" s="33">
         <v>60</v>
       </c>
-      <c r="F36" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="33">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="H36" s="33">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="I36" s="33">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="J36" s="33">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="K36" s="33">
         <v>60</v>
       </c>
       <c r="L36" s="33">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="M36" s="33">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="N36" s="33">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O36" s="33">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="P36" s="33">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1669</v>
-[...8 lines deleted...]
-        <v>109</v>
+        <v>1505</v>
+      </c>
+      <c r="E38" s="39">
+        <v>110</v>
+      </c>
+      <c r="F38" s="39">
+        <v>107</v>
+      </c>
+      <c r="G38" s="39">
+        <v>111</v>
       </c>
       <c r="H38" s="26">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I38" s="26">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="J38" s="26">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="K38" s="26">
-        <v>231</v>
+        <v>104</v>
       </c>
       <c r="L38" s="26">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="M38" s="26">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="N38" s="26">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="O38" s="26">
-        <v>105</v>
+        <v>65</v>
       </c>
       <c r="P38" s="26">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>854</v>
-[...7 lines deleted...]
-      <c r="G39" s="21">
+        <v>774</v>
+      </c>
+      <c r="E39" s="32">
+        <v>60</v>
+      </c>
+      <c r="F39" s="32">
+        <v>52</v>
+      </c>
+      <c r="G39" s="32">
+        <v>57</v>
+      </c>
+      <c r="H39" s="21">
+        <v>40</v>
+      </c>
+      <c r="I39" s="21">
+        <v>76</v>
+      </c>
+      <c r="J39" s="21">
+        <v>77</v>
+      </c>
+      <c r="K39" s="21">
         <v>55</v>
       </c>
-      <c r="H39" s="21">
+      <c r="L39" s="21">
+        <v>128</v>
+      </c>
+      <c r="M39" s="21">
+        <v>86</v>
+      </c>
+      <c r="N39" s="21">
+        <v>65</v>
+      </c>
+      <c r="O39" s="21">
         <v>36</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
       <c r="P39" s="21">
         <v>42</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>815</v>
-[...7 lines deleted...]
-      <c r="G40" s="21">
+        <v>731</v>
+      </c>
+      <c r="E40" s="32">
+        <v>50</v>
+      </c>
+      <c r="F40" s="32">
+        <v>55</v>
+      </c>
+      <c r="G40" s="32">
         <v>54</v>
       </c>
       <c r="H40" s="21">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="I40" s="21">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="J40" s="21">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="K40" s="21">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="L40" s="21">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M40" s="21">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="N40" s="21">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="O40" s="21">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="P40" s="21">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>1143</v>
-[...7 lines deleted...]
-      <c r="G41" s="21">
+        <v>985</v>
+      </c>
+      <c r="E41" s="32">
+        <v>58</v>
+      </c>
+      <c r="F41" s="32">
+        <v>71</v>
+      </c>
+      <c r="G41" s="32">
         <v>65</v>
       </c>
       <c r="H41" s="21">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="I41" s="21">
-        <v>151</v>
+        <v>116</v>
       </c>
       <c r="J41" s="21">
+        <v>113</v>
+      </c>
+      <c r="K41" s="21">
+        <v>72</v>
+      </c>
+      <c r="L41" s="21">
+        <v>168</v>
+      </c>
+      <c r="M41" s="21">
         <v>103</v>
       </c>
-      <c r="K41" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="N41" s="21">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="O41" s="21">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="P41" s="21">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>526</v>
-[...4 lines deleted...]
-      <c r="F42" s="34">
+        <v>520</v>
+      </c>
+      <c r="E42" s="33">
+        <v>52</v>
+      </c>
+      <c r="F42" s="33">
+        <v>36</v>
+      </c>
+      <c r="G42" s="33">
+        <v>46</v>
+      </c>
+      <c r="H42" s="34">
+        <v>31</v>
+      </c>
+      <c r="I42" s="34">
+        <v>38</v>
+      </c>
+      <c r="J42" s="34">
+        <v>38</v>
+      </c>
+      <c r="K42" s="34">
+        <v>32</v>
+      </c>
+      <c r="L42" s="34">
+        <v>76</v>
+      </c>
+      <c r="M42" s="34">
+        <v>67</v>
+      </c>
+      <c r="N42" s="34">
+        <v>32</v>
+      </c>
+      <c r="O42" s="34">
         <v>33</v>
       </c>
-      <c r="G42" s="34">
-[...8 lines deleted...]
-      <c r="J42" s="34">
+      <c r="P42" s="34">
         <v>39</v>
       </c>
-      <c r="K42" s="34">
-[...18 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>497</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>460</v>
+      </c>
+      <c r="E44" s="32">
+        <v>46</v>
+      </c>
+      <c r="F44" s="32">
+        <v>25</v>
+      </c>
+      <c r="G44" s="32">
+        <v>28</v>
       </c>
       <c r="H44" s="21">
+        <v>40</v>
+      </c>
+      <c r="I44" s="21">
+        <v>61</v>
+      </c>
+      <c r="J44" s="21">
+        <v>43</v>
+      </c>
+      <c r="K44" s="21">
         <v>34</v>
       </c>
-      <c r="I44" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="L44" s="21">
+        <v>34</v>
+      </c>
+      <c r="M44" s="21">
+        <v>36</v>
+      </c>
+      <c r="N44" s="21">
+        <v>46</v>
+      </c>
+      <c r="O44" s="21">
+        <v>30</v>
+      </c>
+      <c r="P44" s="21">
         <v>37</v>
       </c>
-      <c r="M44" s="21">
-[...12 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>238</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>218</v>
+      </c>
+      <c r="E45" s="32">
+        <v>20</v>
+      </c>
+      <c r="F45" s="32">
+        <v>14</v>
+      </c>
+      <c r="G45" s="32">
+        <v>12</v>
       </c>
       <c r="H45" s="21">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="I45" s="21">
+        <v>34</v>
+      </c>
+      <c r="J45" s="21">
         <v>22</v>
       </c>
-      <c r="J45" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="K45" s="21">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="L45" s="21">
         <v>16</v>
       </c>
       <c r="M45" s="21">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="N45" s="21">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="O45" s="21">
+        <v>16</v>
+      </c>
+      <c r="P45" s="21">
         <v>14</v>
       </c>
-      <c r="P45" s="21">
-[...3 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>259</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>242</v>
+      </c>
+      <c r="E46" s="32">
+        <v>26</v>
+      </c>
+      <c r="F46" s="32">
+        <v>11</v>
+      </c>
+      <c r="G46" s="32">
+        <v>16</v>
       </c>
       <c r="H46" s="21">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I46" s="21">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L46" s="21">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="M46" s="21">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="N46" s="21">
         <v>23</v>
       </c>
       <c r="O46" s="21">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P46" s="21">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>334</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>258</v>
+      </c>
+      <c r="E47" s="32">
+        <v>23</v>
+      </c>
+      <c r="F47" s="32">
+        <v>9</v>
+      </c>
+      <c r="G47" s="32">
+        <v>15</v>
       </c>
       <c r="H47" s="21">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I47" s="21">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="J47" s="21">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="K47" s="21">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="L47" s="21">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="M47" s="21">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="N47" s="21">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="O47" s="21">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="P47" s="21">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D48" s="36">
-        <v>163</v>
-[...4 lines deleted...]
-      <c r="F48" s="34">
+        <v>202</v>
+      </c>
+      <c r="E48" s="33">
+        <v>23</v>
+      </c>
+      <c r="F48" s="33">
+        <v>16</v>
+      </c>
+      <c r="G48" s="33">
         <v>13</v>
       </c>
-      <c r="G48" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="H48" s="34">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="I48" s="34">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="J48" s="34">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K48" s="34">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L48" s="34">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="M48" s="34">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="N48" s="34">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="O48" s="34">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="P48" s="34">
-        <v>15</v>
-[...5 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="12"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="17"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="P53" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P54" s="26" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P55"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0AE711D-0D7A-46B9-A321-7A2694B2B952}">
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="5" customWidth="1"/>
     <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="21"/>
       <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>143222</v>
+        <v>143154</v>
       </c>
       <c r="E8" s="32">
-        <v>143222</v>
+        <v>143154</v>
       </c>
       <c r="F8" s="32">
-        <v>143329</v>
+        <v>143298</v>
       </c>
       <c r="G8" s="32">
-        <v>143389</v>
+        <v>143511</v>
       </c>
       <c r="H8" s="32">
-        <v>143291</v>
+        <v>143508</v>
       </c>
       <c r="I8" s="32">
-        <v>143195</v>
+        <v>143744</v>
       </c>
       <c r="J8" s="32">
-        <v>142880</v>
+        <v>143907</v>
       </c>
       <c r="K8" s="32">
-        <v>142798</v>
+        <v>143521</v>
       </c>
       <c r="L8" s="32">
-        <v>142621</v>
+        <v>143695</v>
       </c>
       <c r="M8" s="32">
-        <v>142710</v>
+        <v>143555</v>
       </c>
       <c r="N8" s="32">
-        <v>142790</v>
+        <v>144003</v>
       </c>
       <c r="O8" s="32">
-        <v>142883</v>
+        <v>144101</v>
       </c>
       <c r="P8" s="32">
-        <v>143143</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>144412</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="35">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="E9" s="24">
-        <v>-9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="24">
+        <v>10</v>
+      </c>
+      <c r="G9" s="24">
+        <v>-28</v>
+      </c>
+      <c r="H9" s="24">
+        <v>-5</v>
+      </c>
+      <c r="I9" s="24">
+        <v>17</v>
+      </c>
+      <c r="J9" s="24">
         <v>13</v>
       </c>
-      <c r="G9" s="24">
-[...10 lines deleted...]
-      </c>
       <c r="K9" s="24">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="L9" s="24">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="M9" s="24">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="N9" s="24">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="O9" s="24">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="P9" s="24">
-        <v>-24</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="42">
-        <v>-370</v>
+      <c r="D10" s="35">
+        <v>1091</v>
       </c>
       <c r="E10" s="24">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F10" s="24">
-        <v>47</v>
+        <v>203</v>
       </c>
       <c r="G10" s="24">
-        <v>-95</v>
+        <v>25</v>
       </c>
       <c r="H10" s="24">
-        <v>-178</v>
+        <v>241</v>
       </c>
       <c r="I10" s="24">
-        <v>-306</v>
+        <v>146</v>
       </c>
       <c r="J10" s="24">
-        <v>-107</v>
+        <v>-399</v>
       </c>
       <c r="K10" s="24">
-        <v>-242</v>
+        <v>121</v>
       </c>
       <c r="L10" s="24">
-        <v>34</v>
+        <v>-218</v>
       </c>
       <c r="M10" s="24">
+        <v>420</v>
+      </c>
+      <c r="N10" s="24">
+        <v>62</v>
+      </c>
+      <c r="O10" s="24">
+        <v>296</v>
+      </c>
+      <c r="P10" s="24">
         <v>74</v>
       </c>
-      <c r="N10" s="24">
-[...9 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="42">
-        <v>-150</v>
+      <c r="D11" s="35">
+        <v>1326</v>
       </c>
       <c r="E11" s="24">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="F11" s="24">
-        <v>60</v>
+        <v>213</v>
       </c>
       <c r="G11" s="24">
-        <v>-98</v>
+        <v>-3</v>
       </c>
       <c r="H11" s="24">
-        <v>-96</v>
+        <v>236</v>
       </c>
       <c r="I11" s="24">
-        <v>-315</v>
+        <v>163</v>
       </c>
       <c r="J11" s="24">
-        <v>-82</v>
+        <v>-386</v>
       </c>
       <c r="K11" s="24">
-        <v>-177</v>
+        <v>174</v>
       </c>
       <c r="L11" s="24">
-        <v>89</v>
+        <v>-140</v>
       </c>
       <c r="M11" s="24">
-        <v>80</v>
+        <v>448</v>
       </c>
       <c r="N11" s="24">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="O11" s="24">
-        <v>260</v>
+        <v>311</v>
       </c>
       <c r="P11" s="24">
-        <v>-71</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="35">
-        <v>82</v>
+      <c r="D12" s="42">
+        <v>-33</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="39">
-[...3 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+      <c r="P12" s="24">
+        <v>-33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>143154</v>
+        <v>144447</v>
       </c>
       <c r="E13" s="32">
-        <v>143329</v>
+        <v>143298</v>
       </c>
       <c r="F13" s="32">
-        <v>143389</v>
+        <v>143511</v>
       </c>
       <c r="G13" s="32">
-        <v>143291</v>
+        <v>143508</v>
       </c>
       <c r="H13" s="32">
-        <v>143195</v>
+        <v>143744</v>
       </c>
       <c r="I13" s="32">
-        <v>142880</v>
+        <v>143907</v>
       </c>
       <c r="J13" s="32">
-        <v>142798</v>
+        <v>143521</v>
       </c>
       <c r="K13" s="32">
-        <v>142621</v>
+        <v>143695</v>
       </c>
       <c r="L13" s="32">
-        <v>142710</v>
+        <v>143555</v>
       </c>
       <c r="M13" s="32">
-        <v>142790</v>
+        <v>144003</v>
       </c>
       <c r="N13" s="32">
-        <v>142883</v>
+        <v>144101</v>
       </c>
       <c r="O13" s="32">
-        <v>143143</v>
+        <v>144412</v>
       </c>
       <c r="P13" s="32">
-        <v>143154</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>144447</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>68645</v>
+        <v>69122</v>
       </c>
       <c r="E14" s="32">
+        <v>68718</v>
+      </c>
+      <c r="F14" s="32">
+        <v>68841</v>
+      </c>
+      <c r="G14" s="32">
+        <v>68846</v>
+      </c>
+      <c r="H14" s="32">
+        <v>68910</v>
+      </c>
+      <c r="I14" s="32">
+        <v>68963</v>
+      </c>
+      <c r="J14" s="32">
         <v>68790</v>
       </c>
-      <c r="F14" s="32">
-[...13 lines deleted...]
-      </c>
       <c r="K14" s="32">
-        <v>68473</v>
+        <v>68897</v>
       </c>
       <c r="L14" s="32">
-        <v>68541</v>
+        <v>68817</v>
       </c>
       <c r="M14" s="32">
-        <v>68579</v>
+        <v>68984</v>
       </c>
       <c r="N14" s="32">
-        <v>68583</v>
+        <v>69066</v>
       </c>
       <c r="O14" s="32">
-        <v>68656</v>
+        <v>69138</v>
       </c>
       <c r="P14" s="32">
-        <v>68645</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>69122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>74509</v>
+        <v>75325</v>
       </c>
       <c r="E15" s="32">
-        <v>74539</v>
+        <v>74580</v>
       </c>
       <c r="F15" s="32">
-        <v>74616</v>
+        <v>74670</v>
       </c>
       <c r="G15" s="32">
-        <v>74554</v>
+        <v>74662</v>
       </c>
       <c r="H15" s="32">
-        <v>74463</v>
+        <v>74834</v>
       </c>
       <c r="I15" s="32">
-        <v>74287</v>
+        <v>74944</v>
       </c>
       <c r="J15" s="32">
-        <v>74246</v>
+        <v>74731</v>
       </c>
       <c r="K15" s="32">
-        <v>74148</v>
+        <v>74798</v>
       </c>
       <c r="L15" s="32">
-        <v>74169</v>
+        <v>74738</v>
       </c>
       <c r="M15" s="32">
-        <v>74211</v>
+        <v>75019</v>
       </c>
       <c r="N15" s="32">
-        <v>74300</v>
+        <v>75035</v>
       </c>
       <c r="O15" s="32">
-        <v>74487</v>
+        <v>75274</v>
       </c>
       <c r="P15" s="32">
-        <v>74509</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>75325</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D16" s="35">
-        <v>109242</v>
+        <v>109011</v>
       </c>
       <c r="E16" s="32">
-        <v>109343</v>
+        <v>109324</v>
       </c>
       <c r="F16" s="32">
-        <v>109433</v>
+        <v>109468</v>
       </c>
       <c r="G16" s="32">
-        <v>109419</v>
+        <v>109427</v>
       </c>
       <c r="H16" s="32">
-        <v>109362</v>
+        <v>109245</v>
       </c>
       <c r="I16" s="32">
-        <v>109154</v>
+        <v>109219</v>
       </c>
       <c r="J16" s="32">
-        <v>109090</v>
+        <v>108977</v>
       </c>
       <c r="K16" s="32">
-        <v>109014</v>
+        <v>108929</v>
       </c>
       <c r="L16" s="32">
-        <v>109027</v>
+        <v>108859</v>
       </c>
       <c r="M16" s="32">
-        <v>109045</v>
+        <v>108802</v>
       </c>
       <c r="N16" s="32">
-        <v>108990</v>
+        <v>108753</v>
       </c>
       <c r="O16" s="32">
-        <v>109216</v>
+        <v>108943</v>
       </c>
       <c r="P16" s="32">
-        <v>109242</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109011</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="D17" s="35">
-        <v>33912</v>
+        <v>35436</v>
       </c>
       <c r="E17" s="32">
-        <v>33986</v>
+        <v>33974</v>
       </c>
       <c r="F17" s="32">
-        <v>33956</v>
+        <v>34043</v>
       </c>
       <c r="G17" s="32">
-        <v>33872</v>
+        <v>34081</v>
       </c>
       <c r="H17" s="32">
-        <v>33833</v>
+        <v>34499</v>
       </c>
       <c r="I17" s="32">
-        <v>33726</v>
+        <v>34688</v>
       </c>
       <c r="J17" s="32">
-        <v>33708</v>
+        <v>34544</v>
       </c>
       <c r="K17" s="32">
-        <v>33607</v>
+        <v>34766</v>
       </c>
       <c r="L17" s="32">
-        <v>33683</v>
+        <v>34696</v>
       </c>
       <c r="M17" s="32">
-        <v>33745</v>
+        <v>35201</v>
       </c>
       <c r="N17" s="32">
-        <v>33893</v>
+        <v>35348</v>
       </c>
       <c r="O17" s="32">
-        <v>33927</v>
+        <v>35469</v>
       </c>
       <c r="P17" s="32">
-        <v>33912</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>35436</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>143190</v>
+        <v>143800</v>
       </c>
       <c r="E18" s="33">
-        <v>143280</v>
+        <v>143230</v>
       </c>
       <c r="F18" s="33">
-        <v>143360</v>
+        <v>143400</v>
       </c>
       <c r="G18" s="33">
-        <v>143340</v>
+        <v>143510</v>
       </c>
       <c r="H18" s="33">
-        <v>143240</v>
+        <v>143630</v>
       </c>
       <c r="I18" s="33">
-        <v>143040</v>
+        <v>143830</v>
       </c>
       <c r="J18" s="33">
-        <v>142840</v>
+        <v>143710</v>
       </c>
       <c r="K18" s="33">
-        <v>142710</v>
+        <v>143610</v>
       </c>
       <c r="L18" s="33">
-        <v>142670</v>
+        <v>143630</v>
       </c>
       <c r="M18" s="33">
-        <v>142750</v>
+        <v>143780</v>
       </c>
       <c r="N18" s="33">
-        <v>142840</v>
+        <v>144050</v>
       </c>
       <c r="O18" s="33">
-        <v>143010</v>
+        <v>144260</v>
       </c>
       <c r="P18" s="33">
-        <v>143150</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>144430</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1557</v>
+        <v>1456</v>
       </c>
       <c r="E20" s="21">
-        <v>139</v>
+        <v>114</v>
       </c>
       <c r="F20" s="21">
+        <v>100</v>
+      </c>
+      <c r="G20" s="21">
         <v>108</v>
       </c>
-      <c r="G20" s="21">
+      <c r="H20" s="21">
+        <v>82</v>
+      </c>
+      <c r="I20" s="21">
+        <v>134</v>
+      </c>
+      <c r="J20" s="21">
+        <v>116</v>
+      </c>
+      <c r="K20" s="21">
+        <v>146</v>
+      </c>
+      <c r="L20" s="21">
+        <v>179</v>
+      </c>
+      <c r="M20" s="21">
+        <v>106</v>
+      </c>
+      <c r="N20" s="21">
         <v>129</v>
       </c>
-      <c r="H20" s="21">
-[...19 lines deleted...]
-      </c>
       <c r="O20" s="21">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="P20" s="21">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>813</v>
+        <v>754</v>
       </c>
       <c r="E21" s="21">
+        <v>51</v>
+      </c>
+      <c r="F21" s="21">
+        <v>54</v>
+      </c>
+      <c r="G21" s="21">
+        <v>56</v>
+      </c>
+      <c r="H21" s="21">
+        <v>49</v>
+      </c>
+      <c r="I21" s="21">
+        <v>70</v>
+      </c>
+      <c r="J21" s="21">
+        <v>58</v>
+      </c>
+      <c r="K21" s="21">
         <v>74</v>
       </c>
-      <c r="F21" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="L21" s="21">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M21" s="21">
         <v>55</v>
       </c>
       <c r="N21" s="21">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="O21" s="21">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P21" s="21">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>744</v>
+        <v>702</v>
       </c>
       <c r="E22" s="21">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F22" s="21">
+        <v>46</v>
+      </c>
+      <c r="G22" s="21">
         <v>52</v>
       </c>
-      <c r="G22" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="H22" s="21">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="I22" s="21">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="J22" s="21">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K22" s="21">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="L22" s="21">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="M22" s="21">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="N22" s="21">
         <v>63</v>
       </c>
       <c r="O22" s="21">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="P22" s="21">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D23" s="35">
-        <v>1229</v>
+        <v>1130</v>
       </c>
       <c r="E23" s="32">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="F23" s="32">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G23" s="32">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="H23" s="32">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="I23" s="32">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="J23" s="32">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="K23" s="32">
-        <v>153</v>
+        <v>111</v>
       </c>
       <c r="L23" s="32">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="M23" s="32">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N23" s="32">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="O23" s="32">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P23" s="32">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" s="36">
+        <v>326</v>
+      </c>
+      <c r="E24" s="33">
+        <v>40</v>
+      </c>
+      <c r="F24" s="33">
         <v>22</v>
       </c>
-      <c r="D24" s="36">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="33">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="H24" s="33">
+        <v>15</v>
+      </c>
+      <c r="I24" s="33">
         <v>29</v>
       </c>
-      <c r="I24" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="J24" s="33">
+        <v>17</v>
+      </c>
+      <c r="K24" s="33">
+        <v>35</v>
+      </c>
+      <c r="L24" s="33">
+        <v>43</v>
+      </c>
+      <c r="M24" s="33">
+        <v>37</v>
+      </c>
+      <c r="N24" s="33">
+        <v>20</v>
+      </c>
+      <c r="O24" s="33">
         <v>22</v>
       </c>
-      <c r="K24" s="33">
-[...13 lines deleted...]
-      </c>
       <c r="P24" s="33">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1337</v>
+        <v>1221</v>
       </c>
       <c r="E26" s="21">
-        <v>148</v>
+        <v>90</v>
       </c>
       <c r="F26" s="21">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="G26" s="21">
+        <v>136</v>
+      </c>
+      <c r="H26" s="21">
+        <v>87</v>
+      </c>
+      <c r="I26" s="21">
+        <v>117</v>
+      </c>
+      <c r="J26" s="21">
+        <v>103</v>
+      </c>
+      <c r="K26" s="21">
+        <v>93</v>
+      </c>
+      <c r="L26" s="21">
+        <v>101</v>
+      </c>
+      <c r="M26" s="21">
+        <v>78</v>
+      </c>
+      <c r="N26" s="21">
+        <v>93</v>
+      </c>
+      <c r="O26" s="21">
+        <v>101</v>
+      </c>
+      <c r="P26" s="21">
         <v>132</v>
       </c>
-      <c r="H26" s="21">
-[...27 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>634</v>
+        <v>522</v>
       </c>
       <c r="E27" s="21">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="F27" s="21">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G27" s="21">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="H27" s="21">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I27" s="21">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="J27" s="21">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="K27" s="21">
         <v>44</v>
       </c>
       <c r="L27" s="21">
+        <v>46</v>
+      </c>
+      <c r="M27" s="21">
+        <v>34</v>
+      </c>
+      <c r="N27" s="21">
+        <v>40</v>
+      </c>
+      <c r="O27" s="21">
         <v>45</v>
       </c>
-      <c r="M27" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="P27" s="21">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="E28" s="21">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="F28" s="21">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="G28" s="21">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="H28" s="21">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="I28" s="21">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="J28" s="21">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="K28" s="21">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="L28" s="21">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="M28" s="21">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="N28" s="21">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="O28" s="21">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P28" s="21">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D29" s="35">
-        <v>1193</v>
+        <v>1098</v>
       </c>
       <c r="E29" s="21">
-        <v>138</v>
+        <v>85</v>
       </c>
       <c r="F29" s="21">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G29" s="21">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H29" s="21">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="I29" s="21">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="J29" s="21">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="K29" s="21">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="L29" s="21">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="M29" s="21">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="N29" s="21">
-        <v>101</v>
+        <v>83</v>
       </c>
       <c r="O29" s="21">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="P29" s="21">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="D30" s="35">
-        <v>144</v>
+        <v>123</v>
       </c>
       <c r="E30" s="21">
+        <v>5</v>
+      </c>
+      <c r="F30" s="21">
+        <v>12</v>
+      </c>
+      <c r="G30" s="21">
+        <v>16</v>
+      </c>
+      <c r="H30" s="21">
+        <v>6</v>
+      </c>
+      <c r="I30" s="21">
+        <v>7</v>
+      </c>
+      <c r="J30" s="21">
         <v>10</v>
       </c>
-      <c r="F30" s="21">
-[...5 lines deleted...]
-      <c r="H30" s="21">
+      <c r="K30" s="21">
         <v>8</v>
       </c>
-      <c r="I30" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="L30" s="21">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="M30" s="21">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="N30" s="21">
         <v>10</v>
       </c>
       <c r="O30" s="21">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="P30" s="21">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E31" s="32">
+        <v>0</v>
+      </c>
+      <c r="F31" s="32">
         <v>1</v>
       </c>
-      <c r="F31" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I31" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>1</v>
       </c>
       <c r="P31" s="32">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E32" s="32">
+        <v>0</v>
+      </c>
+      <c r="F32" s="32">
         <v>1</v>
       </c>
-      <c r="F32" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I32" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J32" s="32">
+        <v>0</v>
+      </c>
+      <c r="K32" s="32">
+        <v>0</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>1</v>
       </c>
       <c r="P32" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E33" s="32">
         <v>0</v>
       </c>
       <c r="F33" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G33" s="32">
         <v>3</v>
       </c>
       <c r="H33" s="32">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I33" s="32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J33" s="32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K33" s="32">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L33" s="32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M33" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N33" s="32">
         <v>2</v>
       </c>
       <c r="O33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="E34" s="32">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F34" s="32">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G34" s="32">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H34" s="32">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="I34" s="32">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J34" s="32">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K34" s="32">
         <v>13</v>
       </c>
       <c r="L34" s="32">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="M34" s="32">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="N34" s="32">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="O34" s="32">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="P34" s="32">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>322</v>
+        <v>264</v>
       </c>
       <c r="E35" s="32">
+        <v>18</v>
+      </c>
+      <c r="F35" s="32">
+        <v>20</v>
+      </c>
+      <c r="G35" s="32">
         <v>31</v>
       </c>
-      <c r="F35" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="H35" s="32">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="I35" s="32">
+        <v>25</v>
+      </c>
+      <c r="J35" s="32">
         <v>26</v>
       </c>
-      <c r="J35" s="32">
+      <c r="K35" s="32">
         <v>17</v>
       </c>
-      <c r="K35" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="32">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M35" s="32">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="N35" s="32">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="O35" s="32">
         <v>26</v>
       </c>
       <c r="P35" s="32">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>850</v>
+        <v>812</v>
       </c>
       <c r="E36" s="33">
-        <v>113</v>
+        <v>60</v>
       </c>
       <c r="F36" s="33">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G36" s="33">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="H36" s="33">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I36" s="33">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J36" s="33">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="K36" s="33">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="L36" s="33">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="M36" s="33">
         <v>52</v>
       </c>
       <c r="N36" s="33">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="O36" s="33">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="P36" s="33">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1512</v>
+        <v>1669</v>
       </c>
       <c r="E38" s="26">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="F38" s="26">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="G38" s="26">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="H38" s="26">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="I38" s="26">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="J38" s="26">
-        <v>191</v>
+        <v>142</v>
       </c>
       <c r="K38" s="26">
-        <v>160</v>
+        <v>231</v>
       </c>
       <c r="L38" s="26">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="M38" s="26">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="N38" s="26">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="O38" s="26">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="P38" s="26">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>781</v>
+        <v>854</v>
       </c>
       <c r="E39" s="21">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F39" s="21">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G39" s="21">
+        <v>55</v>
+      </c>
+      <c r="H39" s="21">
+        <v>36</v>
+      </c>
+      <c r="I39" s="21">
+        <v>91</v>
+      </c>
+      <c r="J39" s="21">
+        <v>73</v>
+      </c>
+      <c r="K39" s="21">
+        <v>118</v>
+      </c>
+      <c r="L39" s="21">
+        <v>117</v>
+      </c>
+      <c r="M39" s="21">
+        <v>92</v>
+      </c>
+      <c r="N39" s="21">
+        <v>73</v>
+      </c>
+      <c r="O39" s="21">
+        <v>63</v>
+      </c>
+      <c r="P39" s="21">
         <v>42</v>
       </c>
-      <c r="H39" s="21">
-[...27 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>731</v>
+        <v>815</v>
       </c>
       <c r="E40" s="21">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F40" s="21">
+        <v>39</v>
+      </c>
+      <c r="G40" s="21">
+        <v>54</v>
+      </c>
+      <c r="H40" s="21">
+        <v>34</v>
+      </c>
+      <c r="I40" s="21">
+        <v>87</v>
+      </c>
+      <c r="J40" s="21">
+        <v>69</v>
+      </c>
+      <c r="K40" s="21">
+        <v>113</v>
+      </c>
+      <c r="L40" s="21">
+        <v>117</v>
+      </c>
+      <c r="M40" s="21">
+        <v>95</v>
+      </c>
+      <c r="N40" s="21">
+        <v>76</v>
+      </c>
+      <c r="O40" s="21">
         <v>42</v>
       </c>
-      <c r="G40" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P40" s="21">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D41" s="35">
-        <v>1010</v>
+        <v>1143</v>
       </c>
       <c r="E41" s="21">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F41" s="21">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G41" s="21">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="H41" s="21">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="I41" s="21">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="J41" s="21">
-        <v>153</v>
+        <v>103</v>
       </c>
       <c r="K41" s="21">
-        <v>106</v>
+        <v>164</v>
       </c>
       <c r="L41" s="21">
-        <v>127</v>
+        <v>189</v>
       </c>
       <c r="M41" s="21">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="N41" s="21">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="O41" s="21">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="P41" s="21">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="D42" s="36">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="E42" s="34">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F42" s="34">
+        <v>33</v>
+      </c>
+      <c r="G42" s="34">
+        <v>44</v>
+      </c>
+      <c r="H42" s="34">
+        <v>29</v>
+      </c>
+      <c r="I42" s="34">
+        <v>27</v>
+      </c>
+      <c r="J42" s="34">
         <v>39</v>
       </c>
-      <c r="G42" s="34">
-[...10 lines deleted...]
-      </c>
       <c r="K42" s="34">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="L42" s="34">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="M42" s="34">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="N42" s="34">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="O42" s="34">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="P42" s="34">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E44" s="21">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F44" s="21">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G44" s="21">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H44" s="21">
         <v>34</v>
       </c>
       <c r="I44" s="21">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="J44" s="21">
+        <v>40</v>
+      </c>
+      <c r="K44" s="21">
+        <v>18</v>
+      </c>
+      <c r="L44" s="21">
+        <v>37</v>
+      </c>
+      <c r="M44" s="21">
+        <v>64</v>
+      </c>
+      <c r="N44" s="21">
         <v>43</v>
       </c>
-      <c r="K44" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="O44" s="21">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="P44" s="21">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="E45" s="21">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F45" s="21">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G45" s="21">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="H45" s="21">
         <v>19</v>
       </c>
       <c r="I45" s="21">
+        <v>22</v>
+      </c>
+      <c r="J45" s="21">
         <v>19</v>
       </c>
-      <c r="J45" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="K45" s="21">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="L45" s="21">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="M45" s="21">
+        <v>31</v>
+      </c>
+      <c r="N45" s="21">
+        <v>20</v>
+      </c>
+      <c r="O45" s="21">
+        <v>14</v>
+      </c>
+      <c r="P45" s="21">
         <v>19</v>
       </c>
-      <c r="N45" s="21">
-[...9 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="E46" s="21">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F46" s="21">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G46" s="21">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H46" s="21">
         <v>15</v>
       </c>
       <c r="I46" s="21">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="J46" s="21">
         <v>21</v>
       </c>
       <c r="K46" s="21">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="L46" s="21">
+        <v>21</v>
+      </c>
+      <c r="M46" s="21">
+        <v>33</v>
+      </c>
+      <c r="N46" s="21">
+        <v>23</v>
+      </c>
+      <c r="O46" s="21">
         <v>13</v>
       </c>
-      <c r="M46" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="P46" s="21">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="D47" s="35">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="E47" s="21">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F47" s="21">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G47" s="21">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H47" s="21">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I47" s="21">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="J47" s="21">
+        <v>30</v>
+      </c>
+      <c r="K47" s="21">
+        <v>8</v>
+      </c>
+      <c r="L47" s="21">
+        <v>27</v>
+      </c>
+      <c r="M47" s="21">
+        <v>42</v>
+      </c>
+      <c r="N47" s="21">
         <v>32</v>
       </c>
-      <c r="K47" s="21">
-[...2 lines deleted...]
-      <c r="L47" s="21">
+      <c r="O47" s="21">
+        <v>19</v>
+      </c>
+      <c r="P47" s="21">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C48" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" s="36">
+        <v>163</v>
+      </c>
+      <c r="E48" s="34">
+        <v>22</v>
+      </c>
+      <c r="F48" s="34">
+        <v>13</v>
+      </c>
+      <c r="G48" s="34">
+        <v>18</v>
+      </c>
+      <c r="H48" s="34">
+        <v>14</v>
+      </c>
+      <c r="I48" s="34">
+        <v>10</v>
+      </c>
+      <c r="J48" s="34">
+        <v>10</v>
+      </c>
+      <c r="K48" s="34">
+        <v>10</v>
+      </c>
+      <c r="L48" s="34">
+        <v>10</v>
+      </c>
+      <c r="M48" s="34">
+        <v>22</v>
+      </c>
+      <c r="N48" s="34">
         <v>11</v>
       </c>
-      <c r="M47" s="21">
-[...22 lines deleted...]
-      <c r="F48" s="34">
+      <c r="O48" s="34">
         <v>8</v>
       </c>
-      <c r="G48" s="34">
-[...25 lines deleted...]
-      </c>
       <c r="P48" s="34">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="1"/>
       <c r="F49" s="14"/>
       <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" s="21" customFormat="1" ht="11.25" customHeight="1">
-[...8 lines deleted...]
-      <c r="A52" s="1" t="s">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B52" s="17"/>
-[...4 lines deleted...]
-      <c r="A53" s="5" t="s">
+      <c r="B51" s="17"/>
+      <c r="C51" s="17"/>
+      <c r="D51" s="17"/>
+    </row>
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B53" s="4"/>
-[...6 lines deleted...]
-      <c r="D54" s="1"/>
+      <c r="B52" s="4"/>
+      <c r="C52" s="4"/>
+      <c r="D52" s="4"/>
+    </row>
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="1"/>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
+      <c r="P53" s="26" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P54" s="26" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
-    <col min="4" max="4" width="7" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16" width="7" style="21" customWidth="1"/>
+    <col min="4" max="4" width="7" style="5" customWidth="1"/>
+    <col min="5" max="16" width="7" style="1" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
-      <c r="E3" s="22"/>
-[...8 lines deleted...]
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+      <c r="D3" s="6"/>
+    </row>
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
-      <c r="E4" s="22"/>
-[...8 lines deleted...]
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+      <c r="D4" s="8"/>
+    </row>
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="21"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="21"/>
+      <c r="N5" s="21"/>
+      <c r="O5" s="21"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>143278</v>
+        <v>143222</v>
       </c>
       <c r="E8" s="32">
-        <v>143278</v>
+        <v>143222</v>
       </c>
       <c r="F8" s="32">
-        <v>143381</v>
+        <v>143329</v>
       </c>
       <c r="G8" s="32">
-        <v>143526</v>
+        <v>143389</v>
       </c>
       <c r="H8" s="32">
-        <v>143492</v>
+        <v>143291</v>
       </c>
       <c r="I8" s="32">
-        <v>143454</v>
+        <v>143195</v>
       </c>
       <c r="J8" s="32">
-        <v>143294</v>
+        <v>142880</v>
       </c>
       <c r="K8" s="32">
-        <v>143044</v>
+        <v>142798</v>
       </c>
       <c r="L8" s="32">
-        <v>142785</v>
+        <v>142621</v>
       </c>
       <c r="M8" s="32">
-        <v>142718</v>
+        <v>142710</v>
       </c>
       <c r="N8" s="32">
-        <v>142946</v>
+        <v>142790</v>
       </c>
       <c r="O8" s="32">
-        <v>143294</v>
+        <v>142883</v>
       </c>
       <c r="P8" s="32">
-        <v>143380</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>143143</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="42">
-        <v>378</v>
+      <c r="D9" s="35">
+        <v>220</v>
       </c>
       <c r="E9" s="24">
-        <v>27</v>
+        <v>-9</v>
       </c>
       <c r="F9" s="24">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" s="24">
-        <v>28</v>
+        <v>-3</v>
       </c>
       <c r="H9" s="24">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="I9" s="24">
-        <v>26</v>
+        <v>-9</v>
       </c>
       <c r="J9" s="24">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="K9" s="24">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="L9" s="24">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="M9" s="24">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="N9" s="24">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="O9" s="24">
-        <v>-14</v>
+        <v>6</v>
       </c>
       <c r="P9" s="24">
-        <v>-15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-24</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>-481</v>
+        <v>-370</v>
       </c>
       <c r="E10" s="24">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="F10" s="24">
-        <v>134</v>
+        <v>47</v>
       </c>
       <c r="G10" s="24">
-        <v>-62</v>
+        <v>-95</v>
       </c>
       <c r="H10" s="24">
-        <v>-67</v>
+        <v>-178</v>
       </c>
       <c r="I10" s="24">
-        <v>-186</v>
+        <v>-306</v>
       </c>
       <c r="J10" s="24">
-        <v>-321</v>
+        <v>-107</v>
       </c>
       <c r="K10" s="24">
-        <v>-321</v>
+        <v>-242</v>
       </c>
       <c r="L10" s="24">
-        <v>-116</v>
+        <v>34</v>
       </c>
       <c r="M10" s="24">
-        <v>190</v>
+        <v>74</v>
       </c>
       <c r="N10" s="24">
-        <v>282</v>
+        <v>80</v>
       </c>
       <c r="O10" s="24">
-        <v>100</v>
+        <v>254</v>
       </c>
       <c r="P10" s="24">
-        <v>-190</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>-47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>-103</v>
+        <v>-150</v>
       </c>
       <c r="E11" s="24">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F11" s="24">
-        <v>145</v>
+        <v>60</v>
       </c>
       <c r="G11" s="24">
-        <v>-34</v>
+        <v>-98</v>
       </c>
       <c r="H11" s="24">
-        <v>-38</v>
+        <v>-96</v>
       </c>
       <c r="I11" s="24">
-        <v>-160</v>
+        <v>-315</v>
       </c>
       <c r="J11" s="24">
-        <v>-250</v>
+        <v>-82</v>
       </c>
       <c r="K11" s="24">
-        <v>-259</v>
+        <v>-177</v>
       </c>
       <c r="L11" s="24">
-        <v>-67</v>
+        <v>89</v>
       </c>
       <c r="M11" s="24">
-        <v>228</v>
+        <v>80</v>
       </c>
       <c r="N11" s="24">
-        <v>348</v>
+        <v>93</v>
       </c>
       <c r="O11" s="24">
-        <v>86</v>
+        <v>260</v>
       </c>
       <c r="P11" s="24">
-        <v>-205</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>-71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D12" s="42">
-        <v>47</v>
+      <c r="D12" s="35">
+        <v>82</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="P12" s="25">
-[...3 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+      <c r="P12" s="39">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>143222</v>
+        <v>143154</v>
       </c>
       <c r="E13" s="32">
-        <v>143381</v>
+        <v>143329</v>
       </c>
       <c r="F13" s="32">
-        <v>143526</v>
+        <v>143389</v>
       </c>
       <c r="G13" s="32">
-        <v>143492</v>
+        <v>143291</v>
       </c>
       <c r="H13" s="32">
-        <v>143454</v>
+        <v>143195</v>
       </c>
       <c r="I13" s="32">
-        <v>143294</v>
+        <v>142880</v>
       </c>
       <c r="J13" s="32">
-        <v>143044</v>
+        <v>142798</v>
       </c>
       <c r="K13" s="32">
-        <v>142785</v>
+        <v>142621</v>
       </c>
       <c r="L13" s="32">
-        <v>142718</v>
+        <v>142710</v>
       </c>
       <c r="M13" s="32">
-        <v>142946</v>
+        <v>142790</v>
       </c>
       <c r="N13" s="32">
-        <v>143294</v>
+        <v>142883</v>
       </c>
       <c r="O13" s="32">
-        <v>143380</v>
+        <v>143143</v>
       </c>
       <c r="P13" s="32">
-        <v>143222</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>143154</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>68776</v>
+        <v>68645</v>
       </c>
       <c r="E14" s="32">
-        <v>68864</v>
+        <v>68790</v>
       </c>
       <c r="F14" s="32">
-        <v>68966</v>
+        <v>68773</v>
       </c>
       <c r="G14" s="32">
-        <v>68978</v>
+        <v>68737</v>
       </c>
       <c r="H14" s="32">
-        <v>68964</v>
+        <v>68732</v>
       </c>
       <c r="I14" s="32">
-        <v>68879</v>
+        <v>68593</v>
       </c>
       <c r="J14" s="32">
-        <v>68764</v>
+        <v>68552</v>
       </c>
       <c r="K14" s="32">
-        <v>68647</v>
+        <v>68473</v>
       </c>
       <c r="L14" s="32">
-        <v>68572</v>
+        <v>68541</v>
       </c>
       <c r="M14" s="32">
-        <v>68690</v>
+        <v>68579</v>
       </c>
       <c r="N14" s="32">
-        <v>68840</v>
+        <v>68583</v>
       </c>
       <c r="O14" s="32">
-        <v>68879</v>
+        <v>68656</v>
       </c>
       <c r="P14" s="32">
-        <v>68776</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>68645</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>74446</v>
+        <v>74509</v>
       </c>
       <c r="E15" s="32">
-        <v>74517</v>
+        <v>74539</v>
       </c>
       <c r="F15" s="32">
-        <v>74560</v>
+        <v>74616</v>
       </c>
       <c r="G15" s="32">
-        <v>74514</v>
+        <v>74554</v>
       </c>
       <c r="H15" s="32">
-        <v>74490</v>
+        <v>74463</v>
       </c>
       <c r="I15" s="32">
-        <v>74415</v>
+        <v>74287</v>
       </c>
       <c r="J15" s="32">
-        <v>74280</v>
+        <v>74246</v>
       </c>
       <c r="K15" s="32">
-        <v>74138</v>
+        <v>74148</v>
       </c>
       <c r="L15" s="32">
-        <v>74146</v>
+        <v>74169</v>
       </c>
       <c r="M15" s="32">
-        <v>74256</v>
+        <v>74211</v>
       </c>
       <c r="N15" s="32">
-        <v>74454</v>
+        <v>74300</v>
       </c>
       <c r="O15" s="32">
-        <v>74501</v>
+        <v>74487</v>
       </c>
       <c r="P15" s="32">
-        <v>74446</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>74509</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>109284</v>
+        <v>109242</v>
       </c>
       <c r="E16" s="32">
-        <v>108815</v>
+        <v>109343</v>
       </c>
       <c r="F16" s="32">
-        <v>108968</v>
+        <v>109433</v>
       </c>
       <c r="G16" s="32">
-        <v>108888</v>
+        <v>109419</v>
       </c>
       <c r="H16" s="32">
-        <v>108927</v>
+        <v>109362</v>
       </c>
       <c r="I16" s="32">
-        <v>108903</v>
+        <v>109154</v>
       </c>
       <c r="J16" s="32">
-        <v>108832</v>
+        <v>109090</v>
       </c>
       <c r="K16" s="32">
-        <v>108705</v>
+        <v>109014</v>
       </c>
       <c r="L16" s="32">
-        <v>108736</v>
+        <v>109027</v>
       </c>
       <c r="M16" s="32">
-        <v>108915</v>
+        <v>109045</v>
       </c>
       <c r="N16" s="32">
-        <v>109139</v>
+        <v>108990</v>
       </c>
       <c r="O16" s="32">
-        <v>109272</v>
+        <v>109216</v>
       </c>
       <c r="P16" s="32">
-        <v>109284</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109242</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>33938</v>
+        <v>33912</v>
       </c>
       <c r="E17" s="32">
-        <v>34566</v>
+        <v>33986</v>
       </c>
       <c r="F17" s="32">
-        <v>34558</v>
+        <v>33956</v>
       </c>
       <c r="G17" s="32">
-        <v>34604</v>
+        <v>33872</v>
       </c>
       <c r="H17" s="32">
-        <v>34527</v>
+        <v>33833</v>
       </c>
       <c r="I17" s="32">
-        <v>34391</v>
+        <v>33726</v>
       </c>
       <c r="J17" s="32">
-        <v>34212</v>
+        <v>33708</v>
       </c>
       <c r="K17" s="32">
-        <v>34080</v>
+        <v>33607</v>
       </c>
       <c r="L17" s="32">
-        <v>33982</v>
+        <v>33683</v>
       </c>
       <c r="M17" s="32">
-        <v>34031</v>
+        <v>33745</v>
       </c>
       <c r="N17" s="32">
-        <v>34155</v>
+        <v>33893</v>
       </c>
       <c r="O17" s="32">
-        <v>34108</v>
+        <v>33927</v>
       </c>
       <c r="P17" s="32">
-        <v>33938</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>33912</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>143250</v>
+        <v>143190</v>
       </c>
       <c r="E18" s="33">
-        <v>143330</v>
+        <v>143280</v>
       </c>
       <c r="F18" s="33">
-        <v>143450</v>
+        <v>143360</v>
       </c>
       <c r="G18" s="33">
-        <v>143510</v>
+        <v>143340</v>
       </c>
       <c r="H18" s="33">
-        <v>143470</v>
+        <v>143240</v>
       </c>
       <c r="I18" s="33">
-        <v>143370</v>
+        <v>143040</v>
       </c>
       <c r="J18" s="33">
-        <v>143170</v>
+        <v>142840</v>
       </c>
       <c r="K18" s="33">
-        <v>142910</v>
+        <v>142710</v>
       </c>
       <c r="L18" s="33">
+        <v>142670</v>
+      </c>
+      <c r="M18" s="33">
         <v>142750</v>
       </c>
-      <c r="M18" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="N18" s="33">
-        <v>143120</v>
+        <v>142840</v>
       </c>
       <c r="O18" s="33">
-        <v>143340</v>
+        <v>143010</v>
       </c>
       <c r="P18" s="33">
-        <v>143300</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>143150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1618</v>
+        <v>1557</v>
       </c>
       <c r="E20" s="21">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="F20" s="21">
+        <v>108</v>
+      </c>
+      <c r="G20" s="21">
+        <v>129</v>
+      </c>
+      <c r="H20" s="21">
+        <v>158</v>
+      </c>
+      <c r="I20" s="21">
+        <v>102</v>
+      </c>
+      <c r="J20" s="21">
+        <v>98</v>
+      </c>
+      <c r="K20" s="21">
+        <v>170</v>
+      </c>
+      <c r="L20" s="21">
+        <v>162</v>
+      </c>
+      <c r="M20" s="21">
+        <v>98</v>
+      </c>
+      <c r="N20" s="21">
         <v>124</v>
       </c>
-      <c r="G20" s="21">
-[...22 lines deleted...]
-      </c>
       <c r="O20" s="21">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="P20" s="21">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>855</v>
+        <v>813</v>
       </c>
       <c r="E21" s="21">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="F21" s="21">
+        <v>56</v>
+      </c>
+      <c r="G21" s="21">
+        <v>68</v>
+      </c>
+      <c r="H21" s="21">
+        <v>85</v>
+      </c>
+      <c r="I21" s="21">
+        <v>52</v>
+      </c>
+      <c r="J21" s="21">
+        <v>39</v>
+      </c>
+      <c r="K21" s="21">
+        <v>87</v>
+      </c>
+      <c r="L21" s="21">
+        <v>93</v>
+      </c>
+      <c r="M21" s="21">
+        <v>55</v>
+      </c>
+      <c r="N21" s="21">
+        <v>61</v>
+      </c>
+      <c r="O21" s="21">
         <v>66</v>
       </c>
-      <c r="G21" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P21" s="21">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="E22" s="21">
+        <v>65</v>
+      </c>
+      <c r="F22" s="21">
+        <v>52</v>
+      </c>
+      <c r="G22" s="21">
         <v>61</v>
       </c>
-      <c r="F22" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="H22" s="21">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="I22" s="21">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J22" s="21">
+        <v>59</v>
+      </c>
+      <c r="K22" s="21">
+        <v>83</v>
+      </c>
+      <c r="L22" s="21">
+        <v>69</v>
+      </c>
+      <c r="M22" s="21">
+        <v>43</v>
+      </c>
+      <c r="N22" s="21">
+        <v>63</v>
+      </c>
+      <c r="O22" s="21">
+        <v>54</v>
+      </c>
+      <c r="P22" s="21">
         <v>72</v>
       </c>
-      <c r="K22" s="21">
-[...18 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1269</v>
+        <v>1229</v>
       </c>
       <c r="E23" s="32">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="F23" s="32">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="G23" s="32">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="H23" s="32">
+        <v>129</v>
+      </c>
+      <c r="I23" s="32">
+        <v>75</v>
+      </c>
+      <c r="J23" s="32">
+        <v>76</v>
+      </c>
+      <c r="K23" s="32">
+        <v>153</v>
+      </c>
+      <c r="L23" s="32">
+        <v>117</v>
+      </c>
+      <c r="M23" s="32">
+        <v>68</v>
+      </c>
+      <c r="N23" s="32">
+        <v>117</v>
+      </c>
+      <c r="O23" s="32">
+        <v>93</v>
+      </c>
+      <c r="P23" s="32">
         <v>110</v>
       </c>
-      <c r="I23" s="32">
-[...24 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="E24" s="33">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F24" s="33">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="G24" s="33">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H24" s="33">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I24" s="33">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="J24" s="33">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K24" s="33">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="L24" s="33">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="M24" s="33">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="N24" s="33">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="O24" s="33">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="P24" s="33">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1240</v>
+        <v>1337</v>
       </c>
       <c r="E26" s="21">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="F26" s="21">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="G26" s="21">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="H26" s="21">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="I26" s="21">
-        <v>83</v>
+        <v>111</v>
       </c>
       <c r="J26" s="21">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="K26" s="21">
+        <v>105</v>
+      </c>
+      <c r="L26" s="21">
+        <v>107</v>
+      </c>
+      <c r="M26" s="21">
         <v>92</v>
       </c>
-      <c r="L26" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="N26" s="21">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="O26" s="21">
-        <v>140</v>
+        <v>114</v>
       </c>
       <c r="P26" s="21">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>527</v>
+        <v>634</v>
       </c>
       <c r="E27" s="21">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="F27" s="21">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G27" s="21">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="H27" s="21">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="I27" s="21">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="J27" s="21">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="K27" s="21">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="L27" s="21">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="M27" s="21">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="N27" s="21">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="O27" s="21">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="P27" s="21">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="E28" s="21">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="F28" s="21">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="G28" s="21">
+        <v>58</v>
+      </c>
+      <c r="H28" s="21">
+        <v>40</v>
+      </c>
+      <c r="I28" s="21">
         <v>69</v>
       </c>
-      <c r="H28" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="J28" s="21">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="K28" s="21">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="L28" s="21">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="M28" s="21">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="N28" s="21">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="O28" s="21">
-        <v>78</v>
+        <v>50</v>
       </c>
       <c r="P28" s="21">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1124</v>
+        <v>1193</v>
       </c>
       <c r="E29" s="21">
-        <v>74</v>
+        <v>138</v>
       </c>
       <c r="F29" s="21">
+        <v>84</v>
+      </c>
+      <c r="G29" s="21">
+        <v>118</v>
+      </c>
+      <c r="H29" s="21">
+        <v>68</v>
+      </c>
+      <c r="I29" s="21">
+        <v>100</v>
+      </c>
+      <c r="J29" s="21">
+        <v>65</v>
+      </c>
+      <c r="K29" s="21">
+        <v>93</v>
+      </c>
+      <c r="L29" s="21">
+        <v>96</v>
+      </c>
+      <c r="M29" s="21">
+        <v>82</v>
+      </c>
+      <c r="N29" s="21">
         <v>101</v>
       </c>
-      <c r="G29" s="21">
-[...22 lines deleted...]
-      </c>
       <c r="O29" s="21">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="P29" s="21">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="E30" s="21">
+        <v>10</v>
+      </c>
+      <c r="F30" s="21">
+        <v>11</v>
+      </c>
+      <c r="G30" s="21">
         <v>14</v>
       </c>
-      <c r="F30" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="H30" s="21">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I30" s="21">
         <v>11</v>
       </c>
       <c r="J30" s="21">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K30" s="21">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L30" s="21">
         <v>11</v>
       </c>
       <c r="M30" s="21">
         <v>10</v>
       </c>
       <c r="N30" s="21">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="O30" s="21">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="P30" s="21">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
         <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>0</v>
+      </c>
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>0</v>
+      </c>
+      <c r="L31" s="32">
+        <v>0</v>
+      </c>
+      <c r="M31" s="32">
+        <v>0</v>
+      </c>
+      <c r="N31" s="32">
+        <v>0</v>
+      </c>
+      <c r="O31" s="32">
         <v>1</v>
       </c>
-      <c r="H31" s="32">
-[...2 lines deleted...]
-      <c r="I31" s="32">
+      <c r="P31" s="32">
         <v>1</v>
       </c>
-      <c r="J31" s="32">
-[...21 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G32" s="32">
+        <v>0</v>
+      </c>
+      <c r="H32" s="32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="32">
         <v>1</v>
       </c>
-      <c r="H32" s="32">
-[...2 lines deleted...]
-      <c r="I32" s="32">
+      <c r="K32" s="32">
+        <v>0</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
+        <v>0</v>
+      </c>
+      <c r="N32" s="32">
+        <v>0</v>
+      </c>
+      <c r="O32" s="32">
         <v>1</v>
       </c>
-      <c r="J32" s="32">
-[...16 lines deleted...]
-      </c>
       <c r="P32" s="32">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F33" s="32">
         <v>1</v>
       </c>
       <c r="G33" s="32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I33" s="32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J33" s="32">
         <v>1</v>
       </c>
       <c r="K33" s="32">
+        <v>6</v>
+      </c>
+      <c r="L33" s="32">
         <v>3</v>
       </c>
-      <c r="L33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="M33" s="32">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N33" s="32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O33" s="32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P33" s="32">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="E34" s="32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F34" s="32">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="G34" s="32">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="H34" s="32">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I34" s="32">
         <v>9</v>
       </c>
       <c r="J34" s="32">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K34" s="32">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L34" s="32">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="M34" s="32">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="N34" s="32">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="O34" s="32">
         <v>11</v>
       </c>
       <c r="P34" s="32">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="E35" s="32">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F35" s="32">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G35" s="32">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="H35" s="32">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I35" s="32">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="J35" s="32">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="K35" s="32">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L35" s="32">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M35" s="32">
         <v>23</v>
       </c>
       <c r="N35" s="32">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="O35" s="32">
+        <v>26</v>
+      </c>
+      <c r="P35" s="32">
         <v>40</v>
       </c>
-      <c r="P35" s="32">
-[...3 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>802</v>
+        <v>850</v>
       </c>
       <c r="E36" s="33">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="F36" s="33">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="G36" s="33">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H36" s="33">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="I36" s="33">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J36" s="33">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K36" s="33">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="L36" s="33">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="M36" s="33">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="N36" s="33">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="O36" s="33">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="P36" s="33">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1467</v>
+        <v>1512</v>
       </c>
       <c r="E38" s="26">
         <v>85</v>
       </c>
       <c r="F38" s="26">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="G38" s="26">
-        <v>131</v>
+        <v>83</v>
       </c>
       <c r="H38" s="26">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="I38" s="26">
-        <v>95</v>
+        <v>161</v>
       </c>
       <c r="J38" s="26">
-        <v>123</v>
+        <v>191</v>
       </c>
       <c r="K38" s="26">
-        <v>181</v>
+        <v>160</v>
       </c>
       <c r="L38" s="26">
-        <v>121</v>
+        <v>196</v>
       </c>
       <c r="M38" s="26">
-        <v>221</v>
+        <v>139</v>
       </c>
       <c r="N38" s="26">
-        <v>185</v>
+        <v>134</v>
       </c>
       <c r="O38" s="26">
-        <v>100</v>
+        <v>69</v>
       </c>
       <c r="P38" s="26">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>747</v>
+        <v>781</v>
       </c>
       <c r="E39" s="21">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F39" s="21">
+        <v>49</v>
+      </c>
+      <c r="G39" s="21">
+        <v>42</v>
+      </c>
+      <c r="H39" s="21">
+        <v>61</v>
+      </c>
+      <c r="I39" s="21">
+        <v>81</v>
+      </c>
+      <c r="J39" s="21">
+        <v>100</v>
+      </c>
+      <c r="K39" s="21">
+        <v>81</v>
+      </c>
+      <c r="L39" s="21">
+        <v>98</v>
+      </c>
+      <c r="M39" s="21">
+        <v>71</v>
+      </c>
+      <c r="N39" s="21">
+        <v>68</v>
+      </c>
+      <c r="O39" s="21">
         <v>39</v>
       </c>
-      <c r="G39" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P39" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="E40" s="21">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F40" s="21">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G40" s="21">
+        <v>41</v>
+      </c>
+      <c r="H40" s="21">
+        <v>55</v>
+      </c>
+      <c r="I40" s="21">
+        <v>80</v>
+      </c>
+      <c r="J40" s="21">
+        <v>91</v>
+      </c>
+      <c r="K40" s="21">
+        <v>79</v>
+      </c>
+      <c r="L40" s="21">
+        <v>98</v>
+      </c>
+      <c r="M40" s="21">
+        <v>68</v>
+      </c>
+      <c r="N40" s="21">
         <v>66</v>
       </c>
-      <c r="H40" s="21">
-[...19 lines deleted...]
-      </c>
       <c r="O40" s="21">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="P40" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1051</v>
+        <v>1010</v>
       </c>
       <c r="E41" s="21">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F41" s="21">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G41" s="21">
-        <v>91</v>
+        <v>48</v>
       </c>
       <c r="H41" s="21">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="I41" s="21">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="J41" s="21">
-        <v>98</v>
+        <v>153</v>
       </c>
       <c r="K41" s="21">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="L41" s="21">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="M41" s="21">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="N41" s="21">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="O41" s="21">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="P41" s="21">
         <v>50</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>416</v>
+        <v>502</v>
       </c>
       <c r="E42" s="34">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="F42" s="34">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G42" s="34">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H42" s="34">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="I42" s="34">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="J42" s="34">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K42" s="34">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L42" s="34">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="M42" s="34">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="N42" s="34">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="O42" s="34">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="P42" s="34">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>538</v>
+        <v>496</v>
       </c>
       <c r="E44" s="21">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="F44" s="21">
+        <v>43</v>
+      </c>
+      <c r="G44" s="21">
+        <v>35</v>
+      </c>
+      <c r="H44" s="21">
         <v>34</v>
       </c>
-      <c r="G44" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="I44" s="21">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="J44" s="21">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="K44" s="21">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="L44" s="21">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="M44" s="21">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="N44" s="21">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="O44" s="21">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="P44" s="21">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>270</v>
+        <v>247</v>
       </c>
       <c r="E45" s="21">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F45" s="21">
         <v>20</v>
       </c>
       <c r="G45" s="21">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="H45" s="21">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="I45" s="21">
+        <v>19</v>
+      </c>
+      <c r="J45" s="21">
+        <v>22</v>
+      </c>
+      <c r="K45" s="21">
+        <v>18</v>
+      </c>
+      <c r="L45" s="21">
+        <v>9</v>
+      </c>
+      <c r="M45" s="21">
+        <v>19</v>
+      </c>
+      <c r="N45" s="21">
         <v>16</v>
       </c>
-      <c r="J45" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="O45" s="21">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="P45" s="21">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="E46" s="21">
+        <v>25</v>
+      </c>
+      <c r="F46" s="21">
+        <v>23</v>
+      </c>
+      <c r="G46" s="21">
+        <v>15</v>
+      </c>
+      <c r="H46" s="21">
+        <v>15</v>
+      </c>
+      <c r="I46" s="21">
         <v>17</v>
       </c>
-      <c r="F46" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="J46" s="21">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M46" s="21">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="N46" s="21">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="O46" s="21">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="P46" s="21">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>352</v>
+        <v>331</v>
       </c>
       <c r="E47" s="21">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F47" s="21">
+        <v>35</v>
+      </c>
+      <c r="G47" s="21">
+        <v>21</v>
+      </c>
+      <c r="H47" s="21">
+        <v>21</v>
+      </c>
+      <c r="I47" s="21">
         <v>20</v>
       </c>
-      <c r="G47" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="J47" s="21">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="K47" s="21">
+        <v>32</v>
+      </c>
+      <c r="L47" s="21">
+        <v>11</v>
+      </c>
+      <c r="M47" s="21">
         <v>29</v>
       </c>
-      <c r="L47" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="N47" s="21">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="O47" s="21">
         <v>26</v>
       </c>
       <c r="P47" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>186</v>
+        <v>165</v>
       </c>
       <c r="E48" s="34">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F48" s="34">
+        <v>8</v>
+      </c>
+      <c r="G48" s="34">
         <v>14</v>
       </c>
-      <c r="G48" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="H48" s="34">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I48" s="34">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="J48" s="34">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K48" s="34">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="L48" s="34">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M48" s="34">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="N48" s="34">
+        <v>9</v>
+      </c>
+      <c r="O48" s="34">
+        <v>19</v>
+      </c>
+      <c r="P48" s="34">
         <v>25</v>
       </c>
-      <c r="O48" s="34">
-[...6 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="45" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
-      <c r="D49" s="16"/>
-[...1 lines deleted...]
-      <c r="P49" s="27" t="s">
+      <c r="D49" s="1"/>
+      <c r="F49" s="14"/>
+      <c r="P49" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
-      <c r="B51" s="4"/>
-[...5 lines deleted...]
-        <v>47</v>
+      <c r="B51" s="41"/>
+      <c r="C51" s="41"/>
+      <c r="D51" s="41"/>
+    </row>
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
-      <c r="E53" s="1"/>
-[...8 lines deleted...]
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
-      <c r="D54" s="10"/>
+      <c r="D54" s="1"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
-[...10 lines deleted...]
-      <c r="N55" s="20"/>
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>142493</v>
+        <v>143278</v>
       </c>
       <c r="E8" s="32">
-        <v>142493</v>
+        <v>143278</v>
       </c>
       <c r="F8" s="32">
-        <v>142486</v>
+        <v>143381</v>
       </c>
       <c r="G8" s="32">
-        <v>142635</v>
+        <v>143526</v>
       </c>
       <c r="H8" s="32">
-        <v>142664</v>
+        <v>143492</v>
       </c>
       <c r="I8" s="32">
-        <v>142790</v>
+        <v>143454</v>
       </c>
       <c r="J8" s="32">
-        <v>142914</v>
+        <v>143294</v>
       </c>
       <c r="K8" s="32">
-        <v>142856</v>
+        <v>143044</v>
       </c>
       <c r="L8" s="32">
-        <v>142577</v>
+        <v>142785</v>
       </c>
       <c r="M8" s="32">
-        <v>142705</v>
+        <v>142718</v>
       </c>
       <c r="N8" s="32">
-        <v>142964</v>
+        <v>142946</v>
       </c>
       <c r="O8" s="32">
-        <v>143275</v>
+        <v>143294</v>
       </c>
       <c r="P8" s="32">
-        <v>143163</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>143380</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
-        <v>337</v>
+        <v>378</v>
       </c>
       <c r="E9" s="24">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="F9" s="24">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="G9" s="24">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="H9" s="24">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I9" s="24">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="J9" s="24">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="K9" s="24">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="L9" s="24">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="M9" s="24">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="N9" s="24">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="O9" s="24">
-        <v>9</v>
+        <v>-14</v>
       </c>
       <c r="P9" s="24">
-        <v>-9</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>378</v>
+        <v>-481</v>
       </c>
       <c r="E10" s="24">
-        <v>-57</v>
+        <v>76</v>
       </c>
       <c r="F10" s="24">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="G10" s="24">
-        <v>23</v>
+        <v>-62</v>
       </c>
       <c r="H10" s="24">
-        <v>106</v>
+        <v>-67</v>
       </c>
       <c r="I10" s="24">
-        <v>109</v>
+        <v>-186</v>
       </c>
       <c r="J10" s="24">
-        <v>-100</v>
+        <v>-321</v>
       </c>
       <c r="K10" s="24">
-        <v>-323</v>
+        <v>-321</v>
       </c>
       <c r="L10" s="24">
-        <v>49</v>
+        <v>-116</v>
       </c>
       <c r="M10" s="24">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="N10" s="24">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="O10" s="24">
-        <v>-121</v>
+        <v>100</v>
       </c>
       <c r="P10" s="24">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>-190</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>715</v>
+        <v>-103</v>
       </c>
       <c r="E11" s="24">
-        <v>-7</v>
+        <v>103</v>
       </c>
       <c r="F11" s="24">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="G11" s="24">
-        <v>29</v>
+        <v>-34</v>
       </c>
       <c r="H11" s="24">
-        <v>126</v>
+        <v>-38</v>
       </c>
       <c r="I11" s="24">
-        <v>124</v>
+        <v>-160</v>
       </c>
       <c r="J11" s="24">
-        <v>-58</v>
+        <v>-250</v>
       </c>
       <c r="K11" s="24">
-        <v>-279</v>
+        <v>-259</v>
       </c>
       <c r="L11" s="24">
-        <v>128</v>
+        <v>-67</v>
       </c>
       <c r="M11" s="24">
-        <v>259</v>
+        <v>228</v>
       </c>
       <c r="N11" s="24">
-        <v>311</v>
+        <v>348</v>
       </c>
       <c r="O11" s="24">
-        <v>-112</v>
+        <v>86</v>
       </c>
       <c r="P11" s="24">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>-205</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>143278</v>
+        <v>143222</v>
       </c>
       <c r="E13" s="32">
-        <v>142486</v>
+        <v>143381</v>
       </c>
       <c r="F13" s="32">
-        <v>142635</v>
+        <v>143526</v>
       </c>
       <c r="G13" s="32">
-        <v>142664</v>
+        <v>143492</v>
       </c>
       <c r="H13" s="32">
-        <v>142790</v>
+        <v>143454</v>
       </c>
       <c r="I13" s="32">
-        <v>142914</v>
+        <v>143294</v>
       </c>
       <c r="J13" s="32">
-        <v>142856</v>
+        <v>143044</v>
       </c>
       <c r="K13" s="32">
-        <v>142577</v>
+        <v>142785</v>
       </c>
       <c r="L13" s="32">
-        <v>142705</v>
+        <v>142718</v>
       </c>
       <c r="M13" s="32">
-        <v>142964</v>
+        <v>142946</v>
       </c>
       <c r="N13" s="32">
-        <v>143275</v>
+        <v>143294</v>
       </c>
       <c r="O13" s="32">
-        <v>143163</v>
+        <v>143380</v>
       </c>
       <c r="P13" s="32">
-        <v>143278</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>143222</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>68767</v>
+        <v>68776</v>
       </c>
       <c r="E14" s="32">
-        <v>68313</v>
+        <v>68864</v>
       </c>
       <c r="F14" s="32">
-        <v>68396</v>
+        <v>68966</v>
       </c>
       <c r="G14" s="32">
-        <v>68444</v>
+        <v>68978</v>
       </c>
       <c r="H14" s="32">
-        <v>68494</v>
+        <v>68964</v>
       </c>
       <c r="I14" s="32">
-        <v>68548</v>
+        <v>68879</v>
       </c>
       <c r="J14" s="32">
-        <v>68550</v>
+        <v>68764</v>
       </c>
       <c r="K14" s="32">
-        <v>68452</v>
+        <v>68647</v>
       </c>
       <c r="L14" s="32">
-        <v>68497</v>
+        <v>68572</v>
       </c>
       <c r="M14" s="32">
-        <v>68594</v>
+        <v>68690</v>
       </c>
       <c r="N14" s="32">
-        <v>68721</v>
+        <v>68840</v>
       </c>
       <c r="O14" s="32">
-        <v>68654</v>
+        <v>68879</v>
       </c>
       <c r="P14" s="32">
-        <v>68767</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>68776</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>74511</v>
+        <v>74446</v>
       </c>
       <c r="E15" s="32">
-        <v>74173</v>
+        <v>74517</v>
       </c>
       <c r="F15" s="32">
-        <v>74239</v>
+        <v>74560</v>
       </c>
       <c r="G15" s="32">
-        <v>74220</v>
+        <v>74514</v>
       </c>
       <c r="H15" s="32">
-        <v>74296</v>
+        <v>74490</v>
       </c>
       <c r="I15" s="32">
-        <v>74366</v>
+        <v>74415</v>
       </c>
       <c r="J15" s="32">
-        <v>74306</v>
+        <v>74280</v>
       </c>
       <c r="K15" s="32">
-        <v>74125</v>
+        <v>74138</v>
       </c>
       <c r="L15" s="32">
-        <v>74208</v>
+        <v>74146</v>
       </c>
       <c r="M15" s="32">
-        <v>74370</v>
+        <v>74256</v>
       </c>
       <c r="N15" s="32">
-        <v>74554</v>
+        <v>74454</v>
       </c>
       <c r="O15" s="32">
-        <v>74509</v>
+        <v>74501</v>
       </c>
       <c r="P15" s="32">
-        <v>74511</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>74446</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>108738</v>
+        <v>109284</v>
       </c>
       <c r="E16" s="32">
-        <v>108180</v>
+        <v>108815</v>
       </c>
       <c r="F16" s="32">
-        <v>108277</v>
+        <v>108968</v>
       </c>
       <c r="G16" s="32">
-        <v>108355</v>
+        <v>108888</v>
       </c>
       <c r="H16" s="32">
-        <v>108458</v>
+        <v>108927</v>
       </c>
       <c r="I16" s="32">
-        <v>108513</v>
+        <v>108903</v>
       </c>
       <c r="J16" s="32">
-        <v>108497</v>
+        <v>108832</v>
       </c>
       <c r="K16" s="32">
-        <v>108317</v>
+        <v>108705</v>
       </c>
       <c r="L16" s="32">
-        <v>108367</v>
+        <v>108736</v>
       </c>
       <c r="M16" s="32">
-        <v>108362</v>
+        <v>108915</v>
       </c>
       <c r="N16" s="32">
-        <v>108623</v>
+        <v>109139</v>
       </c>
       <c r="O16" s="32">
-        <v>108582</v>
+        <v>109272</v>
       </c>
       <c r="P16" s="32">
-        <v>108738</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>109284</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>34540</v>
+        <v>33938</v>
       </c>
       <c r="E17" s="32">
-        <v>34306</v>
+        <v>34566</v>
       </c>
       <c r="F17" s="32">
-        <v>34358</v>
+        <v>34558</v>
       </c>
       <c r="G17" s="32">
-        <v>34309</v>
+        <v>34604</v>
       </c>
       <c r="H17" s="32">
-        <v>34332</v>
+        <v>34527</v>
       </c>
       <c r="I17" s="32">
-        <v>34401</v>
+        <v>34391</v>
       </c>
       <c r="J17" s="32">
-        <v>34359</v>
+        <v>34212</v>
       </c>
       <c r="K17" s="32">
-        <v>34260</v>
+        <v>34080</v>
       </c>
       <c r="L17" s="32">
-        <v>34338</v>
+        <v>33982</v>
       </c>
       <c r="M17" s="32">
-        <v>34602</v>
+        <v>34031</v>
       </c>
       <c r="N17" s="32">
-        <v>34652</v>
+        <v>34155</v>
       </c>
       <c r="O17" s="32">
-        <v>34581</v>
+        <v>34108</v>
       </c>
       <c r="P17" s="32">
-        <v>34540</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>33938</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>142890</v>
+        <v>143250</v>
       </c>
       <c r="E18" s="33">
-        <v>142490</v>
+        <v>143330</v>
       </c>
       <c r="F18" s="33">
-        <v>142560</v>
+        <v>143450</v>
       </c>
       <c r="G18" s="33">
-        <v>142650</v>
+        <v>143510</v>
       </c>
       <c r="H18" s="33">
-        <v>142730</v>
+        <v>143470</v>
       </c>
       <c r="I18" s="33">
-        <v>142850</v>
+        <v>143370</v>
       </c>
       <c r="J18" s="33">
-        <v>142890</v>
+        <v>143170</v>
       </c>
       <c r="K18" s="33">
-        <v>142720</v>
+        <v>142910</v>
       </c>
       <c r="L18" s="33">
-        <v>142640</v>
+        <v>142750</v>
       </c>
       <c r="M18" s="33">
         <v>142830</v>
       </c>
       <c r="N18" s="33">
         <v>143120</v>
       </c>
       <c r="O18" s="33">
-        <v>143220</v>
+        <v>143340</v>
       </c>
       <c r="P18" s="33">
-        <v>143220</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>143300</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="E20" s="21">
-        <v>171</v>
+        <v>115</v>
       </c>
       <c r="F20" s="21">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="G20" s="21">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="H20" s="21">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="I20" s="21">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="J20" s="21">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="K20" s="21">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="L20" s="21">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="M20" s="21">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="N20" s="21">
-        <v>149</v>
+        <v>170</v>
       </c>
       <c r="O20" s="21">
         <v>126</v>
       </c>
       <c r="P20" s="21">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="E21" s="21">
+        <v>54</v>
+      </c>
+      <c r="F21" s="21">
+        <v>66</v>
+      </c>
+      <c r="G21" s="21">
+        <v>76</v>
+      </c>
+      <c r="H21" s="21">
+        <v>63</v>
+      </c>
+      <c r="I21" s="21">
+        <v>64</v>
+      </c>
+      <c r="J21" s="21">
+        <v>87</v>
+      </c>
+      <c r="K21" s="21">
         <v>91</v>
       </c>
-      <c r="F21" s="21">
+      <c r="L21" s="21">
+        <v>70</v>
+      </c>
+      <c r="M21" s="21">
+        <v>61</v>
+      </c>
+      <c r="N21" s="21">
+        <v>91</v>
+      </c>
+      <c r="O21" s="21">
         <v>69</v>
       </c>
-      <c r="G21" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="P21" s="21">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="E22" s="21">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="F22" s="21">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="G22" s="21">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="H22" s="21">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="I22" s="21">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="J22" s="21">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="K22" s="21">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="L22" s="21">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="M22" s="21">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="N22" s="21">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="O22" s="21">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="P22" s="21">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="E23" s="32">
-        <v>136</v>
+        <v>80</v>
       </c>
       <c r="F23" s="32">
+        <v>98</v>
+      </c>
+      <c r="G23" s="32">
+        <v>102</v>
+      </c>
+      <c r="H23" s="32">
+        <v>110</v>
+      </c>
+      <c r="I23" s="32">
         <v>89</v>
       </c>
-      <c r="G23" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="J23" s="32">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="K23" s="32">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="L23" s="32">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="M23" s="32">
+        <v>90</v>
+      </c>
+      <c r="N23" s="32">
+        <v>142</v>
+      </c>
+      <c r="O23" s="32">
         <v>106</v>
       </c>
-      <c r="N23" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="P23" s="32">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="E24" s="33">
         <v>35</v>
       </c>
       <c r="F24" s="33">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G24" s="33">
+        <v>44</v>
+      </c>
+      <c r="H24" s="33">
+        <v>20</v>
+      </c>
+      <c r="I24" s="33">
+        <v>20</v>
+      </c>
+      <c r="J24" s="33">
+        <v>33</v>
+      </c>
+      <c r="K24" s="33">
+        <v>42</v>
+      </c>
+      <c r="L24" s="33">
+        <v>21</v>
+      </c>
+      <c r="M24" s="33">
+        <v>32</v>
+      </c>
+      <c r="N24" s="33">
         <v>28</v>
       </c>
-      <c r="H24" s="33">
-[...19 lines deleted...]
-      </c>
       <c r="O24" s="33">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="P24" s="33">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1273</v>
+        <v>1240</v>
       </c>
       <c r="E26" s="21">
-        <v>121</v>
+        <v>88</v>
       </c>
       <c r="F26" s="21">
         <v>113</v>
       </c>
       <c r="G26" s="21">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="H26" s="21">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I26" s="21">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="J26" s="21">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="K26" s="21">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="L26" s="21">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="M26" s="21">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="N26" s="21">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="O26" s="21">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="P26" s="21">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>573</v>
+        <v>527</v>
       </c>
       <c r="E27" s="21">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="F27" s="21">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G27" s="21">
+        <v>49</v>
+      </c>
+      <c r="H27" s="21">
+        <v>38</v>
+      </c>
+      <c r="I27" s="21">
+        <v>39</v>
+      </c>
+      <c r="J27" s="21">
+        <v>36</v>
+      </c>
+      <c r="K27" s="21">
+        <v>41</v>
+      </c>
+      <c r="L27" s="21">
+        <v>38</v>
+      </c>
+      <c r="M27" s="21">
         <v>46</v>
       </c>
-      <c r="H27" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="N27" s="21">
+        <v>41</v>
+      </c>
+      <c r="O27" s="21">
+        <v>62</v>
+      </c>
+      <c r="P27" s="21">
         <v>58</v>
       </c>
-      <c r="O27" s="21">
-[...6 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="E28" s="21">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F28" s="21">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G28" s="21">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H28" s="21">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="I28" s="21">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="J28" s="21">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K28" s="21">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="L28" s="21">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="M28" s="21">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="N28" s="21">
         <v>63</v>
       </c>
       <c r="O28" s="21">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="P28" s="21">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1171</v>
+        <v>1124</v>
       </c>
       <c r="E29" s="21">
-        <v>114</v>
+        <v>74</v>
       </c>
       <c r="F29" s="21">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="G29" s="21">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="H29" s="21">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I29" s="21">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="J29" s="21">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="K29" s="21">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="L29" s="21">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="M29" s="21">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="N29" s="21">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="O29" s="21">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="P29" s="21">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="E30" s="21">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="F30" s="21">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G30" s="21">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H30" s="21">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I30" s="21">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J30" s="21">
         <v>10</v>
       </c>
       <c r="K30" s="21">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L30" s="21">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="M30" s="21">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="N30" s="21">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="O30" s="21">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="P30" s="21">
-        <v>6</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31" s="32">
         <v>0</v>
       </c>
       <c r="G31" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="32">
         <v>1</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
         <v>5</v>
       </c>
       <c r="E32" s="32">
         <v>1</v>
       </c>
       <c r="F32" s="32">
+        <v>2</v>
+      </c>
+      <c r="G32" s="32">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
         <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E33" s="32">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F33" s="32">
+        <v>1</v>
+      </c>
+      <c r="G33" s="32">
+        <v>4</v>
+      </c>
+      <c r="H33" s="32">
+        <v>2</v>
+      </c>
+      <c r="I33" s="32">
+        <v>2</v>
+      </c>
+      <c r="J33" s="32">
+        <v>1</v>
+      </c>
+      <c r="K33" s="32">
         <v>3</v>
       </c>
-      <c r="G33" s="32">
+      <c r="L33" s="32">
+        <v>0</v>
+      </c>
+      <c r="M33" s="32">
+        <v>3</v>
+      </c>
+      <c r="N33" s="32">
+        <v>3</v>
+      </c>
+      <c r="O33" s="32">
         <v>1</v>
       </c>
-      <c r="H33" s="32">
-[...5 lines deleted...]
-      <c r="J33" s="32">
+      <c r="P33" s="32">
         <v>3</v>
       </c>
-      <c r="K33" s="32">
-[...18 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="E34" s="32">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F34" s="32">
+        <v>11</v>
+      </c>
+      <c r="G34" s="32">
+        <v>11</v>
+      </c>
+      <c r="H34" s="32">
         <v>6</v>
       </c>
-      <c r="G34" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="I34" s="32">
+        <v>9</v>
+      </c>
+      <c r="J34" s="32">
         <v>10</v>
       </c>
-      <c r="J34" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K34" s="32">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L34" s="32">
+        <v>9</v>
+      </c>
+      <c r="M34" s="32">
+        <v>4</v>
+      </c>
+      <c r="N34" s="32">
         <v>7</v>
       </c>
-      <c r="M34" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="O34" s="32">
+        <v>11</v>
+      </c>
+      <c r="P34" s="32">
         <v>9</v>
       </c>
-      <c r="P34" s="32">
-[...3 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>293</v>
+        <v>310</v>
       </c>
       <c r="E35" s="32">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F35" s="32">
+        <v>34</v>
+      </c>
+      <c r="G35" s="32">
+        <v>25</v>
+      </c>
+      <c r="H35" s="32">
+        <v>25</v>
+      </c>
+      <c r="I35" s="32">
+        <v>21</v>
+      </c>
+      <c r="J35" s="32">
+        <v>29</v>
+      </c>
+      <c r="K35" s="32">
+        <v>20</v>
+      </c>
+      <c r="L35" s="32">
+        <v>20</v>
+      </c>
+      <c r="M35" s="32">
+        <v>23</v>
+      </c>
+      <c r="N35" s="32">
+        <v>29</v>
+      </c>
+      <c r="O35" s="32">
+        <v>40</v>
+      </c>
+      <c r="P35" s="32">
         <v>31</v>
       </c>
-      <c r="G35" s="32">
-[...30 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>854</v>
+        <v>802</v>
       </c>
       <c r="E36" s="33">
-        <v>86</v>
+        <v>68</v>
       </c>
       <c r="F36" s="33">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="G36" s="33">
         <v>77</v>
       </c>
       <c r="H36" s="33">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I36" s="33">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J36" s="33">
+        <v>48</v>
+      </c>
+      <c r="K36" s="33">
+        <v>62</v>
+      </c>
+      <c r="L36" s="33">
+        <v>57</v>
+      </c>
+      <c r="M36" s="33">
+        <v>54</v>
+      </c>
+      <c r="N36" s="33">
         <v>65</v>
       </c>
-      <c r="K36" s="33">
-[...10 lines deleted...]
-      </c>
       <c r="O36" s="33">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="P36" s="33">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1550</v>
+        <v>1467</v>
       </c>
       <c r="E38" s="26">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="F38" s="26">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G38" s="26">
-        <v>83</v>
+        <v>131</v>
       </c>
       <c r="H38" s="26">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="I38" s="26">
-        <v>186</v>
+        <v>95</v>
       </c>
       <c r="J38" s="26">
-        <v>148</v>
+        <v>123</v>
       </c>
       <c r="K38" s="26">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="L38" s="26">
-        <v>200</v>
+        <v>121</v>
       </c>
       <c r="M38" s="26">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="N38" s="26">
-        <v>148</v>
+        <v>185</v>
       </c>
       <c r="O38" s="26">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="P38" s="26">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>789</v>
+        <v>747</v>
       </c>
       <c r="E39" s="21">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F39" s="21">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="G39" s="21">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="H39" s="21">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="I39" s="21">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="J39" s="21">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="K39" s="21">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="L39" s="21">
-        <v>103</v>
+        <v>63</v>
       </c>
       <c r="M39" s="21">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="N39" s="21">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="O39" s="21">
+        <v>51</v>
+      </c>
+      <c r="P39" s="21">
         <v>37</v>
       </c>
-      <c r="P39" s="21">
-[...3 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>761</v>
+        <v>720</v>
       </c>
       <c r="E40" s="21">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="F40" s="21">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="G40" s="21">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="H40" s="21">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="I40" s="21">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="J40" s="21">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="K40" s="21">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="L40" s="21">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="M40" s="21">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="N40" s="21">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="O40" s="21">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="P40" s="21">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1145</v>
+        <v>1051</v>
       </c>
       <c r="E41" s="21">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="F41" s="21">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="G41" s="21">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="H41" s="21">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="I41" s="21">
-        <v>141</v>
+        <v>74</v>
       </c>
       <c r="J41" s="21">
-        <v>121</v>
+        <v>98</v>
       </c>
       <c r="K41" s="21">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="L41" s="21">
-        <v>154</v>
+        <v>92</v>
       </c>
       <c r="M41" s="21">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="N41" s="21">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="O41" s="21">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="P41" s="21">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="E42" s="34">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="F42" s="34">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="G42" s="34">
+        <v>40</v>
+      </c>
+      <c r="H42" s="34">
         <v>20</v>
       </c>
-      <c r="H42" s="34">
-[...1 lines deleted...]
-      </c>
       <c r="I42" s="34">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="J42" s="34">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K42" s="34">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="L42" s="34">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="M42" s="34">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="N42" s="34">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="O42" s="34">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="P42" s="34">
         <v>24</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>506</v>
+        <v>538</v>
       </c>
       <c r="E44" s="21">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F44" s="21">
+        <v>34</v>
+      </c>
+      <c r="G44" s="21">
+        <v>55</v>
+      </c>
+      <c r="H44" s="21">
+        <v>21</v>
+      </c>
+      <c r="I44" s="21">
         <v>41</v>
       </c>
-      <c r="G44" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="J44" s="21">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="K44" s="21">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="L44" s="21">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M44" s="21">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="N44" s="21">
+        <v>65</v>
+      </c>
+      <c r="O44" s="21">
+        <v>41</v>
+      </c>
+      <c r="P44" s="21">
         <v>52</v>
       </c>
-      <c r="O44" s="21">
-[...6 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>252</v>
+        <v>270</v>
       </c>
       <c r="E45" s="21">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F45" s="21">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G45" s="21">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H45" s="21">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="I45" s="21">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="J45" s="21">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="K45" s="21">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="L45" s="21">
         <v>11</v>
       </c>
       <c r="M45" s="21">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="N45" s="21">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O45" s="21">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="P45" s="21">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="E46" s="21">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F46" s="21">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G46" s="21">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H46" s="21">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I46" s="21">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="J46" s="21">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K46" s="21">
         <v>25</v>
       </c>
       <c r="L46" s="21">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="M46" s="21">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="N46" s="21">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="O46" s="21">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="P46" s="21">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>316</v>
+        <v>352</v>
       </c>
       <c r="E47" s="21">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F47" s="21">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="G47" s="21">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="H47" s="21">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I47" s="21">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="J47" s="21">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K47" s="21">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L47" s="21">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M47" s="21">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N47" s="21">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="O47" s="21">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="P47" s="21">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E48" s="34">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F48" s="34">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G48" s="34">
+        <v>17</v>
+      </c>
+      <c r="H48" s="34">
+        <v>4</v>
+      </c>
+      <c r="I48" s="34">
+        <v>20</v>
+      </c>
+      <c r="J48" s="34">
+        <v>12</v>
+      </c>
+      <c r="K48" s="34">
         <v>22</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="L48" s="34">
         <v>10</v>
       </c>
       <c r="M48" s="34">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="N48" s="34">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="O48" s="34">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="P48" s="34">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="A49" s="11"/>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="45" t="s">
+        <v>57</v>
+      </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D55" s="20"/>
+      <c r="E55" s="20"/>
+      <c r="F55" s="20"/>
+      <c r="G55" s="20"/>
+      <c r="H55" s="20"/>
+      <c r="I55" s="20"/>
+      <c r="J55" s="20"/>
+      <c r="K55" s="20"/>
+      <c r="L55" s="20"/>
+      <c r="M55" s="20"/>
+      <c r="N55" s="20"/>
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>142479</v>
+        <v>142493</v>
       </c>
       <c r="E8" s="32">
-        <v>142479</v>
+        <v>142493</v>
       </c>
       <c r="F8" s="32">
-        <v>142522</v>
+        <v>142486</v>
       </c>
       <c r="G8" s="32">
-        <v>142564</v>
+        <v>142635</v>
       </c>
       <c r="H8" s="32">
-        <v>142657</v>
+        <v>142664</v>
       </c>
       <c r="I8" s="32">
-        <v>142639</v>
+        <v>142790</v>
       </c>
       <c r="J8" s="32">
-        <v>142456</v>
+        <v>142914</v>
       </c>
       <c r="K8" s="32">
-        <v>142140</v>
+        <v>142856</v>
       </c>
       <c r="L8" s="32">
-        <v>142013</v>
+        <v>142577</v>
       </c>
       <c r="M8" s="32">
-        <v>142106</v>
+        <v>142705</v>
       </c>
       <c r="N8" s="32">
-        <v>142490</v>
+        <v>142964</v>
       </c>
       <c r="O8" s="32">
-        <v>142576</v>
+        <v>143275</v>
       </c>
       <c r="P8" s="32">
-        <v>142471</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>143163</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="E9" s="24">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="F9" s="24">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="G9" s="24">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="H9" s="24">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I9" s="24">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="J9" s="24">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="K9" s="24">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="L9" s="24">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="M9" s="24">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="N9" s="24">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="O9" s="24">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="P9" s="24">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>-9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>-501</v>
+        <v>378</v>
       </c>
       <c r="E10" s="24">
-        <v>29</v>
+        <v>-57</v>
       </c>
       <c r="F10" s="24">
-        <v>31</v>
+        <v>143</v>
       </c>
       <c r="G10" s="24">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="H10" s="24">
-        <v>-40</v>
+        <v>106</v>
       </c>
       <c r="I10" s="24">
-        <v>-213</v>
+        <v>109</v>
       </c>
       <c r="J10" s="24">
-        <v>-387</v>
+        <v>-100</v>
       </c>
       <c r="K10" s="24">
-        <v>-160</v>
+        <v>-323</v>
       </c>
       <c r="L10" s="24">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="M10" s="24">
-        <v>347</v>
+        <v>212</v>
       </c>
       <c r="N10" s="24">
-        <v>45</v>
+        <v>283</v>
       </c>
       <c r="O10" s="24">
-        <v>-132</v>
+        <v>-121</v>
       </c>
       <c r="P10" s="24">
-        <v>-156</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>-149</v>
+        <v>715</v>
       </c>
       <c r="E11" s="24">
-        <v>43</v>
+        <v>-7</v>
       </c>
       <c r="F11" s="24">
-        <v>42</v>
+        <v>149</v>
       </c>
       <c r="G11" s="24">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="H11" s="24">
-        <v>-18</v>
+        <v>126</v>
       </c>
       <c r="I11" s="24">
-        <v>-183</v>
+        <v>124</v>
       </c>
       <c r="J11" s="24">
-        <v>-316</v>
+        <v>-58</v>
       </c>
       <c r="K11" s="24">
-        <v>-127</v>
+        <v>-279</v>
       </c>
       <c r="L11" s="24">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="M11" s="24">
-        <v>384</v>
+        <v>259</v>
       </c>
       <c r="N11" s="24">
-        <v>86</v>
+        <v>311</v>
       </c>
       <c r="O11" s="24">
-        <v>-105</v>
+        <v>-112</v>
       </c>
       <c r="P11" s="24">
-        <v>-141</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>142493</v>
+        <v>143278</v>
       </c>
       <c r="E13" s="32">
-        <v>142522</v>
+        <v>142486</v>
       </c>
       <c r="F13" s="32">
-        <v>142564</v>
+        <v>142635</v>
       </c>
       <c r="G13" s="32">
-        <v>142657</v>
+        <v>142664</v>
       </c>
       <c r="H13" s="32">
-        <v>142639</v>
+        <v>142790</v>
       </c>
       <c r="I13" s="32">
-        <v>142456</v>
+        <v>142914</v>
       </c>
       <c r="J13" s="32">
-        <v>142140</v>
+        <v>142856</v>
       </c>
       <c r="K13" s="32">
-        <v>142013</v>
+        <v>142577</v>
       </c>
       <c r="L13" s="32">
-        <v>142106</v>
+        <v>142705</v>
       </c>
       <c r="M13" s="32">
-        <v>142490</v>
+        <v>142964</v>
       </c>
       <c r="N13" s="32">
-        <v>142576</v>
+        <v>143275</v>
       </c>
       <c r="O13" s="32">
-        <v>142471</v>
+        <v>143163</v>
       </c>
       <c r="P13" s="32">
-        <v>142493</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>143278</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>68333</v>
+        <v>68767</v>
       </c>
       <c r="E14" s="32">
-        <v>68170</v>
+        <v>68313</v>
       </c>
       <c r="F14" s="32">
-        <v>68176</v>
+        <v>68396</v>
       </c>
       <c r="G14" s="32">
-        <v>68243</v>
+        <v>68444</v>
       </c>
       <c r="H14" s="32">
-        <v>68295</v>
+        <v>68494</v>
       </c>
       <c r="I14" s="32">
-        <v>68220</v>
+        <v>68548</v>
       </c>
       <c r="J14" s="32">
-        <v>68117</v>
+        <v>68550</v>
       </c>
       <c r="K14" s="32">
-        <v>68113</v>
+        <v>68452</v>
       </c>
       <c r="L14" s="32">
-        <v>68188</v>
+        <v>68497</v>
       </c>
       <c r="M14" s="32">
-        <v>68361</v>
+        <v>68594</v>
       </c>
       <c r="N14" s="32">
-        <v>68374</v>
+        <v>68721</v>
       </c>
       <c r="O14" s="32">
-        <v>68317</v>
+        <v>68654</v>
       </c>
       <c r="P14" s="32">
-        <v>68333</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>68767</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>74160</v>
+        <v>74511</v>
       </c>
       <c r="E15" s="32">
-        <v>74352</v>
+        <v>74173</v>
       </c>
       <c r="F15" s="32">
-        <v>74388</v>
+        <v>74239</v>
       </c>
       <c r="G15" s="32">
-        <v>74414</v>
+        <v>74220</v>
       </c>
       <c r="H15" s="32">
-        <v>74344</v>
+        <v>74296</v>
       </c>
       <c r="I15" s="32">
-        <v>74236</v>
+        <v>74366</v>
       </c>
       <c r="J15" s="32">
-        <v>74023</v>
+        <v>74306</v>
       </c>
       <c r="K15" s="32">
-        <v>73900</v>
+        <v>74125</v>
       </c>
       <c r="L15" s="32">
-        <v>73918</v>
+        <v>74208</v>
       </c>
       <c r="M15" s="32">
-        <v>74129</v>
+        <v>74370</v>
       </c>
       <c r="N15" s="32">
-        <v>74202</v>
+        <v>74554</v>
       </c>
       <c r="O15" s="32">
-        <v>74154</v>
+        <v>74509</v>
       </c>
       <c r="P15" s="32">
-        <v>74160</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>74511</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>108118</v>
+        <v>108738</v>
       </c>
       <c r="E16" s="32">
-        <v>107662</v>
+        <v>108180</v>
       </c>
       <c r="F16" s="32">
-        <v>107714</v>
+        <v>108277</v>
       </c>
       <c r="G16" s="32">
-        <v>107906</v>
+        <v>108355</v>
       </c>
       <c r="H16" s="32">
-        <v>107891</v>
+        <v>108458</v>
       </c>
       <c r="I16" s="32">
-        <v>107917</v>
+        <v>108513</v>
       </c>
       <c r="J16" s="32">
-        <v>107829</v>
+        <v>108497</v>
       </c>
       <c r="K16" s="32">
-        <v>107716</v>
+        <v>108317</v>
       </c>
       <c r="L16" s="32">
-        <v>107747</v>
+        <v>108367</v>
       </c>
       <c r="M16" s="32">
-        <v>107954</v>
+        <v>108362</v>
       </c>
       <c r="N16" s="32">
-        <v>108074</v>
+        <v>108623</v>
       </c>
       <c r="O16" s="32">
-        <v>108041</v>
+        <v>108582</v>
       </c>
       <c r="P16" s="32">
-        <v>108118</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>108738</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>34375</v>
+        <v>34540</v>
       </c>
       <c r="E17" s="32">
-        <v>34860</v>
+        <v>34306</v>
       </c>
       <c r="F17" s="32">
-        <v>34850</v>
+        <v>34358</v>
       </c>
       <c r="G17" s="32">
-        <v>34751</v>
+        <v>34309</v>
       </c>
       <c r="H17" s="32">
-        <v>34748</v>
+        <v>34332</v>
       </c>
       <c r="I17" s="32">
-        <v>34539</v>
+        <v>34401</v>
       </c>
       <c r="J17" s="32">
-        <v>34311</v>
+        <v>34359</v>
       </c>
       <c r="K17" s="32">
-        <v>34297</v>
+        <v>34260</v>
       </c>
       <c r="L17" s="32">
-        <v>34359</v>
+        <v>34338</v>
       </c>
       <c r="M17" s="32">
-        <v>34536</v>
+        <v>34602</v>
       </c>
       <c r="N17" s="32">
-        <v>34502</v>
+        <v>34652</v>
       </c>
       <c r="O17" s="32">
-        <v>34430</v>
+        <v>34581</v>
       </c>
       <c r="P17" s="32">
-        <v>34375</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>34540</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
+        <v>142890</v>
+      </c>
+      <c r="E18" s="33">
         <v>142490</v>
       </c>
-      <c r="E18" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="33">
-        <v>142540</v>
+        <v>142560</v>
       </c>
       <c r="G18" s="33">
-        <v>142610</v>
+        <v>142650</v>
       </c>
       <c r="H18" s="33">
-        <v>142650</v>
+        <v>142730</v>
       </c>
       <c r="I18" s="33">
-        <v>142550</v>
+        <v>142850</v>
       </c>
       <c r="J18" s="33">
-        <v>142300</v>
+        <v>142890</v>
       </c>
       <c r="K18" s="33">
-        <v>142080</v>
+        <v>142720</v>
       </c>
       <c r="L18" s="33">
-        <v>142060</v>
+        <v>142640</v>
       </c>
       <c r="M18" s="33">
-        <v>142300</v>
+        <v>142830</v>
       </c>
       <c r="N18" s="33">
-        <v>142530</v>
+        <v>143120</v>
       </c>
       <c r="O18" s="33">
-        <v>142520</v>
+        <v>143220</v>
       </c>
       <c r="P18" s="33">
-        <v>142480</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>143220</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1640</v>
+        <v>1610</v>
       </c>
       <c r="E20" s="21">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="F20" s="21">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G20" s="21">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="H20" s="21">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="I20" s="21">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="J20" s="21">
-        <v>172</v>
+        <v>138</v>
       </c>
       <c r="K20" s="21">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="L20" s="21">
         <v>148</v>
       </c>
       <c r="M20" s="21">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="N20" s="21">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="O20" s="21">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="P20" s="21">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="E21" s="21">
+        <v>91</v>
+      </c>
+      <c r="F21" s="21">
+        <v>69</v>
+      </c>
+      <c r="G21" s="21">
+        <v>61</v>
+      </c>
+      <c r="H21" s="21">
+        <v>66</v>
+      </c>
+      <c r="I21" s="21">
+        <v>61</v>
+      </c>
+      <c r="J21" s="21">
         <v>71</v>
       </c>
-      <c r="F21" s="21">
-[...8 lines deleted...]
-      <c r="I21" s="21">
+      <c r="K21" s="21">
+        <v>82</v>
+      </c>
+      <c r="L21" s="21">
+        <v>76</v>
+      </c>
+      <c r="M21" s="21">
+        <v>69</v>
+      </c>
+      <c r="N21" s="21">
+        <v>75</v>
+      </c>
+      <c r="O21" s="21">
         <v>65</v>
       </c>
-      <c r="J21" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="P21" s="21">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>811</v>
+        <v>770</v>
       </c>
       <c r="E22" s="21">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F22" s="21">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="G22" s="21">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="H22" s="21">
         <v>54</v>
       </c>
       <c r="I22" s="21">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J22" s="21">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="K22" s="21">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="L22" s="21">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="M22" s="21">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="N22" s="21">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="O22" s="21">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P22" s="21">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1280</v>
+        <v>1257</v>
       </c>
       <c r="E23" s="32">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
-        <v>106</v>
+        <v>89</v>
       </c>
       <c r="H23" s="32">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="I23" s="32">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="J23" s="32">
-        <v>138</v>
+        <v>107</v>
       </c>
       <c r="K23" s="32">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="L23" s="32">
         <v>109</v>
       </c>
       <c r="M23" s="32">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="N23" s="32">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="O23" s="32">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="P23" s="32">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="E24" s="33">
+        <v>35</v>
+      </c>
+      <c r="F24" s="33">
         <v>30</v>
       </c>
-      <c r="F24" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="G24" s="33">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H24" s="33">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I24" s="33">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J24" s="33">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="K24" s="33">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="N24" s="33">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="O24" s="33">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="P24" s="33">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1288</v>
+        <v>1273</v>
       </c>
       <c r="E26" s="21">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="F26" s="21">
+        <v>113</v>
+      </c>
+      <c r="G26" s="21">
         <v>111</v>
       </c>
-      <c r="G26" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="21">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="I26" s="21">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="J26" s="21">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="K26" s="21">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L26" s="21">
-        <v>122</v>
+        <v>69</v>
       </c>
       <c r="M26" s="21">
         <v>90</v>
       </c>
       <c r="N26" s="21">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="O26" s="21">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="P26" s="21">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>538</v>
+        <v>573</v>
       </c>
       <c r="E27" s="21">
+        <v>65</v>
+      </c>
+      <c r="F27" s="21">
+        <v>51</v>
+      </c>
+      <c r="G27" s="21">
+        <v>46</v>
+      </c>
+      <c r="H27" s="21">
+        <v>45</v>
+      </c>
+      <c r="I27" s="21">
+        <v>44</v>
+      </c>
+      <c r="J27" s="21">
+        <v>43</v>
+      </c>
+      <c r="K27" s="21">
+        <v>47</v>
+      </c>
+      <c r="L27" s="21">
+        <v>28</v>
+      </c>
+      <c r="M27" s="21">
+        <v>44</v>
+      </c>
+      <c r="N27" s="21">
         <v>58</v>
       </c>
-      <c r="F27" s="21">
-[...25 lines deleted...]
-      </c>
       <c r="O27" s="21">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="P27" s="21">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="E28" s="21">
-        <v>77</v>
+        <v>56</v>
       </c>
       <c r="F28" s="21">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G28" s="21">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="H28" s="21">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="I28" s="21">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J28" s="21">
+        <v>53</v>
+      </c>
+      <c r="K28" s="21">
+        <v>74</v>
+      </c>
+      <c r="L28" s="21">
+        <v>41</v>
+      </c>
+      <c r="M28" s="21">
+        <v>46</v>
+      </c>
+      <c r="N28" s="21">
+        <v>63</v>
+      </c>
+      <c r="O28" s="21">
         <v>61</v>
       </c>
-      <c r="K28" s="21">
-[...13 lines deleted...]
-      </c>
       <c r="P28" s="21">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="E29" s="21">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="F29" s="21">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G29" s="21">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="H29" s="21">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="I29" s="21">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="J29" s="21">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="K29" s="21">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="L29" s="21">
+        <v>63</v>
+      </c>
+      <c r="M29" s="21">
+        <v>84</v>
+      </c>
+      <c r="N29" s="21">
+        <v>109</v>
+      </c>
+      <c r="O29" s="21">
         <v>105</v>
       </c>
-      <c r="M29" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="P29" s="21">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="E30" s="21">
+        <v>7</v>
+      </c>
+      <c r="F30" s="21">
+        <v>7</v>
+      </c>
+      <c r="G30" s="21">
+        <v>7</v>
+      </c>
+      <c r="H30" s="21">
         <v>10</v>
       </c>
-      <c r="F30" s="21">
+      <c r="I30" s="21">
+        <v>10</v>
+      </c>
+      <c r="J30" s="21">
+        <v>10</v>
+      </c>
+      <c r="K30" s="21">
         <v>9</v>
       </c>
-      <c r="G30" s="21">
-[...2 lines deleted...]
-      <c r="H30" s="21">
+      <c r="L30" s="21">
+        <v>6</v>
+      </c>
+      <c r="M30" s="21">
+        <v>6</v>
+      </c>
+      <c r="N30" s="21">
         <v>12</v>
       </c>
-      <c r="I30" s="21">
-[...16 lines deleted...]
-      </c>
       <c r="O30" s="21">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="P30" s="21">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="32">
+        <v>0</v>
+      </c>
+      <c r="F31" s="32">
+        <v>0</v>
+      </c>
+      <c r="G31" s="32">
+        <v>0</v>
+      </c>
+      <c r="H31" s="32">
+        <v>0</v>
+      </c>
+      <c r="I31" s="32">
+        <v>1</v>
+      </c>
+      <c r="J31" s="32">
+        <v>0</v>
+      </c>
+      <c r="K31" s="32">
+        <v>0</v>
+      </c>
+      <c r="L31" s="32">
+        <v>0</v>
+      </c>
+      <c r="M31" s="32">
+        <v>0</v>
+      </c>
+      <c r="N31" s="32">
+        <v>0</v>
+      </c>
+      <c r="O31" s="32">
+        <v>0</v>
+      </c>
+      <c r="P31" s="32">
         <v>2</v>
       </c>
-      <c r="F31" s="32">
-[...33 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E32" s="32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G32" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J32" s="32">
         <v>0</v>
       </c>
       <c r="K32" s="32">
         <v>0</v>
       </c>
       <c r="L32" s="32">
         <v>0</v>
       </c>
       <c r="M32" s="32">
         <v>0</v>
       </c>
       <c r="N32" s="32">
         <v>0</v>
       </c>
       <c r="O32" s="32">
         <v>0</v>
       </c>
       <c r="P32" s="32">
         <v>2</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="E33" s="32">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F33" s="32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G33" s="32">
         <v>1</v>
       </c>
       <c r="H33" s="32">
+        <v>1</v>
+      </c>
+      <c r="I33" s="32">
+        <v>0</v>
+      </c>
+      <c r="J33" s="32">
         <v>3</v>
       </c>
-      <c r="I33" s="32">
-[...2 lines deleted...]
-      <c r="J33" s="32">
+      <c r="K33" s="32">
         <v>2</v>
       </c>
-      <c r="K33" s="32">
+      <c r="L33" s="32">
+        <v>0</v>
+      </c>
+      <c r="M33" s="32">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P33" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="E34" s="32">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F34" s="32">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="G34" s="32">
+        <v>5</v>
+      </c>
+      <c r="H34" s="32">
         <v>12</v>
       </c>
-      <c r="H34" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="I34" s="32">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J34" s="32">
         <v>8</v>
       </c>
       <c r="K34" s="32">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L34" s="32">
+        <v>7</v>
+      </c>
+      <c r="M34" s="32">
         <v>6</v>
       </c>
-      <c r="M34" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="N34" s="32">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="O34" s="32">
         <v>9</v>
       </c>
       <c r="P34" s="32">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="E35" s="32">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F35" s="32">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="G35" s="32">
+        <v>28</v>
+      </c>
+      <c r="H35" s="32">
         <v>20</v>
       </c>
-      <c r="H35" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="I35" s="32">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="J35" s="32">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K35" s="32">
         <v>28</v>
       </c>
       <c r="L35" s="32">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="M35" s="32">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="N35" s="32">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="O35" s="32">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="P35" s="32">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E36" s="33">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F36" s="33">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G36" s="33">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H36" s="33">
+        <v>67</v>
+      </c>
+      <c r="I36" s="33">
+        <v>68</v>
+      </c>
+      <c r="J36" s="33">
+        <v>65</v>
+      </c>
+      <c r="K36" s="33">
+        <v>81</v>
+      </c>
+      <c r="L36" s="33">
+        <v>45</v>
+      </c>
+      <c r="M36" s="33">
+        <v>56</v>
+      </c>
+      <c r="N36" s="33">
+        <v>89</v>
+      </c>
+      <c r="O36" s="33">
         <v>76</v>
       </c>
-      <c r="I36" s="33">
-[...19 lines deleted...]
-      </c>
       <c r="P36" s="33">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1661</v>
+        <v>1550</v>
       </c>
       <c r="E38" s="26">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="F38" s="26">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="G38" s="26">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="H38" s="26">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="I38" s="26">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="J38" s="26">
-        <v>171</v>
+        <v>148</v>
       </c>
       <c r="K38" s="26">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="L38" s="26">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="M38" s="26">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="N38" s="26">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="O38" s="26">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="P38" s="26">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>860</v>
+        <v>789</v>
       </c>
       <c r="E39" s="21">
+        <v>33</v>
+      </c>
+      <c r="F39" s="21">
         <v>45</v>
       </c>
-      <c r="F39" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="21">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="H39" s="21">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I39" s="21">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J39" s="21">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="K39" s="21">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="L39" s="21">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="M39" s="21">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="N39" s="21">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="O39" s="21">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="P39" s="21">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>801</v>
+        <v>761</v>
       </c>
       <c r="E40" s="21">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F40" s="21">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G40" s="21">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="H40" s="21">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="I40" s="21">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="J40" s="21">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="K40" s="21">
         <v>94</v>
       </c>
       <c r="L40" s="21">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="M40" s="21">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="N40" s="21">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O40" s="21">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="P40" s="21">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1185</v>
+        <v>1145</v>
       </c>
       <c r="E41" s="21">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F41" s="21">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="G41" s="21">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="H41" s="21">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I41" s="21">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="J41" s="21">
+        <v>121</v>
+      </c>
+      <c r="K41" s="21">
         <v>143</v>
       </c>
-      <c r="K41" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="L41" s="21">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="M41" s="21">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="N41" s="21">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="O41" s="21">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="P41" s="21">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>476</v>
+        <v>405</v>
       </c>
       <c r="E42" s="34">
+        <v>16</v>
+      </c>
+      <c r="F42" s="34">
+        <v>23</v>
+      </c>
+      <c r="G42" s="34">
+        <v>20</v>
+      </c>
+      <c r="H42" s="34">
+        <v>26</v>
+      </c>
+      <c r="I42" s="34">
+        <v>45</v>
+      </c>
+      <c r="J42" s="34">
+        <v>27</v>
+      </c>
+      <c r="K42" s="34">
+        <v>39</v>
+      </c>
+      <c r="L42" s="34">
+        <v>46</v>
+      </c>
+      <c r="M42" s="34">
+        <v>44</v>
+      </c>
+      <c r="N42" s="34">
+        <v>59</v>
+      </c>
+      <c r="O42" s="34">
         <v>36</v>
       </c>
-      <c r="F42" s="34">
-[...28 lines deleted...]
-      </c>
       <c r="P42" s="34">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="E44" s="21">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="F44" s="21">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="G44" s="21">
         <v>47</v>
       </c>
       <c r="H44" s="21">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I44" s="21">
+        <v>43</v>
+      </c>
+      <c r="J44" s="21">
         <v>32</v>
       </c>
-      <c r="J44" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="K44" s="21">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L44" s="21">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="M44" s="21">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="N44" s="21">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="O44" s="21">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="P44" s="21">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="E45" s="21">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="F45" s="21">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="G45" s="21">
+        <v>23</v>
+      </c>
+      <c r="H45" s="21">
+        <v>24</v>
+      </c>
+      <c r="I45" s="21">
+        <v>22</v>
+      </c>
+      <c r="J45" s="21">
+        <v>14</v>
+      </c>
+      <c r="K45" s="21">
+        <v>22</v>
+      </c>
+      <c r="L45" s="21">
+        <v>11</v>
+      </c>
+      <c r="M45" s="21">
+        <v>33</v>
+      </c>
+      <c r="N45" s="21">
         <v>27</v>
       </c>
-      <c r="H45" s="21">
+      <c r="O45" s="21">
+        <v>20</v>
+      </c>
+      <c r="P45" s="21">
         <v>22</v>
       </c>
-      <c r="I45" s="21">
-[...24 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="E46" s="21">
+        <v>16</v>
+      </c>
+      <c r="F46" s="21">
         <v>22</v>
       </c>
-      <c r="F46" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="G46" s="21">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H46" s="21">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I46" s="21">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="J46" s="21">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K46" s="21">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L46" s="21">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="M46" s="21">
         <v>30</v>
       </c>
       <c r="N46" s="21">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="O46" s="21">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="P46" s="21">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>335</v>
+        <v>316</v>
       </c>
       <c r="E47" s="21">
+        <v>15</v>
+      </c>
+      <c r="F47" s="21">
+        <v>28</v>
+      </c>
+      <c r="G47" s="21">
+        <v>25</v>
+      </c>
+      <c r="H47" s="21">
+        <v>24</v>
+      </c>
+      <c r="I47" s="21">
+        <v>28</v>
+      </c>
+      <c r="J47" s="21">
+        <v>21</v>
+      </c>
+      <c r="K47" s="21">
         <v>30</v>
       </c>
-      <c r="F47" s="21">
-[...2 lines deleted...]
-      <c r="G47" s="21">
+      <c r="L47" s="21">
+        <v>14</v>
+      </c>
+      <c r="M47" s="21">
         <v>36</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N47" s="21">
         <v>31</v>
       </c>
       <c r="O47" s="21">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P47" s="21">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="E48" s="34">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F48" s="34">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G48" s="34">
+        <v>22</v>
+      </c>
+      <c r="H48" s="34">
+        <v>16</v>
+      </c>
+      <c r="I48" s="34">
+        <v>15</v>
+      </c>
+      <c r="J48" s="34">
         <v>11</v>
       </c>
-      <c r="H48" s="34">
-[...7 lines deleted...]
-      </c>
       <c r="K48" s="34">
+        <v>17</v>
+      </c>
+      <c r="L48" s="34">
+        <v>10</v>
+      </c>
+      <c r="M48" s="34">
+        <v>27</v>
+      </c>
+      <c r="N48" s="34">
+        <v>21</v>
+      </c>
+      <c r="O48" s="34">
+        <v>8</v>
+      </c>
+      <c r="P48" s="34">
         <v>14</v>
       </c>
-      <c r="L48" s="34">
-[...15 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="7" style="1" customWidth="1"/>
     <col min="5" max="7" width="7" style="21" customWidth="1"/>
     <col min="8" max="11" width="7" style="1" customWidth="1"/>
     <col min="12" max="16" width="7" style="21" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="84.95" customHeight="1"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75">
+    <row r="1" spans="1:16" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:16" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:16" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="E3" s="22"/>
       <c r="F3" s="22"/>
       <c r="G3" s="22"/>
       <c r="L3" s="22"/>
       <c r="M3" s="22"/>
       <c r="N3" s="22"/>
       <c r="O3" s="22"/>
       <c r="P3" s="22"/>
     </row>
-    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.6">
+    <row r="4" spans="1:16" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="8"/>
-      <c r="C4" s="43"/>
+      <c r="C4" s="8"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="L4" s="22"/>
       <c r="M4" s="22"/>
       <c r="N4" s="22"/>
       <c r="O4" s="22"/>
       <c r="P4" s="22"/>
     </row>
-    <row r="5" spans="1:16" ht="11.25" customHeight="1">
+    <row r="5" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D5" s="10"/>
       <c r="P5" s="26" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1">
+    <row r="6" spans="1:16" s="4" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
       <c r="B6" s="18"/>
       <c r="C6" s="18"/>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="23" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="23" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="15" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="J6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="15" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="23" t="s">
         <v>4</v>
       </c>
       <c r="M6" s="23" t="s">
         <v>5</v>
       </c>
       <c r="N6" s="23" t="s">
         <v>6</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:16" ht="11.25" customHeight="1">
+    <row r="7" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="19"/>
       <c r="E7" s="28"/>
       <c r="F7" s="28"/>
       <c r="G7" s="28"/>
       <c r="H7" s="14"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
-    <row r="8" spans="1:16" ht="11.25" customHeight="1">
+    <row r="8" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="35">
-        <v>141660</v>
+        <v>142479</v>
       </c>
       <c r="E8" s="32">
-        <v>141660</v>
+        <v>142479</v>
       </c>
       <c r="F8" s="32">
-        <v>141780</v>
+        <v>142522</v>
       </c>
       <c r="G8" s="32">
-        <v>141920</v>
+        <v>142564</v>
       </c>
       <c r="H8" s="32">
-        <v>141881</v>
+        <v>142657</v>
       </c>
       <c r="I8" s="32">
-        <v>141982</v>
+        <v>142639</v>
       </c>
       <c r="J8" s="32">
-        <v>141992</v>
+        <v>142456</v>
       </c>
       <c r="K8" s="32">
-        <v>141832</v>
+        <v>142140</v>
       </c>
       <c r="L8" s="32">
-        <v>141715</v>
+        <v>142013</v>
       </c>
       <c r="M8" s="32">
-        <v>141923</v>
+        <v>142106</v>
       </c>
       <c r="N8" s="32">
-        <v>142346</v>
+        <v>142490</v>
       </c>
       <c r="O8" s="32">
-        <v>142663</v>
+        <v>142576</v>
       </c>
       <c r="P8" s="32">
-        <v>142657</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="11.25" customHeight="1">
+        <v>142471</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="42">
-        <v>375</v>
+        <v>352</v>
       </c>
       <c r="E9" s="24">
-        <v>-39</v>
+        <v>14</v>
       </c>
       <c r="F9" s="24">
-        <v>-7</v>
+        <v>11</v>
       </c>
       <c r="G9" s="24">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H9" s="24">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I9" s="24">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="J9" s="24">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="K9" s="24">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="L9" s="24">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="M9" s="24">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="N9" s="24">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O9" s="24">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="P9" s="24">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="11.25" customHeight="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="42">
-        <v>609</v>
+        <v>-501</v>
       </c>
       <c r="E10" s="24">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="F10" s="24">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="G10" s="24">
-        <v>-87</v>
+        <v>68</v>
       </c>
       <c r="H10" s="24">
-        <v>69</v>
+        <v>-40</v>
       </c>
       <c r="I10" s="24">
-        <v>-2</v>
+        <v>-213</v>
       </c>
       <c r="J10" s="24">
-        <v>-249</v>
+        <v>-387</v>
       </c>
       <c r="K10" s="24">
+        <v>-160</v>
+      </c>
+      <c r="L10" s="24">
+        <v>67</v>
+      </c>
+      <c r="M10" s="24">
+        <v>347</v>
+      </c>
+      <c r="N10" s="24">
+        <v>45</v>
+      </c>
+      <c r="O10" s="24">
+        <v>-132</v>
+      </c>
+      <c r="P10" s="24">
         <v>-156</v>
       </c>
-      <c r="L10" s="24">
-[...15 lines deleted...]
-    <row r="11" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="11" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="42">
-        <v>984</v>
+        <v>-149</v>
       </c>
       <c r="E11" s="24">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="F11" s="24">
-        <v>140</v>
+        <v>42</v>
       </c>
       <c r="G11" s="24">
-        <v>-39</v>
+        <v>93</v>
       </c>
       <c r="H11" s="24">
-        <v>101</v>
+        <v>-18</v>
       </c>
       <c r="I11" s="24">
-        <v>10</v>
+        <v>-183</v>
       </c>
       <c r="J11" s="24">
-        <v>-160</v>
+        <v>-316</v>
       </c>
       <c r="K11" s="24">
-        <v>-117</v>
+        <v>-127</v>
       </c>
       <c r="L11" s="24">
-        <v>208</v>
+        <v>93</v>
       </c>
       <c r="M11" s="24">
-        <v>423</v>
+        <v>384</v>
       </c>
       <c r="N11" s="24">
-        <v>317</v>
+        <v>86</v>
       </c>
       <c r="O11" s="24">
-        <v>-6</v>
+        <v>-105</v>
       </c>
       <c r="P11" s="24">
-        <v>-13</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="11.25" customHeight="1">
+        <v>-141</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="42">
-        <v>-165</v>
+        <v>163</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="25">
-        <v>-165</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="11.25" customHeight="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="35">
-        <v>142479</v>
+        <v>142493</v>
       </c>
       <c r="E13" s="32">
-        <v>141780</v>
+        <v>142522</v>
       </c>
       <c r="F13" s="32">
-        <v>141920</v>
+        <v>142564</v>
       </c>
       <c r="G13" s="32">
-        <v>141881</v>
+        <v>142657</v>
       </c>
       <c r="H13" s="32">
-        <v>141982</v>
+        <v>142639</v>
       </c>
       <c r="I13" s="32">
-        <v>141992</v>
+        <v>142456</v>
       </c>
       <c r="J13" s="32">
-        <v>141832</v>
+        <v>142140</v>
       </c>
       <c r="K13" s="32">
-        <v>141715</v>
+        <v>142013</v>
       </c>
       <c r="L13" s="32">
-        <v>141923</v>
+        <v>142106</v>
       </c>
       <c r="M13" s="32">
-        <v>142346</v>
+        <v>142490</v>
       </c>
       <c r="N13" s="32">
-        <v>142663</v>
+        <v>142576</v>
       </c>
       <c r="O13" s="32">
-        <v>142657</v>
+        <v>142471</v>
       </c>
       <c r="P13" s="32">
-        <v>142479</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="11.25" customHeight="1">
+        <v>142493</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D14" s="35">
-        <v>68142</v>
+        <v>68333</v>
       </c>
       <c r="E14" s="32">
-        <v>67860</v>
+        <v>68170</v>
       </c>
       <c r="F14" s="32">
-        <v>67936</v>
+        <v>68176</v>
       </c>
       <c r="G14" s="32">
-        <v>67919</v>
+        <v>68243</v>
       </c>
       <c r="H14" s="32">
-        <v>67967</v>
+        <v>68295</v>
       </c>
       <c r="I14" s="32">
-        <v>67978</v>
+        <v>68220</v>
       </c>
       <c r="J14" s="32">
-        <v>67925</v>
+        <v>68117</v>
       </c>
       <c r="K14" s="32">
-        <v>67887</v>
+        <v>68113</v>
       </c>
       <c r="L14" s="32">
-        <v>67995</v>
+        <v>68188</v>
       </c>
       <c r="M14" s="32">
-        <v>68162</v>
+        <v>68361</v>
       </c>
       <c r="N14" s="32">
-        <v>68265</v>
+        <v>68374</v>
       </c>
       <c r="O14" s="32">
-        <v>68205</v>
+        <v>68317</v>
       </c>
       <c r="P14" s="32">
-        <v>68142</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="11.25" customHeight="1">
+        <v>68333</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="35">
-        <v>74337</v>
+        <v>74160</v>
       </c>
       <c r="E15" s="32">
-        <v>73920</v>
+        <v>74352</v>
       </c>
       <c r="F15" s="32">
-        <v>73984</v>
+        <v>74388</v>
       </c>
       <c r="G15" s="32">
-        <v>73962</v>
+        <v>74414</v>
       </c>
       <c r="H15" s="32">
-        <v>74015</v>
+        <v>74344</v>
       </c>
       <c r="I15" s="32">
-        <v>74014</v>
+        <v>74236</v>
       </c>
       <c r="J15" s="32">
-        <v>73907</v>
+        <v>74023</v>
       </c>
       <c r="K15" s="32">
-        <v>73828</v>
+        <v>73900</v>
       </c>
       <c r="L15" s="32">
-        <v>73928</v>
+        <v>73918</v>
       </c>
       <c r="M15" s="32">
-        <v>74184</v>
+        <v>74129</v>
       </c>
       <c r="N15" s="32">
-        <v>74398</v>
+        <v>74202</v>
       </c>
       <c r="O15" s="32">
-        <v>74452</v>
+        <v>74154</v>
       </c>
       <c r="P15" s="32">
-        <v>74337</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="11.25" customHeight="1">
+        <v>74160</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D16" s="35">
-        <v>107614</v>
+        <v>108118</v>
       </c>
       <c r="E16" s="32">
-        <v>106477</v>
+        <v>107662</v>
       </c>
       <c r="F16" s="32">
-        <v>106578</v>
+        <v>107714</v>
       </c>
       <c r="G16" s="32">
-        <v>106698</v>
+        <v>107906</v>
       </c>
       <c r="H16" s="32">
-        <v>106791</v>
+        <v>107891</v>
       </c>
       <c r="I16" s="32">
-        <v>106806</v>
+        <v>107917</v>
       </c>
       <c r="J16" s="32">
-        <v>106757</v>
+        <v>107829</v>
       </c>
       <c r="K16" s="32">
-        <v>106749</v>
+        <v>107716</v>
       </c>
       <c r="L16" s="32">
-        <v>107020</v>
+        <v>107747</v>
       </c>
       <c r="M16" s="32">
-        <v>107271</v>
+        <v>107954</v>
       </c>
       <c r="N16" s="32">
-        <v>107566</v>
+        <v>108074</v>
       </c>
       <c r="O16" s="32">
-        <v>107612</v>
+        <v>108041</v>
       </c>
       <c r="P16" s="32">
-        <v>107614</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:16" ht="11.25" customHeight="1">
+        <v>108118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D17" s="35">
-        <v>34865</v>
+        <v>34375</v>
       </c>
       <c r="E17" s="32">
-        <v>35303</v>
+        <v>34860</v>
       </c>
       <c r="F17" s="32">
-        <v>35342</v>
+        <v>34850</v>
       </c>
       <c r="G17" s="32">
-        <v>35183</v>
+        <v>34751</v>
       </c>
       <c r="H17" s="32">
-        <v>35191</v>
+        <v>34748</v>
       </c>
       <c r="I17" s="32">
-        <v>35186</v>
+        <v>34539</v>
       </c>
       <c r="J17" s="32">
-        <v>35075</v>
+        <v>34311</v>
       </c>
       <c r="K17" s="32">
-        <v>34966</v>
+        <v>34297</v>
       </c>
       <c r="L17" s="32">
-        <v>34903</v>
+        <v>34359</v>
       </c>
       <c r="M17" s="32">
-        <v>35075</v>
+        <v>34536</v>
       </c>
       <c r="N17" s="32">
-        <v>35097</v>
+        <v>34502</v>
       </c>
       <c r="O17" s="32">
-        <v>35045</v>
+        <v>34430</v>
       </c>
       <c r="P17" s="32">
-        <v>34865</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:16" ht="11.25" customHeight="1">
+        <v>34375</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="37" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="38"/>
       <c r="C18" s="38"/>
       <c r="D18" s="36">
-        <v>142070</v>
+        <v>142490</v>
       </c>
       <c r="E18" s="33">
-        <v>141720</v>
+        <v>142500</v>
       </c>
       <c r="F18" s="33">
-        <v>141850</v>
+        <v>142540</v>
       </c>
       <c r="G18" s="33">
-        <v>141900</v>
+        <v>142610</v>
       </c>
       <c r="H18" s="33">
-        <v>141930</v>
+        <v>142650</v>
       </c>
       <c r="I18" s="33">
-        <v>141990</v>
+        <v>142550</v>
       </c>
       <c r="J18" s="33">
-        <v>141910</v>
+        <v>142300</v>
       </c>
       <c r="K18" s="33">
-        <v>141770</v>
+        <v>142080</v>
       </c>
       <c r="L18" s="33">
-        <v>141820</v>
+        <v>142060</v>
       </c>
       <c r="M18" s="33">
-        <v>142130</v>
+        <v>142300</v>
       </c>
       <c r="N18" s="33">
-        <v>142500</v>
+        <v>142530</v>
       </c>
       <c r="O18" s="33">
-        <v>142660</v>
+        <v>142520</v>
       </c>
       <c r="P18" s="33">
-        <v>142570</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:16" ht="11.25" customHeight="1">
+        <v>142480</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="35"/>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32"/>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="32"/>
       <c r="L19" s="32"/>
       <c r="M19" s="32"/>
       <c r="N19" s="32"/>
       <c r="O19" s="32"/>
       <c r="P19" s="32"/>
     </row>
-    <row r="20" spans="1:16" ht="11.25" customHeight="1">
+    <row r="20" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="35">
-        <v>1669</v>
+        <v>1640</v>
       </c>
       <c r="E20" s="21">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="F20" s="21">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G20" s="21">
-        <v>159</v>
+        <v>133</v>
       </c>
       <c r="H20" s="21">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="I20" s="21">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J20" s="21">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="K20" s="21">
+        <v>150</v>
+      </c>
+      <c r="L20" s="21">
+        <v>148</v>
+      </c>
+      <c r="M20" s="21">
+        <v>127</v>
+      </c>
+      <c r="N20" s="21">
+        <v>147</v>
+      </c>
+      <c r="O20" s="21">
         <v>123</v>
       </c>
-      <c r="L20" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="P20" s="21">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:16" ht="11.25" customHeight="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="35">
-        <v>850</v>
+        <v>829</v>
       </c>
       <c r="E21" s="21">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="F21" s="21">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G21" s="21">
+        <v>60</v>
+      </c>
+      <c r="H21" s="21">
         <v>81</v>
       </c>
-      <c r="H21" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="21">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J21" s="21">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="K21" s="21">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="L21" s="21">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M21" s="21">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="N21" s="21">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="O21" s="21">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="P21" s="21">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:16" ht="11.25" customHeight="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="35">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="E22" s="21">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="F22" s="21">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="G22" s="21">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H22" s="21">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I22" s="21">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="J22" s="21">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="K22" s="21">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L22" s="21">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="M22" s="21">
+        <v>65</v>
+      </c>
+      <c r="N22" s="21">
+        <v>76</v>
+      </c>
+      <c r="O22" s="21">
         <v>56</v>
       </c>
-      <c r="N22" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="P22" s="21">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:16" ht="11.25" customHeight="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D23" s="35">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="E23" s="32">
-        <v>87</v>
+        <v>119</v>
       </c>
       <c r="F23" s="32">
         <v>89</v>
       </c>
       <c r="G23" s="32">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="H23" s="32">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="I23" s="32">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J23" s="32">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K23" s="32">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="L23" s="32">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="M23" s="32">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="N23" s="32">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="O23" s="32">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="P23" s="32">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:16" ht="11.25" customHeight="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29"/>
       <c r="B24" s="29"/>
       <c r="C24" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="36">
-        <v>407</v>
+        <v>360</v>
       </c>
       <c r="E24" s="33">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F24" s="33">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="G24" s="33">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="H24" s="33">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I24" s="33">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="J24" s="33">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="K24" s="33">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L24" s="33">
         <v>39</v>
       </c>
       <c r="M24" s="33">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="N24" s="33">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="O24" s="33">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="P24" s="33">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:16" ht="11.25" customHeight="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="35"/>
       <c r="E25" s="32"/>
       <c r="F25" s="32"/>
       <c r="G25" s="32"/>
       <c r="H25" s="32"/>
       <c r="I25" s="32"/>
       <c r="J25" s="32"/>
       <c r="K25" s="32"/>
       <c r="L25" s="32"/>
       <c r="M25" s="32"/>
       <c r="N25" s="32"/>
       <c r="O25" s="32"/>
       <c r="P25" s="32"/>
     </row>
-    <row r="26" spans="1:16" ht="11.25" customHeight="1">
+    <row r="26" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="35">
-        <v>1294</v>
+        <v>1288</v>
       </c>
       <c r="E26" s="21">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="F26" s="21">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="G26" s="21">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="H26" s="21">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="I26" s="21">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="J26" s="21">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="K26" s="21">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="L26" s="21">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="M26" s="21">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="N26" s="21">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="O26" s="21">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P26" s="21">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:16" ht="11.25" customHeight="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D27" s="35">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="E27" s="21">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F27" s="21">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="G27" s="21">
+        <v>40</v>
+      </c>
+      <c r="H27" s="21">
+        <v>51</v>
+      </c>
+      <c r="I27" s="21">
+        <v>38</v>
+      </c>
+      <c r="J27" s="21">
+        <v>40</v>
+      </c>
+      <c r="K27" s="21">
+        <v>45</v>
+      </c>
+      <c r="L27" s="21">
+        <v>58</v>
+      </c>
+      <c r="M27" s="21">
+        <v>37</v>
+      </c>
+      <c r="N27" s="21">
         <v>44</v>
       </c>
-      <c r="H27" s="21">
+      <c r="O27" s="21">
+        <v>41</v>
+      </c>
+      <c r="P27" s="21">
         <v>43</v>
       </c>
-      <c r="I27" s="21">
-[...24 lines deleted...]
-    <row r="28" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="28" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="35">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="E28" s="21">
-        <v>105</v>
+        <v>77</v>
       </c>
       <c r="F28" s="21">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G28" s="21">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H28" s="21">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="I28" s="21">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="J28" s="21">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="K28" s="21">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="L28" s="21">
+        <v>64</v>
+      </c>
+      <c r="M28" s="21">
+        <v>53</v>
+      </c>
+      <c r="N28" s="21">
         <v>62</v>
       </c>
-      <c r="M28" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="O28" s="21">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="P28" s="21">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:16" ht="11.25" customHeight="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D29" s="35">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="E29" s="21">
-        <v>159</v>
+        <v>125</v>
       </c>
       <c r="F29" s="21">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="G29" s="21">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="H29" s="21">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="I29" s="21">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="J29" s="21">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="K29" s="21">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="L29" s="21">
+        <v>105</v>
+      </c>
+      <c r="M29" s="21">
+        <v>85</v>
+      </c>
+      <c r="N29" s="21">
         <v>93</v>
       </c>
-      <c r="M29" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="O29" s="21">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="P29" s="21">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:16" ht="11.25" customHeight="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="35">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E30" s="21">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F30" s="21">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G30" s="21">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="H30" s="21">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I30" s="21">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="J30" s="21">
         <v>8</v>
       </c>
       <c r="K30" s="21">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L30" s="21">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="M30" s="21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N30" s="21">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="O30" s="21">
+        <v>3</v>
+      </c>
+      <c r="P30" s="21">
         <v>8</v>
       </c>
-      <c r="P30" s="21">
-[...3 lines deleted...]
-    <row r="31" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="31" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="35">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E31" s="32">
+        <v>2</v>
+      </c>
+      <c r="F31" s="32">
+        <v>0</v>
+      </c>
+      <c r="G31" s="32">
         <v>1</v>
       </c>
-      <c r="F31" s="32">
-[...4 lines deleted...]
-      </c>
       <c r="H31" s="32">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I31" s="32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J31" s="32">
         <v>0</v>
       </c>
       <c r="K31" s="32">
         <v>0</v>
       </c>
       <c r="L31" s="32">
         <v>0</v>
       </c>
       <c r="M31" s="32">
         <v>0</v>
       </c>
       <c r="N31" s="32">
         <v>0</v>
       </c>
       <c r="O31" s="32">
         <v>0</v>
       </c>
       <c r="P31" s="32">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="35">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E32" s="32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F32" s="32">
+        <v>0</v>
+      </c>
+      <c r="G32" s="32">
         <v>2</v>
       </c>
-      <c r="G32" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="H32" s="32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="32">
+        <v>0</v>
+      </c>
+      <c r="J32" s="32">
+        <v>0</v>
+      </c>
+      <c r="K32" s="32">
+        <v>0</v>
+      </c>
+      <c r="L32" s="32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="32">
+        <v>0</v>
+      </c>
+      <c r="N32" s="32">
+        <v>0</v>
+      </c>
+      <c r="O32" s="32">
+        <v>0</v>
+      </c>
+      <c r="P32" s="32">
         <v>2</v>
       </c>
-      <c r="I32" s="32">
-[...24 lines deleted...]
-    <row r="33" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="33" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="35">
         <v>23</v>
       </c>
       <c r="E33" s="32">
+        <v>5</v>
+      </c>
+      <c r="F33" s="32">
         <v>1</v>
       </c>
-      <c r="F33" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="32">
+        <v>1</v>
+      </c>
+      <c r="H33" s="32">
         <v>3</v>
       </c>
-      <c r="H33" s="32">
+      <c r="I33" s="32">
+        <v>3</v>
+      </c>
+      <c r="J33" s="32">
+        <v>2</v>
+      </c>
+      <c r="K33" s="32">
         <v>1</v>
       </c>
-      <c r="I33" s="32">
-[...7 lines deleted...]
-      </c>
       <c r="L33" s="32">
+        <v>1</v>
+      </c>
+      <c r="M33" s="32">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="N33" s="32">
         <v>1</v>
       </c>
       <c r="O33" s="32">
         <v>2</v>
       </c>
       <c r="P33" s="32">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:16" ht="11.25" customHeight="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="35">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E34" s="32">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F34" s="32">
+        <v>14</v>
+      </c>
+      <c r="G34" s="32">
+        <v>12</v>
+      </c>
+      <c r="H34" s="32">
+        <v>17</v>
+      </c>
+      <c r="I34" s="32">
         <v>11</v>
       </c>
-      <c r="G34" s="32">
+      <c r="J34" s="32">
+        <v>8</v>
+      </c>
+      <c r="K34" s="32">
+        <v>15</v>
+      </c>
+      <c r="L34" s="32">
         <v>6</v>
       </c>
-      <c r="H34" s="32">
-[...2 lines deleted...]
-      <c r="I34" s="32">
+      <c r="M34" s="32">
         <v>10</v>
       </c>
-      <c r="J34" s="32">
-[...10 lines deleted...]
-      </c>
       <c r="N34" s="32">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="O34" s="32">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="P34" s="32">
         <v>10</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="11.25" customHeight="1">
+    <row r="35" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="35">
-        <v>300</v>
+        <v>265</v>
       </c>
       <c r="E35" s="32">
         <v>27</v>
       </c>
       <c r="F35" s="32">
+        <v>21</v>
+      </c>
+      <c r="G35" s="32">
+        <v>20</v>
+      </c>
+      <c r="H35" s="32">
+        <v>17</v>
+      </c>
+      <c r="I35" s="32">
+        <v>18</v>
+      </c>
+      <c r="J35" s="32">
+        <v>22</v>
+      </c>
+      <c r="K35" s="32">
+        <v>28</v>
+      </c>
+      <c r="L35" s="32">
+        <v>33</v>
+      </c>
+      <c r="M35" s="32">
+        <v>16</v>
+      </c>
+      <c r="N35" s="32">
+        <v>24</v>
+      </c>
+      <c r="O35" s="32">
+        <v>20</v>
+      </c>
+      <c r="P35" s="32">
         <v>19</v>
       </c>
-      <c r="G35" s="32">
-[...30 lines deleted...]
-    <row r="36" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="36" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="29" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="36">
-        <v>822</v>
+        <v>853</v>
       </c>
       <c r="E36" s="33">
-        <v>118</v>
+        <v>80</v>
       </c>
       <c r="F36" s="33">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="G36" s="33">
+        <v>73</v>
+      </c>
+      <c r="H36" s="33">
+        <v>76</v>
+      </c>
+      <c r="I36" s="33">
+        <v>61</v>
+      </c>
+      <c r="J36" s="33">
+        <v>69</v>
+      </c>
+      <c r="K36" s="33">
+        <v>73</v>
+      </c>
+      <c r="L36" s="33">
+        <v>82</v>
+      </c>
+      <c r="M36" s="33">
+        <v>61</v>
+      </c>
+      <c r="N36" s="33">
+        <v>73</v>
+      </c>
+      <c r="O36" s="33">
         <v>65</v>
       </c>
-      <c r="H36" s="33">
-[...22 lines deleted...]
-      </c>
       <c r="P36" s="33">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:16" ht="11.25" customHeight="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D37" s="35"/>
       <c r="E37" s="32"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
       <c r="O37" s="32"/>
       <c r="P37" s="32"/>
     </row>
-    <row r="38" spans="1:16" ht="11.25" customHeight="1">
+    <row r="38" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D38" s="35">
-        <v>1696</v>
+        <v>1661</v>
       </c>
       <c r="E38" s="26">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F38" s="26">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="G38" s="26">
         <v>102</v>
       </c>
       <c r="H38" s="26">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="I38" s="26">
-        <v>216</v>
+        <v>183</v>
       </c>
       <c r="J38" s="26">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="K38" s="26">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="L38" s="26">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="M38" s="26">
+        <v>172</v>
+      </c>
+      <c r="N38" s="26">
         <v>140</v>
       </c>
-      <c r="N38" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="O38" s="26">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="P38" s="26">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:16" ht="11.25" customHeight="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D39" s="35">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="E39" s="21">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F39" s="21">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="G39" s="21">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H39" s="21">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I39" s="21">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="J39" s="21">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="K39" s="21">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="L39" s="21">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="M39" s="21">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="N39" s="21">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="O39" s="21">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="P39" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:16" ht="11.25" customHeight="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="35">
-        <v>828</v>
+        <v>801</v>
       </c>
       <c r="E40" s="21">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F40" s="21">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G40" s="21">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H40" s="21">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I40" s="21">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="J40" s="21">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="K40" s="21">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="L40" s="21">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="M40" s="21">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="N40" s="21">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="O40" s="21">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="P40" s="21">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:16" ht="11.25" customHeight="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="35">
-        <v>1217</v>
+        <v>1185</v>
       </c>
       <c r="E41" s="21">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F41" s="21">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="G41" s="21">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="H41" s="21">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="I41" s="21">
-        <v>162</v>
+        <v>135</v>
       </c>
       <c r="J41" s="21">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="K41" s="21">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="L41" s="21">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="M41" s="21">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="N41" s="21">
-        <v>113</v>
+        <v>85</v>
       </c>
       <c r="O41" s="21">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="P41" s="21">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:16" ht="11.25" customHeight="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29"/>
       <c r="B42" s="29"/>
       <c r="C42" s="29" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="36">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="E42" s="34">
+        <v>36</v>
+      </c>
+      <c r="F42" s="34">
+        <v>14</v>
+      </c>
+      <c r="G42" s="34">
+        <v>26</v>
+      </c>
+      <c r="H42" s="34">
+        <v>30</v>
+      </c>
+      <c r="I42" s="34">
+        <v>48</v>
+      </c>
+      <c r="J42" s="34">
+        <v>28</v>
+      </c>
+      <c r="K42" s="34">
+        <v>52</v>
+      </c>
+      <c r="L42" s="34">
+        <v>62</v>
+      </c>
+      <c r="M42" s="34">
+        <v>59</v>
+      </c>
+      <c r="N42" s="34">
+        <v>55</v>
+      </c>
+      <c r="O42" s="34">
         <v>37</v>
       </c>
-      <c r="F42" s="34">
-[...26 lines deleted...]
-      <c r="O42" s="34">
+      <c r="P42" s="34">
         <v>29</v>
       </c>
-      <c r="P42" s="34">
-[...3 lines deleted...]
-    <row r="43" spans="1:16" ht="11.25" customHeight="1">
+    </row>
+    <row r="43" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D43" s="35"/>
       <c r="E43" s="32"/>
       <c r="F43" s="32"/>
       <c r="G43" s="32"/>
       <c r="H43" s="32"/>
       <c r="I43" s="32"/>
       <c r="J43" s="32"/>
       <c r="K43" s="32"/>
       <c r="L43" s="32"/>
       <c r="M43" s="32"/>
       <c r="N43" s="32"/>
       <c r="O43" s="32"/>
       <c r="P43" s="32"/>
     </row>
-    <row r="44" spans="1:16" ht="11.25" customHeight="1">
+    <row r="44" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D44" s="35">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="E44" s="21">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F44" s="21">
+        <v>54</v>
+      </c>
+      <c r="G44" s="21">
+        <v>47</v>
+      </c>
+      <c r="H44" s="21">
+        <v>48</v>
+      </c>
+      <c r="I44" s="21">
+        <v>32</v>
+      </c>
+      <c r="J44" s="21">
+        <v>37</v>
+      </c>
+      <c r="K44" s="21">
+        <v>45</v>
+      </c>
+      <c r="L44" s="21">
+        <v>21</v>
+      </c>
+      <c r="M44" s="21">
+        <v>57</v>
+      </c>
+      <c r="N44" s="21">
         <v>44</v>
       </c>
-      <c r="G44" s="21">
-[...22 lines deleted...]
-      </c>
       <c r="O44" s="21">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="P44" s="21">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:16" ht="11.25" customHeight="1">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D45" s="35">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="E45" s="21">
+        <v>28</v>
+      </c>
+      <c r="F45" s="21">
+        <v>26</v>
+      </c>
+      <c r="G45" s="21">
+        <v>27</v>
+      </c>
+      <c r="H45" s="21">
+        <v>22</v>
+      </c>
+      <c r="I45" s="21">
+        <v>15</v>
+      </c>
+      <c r="J45" s="21">
         <v>23</v>
       </c>
-      <c r="F45" s="21">
-[...2 lines deleted...]
-      <c r="G45" s="21">
+      <c r="K45" s="21">
+        <v>25</v>
+      </c>
+      <c r="L45" s="21">
+        <v>14</v>
+      </c>
+      <c r="M45" s="21">
+        <v>27</v>
+      </c>
+      <c r="N45" s="21">
         <v>23</v>
       </c>
-      <c r="H45" s="21">
-[...19 lines deleted...]
-      </c>
       <c r="O45" s="21">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="P45" s="21">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:16" ht="11.25" customHeight="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="35">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="E46" s="21">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F46" s="21">
+        <v>28</v>
+      </c>
+      <c r="G46" s="21">
         <v>20</v>
       </c>
-      <c r="G46" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="H46" s="21">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I46" s="21">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="J46" s="21">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="K46" s="21">
+        <v>20</v>
+      </c>
+      <c r="L46" s="21">
+        <v>7</v>
+      </c>
+      <c r="M46" s="21">
+        <v>30</v>
+      </c>
+      <c r="N46" s="21">
         <v>21</v>
       </c>
-      <c r="L46" s="21">
+      <c r="O46" s="21">
         <v>18</v>
       </c>
-      <c r="M46" s="21">
-[...7 lines deleted...]
-      </c>
       <c r="P46" s="21">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="11.25" customHeight="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D47" s="35">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E47" s="21">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F47" s="21">
+        <v>30</v>
+      </c>
+      <c r="G47" s="21">
+        <v>36</v>
+      </c>
+      <c r="H47" s="21">
+        <v>26</v>
+      </c>
+      <c r="I47" s="21">
+        <v>25</v>
+      </c>
+      <c r="J47" s="21">
         <v>24</v>
       </c>
-      <c r="G47" s="21">
-[...10 lines deleted...]
-      </c>
       <c r="K47" s="21">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="L47" s="21">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="M47" s="21">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="N47" s="21">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="O47" s="21">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="P47" s="21">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:16" ht="11.25" customHeight="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="36">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="E48" s="34">
+        <v>20</v>
+      </c>
+      <c r="F48" s="34">
+        <v>24</v>
+      </c>
+      <c r="G48" s="34">
+        <v>11</v>
+      </c>
+      <c r="H48" s="34">
+        <v>22</v>
+      </c>
+      <c r="I48" s="34">
+        <v>7</v>
+      </c>
+      <c r="J48" s="34">
         <v>13</v>
       </c>
-      <c r="F48" s="34">
-[...5 lines deleted...]
-      <c r="H48" s="34">
+      <c r="K48" s="34">
         <v>14</v>
       </c>
-      <c r="I48" s="34">
-[...7 lines deleted...]
-      </c>
       <c r="L48" s="34">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="M48" s="34">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="N48" s="34">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="O48" s="34">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="P48" s="34">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:16" ht="11.25" customHeight="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="11"/>
       <c r="B49" s="12"/>
       <c r="C49" s="12"/>
       <c r="D49" s="16"/>
       <c r="F49" s="25"/>
       <c r="P49" s="27" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:16" ht="11.25" customHeight="1">
+    <row r="50" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
       <c r="D50" s="4"/>
     </row>
-    <row r="51" spans="1:16" ht="11.25" customHeight="1">
+    <row r="51" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
     </row>
-    <row r="52" spans="1:16" ht="11.25" customHeight="1">
+    <row r="52" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="44" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
     </row>
-    <row r="53" spans="1:16" ht="11.25" customHeight="1">
+    <row r="53" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
       <c r="P53" s="1"/>
     </row>
-    <row r="54" spans="1:16" ht="11.25" customHeight="1">
+    <row r="54" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="10"/>
       <c r="P54" s="26" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="55" spans="1:16" ht="11.25" customHeight="1">
+    <row r="55" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="P55" s="26" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="36" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>19</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="30" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel_uti</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel_uti</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel_uti</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel_uti</vt:lpstr>
       <vt:lpstr>'2023'!print</vt:lpstr>
       <vt:lpstr>'2024'!print___</vt:lpstr>
       <vt:lpstr>'2025'!print___</vt:lpstr>
+      <vt:lpstr>'2026'!print___</vt:lpstr>
       <vt:lpstr>'2015'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2016'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2017'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2018'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tinguely Urban, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>