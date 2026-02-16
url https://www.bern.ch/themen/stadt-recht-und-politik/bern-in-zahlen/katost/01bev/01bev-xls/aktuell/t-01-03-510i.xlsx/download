--- v0 (2025-10-09)
+++ v1 (2026-02-16)
@@ -1,142 +1,146 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\01\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C53DFC20-35ED-45FF-AF12-13E27D5D35AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B7B2FB2-AA36-4367-A9A9-7C76196A7742}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="20" r:id="rId1"/>
-[...13 lines deleted...]
-    <sheet name="2010" sheetId="12" r:id="rId15"/>
+    <sheet name="2025" sheetId="21" r:id="rId1"/>
+    <sheet name="2024" sheetId="20" r:id="rId2"/>
+    <sheet name="2023" sheetId="19" r:id="rId3"/>
+    <sheet name="2022" sheetId="18" r:id="rId4"/>
+    <sheet name="2021" sheetId="17" r:id="rId5"/>
+    <sheet name="2020" sheetId="16" r:id="rId6"/>
+    <sheet name="2019" sheetId="15" r:id="rId7"/>
+    <sheet name="2018" sheetId="14" r:id="rId8"/>
+    <sheet name="2017" sheetId="13" r:id="rId9"/>
+    <sheet name="2016" sheetId="6" r:id="rId10"/>
+    <sheet name="2015" sheetId="7" r:id="rId11"/>
+    <sheet name="2014" sheetId="8" r:id="rId12"/>
+    <sheet name="2013" sheetId="9" r:id="rId13"/>
+    <sheet name="2012" sheetId="10" r:id="rId14"/>
+    <sheet name="2011" sheetId="11" r:id="rId15"/>
+    <sheet name="2010" sheetId="12" r:id="rId16"/>
   </sheets>
   <definedNames>
-    <definedName name="Print_Titles" localSheetId="14">'2010'!$1:$1</definedName>
-[...13 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2024'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="15">'2010'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="14">'2011'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="13">'2012'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="12">'2013'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="11">'2014'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="10">'2015'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="9">'2016'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="8">'2017'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1166" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1243" uniqueCount="131">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Bevölkerungsbewegung nach Statistischen Bezirken 2015</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>T 01.2.i020</t>
   </si>
   <si>
     <t>Statistischer Bezirk</t>
   </si>
   <si>
     <t>Bestand</t>
   </si>
   <si>
     <t>Saldo der</t>
   </si>
   <si>
     <t xml:space="preserve">Wande- </t>
   </si>
   <si>
@@ -549,50 +553,53 @@
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Sammelhaushalt: Personen, welche formell in der Stadt Bern angemeldet sind, ohne dort effektiv zu wohnen (z. B. in einem Heim in einer anderen Gemeinde) und Personen ohne festen Wohnsitz (z. B. Obdachlose)</t>
     </r>
   </si>
   <si>
     <t>Total-</t>
   </si>
   <si>
     <t>Bevölkerungsbewegungen 2023</t>
   </si>
   <si>
     <t>Bevölkerungsbewegungen 2024</t>
+  </si>
+  <si>
+    <t>Bevölkerungsbewegungen 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1215,99 +1222,103 @@
   <cellStyles count="3">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Standard 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF66FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
@@ -1330,86 +1341,141 @@
 
 <file path=xl/drawings/_rels/vmlDrawing8.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5567E29-9FDD-4E0C-884D-DD48E787EA09}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{229E62FE-1ACE-4FB6-B143-77481FE4438D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>379976</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>85851</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="1"/>
+          <a:ext cx="6037825" cy="1162175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>340774</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>3395</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1419,51 +1485,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28575"/>
           <a:ext cx="5893849" cy="1222595"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>399703</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1473,51 +1539,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28575"/>
           <a:ext cx="5981353" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>399703</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1527,51 +1593,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28575"/>
           <a:ext cx="5981353" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>283672</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1593,51 +1659,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="16625" y="0"/>
           <a:ext cx="5848697" cy="1047404"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>339610</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1659,51 +1725,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="16625" y="0"/>
           <a:ext cx="5857010" cy="1047404"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>16625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>339610</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047404</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1745,51 +1811,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B4A8FEC-C4A4-472E-956A-D7FBEEE39153}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5567E29-9FDD-4E0C-884D-DD48E787EA09}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -1800,86 +1866,141 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B4A8FEC-C4A4-472E-956A-D7FBEEE39153}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>379350</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D1D86E6-C2BA-4BF2-AF92-B83795E53B88}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C514B211-95C2-40A8-9587-8837B3470986}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1890,51 +2011,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{786311D9-0573-4FAB-81F6-07C4D2CC067A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1945,51 +2066,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379976</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2000,51 +2121,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379976</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2055,126 +2176,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>379976</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
-            </a:ext>
-[...53 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -2455,129 +2521,133 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4C187D7-CCE5-45C3-8269-06E2E41D8BB9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{44BC4B76-FECB-421E-A46A-6E87CAB68545}">
   <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="129" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="105" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="105"/>
       <c r="C6" s="106" t="s">
@@ -2586,70 +2656,70 @@
       <c r="D6" s="107" t="s">
         <v>6</v>
       </c>
       <c r="E6" s="107" t="s">
         <v>82</v>
       </c>
       <c r="F6" s="107" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="107" t="s">
         <v>127</v>
       </c>
       <c r="H6" s="107" t="s">
         <v>9</v>
       </c>
       <c r="I6" s="107"/>
       <c r="J6" s="107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="108" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="109">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="D7" s="110" t="s">
         <v>11</v>
       </c>
       <c r="E7" s="110" t="s">
         <v>85</v>
       </c>
       <c r="F7" s="110" t="s">
         <v>111</v>
       </c>
       <c r="G7" s="110" t="s">
         <v>86</v>
       </c>
       <c r="H7" s="110" t="s">
         <v>87</v>
       </c>
       <c r="I7" s="110"/>
       <c r="J7" s="109">
-        <v>45291</v>
+        <v>45657</v>
       </c>
     </row>
     <row r="8" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="108"/>
       <c r="B8" s="108"/>
       <c r="C8" s="110"/>
       <c r="D8" s="4" t="s">
         <v>88</v>
       </c>
       <c r="E8" s="110" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="110" t="s">
         <v>112</v>
       </c>
       <c r="G8" s="110" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="110" t="s">
         <v>89</v>
       </c>
       <c r="I8" s="110"/>
       <c r="J8" s="110"/>
     </row>
     <row r="9" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2670,1351 +2740,1351 @@
       <c r="I9" s="110"/>
       <c r="J9" s="110"/>
     </row>
     <row r="10" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="111"/>
       <c r="B10" s="111"/>
       <c r="C10" s="112"/>
       <c r="D10" s="112" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="112"/>
       <c r="F10" s="112"/>
       <c r="G10" s="112"/>
       <c r="H10" s="112"/>
       <c r="I10" s="112"/>
       <c r="J10" s="112"/>
     </row>
     <row r="11" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="110">
         <v>1</v>
       </c>
       <c r="B11" s="108" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="113">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D11" s="114">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E11" s="114">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="F11" s="114">
-        <v>0</v>
+        <v>-16</v>
       </c>
       <c r="G11" s="114">
-        <v>39</v>
+        <v>-5</v>
       </c>
       <c r="H11" s="114">
-        <v>-5</v>
+        <v>12</v>
       </c>
       <c r="I11" s="114"/>
       <c r="J11" s="115">
-        <v>1230</v>
+        <v>1264</v>
       </c>
       <c r="K11" s="116"/>
       <c r="L11" s="116"/>
       <c r="M11" s="116"/>
     </row>
     <row r="12" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="110">
         <v>2</v>
       </c>
       <c r="B12" s="108" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="113">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="D12" s="114">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="E12" s="114">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F12" s="114">
-        <v>4</v>
+        <v>-12</v>
       </c>
       <c r="G12" s="114">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H12" s="114">
-        <v>-15</v>
+        <v>9</v>
       </c>
       <c r="I12" s="114"/>
       <c r="J12" s="115">
-        <v>1018</v>
+        <v>1007</v>
       </c>
       <c r="K12" s="116"/>
       <c r="L12" s="116"/>
       <c r="M12" s="116"/>
     </row>
     <row r="13" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="110">
         <v>3</v>
       </c>
       <c r="B13" s="108" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="113">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="D13" s="114">
-        <v>-8</v>
+        <v>1</v>
       </c>
       <c r="E13" s="114">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F13" s="114">
-        <v>-44</v>
+        <v>5</v>
       </c>
       <c r="G13" s="114">
-        <v>-19</v>
+        <v>22</v>
       </c>
       <c r="H13" s="114">
-        <v>6</v>
+        <v>-13</v>
       </c>
       <c r="I13" s="114"/>
       <c r="J13" s="115">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="K13" s="116"/>
       <c r="L13" s="116"/>
       <c r="M13" s="116"/>
     </row>
     <row r="14" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="110">
         <v>4</v>
       </c>
       <c r="B14" s="108" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="113">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D14" s="114">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E14" s="114">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="F14" s="114">
-        <v>-8</v>
+        <v>-13</v>
       </c>
       <c r="G14" s="114">
-        <v>-11</v>
+        <v>-12</v>
       </c>
       <c r="H14" s="114">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I14" s="114"/>
       <c r="J14" s="115">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="K14" s="116"/>
       <c r="L14" s="116"/>
       <c r="M14" s="116"/>
     </row>
     <row r="15" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="110">
         <v>5</v>
       </c>
       <c r="B15" s="108" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="113">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="D15" s="114">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="E15" s="114">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="F15" s="114">
-        <v>-16</v>
+        <v>2</v>
       </c>
       <c r="G15" s="114">
-        <v>-13</v>
+        <v>16</v>
       </c>
       <c r="H15" s="114">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="I15" s="114"/>
       <c r="J15" s="115">
-        <v>305</v>
+        <v>290</v>
       </c>
       <c r="K15" s="116"/>
       <c r="L15" s="116"/>
       <c r="M15" s="116"/>
     </row>
     <row r="16" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="112" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="111" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="117">
-        <v>4100</v>
+        <v>4149</v>
       </c>
       <c r="D16" s="118">
-        <v>-7</v>
+        <v>2</v>
       </c>
       <c r="E16" s="118">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="F16" s="118">
-        <v>-64</v>
+        <v>-34</v>
       </c>
       <c r="G16" s="118">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="H16" s="118">
-        <v>-11</v>
+        <v>27</v>
       </c>
       <c r="I16" s="118"/>
       <c r="J16" s="119">
-        <v>4111</v>
+        <v>4100</v>
       </c>
       <c r="K16" s="116"/>
       <c r="L16" s="116"/>
       <c r="M16" s="116"/>
     </row>
     <row r="17" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="110">
         <v>6</v>
       </c>
       <c r="B17" s="108" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="113">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="D17" s="114">
-        <v>-10</v>
+        <v>-18</v>
       </c>
       <c r="E17" s="114">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F17" s="114">
-        <v>15</v>
+        <v>-5</v>
       </c>
       <c r="G17" s="114">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="H17" s="114">
-        <v>1</v>
+        <v>-9</v>
       </c>
       <c r="I17" s="114"/>
       <c r="J17" s="115">
-        <v>1103</v>
+        <v>1126</v>
       </c>
       <c r="K17" s="116"/>
       <c r="L17" s="116"/>
       <c r="M17" s="116"/>
     </row>
     <row r="18" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="110">
         <v>7</v>
       </c>
       <c r="B18" s="108" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="113">
         <v>4128</v>
       </c>
       <c r="D18" s="114">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="E18" s="114">
-        <v>49</v>
+        <v>-26</v>
       </c>
       <c r="F18" s="114">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="G18" s="114">
-        <v>74</v>
+        <v>1</v>
       </c>
       <c r="H18" s="114">
-        <v>9</v>
+        <v>-1</v>
       </c>
       <c r="I18" s="114"/>
       <c r="J18" s="115">
-        <v>4045</v>
+        <v>4128</v>
       </c>
       <c r="K18" s="116"/>
       <c r="L18" s="116"/>
       <c r="M18" s="116"/>
     </row>
     <row r="19" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="110">
         <v>8</v>
       </c>
       <c r="B19" s="108" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="113">
-        <v>5324</v>
+        <v>5318</v>
       </c>
       <c r="D19" s="114">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E19" s="114">
-        <v>13</v>
+        <v>-27</v>
       </c>
       <c r="F19" s="114">
-        <v>-19</v>
+        <v>-14</v>
       </c>
       <c r="G19" s="114">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="H19" s="114">
-        <v>-17</v>
+        <v>-7</v>
       </c>
       <c r="I19" s="114"/>
       <c r="J19" s="115">
-        <v>5308</v>
+        <v>5324</v>
       </c>
       <c r="K19" s="116"/>
       <c r="L19" s="116"/>
       <c r="M19" s="116"/>
     </row>
     <row r="20" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="110">
         <v>9</v>
       </c>
       <c r="B20" s="108" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="113">
-        <v>3224</v>
+        <v>3197</v>
       </c>
       <c r="D20" s="114">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="E20" s="114">
-        <v>21</v>
+        <v>-6</v>
       </c>
       <c r="F20" s="114">
-        <v>-19</v>
+        <v>-8</v>
       </c>
       <c r="G20" s="114">
-        <v>3</v>
+        <v>-18</v>
       </c>
       <c r="H20" s="114">
-        <v>-26</v>
+        <v>-9</v>
       </c>
       <c r="I20" s="114"/>
       <c r="J20" s="115">
-        <v>3247</v>
+        <v>3224</v>
       </c>
       <c r="K20" s="116"/>
       <c r="L20" s="116"/>
       <c r="M20" s="116"/>
     </row>
     <row r="21" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="110">
         <v>10</v>
       </c>
       <c r="B21" s="108" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="113">
-        <v>1694</v>
+        <v>1760</v>
       </c>
       <c r="D21" s="114">
         <v>-5</v>
       </c>
       <c r="E21" s="114">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="F21" s="114">
-        <v>-7</v>
+        <v>16</v>
       </c>
       <c r="G21" s="114">
-        <v>-9</v>
+        <v>58</v>
       </c>
       <c r="H21" s="114">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I21" s="114"/>
       <c r="J21" s="115">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="K21" s="116"/>
       <c r="L21" s="116"/>
       <c r="M21" s="116"/>
     </row>
     <row r="22" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="110">
         <v>11</v>
       </c>
       <c r="B22" s="108" t="s">
         <v>34</v>
       </c>
       <c r="C22" s="113">
-        <v>4271</v>
+        <v>4209</v>
       </c>
       <c r="D22" s="114">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E22" s="114">
-        <v>20</v>
+        <v>-48</v>
       </c>
       <c r="F22" s="114">
-        <v>4</v>
+        <v>-41</v>
       </c>
       <c r="G22" s="114">
-        <v>44</v>
+        <v>-64</v>
       </c>
       <c r="H22" s="114">
-        <v>-6</v>
+        <v>2</v>
       </c>
       <c r="I22" s="114"/>
       <c r="J22" s="115">
-        <v>4233</v>
+        <v>4271</v>
       </c>
       <c r="K22" s="116"/>
       <c r="L22" s="116"/>
       <c r="M22" s="116"/>
     </row>
     <row r="23" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="112" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="111" t="s">
         <v>92</v>
       </c>
       <c r="C23" s="117">
-        <v>19767</v>
+        <v>19730</v>
       </c>
       <c r="D23" s="118">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E23" s="118">
-        <v>123</v>
+        <v>-36</v>
       </c>
       <c r="F23" s="118">
-        <v>-18</v>
+        <v>-31</v>
       </c>
       <c r="G23" s="118">
-        <v>167</v>
+        <v>-21</v>
       </c>
       <c r="H23" s="118">
-        <v>-24</v>
+        <v>-16</v>
       </c>
       <c r="I23" s="118"/>
       <c r="J23" s="119">
-        <v>19624</v>
+        <v>19767</v>
       </c>
       <c r="K23" s="116"/>
       <c r="L23" s="116"/>
       <c r="M23" s="116"/>
     </row>
     <row r="24" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="110">
         <v>12</v>
       </c>
       <c r="B24" s="108" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="113">
-        <v>8410</v>
+        <v>8381</v>
       </c>
       <c r="D24" s="114">
         <v>33</v>
       </c>
       <c r="E24" s="114">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="F24" s="114">
-        <v>-51</v>
+        <v>-22</v>
       </c>
       <c r="G24" s="114">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="H24" s="114">
-        <v>-7</v>
+        <v>-48</v>
       </c>
       <c r="I24" s="114"/>
       <c r="J24" s="115">
-        <v>8412</v>
+        <v>8410</v>
       </c>
       <c r="K24" s="116"/>
       <c r="L24" s="116"/>
       <c r="M24" s="116"/>
     </row>
     <row r="25" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="110">
         <v>13</v>
       </c>
       <c r="B25" s="108" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="113">
-        <v>2375</v>
+        <v>2367</v>
       </c>
       <c r="D25" s="114">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="E25" s="114">
-        <v>-25</v>
+        <v>-42</v>
       </c>
       <c r="F25" s="114">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G25" s="114">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="H25" s="114">
-        <v>1</v>
+        <v>-8</v>
       </c>
       <c r="I25" s="114"/>
       <c r="J25" s="115">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="K25" s="116"/>
       <c r="L25" s="116"/>
       <c r="M25" s="116"/>
     </row>
     <row r="26" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="110">
         <v>14</v>
       </c>
       <c r="B26" s="108" t="s">
         <v>38</v>
       </c>
       <c r="C26" s="113">
-        <v>6898</v>
+        <v>6996</v>
       </c>
       <c r="D26" s="114">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="E26" s="114">
-        <v>-1</v>
+        <v>42</v>
       </c>
       <c r="F26" s="114">
-        <v>6</v>
+        <v>-7</v>
       </c>
       <c r="G26" s="114">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="H26" s="114">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I26" s="114"/>
       <c r="J26" s="115">
-        <v>6859</v>
+        <v>6898</v>
       </c>
       <c r="K26" s="116"/>
       <c r="L26" s="116"/>
       <c r="M26" s="116"/>
     </row>
     <row r="27" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="110">
         <v>15</v>
       </c>
       <c r="B27" s="108" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="113">
-        <v>3627</v>
+        <v>3624</v>
       </c>
       <c r="D27" s="114">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E27" s="114">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="F27" s="114">
-        <v>-47</v>
+        <v>-90</v>
       </c>
       <c r="G27" s="114">
-        <v>66</v>
+        <v>-59</v>
       </c>
       <c r="H27" s="114">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="I27" s="114"/>
       <c r="J27" s="115">
-        <v>3538</v>
+        <v>3627</v>
       </c>
       <c r="K27" s="116"/>
       <c r="L27" s="116"/>
       <c r="M27" s="116"/>
     </row>
     <row r="28" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="110">
         <v>16</v>
       </c>
       <c r="B28" s="108" t="s">
         <v>40</v>
       </c>
       <c r="C28" s="113">
-        <v>7585</v>
+        <v>7641</v>
       </c>
       <c r="D28" s="114">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E28" s="114">
-        <v>-5</v>
+        <v>77</v>
       </c>
       <c r="F28" s="114">
-        <v>42</v>
+        <v>-43</v>
       </c>
       <c r="G28" s="114">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="H28" s="114">
-        <v>31</v>
+        <v>-26</v>
       </c>
       <c r="I28" s="114"/>
       <c r="J28" s="115">
-        <v>7465</v>
+        <v>7585</v>
       </c>
       <c r="K28" s="116"/>
       <c r="L28" s="116"/>
       <c r="M28" s="116"/>
     </row>
     <row r="29" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="110">
         <v>17</v>
       </c>
       <c r="B29" s="108" t="s">
         <v>41</v>
       </c>
       <c r="C29" s="113">
-        <v>4229</v>
+        <v>4205</v>
       </c>
       <c r="D29" s="114">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E29" s="114">
-        <v>-17</v>
+        <v>-43</v>
       </c>
       <c r="F29" s="114">
-        <v>-32</v>
+        <v>-18</v>
       </c>
       <c r="G29" s="114">
-        <v>-32</v>
+        <v>-51</v>
       </c>
       <c r="H29" s="114">
-        <v>-19</v>
+        <v>27</v>
       </c>
       <c r="I29" s="114"/>
       <c r="J29" s="115">
-        <v>4280</v>
+        <v>4229</v>
       </c>
       <c r="K29" s="116"/>
       <c r="L29" s="116"/>
       <c r="M29" s="116"/>
     </row>
     <row r="30" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="112" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="111" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="117">
-        <v>33124</v>
+        <v>33214</v>
       </c>
       <c r="D30" s="118">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="E30" s="118">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="F30" s="118">
-        <v>-56</v>
+        <v>-138</v>
       </c>
       <c r="G30" s="118">
-        <v>147</v>
+        <v>77</v>
       </c>
       <c r="H30" s="118">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="I30" s="118"/>
       <c r="J30" s="119">
-        <v>32932</v>
+        <v>33124</v>
       </c>
       <c r="K30" s="116"/>
       <c r="L30" s="116"/>
       <c r="M30" s="116"/>
     </row>
     <row r="31" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="110">
         <v>18</v>
       </c>
       <c r="B31" s="108" t="s">
         <v>43</v>
       </c>
       <c r="C31" s="113">
-        <v>3774</v>
+        <v>3858</v>
       </c>
       <c r="D31" s="114">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E31" s="114">
-        <v>-33</v>
+        <v>33</v>
       </c>
       <c r="F31" s="114">
-        <v>-19</v>
+        <v>53</v>
       </c>
       <c r="G31" s="114">
-        <v>-34</v>
+        <v>98</v>
       </c>
       <c r="H31" s="114">
-        <v>2</v>
+        <v>-14</v>
       </c>
       <c r="I31" s="114"/>
       <c r="J31" s="115">
-        <v>3806</v>
+        <v>3774</v>
       </c>
       <c r="K31" s="116"/>
       <c r="L31" s="116"/>
       <c r="M31" s="116"/>
     </row>
     <row r="32" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="110">
         <v>19</v>
       </c>
       <c r="B32" s="108" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="113">
-        <v>1919</v>
+        <v>1947</v>
       </c>
       <c r="D32" s="114">
+        <v>4</v>
+      </c>
+      <c r="E32" s="114">
         <v>-4</v>
       </c>
-      <c r="E32" s="114">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="114">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G32" s="114">
-        <v>-19</v>
+        <v>22</v>
       </c>
       <c r="H32" s="114">
-        <v>-5</v>
+        <v>6</v>
       </c>
       <c r="I32" s="114"/>
       <c r="J32" s="115">
-        <v>1943</v>
+        <v>1919</v>
       </c>
       <c r="K32" s="116"/>
       <c r="L32" s="116"/>
       <c r="M32" s="116"/>
     </row>
     <row r="33" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="110">
         <v>20</v>
       </c>
       <c r="B33" s="108" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="113">
-        <v>4967</v>
+        <v>4872</v>
       </c>
       <c r="D33" s="114">
-        <v>-19</v>
+        <v>-37</v>
       </c>
       <c r="E33" s="114">
-        <v>15</v>
+        <v>-88</v>
       </c>
       <c r="F33" s="114">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="G33" s="114">
-        <v>64</v>
+        <v>-100</v>
       </c>
       <c r="H33" s="114">
-        <v>-10</v>
+        <v>5</v>
       </c>
       <c r="I33" s="114"/>
       <c r="J33" s="115">
-        <v>4913</v>
+        <v>4967</v>
       </c>
       <c r="K33" s="116"/>
       <c r="L33" s="116"/>
       <c r="M33" s="116"/>
     </row>
     <row r="34" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="110">
         <v>21</v>
       </c>
       <c r="B34" s="108" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="113">
-        <v>5195</v>
+        <v>5231</v>
       </c>
       <c r="D34" s="114">
-        <v>-25</v>
+        <v>-30</v>
       </c>
       <c r="E34" s="114">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="F34" s="114">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="G34" s="114">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H34" s="114">
-        <v>-24</v>
+        <v>5</v>
       </c>
       <c r="I34" s="114"/>
       <c r="J34" s="115">
-        <v>5191</v>
+        <v>5195</v>
       </c>
       <c r="K34" s="116"/>
       <c r="L34" s="116"/>
       <c r="M34" s="116"/>
     </row>
     <row r="35" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="110">
         <v>22</v>
       </c>
       <c r="B35" s="108" t="s">
         <v>47</v>
       </c>
       <c r="C35" s="113">
-        <v>9023</v>
+        <v>9116</v>
       </c>
       <c r="D35" s="114">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E35" s="114">
-        <v>-39</v>
+        <v>54</v>
       </c>
       <c r="F35" s="114">
-        <v>-36</v>
+        <v>67</v>
       </c>
       <c r="G35" s="114">
-        <v>-67</v>
+        <v>135</v>
       </c>
       <c r="H35" s="114">
-        <v>-2</v>
+        <v>-42</v>
       </c>
       <c r="I35" s="114"/>
       <c r="J35" s="115">
-        <v>9092</v>
+        <v>9023</v>
       </c>
       <c r="K35" s="116"/>
       <c r="L35" s="116"/>
       <c r="M35" s="116"/>
     </row>
     <row r="36" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="110">
         <v>23</v>
       </c>
       <c r="B36" s="108" t="s">
         <v>48</v>
       </c>
       <c r="C36" s="113">
-        <v>2781</v>
+        <v>2767</v>
       </c>
       <c r="D36" s="114">
-        <v>-1</v>
+        <v>12</v>
       </c>
       <c r="E36" s="114">
-        <v>-21</v>
+        <v>-10</v>
       </c>
       <c r="F36" s="114">
-        <v>19</v>
+        <v>-29</v>
       </c>
       <c r="G36" s="114">
-        <v>-3</v>
+        <v>-27</v>
       </c>
       <c r="H36" s="114">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I36" s="114"/>
       <c r="J36" s="115">
-        <v>2773</v>
+        <v>2781</v>
       </c>
       <c r="K36" s="116"/>
       <c r="L36" s="116"/>
       <c r="M36" s="116"/>
     </row>
     <row r="37" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="112" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="111" t="s">
         <v>94</v>
       </c>
       <c r="C37" s="117">
-        <v>27659</v>
+        <v>27791</v>
       </c>
       <c r="D37" s="118">
-        <v>-23</v>
+        <v>-25</v>
       </c>
       <c r="E37" s="118">
-        <v>-93</v>
+        <v>40</v>
       </c>
       <c r="F37" s="118">
-        <v>85</v>
+        <v>144</v>
       </c>
       <c r="G37" s="118">
-        <v>-31</v>
+        <v>159</v>
       </c>
       <c r="H37" s="118">
-        <v>-28</v>
+        <v>-27</v>
       </c>
       <c r="I37" s="118"/>
       <c r="J37" s="119">
-        <v>27718</v>
+        <v>27659</v>
       </c>
       <c r="K37" s="116"/>
       <c r="L37" s="116"/>
       <c r="M37" s="116"/>
     </row>
     <row r="38" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="110">
         <v>24</v>
       </c>
       <c r="B38" s="108" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="113">
-        <v>1380</v>
+        <v>1366</v>
       </c>
       <c r="D38" s="114">
-        <v>-33</v>
+        <v>-21</v>
       </c>
       <c r="E38" s="114">
-        <v>8</v>
+        <v>-9</v>
       </c>
       <c r="F38" s="114">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G38" s="114">
-        <v>-6</v>
+        <v>-20</v>
       </c>
       <c r="H38" s="114">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I38" s="114"/>
       <c r="J38" s="115">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="K38" s="116"/>
       <c r="L38" s="116"/>
       <c r="M38" s="116"/>
     </row>
     <row r="39" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="110">
         <v>25</v>
       </c>
       <c r="B39" s="108" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="113">
-        <v>8092</v>
+        <v>8066</v>
       </c>
       <c r="D39" s="114">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E39" s="114">
-        <v>-68</v>
+        <v>-63</v>
       </c>
       <c r="F39" s="114">
-        <v>-9</v>
+        <v>3</v>
       </c>
       <c r="G39" s="114">
-        <v>-28</v>
+        <v>-10</v>
       </c>
       <c r="H39" s="114">
-        <v>34</v>
+        <v>-16</v>
       </c>
       <c r="I39" s="114"/>
       <c r="J39" s="115">
-        <v>8086</v>
+        <v>8092</v>
       </c>
       <c r="K39" s="116"/>
       <c r="L39" s="116"/>
       <c r="M39" s="116"/>
     </row>
     <row r="40" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="110">
         <v>26</v>
       </c>
       <c r="B40" s="108" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="113">
-        <v>6512</v>
+        <v>6509</v>
       </c>
       <c r="D40" s="114">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E40" s="114">
+        <v>-7</v>
+      </c>
+      <c r="F40" s="114">
+        <v>-22</v>
+      </c>
+      <c r="G40" s="114">
         <v>-8</v>
       </c>
-      <c r="F40" s="114">
-[...4 lines deleted...]
-      </c>
       <c r="H40" s="114">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I40" s="114"/>
       <c r="J40" s="115">
-        <v>6554</v>
+        <v>6512</v>
       </c>
       <c r="K40" s="116"/>
       <c r="L40" s="116"/>
       <c r="M40" s="116"/>
     </row>
     <row r="41" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="110">
         <v>27</v>
       </c>
       <c r="B41" s="108" t="s">
         <v>53</v>
       </c>
       <c r="C41" s="113">
-        <v>6517</v>
+        <v>6529</v>
       </c>
       <c r="D41" s="114">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E41" s="114">
-        <v>-3</v>
+        <v>-33</v>
       </c>
       <c r="F41" s="114">
-        <v>-29</v>
+        <v>8</v>
       </c>
       <c r="G41" s="114">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H41" s="114">
-        <v>-18</v>
+        <v>0</v>
       </c>
       <c r="I41" s="114"/>
       <c r="J41" s="115">
-        <v>6524</v>
+        <v>6517</v>
       </c>
       <c r="K41" s="116"/>
       <c r="L41" s="116"/>
       <c r="M41" s="116"/>
     </row>
     <row r="42" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="110">
         <v>28</v>
       </c>
       <c r="B42" s="108" t="s">
         <v>54</v>
       </c>
       <c r="C42" s="113">
-        <v>3987</v>
+        <v>3977</v>
       </c>
       <c r="D42" s="114">
-        <v>-8</v>
+        <v>0</v>
       </c>
       <c r="E42" s="114">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="F42" s="114">
-        <v>-3</v>
+        <v>-66</v>
       </c>
       <c r="G42" s="114">
-        <v>9</v>
+        <v>-20</v>
       </c>
       <c r="H42" s="114">
-        <v>-5</v>
+        <v>10</v>
       </c>
       <c r="I42" s="114"/>
       <c r="J42" s="115">
-        <v>3983</v>
+        <v>3987</v>
       </c>
       <c r="K42" s="116"/>
       <c r="L42" s="116"/>
       <c r="M42" s="116"/>
     </row>
     <row r="43" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="112" t="s">
         <v>55</v>
       </c>
       <c r="B43" s="111" t="s">
         <v>95</v>
       </c>
       <c r="C43" s="117">
-        <v>26488</v>
+        <v>26447</v>
       </c>
       <c r="D43" s="118">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="E43" s="118">
-        <v>-51</v>
+        <v>-66</v>
       </c>
       <c r="F43" s="118">
-        <v>-75</v>
+        <v>-67</v>
       </c>
       <c r="G43" s="118">
-        <v>-59</v>
+        <v>-46</v>
       </c>
       <c r="H43" s="118">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I43" s="118"/>
       <c r="J43" s="119">
-        <v>26529</v>
+        <v>26488</v>
       </c>
       <c r="K43" s="116"/>
       <c r="L43" s="116"/>
       <c r="M43" s="116"/>
     </row>
     <row r="44" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="110">
         <v>29</v>
       </c>
       <c r="B44" s="108" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="113">
-        <v>16954</v>
+        <v>16757</v>
       </c>
       <c r="D44" s="114">
-        <v>-92</v>
+        <v>-82</v>
       </c>
       <c r="E44" s="114">
-        <v>90</v>
+        <v>-40</v>
       </c>
       <c r="F44" s="114">
-        <v>-73</v>
+        <v>-76</v>
       </c>
       <c r="G44" s="114">
-        <v>-75</v>
+        <v>-198</v>
       </c>
       <c r="H44" s="114">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="I44" s="114"/>
       <c r="J44" s="115">
-        <v>16994</v>
+        <v>16954</v>
       </c>
       <c r="K44" s="116"/>
       <c r="L44" s="116"/>
       <c r="M44" s="116"/>
     </row>
     <row r="45" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="110">
         <v>30</v>
       </c>
       <c r="B45" s="108" t="s">
         <v>57</v>
       </c>
       <c r="C45" s="113">
-        <v>1455</v>
+        <v>1464</v>
       </c>
       <c r="D45" s="114">
+        <v>7</v>
+      </c>
+      <c r="E45" s="114">
+        <v>10</v>
+      </c>
+      <c r="F45" s="114">
+        <v>-11</v>
+      </c>
+      <c r="G45" s="114">
         <v>6</v>
       </c>
-      <c r="E45" s="114">
-[...7 lines deleted...]
-      </c>
       <c r="H45" s="114">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="I45" s="114"/>
       <c r="J45" s="115">
-        <v>1427</v>
+        <v>1455</v>
       </c>
       <c r="K45" s="116"/>
       <c r="L45" s="116"/>
       <c r="M45" s="116"/>
     </row>
     <row r="46" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="110">
         <v>31</v>
       </c>
       <c r="B46" s="108" t="s">
         <v>58</v>
       </c>
       <c r="C46" s="113">
-        <v>2135</v>
+        <v>2154</v>
       </c>
       <c r="D46" s="114">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E46" s="114">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F46" s="114">
-        <v>-11</v>
+        <v>-12</v>
       </c>
       <c r="G46" s="114">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="H46" s="114">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="I46" s="114"/>
       <c r="J46" s="115">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="K46" s="116"/>
       <c r="L46" s="116"/>
       <c r="M46" s="116"/>
     </row>
     <row r="47" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="110">
         <v>32</v>
       </c>
       <c r="B47" s="108" t="s">
         <v>59</v>
       </c>
       <c r="C47" s="113">
-        <v>14162</v>
+        <v>14471</v>
       </c>
       <c r="D47" s="114">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E47" s="114">
-        <v>220</v>
+        <v>146</v>
       </c>
       <c r="F47" s="114">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="G47" s="114">
-        <v>334</v>
+        <v>291</v>
       </c>
       <c r="H47" s="114">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I47" s="114"/>
       <c r="J47" s="115">
-        <v>13809</v>
+        <v>14162</v>
       </c>
       <c r="K47" s="116"/>
       <c r="L47" s="116"/>
       <c r="M47" s="116"/>
     </row>
     <row r="48" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="112" t="s">
         <v>60</v>
       </c>
       <c r="B48" s="111" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="117">
-        <v>34706</v>
+        <v>34846</v>
       </c>
       <c r="D48" s="118">
-        <v>-53</v>
+        <v>-33</v>
       </c>
       <c r="E48" s="118">
-        <v>345</v>
+        <v>152</v>
       </c>
       <c r="F48" s="118">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="G48" s="118">
-        <v>309</v>
+        <v>124</v>
       </c>
       <c r="H48" s="118">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="I48" s="118"/>
       <c r="J48" s="119">
-        <v>34346</v>
+        <v>34706</v>
       </c>
       <c r="K48" s="116"/>
       <c r="M48" s="116"/>
     </row>
     <row r="49" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="120" t="s">
         <v>125</v>
       </c>
       <c r="B49" s="120"/>
       <c r="C49" s="121">
-        <v>611</v>
+        <v>690</v>
       </c>
       <c r="D49" s="122">
-        <v>-62</v>
+        <v>-73</v>
       </c>
       <c r="E49" s="122">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F49" s="122">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="G49" s="122">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H49" s="122">
-        <v>-56</v>
+        <v>21</v>
       </c>
       <c r="I49" s="122"/>
       <c r="J49" s="123">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="K49" s="116"/>
       <c r="M49" s="116"/>
     </row>
     <row r="50" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="111" t="s">
         <v>2</v>
       </c>
       <c r="B50" s="111"/>
       <c r="C50" s="121">
-        <v>146455</v>
+        <v>146867</v>
       </c>
       <c r="D50" s="122">
-        <v>128</v>
+        <v>177</v>
       </c>
       <c r="E50" s="130">
-        <v>459</v>
+        <v>196</v>
       </c>
       <c r="F50" s="122">
         <v>0</v>
       </c>
       <c r="G50" s="130">
-        <v>587</v>
+        <v>373</v>
       </c>
       <c r="H50" s="122">
-        <v>-5</v>
+        <v>39</v>
       </c>
       <c r="I50" s="122"/>
       <c r="J50" s="123">
-        <v>145873</v>
+        <v>146455</v>
       </c>
       <c r="K50" s="116"/>
       <c r="M50" s="116"/>
     </row>
     <row r="51" spans="1:13" s="46" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="42"/>
       <c r="B51" s="48"/>
       <c r="C51" s="48"/>
       <c r="D51" s="48"/>
       <c r="E51" s="48"/>
       <c r="F51" s="48"/>
       <c r="G51" s="48"/>
       <c r="H51" s="48"/>
       <c r="I51" s="48"/>
       <c r="J51" s="6" t="s">
         <v>0</v>
       </c>
       <c r="K51" s="47"/>
     </row>
     <row r="52" spans="1:13" s="46" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A52" s="132" t="s">
         <v>124</v>
       </c>
       <c r="B52" s="133"/>
       <c r="C52" s="133"/>
@@ -4063,50 +4133,1442 @@
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="126" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A52:J52"/>
     <mergeCell ref="A53:J53"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:M53"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
+    <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="C5" s="4"/>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="28" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="28"/>
+      <c r="C6" s="29" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="107" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="107" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" s="107" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="107" t="s">
+        <v>127</v>
+      </c>
+      <c r="H6" s="107" t="s">
+        <v>9</v>
+      </c>
+      <c r="I6" s="30"/>
+      <c r="J6" s="30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="31">
+        <v>42735</v>
+      </c>
+      <c r="D7" s="110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="110" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7" s="110" t="s">
+        <v>111</v>
+      </c>
+      <c r="G7" s="110" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="I7" s="4"/>
+      <c r="J7" s="31">
+        <v>42369</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="26"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" s="110" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="110" t="s">
+        <v>112</v>
+      </c>
+      <c r="G8" s="110" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="110" t="s">
+        <v>89</v>
+      </c>
+      <c r="I8" s="4"/>
+      <c r="J8" s="4"/>
+    </row>
+    <row r="9" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="26"/>
+      <c r="B9" s="26"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" s="110"/>
+      <c r="F9" s="110" t="s">
+        <v>113</v>
+      </c>
+      <c r="G9" s="110"/>
+      <c r="H9" s="110" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" s="4"/>
+      <c r="J9" s="4"/>
+    </row>
+    <row r="10" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="27"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="112" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="112"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="112"/>
+      <c r="H10" s="112"/>
+      <c r="I10" s="32"/>
+      <c r="J10" s="32"/>
+    </row>
+    <row r="11" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="4">
+        <v>1</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="33">
+        <v>1190</v>
+      </c>
+      <c r="D11" s="39">
+        <v>1</v>
+      </c>
+      <c r="E11" s="39">
+        <v>-9</v>
+      </c>
+      <c r="F11" s="39">
+        <v>-39</v>
+      </c>
+      <c r="G11" s="39">
+        <v>-47</v>
+      </c>
+      <c r="H11" s="39">
+        <v>34</v>
+      </c>
+      <c r="I11" s="39"/>
+      <c r="J11" s="36">
+        <v>1203</v>
+      </c>
+      <c r="M11" s="45"/>
+    </row>
+    <row r="12" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="4">
+        <v>2</v>
+      </c>
+      <c r="B12" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="33">
+        <v>985</v>
+      </c>
+      <c r="D12" s="39">
+        <v>3</v>
+      </c>
+      <c r="E12" s="39">
+        <v>-22</v>
+      </c>
+      <c r="F12" s="39">
+        <v>-22</v>
+      </c>
+      <c r="G12" s="39">
+        <v>-41</v>
+      </c>
+      <c r="H12" s="39">
+        <v>25</v>
+      </c>
+      <c r="I12" s="39"/>
+      <c r="J12" s="36">
+        <v>1001</v>
+      </c>
+      <c r="M12" s="45"/>
+    </row>
+    <row r="13" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="4">
+        <v>3</v>
+      </c>
+      <c r="B13" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="33">
+        <v>1271</v>
+      </c>
+      <c r="D13" s="39">
+        <v>12</v>
+      </c>
+      <c r="E13" s="39">
+        <v>-28</v>
+      </c>
+      <c r="F13" s="39">
+        <v>-32</v>
+      </c>
+      <c r="G13" s="39">
+        <v>-48</v>
+      </c>
+      <c r="H13" s="39">
+        <v>33</v>
+      </c>
+      <c r="I13" s="39"/>
+      <c r="J13" s="36">
+        <v>1286</v>
+      </c>
+      <c r="M13" s="45"/>
+    </row>
+    <row r="14" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="4">
+        <v>4</v>
+      </c>
+      <c r="B14" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="33">
+        <v>721</v>
+      </c>
+      <c r="D14" s="39">
+        <v>-49</v>
+      </c>
+      <c r="E14" s="39">
+        <v>50</v>
+      </c>
+      <c r="F14" s="39">
+        <v>59</v>
+      </c>
+      <c r="G14" s="39">
+        <v>60</v>
+      </c>
+      <c r="H14" s="39">
+        <v>-65</v>
+      </c>
+      <c r="I14" s="39"/>
+      <c r="J14" s="36">
+        <v>726</v>
+      </c>
+      <c r="M14" s="45"/>
+    </row>
+    <row r="15" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4">
+        <v>5</v>
+      </c>
+      <c r="B15" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="33">
+        <v>393</v>
+      </c>
+      <c r="D15" s="39">
+        <v>-4</v>
+      </c>
+      <c r="E15" s="39">
+        <v>15</v>
+      </c>
+      <c r="F15" s="39">
+        <v>-6</v>
+      </c>
+      <c r="G15" s="39">
+        <v>5</v>
+      </c>
+      <c r="H15" s="39">
+        <v>4</v>
+      </c>
+      <c r="I15" s="39"/>
+      <c r="J15" s="36">
+        <v>384</v>
+      </c>
+      <c r="M15" s="45"/>
+    </row>
+    <row r="16" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="32" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="34">
+        <v>4560</v>
+      </c>
+      <c r="D16" s="40">
+        <v>-37</v>
+      </c>
+      <c r="E16" s="40">
+        <v>6</v>
+      </c>
+      <c r="F16" s="40">
+        <v>-40</v>
+      </c>
+      <c r="G16" s="40">
+        <v>-71</v>
+      </c>
+      <c r="H16" s="40">
+        <v>31</v>
+      </c>
+      <c r="I16" s="40"/>
+      <c r="J16" s="37">
+        <v>4600</v>
+      </c>
+      <c r="M16" s="45"/>
+    </row>
+    <row r="17" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="4">
+        <v>6</v>
+      </c>
+      <c r="B17" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="33">
+        <v>1108</v>
+      </c>
+      <c r="D17" s="39">
+        <v>-21</v>
+      </c>
+      <c r="E17" s="39">
+        <v>58</v>
+      </c>
+      <c r="F17" s="39">
+        <v>45</v>
+      </c>
+      <c r="G17" s="39">
+        <v>82</v>
+      </c>
+      <c r="H17" s="39">
+        <v>-49</v>
+      </c>
+      <c r="I17" s="39"/>
+      <c r="J17" s="36">
+        <v>1075</v>
+      </c>
+      <c r="M17" s="45"/>
+    </row>
+    <row r="18" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="4">
+        <v>7</v>
+      </c>
+      <c r="B18" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="33">
+        <v>3771</v>
+      </c>
+      <c r="D18" s="39">
+        <v>31</v>
+      </c>
+      <c r="E18" s="39">
+        <v>-8</v>
+      </c>
+      <c r="F18" s="39">
+        <v>-9</v>
+      </c>
+      <c r="G18" s="39">
+        <v>14</v>
+      </c>
+      <c r="H18" s="39">
+        <v>-3</v>
+      </c>
+      <c r="I18" s="39"/>
+      <c r="J18" s="36">
+        <v>3760</v>
+      </c>
+      <c r="M18" s="45"/>
+    </row>
+    <row r="19" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="4">
+        <v>8</v>
+      </c>
+      <c r="B19" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="33">
+        <v>5179</v>
+      </c>
+      <c r="D19" s="39">
+        <v>56</v>
+      </c>
+      <c r="E19" s="39">
+        <v>-67</v>
+      </c>
+      <c r="F19" s="39">
+        <v>-46</v>
+      </c>
+      <c r="G19" s="39">
+        <v>-57</v>
+      </c>
+      <c r="H19" s="39">
+        <v>38</v>
+      </c>
+      <c r="I19" s="39"/>
+      <c r="J19" s="36">
+        <v>5198</v>
+      </c>
+      <c r="M19" s="45"/>
+    </row>
+    <row r="20" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="4">
+        <v>9</v>
+      </c>
+      <c r="B20" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="33">
+        <v>3166</v>
+      </c>
+      <c r="D20" s="39">
+        <v>15</v>
+      </c>
+      <c r="E20" s="39">
+        <v>28</v>
+      </c>
+      <c r="F20" s="39">
+        <v>18</v>
+      </c>
+      <c r="G20" s="39">
+        <v>61</v>
+      </c>
+      <c r="H20" s="39">
+        <v>-31</v>
+      </c>
+      <c r="I20" s="39"/>
+      <c r="J20" s="36">
+        <v>3136</v>
+      </c>
+      <c r="M20" s="45"/>
+    </row>
+    <row r="21" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="4">
+        <v>10</v>
+      </c>
+      <c r="B21" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="33">
+        <v>1749</v>
+      </c>
+      <c r="D21" s="39">
+        <v>1</v>
+      </c>
+      <c r="E21" s="39">
+        <v>63</v>
+      </c>
+      <c r="F21" s="39">
+        <v>-49</v>
+      </c>
+      <c r="G21" s="39">
+        <v>15</v>
+      </c>
+      <c r="H21" s="39">
+        <v>46</v>
+      </c>
+      <c r="I21" s="39"/>
+      <c r="J21" s="36">
+        <v>1688</v>
+      </c>
+      <c r="M21" s="45"/>
+    </row>
+    <row r="22" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="4">
+        <v>11</v>
+      </c>
+      <c r="B22" s="26" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="33">
+        <v>4310</v>
+      </c>
+      <c r="D22" s="39">
+        <v>48</v>
+      </c>
+      <c r="E22" s="39">
+        <v>46</v>
+      </c>
+      <c r="F22" s="39">
+        <v>7</v>
+      </c>
+      <c r="G22" s="39">
+        <v>101</v>
+      </c>
+      <c r="H22" s="39">
+        <v>-13</v>
+      </c>
+      <c r="I22" s="39"/>
+      <c r="J22" s="36">
+        <v>4222</v>
+      </c>
+      <c r="M22" s="45"/>
+    </row>
+    <row r="23" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="34">
+        <v>19283</v>
+      </c>
+      <c r="D23" s="40">
+        <v>130</v>
+      </c>
+      <c r="E23" s="40">
+        <v>120</v>
+      </c>
+      <c r="F23" s="40">
+        <v>-34</v>
+      </c>
+      <c r="G23" s="40">
+        <v>216</v>
+      </c>
+      <c r="H23" s="40">
+        <v>-12</v>
+      </c>
+      <c r="I23" s="40"/>
+      <c r="J23" s="37">
+        <v>19079</v>
+      </c>
+      <c r="M23" s="45"/>
+    </row>
+    <row r="24" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="4">
+        <v>12</v>
+      </c>
+      <c r="B24" s="26" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="33">
+        <v>7019</v>
+      </c>
+      <c r="D24" s="39">
+        <v>4</v>
+      </c>
+      <c r="E24" s="39">
+        <v>-52</v>
+      </c>
+      <c r="F24" s="39">
+        <v>-94</v>
+      </c>
+      <c r="G24" s="39">
+        <v>-142</v>
+      </c>
+      <c r="H24" s="39">
+        <v>102</v>
+      </c>
+      <c r="I24" s="39"/>
+      <c r="J24" s="36">
+        <v>7059</v>
+      </c>
+      <c r="M24" s="45"/>
+    </row>
+    <row r="25" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="4">
+        <v>13</v>
+      </c>
+      <c r="B25" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25" s="33">
+        <v>2434</v>
+      </c>
+      <c r="D25" s="39">
+        <v>10</v>
+      </c>
+      <c r="E25" s="39">
+        <v>20</v>
+      </c>
+      <c r="F25" s="39">
+        <v>29</v>
+      </c>
+      <c r="G25" s="39">
+        <v>59</v>
+      </c>
+      <c r="H25" s="39">
+        <v>-29</v>
+      </c>
+      <c r="I25" s="39"/>
+      <c r="J25" s="36">
+        <v>2404</v>
+      </c>
+      <c r="M25" s="45"/>
+    </row>
+    <row r="26" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="4">
+        <v>14</v>
+      </c>
+      <c r="B26" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="33">
+        <v>6917</v>
+      </c>
+      <c r="D26" s="39">
+        <v>46</v>
+      </c>
+      <c r="E26" s="39">
+        <v>4</v>
+      </c>
+      <c r="F26" s="39">
+        <v>-68</v>
+      </c>
+      <c r="G26" s="39">
+        <v>-18</v>
+      </c>
+      <c r="H26" s="39">
+        <v>70</v>
+      </c>
+      <c r="I26" s="39"/>
+      <c r="J26" s="36">
+        <v>6865</v>
+      </c>
+      <c r="M26" s="45"/>
+    </row>
+    <row r="27" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="4">
+        <v>15</v>
+      </c>
+      <c r="B27" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="33">
+        <v>3324</v>
+      </c>
+      <c r="D27" s="39">
+        <v>39</v>
+      </c>
+      <c r="E27" s="39">
+        <v>-23</v>
+      </c>
+      <c r="F27" s="39">
+        <v>-28</v>
+      </c>
+      <c r="G27" s="39">
+        <v>-12</v>
+      </c>
+      <c r="H27" s="39">
+        <v>32</v>
+      </c>
+      <c r="I27" s="39"/>
+      <c r="J27" s="36">
+        <v>3304</v>
+      </c>
+      <c r="M27" s="45"/>
+    </row>
+    <row r="28" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="4">
+        <v>16</v>
+      </c>
+      <c r="B28" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="C28" s="33">
+        <v>7181</v>
+      </c>
+      <c r="D28" s="39">
+        <v>61</v>
+      </c>
+      <c r="E28" s="39">
+        <v>146</v>
+      </c>
+      <c r="F28" s="39">
+        <v>37</v>
+      </c>
+      <c r="G28" s="39">
+        <v>244</v>
+      </c>
+      <c r="H28" s="39">
+        <v>-41</v>
+      </c>
+      <c r="I28" s="39"/>
+      <c r="J28" s="36">
+        <v>6978</v>
+      </c>
+      <c r="M28" s="45"/>
+    </row>
+    <row r="29" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="4">
+        <v>17</v>
+      </c>
+      <c r="B29" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="33">
+        <v>4130</v>
+      </c>
+      <c r="D29" s="39">
+        <v>18</v>
+      </c>
+      <c r="E29" s="39">
+        <v>26</v>
+      </c>
+      <c r="F29" s="39">
+        <v>-17</v>
+      </c>
+      <c r="G29" s="39">
+        <v>27</v>
+      </c>
+      <c r="H29" s="39">
+        <v>-4</v>
+      </c>
+      <c r="I29" s="39"/>
+      <c r="J29" s="36">
+        <v>4107</v>
+      </c>
+      <c r="M29" s="45"/>
+    </row>
+    <row r="30" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="32" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="C30" s="34">
+        <v>31005</v>
+      </c>
+      <c r="D30" s="40">
+        <v>178</v>
+      </c>
+      <c r="E30" s="40">
+        <v>121</v>
+      </c>
+      <c r="F30" s="40">
+        <v>-141</v>
+      </c>
+      <c r="G30" s="40">
+        <v>158</v>
+      </c>
+      <c r="H30" s="40">
+        <v>130</v>
+      </c>
+      <c r="I30" s="40"/>
+      <c r="J30" s="37">
+        <v>30717</v>
+      </c>
+      <c r="M30" s="45"/>
+    </row>
+    <row r="31" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="4">
+        <v>18</v>
+      </c>
+      <c r="B31" s="26" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="33">
+        <v>3839</v>
+      </c>
+      <c r="D31" s="39">
+        <v>36</v>
+      </c>
+      <c r="E31" s="39">
+        <v>44</v>
+      </c>
+      <c r="F31" s="39">
+        <v>-7</v>
+      </c>
+      <c r="G31" s="39">
+        <v>73</v>
+      </c>
+      <c r="H31" s="39">
+        <v>-21</v>
+      </c>
+      <c r="I31" s="39"/>
+      <c r="J31" s="36">
+        <v>3787</v>
+      </c>
+      <c r="M31" s="45"/>
+    </row>
+    <row r="32" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="4">
+        <v>19</v>
+      </c>
+      <c r="B32" s="26" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" s="33">
+        <v>1837</v>
+      </c>
+      <c r="D32" s="39">
+        <v>1</v>
+      </c>
+      <c r="E32" s="39">
+        <v>40</v>
+      </c>
+      <c r="F32" s="39">
+        <v>19</v>
+      </c>
+      <c r="G32" s="39">
+        <v>60</v>
+      </c>
+      <c r="H32" s="39">
+        <v>-42</v>
+      </c>
+      <c r="I32" s="39"/>
+      <c r="J32" s="36">
+        <v>1819</v>
+      </c>
+      <c r="M32" s="45"/>
+    </row>
+    <row r="33" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="4">
+        <v>20</v>
+      </c>
+      <c r="B33" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="33">
+        <v>4743</v>
+      </c>
+      <c r="D33" s="39">
+        <v>-37</v>
+      </c>
+      <c r="E33" s="39">
+        <v>59</v>
+      </c>
+      <c r="F33" s="39">
+        <v>29</v>
+      </c>
+      <c r="G33" s="39">
+        <v>51</v>
+      </c>
+      <c r="H33" s="39">
+        <v>-44</v>
+      </c>
+      <c r="I33" s="39"/>
+      <c r="J33" s="36">
+        <v>4736</v>
+      </c>
+      <c r="M33" s="45"/>
+    </row>
+    <row r="34" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="4">
+        <v>21</v>
+      </c>
+      <c r="B34" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="33">
+        <v>4918</v>
+      </c>
+      <c r="D34" s="39">
+        <v>-36</v>
+      </c>
+      <c r="E34" s="39">
+        <v>49</v>
+      </c>
+      <c r="F34" s="39">
+        <v>40</v>
+      </c>
+      <c r="G34" s="39">
+        <v>53</v>
+      </c>
+      <c r="H34" s="39">
+        <v>-15</v>
+      </c>
+      <c r="I34" s="39"/>
+      <c r="J34" s="36">
+        <v>4880</v>
+      </c>
+      <c r="M34" s="45"/>
+    </row>
+    <row r="35" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="4">
+        <v>22</v>
+      </c>
+      <c r="B35" s="26" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" s="33">
+        <v>8847</v>
+      </c>
+      <c r="D35" s="39">
+        <v>1</v>
+      </c>
+      <c r="E35" s="39">
+        <v>130</v>
+      </c>
+      <c r="F35" s="39">
+        <v>74</v>
+      </c>
+      <c r="G35" s="39">
+        <v>205</v>
+      </c>
+      <c r="H35" s="39">
+        <v>-93</v>
+      </c>
+      <c r="I35" s="39"/>
+      <c r="J35" s="36">
+        <v>8735</v>
+      </c>
+      <c r="M35" s="45"/>
+    </row>
+    <row r="36" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="4">
+        <v>23</v>
+      </c>
+      <c r="B36" s="26" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="33">
+        <v>2887</v>
+      </c>
+      <c r="D36" s="39">
+        <v>16</v>
+      </c>
+      <c r="E36" s="39">
+        <v>-10</v>
+      </c>
+      <c r="F36" s="39">
+        <v>-32</v>
+      </c>
+      <c r="G36" s="39">
+        <v>-26</v>
+      </c>
+      <c r="H36" s="39">
+        <v>22</v>
+      </c>
+      <c r="I36" s="39"/>
+      <c r="J36" s="36">
+        <v>2891</v>
+      </c>
+      <c r="M36" s="45"/>
+    </row>
+    <row r="37" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="32" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="34">
+        <v>27071</v>
+      </c>
+      <c r="D37" s="40">
+        <v>-19</v>
+      </c>
+      <c r="E37" s="40">
+        <v>312</v>
+      </c>
+      <c r="F37" s="40">
+        <v>123</v>
+      </c>
+      <c r="G37" s="40">
+        <v>416</v>
+      </c>
+      <c r="H37" s="40">
+        <v>-193</v>
+      </c>
+      <c r="I37" s="40"/>
+      <c r="J37" s="37">
+        <v>26848</v>
+      </c>
+      <c r="M37" s="45"/>
+    </row>
+    <row r="38" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="4">
+        <v>24</v>
+      </c>
+      <c r="B38" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="33">
+        <v>1439</v>
+      </c>
+      <c r="D38" s="39">
+        <v>-25</v>
+      </c>
+      <c r="E38" s="39">
+        <v>22</v>
+      </c>
+      <c r="F38" s="39">
+        <v>9</v>
+      </c>
+      <c r="G38" s="39">
+        <v>6</v>
+      </c>
+      <c r="H38" s="39">
+        <v>-8</v>
+      </c>
+      <c r="I38" s="39"/>
+      <c r="J38" s="36">
+        <v>1441</v>
+      </c>
+      <c r="M38" s="45"/>
+    </row>
+    <row r="39" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="4">
+        <v>25</v>
+      </c>
+      <c r="B39" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="33">
+        <v>7348</v>
+      </c>
+      <c r="D39" s="39">
+        <v>70</v>
+      </c>
+      <c r="E39" s="39">
+        <v>-78</v>
+      </c>
+      <c r="F39" s="39">
+        <v>-34</v>
+      </c>
+      <c r="G39" s="39">
+        <v>-42</v>
+      </c>
+      <c r="H39" s="39">
+        <v>37</v>
+      </c>
+      <c r="I39" s="39"/>
+      <c r="J39" s="36">
+        <v>7353</v>
+      </c>
+      <c r="M39" s="45"/>
+    </row>
+    <row r="40" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="4">
+        <v>26</v>
+      </c>
+      <c r="B40" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="33">
+        <v>6178</v>
+      </c>
+      <c r="D40" s="39">
+        <v>27</v>
+      </c>
+      <c r="E40" s="39">
+        <v>54</v>
+      </c>
+      <c r="F40" s="39">
+        <v>47</v>
+      </c>
+      <c r="G40" s="39">
+        <v>128</v>
+      </c>
+      <c r="H40" s="39">
+        <v>-55</v>
+      </c>
+      <c r="I40" s="39"/>
+      <c r="J40" s="36">
+        <v>6105</v>
+      </c>
+      <c r="M40" s="45"/>
+    </row>
+    <row r="41" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="4">
+        <v>27</v>
+      </c>
+      <c r="B41" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="C41" s="33">
+        <v>6376</v>
+      </c>
+      <c r="D41" s="39">
+        <v>51</v>
+      </c>
+      <c r="E41" s="39">
+        <v>136</v>
+      </c>
+      <c r="F41" s="39">
+        <v>92</v>
+      </c>
+      <c r="G41" s="39">
+        <v>279</v>
+      </c>
+      <c r="H41" s="39">
+        <v>-91</v>
+      </c>
+      <c r="I41" s="39"/>
+      <c r="J41" s="36">
+        <v>6188</v>
+      </c>
+      <c r="M41" s="45"/>
+    </row>
+    <row r="42" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="4">
+        <v>28</v>
+      </c>
+      <c r="B42" s="26" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" s="33">
+        <v>3968</v>
+      </c>
+      <c r="D42" s="39">
+        <v>14</v>
+      </c>
+      <c r="E42" s="39">
+        <v>-74</v>
+      </c>
+      <c r="F42" s="39">
+        <v>-64</v>
+      </c>
+      <c r="G42" s="39">
+        <v>-124</v>
+      </c>
+      <c r="H42" s="39">
+        <v>61</v>
+      </c>
+      <c r="I42" s="39"/>
+      <c r="J42" s="36">
+        <v>4031</v>
+      </c>
+      <c r="M42" s="45"/>
+    </row>
+    <row r="43" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="C43" s="34">
+        <v>25309</v>
+      </c>
+      <c r="D43" s="40">
+        <v>137</v>
+      </c>
+      <c r="E43" s="40">
+        <v>60</v>
+      </c>
+      <c r="F43" s="40">
+        <v>50</v>
+      </c>
+      <c r="G43" s="40">
+        <v>247</v>
+      </c>
+      <c r="H43" s="40">
+        <v>-56</v>
+      </c>
+      <c r="I43" s="40"/>
+      <c r="J43" s="37">
+        <v>25118</v>
+      </c>
+      <c r="M43" s="45"/>
+    </row>
+    <row r="44" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="4">
+        <v>29</v>
+      </c>
+      <c r="B44" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="C44" s="33">
+        <v>16727</v>
+      </c>
+      <c r="D44" s="39">
+        <v>-58</v>
+      </c>
+      <c r="E44" s="39">
+        <v>266</v>
+      </c>
+      <c r="F44" s="39">
+        <v>106</v>
+      </c>
+      <c r="G44" s="39">
+        <v>314</v>
+      </c>
+      <c r="H44" s="39">
+        <v>-124</v>
+      </c>
+      <c r="I44" s="39"/>
+      <c r="J44" s="36">
+        <v>16537</v>
+      </c>
+      <c r="M44" s="45"/>
+    </row>
+    <row r="45" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="4">
+        <v>30</v>
+      </c>
+      <c r="B45" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="33">
+        <v>1384</v>
+      </c>
+      <c r="D45" s="39">
+        <v>-2</v>
+      </c>
+      <c r="E45" s="39">
+        <v>2</v>
+      </c>
+      <c r="F45" s="39">
+        <v>-3</v>
+      </c>
+      <c r="G45" s="39">
+        <v>-3</v>
+      </c>
+      <c r="H45" s="39">
+        <v>-2</v>
+      </c>
+      <c r="I45" s="39"/>
+      <c r="J45" s="36">
+        <v>1389</v>
+      </c>
+      <c r="M45" s="45"/>
+    </row>
+    <row r="46" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="4">
+        <v>31</v>
+      </c>
+      <c r="B46" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="33">
+        <v>1830</v>
+      </c>
+      <c r="D46" s="39">
+        <v>8</v>
+      </c>
+      <c r="E46" s="39">
+        <v>62</v>
+      </c>
+      <c r="F46" s="39">
+        <v>60</v>
+      </c>
+      <c r="G46" s="39">
+        <v>130</v>
+      </c>
+      <c r="H46" s="39">
+        <v>-64</v>
+      </c>
+      <c r="I46" s="39"/>
+      <c r="J46" s="36">
+        <v>1764</v>
+      </c>
+      <c r="M46" s="45"/>
+    </row>
+    <row r="47" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="4">
+        <v>32</v>
+      </c>
+      <c r="B47" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="C47" s="33">
+        <v>14491</v>
+      </c>
+      <c r="D47" s="39">
+        <v>54</v>
+      </c>
+      <c r="E47" s="39">
+        <v>-60</v>
+      </c>
+      <c r="F47" s="39">
+        <v>-121</v>
+      </c>
+      <c r="G47" s="39">
+        <v>-127</v>
+      </c>
+      <c r="H47" s="39">
+        <v>103</v>
+      </c>
+      <c r="I47" s="39"/>
+      <c r="J47" s="36">
+        <v>14515</v>
+      </c>
+      <c r="M47" s="45"/>
+    </row>
+    <row r="48" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="B48" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C48" s="34">
+        <v>34432</v>
+      </c>
+      <c r="D48" s="40">
+        <v>2</v>
+      </c>
+      <c r="E48" s="40">
+        <v>270</v>
+      </c>
+      <c r="F48" s="40">
+        <v>42</v>
+      </c>
+      <c r="G48" s="40">
+        <v>314</v>
+      </c>
+      <c r="H48" s="40">
+        <v>-87</v>
+      </c>
+      <c r="I48" s="40"/>
+      <c r="J48" s="37">
+        <v>34205</v>
+      </c>
+      <c r="M48" s="45"/>
+    </row>
+    <row r="49" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="B49" s="27"/>
+      <c r="C49" s="35">
+        <v>141660</v>
+      </c>
+      <c r="D49" s="41">
+        <v>391</v>
+      </c>
+      <c r="E49" s="41">
+        <v>889</v>
+      </c>
+      <c r="F49" s="41" t="s">
+        <v>108</v>
+      </c>
+      <c r="G49" s="50">
+        <v>1280</v>
+      </c>
+      <c r="H49" s="41">
+        <v>-187</v>
+      </c>
+      <c r="I49" s="41"/>
+      <c r="J49" s="38">
+        <v>140567</v>
+      </c>
+      <c r="M49" s="45"/>
+    </row>
+    <row r="50" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J50" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" s="42" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="42" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" s="5" customFormat="1" ht="9" x14ac:dyDescent="0.2">
+      <c r="A52" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" s="43" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J53" s="44" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
+&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:L56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="10" style="7" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="9" width="8.7109375" style="7" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="7" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
     </row>
@@ -5535,51 +6997,51 @@
       <c r="I55" s="12"/>
       <c r="J55" s="12"/>
     </row>
     <row r="56" spans="1:12" x14ac:dyDescent="0.2">
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
     </row>
   </sheetData>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:L56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="7" customWidth="1"/>
     <col min="6" max="6" width="10" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" style="7" customWidth="1"/>
     <col min="9" max="10" width="8.7109375" style="7" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="7" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>64</v>
       </c>
@@ -7013,51 +8475,51 @@
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
     </row>
     <row r="56" spans="1:11" x14ac:dyDescent="0.2">
       <c r="E56" s="12"/>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
       <c r="K56" s="12"/>
     </row>
   </sheetData>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:K54"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="7" customWidth="1"/>
     <col min="6" max="6" width="10" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" style="7" customWidth="1"/>
     <col min="9" max="10" width="8.7109375" style="7" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="7" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="8" t="s">
         <v>71</v>
       </c>
@@ -8436,51 +9898,51 @@
       <c r="J51" s="15"/>
       <c r="K51" s="15"/>
     </row>
     <row r="52" spans="1:11" s="14" customFormat="1" ht="9" x14ac:dyDescent="0.15"/>
     <row r="53" spans="1:11" s="14" customFormat="1" ht="9" x14ac:dyDescent="0.15">
       <c r="K53" s="16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:11" s="14" customFormat="1" ht="9" x14ac:dyDescent="0.15">
       <c r="K54" s="17"/>
     </row>
   </sheetData>
   <pageMargins left="0.62992125984251968" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:R54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="8.5703125" style="7" customWidth="1"/>
     <col min="6" max="6" width="10" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" style="7" customWidth="1"/>
     <col min="9" max="10" width="8.7109375" style="7" customWidth="1"/>
     <col min="11" max="11" width="9.7109375" style="7" customWidth="1"/>
     <col min="12" max="12" width="5.42578125" style="7" customWidth="1"/>
     <col min="13" max="13" width="8" style="7" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="1.42578125" style="7" customWidth="1"/>
     <col min="15" max="15" width="12.5703125" style="7" customWidth="1"/>
     <col min="16" max="16" width="7.28515625" style="7" customWidth="1"/>
     <col min="17" max="16384" width="11.42578125" style="7"/>
   </cols>
   <sheetData>
@@ -9987,51 +11449,51 @@
       <c r="A52" s="23"/>
     </row>
     <row r="53" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K53" s="24" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K54" s="25" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.74803149606299213" right="0.15748031496062992" top="0.31496062992125984" bottom="0.82677165354330717" header="0.19685039370078741" footer="0.23622047244094491"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:S50"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="10" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="9" style="7" customWidth="1"/>
     <col min="9" max="11" width="8.7109375" style="7" customWidth="1"/>
     <col min="12" max="12" width="2.140625" style="7" customWidth="1"/>
     <col min="13" max="13" width="7.28515625" style="7" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="7" customWidth="1"/>
     <col min="15" max="15" width="8" style="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="1.42578125" style="7" customWidth="1"/>
     <col min="17" max="17" width="6" style="7" customWidth="1"/>
     <col min="18" max="18" width="7.28515625" style="7" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="7"/>
   </cols>
@@ -11498,51 +12960,51 @@
       <c r="Q48" s="12"/>
       <c r="S48" s="12"/>
     </row>
     <row r="50" spans="11:11" x14ac:dyDescent="0.2">
       <c r="K50" s="25" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A48:C48"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:U51"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="7" customWidth="1"/>
     <col min="2" max="2" width="1.5703125" style="7" customWidth="1"/>
     <col min="3" max="3" width="22.7109375" style="7" customWidth="1"/>
     <col min="4" max="4" width="1.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="10" style="7" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="7" customWidth="1"/>
     <col min="8" max="8" width="9" style="7" customWidth="1"/>
     <col min="9" max="11" width="8.7109375" style="7" customWidth="1"/>
     <col min="12" max="12" width="2.140625" style="7" customWidth="1"/>
     <col min="13" max="13" width="7.28515625" style="7" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="7" customWidth="1"/>
     <col min="15" max="15" width="5.140625" style="7" customWidth="1"/>
     <col min="16" max="16" width="1.42578125" style="7" customWidth="1"/>
     <col min="17" max="17" width="6" style="7" customWidth="1"/>
     <col min="18" max="18" width="7.28515625" style="7" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="7"/>
   </cols>
@@ -12927,50 +14389,1602 @@
         <v>79</v>
       </c>
       <c r="U51" s="7" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A48:C48"/>
     <mergeCell ref="A49:C49"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4C187D7-CCE5-45C3-8269-06E2E41D8BB9}">
+  <dimension ref="A1:M55"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
+    <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="128" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="129" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="C5" s="4"/>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="105" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="105"/>
+      <c r="C6" s="106" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="107" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="107" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" s="107" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="107" t="s">
+        <v>127</v>
+      </c>
+      <c r="H6" s="107" t="s">
+        <v>9</v>
+      </c>
+      <c r="I6" s="107"/>
+      <c r="J6" s="107" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="108" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="109">
+        <v>45657</v>
+      </c>
+      <c r="D7" s="110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="110" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7" s="110" t="s">
+        <v>111</v>
+      </c>
+      <c r="G7" s="110" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="I7" s="110"/>
+      <c r="J7" s="109">
+        <v>45291</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="108"/>
+      <c r="B8" s="108"/>
+      <c r="C8" s="110"/>
+      <c r="D8" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" s="110" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="110" t="s">
+        <v>112</v>
+      </c>
+      <c r="G8" s="110" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="110" t="s">
+        <v>89</v>
+      </c>
+      <c r="I8" s="110"/>
+      <c r="J8" s="110"/>
+    </row>
+    <row r="9" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="108"/>
+      <c r="B9" s="108"/>
+      <c r="C9" s="110"/>
+      <c r="D9" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" s="110"/>
+      <c r="F9" s="110" t="s">
+        <v>113</v>
+      </c>
+      <c r="G9" s="110"/>
+      <c r="H9" s="110" t="s">
+        <v>20</v>
+      </c>
+      <c r="I9" s="110"/>
+      <c r="J9" s="110"/>
+    </row>
+    <row r="10" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="111"/>
+      <c r="B10" s="111"/>
+      <c r="C10" s="112"/>
+      <c r="D10" s="112" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="112"/>
+      <c r="F10" s="112"/>
+      <c r="G10" s="112"/>
+      <c r="H10" s="112"/>
+      <c r="I10" s="112"/>
+      <c r="J10" s="112"/>
+    </row>
+    <row r="11" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="110">
+        <v>1</v>
+      </c>
+      <c r="B11" s="108" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="113">
+        <v>1264</v>
+      </c>
+      <c r="D11" s="114">
+        <v>8</v>
+      </c>
+      <c r="E11" s="114">
+        <v>31</v>
+      </c>
+      <c r="F11" s="114">
+        <v>0</v>
+      </c>
+      <c r="G11" s="114">
+        <v>39</v>
+      </c>
+      <c r="H11" s="114">
+        <v>-5</v>
+      </c>
+      <c r="I11" s="114"/>
+      <c r="J11" s="115">
+        <v>1230</v>
+      </c>
+      <c r="K11" s="116"/>
+      <c r="L11" s="116"/>
+      <c r="M11" s="116"/>
+    </row>
+    <row r="12" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="110">
+        <v>2</v>
+      </c>
+      <c r="B12" s="108" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="113">
+        <v>1007</v>
+      </c>
+      <c r="D12" s="114">
+        <v>-3</v>
+      </c>
+      <c r="E12" s="114">
+        <v>3</v>
+      </c>
+      <c r="F12" s="114">
+        <v>4</v>
+      </c>
+      <c r="G12" s="114">
+        <v>4</v>
+      </c>
+      <c r="H12" s="114">
+        <v>-15</v>
+      </c>
+      <c r="I12" s="114"/>
+      <c r="J12" s="115">
+        <v>1018</v>
+      </c>
+      <c r="K12" s="116"/>
+      <c r="L12" s="116"/>
+      <c r="M12" s="116"/>
+    </row>
+    <row r="13" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="110">
+        <v>3</v>
+      </c>
+      <c r="B13" s="108" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="113">
+        <v>1359</v>
+      </c>
+      <c r="D13" s="114">
+        <v>-8</v>
+      </c>
+      <c r="E13" s="114">
+        <v>33</v>
+      </c>
+      <c r="F13" s="114">
+        <v>-44</v>
+      </c>
+      <c r="G13" s="114">
+        <v>-19</v>
+      </c>
+      <c r="H13" s="114">
+        <v>6</v>
+      </c>
+      <c r="I13" s="114"/>
+      <c r="J13" s="115">
+        <v>1372</v>
+      </c>
+      <c r="K13" s="116"/>
+      <c r="L13" s="116"/>
+      <c r="M13" s="116"/>
+    </row>
+    <row r="14" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="110">
+        <v>4</v>
+      </c>
+      <c r="B14" s="108" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="113">
+        <v>180</v>
+      </c>
+      <c r="D14" s="114">
+        <v>0</v>
+      </c>
+      <c r="E14" s="114">
+        <v>-3</v>
+      </c>
+      <c r="F14" s="114">
+        <v>-8</v>
+      </c>
+      <c r="G14" s="114">
+        <v>-11</v>
+      </c>
+      <c r="H14" s="114">
+        <v>5</v>
+      </c>
+      <c r="I14" s="114"/>
+      <c r="J14" s="115">
+        <v>186</v>
+      </c>
+      <c r="K14" s="116"/>
+      <c r="L14" s="116"/>
+      <c r="M14" s="116"/>
+    </row>
+    <row r="15" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="110">
+        <v>5</v>
+      </c>
+      <c r="B15" s="108" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="113">
+        <v>290</v>
+      </c>
+      <c r="D15" s="114">
+        <v>-4</v>
+      </c>
+      <c r="E15" s="114">
+        <v>7</v>
+      </c>
+      <c r="F15" s="114">
+        <v>-16</v>
+      </c>
+      <c r="G15" s="114">
+        <v>-13</v>
+      </c>
+      <c r="H15" s="114">
+        <v>-2</v>
+      </c>
+      <c r="I15" s="114"/>
+      <c r="J15" s="115">
+        <v>305</v>
+      </c>
+      <c r="K15" s="116"/>
+      <c r="L15" s="116"/>
+      <c r="M15" s="116"/>
+    </row>
+    <row r="16" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="112" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="111" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="117">
+        <v>4100</v>
+      </c>
+      <c r="D16" s="118">
+        <v>-7</v>
+      </c>
+      <c r="E16" s="118">
+        <v>71</v>
+      </c>
+      <c r="F16" s="118">
+        <v>-64</v>
+      </c>
+      <c r="G16" s="118">
+        <v>0</v>
+      </c>
+      <c r="H16" s="118">
+        <v>-11</v>
+      </c>
+      <c r="I16" s="118"/>
+      <c r="J16" s="119">
+        <v>4111</v>
+      </c>
+      <c r="K16" s="116"/>
+      <c r="L16" s="116"/>
+      <c r="M16" s="116"/>
+    </row>
+    <row r="17" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="110">
+        <v>6</v>
+      </c>
+      <c r="B17" s="108" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="113">
+        <v>1126</v>
+      </c>
+      <c r="D17" s="114">
+        <v>-10</v>
+      </c>
+      <c r="E17" s="114">
+        <v>17</v>
+      </c>
+      <c r="F17" s="114">
+        <v>15</v>
+      </c>
+      <c r="G17" s="114">
+        <v>22</v>
+      </c>
+      <c r="H17" s="114">
+        <v>1</v>
+      </c>
+      <c r="I17" s="114"/>
+      <c r="J17" s="115">
+        <v>1103</v>
+      </c>
+      <c r="K17" s="116"/>
+      <c r="L17" s="116"/>
+      <c r="M17" s="116"/>
+    </row>
+    <row r="18" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="110">
+        <v>7</v>
+      </c>
+      <c r="B18" s="108" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="113">
+        <v>4128</v>
+      </c>
+      <c r="D18" s="114">
+        <v>17</v>
+      </c>
+      <c r="E18" s="114">
+        <v>49</v>
+      </c>
+      <c r="F18" s="114">
+        <v>8</v>
+      </c>
+      <c r="G18" s="114">
+        <v>74</v>
+      </c>
+      <c r="H18" s="114">
+        <v>9</v>
+      </c>
+      <c r="I18" s="114"/>
+      <c r="J18" s="115">
+        <v>4045</v>
+      </c>
+      <c r="K18" s="116"/>
+      <c r="L18" s="116"/>
+      <c r="M18" s="116"/>
+    </row>
+    <row r="19" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="110">
+        <v>8</v>
+      </c>
+      <c r="B19" s="108" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="113">
+        <v>5324</v>
+      </c>
+      <c r="D19" s="114">
+        <v>39</v>
+      </c>
+      <c r="E19" s="114">
+        <v>13</v>
+      </c>
+      <c r="F19" s="114">
+        <v>-19</v>
+      </c>
+      <c r="G19" s="114">
+        <v>33</v>
+      </c>
+      <c r="H19" s="114">
+        <v>-17</v>
+      </c>
+      <c r="I19" s="114"/>
+      <c r="J19" s="115">
+        <v>5308</v>
+      </c>
+      <c r="K19" s="116"/>
+      <c r="L19" s="116"/>
+      <c r="M19" s="116"/>
+    </row>
+    <row r="20" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="110">
+        <v>9</v>
+      </c>
+      <c r="B20" s="108" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="113">
+        <v>3224</v>
+      </c>
+      <c r="D20" s="114">
+        <v>1</v>
+      </c>
+      <c r="E20" s="114">
+        <v>21</v>
+      </c>
+      <c r="F20" s="114">
+        <v>-19</v>
+      </c>
+      <c r="G20" s="114">
+        <v>3</v>
+      </c>
+      <c r="H20" s="114">
+        <v>-26</v>
+      </c>
+      <c r="I20" s="114"/>
+      <c r="J20" s="115">
+        <v>3247</v>
+      </c>
+      <c r="K20" s="116"/>
+      <c r="L20" s="116"/>
+      <c r="M20" s="116"/>
+    </row>
+    <row r="21" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="110">
+        <v>10</v>
+      </c>
+      <c r="B21" s="108" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="113">
+        <v>1694</v>
+      </c>
+      <c r="D21" s="114">
+        <v>-5</v>
+      </c>
+      <c r="E21" s="114">
+        <v>3</v>
+      </c>
+      <c r="F21" s="114">
+        <v>-7</v>
+      </c>
+      <c r="G21" s="114">
+        <v>-9</v>
+      </c>
+      <c r="H21" s="114">
+        <v>15</v>
+      </c>
+      <c r="I21" s="114"/>
+      <c r="J21" s="115">
+        <v>1688</v>
+      </c>
+      <c r="K21" s="116"/>
+      <c r="L21" s="116"/>
+      <c r="M21" s="116"/>
+    </row>
+    <row r="22" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="110">
+        <v>11</v>
+      </c>
+      <c r="B22" s="108" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="113">
+        <v>4271</v>
+      </c>
+      <c r="D22" s="114">
+        <v>20</v>
+      </c>
+      <c r="E22" s="114">
+        <v>20</v>
+      </c>
+      <c r="F22" s="114">
+        <v>4</v>
+      </c>
+      <c r="G22" s="114">
+        <v>44</v>
+      </c>
+      <c r="H22" s="114">
+        <v>-6</v>
+      </c>
+      <c r="I22" s="114"/>
+      <c r="J22" s="115">
+        <v>4233</v>
+      </c>
+      <c r="K22" s="116"/>
+      <c r="L22" s="116"/>
+      <c r="M22" s="116"/>
+    </row>
+    <row r="23" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="112" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="111" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="117">
+        <v>19767</v>
+      </c>
+      <c r="D23" s="118">
+        <v>62</v>
+      </c>
+      <c r="E23" s="118">
+        <v>123</v>
+      </c>
+      <c r="F23" s="118">
+        <v>-18</v>
+      </c>
+      <c r="G23" s="118">
+        <v>167</v>
+      </c>
+      <c r="H23" s="118">
+        <v>-24</v>
+      </c>
+      <c r="I23" s="118"/>
+      <c r="J23" s="119">
+        <v>19624</v>
+      </c>
+      <c r="K23" s="116"/>
+      <c r="L23" s="116"/>
+      <c r="M23" s="116"/>
+    </row>
+    <row r="24" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="110">
+        <v>12</v>
+      </c>
+      <c r="B24" s="108" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="113">
+        <v>8410</v>
+      </c>
+      <c r="D24" s="114">
+        <v>33</v>
+      </c>
+      <c r="E24" s="114">
+        <v>23</v>
+      </c>
+      <c r="F24" s="114">
+        <v>-51</v>
+      </c>
+      <c r="G24" s="114">
+        <v>5</v>
+      </c>
+      <c r="H24" s="114">
+        <v>-7</v>
+      </c>
+      <c r="I24" s="114"/>
+      <c r="J24" s="115">
+        <v>8412</v>
+      </c>
+      <c r="K24" s="116"/>
+      <c r="L24" s="116"/>
+      <c r="M24" s="116"/>
+    </row>
+    <row r="25" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="110">
+        <v>13</v>
+      </c>
+      <c r="B25" s="108" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25" s="113">
+        <v>2375</v>
+      </c>
+      <c r="D25" s="114">
+        <v>-5</v>
+      </c>
+      <c r="E25" s="114">
+        <v>-25</v>
+      </c>
+      <c r="F25" s="114">
+        <v>26</v>
+      </c>
+      <c r="G25" s="114">
+        <v>-4</v>
+      </c>
+      <c r="H25" s="114">
+        <v>1</v>
+      </c>
+      <c r="I25" s="114"/>
+      <c r="J25" s="115">
+        <v>2378</v>
+      </c>
+      <c r="K25" s="116"/>
+      <c r="L25" s="116"/>
+      <c r="M25" s="116"/>
+    </row>
+    <row r="26" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="110">
+        <v>14</v>
+      </c>
+      <c r="B26" s="108" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="113">
+        <v>6898</v>
+      </c>
+      <c r="D26" s="114">
+        <v>18</v>
+      </c>
+      <c r="E26" s="114">
+        <v>-1</v>
+      </c>
+      <c r="F26" s="114">
+        <v>6</v>
+      </c>
+      <c r="G26" s="114">
+        <v>23</v>
+      </c>
+      <c r="H26" s="114">
+        <v>16</v>
+      </c>
+      <c r="I26" s="114"/>
+      <c r="J26" s="115">
+        <v>6859</v>
+      </c>
+      <c r="K26" s="116"/>
+      <c r="L26" s="116"/>
+      <c r="M26" s="116"/>
+    </row>
+    <row r="27" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="110">
+        <v>15</v>
+      </c>
+      <c r="B27" s="108" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="113">
+        <v>3627</v>
+      </c>
+      <c r="D27" s="114">
+        <v>29</v>
+      </c>
+      <c r="E27" s="114">
+        <v>84</v>
+      </c>
+      <c r="F27" s="114">
+        <v>-47</v>
+      </c>
+      <c r="G27" s="114">
+        <v>66</v>
+      </c>
+      <c r="H27" s="114">
+        <v>23</v>
+      </c>
+      <c r="I27" s="114"/>
+      <c r="J27" s="115">
+        <v>3538</v>
+      </c>
+      <c r="K27" s="116"/>
+      <c r="L27" s="116"/>
+      <c r="M27" s="116"/>
+    </row>
+    <row r="28" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="110">
+        <v>16</v>
+      </c>
+      <c r="B28" s="108" t="s">
+        <v>40</v>
+      </c>
+      <c r="C28" s="113">
+        <v>7585</v>
+      </c>
+      <c r="D28" s="114">
+        <v>52</v>
+      </c>
+      <c r="E28" s="114">
+        <v>-5</v>
+      </c>
+      <c r="F28" s="114">
+        <v>42</v>
+      </c>
+      <c r="G28" s="114">
+        <v>89</v>
+      </c>
+      <c r="H28" s="114">
+        <v>31</v>
+      </c>
+      <c r="I28" s="114"/>
+      <c r="J28" s="115">
+        <v>7465</v>
+      </c>
+      <c r="K28" s="116"/>
+      <c r="L28" s="116"/>
+      <c r="M28" s="116"/>
+    </row>
+    <row r="29" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="110">
+        <v>17</v>
+      </c>
+      <c r="B29" s="108" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="113">
+        <v>4229</v>
+      </c>
+      <c r="D29" s="114">
+        <v>17</v>
+      </c>
+      <c r="E29" s="114">
+        <v>-17</v>
+      </c>
+      <c r="F29" s="114">
+        <v>-32</v>
+      </c>
+      <c r="G29" s="114">
+        <v>-32</v>
+      </c>
+      <c r="H29" s="114">
+        <v>-19</v>
+      </c>
+      <c r="I29" s="114"/>
+      <c r="J29" s="115">
+        <v>4280</v>
+      </c>
+      <c r="K29" s="116"/>
+      <c r="L29" s="116"/>
+      <c r="M29" s="116"/>
+    </row>
+    <row r="30" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30" s="111" t="s">
+        <v>93</v>
+      </c>
+      <c r="C30" s="117">
+        <v>33124</v>
+      </c>
+      <c r="D30" s="118">
+        <v>144</v>
+      </c>
+      <c r="E30" s="118">
+        <v>59</v>
+      </c>
+      <c r="F30" s="118">
+        <v>-56</v>
+      </c>
+      <c r="G30" s="118">
+        <v>147</v>
+      </c>
+      <c r="H30" s="118">
+        <v>45</v>
+      </c>
+      <c r="I30" s="118"/>
+      <c r="J30" s="119">
+        <v>32932</v>
+      </c>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="116"/>
+    </row>
+    <row r="31" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="110">
+        <v>18</v>
+      </c>
+      <c r="B31" s="108" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="113">
+        <v>3774</v>
+      </c>
+      <c r="D31" s="114">
+        <v>18</v>
+      </c>
+      <c r="E31" s="114">
+        <v>-33</v>
+      </c>
+      <c r="F31" s="114">
+        <v>-19</v>
+      </c>
+      <c r="G31" s="114">
+        <v>-34</v>
+      </c>
+      <c r="H31" s="114">
+        <v>2</v>
+      </c>
+      <c r="I31" s="114"/>
+      <c r="J31" s="115">
+        <v>3806</v>
+      </c>
+      <c r="K31" s="116"/>
+      <c r="L31" s="116"/>
+      <c r="M31" s="116"/>
+    </row>
+    <row r="32" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="110">
+        <v>19</v>
+      </c>
+      <c r="B32" s="108" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" s="113">
+        <v>1919</v>
+      </c>
+      <c r="D32" s="114">
+        <v>-4</v>
+      </c>
+      <c r="E32" s="114">
+        <v>-15</v>
+      </c>
+      <c r="F32" s="114">
+        <v>0</v>
+      </c>
+      <c r="G32" s="114">
+        <v>-19</v>
+      </c>
+      <c r="H32" s="114">
+        <v>-5</v>
+      </c>
+      <c r="I32" s="114"/>
+      <c r="J32" s="115">
+        <v>1943</v>
+      </c>
+      <c r="K32" s="116"/>
+      <c r="L32" s="116"/>
+      <c r="M32" s="116"/>
+    </row>
+    <row r="33" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="110">
+        <v>20</v>
+      </c>
+      <c r="B33" s="108" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="113">
+        <v>4967</v>
+      </c>
+      <c r="D33" s="114">
+        <v>-19</v>
+      </c>
+      <c r="E33" s="114">
+        <v>15</v>
+      </c>
+      <c r="F33" s="114">
+        <v>68</v>
+      </c>
+      <c r="G33" s="114">
+        <v>64</v>
+      </c>
+      <c r="H33" s="114">
+        <v>-10</v>
+      </c>
+      <c r="I33" s="114"/>
+      <c r="J33" s="115">
+        <v>4913</v>
+      </c>
+      <c r="K33" s="116"/>
+      <c r="L33" s="116"/>
+      <c r="M33" s="116"/>
+    </row>
+    <row r="34" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="110">
+        <v>21</v>
+      </c>
+      <c r="B34" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="113">
+        <v>5195</v>
+      </c>
+      <c r="D34" s="114">
+        <v>-25</v>
+      </c>
+      <c r="E34" s="114">
+        <v>0</v>
+      </c>
+      <c r="F34" s="114">
+        <v>53</v>
+      </c>
+      <c r="G34" s="114">
+        <v>28</v>
+      </c>
+      <c r="H34" s="114">
+        <v>-24</v>
+      </c>
+      <c r="I34" s="114"/>
+      <c r="J34" s="115">
+        <v>5191</v>
+      </c>
+      <c r="K34" s="116"/>
+      <c r="L34" s="116"/>
+      <c r="M34" s="116"/>
+    </row>
+    <row r="35" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="110">
+        <v>22</v>
+      </c>
+      <c r="B35" s="108" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" s="113">
+        <v>9023</v>
+      </c>
+      <c r="D35" s="114">
+        <v>8</v>
+      </c>
+      <c r="E35" s="114">
+        <v>-39</v>
+      </c>
+      <c r="F35" s="114">
+        <v>-36</v>
+      </c>
+      <c r="G35" s="114">
+        <v>-67</v>
+      </c>
+      <c r="H35" s="114">
+        <v>-2</v>
+      </c>
+      <c r="I35" s="114"/>
+      <c r="J35" s="115">
+        <v>9092</v>
+      </c>
+      <c r="K35" s="116"/>
+      <c r="L35" s="116"/>
+      <c r="M35" s="116"/>
+    </row>
+    <row r="36" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="110">
+        <v>23</v>
+      </c>
+      <c r="B36" s="108" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="113">
+        <v>2781</v>
+      </c>
+      <c r="D36" s="114">
+        <v>-1</v>
+      </c>
+      <c r="E36" s="114">
+        <v>-21</v>
+      </c>
+      <c r="F36" s="114">
+        <v>19</v>
+      </c>
+      <c r="G36" s="114">
+        <v>-3</v>
+      </c>
+      <c r="H36" s="114">
+        <v>11</v>
+      </c>
+      <c r="I36" s="114"/>
+      <c r="J36" s="115">
+        <v>2773</v>
+      </c>
+      <c r="K36" s="116"/>
+      <c r="L36" s="116"/>
+      <c r="M36" s="116"/>
+    </row>
+    <row r="37" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="112" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37" s="111" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="117">
+        <v>27659</v>
+      </c>
+      <c r="D37" s="118">
+        <v>-23</v>
+      </c>
+      <c r="E37" s="118">
+        <v>-93</v>
+      </c>
+      <c r="F37" s="118">
+        <v>85</v>
+      </c>
+      <c r="G37" s="118">
+        <v>-31</v>
+      </c>
+      <c r="H37" s="118">
+        <v>-28</v>
+      </c>
+      <c r="I37" s="118"/>
+      <c r="J37" s="119">
+        <v>27718</v>
+      </c>
+      <c r="K37" s="116"/>
+      <c r="L37" s="116"/>
+      <c r="M37" s="116"/>
+    </row>
+    <row r="38" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="110">
+        <v>24</v>
+      </c>
+      <c r="B38" s="108" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="113">
+        <v>1380</v>
+      </c>
+      <c r="D38" s="114">
+        <v>-33</v>
+      </c>
+      <c r="E38" s="114">
+        <v>8</v>
+      </c>
+      <c r="F38" s="114">
+        <v>19</v>
+      </c>
+      <c r="G38" s="114">
+        <v>-6</v>
+      </c>
+      <c r="H38" s="114">
+        <v>4</v>
+      </c>
+      <c r="I38" s="114"/>
+      <c r="J38" s="115">
+        <v>1382</v>
+      </c>
+      <c r="K38" s="116"/>
+      <c r="L38" s="116"/>
+      <c r="M38" s="116"/>
+    </row>
+    <row r="39" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="110">
+        <v>25</v>
+      </c>
+      <c r="B39" s="108" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="113">
+        <v>8092</v>
+      </c>
+      <c r="D39" s="114">
+        <v>49</v>
+      </c>
+      <c r="E39" s="114">
+        <v>-68</v>
+      </c>
+      <c r="F39" s="114">
+        <v>-9</v>
+      </c>
+      <c r="G39" s="114">
+        <v>-28</v>
+      </c>
+      <c r="H39" s="114">
+        <v>34</v>
+      </c>
+      <c r="I39" s="114"/>
+      <c r="J39" s="115">
+        <v>8086</v>
+      </c>
+      <c r="K39" s="116"/>
+      <c r="L39" s="116"/>
+      <c r="M39" s="116"/>
+    </row>
+    <row r="40" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="110">
+        <v>26</v>
+      </c>
+      <c r="B40" s="108" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="113">
+        <v>6512</v>
+      </c>
+      <c r="D40" s="114">
+        <v>16</v>
+      </c>
+      <c r="E40" s="114">
+        <v>-8</v>
+      </c>
+      <c r="F40" s="114">
+        <v>-53</v>
+      </c>
+      <c r="G40" s="114">
+        <v>-45</v>
+      </c>
+      <c r="H40" s="114">
+        <v>3</v>
+      </c>
+      <c r="I40" s="114"/>
+      <c r="J40" s="115">
+        <v>6554</v>
+      </c>
+      <c r="K40" s="116"/>
+      <c r="L40" s="116"/>
+      <c r="M40" s="116"/>
+    </row>
+    <row r="41" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="110">
+        <v>27</v>
+      </c>
+      <c r="B41" s="108" t="s">
+        <v>53</v>
+      </c>
+      <c r="C41" s="113">
+        <v>6517</v>
+      </c>
+      <c r="D41" s="114">
+        <v>43</v>
+      </c>
+      <c r="E41" s="114">
+        <v>-3</v>
+      </c>
+      <c r="F41" s="114">
+        <v>-29</v>
+      </c>
+      <c r="G41" s="114">
+        <v>11</v>
+      </c>
+      <c r="H41" s="114">
+        <v>-18</v>
+      </c>
+      <c r="I41" s="114"/>
+      <c r="J41" s="115">
+        <v>6524</v>
+      </c>
+      <c r="K41" s="116"/>
+      <c r="L41" s="116"/>
+      <c r="M41" s="116"/>
+    </row>
+    <row r="42" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="110">
+        <v>28</v>
+      </c>
+      <c r="B42" s="108" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" s="113">
+        <v>3987</v>
+      </c>
+      <c r="D42" s="114">
+        <v>-8</v>
+      </c>
+      <c r="E42" s="114">
+        <v>20</v>
+      </c>
+      <c r="F42" s="114">
+        <v>-3</v>
+      </c>
+      <c r="G42" s="114">
+        <v>9</v>
+      </c>
+      <c r="H42" s="114">
+        <v>-5</v>
+      </c>
+      <c r="I42" s="114"/>
+      <c r="J42" s="115">
+        <v>3983</v>
+      </c>
+      <c r="K42" s="116"/>
+      <c r="L42" s="116"/>
+      <c r="M42" s="116"/>
+    </row>
+    <row r="43" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="112" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" s="111" t="s">
+        <v>95</v>
+      </c>
+      <c r="C43" s="117">
+        <v>26488</v>
+      </c>
+      <c r="D43" s="118">
+        <v>67</v>
+      </c>
+      <c r="E43" s="118">
+        <v>-51</v>
+      </c>
+      <c r="F43" s="118">
+        <v>-75</v>
+      </c>
+      <c r="G43" s="118">
+        <v>-59</v>
+      </c>
+      <c r="H43" s="118">
+        <v>18</v>
+      </c>
+      <c r="I43" s="118"/>
+      <c r="J43" s="119">
+        <v>26529</v>
+      </c>
+      <c r="K43" s="116"/>
+      <c r="L43" s="116"/>
+      <c r="M43" s="116"/>
+    </row>
+    <row r="44" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="110">
+        <v>29</v>
+      </c>
+      <c r="B44" s="108" t="s">
+        <v>56</v>
+      </c>
+      <c r="C44" s="113">
+        <v>16954</v>
+      </c>
+      <c r="D44" s="114">
+        <v>-92</v>
+      </c>
+      <c r="E44" s="114">
+        <v>90</v>
+      </c>
+      <c r="F44" s="114">
+        <v>-73</v>
+      </c>
+      <c r="G44" s="114">
+        <v>-75</v>
+      </c>
+      <c r="H44" s="114">
+        <v>35</v>
+      </c>
+      <c r="I44" s="114"/>
+      <c r="J44" s="115">
+        <v>16994</v>
+      </c>
+      <c r="K44" s="116"/>
+      <c r="L44" s="116"/>
+      <c r="M44" s="116"/>
+    </row>
+    <row r="45" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="110">
+        <v>30</v>
+      </c>
+      <c r="B45" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="113">
+        <v>1455</v>
+      </c>
+      <c r="D45" s="114">
+        <v>6</v>
+      </c>
+      <c r="E45" s="114">
+        <v>12</v>
+      </c>
+      <c r="F45" s="114">
+        <v>13</v>
+      </c>
+      <c r="G45" s="114">
+        <v>31</v>
+      </c>
+      <c r="H45" s="114">
+        <v>-3</v>
+      </c>
+      <c r="I45" s="114"/>
+      <c r="J45" s="115">
+        <v>1427</v>
+      </c>
+      <c r="K45" s="116"/>
+      <c r="L45" s="116"/>
+      <c r="M45" s="116"/>
+    </row>
+    <row r="46" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="110">
+        <v>31</v>
+      </c>
+      <c r="B46" s="108" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="113">
+        <v>2135</v>
+      </c>
+      <c r="D46" s="114">
+        <v>7</v>
+      </c>
+      <c r="E46" s="114">
+        <v>23</v>
+      </c>
+      <c r="F46" s="114">
+        <v>-11</v>
+      </c>
+      <c r="G46" s="114">
+        <v>19</v>
+      </c>
+      <c r="H46" s="114">
+        <v>0</v>
+      </c>
+      <c r="I46" s="114"/>
+      <c r="J46" s="115">
+        <v>2116</v>
+      </c>
+      <c r="K46" s="116"/>
+      <c r="L46" s="116"/>
+      <c r="M46" s="116"/>
+    </row>
+    <row r="47" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="110">
+        <v>32</v>
+      </c>
+      <c r="B47" s="108" t="s">
+        <v>59</v>
+      </c>
+      <c r="C47" s="113">
+        <v>14162</v>
+      </c>
+      <c r="D47" s="114">
+        <v>26</v>
+      </c>
+      <c r="E47" s="114">
+        <v>220</v>
+      </c>
+      <c r="F47" s="114">
+        <v>88</v>
+      </c>
+      <c r="G47" s="114">
+        <v>334</v>
+      </c>
+      <c r="H47" s="114">
+        <v>19</v>
+      </c>
+      <c r="I47" s="114"/>
+      <c r="J47" s="115">
+        <v>13809</v>
+      </c>
+      <c r="K47" s="116"/>
+      <c r="L47" s="116"/>
+      <c r="M47" s="116"/>
+    </row>
+    <row r="48" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="112" t="s">
+        <v>60</v>
+      </c>
+      <c r="B48" s="111" t="s">
+        <v>96</v>
+      </c>
+      <c r="C48" s="117">
+        <v>34706</v>
+      </c>
+      <c r="D48" s="118">
+        <v>-53</v>
+      </c>
+      <c r="E48" s="118">
+        <v>345</v>
+      </c>
+      <c r="F48" s="118">
+        <v>17</v>
+      </c>
+      <c r="G48" s="118">
+        <v>309</v>
+      </c>
+      <c r="H48" s="118">
+        <v>51</v>
+      </c>
+      <c r="I48" s="118"/>
+      <c r="J48" s="119">
+        <v>34346</v>
+      </c>
+      <c r="K48" s="116"/>
+      <c r="M48" s="116"/>
+    </row>
+    <row r="49" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="120" t="s">
+        <v>125</v>
+      </c>
+      <c r="B49" s="120"/>
+      <c r="C49" s="121">
+        <v>611</v>
+      </c>
+      <c r="D49" s="122">
+        <v>-62</v>
+      </c>
+      <c r="E49" s="122">
+        <v>5</v>
+      </c>
+      <c r="F49" s="122">
+        <v>111</v>
+      </c>
+      <c r="G49" s="122">
+        <v>54</v>
+      </c>
+      <c r="H49" s="122">
+        <v>-56</v>
+      </c>
+      <c r="I49" s="122"/>
+      <c r="J49" s="123">
+        <v>613</v>
+      </c>
+      <c r="K49" s="116"/>
+      <c r="M49" s="116"/>
+    </row>
+    <row r="50" spans="1:13" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="111" t="s">
+        <v>2</v>
+      </c>
+      <c r="B50" s="111"/>
+      <c r="C50" s="121">
+        <v>146455</v>
+      </c>
+      <c r="D50" s="122">
+        <v>128</v>
+      </c>
+      <c r="E50" s="130">
+        <v>459</v>
+      </c>
+      <c r="F50" s="122">
+        <v>0</v>
+      </c>
+      <c r="G50" s="130">
+        <v>587</v>
+      </c>
+      <c r="H50" s="122">
+        <v>-5</v>
+      </c>
+      <c r="I50" s="122"/>
+      <c r="J50" s="123">
+        <v>145873</v>
+      </c>
+      <c r="K50" s="116"/>
+      <c r="M50" s="116"/>
+    </row>
+    <row r="51" spans="1:13" s="46" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A51" s="42"/>
+      <c r="B51" s="48"/>
+      <c r="C51" s="48"/>
+      <c r="D51" s="48"/>
+      <c r="E51" s="48"/>
+      <c r="F51" s="48"/>
+      <c r="G51" s="48"/>
+      <c r="H51" s="48"/>
+      <c r="I51" s="48"/>
+      <c r="J51" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="K51" s="47"/>
+    </row>
+    <row r="52" spans="1:13" s="46" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A52" s="132" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" s="133"/>
+      <c r="C52" s="133"/>
+      <c r="D52" s="133"/>
+      <c r="E52" s="133"/>
+      <c r="F52" s="133"/>
+      <c r="G52" s="133"/>
+      <c r="H52" s="133"/>
+      <c r="I52" s="133"/>
+      <c r="J52" s="133"/>
+      <c r="K52" s="47"/>
+    </row>
+    <row r="53" spans="1:13" s="131" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="134" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" s="135"/>
+      <c r="C53" s="135"/>
+      <c r="D53" s="135"/>
+      <c r="E53" s="135"/>
+      <c r="F53" s="135"/>
+      <c r="G53" s="135"/>
+      <c r="H53" s="135"/>
+      <c r="I53" s="135"/>
+      <c r="J53" s="135"/>
+    </row>
+    <row r="54" spans="1:13" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="1"/>
+      <c r="B54" s="1"/>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="125" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="1"/>
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="H55" s="1"/>
+      <c r="I55" s="1"/>
+      <c r="J55" s="126" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A52:J52"/>
+    <mergeCell ref="A53:J53"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47ED6B9D-736A-441A-A1AB-BBBC205759C6}">
   <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>128</v>
       </c>
     </row>
@@ -14478,51 +17492,51 @@
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="126" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A52:J52"/>
     <mergeCell ref="A53:J53"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5177FF9B-4DE8-40B1-BF74-B6172255344A}">
   <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>123</v>
       </c>
     </row>
@@ -16030,51 +19044,51 @@
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="126" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A52:J52"/>
     <mergeCell ref="A53:J53"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{466E6221-89E4-481B-AD46-09060082056C}">
   <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>110</v>
       </c>
     </row>
@@ -17582,51 +20596,51 @@
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="126" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A52:J52"/>
     <mergeCell ref="A53:J53"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="128" t="s">
         <v>106</v>
       </c>
     </row>
@@ -19100,51 +22114,51 @@
       <c r="J55" s="126" t="s">
         <v>105</v>
       </c>
       <c r="K55" s="47"/>
     </row>
     <row r="56" spans="1:13" s="46" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="K56" s="47"/>
     </row>
     <row r="57" spans="1:13" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" spans="1:13" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A52:J52"/>
     <mergeCell ref="A53:J53"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 041 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>103</v>
       </c>
     </row>
@@ -20527,51 +23541,51 @@
       <c r="A51" s="42" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13" s="5" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13" s="43" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J53" s="44" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:O53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>101</v>
       </c>
     </row>
@@ -21964,51 +24978,51 @@
     <row r="52" spans="1:15" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>62</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
     </row>
     <row r="53" spans="1:15" s="43" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J53" s="44" t="s">
         <v>63</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:O53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.7109375" style="1" customWidth="1"/>
     <col min="4" max="8" width="10.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="7.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>99</v>
       </c>
     </row>
@@ -23389,1510 +26403,120 @@
         <v>0</v>
       </c>
       <c r="N50" s="5"/>
       <c r="O50" s="5"/>
     </row>
     <row r="51" spans="1:15" s="42" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="42" t="s">
         <v>61</v>
       </c>
       <c r="N51" s="43"/>
       <c r="O51" s="43"/>
     </row>
     <row r="52" spans="1:15" s="5" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A52" s="5" t="s">
         <v>62</v>
       </c>
       <c r="N52" s="1"/>
       <c r="O52" s="1"/>
     </row>
     <row r="53" spans="1:15" s="43" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J53" s="44" t="s">
         <v>63</v>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1"/>
-    </row>
-[...1390 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="30" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>'2010'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2011'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2012'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2013'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2014'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2015'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2016'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2017'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2018'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>