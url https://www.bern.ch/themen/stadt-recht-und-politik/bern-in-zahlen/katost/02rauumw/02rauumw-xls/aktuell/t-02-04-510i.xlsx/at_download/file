--- v0 (2026-02-26)
+++ v1 (2026-03-21)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63ED82B8-648A-4842-95AD-695817C09280}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA91243F-294B-4960-BEB0-91E041259D46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="16" r:id="rId1"/>
     <sheet name="2025" sheetId="14" r:id="rId2"/>
     <sheet name="2024" sheetId="12" r:id="rId3"/>
     <sheet name="2023" sheetId="10" r:id="rId4"/>
     <sheet name="2022" sheetId="8" r:id="rId5"/>
     <sheet name="2021" sheetId="1" r:id="rId6"/>
     <sheet name="2020" sheetId="6" r:id="rId7"/>
     <sheet name="2019" sheetId="7" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
@@ -117,59 +117,59 @@
   <c r="J17" i="16"/>
   <c r="I17" i="16"/>
   <c r="H17" i="16"/>
   <c r="G17" i="16"/>
   <c r="R13" i="16"/>
   <c r="Q13" i="16"/>
   <c r="P13" i="16"/>
   <c r="O13" i="16"/>
   <c r="N13" i="16"/>
   <c r="M13" i="16"/>
   <c r="L13" i="16"/>
   <c r="K13" i="16"/>
   <c r="J13" i="16"/>
   <c r="I13" i="16"/>
   <c r="H13" i="16"/>
   <c r="G13" i="16"/>
   <c r="E34" i="16"/>
   <c r="E31" i="16"/>
   <c r="E29" i="16"/>
   <c r="E28" i="16"/>
   <c r="E27" i="16"/>
   <c r="E25" i="16"/>
   <c r="E23" i="16"/>
   <c r="E20" i="16"/>
   <c r="E19" i="16"/>
-  <c r="E21" i="16" s="1"/>
   <c r="E16" i="16"/>
   <c r="E15" i="16"/>
-  <c r="E17" i="16" s="1"/>
   <c r="E12" i="16"/>
   <c r="E11" i="16"/>
   <c r="E10" i="16"/>
   <c r="E9" i="16"/>
-  <c r="E13" i="16" l="1"/>
+  <c r="E21" i="16" l="1"/>
+  <c r="E17" i="16"/>
+  <c r="E13" i="16"/>
   <c r="O21" i="14"/>
   <c r="O17" i="14"/>
   <c r="O13" i="14"/>
   <c r="N21" i="14"/>
   <c r="M21" i="14"/>
   <c r="L21" i="14"/>
   <c r="K21" i="14"/>
   <c r="J21" i="14"/>
   <c r="I21" i="14"/>
   <c r="H21" i="14"/>
   <c r="N17" i="14"/>
   <c r="M17" i="14"/>
   <c r="L17" i="14"/>
   <c r="K17" i="14"/>
   <c r="J17" i="14"/>
   <c r="I17" i="14"/>
   <c r="H17" i="14"/>
   <c r="N13" i="14"/>
   <c r="M13" i="14"/>
   <c r="L13" i="14"/>
   <c r="K13" i="14"/>
   <c r="J13" i="14"/>
   <c r="I13" i="14"/>
   <c r="H13" i="14"/>
   <c r="R21" i="12"/>
@@ -764,51 +764,51 @@
   <si>
     <t>Witterungsdaten nach Monat 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2025)</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2026)</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2026</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.2.2026)</t>
+    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1971,166 +1971,174 @@
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-13.8</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-13.8</v>
       </c>
-      <c r="H9" s="14"/>
+      <c r="H9" s="14">
+        <v>-3.8</v>
+      </c>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="14"/>
       <c r="L9" s="14"/>
       <c r="M9" s="14"/>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
       <c r="P9" s="14"/>
       <c r="Q9" s="14"/>
       <c r="R9" s="14"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
-        <v>12.2</v>
+        <v>17.399999999999999</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>12.2</v>
       </c>
-      <c r="H10" s="14"/>
+      <c r="H10" s="14">
+        <v>17.399999999999999</v>
+      </c>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="14"/>
       <c r="L10" s="14"/>
       <c r="M10" s="14"/>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
       <c r="P10" s="14"/>
       <c r="Q10" s="14"/>
       <c r="R10" s="14"/>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>-0.2</v>
+        <v>2.4</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>-0.2</v>
       </c>
-      <c r="H11" s="14"/>
+      <c r="H11" s="14">
+        <v>5</v>
+      </c>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="14"/>
       <c r="L11" s="14"/>
       <c r="M11" s="14"/>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
       <c r="P11" s="14"/>
       <c r="Q11" s="14"/>
       <c r="R11" s="14"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
-        <v>0.2</v>
+        <v>0.65</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
-      <c r="H12" s="23"/>
+      <c r="H12" s="23">
+        <v>1.1000000000000001</v>
+      </c>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>-0.4</v>
+        <v>1.75</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f t="shared" ref="G13:Q13" si="0">IF(G11="","",G11-G12)</f>
         <v>-0.4</v>
       </c>
-      <c r="H13" s="14" t="str">
+      <c r="H13" s="14">
         <f t="shared" si="0"/>
-        <v/>
+        <v>3.9</v>
       </c>
       <c r="I13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="J13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="K13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="M13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="N13" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
@@ -2161,117 +2169,121 @@
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>79.400000000000006</v>
+        <v>164.9</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>79.400000000000006</v>
       </c>
-      <c r="H15" s="16"/>
+      <c r="H15" s="16">
+        <v>85.5</v>
+      </c>
       <c r="I15" s="16"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15" s="16"/>
       <c r="N15" s="16"/>
       <c r="O15" s="16"/>
       <c r="P15" s="16"/>
       <c r="Q15" s="16"/>
       <c r="R15" s="16"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
-      <c r="H16" s="28"/>
+      <c r="H16" s="28">
+        <v>94</v>
+      </c>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="28"/>
       <c r="R16" s="28"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>13.400000000000006</v>
+        <v>4.9000000000000057</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:Q17" si="1">IF(G15="","",G15-G16)</f>
         <v>13.400000000000006</v>
       </c>
-      <c r="H17" s="16" t="str">
+      <c r="H17" s="16">
         <f t="shared" si="1"/>
-        <v/>
+        <v>-8.5</v>
       </c>
       <c r="I17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="J17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="K17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="L17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="M17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="N17" s="16" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
@@ -2302,117 +2314,121 @@
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>45.7</v>
+        <v>145.10000000000002</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>45.7</v>
       </c>
-      <c r="H19" s="16"/>
+      <c r="H19" s="16">
+        <v>99.4</v>
+      </c>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="16"/>
       <c r="M19" s="16"/>
       <c r="N19" s="16"/>
       <c r="O19" s="16"/>
       <c r="P19" s="16"/>
       <c r="Q19" s="16"/>
       <c r="R19" s="16"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
-      <c r="H20" s="28"/>
+      <c r="H20" s="28">
+        <v>56</v>
+      </c>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="28"/>
       <c r="L20" s="28"/>
       <c r="M20" s="28"/>
       <c r="N20" s="28"/>
       <c r="O20" s="28"/>
       <c r="P20" s="28"/>
       <c r="Q20" s="28"/>
       <c r="R20" s="28"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>-14.299999999999997</v>
+        <v>29.100000000000023</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:Q21" si="2">IF(G19="","",G19-G20)</f>
         <v>-14.299999999999997</v>
       </c>
-      <c r="H21" s="16" t="str">
+      <c r="H21" s="16">
         <f t="shared" si="2"/>
-        <v/>
+        <v>43.400000000000006</v>
       </c>
       <c r="I21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="J21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="K21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="L21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N21" s="16" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -2450,250 +2466,262 @@
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
         <v>17</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>17</v>
       </c>
-      <c r="H23" s="21"/>
+      <c r="H23" s="21">
+        <v>0</v>
+      </c>
       <c r="I23" s="21"/>
       <c r="J23" s="21"/>
       <c r="K23" s="21"/>
       <c r="L23" s="21"/>
       <c r="M23" s="21"/>
       <c r="N23" s="21"/>
       <c r="O23" s="21"/>
       <c r="P23" s="21"/>
       <c r="Q23" s="21"/>
       <c r="R23" s="21"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>78.5</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>78.5</v>
       </c>
-      <c r="H25" s="21"/>
+      <c r="H25" s="21">
+        <v>70.900000000000006</v>
+      </c>
       <c r="I25" s="21"/>
       <c r="J25" s="21"/>
       <c r="K25" s="21"/>
       <c r="L25" s="21"/>
       <c r="M25" s="21"/>
       <c r="N25" s="21"/>
       <c r="O25" s="21"/>
       <c r="P25" s="21"/>
       <c r="Q25" s="21"/>
       <c r="R25" s="21"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>10</v>
       </c>
-      <c r="H27" s="16"/>
+      <c r="H27" s="16">
+        <v>14</v>
+      </c>
       <c r="I27" s="16"/>
       <c r="J27" s="16"/>
       <c r="K27" s="16"/>
       <c r="L27" s="16"/>
       <c r="M27" s="16"/>
       <c r="N27" s="16"/>
       <c r="O27" s="16"/>
       <c r="P27" s="16"/>
       <c r="Q27" s="16"/>
       <c r="R27" s="16"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>27</v>
       </c>
-      <c r="H28" s="16"/>
+      <c r="H28" s="16">
+        <v>7</v>
+      </c>
       <c r="I28" s="16"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
         <v>0</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
-      <c r="H29" s="21"/>
+      <c r="H29" s="21">
+        <v>0</v>
+      </c>
       <c r="I29" s="21"/>
       <c r="J29" s="21"/>
       <c r="K29" s="21"/>
       <c r="L29" s="21"/>
       <c r="M29" s="21"/>
       <c r="N29" s="21"/>
       <c r="O29" s="21"/>
       <c r="P29" s="21"/>
       <c r="Q29" s="21"/>
       <c r="R29" s="21"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
-      <c r="H31" s="21"/>
+      <c r="H31" s="21">
+        <v>28</v>
+      </c>
       <c r="I31" s="21"/>
       <c r="J31" s="21"/>
       <c r="K31" s="21"/>
       <c r="L31" s="21"/>
       <c r="M31" s="21"/>
       <c r="N31" s="21"/>
       <c r="O31" s="21"/>
       <c r="P31" s="21"/>
       <c r="Q31" s="21"/>
       <c r="R31" s="21"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
@@ -2711,57 +2739,59 @@
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
-        <v>627.4</v>
+        <v>1047</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
         <v>627.4</v>
       </c>
-      <c r="H34" s="21"/>
+      <c r="H34" s="21">
+        <v>419.6</v>
+      </c>
       <c r="I34" s="21"/>
       <c r="J34" s="21"/>
       <c r="K34" s="21"/>
       <c r="L34" s="21"/>
       <c r="M34" s="21"/>
       <c r="N34" s="21"/>
       <c r="O34" s="21"/>
       <c r="P34" s="21"/>
       <c r="Q34" s="21"/>
       <c r="R34" s="21"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="R35" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="46"/>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>