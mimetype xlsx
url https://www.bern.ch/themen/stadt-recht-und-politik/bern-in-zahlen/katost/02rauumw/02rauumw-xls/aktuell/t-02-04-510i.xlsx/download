--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -14,146 +14,152 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C39BBECD-1A56-4639-B2A8-DA99E8EB16F8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{782EB8B1-7848-4FE3-A3E2-EF998C428944}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="14" r:id="rId1"/>
     <sheet name="2024" sheetId="12" r:id="rId2"/>
     <sheet name="2023" sheetId="10" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R21" i="12" l="1"/>
+  <c r="O21" i="14" l="1"/>
+  <c r="O17" i="14"/>
+  <c r="O13" i="14"/>
+  <c r="N21" i="14"/>
+  <c r="M21" i="14"/>
+  <c r="L21" i="14"/>
+  <c r="K21" i="14"/>
+  <c r="J21" i="14"/>
+  <c r="I21" i="14"/>
+  <c r="H21" i="14"/>
+  <c r="N17" i="14"/>
+  <c r="M17" i="14"/>
+  <c r="L17" i="14"/>
+  <c r="K17" i="14"/>
+  <c r="J17" i="14"/>
+  <c r="I17" i="14"/>
+  <c r="H17" i="14"/>
+  <c r="N13" i="14"/>
+  <c r="M13" i="14"/>
+  <c r="L13" i="14"/>
+  <c r="K13" i="14"/>
+  <c r="J13" i="14"/>
+  <c r="I13" i="14"/>
+  <c r="H13" i="14"/>
+  <c r="R21" i="12"/>
   <c r="R17" i="12"/>
   <c r="R13" i="12"/>
-  <c r="H21" i="14"/>
   <c r="G21" i="14"/>
-  <c r="H17" i="14"/>
   <c r="G17" i="14"/>
-  <c r="H13" i="14"/>
   <c r="G13" i="14"/>
   <c r="E20" i="14" l="1"/>
   <c r="E20" i="12"/>
   <c r="E20" i="10"/>
   <c r="E34" i="14"/>
   <c r="E31" i="14"/>
   <c r="E29" i="14"/>
   <c r="E28" i="14"/>
   <c r="E27" i="14"/>
   <c r="E25" i="14"/>
   <c r="E23" i="14"/>
   <c r="R21" i="14"/>
   <c r="Q21" i="14"/>
-  <c r="P21" i="14"/>
-[...3 lines deleted...]
-  <c r="I21" i="14"/>
   <c r="E19" i="14"/>
   <c r="R17" i="14"/>
   <c r="Q17" i="14"/>
-  <c r="P17" i="14"/>
-[...3 lines deleted...]
-  <c r="I17" i="14"/>
   <c r="E16" i="14"/>
   <c r="E15" i="14"/>
   <c r="R13" i="14"/>
   <c r="Q13" i="14"/>
-  <c r="P13" i="14"/>
-[...3 lines deleted...]
-  <c r="I13" i="14"/>
   <c r="E12" i="14"/>
   <c r="E11" i="14"/>
   <c r="E10" i="14"/>
   <c r="E9" i="14"/>
   <c r="E28" i="12"/>
   <c r="E29" i="12"/>
   <c r="E31" i="12"/>
   <c r="E34" i="12"/>
   <c r="N21" i="12"/>
   <c r="N17" i="12"/>
   <c r="N13" i="12"/>
   <c r="K21" i="12"/>
   <c r="K17" i="12"/>
   <c r="K13" i="12"/>
   <c r="E17" i="14" l="1"/>
   <c r="E21" i="14"/>
   <c r="E13" i="14"/>
   <c r="J21" i="12"/>
   <c r="J17" i="12"/>
   <c r="J13" i="12"/>
   <c r="H21" i="12" l="1"/>
   <c r="H17" i="12"/>
   <c r="H13" i="12"/>
   <c r="E27" i="12" l="1"/>
   <c r="E25" i="12"/>
@@ -690,51 +696,51 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2024)</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.9.2025)</t>
+    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1854,565 +1860,603 @@
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-7.1</v>
       </c>
       <c r="H9" s="14">
         <v>-4.5</v>
       </c>
       <c r="I9" s="14">
         <v>-4.0999999999999996</v>
       </c>
       <c r="J9" s="14">
         <v>-1.6</v>
       </c>
       <c r="K9" s="14">
         <v>3.2</v>
       </c>
       <c r="L9" s="14">
         <v>7.8</v>
       </c>
       <c r="M9" s="14">
         <v>7.1</v>
       </c>
       <c r="N9" s="14">
         <v>8.9</v>
       </c>
-      <c r="O9" s="14"/>
-      <c r="P9" s="14"/>
+      <c r="O9" s="14">
+        <v>3.9</v>
+      </c>
+      <c r="P9" s="14">
+        <v>1.2</v>
+      </c>
       <c r="Q9" s="14"/>
       <c r="R9" s="14"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>34.299999999999997</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>13</v>
       </c>
       <c r="H10" s="14">
         <v>12.4</v>
       </c>
       <c r="I10" s="14">
         <v>17.100000000000001</v>
       </c>
       <c r="J10" s="14">
         <v>23.5</v>
       </c>
       <c r="K10" s="14">
         <v>28.5</v>
       </c>
       <c r="L10" s="14">
         <v>32.299999999999997</v>
       </c>
       <c r="M10" s="14">
         <v>32.9</v>
       </c>
       <c r="N10" s="14">
         <v>34.299999999999997</v>
       </c>
-      <c r="O10" s="14"/>
-      <c r="P10" s="14"/>
+      <c r="O10" s="14">
+        <v>27.7</v>
+      </c>
+      <c r="P10" s="14">
+        <v>19.600000000000001</v>
+      </c>
       <c r="Q10" s="14"/>
       <c r="R10" s="14"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>11.700000000000001</v>
+        <v>11.760000000000002</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>1.6</v>
       </c>
       <c r="H11" s="14">
         <v>2.6</v>
       </c>
       <c r="I11" s="14">
         <v>6.5</v>
       </c>
       <c r="J11" s="14">
         <v>10.4</v>
       </c>
       <c r="K11" s="14">
         <v>13.4</v>
       </c>
       <c r="L11" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="M11" s="14">
         <v>19</v>
       </c>
       <c r="N11" s="14">
         <v>19.7</v>
       </c>
-      <c r="O11" s="14"/>
-      <c r="P11" s="14"/>
+      <c r="O11" s="14">
+        <v>14.6</v>
+      </c>
+      <c r="P11" s="14">
+        <v>9.4</v>
+      </c>
       <c r="Q11" s="14"/>
       <c r="R11" s="14"/>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
-        <v>10.349999999999998</v>
+        <v>10.639999999999997</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
-      <c r="O12" s="23"/>
-      <c r="P12" s="23"/>
+      <c r="O12" s="23">
+        <v>14.1</v>
+      </c>
+      <c r="P12" s="23">
+        <v>9.5</v>
+      </c>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>1.3500000000000032</v>
+        <v>1.1200000000000045</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>1.4000000000000001</v>
       </c>
       <c r="H13" s="14">
-        <f>IF(H11="","",H11-H12)</f>
+        <f t="shared" ref="H13:O13" si="0">IF(H11="","",H11-H12)</f>
         <v>1.5</v>
       </c>
       <c r="I13" s="14">
-        <f>IF(I11="","",I11-I12)</f>
+        <f t="shared" si="0"/>
         <v>1.2999999999999998</v>
       </c>
       <c r="J13" s="14">
-        <f>IF(J11="","",J11-J12)</f>
+        <f t="shared" si="0"/>
         <v>1.4000000000000004</v>
       </c>
       <c r="K13" s="14">
-        <f>IF(K11="","",K11-K12)</f>
+        <f t="shared" si="0"/>
         <v>0.20000000000000107</v>
       </c>
       <c r="L13" s="14">
+        <f t="shared" si="0"/>
         <v>3.5</v>
       </c>
       <c r="M13" s="14">
+        <f t="shared" si="0"/>
         <v>0.19999999999999929</v>
       </c>
       <c r="N13" s="14">
+        <f t="shared" si="0"/>
         <v>1.3000000000000007</v>
       </c>
-      <c r="O13" s="14" t="str">
-[...5 lines deleted...]
-        <v/>
+      <c r="O13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="P13" s="14">
+        <v>-9.9999999999999645E-2</v>
       </c>
       <c r="Q13" s="14" t="str">
-        <f t="shared" ref="Q13" si="0">IF(Q11="","",Q11-Q12)</f>
+        <f t="shared" ref="Q13" si="1">IF(Q11="","",Q11-Q12)</f>
         <v/>
       </c>
       <c r="R13" s="14" t="str">
         <f>IF(R11="","",R11-R12)</f>
         <v/>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>1537.9</v>
+        <v>1774.9</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>86.3</v>
       </c>
       <c r="H15" s="16">
         <v>64.2</v>
       </c>
       <c r="I15" s="16">
         <v>161.19999999999999</v>
       </c>
       <c r="J15" s="16">
         <v>237.3</v>
       </c>
       <c r="K15" s="16">
         <v>207.2</v>
       </c>
       <c r="L15" s="16">
         <v>288.60000000000002</v>
       </c>
       <c r="M15" s="16">
         <v>225.5</v>
       </c>
       <c r="N15" s="16">
         <v>267.60000000000002</v>
       </c>
-      <c r="O15" s="16"/>
-      <c r="P15" s="16"/>
+      <c r="O15" s="16">
+        <v>158.19999999999999</v>
+      </c>
+      <c r="P15" s="16">
+        <v>78.8</v>
+      </c>
       <c r="Q15" s="16"/>
       <c r="R15" s="16"/>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
-        <v>1383</v>
+        <v>1677</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
-      <c r="O16" s="28"/>
-      <c r="P16" s="28"/>
+      <c r="O16" s="28">
+        <v>175</v>
+      </c>
+      <c r="P16" s="28">
+        <v>119</v>
+      </c>
       <c r="Q16" s="28"/>
       <c r="R16" s="28"/>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>154.90000000000009</v>
+        <v>97.900000000000091</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f>IF(G15="","",G15-G16)</f>
         <v>20.299999999999997</v>
       </c>
       <c r="H17" s="16">
-        <f>IF(H15="","",H15-H16)</f>
+        <f t="shared" ref="H17:O17" si="2">IF(H15="","",H15-H16)</f>
         <v>-29.799999999999997</v>
       </c>
       <c r="I17" s="16">
-        <f t="shared" ref="I17:Q17" si="1">IF(I15="","",I15-I16)</f>
+        <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="J17" s="16">
-        <f>IF(J15="","",J15-J16)</f>
+        <f t="shared" si="2"/>
         <v>58.300000000000011</v>
       </c>
       <c r="K17" s="16">
-        <f>IF(K15="","",K15-K16)</f>
+        <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="L17" s="16">
+        <f t="shared" si="2"/>
         <v>65.600000000000023</v>
       </c>
       <c r="M17" s="16">
+        <f t="shared" si="2"/>
         <v>-19.5</v>
       </c>
       <c r="N17" s="16">
+        <f t="shared" si="2"/>
         <v>39.600000000000023</v>
       </c>
-      <c r="O17" s="16" t="str">
-[...5 lines deleted...]
-        <v/>
+      <c r="O17" s="16">
+        <f t="shared" si="2"/>
+        <v>-16.800000000000011</v>
+      </c>
+      <c r="P17" s="16">
+        <v>-40.200000000000003</v>
       </c>
       <c r="Q17" s="16" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="P17:Q17" si="3">IF(Q15="","",Q15-Q16)</f>
         <v/>
       </c>
       <c r="R17" s="16" t="str">
         <f>IF(R15="","",R15-R16)</f>
         <v/>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>665.3</v>
+        <v>933.2</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>120.4</v>
       </c>
       <c r="H19" s="16">
         <v>31.4</v>
       </c>
       <c r="I19" s="16">
         <v>21.9</v>
       </c>
       <c r="J19" s="16">
         <v>47.6</v>
       </c>
       <c r="K19" s="16">
         <v>100.8</v>
       </c>
       <c r="L19" s="16">
         <v>53.4</v>
       </c>
       <c r="M19" s="16">
         <v>130.9</v>
       </c>
       <c r="N19" s="16">
         <v>158.9</v>
       </c>
-      <c r="O19" s="16"/>
-      <c r="P19" s="16"/>
+      <c r="O19" s="16">
+        <v>152.19999999999999</v>
+      </c>
+      <c r="P19" s="16">
+        <v>115.7</v>
+      </c>
       <c r="Q19" s="16"/>
       <c r="R19" s="16"/>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
-        <v>693</v>
+        <v>866</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
-      <c r="O20" s="28"/>
-      <c r="P20" s="28"/>
+      <c r="O20" s="28">
+        <v>87</v>
+      </c>
+      <c r="P20" s="28">
+        <v>86</v>
+      </c>
       <c r="Q20" s="28"/>
       <c r="R20" s="28"/>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>-27.700000000000045</v>
+        <v>67.200000000000045</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f>IF(G19="","",G19-G20)</f>
         <v>60.400000000000006</v>
       </c>
       <c r="H21" s="16">
-        <f>IF(H19="","",H19-H20)</f>
+        <f t="shared" ref="H21:O21" si="4">IF(H19="","",H19-H20)</f>
         <v>-24.6</v>
       </c>
       <c r="I21" s="16">
-        <f t="shared" ref="I21:Q21" si="2">IF(I19="","",I19-I20)</f>
+        <f t="shared" si="4"/>
         <v>-43.1</v>
       </c>
       <c r="J21" s="16">
-        <f>IF(J19="","",J19-J20)</f>
+        <f t="shared" si="4"/>
         <v>-30.4</v>
       </c>
       <c r="K21" s="16">
-        <f>IF(K19="","",K19-K20)</f>
+        <f t="shared" si="4"/>
         <v>-11.200000000000003</v>
       </c>
       <c r="L21" s="16">
+        <f t="shared" si="4"/>
         <v>-48.6</v>
       </c>
       <c r="M21" s="16">
+        <f t="shared" si="4"/>
         <v>22.900000000000006</v>
       </c>
       <c r="N21" s="16">
+        <f t="shared" si="4"/>
         <v>46.900000000000006</v>
       </c>
-      <c r="O21" s="16" t="str">
-[...5 lines deleted...]
-        <v/>
+      <c r="O21" s="16">
+        <f t="shared" si="4"/>
+        <v>65.199999999999989</v>
+      </c>
+      <c r="P21" s="16">
+        <v>29.700000000000003</v>
       </c>
       <c r="Q21" s="16" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="P21:Q21" si="5">IF(Q19="","",Q19-Q20)</f>
         <v/>
       </c>
       <c r="R21" s="16" t="str">
         <f>IF(R19="","",R19-R20)</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
@@ -2436,52 +2480,56 @@
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>1</v>
       </c>
       <c r="H23" s="21">
         <v>1</v>
       </c>
       <c r="I23" s="21">
         <v>0</v>
       </c>
       <c r="J23" s="21">
         <v>0</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
-      <c r="O23" s="21"/>
-      <c r="P23" s="21"/>
+      <c r="O23" s="21">
+        <v>0</v>
+      </c>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
       <c r="Q23" s="21"/>
       <c r="R23" s="21"/>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
@@ -2501,256 +2549,276 @@
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>71.3</v>
       </c>
       <c r="H25" s="21">
         <v>65.2</v>
       </c>
       <c r="I25" s="21">
         <v>64.099999999999994</v>
       </c>
       <c r="J25" s="21">
         <v>65.2</v>
       </c>
       <c r="K25" s="21">
         <v>45.7</v>
       </c>
       <c r="L25" s="21">
         <v>70.2</v>
       </c>
       <c r="M25" s="21">
         <v>55.4</v>
       </c>
       <c r="N25" s="21">
         <v>97.6</v>
       </c>
-      <c r="O25" s="21"/>
-      <c r="P25" s="21"/>
+      <c r="O25" s="21">
+        <v>60.8</v>
+      </c>
+      <c r="P25" s="21">
+        <v>71.599999999999994</v>
+      </c>
       <c r="Q25" s="21"/>
       <c r="R25" s="21"/>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>16</v>
       </c>
       <c r="H27" s="16">
         <v>10</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
         <v>9</v>
       </c>
       <c r="K27" s="16">
         <v>13</v>
       </c>
       <c r="L27" s="16">
         <v>7</v>
       </c>
       <c r="M27" s="16">
         <v>17</v>
       </c>
       <c r="N27" s="16">
         <v>11</v>
       </c>
-      <c r="O27" s="16"/>
-      <c r="P27" s="16"/>
+      <c r="O27" s="16">
+        <v>14</v>
+      </c>
+      <c r="P27" s="16">
+        <v>13</v>
+      </c>
       <c r="Q27" s="16"/>
       <c r="R27" s="16"/>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>51</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>20</v>
       </c>
       <c r="H28" s="16">
         <v>18</v>
       </c>
       <c r="I28" s="16">
         <v>10</v>
       </c>
       <c r="J28" s="16">
         <v>3</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>0</v>
       </c>
       <c r="M28" s="16">
         <v>0</v>
       </c>
       <c r="N28" s="16">
         <v>0</v>
       </c>
-      <c r="O28" s="16"/>
-      <c r="P28" s="16"/>
+      <c r="O28" s="16">
+        <v>0</v>
+      </c>
+      <c r="P28" s="16">
+        <v>0</v>
+      </c>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
       <c r="H29" s="21">
         <v>0</v>
       </c>
       <c r="I29" s="21">
         <v>0</v>
       </c>
       <c r="J29" s="21">
         <v>0</v>
       </c>
       <c r="K29" s="21">
         <v>3</v>
       </c>
       <c r="L29" s="21">
         <v>21</v>
       </c>
       <c r="M29" s="21">
         <v>15</v>
       </c>
       <c r="N29" s="21">
         <v>16</v>
       </c>
-      <c r="O29" s="21"/>
-      <c r="P29" s="21"/>
+      <c r="O29" s="21">
+        <v>4</v>
+      </c>
+      <c r="P29" s="21">
+        <v>0</v>
+      </c>
       <c r="Q29" s="21"/>
       <c r="R29" s="21"/>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
       <c r="H31" s="21">
         <v>28</v>
       </c>
       <c r="I31" s="21">
         <v>31</v>
       </c>
       <c r="J31" s="21">
         <v>22</v>
       </c>
       <c r="K31" s="21">
         <v>10</v>
       </c>
       <c r="L31" s="21">
         <v>0</v>
       </c>
       <c r="M31" s="21">
         <v>0</v>
       </c>
       <c r="N31" s="21">
         <v>0</v>
       </c>
-      <c r="O31" s="21"/>
-      <c r="P31" s="21"/>
+      <c r="O31" s="21">
+        <v>8</v>
+      </c>
+      <c r="P31" s="21">
+        <v>28</v>
+      </c>
       <c r="Q31" s="21"/>
       <c r="R31" s="21"/>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
@@ -2760,79 +2828,83 @@
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
-        <v>1814.7</v>
+        <v>2196.9</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
         <v>571.4</v>
       </c>
       <c r="H34" s="21">
         <v>486.6</v>
       </c>
       <c r="I34" s="21">
         <v>419</v>
       </c>
       <c r="J34" s="21">
         <v>236.2</v>
       </c>
       <c r="K34" s="21">
         <v>101.5</v>
       </c>
       <c r="L34" s="21">
         <v>0</v>
       </c>
       <c r="M34" s="21">
         <v>0</v>
       </c>
       <c r="N34" s="21">
         <v>0</v>
       </c>
-      <c r="O34" s="21"/>
-      <c r="P34" s="21"/>
+      <c r="O34" s="21">
+        <v>75</v>
+      </c>
+      <c r="P34" s="21">
+        <v>307.2</v>
+      </c>
       <c r="Q34" s="21"/>
       <c r="R34" s="21"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="R35" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="46"/>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
       <c r="J36" s="46"/>
       <c r="K36" s="46"/>
       <c r="L36" s="46"/>