--- v1 (2025-12-13)
+++ v2 (2026-01-09)
@@ -14,60 +14,60 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{782EB8B1-7848-4FE3-A3E2-EF998C428944}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B626439F-7400-416E-A3D5-C5DFD6AF6C82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="14" r:id="rId1"/>
     <sheet name="2024" sheetId="12" r:id="rId2"/>
     <sheet name="2023" sheetId="10" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -696,51 +696,51 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2024)</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.11.2025)</t>
+    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1696,1216 +1696,1246 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A59A43AF-2089-4AD2-9E26-99E5CCCE1017}">
-  <dimension ref="A1:R38"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>63</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>62</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
-        <v>-7.1</v>
+        <v>-8.1999999999999993</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-7.1</v>
       </c>
       <c r="H9" s="14">
         <v>-4.5</v>
       </c>
       <c r="I9" s="14">
         <v>-4.0999999999999996</v>
       </c>
       <c r="J9" s="14">
         <v>-1.6</v>
       </c>
       <c r="K9" s="14">
         <v>3.2</v>
       </c>
       <c r="L9" s="14">
         <v>7.8</v>
       </c>
       <c r="M9" s="14">
         <v>7.1</v>
       </c>
       <c r="N9" s="14">
         <v>8.9</v>
       </c>
       <c r="O9" s="14">
         <v>3.9</v>
       </c>
       <c r="P9" s="14">
         <v>1.2</v>
       </c>
-      <c r="Q9" s="14"/>
+      <c r="Q9" s="14">
+        <v>-8.1999999999999993</v>
+      </c>
       <c r="R9" s="14"/>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>34.299999999999997</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>13</v>
       </c>
       <c r="H10" s="14">
         <v>12.4</v>
       </c>
       <c r="I10" s="14">
         <v>17.100000000000001</v>
       </c>
       <c r="J10" s="14">
         <v>23.5</v>
       </c>
       <c r="K10" s="14">
         <v>28.5</v>
       </c>
       <c r="L10" s="14">
         <v>32.299999999999997</v>
       </c>
       <c r="M10" s="14">
         <v>32.9</v>
       </c>
       <c r="N10" s="14">
         <v>34.299999999999997</v>
       </c>
       <c r="O10" s="14">
         <v>27.7</v>
       </c>
       <c r="P10" s="14">
         <v>19.600000000000001</v>
       </c>
-      <c r="Q10" s="14"/>
+      <c r="Q10" s="14">
+        <v>17.100000000000001</v>
+      </c>
       <c r="R10" s="14"/>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>11.760000000000002</v>
+        <v>11.063636363636364</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>1.6</v>
       </c>
       <c r="H11" s="14">
         <v>2.6</v>
       </c>
       <c r="I11" s="14">
         <v>6.5</v>
       </c>
       <c r="J11" s="14">
         <v>10.4</v>
       </c>
       <c r="K11" s="14">
         <v>13.4</v>
       </c>
       <c r="L11" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="M11" s="14">
         <v>19</v>
       </c>
       <c r="N11" s="14">
         <v>19.7</v>
       </c>
       <c r="O11" s="14">
         <v>14.6</v>
       </c>
       <c r="P11" s="14">
         <v>9.4</v>
       </c>
-      <c r="Q11" s="14"/>
+      <c r="Q11" s="14">
+        <v>4.0999999999999996</v>
+      </c>
       <c r="R11" s="14"/>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
-        <v>10.639999999999997</v>
+        <v>10.054545454545453</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
         <v>14.1</v>
       </c>
       <c r="P12" s="23">
         <v>9.5</v>
       </c>
-      <c r="Q12" s="23"/>
+      <c r="Q12" s="23">
+        <v>4.2</v>
+      </c>
       <c r="R12" s="23"/>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>1.1200000000000045</v>
+        <v>1.0090909090909115</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>1.4000000000000001</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" ref="H13:O13" si="0">IF(H11="","",H11-H12)</f>
         <v>1.5</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="0"/>
         <v>1.2999999999999998</v>
       </c>
       <c r="J13" s="14">
         <f t="shared" si="0"/>
         <v>1.4000000000000004</v>
       </c>
       <c r="K13" s="14">
         <f t="shared" si="0"/>
         <v>0.20000000000000107</v>
       </c>
       <c r="L13" s="14">
         <f t="shared" si="0"/>
         <v>3.5</v>
       </c>
       <c r="M13" s="14">
         <f t="shared" si="0"/>
         <v>0.19999999999999929</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="0"/>
         <v>1.3000000000000007</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="0"/>
         <v>0.5</v>
       </c>
       <c r="P13" s="14">
         <v>-9.9999999999999645E-2</v>
       </c>
-      <c r="Q13" s="14" t="str">
+      <c r="Q13" s="14">
         <f t="shared" ref="Q13" si="1">IF(Q11="","",Q11-Q12)</f>
-        <v/>
+        <v>-0.10000000000000053</v>
       </c>
       <c r="R13" s="14" t="str">
         <f>IF(R11="","",R11-R12)</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>1774.9</v>
+        <v>1883.9</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>86.3</v>
       </c>
       <c r="H15" s="16">
         <v>64.2</v>
       </c>
       <c r="I15" s="16">
         <v>161.19999999999999</v>
       </c>
       <c r="J15" s="16">
         <v>237.3</v>
       </c>
       <c r="K15" s="16">
         <v>207.2</v>
       </c>
       <c r="L15" s="16">
         <v>288.60000000000002</v>
       </c>
       <c r="M15" s="16">
         <v>225.5</v>
       </c>
       <c r="N15" s="16">
         <v>267.60000000000002</v>
       </c>
       <c r="O15" s="16">
         <v>158.19999999999999</v>
       </c>
       <c r="P15" s="16">
         <v>78.8</v>
       </c>
-      <c r="Q15" s="16"/>
+      <c r="Q15" s="16">
+        <v>109</v>
+      </c>
       <c r="R15" s="16"/>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
-        <v>1677</v>
+        <v>1743</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
       <c r="O16" s="28">
         <v>175</v>
       </c>
       <c r="P16" s="28">
         <v>119</v>
       </c>
-      <c r="Q16" s="28"/>
+      <c r="Q16" s="28">
+        <v>66</v>
+      </c>
       <c r="R16" s="28"/>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>97.900000000000091</v>
+        <v>140.90000000000009</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f>IF(G15="","",G15-G16)</f>
         <v>20.299999999999997</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" ref="H17:O17" si="2">IF(H15="","",H15-H16)</f>
         <v>-29.799999999999997</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="J17" s="16">
         <f t="shared" si="2"/>
         <v>58.300000000000011</v>
       </c>
       <c r="K17" s="16">
         <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="L17" s="16">
         <f t="shared" si="2"/>
         <v>65.600000000000023</v>
       </c>
       <c r="M17" s="16">
         <f t="shared" si="2"/>
         <v>-19.5</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="2"/>
         <v>39.600000000000023</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="2"/>
         <v>-16.800000000000011</v>
       </c>
       <c r="P17" s="16">
         <v>-40.200000000000003</v>
       </c>
-      <c r="Q17" s="16" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="Q17" s="16">
+        <f t="shared" ref="Q17" si="3">IF(Q15="","",Q15-Q16)</f>
+        <v>43</v>
       </c>
       <c r="R17" s="16" t="str">
         <f>IF(R15="","",R15-R16)</f>
         <v/>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>933.2</v>
+        <v>1047.4000000000001</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>120.4</v>
       </c>
       <c r="H19" s="16">
         <v>31.4</v>
       </c>
       <c r="I19" s="16">
         <v>21.9</v>
       </c>
       <c r="J19" s="16">
         <v>47.6</v>
       </c>
       <c r="K19" s="16">
         <v>100.8</v>
       </c>
       <c r="L19" s="16">
         <v>53.4</v>
       </c>
       <c r="M19" s="16">
         <v>130.9</v>
       </c>
       <c r="N19" s="16">
         <v>158.9</v>
       </c>
       <c r="O19" s="16">
         <v>152.19999999999999</v>
       </c>
       <c r="P19" s="16">
         <v>115.7</v>
       </c>
-      <c r="Q19" s="16"/>
+      <c r="Q19" s="16">
+        <v>114.2</v>
+      </c>
       <c r="R19" s="16"/>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
-        <v>866</v>
+        <v>943</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
       <c r="O20" s="28">
         <v>87</v>
       </c>
       <c r="P20" s="28">
         <v>86</v>
       </c>
-      <c r="Q20" s="28"/>
+      <c r="Q20" s="28">
+        <v>77</v>
+      </c>
       <c r="R20" s="28"/>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>67.200000000000045</v>
+        <v>104.40000000000009</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f>IF(G19="","",G19-G20)</f>
         <v>60.400000000000006</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" ref="H21:O21" si="4">IF(H19="","",H19-H20)</f>
         <v>-24.6</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="4"/>
         <v>-43.1</v>
       </c>
       <c r="J21" s="16">
         <f t="shared" si="4"/>
         <v>-30.4</v>
       </c>
       <c r="K21" s="16">
         <f t="shared" si="4"/>
         <v>-11.200000000000003</v>
       </c>
       <c r="L21" s="16">
         <f t="shared" si="4"/>
         <v>-48.6</v>
       </c>
       <c r="M21" s="16">
         <f t="shared" si="4"/>
         <v>22.900000000000006</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="4"/>
         <v>46.900000000000006</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="4"/>
         <v>65.199999999999989</v>
       </c>
       <c r="P21" s="16">
         <v>29.700000000000003</v>
       </c>
-      <c r="Q21" s="16" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="Q21" s="16">
+        <f t="shared" ref="Q21" si="5">IF(Q19="","",Q19-Q20)</f>
+        <v>37.200000000000003</v>
       </c>
       <c r="R21" s="16" t="str">
         <f>IF(R19="","",R19-R20)</f>
         <v/>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>1</v>
       </c>
       <c r="H23" s="21">
         <v>1</v>
       </c>
       <c r="I23" s="21">
         <v>0</v>
       </c>
       <c r="J23" s="21">
         <v>0</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
-      <c r="Q23" s="21"/>
+      <c r="Q23" s="21">
+        <v>4</v>
+      </c>
       <c r="R23" s="21"/>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>97.6</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>71.3</v>
       </c>
       <c r="H25" s="21">
         <v>65.2</v>
       </c>
       <c r="I25" s="21">
         <v>64.099999999999994</v>
       </c>
       <c r="J25" s="21">
         <v>65.2</v>
       </c>
       <c r="K25" s="21">
         <v>45.7</v>
       </c>
       <c r="L25" s="21">
         <v>70.2</v>
       </c>
       <c r="M25" s="21">
         <v>55.4</v>
       </c>
       <c r="N25" s="21">
         <v>97.6</v>
       </c>
       <c r="O25" s="21">
         <v>60.8</v>
       </c>
       <c r="P25" s="21">
         <v>71.599999999999994</v>
       </c>
-      <c r="Q25" s="21"/>
+      <c r="Q25" s="21">
+        <v>39.200000000000003</v>
+      </c>
       <c r="R25" s="21"/>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>16</v>
       </c>
       <c r="H27" s="16">
         <v>10</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
         <v>9</v>
       </c>
       <c r="K27" s="16">
         <v>13</v>
       </c>
       <c r="L27" s="16">
         <v>7</v>
       </c>
       <c r="M27" s="16">
         <v>17</v>
       </c>
       <c r="N27" s="16">
         <v>11</v>
       </c>
       <c r="O27" s="16">
         <v>14</v>
       </c>
       <c r="P27" s="16">
         <v>13</v>
       </c>
-      <c r="Q27" s="16"/>
+      <c r="Q27" s="16">
+        <v>13</v>
+      </c>
       <c r="R27" s="16"/>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>20</v>
       </c>
       <c r="H28" s="16">
         <v>18</v>
       </c>
       <c r="I28" s="16">
         <v>10</v>
       </c>
       <c r="J28" s="16">
         <v>3</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>0</v>
       </c>
       <c r="M28" s="16">
         <v>0</v>
       </c>
       <c r="N28" s="16">
         <v>0</v>
       </c>
       <c r="O28" s="16">
         <v>0</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
-      <c r="Q28" s="16"/>
+      <c r="Q28" s="16">
+        <v>13</v>
+      </c>
       <c r="R28" s="16"/>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
         <v>59</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
       <c r="H29" s="21">
         <v>0</v>
       </c>
       <c r="I29" s="21">
         <v>0</v>
       </c>
       <c r="J29" s="21">
         <v>0</v>
       </c>
       <c r="K29" s="21">
         <v>3</v>
       </c>
       <c r="L29" s="21">
         <v>21</v>
       </c>
       <c r="M29" s="21">
         <v>15</v>
       </c>
       <c r="N29" s="21">
         <v>16</v>
       </c>
       <c r="O29" s="21">
         <v>4</v>
       </c>
       <c r="P29" s="21">
         <v>0</v>
       </c>
-      <c r="Q29" s="21"/>
+      <c r="Q29" s="21">
+        <v>0</v>
+      </c>
       <c r="R29" s="21"/>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
       <c r="H31" s="21">
         <v>28</v>
       </c>
       <c r="I31" s="21">
         <v>31</v>
       </c>
       <c r="J31" s="21">
         <v>22</v>
       </c>
       <c r="K31" s="21">
         <v>10</v>
       </c>
       <c r="L31" s="21">
         <v>0</v>
       </c>
       <c r="M31" s="21">
         <v>0</v>
       </c>
       <c r="N31" s="21">
         <v>0</v>
       </c>
       <c r="O31" s="21">
         <v>8</v>
       </c>
       <c r="P31" s="21">
         <v>28</v>
       </c>
-      <c r="Q31" s="21"/>
+      <c r="Q31" s="21">
+        <v>30</v>
+      </c>
       <c r="R31" s="21"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
-        <v>2196.9</v>
+        <v>2672.5</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
         <v>571.4</v>
       </c>
       <c r="H34" s="21">
         <v>486.6</v>
       </c>
       <c r="I34" s="21">
         <v>419</v>
       </c>
       <c r="J34" s="21">
         <v>236.2</v>
       </c>
       <c r="K34" s="21">
         <v>101.5</v>
       </c>
       <c r="L34" s="21">
         <v>0</v>
       </c>
       <c r="M34" s="21">
         <v>0</v>
       </c>
       <c r="N34" s="21">
         <v>0</v>
       </c>
       <c r="O34" s="21">
         <v>75</v>
       </c>
       <c r="P34" s="21">
         <v>307.2</v>
       </c>
-      <c r="Q34" s="21"/>
+      <c r="Q34" s="21">
+        <v>475.6</v>
+      </c>
       <c r="R34" s="21"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="R35" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="46"/>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
       <c r="J36" s="46"/>
       <c r="K36" s="46"/>
       <c r="L36" s="46"/>
       <c r="M36" s="46"/>
@@ -2915,403 +2945,435 @@
       <c r="Q36" s="46"/>
       <c r="R36" s="46"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="46"/>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="46"/>
       <c r="G37" s="46"/>
       <c r="H37" s="46"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
-    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R38" s="2" t="s">
         <v>65</v>
       </c>
     </row>
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EAE9051-2FF1-4B28-B401-E1B6C135D96D}">
-  <dimension ref="A1:R38"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>61</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-10.7</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-10.7</v>
       </c>
       <c r="H9" s="14">
         <v>-3.3</v>
       </c>
       <c r="I9" s="14">
         <v>-2.6</v>
       </c>
       <c r="J9" s="14">
         <v>-1.1000000000000001</v>
       </c>
       <c r="K9" s="14">
         <v>2.4</v>
       </c>
       <c r="L9" s="14">
         <v>6.5</v>
       </c>
       <c r="M9" s="14">
         <v>10.9</v>
       </c>
       <c r="N9" s="14">
         <v>10.1</v>
       </c>
       <c r="O9" s="14">
         <v>3.6</v>
       </c>
       <c r="P9" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q9" s="14">
         <v>-9.1</v>
       </c>
       <c r="R9" s="14">
         <v>-6.1</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>33</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>14.1</v>
       </c>
       <c r="H10" s="14">
         <v>15</v>
       </c>
       <c r="I10" s="14">
         <v>18.399999999999999</v>
       </c>
       <c r="J10" s="14">
         <v>26</v>
       </c>
       <c r="K10" s="14">
         <v>24.6</v>
       </c>
       <c r="L10" s="14">
         <v>29.5</v>
       </c>
       <c r="M10" s="14">
         <v>33</v>
       </c>
       <c r="N10" s="14">
         <v>31.6</v>
       </c>
       <c r="O10" s="14">
         <v>30</v>
       </c>
       <c r="P10" s="14">
         <v>19.5</v>
       </c>
       <c r="Q10" s="14">
         <v>13.3</v>
       </c>
       <c r="R10" s="14">
         <v>10.7</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>10.625000000000002</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>2.1</v>
       </c>
       <c r="H11" s="14">
         <v>6.2</v>
       </c>
       <c r="I11" s="14">
         <v>7.3</v>
       </c>
       <c r="J11" s="14">
         <v>9.1999999999999993</v>
       </c>
       <c r="K11" s="14">
         <v>13.4</v>
       </c>
       <c r="L11" s="14">
         <v>17.600000000000001</v>
       </c>
       <c r="M11" s="14">
         <v>20.2</v>
       </c>
       <c r="N11" s="14">
         <v>20.7</v>
       </c>
       <c r="O11" s="14">
         <v>13.9</v>
       </c>
       <c r="P11" s="14">
         <v>11.4</v>
       </c>
       <c r="Q11" s="14">
         <v>4.5</v>
       </c>
       <c r="R11" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
         <v>9.3000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
         <v>14.1</v>
       </c>
       <c r="P12" s="23">
         <v>9.5</v>
       </c>
       <c r="Q12" s="23">
         <v>4.2</v>
       </c>
       <c r="R12" s="23">
         <v>0.9</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>1.3250000000000011</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>1.9000000000000001</v>
       </c>
       <c r="H13" s="14">
         <f>IF(H11="","",H11-H12)</f>
         <v>5.0999999999999996</v>
       </c>
       <c r="I13" s="14">
         <f>IF(I11="","",I11-I12)</f>
         <v>2.0999999999999996</v>
       </c>
       <c r="J13" s="14">
@@ -3329,173 +3391,173 @@
       <c r="M13" s="14">
         <f>IF(M11="","",M11-M12)</f>
         <v>1.3999999999999986</v>
       </c>
       <c r="N13" s="14">
         <f>IF(N11="","",N11-N12)</f>
         <v>2.3000000000000007</v>
       </c>
       <c r="O13" s="14">
         <f>IF(O11="","",O11-O12)</f>
         <v>-0.19999999999999929</v>
       </c>
       <c r="P13" s="14">
         <f>IF(P11="","",P11-P12)</f>
         <v>1.9000000000000004</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="0"/>
         <v>0.29999999999999982</v>
       </c>
       <c r="R13" s="14">
         <f>IF(R11="","",R11-R12)</f>
         <v>9.9999999999999978E-2</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>1541.7000000000003</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>61.2</v>
       </c>
       <c r="H15" s="16">
         <v>90.2</v>
       </c>
       <c r="I15" s="16">
         <v>107.6</v>
       </c>
       <c r="J15" s="16">
         <v>142.69999999999999</v>
       </c>
       <c r="K15" s="16">
         <v>151</v>
       </c>
       <c r="L15" s="16">
         <v>159.69999999999999</v>
       </c>
       <c r="M15" s="16">
         <v>238.9</v>
       </c>
       <c r="N15" s="16">
         <v>273.3</v>
       </c>
       <c r="O15" s="16">
         <v>130.9</v>
       </c>
       <c r="P15" s="16">
         <v>78.099999999999994</v>
       </c>
       <c r="Q15" s="16">
         <v>65.7</v>
       </c>
       <c r="R15" s="16">
         <v>42.4</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
         <v>1797</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
       <c r="O16" s="28">
         <v>175</v>
       </c>
       <c r="P16" s="28">
         <v>119</v>
       </c>
       <c r="Q16" s="28">
         <v>66</v>
       </c>
       <c r="R16" s="28">
         <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>-255.29999999999973</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f>IF(G15="","",G15-G16)</f>
         <v>-4.7999999999999972</v>
       </c>
       <c r="H17" s="16">
         <f>IF(H15="","",H15-H16)</f>
         <v>-3.7999999999999972</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" ref="I17:Q17" si="1">IF(I15="","",I15-I16)</f>
         <v>-43.400000000000006</v>
       </c>
@@ -3514,173 +3576,173 @@
       <c r="M17" s="16">
         <f>IF(M15="","",M15-M16)</f>
         <v>-6.0999999999999943</v>
       </c>
       <c r="N17" s="16">
         <f>IF(N15="","",N15-N16)</f>
         <v>45.300000000000011</v>
       </c>
       <c r="O17" s="16">
         <f>IF(O15="","",O15-O16)</f>
         <v>-44.099999999999994</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="1"/>
         <v>-40.900000000000006</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
         <v>-0.29999999999999716</v>
       </c>
       <c r="R17" s="16">
         <f>IF(R15="","",R15-R16)</f>
         <v>-10.600000000000001</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>1021.6000000000001</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>79.2</v>
       </c>
       <c r="H19" s="16">
         <v>40.9</v>
       </c>
       <c r="I19" s="16">
         <v>81.7</v>
       </c>
       <c r="J19" s="16">
         <v>63.8</v>
       </c>
       <c r="K19" s="16">
         <v>117.8</v>
       </c>
       <c r="L19" s="16">
         <v>104.1</v>
       </c>
       <c r="M19" s="16">
         <v>84.2</v>
       </c>
       <c r="N19" s="16">
         <v>89.3</v>
       </c>
       <c r="O19" s="16">
         <v>100.1</v>
       </c>
       <c r="P19" s="16">
         <v>96.2</v>
       </c>
       <c r="Q19" s="16">
         <v>83.2</v>
       </c>
       <c r="R19" s="16">
         <v>81.099999999999994</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
         <v>1022</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
       <c r="O20" s="28">
         <v>87</v>
       </c>
       <c r="P20" s="28">
         <v>86</v>
       </c>
       <c r="Q20" s="28">
         <v>77</v>
       </c>
       <c r="R20" s="28">
         <v>78</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>-0.39999999999986358</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f>IF(G19="","",G19-G20)</f>
         <v>19.200000000000003</v>
       </c>
       <c r="H21" s="16">
         <f>IF(H19="","",H19-H20)</f>
         <v>-15.100000000000001</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" ref="I21:Q21" si="2">IF(I19="","",I19-I20)</f>
         <v>16.700000000000003</v>
       </c>
@@ -3699,474 +3761,474 @@
       <c r="M21" s="16">
         <f t="shared" si="2"/>
         <v>-23.799999999999997</v>
       </c>
       <c r="N21" s="16">
         <f>IF(N19="","",N19-N20)</f>
         <v>-22.700000000000003</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
         <v>13.099999999999994</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="2"/>
         <v>10.200000000000003</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
         <v>6.2000000000000028</v>
       </c>
       <c r="R21" s="16">
         <f>IF(R19="","",R19-R20)</f>
         <v>3.0999999999999943</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
         <v>63</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>11</v>
       </c>
       <c r="H23" s="21">
         <v>0</v>
       </c>
       <c r="I23" s="21">
         <v>0</v>
       </c>
       <c r="J23" s="21">
         <v>5</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
       <c r="Q23" s="21">
         <v>30</v>
       </c>
       <c r="R23" s="21">
         <v>17</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>76.7</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>76.7</v>
       </c>
       <c r="H25" s="21">
         <v>73.099999999999994</v>
       </c>
       <c r="I25" s="21">
         <v>72</v>
       </c>
       <c r="J25" s="21">
         <v>72.400000000000006</v>
       </c>
       <c r="K25" s="21">
         <v>54.7</v>
       </c>
       <c r="L25" s="21">
         <v>52.6</v>
       </c>
       <c r="M25" s="21">
         <v>70.2</v>
       </c>
       <c r="N25" s="21">
         <v>60.5</v>
       </c>
       <c r="O25" s="21">
         <v>68.400000000000006</v>
       </c>
       <c r="P25" s="21">
         <v>52.2</v>
       </c>
       <c r="Q25" s="21">
         <v>60.5</v>
       </c>
       <c r="R25" s="21">
         <v>71.599999999999994</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>162</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>12</v>
       </c>
       <c r="H27" s="16">
         <v>13</v>
       </c>
       <c r="I27" s="16">
         <v>18</v>
       </c>
       <c r="J27" s="16">
         <v>12</v>
       </c>
       <c r="K27" s="16">
         <v>21</v>
       </c>
       <c r="L27" s="16">
         <v>17</v>
       </c>
       <c r="M27" s="16">
         <v>14</v>
       </c>
       <c r="N27" s="16">
         <v>11</v>
       </c>
       <c r="O27" s="16">
         <v>14</v>
       </c>
       <c r="P27" s="16">
         <v>13</v>
       </c>
       <c r="Q27" s="16">
         <v>8</v>
       </c>
       <c r="R27" s="16">
         <v>9</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>73</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>19</v>
       </c>
       <c r="H28" s="16">
         <v>8</v>
       </c>
       <c r="I28" s="16">
         <v>7</v>
       </c>
       <c r="J28" s="16">
         <v>4</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>0</v>
       </c>
       <c r="M28" s="16">
         <v>0</v>
       </c>
       <c r="N28" s="16">
         <v>0</v>
       </c>
       <c r="O28" s="16">
         <v>0</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>12</v>
       </c>
       <c r="R28" s="16">
         <v>23</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
         <v>55</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
       <c r="H29" s="21">
         <v>0</v>
       </c>
       <c r="I29" s="21">
         <v>0</v>
       </c>
       <c r="J29" s="21">
         <v>1</v>
       </c>
       <c r="K29" s="21">
         <v>0</v>
       </c>
       <c r="L29" s="21">
         <v>9</v>
       </c>
       <c r="M29" s="21">
         <v>18</v>
       </c>
       <c r="N29" s="21">
         <v>23</v>
       </c>
       <c r="O29" s="21">
         <v>4</v>
       </c>
       <c r="P29" s="21">
         <v>0</v>
       </c>
       <c r="Q29" s="21">
         <v>0</v>
       </c>
       <c r="R29" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
         <v>208</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
       <c r="H31" s="21">
         <v>29</v>
       </c>
       <c r="I31" s="21">
         <v>31</v>
       </c>
       <c r="J31" s="21">
         <v>19</v>
       </c>
       <c r="K31" s="21">
         <v>9</v>
       </c>
       <c r="L31" s="21">
         <v>1</v>
       </c>
       <c r="M31" s="21">
         <v>0</v>
       </c>
       <c r="N31" s="21">
         <v>0</v>
       </c>
       <c r="O31" s="21">
         <v>11</v>
       </c>
       <c r="P31" s="21">
         <v>16</v>
       </c>
       <c r="Q31" s="21">
         <v>30</v>
       </c>
       <c r="R31" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
         <v>3028.0999999999995</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
         <v>554.1</v>
       </c>
       <c r="H34" s="21">
         <v>399.9</v>
       </c>
       <c r="I34" s="21">
         <v>393.1</v>
       </c>
       <c r="J34" s="21">
         <v>264.10000000000002</v>
       </c>
       <c r="K34" s="21">
         <v>82.2</v>
@@ -4222,406 +4284,438 @@
       <c r="Q36" s="46"/>
       <c r="R36" s="46"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="46"/>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="46"/>
       <c r="G37" s="46"/>
       <c r="H37" s="46"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
-    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R38" s="2" t="s">
         <v>64</v>
       </c>
     </row>
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DDA09C1C-6075-4C44-B88C-F53D3D294DCB}">
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>58</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>57</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-14.1</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-14.1</v>
       </c>
       <c r="H9" s="14">
         <v>-7.5</v>
       </c>
       <c r="I9" s="14">
         <v>-4.2</v>
       </c>
       <c r="J9" s="14">
         <v>-2.9</v>
       </c>
       <c r="K9" s="14">
         <v>5</v>
       </c>
       <c r="L9" s="14">
         <v>8.1999999999999993</v>
       </c>
       <c r="M9" s="14">
         <v>10.8</v>
       </c>
       <c r="N9" s="14">
         <v>8.4</v>
       </c>
       <c r="O9" s="14">
         <v>5.0999999999999996</v>
       </c>
       <c r="P9" s="14">
         <v>1</v>
       </c>
       <c r="Q9" s="14">
         <v>-2.6</v>
       </c>
       <c r="R9" s="14">
         <v>-10.8</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>35.1</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>14.5</v>
       </c>
       <c r="H10" s="14">
         <v>14.4</v>
       </c>
       <c r="I10" s="14">
         <v>19.600000000000001</v>
       </c>
       <c r="J10" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="K10" s="14">
         <v>25.6</v>
       </c>
       <c r="L10" s="14">
         <v>29.9</v>
       </c>
       <c r="M10" s="14">
         <v>34.5</v>
       </c>
       <c r="N10" s="14">
         <v>35.1</v>
       </c>
       <c r="O10" s="14">
         <v>29.9</v>
       </c>
       <c r="P10" s="14">
         <v>26</v>
       </c>
       <c r="Q10" s="14">
         <v>15.5</v>
       </c>
       <c r="R10" s="14">
         <v>13.5</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>11.050000000000002</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>1.9</v>
       </c>
       <c r="H11" s="14">
         <v>2.9</v>
       </c>
       <c r="I11" s="14">
         <v>6.7</v>
       </c>
       <c r="J11" s="14">
         <v>8.1</v>
       </c>
       <c r="K11" s="14">
         <v>13.8</v>
       </c>
       <c r="L11" s="14">
         <v>19.5</v>
       </c>
       <c r="M11" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="N11" s="14">
         <v>20.100000000000001</v>
       </c>
       <c r="O11" s="14">
         <v>17.899999999999999</v>
       </c>
       <c r="P11" s="14">
         <v>12.5</v>
       </c>
       <c r="Q11" s="14">
         <v>5.5</v>
       </c>
       <c r="R11" s="14">
         <v>3.3</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
         <v>9.3000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
         <v>14.1</v>
       </c>
       <c r="P12" s="23">
         <v>9.5</v>
       </c>
       <c r="Q12" s="23">
         <v>4.2</v>
       </c>
       <c r="R12" s="23">
         <v>0.9</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>1.7500000000000018</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>1.7</v>
       </c>
       <c r="H13" s="14">
         <f>IF(H11="","",H11-H12)</f>
         <v>1.7999999999999998</v>
       </c>
       <c r="I13" s="14">
         <f>IF(I11="","",I11-I12)</f>
         <v>1.5</v>
       </c>
       <c r="J13" s="14">
@@ -4639,173 +4733,173 @@
       <c r="M13" s="14">
         <f>IF(M11="","",M11-M12)</f>
         <v>1.5999999999999979</v>
       </c>
       <c r="N13" s="14">
         <f>IF(N11="","",N11-N12)</f>
         <v>1.7000000000000028</v>
       </c>
       <c r="O13" s="14">
         <f>IF(O11="","",O11-O12)</f>
         <v>3.7999999999999989</v>
       </c>
       <c r="P13" s="14">
         <f>IF(P11="","",P11-P12)</f>
         <v>3</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="0"/>
         <v>1.2999999999999998</v>
       </c>
       <c r="R13" s="14">
         <f>IF(R11="","",R11-R12)</f>
         <v>2.4</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>1993.3000000000002</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>40.5</v>
       </c>
       <c r="H15" s="16">
         <v>155.30000000000001</v>
       </c>
       <c r="I15" s="16">
         <v>133.9</v>
       </c>
       <c r="J15" s="16">
         <v>146.1</v>
       </c>
       <c r="K15" s="16">
         <v>184.8</v>
       </c>
       <c r="L15" s="16">
         <v>324.7</v>
       </c>
       <c r="M15" s="16">
         <v>250.8</v>
       </c>
       <c r="N15" s="16">
         <v>214.9</v>
       </c>
       <c r="O15" s="16">
         <v>255.1</v>
       </c>
       <c r="P15" s="16">
         <v>173.2</v>
       </c>
       <c r="Q15" s="16">
         <v>48</v>
       </c>
       <c r="R15" s="16">
         <v>66</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
         <v>1797</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
       <c r="O16" s="28">
         <v>175</v>
       </c>
       <c r="P16" s="28">
         <v>119</v>
       </c>
       <c r="Q16" s="28">
         <v>66</v>
       </c>
       <c r="R16" s="28">
         <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>196.30000000000018</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f>IF(G15="","",G15-G16)</f>
         <v>-25.5</v>
       </c>
       <c r="H17" s="16">
         <f>IF(H15="","",H15-H16)</f>
         <v>61.300000000000011</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" ref="I17:Q17" si="1">IF(I15="","",I15-I16)</f>
         <v>-17.099999999999994</v>
       </c>
@@ -4824,173 +4918,173 @@
       <c r="M17" s="16">
         <f>IF(M15="","",M15-M16)</f>
         <v>5.8000000000000114</v>
       </c>
       <c r="N17" s="16">
         <f>IF(N15="","",N15-N16)</f>
         <v>-13.099999999999994</v>
       </c>
       <c r="O17" s="16">
         <f>IF(O15="","",O15-O16)</f>
         <v>80.099999999999994</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="1"/>
         <v>54.199999999999989</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
         <v>-18</v>
       </c>
       <c r="R17" s="16">
         <f>IF(R15="","",R15-R16)</f>
         <v>13</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>1079.9000000000001</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>68.400000000000006</v>
       </c>
       <c r="H19" s="16">
         <v>9.9</v>
       </c>
       <c r="I19" s="16">
         <v>102.3</v>
       </c>
       <c r="J19" s="16">
         <v>85.2</v>
       </c>
       <c r="K19" s="16">
         <v>85</v>
       </c>
       <c r="L19" s="16">
         <v>26.4</v>
       </c>
       <c r="M19" s="16">
         <v>97.8</v>
       </c>
       <c r="N19" s="16">
         <v>78.900000000000006</v>
       </c>
       <c r="O19" s="16">
         <v>47.6</v>
       </c>
       <c r="P19" s="16">
         <v>102</v>
       </c>
       <c r="Q19" s="16">
         <v>221.6</v>
       </c>
       <c r="R19" s="16">
         <v>154.80000000000001</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
         <v>1022</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
       <c r="O20" s="28">
         <v>87</v>
       </c>
       <c r="P20" s="28">
         <v>86</v>
       </c>
       <c r="Q20" s="28">
         <v>77</v>
       </c>
       <c r="R20" s="28">
         <v>78</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>57.900000000000091</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f>IF(G19="","",G19-G20)</f>
         <v>8.4000000000000057</v>
       </c>
       <c r="H21" s="16">
         <f>IF(H19="","",H19-H20)</f>
         <v>-46.1</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" ref="I21:L21" si="2">IF(I19="","",I19-I20)</f>
         <v>37.299999999999997</v>
       </c>
@@ -5009,521 +5103,521 @@
       <c r="M21" s="16">
         <f t="shared" ref="M21:Q21" si="3">IF(M19="","",M19-M20)</f>
         <v>-10.200000000000003</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="3"/>
         <v>-33.099999999999994</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="3"/>
         <v>-39.4</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="3"/>
         <v>16</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="3"/>
         <v>144.6</v>
       </c>
       <c r="R21" s="16">
         <f>IF(R19="","",R19-R20)</f>
         <v>76.800000000000011</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
         <v>23</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>9</v>
       </c>
       <c r="H23" s="21">
         <v>0</v>
       </c>
       <c r="I23" s="21">
         <v>0</v>
       </c>
       <c r="J23" s="21">
         <v>0</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
       <c r="Q23" s="21">
         <v>5</v>
       </c>
       <c r="R23" s="21">
         <v>9</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>109.1</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>74.5</v>
       </c>
       <c r="H25" s="21">
         <v>68.8</v>
       </c>
       <c r="I25" s="21">
         <v>109.1</v>
       </c>
       <c r="J25" s="21">
         <v>59.4</v>
       </c>
       <c r="K25" s="21">
         <v>46.8</v>
       </c>
       <c r="L25" s="21">
         <v>71.3</v>
       </c>
       <c r="M25" s="21">
         <v>72.400000000000006</v>
       </c>
       <c r="N25" s="21">
         <v>72.7</v>
       </c>
       <c r="O25" s="21">
         <v>51.5</v>
       </c>
       <c r="P25" s="21">
         <v>55.8</v>
       </c>
       <c r="Q25" s="21">
         <v>102.2</v>
       </c>
       <c r="R25" s="21">
         <v>59.8</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>155</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>13</v>
       </c>
       <c r="H27" s="16">
         <v>3</v>
       </c>
       <c r="I27" s="16">
         <v>15</v>
       </c>
       <c r="J27" s="16">
         <v>19</v>
       </c>
       <c r="K27" s="16">
         <v>12</v>
       </c>
       <c r="L27" s="16">
         <v>5</v>
       </c>
       <c r="M27" s="16">
         <v>18</v>
       </c>
       <c r="N27" s="16">
         <v>10</v>
       </c>
       <c r="O27" s="16">
         <v>6</v>
       </c>
       <c r="P27" s="16">
         <v>12</v>
       </c>
       <c r="Q27" s="16">
         <v>24</v>
       </c>
       <c r="R27" s="16">
         <v>18</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>29</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="43">
         <v>0</v>
       </c>
       <c r="H28" s="43">
         <v>0</v>
       </c>
       <c r="I28" s="43">
         <v>0</v>
       </c>
       <c r="J28" s="43">
         <v>0</v>
       </c>
       <c r="K28" s="43">
         <v>1</v>
       </c>
       <c r="L28" s="43">
         <v>0</v>
       </c>
       <c r="M28" s="43">
         <v>20</v>
       </c>
       <c r="N28" s="43">
         <v>5</v>
       </c>
       <c r="O28" s="43">
         <v>3</v>
       </c>
       <c r="P28" s="43">
         <v>0</v>
       </c>
       <c r="Q28" s="43">
         <v>0</v>
       </c>
       <c r="R28" s="43">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
         <v>76</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
         <v>16</v>
       </c>
       <c r="H29" s="16">
         <v>20</v>
       </c>
       <c r="I29" s="16">
         <v>10</v>
       </c>
       <c r="J29" s="16">
         <v>3</v>
       </c>
       <c r="K29" s="16">
         <v>0</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
         <v>0</v>
       </c>
       <c r="Q29" s="16">
         <v>12</v>
       </c>
       <c r="R29" s="16">
         <v>15</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
         <v>83</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="21">
         <v>0</v>
       </c>
       <c r="H30" s="21">
         <v>0</v>
       </c>
       <c r="I30" s="21">
         <v>0</v>
       </c>
       <c r="J30" s="21">
         <v>0</v>
       </c>
       <c r="K30" s="21">
         <v>1</v>
       </c>
       <c r="L30" s="21">
         <v>23</v>
       </c>
       <c r="M30" s="21">
         <v>21</v>
       </c>
       <c r="N30" s="21">
         <v>18</v>
       </c>
       <c r="O30" s="21">
         <v>15</v>
       </c>
       <c r="P30" s="21">
         <v>5</v>
       </c>
       <c r="Q30" s="21">
         <v>0</v>
       </c>
       <c r="R30" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
         <v>204</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>28</v>
       </c>
       <c r="I32" s="21">
         <v>30</v>
       </c>
       <c r="J32" s="21">
         <v>26</v>
       </c>
       <c r="K32" s="21">
         <v>12</v>
       </c>
       <c r="L32" s="21">
         <v>0</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>0</v>
       </c>
       <c r="O32" s="21">
         <v>2</v>
       </c>
       <c r="P32" s="21">
         <v>14</v>
       </c>
       <c r="Q32" s="21">
         <v>30</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
         <v>3003.1</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
         <v>561.9</v>
       </c>
       <c r="H35" s="21">
         <v>478.2</v>
       </c>
       <c r="I35" s="21">
         <v>406.1</v>
       </c>
       <c r="J35" s="21">
         <v>333.2</v>
       </c>
       <c r="K35" s="21">
         <v>109.9</v>
@@ -5579,406 +5673,437 @@
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>59</v>
       </c>
     </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0587E9A-BE7C-478A-A2A3-266E3F53CF13}">
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-9.4</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-6.6</v>
       </c>
       <c r="H9" s="14">
         <v>-5.4</v>
       </c>
       <c r="I9" s="14">
         <v>-6.4</v>
       </c>
       <c r="J9" s="14">
         <v>-3.7</v>
       </c>
       <c r="K9" s="14">
         <v>2</v>
       </c>
       <c r="L9" s="14">
         <v>6.5</v>
       </c>
       <c r="M9" s="14">
         <v>8.6999999999999993</v>
       </c>
       <c r="N9" s="14">
         <v>9.6</v>
       </c>
       <c r="O9" s="14">
         <v>2.9</v>
       </c>
       <c r="P9" s="14">
         <v>4.3</v>
       </c>
       <c r="Q9" s="14">
         <v>-1.5</v>
       </c>
       <c r="R9" s="14">
         <v>-9.4</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>35.1</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>14.7</v>
       </c>
       <c r="H10" s="14">
         <v>16.100000000000001</v>
       </c>
       <c r="I10" s="14">
         <v>18.7</v>
       </c>
       <c r="J10" s="14">
         <v>21.3</v>
       </c>
       <c r="K10" s="14">
         <v>29.5</v>
       </c>
       <c r="L10" s="14">
         <v>34</v>
       </c>
       <c r="M10" s="14">
         <v>35.1</v>
       </c>
       <c r="N10" s="14">
         <v>34.9</v>
       </c>
       <c r="O10" s="14">
         <v>27.2</v>
       </c>
       <c r="P10" s="14">
         <v>21.8</v>
       </c>
       <c r="Q10" s="14">
         <v>16.100000000000001</v>
       </c>
       <c r="R10" s="14">
         <v>12.8</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>10.916666666666666</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>0.7</v>
       </c>
       <c r="H11" s="14">
         <v>3.7</v>
       </c>
       <c r="I11" s="14">
         <v>6</v>
       </c>
       <c r="J11" s="14">
         <v>8.6999999999999993</v>
       </c>
       <c r="K11" s="14">
         <v>15.7</v>
       </c>
       <c r="L11" s="14">
         <v>19.399999999999999</v>
       </c>
       <c r="M11" s="14">
         <v>20.6</v>
       </c>
       <c r="N11" s="14">
         <v>20</v>
       </c>
       <c r="O11" s="14">
         <v>14</v>
       </c>
       <c r="P11" s="14">
         <v>13.3</v>
       </c>
       <c r="Q11" s="14">
         <v>6.6</v>
       </c>
       <c r="R11" s="14">
         <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
         <v>9.3000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
         <v>14.1</v>
       </c>
       <c r="P12" s="23">
         <v>9.5</v>
       </c>
       <c r="Q12" s="23">
         <v>4.2</v>
       </c>
       <c r="R12" s="23">
         <v>0.9</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>1.6166666666666654</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>0.49999999999999994</v>
       </c>
       <c r="H13" s="14">
         <f>IF(H11="","",H11-H12)</f>
         <v>2.6</v>
       </c>
       <c r="I13" s="14">
         <f>IF(I11="","",I11-I12)</f>
         <v>0.79999999999999982</v>
       </c>
       <c r="J13" s="14">
@@ -5996,173 +6121,173 @@
       <c r="M13" s="14">
         <f t="shared" si="0"/>
         <v>1.8000000000000007</v>
       </c>
       <c r="N13" s="14">
         <f>IF(N11="","",N11-N12)</f>
         <v>1.6000000000000014</v>
       </c>
       <c r="O13" s="14">
         <f>IF(O11="","",O11-O12)</f>
         <v>-9.9999999999999645E-2</v>
       </c>
       <c r="P13" s="14">
         <f>IF(P11="","",P11-P12)</f>
         <v>3.8000000000000007</v>
       </c>
       <c r="Q13" s="14">
         <f>IF(Q11="","",Q11-Q12)</f>
         <v>2.3999999999999995</v>
       </c>
       <c r="R13" s="14">
         <f>IF(R11="","",R11-R12)</f>
         <v>1.4</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>2170.0000000000005</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>125.1</v>
       </c>
       <c r="H15" s="16">
         <v>136.4</v>
       </c>
       <c r="I15" s="16">
         <v>244</v>
       </c>
       <c r="J15" s="16">
         <v>215</v>
       </c>
       <c r="K15" s="16">
         <v>262.89999999999998</v>
       </c>
       <c r="L15" s="16">
         <v>237</v>
       </c>
       <c r="M15" s="16">
         <v>311.89999999999998</v>
       </c>
       <c r="N15" s="16">
         <v>271.5</v>
       </c>
       <c r="O15" s="16">
         <v>143.69999999999999</v>
       </c>
       <c r="P15" s="16">
         <v>129.69999999999999</v>
       </c>
       <c r="Q15" s="16">
         <v>60.8</v>
       </c>
       <c r="R15" s="16">
         <v>32</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
         <v>1797</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
       <c r="O16" s="28">
         <v>175</v>
       </c>
       <c r="P16" s="28">
         <v>119</v>
       </c>
       <c r="Q16" s="28">
         <v>66</v>
       </c>
       <c r="R16" s="28">
         <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>373.00000000000045</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:Q17" si="1">IF(G15="","",G15-G16)</f>
         <v>59.099999999999994</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="1"/>
         <v>42.400000000000006</v>
       </c>
       <c r="I17" s="16">
         <f>IF(I15="","",I15-I16)</f>
         <v>93</v>
       </c>
@@ -6181,173 +6306,173 @@
       <c r="M17" s="16">
         <f t="shared" si="1"/>
         <v>66.899999999999977</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="1"/>
         <v>43.5</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="1"/>
         <v>-31.300000000000011</v>
       </c>
       <c r="P17" s="16">
         <f>IF(P15="","",P15-P16)</f>
         <v>10.699999999999989</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
         <v>-5.2000000000000028</v>
       </c>
       <c r="R17" s="16">
         <f>IF(R15="","",R15-R16)</f>
         <v>-21</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>895.1</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>32</v>
       </c>
       <c r="H19" s="16">
         <v>49.5</v>
       </c>
       <c r="I19" s="16">
         <v>18.3</v>
       </c>
       <c r="J19" s="16">
         <v>77.099999999999994</v>
       </c>
       <c r="K19" s="16">
         <v>38.4</v>
       </c>
       <c r="L19" s="16">
         <v>126.5</v>
       </c>
       <c r="M19" s="16">
         <v>60.4</v>
       </c>
       <c r="N19" s="16">
         <v>51.4</v>
       </c>
       <c r="O19" s="16">
         <v>188.7</v>
       </c>
       <c r="P19" s="16">
         <v>81.900000000000006</v>
       </c>
       <c r="Q19" s="16">
         <v>67.7</v>
       </c>
       <c r="R19" s="16">
         <v>103.2</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
         <v>1022</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
       <c r="O20" s="28">
         <v>87</v>
       </c>
       <c r="P20" s="28">
         <v>86</v>
       </c>
       <c r="Q20" s="28">
         <v>77</v>
       </c>
       <c r="R20" s="28">
         <v>78</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>-126.89999999999998</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:Q21" si="2">IF(G19="","",G19-G20)</f>
         <v>-28</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="2"/>
         <v>-6.5</v>
       </c>
       <c r="I21" s="16">
         <f>IF(I19="","",I19-I20)</f>
         <v>-46.7</v>
       </c>
@@ -6366,520 +6491,520 @@
       <c r="M21" s="16">
         <f t="shared" si="2"/>
         <v>-47.6</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="2"/>
         <v>-60.6</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
         <v>101.69999999999999</v>
       </c>
       <c r="P21" s="16">
         <f>IF(P19="","",P19-P20)</f>
         <v>-4.0999999999999943</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
         <v>-9.2999999999999972</v>
       </c>
       <c r="R21" s="16">
         <f>IF(R19="","",R19-R20)</f>
         <v>25.200000000000003</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
         <v>34</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
         <v>7</v>
       </c>
       <c r="H23" s="21">
         <v>0</v>
       </c>
       <c r="I23" s="21">
         <v>2</v>
       </c>
       <c r="J23" s="21">
         <v>9</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
       <c r="Q23" s="21">
         <v>0</v>
       </c>
       <c r="R23" s="21">
         <v>16</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>78.5</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
         <v>56.9</v>
       </c>
       <c r="H25" s="21">
         <v>70.2</v>
       </c>
       <c r="I25" s="21">
         <v>61.6</v>
       </c>
       <c r="J25" s="21">
         <v>78.5</v>
       </c>
       <c r="K25" s="21">
         <v>57.6</v>
       </c>
       <c r="L25" s="21">
         <v>69.8</v>
       </c>
       <c r="M25" s="21">
         <v>47.2</v>
       </c>
       <c r="N25" s="21">
         <v>53.6</v>
       </c>
       <c r="O25" s="21">
         <v>52.6</v>
       </c>
       <c r="P25" s="21">
         <v>58</v>
       </c>
       <c r="Q25" s="21">
         <v>63.4</v>
       </c>
       <c r="R25" s="21">
         <v>61.2</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>132</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>7</v>
       </c>
       <c r="H27" s="16">
         <v>14</v>
       </c>
       <c r="I27" s="16">
         <v>3</v>
       </c>
       <c r="J27" s="16">
         <v>11</v>
       </c>
       <c r="K27" s="16">
         <v>9</v>
       </c>
       <c r="L27" s="16">
         <v>14</v>
       </c>
       <c r="M27" s="16">
         <v>8</v>
       </c>
       <c r="N27" s="16">
         <v>8</v>
       </c>
       <c r="O27" s="16">
         <v>16</v>
       </c>
       <c r="P27" s="16">
         <v>11</v>
       </c>
       <c r="Q27" s="16">
         <v>15</v>
       </c>
       <c r="R27" s="16">
         <v>16</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="H28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="I28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="J28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="K28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="L28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="M28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="N28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="O28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="P28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="Q28" s="43" t="s">
         <v>56</v>
       </c>
       <c r="R28" s="43" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
         <v>91</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
         <v>27</v>
       </c>
       <c r="H29" s="16">
         <v>17</v>
       </c>
       <c r="I29" s="16">
         <v>19</v>
       </c>
       <c r="J29" s="16">
         <v>5</v>
       </c>
       <c r="K29" s="16">
         <v>0</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
         <v>0</v>
       </c>
       <c r="Q29" s="16">
         <v>4</v>
       </c>
       <c r="R29" s="16">
         <v>19</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
         <v>74</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="21">
         <v>0</v>
       </c>
       <c r="H30" s="21">
         <v>0</v>
       </c>
       <c r="I30" s="21">
         <v>0</v>
       </c>
       <c r="J30" s="21">
         <v>0</v>
       </c>
       <c r="K30" s="21">
         <v>9</v>
       </c>
       <c r="L30" s="21">
         <v>18</v>
       </c>
       <c r="M30" s="21">
         <v>23</v>
       </c>
       <c r="N30" s="21">
         <v>20</v>
       </c>
       <c r="O30" s="21">
         <v>4</v>
       </c>
       <c r="P30" s="21">
         <v>0</v>
       </c>
       <c r="Q30" s="21">
         <v>0</v>
       </c>
       <c r="R30" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
         <v>200</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>28</v>
       </c>
       <c r="I32" s="21">
         <v>31</v>
       </c>
       <c r="J32" s="21">
         <v>26</v>
       </c>
       <c r="K32" s="21">
         <v>6</v>
       </c>
       <c r="L32" s="21">
         <v>0</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>0</v>
       </c>
       <c r="O32" s="21">
         <v>12</v>
       </c>
       <c r="P32" s="21">
         <v>6</v>
       </c>
       <c r="Q32" s="21">
         <v>29</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
         <v>2968.5</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
         <v>598.20000000000005</v>
       </c>
       <c r="H35" s="21">
         <v>456.5</v>
       </c>
       <c r="I35" s="21">
         <v>433.6</v>
       </c>
       <c r="J35" s="21">
         <v>313.8</v>
       </c>
       <c r="K35" s="21">
         <v>53.9</v>
@@ -6935,407 +7060,438 @@
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>41</v>
       </c>
     </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-9.9</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-8.6999999999999993</v>
       </c>
       <c r="H9" s="14">
         <v>-9.9</v>
       </c>
       <c r="I9" s="14">
         <v>-3.2</v>
       </c>
       <c r="J9" s="14">
         <v>-3</v>
       </c>
       <c r="K9" s="14">
         <v>-0.9</v>
       </c>
       <c r="L9" s="14">
         <v>6.8</v>
       </c>
       <c r="M9" s="14">
         <v>10.6</v>
       </c>
       <c r="N9" s="14">
         <v>6.3</v>
       </c>
       <c r="O9" s="14">
         <v>6.2</v>
       </c>
       <c r="P9" s="14">
         <v>-1.7</v>
       </c>
       <c r="Q9" s="14">
         <v>-3.3</v>
       </c>
       <c r="R9" s="14">
         <v>-6.6</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>30.5</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>10.199999999999999</v>
       </c>
       <c r="H10" s="14">
         <v>16.8</v>
       </c>
       <c r="I10" s="14">
         <v>22.4</v>
       </c>
       <c r="J10" s="14">
         <v>22.2</v>
       </c>
       <c r="K10" s="14">
         <v>24.5</v>
       </c>
       <c r="L10" s="14">
         <v>29.9</v>
       </c>
       <c r="M10" s="14">
         <v>28.7</v>
       </c>
       <c r="N10" s="14">
         <v>30.5</v>
       </c>
       <c r="O10" s="14">
         <v>26.1</v>
       </c>
       <c r="P10" s="14">
         <v>20.9</v>
       </c>
       <c r="Q10" s="14">
         <v>11.1</v>
       </c>
       <c r="R10" s="14">
         <v>14.4</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>9.2333333333333343</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>0.6</v>
       </c>
       <c r="H11" s="14">
         <v>3.5</v>
       </c>
       <c r="I11" s="14">
         <v>5.0999999999999996</v>
       </c>
       <c r="J11" s="14">
         <v>7.5</v>
       </c>
       <c r="K11" s="14">
         <v>10.7</v>
       </c>
       <c r="L11" s="14">
         <v>18.600000000000001</v>
       </c>
       <c r="M11" s="14">
         <v>18.2</v>
       </c>
       <c r="N11" s="14">
         <v>17.3</v>
       </c>
       <c r="O11" s="14">
         <v>15.9</v>
       </c>
       <c r="P11" s="14">
         <v>8.6999999999999993</v>
       </c>
       <c r="Q11" s="14">
         <v>3.3</v>
       </c>
       <c r="R11" s="14">
         <v>1.4</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
         <v>8.8000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>-0.4</v>
       </c>
       <c r="H12" s="23">
         <v>0.7</v>
       </c>
       <c r="I12" s="23">
         <v>4.7</v>
       </c>
       <c r="J12" s="23">
         <v>8.1</v>
       </c>
       <c r="K12" s="23">
         <v>12.7</v>
       </c>
       <c r="L12" s="23">
         <v>16</v>
       </c>
       <c r="M12" s="23">
         <v>18.3</v>
       </c>
       <c r="N12" s="23">
         <v>17.7</v>
       </c>
       <c r="O12" s="23">
         <v>13.7</v>
       </c>
       <c r="P12" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="Q12" s="23">
         <v>3.7</v>
       </c>
       <c r="R12" s="23">
         <v>0.6</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>0.43333333333333357</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f t="shared" ref="G13:R13" si="0">IF(G11="","",G11-G12)</f>
         <v>1</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" si="0"/>
         <v>2.8</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="0"/>
         <v>0.39999999999999947</v>
       </c>
       <c r="J13" s="14">
@@ -7353,173 +7509,173 @@
       <c r="M13" s="14">
         <f t="shared" si="0"/>
         <v>-0.10000000000000142</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="0"/>
         <v>-0.39999999999999858</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="0"/>
         <v>2.2000000000000011</v>
       </c>
       <c r="P13" s="14">
         <f t="shared" si="0"/>
         <v>-0.60000000000000142</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="0"/>
         <v>-0.40000000000000036</v>
       </c>
       <c r="R13" s="14">
         <f t="shared" si="0"/>
         <v>0.79999999999999993</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>1862.1</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>54.2</v>
       </c>
       <c r="H15" s="16">
         <v>94.6</v>
       </c>
       <c r="I15" s="16">
         <v>178.8</v>
       </c>
       <c r="J15" s="16">
         <v>240.9</v>
       </c>
       <c r="K15" s="16">
         <v>177.2</v>
       </c>
       <c r="L15" s="16">
         <v>230.3</v>
       </c>
       <c r="M15" s="16">
         <v>194.1</v>
       </c>
       <c r="N15" s="16">
         <v>201.2</v>
       </c>
       <c r="O15" s="16">
         <v>222.8</v>
       </c>
       <c r="P15" s="16">
         <v>174</v>
       </c>
       <c r="Q15" s="16">
         <v>55.3</v>
       </c>
       <c r="R15" s="16">
         <v>38.700000000000003</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1682)</f>
         <v>1682</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>64</v>
       </c>
       <c r="H16" s="28">
         <v>87</v>
       </c>
       <c r="I16" s="28">
         <v>137</v>
       </c>
       <c r="J16" s="28">
         <v>159</v>
       </c>
       <c r="K16" s="28">
         <v>182</v>
       </c>
       <c r="L16" s="28">
         <v>205</v>
       </c>
       <c r="M16" s="28">
         <v>236</v>
       </c>
       <c r="N16" s="28">
         <v>217</v>
       </c>
       <c r="O16" s="28">
         <v>165</v>
       </c>
       <c r="P16" s="28">
         <v>113</v>
       </c>
       <c r="Q16" s="28">
         <v>68</v>
       </c>
       <c r="R16" s="28">
         <v>49</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>180.09999999999991</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:R17" si="1">IF(G15="","",G15-G16)</f>
         <v>-9.7999999999999972</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="1"/>
         <v>7.5999999999999943</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="1"/>
         <v>41.800000000000011</v>
       </c>
@@ -7538,173 +7694,173 @@
       <c r="M17" s="16">
         <f t="shared" si="1"/>
         <v>-41.900000000000006</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="1"/>
         <v>-15.800000000000011</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="1"/>
         <v>57.800000000000011</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="1"/>
         <v>61</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
         <v>-12.700000000000003</v>
       </c>
       <c r="R17" s="16">
         <f t="shared" si="1"/>
         <v>-10.299999999999997</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>1136.8</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>112.2</v>
       </c>
       <c r="H19" s="16">
         <v>31.4</v>
       </c>
       <c r="I19" s="16">
         <v>55.8</v>
       </c>
       <c r="J19" s="16">
         <v>41.8</v>
       </c>
       <c r="K19" s="16">
         <v>148.9</v>
       </c>
       <c r="L19" s="16">
         <v>212.4</v>
       </c>
       <c r="M19" s="16">
         <v>262.89999999999998</v>
       </c>
       <c r="N19" s="16">
         <v>65.400000000000006</v>
       </c>
       <c r="O19" s="16">
         <v>46.8</v>
       </c>
       <c r="P19" s="16">
         <v>33.299999999999997</v>
       </c>
       <c r="Q19" s="16">
         <v>16.399999999999999</v>
       </c>
       <c r="R19" s="16">
         <v>109.5</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1059)</f>
         <v>1059</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>55</v>
       </c>
       <c r="I20" s="28">
         <v>73</v>
       </c>
       <c r="J20" s="28">
         <v>82</v>
       </c>
       <c r="K20" s="28">
         <v>119</v>
       </c>
       <c r="L20" s="28">
         <v>111</v>
       </c>
       <c r="M20" s="28">
         <v>106</v>
       </c>
       <c r="N20" s="28">
         <v>116</v>
       </c>
       <c r="O20" s="28">
         <v>99</v>
       </c>
       <c r="P20" s="28">
         <v>88</v>
       </c>
       <c r="Q20" s="28">
         <v>76</v>
       </c>
       <c r="R20" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>77.799999999999955</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:R21" si="2">IF(G19="","",G19-G20)</f>
         <v>52.2</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="2"/>
         <v>-23.6</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="2"/>
         <v>-17.200000000000003</v>
       </c>
@@ -7723,521 +7879,521 @@
       <c r="M21" s="16">
         <f t="shared" si="2"/>
         <v>156.89999999999998</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="2"/>
         <v>-50.599999999999994</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
         <v>-52.2</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="2"/>
         <v>-54.7</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
         <v>-59.6</v>
       </c>
       <c r="R21" s="16">
         <f t="shared" si="2"/>
         <v>35.5</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="41">
         <f>SUM(G23:R23)</f>
         <v>55</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="16">
         <v>24</v>
       </c>
       <c r="H23" s="16">
         <v>8</v>
       </c>
       <c r="I23" s="16">
         <v>2</v>
       </c>
       <c r="J23" s="16">
         <v>4</v>
       </c>
       <c r="K23" s="16">
         <v>0</v>
       </c>
       <c r="L23" s="16">
         <v>0</v>
       </c>
       <c r="M23" s="16">
         <v>0</v>
       </c>
       <c r="N23" s="16">
         <v>0</v>
       </c>
       <c r="O23" s="16">
         <v>0</v>
       </c>
       <c r="P23" s="16">
         <v>0</v>
       </c>
       <c r="Q23" s="16">
         <v>2</v>
       </c>
       <c r="R23" s="16">
         <v>15</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>92.2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="16">
         <v>72.400000000000006</v>
       </c>
       <c r="H25" s="16">
         <v>55.1</v>
       </c>
       <c r="I25" s="16">
         <v>87.5</v>
       </c>
       <c r="J25" s="16">
         <v>52.6</v>
       </c>
       <c r="K25" s="16">
         <v>74.5</v>
       </c>
       <c r="L25" s="16">
         <v>64.099999999999994</v>
       </c>
       <c r="M25" s="16">
         <v>92.2</v>
       </c>
       <c r="N25" s="16">
         <v>47.2</v>
       </c>
       <c r="O25" s="16">
         <v>43.9</v>
       </c>
       <c r="P25" s="16">
         <v>78.099999999999994</v>
       </c>
       <c r="Q25" s="16">
         <v>54</v>
       </c>
       <c r="R25" s="16">
         <v>63</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>144</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>18</v>
       </c>
       <c r="H27" s="16">
         <v>8</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
         <v>6</v>
       </c>
       <c r="K27" s="16">
         <v>17</v>
       </c>
       <c r="L27" s="16">
         <v>13</v>
       </c>
       <c r="M27" s="16">
         <v>18</v>
       </c>
       <c r="N27" s="16">
         <v>8</v>
       </c>
       <c r="O27" s="16">
         <v>11</v>
       </c>
       <c r="P27" s="16">
         <v>10</v>
       </c>
       <c r="Q27" s="16">
         <v>9</v>
       </c>
       <c r="R27" s="16">
         <v>17</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>16</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
       <c r="I28" s="16">
         <v>0</v>
       </c>
       <c r="J28" s="16">
         <v>0</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>8</v>
       </c>
       <c r="M28" s="16">
         <v>7</v>
       </c>
       <c r="N28" s="16">
         <v>1</v>
       </c>
       <c r="O28" s="16">
         <v>0</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>0</v>
       </c>
       <c r="R28" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
         <v>108</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
         <v>23</v>
       </c>
       <c r="H29" s="16">
         <v>15</v>
       </c>
       <c r="I29" s="16">
         <v>16</v>
       </c>
       <c r="J29" s="16">
         <v>14</v>
       </c>
       <c r="K29" s="16">
         <v>1</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
         <v>3</v>
       </c>
       <c r="Q29" s="16">
         <v>14</v>
       </c>
       <c r="R29" s="16">
         <v>22</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
         <v>34</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="16">
         <v>0</v>
       </c>
       <c r="I30" s="16">
         <v>0</v>
       </c>
       <c r="J30" s="16">
         <v>0</v>
       </c>
       <c r="K30" s="16">
         <v>0</v>
       </c>
       <c r="L30" s="16">
         <v>12</v>
       </c>
       <c r="M30" s="16">
         <v>9</v>
       </c>
       <c r="N30" s="16">
         <v>7</v>
       </c>
       <c r="O30" s="16">
         <v>6</v>
       </c>
       <c r="P30" s="16">
         <v>0</v>
       </c>
       <c r="Q30" s="16">
         <v>0</v>
       </c>
       <c r="R30" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
         <v>229</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>28</v>
       </c>
       <c r="I32" s="21">
         <v>30</v>
       </c>
       <c r="J32" s="21">
         <v>26</v>
       </c>
       <c r="K32" s="21">
         <v>23</v>
       </c>
       <c r="L32" s="21">
         <v>0</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>0</v>
       </c>
       <c r="O32" s="21">
         <v>3</v>
       </c>
       <c r="P32" s="21">
         <v>27</v>
       </c>
       <c r="Q32" s="21">
         <v>30</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
         <v>3535</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
         <v>602.5</v>
       </c>
       <c r="H35" s="21">
         <v>463.3</v>
       </c>
       <c r="I35" s="21">
         <v>453.5</v>
       </c>
       <c r="J35" s="21">
         <v>346.2</v>
       </c>
       <c r="K35" s="21">
         <v>241</v>
@@ -8293,403 +8449,434 @@
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>41</v>
       </c>
     </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6991450A-C7C9-4F1E-A872-44D4B1FE4EBF}">
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>52</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>47</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-6.4</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-6.4</v>
       </c>
       <c r="H9" s="14">
         <v>-5.2</v>
       </c>
       <c r="I9" s="14">
         <v>-4.5</v>
       </c>
       <c r="J9" s="14">
         <v>-4.5999999999999996</v>
       </c>
       <c r="K9" s="14">
         <v>2.9</v>
       </c>
       <c r="L9" s="14">
         <v>5.8</v>
       </c>
       <c r="M9" s="14">
         <v>7.5</v>
       </c>
       <c r="N9" s="14">
         <v>7.7</v>
       </c>
       <c r="O9" s="14">
         <v>5.3</v>
       </c>
       <c r="P9" s="14">
         <v>-0.3</v>
       </c>
       <c r="Q9" s="14">
         <v>-4.0999999999999996</v>
       </c>
       <c r="R9" s="14">
         <v>-5</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>33.6</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>13.4</v>
       </c>
       <c r="H10" s="14">
         <v>17.600000000000001</v>
       </c>
       <c r="I10" s="14">
         <v>18.100000000000001</v>
       </c>
       <c r="J10" s="14">
         <v>22.7</v>
       </c>
       <c r="K10" s="14">
         <v>26.3</v>
       </c>
       <c r="L10" s="14">
         <v>28</v>
       </c>
       <c r="M10" s="14">
         <v>33.6</v>
       </c>
       <c r="N10" s="14">
         <v>31.6</v>
       </c>
       <c r="O10" s="14">
         <v>28.3</v>
       </c>
       <c r="P10" s="14">
         <v>17.8</v>
       </c>
       <c r="Q10" s="14">
         <v>20.6</v>
       </c>
       <c r="R10" s="14">
         <v>13.4</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>10.316666666666665</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>1.3</v>
       </c>
       <c r="H11" s="14">
         <v>5.5</v>
       </c>
       <c r="I11" s="14">
         <v>5.4</v>
       </c>
       <c r="J11" s="14">
         <v>11.5</v>
       </c>
       <c r="K11" s="14">
         <v>13.4</v>
       </c>
       <c r="L11" s="14">
         <v>16.3</v>
       </c>
       <c r="M11" s="14">
         <v>19.600000000000001</v>
       </c>
       <c r="N11" s="14">
         <v>19.100000000000001</v>
       </c>
       <c r="O11" s="14">
         <v>15.6</v>
       </c>
       <c r="P11" s="14">
         <v>9</v>
       </c>
       <c r="Q11" s="14">
         <v>5</v>
       </c>
       <c r="R11" s="14">
         <v>2.1</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
         <v>8.8000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>-0.4</v>
       </c>
       <c r="H12" s="23">
         <v>0.7</v>
       </c>
       <c r="I12" s="23">
         <v>4.7</v>
       </c>
       <c r="J12" s="23">
         <v>8.1</v>
       </c>
       <c r="K12" s="23">
         <v>12.7</v>
       </c>
       <c r="L12" s="23">
         <v>16</v>
       </c>
       <c r="M12" s="23">
         <v>18.3</v>
       </c>
       <c r="N12" s="23">
         <v>17.7</v>
       </c>
       <c r="O12" s="23">
         <v>13.7</v>
       </c>
       <c r="P12" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="Q12" s="23">
         <v>3.7</v>
       </c>
       <c r="R12" s="23">
         <v>0.6</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>1.5166666666666639</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f t="shared" ref="G13:R13" si="0">IF(G11="","",G11-G12)</f>
         <v>1.7000000000000002</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" si="0"/>
         <v>4.8</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="0"/>
         <v>0.70000000000000018</v>
       </c>
       <c r="J13" s="14">
@@ -8707,173 +8894,173 @@
       <c r="M13" s="14">
         <f t="shared" si="0"/>
         <v>1.3000000000000007</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="0"/>
         <v>1.4000000000000021</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="0"/>
         <v>1.9000000000000004</v>
       </c>
       <c r="P13" s="14">
         <f t="shared" si="0"/>
         <v>-0.30000000000000071</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="0"/>
         <v>1.2999999999999998</v>
       </c>
       <c r="R13" s="14">
         <f t="shared" si="0"/>
         <v>1.5</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>2154.7999999999997</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>137.4</v>
       </c>
       <c r="H15" s="16">
         <v>118.1</v>
       </c>
       <c r="I15" s="16">
         <v>193.8</v>
       </c>
       <c r="J15" s="16">
         <v>286.2</v>
       </c>
       <c r="K15" s="16">
         <v>265.39999999999998</v>
       </c>
       <c r="L15" s="16">
         <v>207.7</v>
       </c>
       <c r="M15" s="16">
         <v>297.5</v>
       </c>
       <c r="N15" s="16">
         <v>231.4</v>
       </c>
       <c r="O15" s="16">
         <v>207.3</v>
       </c>
       <c r="P15" s="16">
         <v>97.1</v>
       </c>
       <c r="Q15" s="16">
         <v>82.7</v>
       </c>
       <c r="R15" s="16">
         <v>30.2</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1682)</f>
         <v>1682</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>64</v>
       </c>
       <c r="H16" s="28">
         <v>87</v>
       </c>
       <c r="I16" s="28">
         <v>137</v>
       </c>
       <c r="J16" s="28">
         <v>159</v>
       </c>
       <c r="K16" s="28">
         <v>182</v>
       </c>
       <c r="L16" s="28">
         <v>205</v>
       </c>
       <c r="M16" s="28">
         <v>236</v>
       </c>
       <c r="N16" s="28">
         <v>217</v>
       </c>
       <c r="O16" s="28">
         <v>165</v>
       </c>
       <c r="P16" s="28">
         <v>113</v>
       </c>
       <c r="Q16" s="28">
         <v>68</v>
       </c>
       <c r="R16" s="28">
         <v>49</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>472.79999999999973</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:R17" si="1">IF(G15="","",G15-G16)</f>
         <v>73.400000000000006</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="1"/>
         <v>31.099999999999994</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="1"/>
         <v>56.800000000000011</v>
       </c>
@@ -8892,173 +9079,173 @@
       <c r="M17" s="16">
         <f t="shared" si="1"/>
         <v>61.5</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="1"/>
         <v>14.400000000000006</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="1"/>
         <v>42.300000000000011</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="1"/>
         <v>-15.900000000000006</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
         <v>14.700000000000003</v>
       </c>
       <c r="R17" s="16">
         <f t="shared" si="1"/>
         <v>-18.8</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>1037.3</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>42.5</v>
       </c>
       <c r="H19" s="16">
         <v>123.3</v>
       </c>
       <c r="I19" s="16">
         <v>51.3</v>
       </c>
       <c r="J19" s="16">
         <v>47.2</v>
       </c>
       <c r="K19" s="16">
         <v>79</v>
       </c>
       <c r="L19" s="16">
         <v>148.4</v>
       </c>
       <c r="M19" s="16">
         <v>67.3</v>
       </c>
       <c r="N19" s="16">
         <v>158.6</v>
       </c>
       <c r="O19" s="16">
         <v>82.3</v>
       </c>
       <c r="P19" s="16">
         <v>124.4</v>
       </c>
       <c r="Q19" s="16">
         <v>38.200000000000003</v>
       </c>
       <c r="R19" s="16">
         <v>74.8</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1059)</f>
         <v>1059</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>55</v>
       </c>
       <c r="I20" s="28">
         <v>73</v>
       </c>
       <c r="J20" s="28">
         <v>82</v>
       </c>
       <c r="K20" s="28">
         <v>119</v>
       </c>
       <c r="L20" s="28">
         <v>111</v>
       </c>
       <c r="M20" s="28">
         <v>106</v>
       </c>
       <c r="N20" s="28">
         <v>116</v>
       </c>
       <c r="O20" s="28">
         <v>99</v>
       </c>
       <c r="P20" s="28">
         <v>88</v>
       </c>
       <c r="Q20" s="28">
         <v>76</v>
       </c>
       <c r="R20" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>-21.700000000000045</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:R21" si="2">IF(G19="","",G19-G20)</f>
         <v>-17.5</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="2"/>
         <v>68.3</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="2"/>
         <v>-21.700000000000003</v>
       </c>
@@ -9077,521 +9264,521 @@
       <c r="M21" s="16">
         <f t="shared" si="2"/>
         <v>-38.700000000000003</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="2"/>
         <v>42.599999999999994</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
         <v>-16.700000000000003</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="2"/>
         <v>36.400000000000006</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
         <v>-37.799999999999997</v>
       </c>
       <c r="R21" s="16">
         <f t="shared" si="2"/>
         <v>0.79999999999999716</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="41">
         <f>SUM(G23:R23)</f>
         <v>48</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="16">
         <v>0</v>
       </c>
       <c r="H23" s="16">
         <v>9</v>
       </c>
       <c r="I23" s="16">
         <v>0</v>
       </c>
       <c r="J23" s="16">
         <v>0</v>
       </c>
       <c r="K23" s="16">
         <v>0</v>
       </c>
       <c r="L23" s="16">
         <v>0</v>
       </c>
       <c r="M23" s="16">
         <v>0</v>
       </c>
       <c r="N23" s="16">
         <v>0</v>
       </c>
       <c r="O23" s="16">
         <v>0</v>
       </c>
       <c r="P23" s="16">
         <v>0</v>
       </c>
       <c r="Q23" s="16">
         <v>6</v>
       </c>
       <c r="R23" s="16">
         <v>33</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>100.8</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="16">
         <v>73.400000000000006</v>
       </c>
       <c r="H25" s="16">
         <v>100.8</v>
       </c>
       <c r="I25" s="16">
         <v>84.2</v>
       </c>
       <c r="J25" s="16">
         <v>51.8</v>
       </c>
       <c r="K25" s="16">
         <v>49.7</v>
       </c>
       <c r="L25" s="16">
         <v>64.099999999999994</v>
       </c>
       <c r="M25" s="16">
         <v>51.5</v>
       </c>
       <c r="N25" s="16">
         <v>97.2</v>
       </c>
       <c r="O25" s="16">
         <v>52.6</v>
       </c>
       <c r="P25" s="16">
         <v>70.900000000000006</v>
       </c>
       <c r="Q25" s="16">
         <v>41</v>
       </c>
       <c r="R25" s="16">
         <v>56.5</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>137</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>7</v>
       </c>
       <c r="H27" s="16">
         <v>15</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
         <v>5</v>
       </c>
       <c r="K27" s="16">
         <v>11</v>
       </c>
       <c r="L27" s="16">
         <v>18</v>
       </c>
       <c r="M27" s="16">
         <v>8</v>
       </c>
       <c r="N27" s="16">
         <v>13</v>
       </c>
       <c r="O27" s="16">
         <v>8</v>
       </c>
       <c r="P27" s="16">
         <v>18</v>
       </c>
       <c r="Q27" s="16">
         <v>7</v>
       </c>
       <c r="R27" s="16">
         <v>18</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>13</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
       <c r="I28" s="16">
         <v>1</v>
       </c>
       <c r="J28" s="16">
         <v>1</v>
       </c>
       <c r="K28" s="16">
         <v>1</v>
       </c>
       <c r="L28" s="16">
         <v>0</v>
       </c>
       <c r="M28" s="16">
         <v>4</v>
       </c>
       <c r="N28" s="16">
         <v>5</v>
       </c>
       <c r="O28" s="16">
         <v>1</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>0</v>
       </c>
       <c r="R28" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
         <v>91</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
         <v>27</v>
       </c>
       <c r="H29" s="16">
         <v>14</v>
       </c>
       <c r="I29" s="16">
         <v>14</v>
       </c>
       <c r="J29" s="16">
         <v>6</v>
       </c>
       <c r="K29" s="16">
         <v>0</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
         <v>1</v>
       </c>
       <c r="Q29" s="16">
         <v>12</v>
       </c>
       <c r="R29" s="16">
         <v>17</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
         <v>53</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="16">
         <v>0</v>
       </c>
       <c r="I30" s="16">
         <v>0</v>
       </c>
       <c r="J30" s="16">
         <v>0</v>
       </c>
       <c r="K30" s="16">
         <v>1</v>
       </c>
       <c r="L30" s="16">
         <v>9</v>
       </c>
       <c r="M30" s="16">
         <v>17</v>
       </c>
       <c r="N30" s="16">
         <v>16</v>
       </c>
       <c r="O30" s="16">
         <v>10</v>
       </c>
       <c r="P30" s="16">
         <v>0</v>
       </c>
       <c r="Q30" s="16">
         <v>0</v>
       </c>
       <c r="R30" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
         <v>211</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>26</v>
       </c>
       <c r="I32" s="21">
         <v>31</v>
       </c>
       <c r="J32" s="21">
         <v>13</v>
       </c>
       <c r="K32" s="21">
         <v>10</v>
       </c>
       <c r="L32" s="21">
         <v>2</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>1</v>
       </c>
       <c r="O32" s="21">
         <v>6</v>
       </c>
       <c r="P32" s="21">
         <v>31</v>
       </c>
       <c r="Q32" s="21">
         <v>29</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
         <v>3113.9</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
         <v>579.20000000000005</v>
       </c>
       <c r="H35" s="21">
         <v>397.5</v>
       </c>
       <c r="I35" s="21">
         <v>453.7</v>
       </c>
       <c r="J35" s="21">
         <v>146.69999999999999</v>
       </c>
       <c r="K35" s="21">
         <v>103.8</v>
@@ -9647,403 +9834,434 @@
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>41</v>
       </c>
     </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{744133E5-23A7-4D72-9607-32D85DE751E2}">
-  <dimension ref="A1:R39"/>
+  <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>53</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
-    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
         <v>46</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
       </c>
       <c r="O7" s="33" t="s">
         <v>9</v>
       </c>
       <c r="P7" s="33" t="s">
         <v>10</v>
       </c>
       <c r="Q7" s="33" t="s">
         <v>11</v>
       </c>
       <c r="R7" s="33" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
         <v>-9.5</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
         <v>-6.5</v>
       </c>
       <c r="H9" s="14">
         <v>-9.5</v>
       </c>
       <c r="I9" s="14">
         <v>-3.6</v>
       </c>
       <c r="J9" s="14">
         <v>-1.6</v>
       </c>
       <c r="K9" s="14">
         <v>-2.6</v>
       </c>
       <c r="L9" s="14">
         <v>7.1</v>
       </c>
       <c r="M9" s="14">
         <v>10.1</v>
       </c>
       <c r="N9" s="14">
         <v>8.8000000000000007</v>
       </c>
       <c r="O9" s="14">
         <v>4.5999999999999996</v>
       </c>
       <c r="P9" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q9" s="14">
         <v>-2.9</v>
       </c>
       <c r="R9" s="14">
         <v>-3.7</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>35.4</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>8</v>
       </c>
       <c r="H10" s="14">
         <v>17.7</v>
       </c>
       <c r="I10" s="14">
         <v>18.399999999999999</v>
       </c>
       <c r="J10" s="14">
         <v>22.5</v>
       </c>
       <c r="K10" s="14">
         <v>22.4</v>
       </c>
       <c r="L10" s="14">
         <v>34.4</v>
       </c>
       <c r="M10" s="14">
         <v>35.4</v>
       </c>
       <c r="N10" s="14">
         <v>31.2</v>
       </c>
       <c r="O10" s="14">
         <v>27.2</v>
       </c>
       <c r="P10" s="14">
         <v>22.6</v>
       </c>
       <c r="Q10" s="14">
         <v>15.5</v>
       </c>
       <c r="R10" s="14">
         <v>13</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
         <v>10.024999999999999</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>0.1</v>
       </c>
       <c r="H11" s="14">
         <v>2.5</v>
       </c>
       <c r="I11" s="14">
         <v>6.2</v>
       </c>
       <c r="J11" s="14">
         <v>8.6</v>
       </c>
       <c r="K11" s="14">
         <v>10.6</v>
       </c>
       <c r="L11" s="14">
         <v>19</v>
       </c>
       <c r="M11" s="14">
         <v>20.7</v>
       </c>
       <c r="N11" s="14">
         <v>18.8</v>
       </c>
       <c r="O11" s="14">
         <v>15</v>
       </c>
       <c r="P11" s="14">
         <v>11.1</v>
       </c>
       <c r="Q11" s="14">
         <v>4.5999999999999996</v>
       </c>
       <c r="R11" s="14">
         <v>3.1</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
         <v>8.8000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>-0.4</v>
       </c>
       <c r="H12" s="23">
         <v>0.7</v>
       </c>
       <c r="I12" s="23">
         <v>4.7</v>
       </c>
       <c r="J12" s="23">
         <v>8.1</v>
       </c>
       <c r="K12" s="23">
         <v>12.7</v>
       </c>
       <c r="L12" s="23">
         <v>16</v>
       </c>
       <c r="M12" s="23">
         <v>18.3</v>
       </c>
       <c r="N12" s="23">
         <v>17.7</v>
       </c>
       <c r="O12" s="23">
         <v>13.7</v>
       </c>
       <c r="P12" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="Q12" s="23">
         <v>3.7</v>
       </c>
       <c r="R12" s="23">
         <v>0.6</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
         <v>1.2249999999999979</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f t="shared" ref="G13" si="0">IF(G11="","",G11-G12)</f>
         <v>0.5</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" ref="H13:R13" si="1">IF(H11="","",H11-H12)</f>
         <v>1.8</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="1"/>
         <v>1.5</v>
       </c>
       <c r="J13" s="14">
@@ -10061,173 +10279,173 @@
       <c r="M13" s="14">
         <f t="shared" si="1"/>
         <v>2.3999999999999986</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="1"/>
         <v>1.1000000000000014</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="1"/>
         <v>1.3000000000000007</v>
       </c>
       <c r="P13" s="14">
         <f t="shared" si="1"/>
         <v>1.7999999999999989</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="1"/>
         <v>0.89999999999999947</v>
       </c>
       <c r="R13" s="14">
         <f t="shared" si="1"/>
         <v>2.5</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
         <v>1985</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>74.7</v>
       </c>
       <c r="H15" s="16">
         <v>176.5</v>
       </c>
       <c r="I15" s="16">
         <v>183.8</v>
       </c>
       <c r="J15" s="16">
         <v>178.5</v>
       </c>
       <c r="K15" s="16">
         <v>166.7</v>
       </c>
       <c r="L15" s="16">
         <v>276.3</v>
       </c>
       <c r="M15" s="16">
         <v>278</v>
       </c>
       <c r="N15" s="16">
         <v>234.6</v>
       </c>
       <c r="O15" s="16">
         <v>219.7</v>
       </c>
       <c r="P15" s="16">
         <v>115.6</v>
       </c>
       <c r="Q15" s="16">
         <v>35.200000000000003</v>
       </c>
       <c r="R15" s="16">
         <v>45.4</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1682)</f>
         <v>1682</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>64</v>
       </c>
       <c r="H16" s="28">
         <v>87</v>
       </c>
       <c r="I16" s="28">
         <v>137</v>
       </c>
       <c r="J16" s="28">
         <v>159</v>
       </c>
       <c r="K16" s="28">
         <v>182</v>
       </c>
       <c r="L16" s="28">
         <v>205</v>
       </c>
       <c r="M16" s="28">
         <v>236</v>
       </c>
       <c r="N16" s="28">
         <v>217</v>
       </c>
       <c r="O16" s="28">
         <v>165</v>
       </c>
       <c r="P16" s="28">
         <v>113</v>
       </c>
       <c r="Q16" s="28">
         <v>68</v>
       </c>
       <c r="R16" s="28">
         <v>49</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
         <v>303</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:R17" si="2">IF(G15="","",G15-G16)</f>
         <v>10.700000000000003</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="2"/>
         <v>89.5</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="2"/>
         <v>46.800000000000011</v>
       </c>
@@ -10246,173 +10464,173 @@
       <c r="M17" s="16">
         <f t="shared" si="2"/>
         <v>42</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="2"/>
         <v>17.599999999999994</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="2"/>
         <v>54.699999999999989</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="2"/>
         <v>2.5999999999999943</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="2"/>
         <v>-32.799999999999997</v>
       </c>
       <c r="R17" s="16">
         <f t="shared" si="2"/>
         <v>-3.6000000000000014</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
         <v>999.3</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>32.5</v>
       </c>
       <c r="H19" s="16">
         <v>43.7</v>
       </c>
       <c r="I19" s="16">
         <v>63.9</v>
       </c>
       <c r="J19" s="16">
         <v>52.6</v>
       </c>
       <c r="K19" s="16">
         <v>133</v>
       </c>
       <c r="L19" s="16">
         <v>81.7</v>
       </c>
       <c r="M19" s="16">
         <v>73.2</v>
       </c>
       <c r="N19" s="16">
         <v>124.1</v>
       </c>
       <c r="O19" s="16">
         <v>73.8</v>
       </c>
       <c r="P19" s="16">
         <v>147.6</v>
       </c>
       <c r="Q19" s="16">
         <v>89.7</v>
       </c>
       <c r="R19" s="16">
         <v>83.5</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1059)</f>
         <v>1059</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>55</v>
       </c>
       <c r="I20" s="28">
         <v>73</v>
       </c>
       <c r="J20" s="28">
         <v>82</v>
       </c>
       <c r="K20" s="28">
         <v>119</v>
       </c>
       <c r="L20" s="28">
         <v>111</v>
       </c>
       <c r="M20" s="28">
         <v>106</v>
       </c>
       <c r="N20" s="28">
         <v>116</v>
       </c>
       <c r="O20" s="28">
         <v>99</v>
       </c>
       <c r="P20" s="28">
         <v>88</v>
       </c>
       <c r="Q20" s="28">
         <v>76</v>
       </c>
       <c r="R20" s="28">
         <v>74</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
         <v>-59.700000000000045</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:R21" si="3">IF(G19="","",G19-G20)</f>
         <v>-27.5</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="3"/>
         <v>-11.299999999999997</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="3"/>
         <v>-9.1000000000000014</v>
       </c>
@@ -10431,521 +10649,521 @@
       <c r="M21" s="16">
         <f t="shared" si="3"/>
         <v>-32.799999999999997</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="3"/>
         <v>8.0999999999999943</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="3"/>
         <v>-25.200000000000003</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="3"/>
         <v>59.599999999999994</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="3"/>
         <v>13.700000000000003</v>
       </c>
       <c r="R21" s="16">
         <f t="shared" si="3"/>
         <v>9.5</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="41">
         <f>SUM(G23:R23)</f>
         <v>65</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="16">
         <v>28</v>
       </c>
       <c r="H23" s="16">
         <v>19</v>
       </c>
       <c r="I23" s="16">
         <v>0</v>
       </c>
       <c r="J23" s="16">
         <v>8</v>
       </c>
       <c r="K23" s="16">
         <v>4</v>
       </c>
       <c r="L23" s="16">
         <v>0</v>
       </c>
       <c r="M23" s="16">
         <v>0</v>
       </c>
       <c r="N23" s="16">
         <v>0</v>
       </c>
       <c r="O23" s="16">
         <v>0</v>
       </c>
       <c r="P23" s="16">
         <v>0</v>
       </c>
       <c r="Q23" s="16">
         <v>0</v>
       </c>
       <c r="R23" s="16">
         <v>6</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
         <v>98.6</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="16">
         <v>70.599999999999994</v>
       </c>
       <c r="H25" s="16">
         <v>74.900000000000006</v>
       </c>
       <c r="I25" s="16">
         <v>98.6</v>
       </c>
       <c r="J25" s="16">
         <v>80.3</v>
       </c>
       <c r="K25" s="16">
         <v>63.7</v>
       </c>
       <c r="L25" s="16">
         <v>54.7</v>
       </c>
       <c r="M25" s="16">
         <v>60.5</v>
       </c>
       <c r="N25" s="16">
         <v>46.1</v>
       </c>
       <c r="O25" s="16">
         <v>59</v>
       </c>
       <c r="P25" s="16">
         <v>50.8</v>
       </c>
       <c r="Q25" s="16">
         <v>60.1</v>
       </c>
       <c r="R25" s="16">
         <v>79.2</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
         <v>139</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>13</v>
       </c>
       <c r="H27" s="16">
         <v>6</v>
       </c>
       <c r="I27" s="16">
         <v>13</v>
       </c>
       <c r="J27" s="16">
         <v>8</v>
       </c>
       <c r="K27" s="16">
         <v>16</v>
       </c>
       <c r="L27" s="16">
         <v>9</v>
       </c>
       <c r="M27" s="16">
         <v>6</v>
       </c>
       <c r="N27" s="16">
         <v>13</v>
       </c>
       <c r="O27" s="16">
         <v>9</v>
       </c>
       <c r="P27" s="16">
         <v>17</v>
       </c>
       <c r="Q27" s="16">
         <v>15</v>
       </c>
       <c r="R27" s="16">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
         <v>8</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
       <c r="I28" s="16">
         <v>0</v>
       </c>
       <c r="J28" s="16">
         <v>0</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>2</v>
       </c>
       <c r="M28" s="16">
         <v>1</v>
       </c>
       <c r="N28" s="16">
         <v>3</v>
       </c>
       <c r="O28" s="16">
         <v>2</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>0</v>
       </c>
       <c r="R28" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
         <v>100</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
         <v>25</v>
       </c>
       <c r="H29" s="16">
         <v>24</v>
       </c>
       <c r="I29" s="16">
         <v>14</v>
       </c>
       <c r="J29" s="16">
         <v>4</v>
       </c>
       <c r="K29" s="16">
         <v>3</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
         <v>0</v>
       </c>
       <c r="Q29" s="16">
         <v>12</v>
       </c>
       <c r="R29" s="16">
         <v>18</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
         <v>56</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="16">
         <v>0</v>
       </c>
       <c r="I30" s="16">
         <v>0</v>
       </c>
       <c r="J30" s="16">
         <v>0</v>
       </c>
       <c r="K30" s="16">
         <v>0</v>
       </c>
       <c r="L30" s="16">
         <v>15</v>
       </c>
       <c r="M30" s="16">
         <v>20</v>
       </c>
       <c r="N30" s="16">
         <v>17</v>
       </c>
       <c r="O30" s="16">
         <v>4</v>
       </c>
       <c r="P30" s="16">
         <v>0</v>
       </c>
       <c r="Q30" s="16">
         <v>0</v>
       </c>
       <c r="R30" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
         <v>221</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>28</v>
       </c>
       <c r="I32" s="21">
         <v>31</v>
       </c>
       <c r="J32" s="21">
         <v>24</v>
       </c>
       <c r="K32" s="21">
         <v>20</v>
       </c>
       <c r="L32" s="21">
         <v>1</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>0</v>
       </c>
       <c r="O32" s="21">
         <v>6</v>
       </c>
       <c r="P32" s="21">
         <v>20</v>
       </c>
       <c r="Q32" s="21">
         <v>29</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
         <v>3297.1000000000004</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
         <v>617.70000000000005</v>
       </c>
       <c r="H35" s="21">
         <v>489.2</v>
       </c>
       <c r="I35" s="21">
         <v>428.5</v>
       </c>
       <c r="J35" s="21">
         <v>303.2</v>
       </c>
       <c r="K35" s="21">
         <v>226.3</v>
@@ -11001,55 +11219,86 @@
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>44</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>41</v>
       </c>
     </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>