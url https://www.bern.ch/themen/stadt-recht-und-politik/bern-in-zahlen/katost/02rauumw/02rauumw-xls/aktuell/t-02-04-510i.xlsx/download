--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -14,60 +14,60 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B626439F-7400-416E-A3D5-C5DFD6AF6C82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA02ECE8-93BE-49A9-AF27-BE28B5685213}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="14" r:id="rId1"/>
     <sheet name="2024" sheetId="12" r:id="rId2"/>
     <sheet name="2023" sheetId="10" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="6" r:id="rId6"/>
     <sheet name="2019" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -696,51 +696,51 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2024)</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.12.2025)</t>
+    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1869,615 +1869,631 @@
       </c>
       <c r="J9" s="14">
         <v>-1.6</v>
       </c>
       <c r="K9" s="14">
         <v>3.2</v>
       </c>
       <c r="L9" s="14">
         <v>7.8</v>
       </c>
       <c r="M9" s="14">
         <v>7.1</v>
       </c>
       <c r="N9" s="14">
         <v>8.9</v>
       </c>
       <c r="O9" s="14">
         <v>3.9</v>
       </c>
       <c r="P9" s="14">
         <v>1.2</v>
       </c>
       <c r="Q9" s="14">
         <v>-8.1999999999999993</v>
       </c>
-      <c r="R9" s="14"/>
+      <c r="R9" s="14">
+        <v>-7.6</v>
+      </c>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
         <v>34.299999999999997</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
         <v>13</v>
       </c>
       <c r="H10" s="14">
         <v>12.4</v>
       </c>
       <c r="I10" s="14">
         <v>17.100000000000001</v>
       </c>
       <c r="J10" s="14">
         <v>23.5</v>
       </c>
       <c r="K10" s="14">
         <v>28.5</v>
       </c>
       <c r="L10" s="14">
         <v>32.299999999999997</v>
       </c>
       <c r="M10" s="14">
         <v>32.9</v>
       </c>
       <c r="N10" s="14">
         <v>34.299999999999997</v>
       </c>
       <c r="O10" s="14">
         <v>27.7</v>
       </c>
       <c r="P10" s="14">
         <v>19.600000000000001</v>
       </c>
       <c r="Q10" s="14">
         <v>17.100000000000001</v>
       </c>
-      <c r="R10" s="14"/>
+      <c r="R10" s="14">
+        <v>12.9</v>
+      </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>11.063636363636364</v>
+        <v>10.3</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
         <v>1.6</v>
       </c>
       <c r="H11" s="14">
         <v>2.6</v>
       </c>
       <c r="I11" s="14">
         <v>6.5</v>
       </c>
       <c r="J11" s="14">
         <v>10.4</v>
       </c>
       <c r="K11" s="14">
         <v>13.4</v>
       </c>
       <c r="L11" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="M11" s="14">
         <v>19</v>
       </c>
       <c r="N11" s="14">
         <v>19.7</v>
       </c>
       <c r="O11" s="14">
         <v>14.6</v>
       </c>
       <c r="P11" s="14">
         <v>9.4</v>
       </c>
       <c r="Q11" s="14">
         <v>4.0999999999999996</v>
       </c>
-      <c r="R11" s="14"/>
+      <c r="R11" s="14">
+        <v>1.9</v>
+      </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
-        <v>10.054545454545453</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
       <c r="H12" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
         <v>5.2</v>
       </c>
       <c r="J12" s="23">
         <v>9</v>
       </c>
       <c r="K12" s="23">
         <v>13.2</v>
       </c>
       <c r="L12" s="23">
         <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
         <v>18.8</v>
       </c>
       <c r="N12" s="23">
         <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
         <v>14.1</v>
       </c>
       <c r="P12" s="23">
         <v>9.5</v>
       </c>
       <c r="Q12" s="23">
         <v>4.2</v>
       </c>
-      <c r="R12" s="23"/>
+      <c r="R12" s="23">
+        <v>0.9</v>
+      </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>1.0090909090909115</v>
+        <v>1</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f>IF(G11="","",G11-G12)</f>
         <v>1.4000000000000001</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" ref="H13:O13" si="0">IF(H11="","",H11-H12)</f>
         <v>1.5</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="0"/>
         <v>1.2999999999999998</v>
       </c>
       <c r="J13" s="14">
         <f t="shared" si="0"/>
         <v>1.4000000000000004</v>
       </c>
       <c r="K13" s="14">
         <f t="shared" si="0"/>
         <v>0.20000000000000107</v>
       </c>
       <c r="L13" s="14">
         <f t="shared" si="0"/>
         <v>3.5</v>
       </c>
       <c r="M13" s="14">
         <f t="shared" si="0"/>
         <v>0.19999999999999929</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="0"/>
         <v>1.3000000000000007</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="0"/>
         <v>0.5</v>
       </c>
       <c r="P13" s="14">
         <v>-9.9999999999999645E-2</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" ref="Q13" si="1">IF(Q11="","",Q11-Q12)</f>
         <v>-0.10000000000000053</v>
       </c>
-      <c r="R13" s="14" t="str">
+      <c r="R13" s="14">
         <f>IF(R11="","",R11-R12)</f>
-        <v/>
+        <v>0.99999999999999989</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>1883.9</v>
+        <v>1923.8000000000002</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
         <v>86.3</v>
       </c>
       <c r="H15" s="16">
         <v>64.2</v>
       </c>
       <c r="I15" s="16">
         <v>161.19999999999999</v>
       </c>
       <c r="J15" s="16">
         <v>237.3</v>
       </c>
       <c r="K15" s="16">
         <v>207.2</v>
       </c>
       <c r="L15" s="16">
         <v>288.60000000000002</v>
       </c>
       <c r="M15" s="16">
         <v>225.5</v>
       </c>
       <c r="N15" s="16">
         <v>267.60000000000002</v>
       </c>
       <c r="O15" s="16">
         <v>158.19999999999999</v>
       </c>
       <c r="P15" s="16">
         <v>78.8</v>
       </c>
       <c r="Q15" s="16">
         <v>109</v>
       </c>
-      <c r="R15" s="16"/>
+      <c r="R15" s="16">
+        <v>39.9</v>
+      </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
-        <v>1743</v>
+        <v>1797</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
       <c r="H16" s="28">
         <v>94</v>
       </c>
       <c r="I16" s="28">
         <v>151</v>
       </c>
       <c r="J16" s="28">
         <v>179</v>
       </c>
       <c r="K16" s="28">
         <v>197</v>
       </c>
       <c r="L16" s="28">
         <v>223</v>
       </c>
       <c r="M16" s="28">
         <v>245</v>
       </c>
       <c r="N16" s="28">
         <v>228</v>
       </c>
       <c r="O16" s="28">
         <v>175</v>
       </c>
       <c r="P16" s="28">
         <v>119</v>
       </c>
       <c r="Q16" s="28">
         <v>66</v>
       </c>
-      <c r="R16" s="28"/>
+      <c r="R16" s="28">
+        <v>53</v>
+      </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>140.90000000000009</v>
+        <v>126.80000000000018</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f>IF(G15="","",G15-G16)</f>
         <v>20.299999999999997</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" ref="H17:O17" si="2">IF(H15="","",H15-H16)</f>
         <v>-29.799999999999997</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="J17" s="16">
         <f t="shared" si="2"/>
         <v>58.300000000000011</v>
       </c>
       <c r="K17" s="16">
         <f t="shared" si="2"/>
         <v>10.199999999999989</v>
       </c>
       <c r="L17" s="16">
         <f t="shared" si="2"/>
         <v>65.600000000000023</v>
       </c>
       <c r="M17" s="16">
         <f t="shared" si="2"/>
         <v>-19.5</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="2"/>
         <v>39.600000000000023</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="2"/>
         <v>-16.800000000000011</v>
       </c>
       <c r="P17" s="16">
         <v>-40.200000000000003</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" ref="Q17" si="3">IF(Q15="","",Q15-Q16)</f>
         <v>43</v>
       </c>
-      <c r="R17" s="16" t="str">
+      <c r="R17" s="16">
         <f>IF(R15="","",R15-R16)</f>
-        <v/>
+        <v>-13.100000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>1047.4000000000001</v>
+        <v>1060.9000000000001</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
         <v>120.4</v>
       </c>
       <c r="H19" s="16">
         <v>31.4</v>
       </c>
       <c r="I19" s="16">
         <v>21.9</v>
       </c>
       <c r="J19" s="16">
         <v>47.6</v>
       </c>
       <c r="K19" s="16">
         <v>100.8</v>
       </c>
       <c r="L19" s="16">
         <v>53.4</v>
       </c>
       <c r="M19" s="16">
         <v>130.9</v>
       </c>
       <c r="N19" s="16">
         <v>158.9</v>
       </c>
       <c r="O19" s="16">
         <v>152.19999999999999</v>
       </c>
       <c r="P19" s="16">
         <v>115.7</v>
       </c>
       <c r="Q19" s="16">
         <v>114.2</v>
       </c>
-      <c r="R19" s="16"/>
+      <c r="R19" s="16">
+        <v>13.5</v>
+      </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
-        <v>943</v>
+        <v>1022</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>56</v>
       </c>
       <c r="I20" s="28">
         <v>65</v>
       </c>
       <c r="J20" s="28">
         <v>78</v>
       </c>
       <c r="K20" s="28">
         <v>112</v>
       </c>
       <c r="L20" s="28">
         <v>102</v>
       </c>
       <c r="M20" s="28">
         <v>108</v>
       </c>
       <c r="N20" s="28">
         <v>112</v>
       </c>
       <c r="O20" s="28">
         <v>87</v>
       </c>
       <c r="P20" s="28">
         <v>86</v>
       </c>
       <c r="Q20" s="28">
         <v>77</v>
       </c>
-      <c r="R20" s="28"/>
+      <c r="R20" s="28">
+        <v>78</v>
+      </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>104.40000000000009</v>
+        <v>38.900000000000091</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f>IF(G19="","",G19-G20)</f>
         <v>60.400000000000006</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" ref="H21:O21" si="4">IF(H19="","",H19-H20)</f>
         <v>-24.6</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="4"/>
         <v>-43.1</v>
       </c>
       <c r="J21" s="16">
         <f t="shared" si="4"/>
         <v>-30.4</v>
       </c>
       <c r="K21" s="16">
         <f t="shared" si="4"/>
         <v>-11.200000000000003</v>
       </c>
       <c r="L21" s="16">
         <f t="shared" si="4"/>
         <v>-48.6</v>
       </c>
       <c r="M21" s="16">
         <f t="shared" si="4"/>
         <v>22.900000000000006</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="4"/>
         <v>46.900000000000006</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="4"/>
         <v>65.199999999999989</v>
       </c>
       <c r="P21" s="16">
         <v>29.700000000000003</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" ref="Q21" si="5">IF(Q19="","",Q19-Q20)</f>
         <v>37.200000000000003</v>
       </c>
-      <c r="R21" s="16" t="str">
+      <c r="R21" s="16">
         <f>IF(R19="","",R19-R20)</f>
-        <v/>
+        <v>-64.5</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2505,51 +2521,53 @@
       </c>
       <c r="J23" s="21">
         <v>0</v>
       </c>
       <c r="K23" s="21">
         <v>0</v>
       </c>
       <c r="L23" s="21">
         <v>0</v>
       </c>
       <c r="M23" s="21">
         <v>0</v>
       </c>
       <c r="N23" s="21">
         <v>0</v>
       </c>
       <c r="O23" s="21">
         <v>0</v>
       </c>
       <c r="P23" s="21">
         <v>0</v>
       </c>
       <c r="Q23" s="21">
         <v>4</v>
       </c>
-      <c r="R23" s="21"/>
+      <c r="R23" s="21">
+        <v>0</v>
+      </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
@@ -2576,279 +2594,289 @@
       </c>
       <c r="J25" s="21">
         <v>65.2</v>
       </c>
       <c r="K25" s="21">
         <v>45.7</v>
       </c>
       <c r="L25" s="21">
         <v>70.2</v>
       </c>
       <c r="M25" s="21">
         <v>55.4</v>
       </c>
       <c r="N25" s="21">
         <v>97.6</v>
       </c>
       <c r="O25" s="21">
         <v>60.8</v>
       </c>
       <c r="P25" s="21">
         <v>71.599999999999994</v>
       </c>
       <c r="Q25" s="21">
         <v>39.200000000000003</v>
       </c>
-      <c r="R25" s="21"/>
+      <c r="R25" s="21">
+        <v>40.700000000000003</v>
+      </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
         <v>16</v>
       </c>
       <c r="H27" s="16">
         <v>10</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
         <v>9</v>
       </c>
       <c r="K27" s="16">
         <v>13</v>
       </c>
       <c r="L27" s="16">
         <v>7</v>
       </c>
       <c r="M27" s="16">
         <v>17</v>
       </c>
       <c r="N27" s="16">
         <v>11</v>
       </c>
       <c r="O27" s="16">
         <v>14</v>
       </c>
       <c r="P27" s="16">
         <v>13</v>
       </c>
       <c r="Q27" s="16">
         <v>13</v>
       </c>
-      <c r="R27" s="16"/>
+      <c r="R27" s="16">
+        <v>4</v>
+      </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>20</v>
       </c>
       <c r="H28" s="16">
         <v>18</v>
       </c>
       <c r="I28" s="16">
         <v>10</v>
       </c>
       <c r="J28" s="16">
         <v>3</v>
       </c>
       <c r="K28" s="16">
         <v>0</v>
       </c>
       <c r="L28" s="16">
         <v>0</v>
       </c>
       <c r="M28" s="16">
         <v>0</v>
       </c>
       <c r="N28" s="16">
         <v>0</v>
       </c>
       <c r="O28" s="16">
         <v>0</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>13</v>
       </c>
-      <c r="R28" s="16"/>
+      <c r="R28" s="16">
+        <v>19</v>
+      </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
         <v>59</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
       <c r="H29" s="21">
         <v>0</v>
       </c>
       <c r="I29" s="21">
         <v>0</v>
       </c>
       <c r="J29" s="21">
         <v>0</v>
       </c>
       <c r="K29" s="21">
         <v>3</v>
       </c>
       <c r="L29" s="21">
         <v>21</v>
       </c>
       <c r="M29" s="21">
         <v>15</v>
       </c>
       <c r="N29" s="21">
         <v>16</v>
       </c>
       <c r="O29" s="21">
         <v>4</v>
       </c>
       <c r="P29" s="21">
         <v>0</v>
       </c>
       <c r="Q29" s="21">
         <v>0</v>
       </c>
-      <c r="R29" s="21"/>
+      <c r="R29" s="21">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
-        <v>188</v>
+        <v>219</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
       <c r="H31" s="21">
         <v>28</v>
       </c>
       <c r="I31" s="21">
         <v>31</v>
       </c>
       <c r="J31" s="21">
         <v>22</v>
       </c>
       <c r="K31" s="21">
         <v>10</v>
       </c>
       <c r="L31" s="21">
         <v>0</v>
       </c>
       <c r="M31" s="21">
         <v>0</v>
       </c>
       <c r="N31" s="21">
         <v>0</v>
       </c>
       <c r="O31" s="21">
         <v>8</v>
       </c>
       <c r="P31" s="21">
         <v>28</v>
       </c>
       <c r="Q31" s="21">
         <v>30</v>
       </c>
-      <c r="R31" s="21"/>
+      <c r="R31" s="21">
+        <v>31</v>
+      </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="1" t="s">
         <v>45</v>
@@ -2856,87 +2884,89 @@
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
-        <v>2672.5</v>
+        <v>3232.1</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
         <v>571.4</v>
       </c>
       <c r="H34" s="21">
         <v>486.6</v>
       </c>
       <c r="I34" s="21">
         <v>419</v>
       </c>
       <c r="J34" s="21">
         <v>236.2</v>
       </c>
       <c r="K34" s="21">
         <v>101.5</v>
       </c>
       <c r="L34" s="21">
         <v>0</v>
       </c>
       <c r="M34" s="21">
         <v>0</v>
       </c>
       <c r="N34" s="21">
         <v>0</v>
       </c>
       <c r="O34" s="21">
         <v>75</v>
       </c>
       <c r="P34" s="21">
         <v>307.2</v>
       </c>
       <c r="Q34" s="21">
         <v>475.6</v>
       </c>
-      <c r="R34" s="21"/>
+      <c r="R34" s="21">
+        <v>559.6</v>
+      </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="R35" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="46"/>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
       <c r="J36" s="46"/>
       <c r="K36" s="46"/>
       <c r="L36" s="46"/>
       <c r="M36" s="46"/>
       <c r="N36" s="46"/>