--- v3 (2026-02-18)
+++ v4 (2026-03-11)
@@ -1,117 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DA02ECE8-93BE-49A9-AF27-BE28B5685213}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63ED82B8-648A-4842-95AD-695817C09280}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="14" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="2019" sheetId="7" r:id="rId7"/>
+    <sheet name="2026" sheetId="16" r:id="rId1"/>
+    <sheet name="2025" sheetId="14" r:id="rId2"/>
+    <sheet name="2024" sheetId="12" r:id="rId3"/>
+    <sheet name="2023" sheetId="10" r:id="rId4"/>
+    <sheet name="2022" sheetId="8" r:id="rId5"/>
+    <sheet name="2021" sheetId="1" r:id="rId6"/>
+    <sheet name="2020" sheetId="6" r:id="rId7"/>
+    <sheet name="2019" sheetId="7" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
-[...9 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O21" i="14" l="1"/>
+  <c r="R21" i="16" l="1"/>
+  <c r="Q21" i="16"/>
+  <c r="P21" i="16"/>
+  <c r="O21" i="16"/>
+  <c r="N21" i="16"/>
+  <c r="M21" i="16"/>
+  <c r="L21" i="16"/>
+  <c r="K21" i="16"/>
+  <c r="J21" i="16"/>
+  <c r="I21" i="16"/>
+  <c r="H21" i="16"/>
+  <c r="G21" i="16"/>
+  <c r="R17" i="16"/>
+  <c r="Q17" i="16"/>
+  <c r="P17" i="16"/>
+  <c r="O17" i="16"/>
+  <c r="N17" i="16"/>
+  <c r="M17" i="16"/>
+  <c r="L17" i="16"/>
+  <c r="K17" i="16"/>
+  <c r="J17" i="16"/>
+  <c r="I17" i="16"/>
+  <c r="H17" i="16"/>
+  <c r="G17" i="16"/>
+  <c r="R13" i="16"/>
+  <c r="Q13" i="16"/>
+  <c r="P13" i="16"/>
+  <c r="O13" i="16"/>
+  <c r="N13" i="16"/>
+  <c r="M13" i="16"/>
+  <c r="L13" i="16"/>
+  <c r="K13" i="16"/>
+  <c r="J13" i="16"/>
+  <c r="I13" i="16"/>
+  <c r="H13" i="16"/>
+  <c r="G13" i="16"/>
+  <c r="E34" i="16"/>
+  <c r="E31" i="16"/>
+  <c r="E29" i="16"/>
+  <c r="E28" i="16"/>
+  <c r="E27" i="16"/>
+  <c r="E25" i="16"/>
+  <c r="E23" i="16"/>
+  <c r="E20" i="16"/>
+  <c r="E19" i="16"/>
+  <c r="E21" i="16" s="1"/>
+  <c r="E16" i="16"/>
+  <c r="E15" i="16"/>
+  <c r="E17" i="16" s="1"/>
+  <c r="E12" i="16"/>
+  <c r="E11" i="16"/>
+  <c r="E10" i="16"/>
+  <c r="E9" i="16"/>
+  <c r="E13" i="16" l="1"/>
+  <c r="O21" i="14"/>
   <c r="O17" i="14"/>
   <c r="O13" i="14"/>
   <c r="N21" i="14"/>
   <c r="M21" i="14"/>
   <c r="L21" i="14"/>
   <c r="K21" i="14"/>
   <c r="J21" i="14"/>
   <c r="I21" i="14"/>
   <c r="H21" i="14"/>
   <c r="N17" i="14"/>
   <c r="M17" i="14"/>
   <c r="L17" i="14"/>
   <c r="K17" i="14"/>
   <c r="J17" i="14"/>
   <c r="I17" i="14"/>
   <c r="H17" i="14"/>
   <c r="N13" i="14"/>
   <c r="M13" i="14"/>
   <c r="L13" i="14"/>
   <c r="K13" i="14"/>
   <c r="J13" i="14"/>
   <c r="I13" i="14"/>
   <c r="H13" i="14"/>
   <c r="R21" i="12"/>
   <c r="R17" i="12"/>
@@ -450,51 +509,51 @@
   <c r="E23" i="7"/>
   <c r="E25" i="7"/>
   <c r="E17" i="6" l="1"/>
   <c r="E20" i="8"/>
   <c r="E21" i="8" s="1"/>
   <c r="E12" i="8"/>
   <c r="E13" i="8" s="1"/>
   <c r="E16" i="8"/>
   <c r="E17" i="8" s="1"/>
   <c r="E21" i="6"/>
   <c r="R17" i="6"/>
   <c r="R21" i="6"/>
   <c r="R21" i="7"/>
   <c r="E20" i="7"/>
   <c r="E16" i="7"/>
   <c r="R13" i="7"/>
   <c r="E12" i="7"/>
   <c r="E17" i="7" l="1"/>
   <c r="E21" i="7"/>
   <c r="E13" i="7"/>
   <c r="G13" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="452" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="514" uniqueCount="69">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mrz</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
@@ -697,50 +756,59 @@
     <t>2023</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2024)</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2024</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Witterungsdaten nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.3.2025)</t>
   </si>
   <si>
     <t>Datenquelle: MeteoSchweiz (Datenstand: 18.1.2026)</t>
+  </si>
+  <si>
+    <t>Witterungsdaten nach Monat 2026</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: MeteoSchweiz (Datenstand: 18.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -982,82 +1050,142 @@
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFCCECFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>93991</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5488C4E4-AFB4-4F4B-90E3-5528D9A7AA80}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE005F35-794B-47B5-89ED-65A1B8A2222B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1069,51 +1197,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99BD3257-2DCF-49E5-9288-67CCB5F51061}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1125,51 +1253,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{284D7B6C-ADE5-477E-B40D-1EE1E2873B00}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1181,51 +1309,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85205D1C-CC63-4434-BB6F-3931C79870A7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1237,51 +1365,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABF1174A-5165-491A-A48F-9AABBB0CFB45}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1293,51 +1421,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77D049B8-5152-41D5-A48B-ADD69C04D362}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1349,51 +1477,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>93991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBF7D574-F284-4EBB-B906-98FABF34184C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1694,120 +1822,124 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A59A43AF-2089-4AD2-9E26-99E5CCCE1017}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5B2D0C4-4DF7-493C-9647-6A484F448F0C}">
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
@@ -1833,1050 +1965,745 @@
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
-        <v>-8.1999999999999993</v>
+        <v>-13.8</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
-        <v>-7.1</v>
-[...33 lines deleted...]
-      </c>
+        <v>-13.8</v>
+      </c>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="14"/>
+      <c r="L9" s="14"/>
+      <c r="M9" s="14"/>
+      <c r="N9" s="14"/>
+      <c r="O9" s="14"/>
+      <c r="P9" s="14"/>
+      <c r="Q9" s="14"/>
+      <c r="R9" s="14"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
-        <v>34.299999999999997</v>
+        <v>12.2</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
-        <v>13</v>
-[...33 lines deleted...]
-      </c>
+        <v>12.2</v>
+      </c>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="14"/>
+      <c r="L10" s="14"/>
+      <c r="M10" s="14"/>
+      <c r="N10" s="14"/>
+      <c r="O10" s="14"/>
+      <c r="P10" s="14"/>
+      <c r="Q10" s="14"/>
+      <c r="R10" s="14"/>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>10.3</v>
+        <v>-0.2</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
-        <v>1.6</v>
-[...33 lines deleted...]
-      </c>
+        <v>-0.2</v>
+      </c>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="14"/>
+      <c r="L11" s="14"/>
+      <c r="M11" s="14"/>
+      <c r="N11" s="14"/>
+      <c r="O11" s="14"/>
+      <c r="P11" s="14"/>
+      <c r="Q11" s="14"/>
+      <c r="R11" s="14"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
-        <v>9.3000000000000007</v>
+        <v>0.2</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>0.2</v>
       </c>
-      <c r="H12" s="23">
-[...31 lines deleted...]
-      </c>
+      <c r="H12" s="23"/>
+      <c r="I12" s="23"/>
+      <c r="J12" s="23"/>
+      <c r="K12" s="23"/>
+      <c r="L12" s="23"/>
+      <c r="M12" s="23"/>
+      <c r="N12" s="23"/>
+      <c r="O12" s="23"/>
+      <c r="P12" s="23"/>
+      <c r="Q12" s="23"/>
+      <c r="R12" s="23"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>1</v>
+        <v>-0.4</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
-        <f>IF(G11="","",G11-G12)</f>
-[...6 lines deleted...]
-      <c r="I13" s="14">
+        <f t="shared" ref="G13:Q13" si="0">IF(G11="","",G11-G12)</f>
+        <v>-0.4</v>
+      </c>
+      <c r="H13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>1.2999999999999998</v>
-[...1 lines deleted...]
-      <c r="J13" s="14">
+        <v/>
+      </c>
+      <c r="I13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>1.4000000000000004</v>
-[...1 lines deleted...]
-      <c r="K13" s="14">
+        <v/>
+      </c>
+      <c r="J13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>0.20000000000000107</v>
-[...1 lines deleted...]
-      <c r="L13" s="14">
+        <v/>
+      </c>
+      <c r="K13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>3.5</v>
-[...1 lines deleted...]
-      <c r="M13" s="14">
+        <v/>
+      </c>
+      <c r="L13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>0.19999999999999929</v>
-[...1 lines deleted...]
-      <c r="N13" s="14">
+        <v/>
+      </c>
+      <c r="M13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>1.3000000000000007</v>
-[...1 lines deleted...]
-      <c r="O13" s="14">
+        <v/>
+      </c>
+      <c r="N13" s="14" t="str">
         <f t="shared" si="0"/>
-        <v>0.5</v>
-[...8 lines deleted...]
-      <c r="R13" s="14">
+        <v/>
+      </c>
+      <c r="O13" s="14" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="P13" s="14" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="Q13" s="14" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="R13" s="14" t="str">
         <f>IF(R11="","",R11-R12)</f>
-        <v>0.99999999999999989</v>
+        <v/>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>1923.8000000000002</v>
+        <v>79.400000000000006</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
-        <v>86.3</v>
-[...33 lines deleted...]
-      </c>
+        <v>79.400000000000006</v>
+      </c>
+      <c r="H15" s="16"/>
+      <c r="I15" s="16"/>
+      <c r="J15" s="16"/>
+      <c r="K15" s="16"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="16"/>
+      <c r="N15" s="16"/>
+      <c r="O15" s="16"/>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="16"/>
+      <c r="R15" s="16"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1797)</f>
-        <v>1797</v>
+        <v>66</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>66</v>
       </c>
-      <c r="H16" s="28">
-[...31 lines deleted...]
-      </c>
+      <c r="H16" s="28"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
+      <c r="P16" s="28"/>
+      <c r="Q16" s="28"/>
+      <c r="R16" s="28"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>126.80000000000018</v>
+        <v>13.400000000000006</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
-        <f>IF(G15="","",G15-G16)</f>
-[...41 lines deleted...]
-      <c r="R17" s="16">
+        <f t="shared" ref="G17:Q17" si="1">IF(G15="","",G15-G16)</f>
+        <v>13.400000000000006</v>
+      </c>
+      <c r="H17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="J17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="K17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="L17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="M17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="N17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="O17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="P17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="Q17" s="16" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="R17" s="16" t="str">
         <f>IF(R15="","",R15-R16)</f>
-        <v>-13.100000000000001</v>
+        <v/>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>1060.9000000000001</v>
+        <v>45.7</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
-        <v>120.4</v>
-[...33 lines deleted...]
-      </c>
+        <v>45.7</v>
+      </c>
+      <c r="H19" s="16"/>
+      <c r="I19" s="16"/>
+      <c r="J19" s="16"/>
+      <c r="K19" s="16"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="16"/>
+      <c r="N19" s="16"/>
+      <c r="O19" s="16"/>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="16"/>
+      <c r="R19" s="16"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1022)</f>
-        <v>1022</v>
+        <v>60</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
-      <c r="H20" s="28">
-[...31 lines deleted...]
-      </c>
+      <c r="H20" s="28"/>
+      <c r="I20" s="28"/>
+      <c r="J20" s="28"/>
+      <c r="K20" s="28"/>
+      <c r="L20" s="28"/>
+      <c r="M20" s="28"/>
+      <c r="N20" s="28"/>
+      <c r="O20" s="28"/>
+      <c r="P20" s="28"/>
+      <c r="Q20" s="28"/>
+      <c r="R20" s="28"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>38.900000000000091</v>
+        <v>-14.299999999999997</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
-        <f>IF(G19="","",G19-G20)</f>
-[...41 lines deleted...]
-      <c r="R21" s="16">
+        <f t="shared" ref="G21:Q21" si="2">IF(G19="","",G19-G20)</f>
+        <v>-14.299999999999997</v>
+      </c>
+      <c r="H21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="I21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="J21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="K21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q21" s="16" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R21" s="16" t="str">
         <f>IF(R19="","",R19-R20)</f>
-        <v>-64.5</v>
+        <v/>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="21">
-        <v>1</v>
-[...33 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="21"/>
+      <c r="K23" s="21"/>
+      <c r="L23" s="21"/>
+      <c r="M23" s="21"/>
+      <c r="N23" s="21"/>
+      <c r="O23" s="21"/>
+      <c r="P23" s="21"/>
+      <c r="Q23" s="21"/>
+      <c r="R23" s="21"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
-        <v>97.6</v>
+        <v>78.5</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="21">
-        <v>71.3</v>
-[...33 lines deleted...]
-      </c>
+        <v>78.5</v>
+      </c>
+      <c r="H25" s="21"/>
+      <c r="I25" s="21"/>
+      <c r="J25" s="21"/>
+      <c r="K25" s="21"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="21"/>
+      <c r="N25" s="21"/>
+      <c r="O25" s="21"/>
+      <c r="P25" s="21"/>
+      <c r="Q25" s="21"/>
+      <c r="R25" s="21"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="H27" s="16">
         <v>10</v>
       </c>
-      <c r="I27" s="16">
-[...28 lines deleted...]
-      </c>
+      <c r="H27" s="16"/>
+      <c r="I27" s="16"/>
+      <c r="J27" s="16"/>
+      <c r="K27" s="16"/>
+      <c r="L27" s="16"/>
+      <c r="M27" s="16"/>
+      <c r="N27" s="16"/>
+      <c r="O27" s="16"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="16"/>
+      <c r="R27" s="16"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
-        <v>20</v>
-[...33 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H28" s="16"/>
+      <c r="I28" s="16"/>
+      <c r="J28" s="16"/>
+      <c r="K28" s="16"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="16"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="16"/>
+      <c r="R28" s="16"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
       <c r="E29" s="21">
         <f>SUM(G29:R29)</f>
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="F29" s="21"/>
       <c r="G29" s="21">
         <v>0</v>
       </c>
-      <c r="H29" s="21">
-[...31 lines deleted...]
-      </c>
+      <c r="H29" s="21"/>
+      <c r="I29" s="21"/>
+      <c r="J29" s="21"/>
+      <c r="K29" s="21"/>
+      <c r="L29" s="21"/>
+      <c r="M29" s="21"/>
+      <c r="N29" s="21"/>
+      <c r="O29" s="21"/>
+      <c r="P29" s="21"/>
+      <c r="Q29" s="21"/>
+      <c r="R29" s="21"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B30" s="25"/>
       <c r="C30" s="26"/>
       <c r="D30" s="27"/>
       <c r="E30" s="43"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="O30" s="27"/>
       <c r="P30" s="27"/>
       <c r="Q30" s="27"/>
       <c r="R30" s="27"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21">
         <f>SUM(G31:R31)</f>
-        <v>219</v>
+        <v>31</v>
       </c>
       <c r="F31" s="21"/>
       <c r="G31" s="21">
         <v>31</v>
       </c>
-      <c r="H31" s="21">
-[...31 lines deleted...]
-      </c>
+      <c r="H31" s="21"/>
+      <c r="I31" s="21"/>
+      <c r="J31" s="21"/>
+      <c r="K31" s="21"/>
+      <c r="L31" s="21"/>
+      <c r="M31" s="21"/>
+      <c r="N31" s="21"/>
+      <c r="O31" s="21"/>
+      <c r="P31" s="21"/>
+      <c r="Q31" s="21"/>
+      <c r="R31" s="21"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="16"/>
       <c r="E32" s="43"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="1" t="s">
         <v>45</v>
@@ -2884,89 +2711,67 @@
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="21"/>
       <c r="E34" s="44">
         <f>SUM(G34:R34)</f>
-        <v>3232.1</v>
+        <v>627.4</v>
       </c>
       <c r="F34" s="21"/>
       <c r="G34" s="21">
-        <v>571.4</v>
-[...33 lines deleted...]
-      </c>
+        <v>627.4</v>
+      </c>
+      <c r="H34" s="21"/>
+      <c r="I34" s="21"/>
+      <c r="J34" s="21"/>
+      <c r="K34" s="21"/>
+      <c r="L34" s="21"/>
+      <c r="M34" s="21"/>
+      <c r="N34" s="21"/>
+      <c r="O34" s="21"/>
+      <c r="P34" s="21"/>
+      <c r="Q34" s="21"/>
+      <c r="R34" s="21"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="R35" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B36" s="46"/>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
       <c r="J36" s="46"/>
       <c r="K36" s="46"/>
       <c r="L36" s="46"/>
       <c r="M36" s="46"/>
       <c r="N36" s="46"/>
@@ -2977,51 +2782,51 @@
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="46"/>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="46"/>
       <c r="G37" s="46"/>
       <c r="H37" s="46"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R38" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -3031,50 +2836,1386 @@
     <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A59A43AF-2089-4AD2-9E26-99E5CCCE1017}">
+  <dimension ref="A1:R70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="17"/>
+    </row>
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="18"/>
+    </row>
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R5" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="10"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="11"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="11"/>
+      <c r="L6" s="11"/>
+      <c r="M6" s="11"/>
+      <c r="N6" s="11"/>
+      <c r="O6" s="11"/>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="13"/>
+      <c r="B7" s="13"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" s="13"/>
+      <c r="G7" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H7" s="33" t="s">
+        <v>2</v>
+      </c>
+      <c r="I7" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="J7" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="K7" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="L7" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="M7" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="N7" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="O7" s="33" t="s">
+        <v>9</v>
+      </c>
+      <c r="P7" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q7" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="R7" s="33" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="16"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="16"/>
+      <c r="H8" s="16"/>
+      <c r="I8" s="16"/>
+      <c r="J8" s="16"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="16"/>
+      <c r="M8" s="16"/>
+      <c r="N8" s="16"/>
+      <c r="O8" s="16"/>
+      <c r="P8" s="16"/>
+      <c r="Q8" s="16"/>
+      <c r="R8" s="16"/>
+    </row>
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="14"/>
+      <c r="E9" s="34">
+        <f>MIN(G9:R9)</f>
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="F9" s="14"/>
+      <c r="G9" s="14">
+        <v>-7.1</v>
+      </c>
+      <c r="H9" s="14">
+        <v>-4.5</v>
+      </c>
+      <c r="I9" s="14">
+        <v>-4.0999999999999996</v>
+      </c>
+      <c r="J9" s="14">
+        <v>-1.6</v>
+      </c>
+      <c r="K9" s="14">
+        <v>3.2</v>
+      </c>
+      <c r="L9" s="14">
+        <v>7.8</v>
+      </c>
+      <c r="M9" s="14">
+        <v>7.1</v>
+      </c>
+      <c r="N9" s="14">
+        <v>8.9</v>
+      </c>
+      <c r="O9" s="14">
+        <v>3.9</v>
+      </c>
+      <c r="P9" s="14">
+        <v>1.2</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="R9" s="14">
+        <v>-7.6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="14"/>
+      <c r="E10" s="34">
+        <f>MAX(G10:R10)</f>
+        <v>34.299999999999997</v>
+      </c>
+      <c r="F10" s="14"/>
+      <c r="G10" s="14">
+        <v>13</v>
+      </c>
+      <c r="H10" s="14">
+        <v>12.4</v>
+      </c>
+      <c r="I10" s="14">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="J10" s="14">
+        <v>23.5</v>
+      </c>
+      <c r="K10" s="14">
+        <v>28.5</v>
+      </c>
+      <c r="L10" s="14">
+        <v>32.299999999999997</v>
+      </c>
+      <c r="M10" s="14">
+        <v>32.9</v>
+      </c>
+      <c r="N10" s="14">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="O10" s="14">
+        <v>27.7</v>
+      </c>
+      <c r="P10" s="14">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="R10" s="14">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="14"/>
+      <c r="E11" s="34">
+        <f>AVERAGE(G11:R11)</f>
+        <v>10.3</v>
+      </c>
+      <c r="F11" s="14"/>
+      <c r="G11" s="14">
+        <v>1.6</v>
+      </c>
+      <c r="H11" s="14">
+        <v>2.6</v>
+      </c>
+      <c r="I11" s="14">
+        <v>6.5</v>
+      </c>
+      <c r="J11" s="14">
+        <v>10.4</v>
+      </c>
+      <c r="K11" s="14">
+        <v>13.4</v>
+      </c>
+      <c r="L11" s="14">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="M11" s="14">
+        <v>19</v>
+      </c>
+      <c r="N11" s="14">
+        <v>19.7</v>
+      </c>
+      <c r="O11" s="14">
+        <v>14.6</v>
+      </c>
+      <c r="P11" s="14">
+        <v>9.4</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="R11" s="14">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="23"/>
+      <c r="E12" s="35">
+        <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23">
+        <v>0.2</v>
+      </c>
+      <c r="H12" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I12" s="23">
+        <v>5.2</v>
+      </c>
+      <c r="J12" s="23">
+        <v>9</v>
+      </c>
+      <c r="K12" s="23">
+        <v>13.2</v>
+      </c>
+      <c r="L12" s="23">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="M12" s="23">
+        <v>18.8</v>
+      </c>
+      <c r="N12" s="23">
+        <v>18.399999999999999</v>
+      </c>
+      <c r="O12" s="23">
+        <v>14.1</v>
+      </c>
+      <c r="P12" s="23">
+        <v>9.5</v>
+      </c>
+      <c r="Q12" s="23">
+        <v>4.2</v>
+      </c>
+      <c r="R12" s="23">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="14"/>
+      <c r="E13" s="34">
+        <f>E11-E12</f>
+        <v>1</v>
+      </c>
+      <c r="F13" s="14"/>
+      <c r="G13" s="14">
+        <f>IF(G11="","",G11-G12)</f>
+        <v>1.4000000000000001</v>
+      </c>
+      <c r="H13" s="14">
+        <f t="shared" ref="H13:O13" si="0">IF(H11="","",H11-H12)</f>
+        <v>1.5</v>
+      </c>
+      <c r="I13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.2999999999999998</v>
+      </c>
+      <c r="J13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.4000000000000004</v>
+      </c>
+      <c r="K13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.20000000000000107</v>
+      </c>
+      <c r="L13" s="14">
+        <f t="shared" si="0"/>
+        <v>3.5</v>
+      </c>
+      <c r="M13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.19999999999999929</v>
+      </c>
+      <c r="N13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.3000000000000007</v>
+      </c>
+      <c r="O13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.5</v>
+      </c>
+      <c r="P13" s="14">
+        <v>-9.9999999999999645E-2</v>
+      </c>
+      <c r="Q13" s="14">
+        <f t="shared" ref="Q13" si="1">IF(Q11="","",Q11-Q12)</f>
+        <v>-0.10000000000000053</v>
+      </c>
+      <c r="R13" s="14">
+        <f>IF(R11="","",R11-R12)</f>
+        <v>0.99999999999999989</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="25"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
+      <c r="R14" s="27"/>
+    </row>
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="16"/>
+      <c r="E15" s="37">
+        <f>SUM(G15:R15)</f>
+        <v>1923.8000000000002</v>
+      </c>
+      <c r="F15" s="16"/>
+      <c r="G15" s="16">
+        <v>86.3</v>
+      </c>
+      <c r="H15" s="16">
+        <v>64.2</v>
+      </c>
+      <c r="I15" s="16">
+        <v>161.19999999999999</v>
+      </c>
+      <c r="J15" s="16">
+        <v>237.3</v>
+      </c>
+      <c r="K15" s="16">
+        <v>207.2</v>
+      </c>
+      <c r="L15" s="16">
+        <v>288.60000000000002</v>
+      </c>
+      <c r="M15" s="16">
+        <v>225.5</v>
+      </c>
+      <c r="N15" s="16">
+        <v>267.60000000000002</v>
+      </c>
+      <c r="O15" s="16">
+        <v>158.19999999999999</v>
+      </c>
+      <c r="P15" s="16">
+        <v>78.8</v>
+      </c>
+      <c r="Q15" s="16">
+        <v>109</v>
+      </c>
+      <c r="R15" s="16">
+        <v>39.9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="28"/>
+      <c r="E16" s="38">
+        <f>IF(R16="",SUM(G16:R16),1797)</f>
+        <v>1797</v>
+      </c>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28">
+        <v>66</v>
+      </c>
+      <c r="H16" s="28">
+        <v>94</v>
+      </c>
+      <c r="I16" s="28">
+        <v>151</v>
+      </c>
+      <c r="J16" s="28">
+        <v>179</v>
+      </c>
+      <c r="K16" s="28">
+        <v>197</v>
+      </c>
+      <c r="L16" s="28">
+        <v>223</v>
+      </c>
+      <c r="M16" s="28">
+        <v>245</v>
+      </c>
+      <c r="N16" s="28">
+        <v>228</v>
+      </c>
+      <c r="O16" s="28">
+        <v>175</v>
+      </c>
+      <c r="P16" s="28">
+        <v>119</v>
+      </c>
+      <c r="Q16" s="28">
+        <v>66</v>
+      </c>
+      <c r="R16" s="28">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="29"/>
+      <c r="B17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="21"/>
+      <c r="E17" s="39">
+        <f>E15-E16</f>
+        <v>126.80000000000018</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="16">
+        <f>IF(G15="","",G15-G16)</f>
+        <v>20.299999999999997</v>
+      </c>
+      <c r="H17" s="16">
+        <f t="shared" ref="H17:O17" si="2">IF(H15="","",H15-H16)</f>
+        <v>-29.799999999999997</v>
+      </c>
+      <c r="I17" s="16">
+        <f t="shared" si="2"/>
+        <v>10.199999999999989</v>
+      </c>
+      <c r="J17" s="16">
+        <f t="shared" si="2"/>
+        <v>58.300000000000011</v>
+      </c>
+      <c r="K17" s="16">
+        <f t="shared" si="2"/>
+        <v>10.199999999999989</v>
+      </c>
+      <c r="L17" s="16">
+        <f t="shared" si="2"/>
+        <v>65.600000000000023</v>
+      </c>
+      <c r="M17" s="16">
+        <f t="shared" si="2"/>
+        <v>-19.5</v>
+      </c>
+      <c r="N17" s="16">
+        <f t="shared" si="2"/>
+        <v>39.600000000000023</v>
+      </c>
+      <c r="O17" s="16">
+        <f t="shared" si="2"/>
+        <v>-16.800000000000011</v>
+      </c>
+      <c r="P17" s="16">
+        <v>-40.200000000000003</v>
+      </c>
+      <c r="Q17" s="16">
+        <f t="shared" ref="Q17" si="3">IF(Q15="","",Q15-Q16)</f>
+        <v>43</v>
+      </c>
+      <c r="R17" s="16">
+        <f>IF(R15="","",R15-R16)</f>
+        <v>-13.100000000000001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="25"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="27"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="27"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="27"/>
+      <c r="K18" s="27"/>
+      <c r="L18" s="27"/>
+      <c r="M18" s="27"/>
+      <c r="N18" s="27"/>
+      <c r="O18" s="27"/>
+      <c r="P18" s="27"/>
+      <c r="Q18" s="27"/>
+      <c r="R18" s="27"/>
+    </row>
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="16"/>
+      <c r="E19" s="37">
+        <f>SUM(G19:R19)</f>
+        <v>1060.9000000000001</v>
+      </c>
+      <c r="F19" s="16"/>
+      <c r="G19" s="16">
+        <v>120.4</v>
+      </c>
+      <c r="H19" s="16">
+        <v>31.4</v>
+      </c>
+      <c r="I19" s="16">
+        <v>21.9</v>
+      </c>
+      <c r="J19" s="16">
+        <v>47.6</v>
+      </c>
+      <c r="K19" s="16">
+        <v>100.8</v>
+      </c>
+      <c r="L19" s="16">
+        <v>53.4</v>
+      </c>
+      <c r="M19" s="16">
+        <v>130.9</v>
+      </c>
+      <c r="N19" s="16">
+        <v>158.9</v>
+      </c>
+      <c r="O19" s="16">
+        <v>152.19999999999999</v>
+      </c>
+      <c r="P19" s="16">
+        <v>115.7</v>
+      </c>
+      <c r="Q19" s="16">
+        <v>114.2</v>
+      </c>
+      <c r="R19" s="16">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="28"/>
+      <c r="E20" s="38">
+        <f>IF(R20="",SUM(G20:R20),1022)</f>
+        <v>1022</v>
+      </c>
+      <c r="F20" s="28"/>
+      <c r="G20" s="28">
+        <v>60</v>
+      </c>
+      <c r="H20" s="28">
+        <v>56</v>
+      </c>
+      <c r="I20" s="28">
+        <v>65</v>
+      </c>
+      <c r="J20" s="28">
+        <v>78</v>
+      </c>
+      <c r="K20" s="28">
+        <v>112</v>
+      </c>
+      <c r="L20" s="28">
+        <v>102</v>
+      </c>
+      <c r="M20" s="28">
+        <v>108</v>
+      </c>
+      <c r="N20" s="28">
+        <v>112</v>
+      </c>
+      <c r="O20" s="28">
+        <v>87</v>
+      </c>
+      <c r="P20" s="28">
+        <v>86</v>
+      </c>
+      <c r="Q20" s="28">
+        <v>77</v>
+      </c>
+      <c r="R20" s="28">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="29"/>
+      <c r="B21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="21"/>
+      <c r="E21" s="39">
+        <f>E19-E20</f>
+        <v>38.900000000000091</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="16">
+        <f>IF(G19="","",G19-G20)</f>
+        <v>60.400000000000006</v>
+      </c>
+      <c r="H21" s="16">
+        <f t="shared" ref="H21:O21" si="4">IF(H19="","",H19-H20)</f>
+        <v>-24.6</v>
+      </c>
+      <c r="I21" s="16">
+        <f t="shared" si="4"/>
+        <v>-43.1</v>
+      </c>
+      <c r="J21" s="16">
+        <f t="shared" si="4"/>
+        <v>-30.4</v>
+      </c>
+      <c r="K21" s="16">
+        <f t="shared" si="4"/>
+        <v>-11.200000000000003</v>
+      </c>
+      <c r="L21" s="16">
+        <f t="shared" si="4"/>
+        <v>-48.6</v>
+      </c>
+      <c r="M21" s="16">
+        <f t="shared" si="4"/>
+        <v>22.900000000000006</v>
+      </c>
+      <c r="N21" s="16">
+        <f t="shared" si="4"/>
+        <v>46.900000000000006</v>
+      </c>
+      <c r="O21" s="16">
+        <f t="shared" si="4"/>
+        <v>65.199999999999989</v>
+      </c>
+      <c r="P21" s="16">
+        <v>29.700000000000003</v>
+      </c>
+      <c r="Q21" s="16">
+        <f t="shared" ref="Q21" si="5">IF(Q19="","",Q19-Q20)</f>
+        <v>37.200000000000003</v>
+      </c>
+      <c r="R21" s="16">
+        <f>IF(R19="","",R19-R20)</f>
+        <v>-64.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="25"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="40"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+      <c r="N22" s="27"/>
+      <c r="O22" s="27"/>
+      <c r="P22" s="27"/>
+      <c r="Q22" s="27"/>
+      <c r="R22" s="27"/>
+    </row>
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="29"/>
+      <c r="B23" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" s="21"/>
+      <c r="E23" s="45">
+        <f>SUM(G23:R23)</f>
+        <v>6</v>
+      </c>
+      <c r="F23" s="21"/>
+      <c r="G23" s="21">
+        <v>1</v>
+      </c>
+      <c r="H23" s="21">
+        <v>1</v>
+      </c>
+      <c r="I23" s="21">
+        <v>0</v>
+      </c>
+      <c r="J23" s="21">
+        <v>0</v>
+      </c>
+      <c r="K23" s="21">
+        <v>0</v>
+      </c>
+      <c r="L23" s="21">
+        <v>0</v>
+      </c>
+      <c r="M23" s="21">
+        <v>0</v>
+      </c>
+      <c r="N23" s="21">
+        <v>0</v>
+      </c>
+      <c r="O23" s="21">
+        <v>0</v>
+      </c>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="21">
+        <v>4</v>
+      </c>
+      <c r="R23" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="25"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="40"/>
+      <c r="F24" s="27"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="27"/>
+      <c r="J24" s="27"/>
+      <c r="K24" s="27"/>
+      <c r="L24" s="27"/>
+      <c r="M24" s="27"/>
+      <c r="N24" s="27"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="27"/>
+      <c r="Q24" s="27"/>
+      <c r="R24" s="27"/>
+    </row>
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="29"/>
+      <c r="B25" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="42">
+        <f>MAX(G25:R25)</f>
+        <v>97.6</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="21">
+        <v>71.3</v>
+      </c>
+      <c r="H25" s="21">
+        <v>65.2</v>
+      </c>
+      <c r="I25" s="21">
+        <v>64.099999999999994</v>
+      </c>
+      <c r="J25" s="21">
+        <v>65.2</v>
+      </c>
+      <c r="K25" s="21">
+        <v>45.7</v>
+      </c>
+      <c r="L25" s="21">
+        <v>70.2</v>
+      </c>
+      <c r="M25" s="21">
+        <v>55.4</v>
+      </c>
+      <c r="N25" s="21">
+        <v>97.6</v>
+      </c>
+      <c r="O25" s="21">
+        <v>60.8</v>
+      </c>
+      <c r="P25" s="21">
+        <v>71.599999999999994</v>
+      </c>
+      <c r="Q25" s="21">
+        <v>39.200000000000003</v>
+      </c>
+      <c r="R25" s="21">
+        <v>40.700000000000003</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="25"/>
+      <c r="C26" s="26"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="27"/>
+      <c r="K26" s="27"/>
+      <c r="L26" s="27"/>
+      <c r="M26" s="27"/>
+      <c r="N26" s="27"/>
+      <c r="O26" s="27"/>
+      <c r="P26" s="27"/>
+      <c r="Q26" s="27"/>
+      <c r="R26" s="27"/>
+    </row>
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16">
+        <f>SUM(G27:R27)</f>
+        <v>136</v>
+      </c>
+      <c r="F27" s="16"/>
+      <c r="G27" s="16">
+        <v>16</v>
+      </c>
+      <c r="H27" s="16">
+        <v>10</v>
+      </c>
+      <c r="I27" s="16">
+        <v>9</v>
+      </c>
+      <c r="J27" s="16">
+        <v>9</v>
+      </c>
+      <c r="K27" s="16">
+        <v>13</v>
+      </c>
+      <c r="L27" s="16">
+        <v>7</v>
+      </c>
+      <c r="M27" s="16">
+        <v>17</v>
+      </c>
+      <c r="N27" s="16">
+        <v>11</v>
+      </c>
+      <c r="O27" s="16">
+        <v>14</v>
+      </c>
+      <c r="P27" s="16">
+        <v>13</v>
+      </c>
+      <c r="Q27" s="16">
+        <v>13</v>
+      </c>
+      <c r="R27" s="16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16">
+        <f>SUM(G28:R28)</f>
+        <v>83</v>
+      </c>
+      <c r="F28" s="16"/>
+      <c r="G28" s="16">
+        <v>20</v>
+      </c>
+      <c r="H28" s="16">
+        <v>18</v>
+      </c>
+      <c r="I28" s="16">
+        <v>10</v>
+      </c>
+      <c r="J28" s="16">
+        <v>3</v>
+      </c>
+      <c r="K28" s="16">
+        <v>0</v>
+      </c>
+      <c r="L28" s="16">
+        <v>0</v>
+      </c>
+      <c r="M28" s="16">
+        <v>0</v>
+      </c>
+      <c r="N28" s="16">
+        <v>0</v>
+      </c>
+      <c r="O28" s="16">
+        <v>0</v>
+      </c>
+      <c r="P28" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="16">
+        <v>13</v>
+      </c>
+      <c r="R28" s="16">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="20"/>
+      <c r="B29" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="19"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="21">
+        <f>SUM(G29:R29)</f>
+        <v>59</v>
+      </c>
+      <c r="F29" s="21"/>
+      <c r="G29" s="21">
+        <v>0</v>
+      </c>
+      <c r="H29" s="21">
+        <v>0</v>
+      </c>
+      <c r="I29" s="21">
+        <v>0</v>
+      </c>
+      <c r="J29" s="21">
+        <v>0</v>
+      </c>
+      <c r="K29" s="21">
+        <v>3</v>
+      </c>
+      <c r="L29" s="21">
+        <v>21</v>
+      </c>
+      <c r="M29" s="21">
+        <v>15</v>
+      </c>
+      <c r="N29" s="21">
+        <v>16</v>
+      </c>
+      <c r="O29" s="21">
+        <v>4</v>
+      </c>
+      <c r="P29" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="21">
+        <v>0</v>
+      </c>
+      <c r="R29" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" s="25"/>
+      <c r="C30" s="26"/>
+      <c r="D30" s="27"/>
+      <c r="E30" s="43"/>
+      <c r="F30" s="27"/>
+      <c r="G30" s="27"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="27"/>
+      <c r="J30" s="27"/>
+      <c r="K30" s="27"/>
+      <c r="L30" s="27"/>
+      <c r="M30" s="27"/>
+      <c r="N30" s="27"/>
+      <c r="O30" s="27"/>
+      <c r="P30" s="27"/>
+      <c r="Q30" s="27"/>
+      <c r="R30" s="27"/>
+    </row>
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="20"/>
+      <c r="B31" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C31" s="19"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="21">
+        <f>SUM(G31:R31)</f>
+        <v>219</v>
+      </c>
+      <c r="F31" s="21"/>
+      <c r="G31" s="21">
+        <v>31</v>
+      </c>
+      <c r="H31" s="21">
+        <v>28</v>
+      </c>
+      <c r="I31" s="21">
+        <v>31</v>
+      </c>
+      <c r="J31" s="21">
+        <v>22</v>
+      </c>
+      <c r="K31" s="21">
+        <v>10</v>
+      </c>
+      <c r="L31" s="21">
+        <v>0</v>
+      </c>
+      <c r="M31" s="21">
+        <v>0</v>
+      </c>
+      <c r="N31" s="21">
+        <v>0</v>
+      </c>
+      <c r="O31" s="21">
+        <v>8</v>
+      </c>
+      <c r="P31" s="21">
+        <v>28</v>
+      </c>
+      <c r="Q31" s="21">
+        <v>30</v>
+      </c>
+      <c r="R31" s="21">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D32" s="16"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="16"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="16"/>
+      <c r="I32" s="16"/>
+      <c r="J32" s="16"/>
+      <c r="K32" s="16"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="16"/>
+      <c r="N32" s="16"/>
+      <c r="O32" s="16"/>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="16"/>
+      <c r="R32" s="16"/>
+    </row>
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="1"/>
+      <c r="B33" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D33" s="16"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="16"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="16"/>
+      <c r="I33" s="16"/>
+      <c r="J33" s="16"/>
+      <c r="K33" s="16"/>
+      <c r="L33" s="16"/>
+      <c r="M33" s="16"/>
+      <c r="N33" s="16"/>
+      <c r="O33" s="16"/>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="16"/>
+      <c r="R33" s="16"/>
+    </row>
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="20"/>
+      <c r="B34" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C34" s="19"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="44">
+        <f>SUM(G34:R34)</f>
+        <v>3232.1</v>
+      </c>
+      <c r="F34" s="21"/>
+      <c r="G34" s="21">
+        <v>571.4</v>
+      </c>
+      <c r="H34" s="21">
+        <v>486.6</v>
+      </c>
+      <c r="I34" s="21">
+        <v>419</v>
+      </c>
+      <c r="J34" s="21">
+        <v>236.2</v>
+      </c>
+      <c r="K34" s="21">
+        <v>101.5</v>
+      </c>
+      <c r="L34" s="21">
+        <v>0</v>
+      </c>
+      <c r="M34" s="21">
+        <v>0</v>
+      </c>
+      <c r="N34" s="21">
+        <v>0</v>
+      </c>
+      <c r="O34" s="21">
+        <v>75</v>
+      </c>
+      <c r="P34" s="21">
+        <v>307.2</v>
+      </c>
+      <c r="Q34" s="21">
+        <v>475.6</v>
+      </c>
+      <c r="R34" s="21">
+        <v>559.6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="1"/>
+      <c r="B35" s="1"/>
+      <c r="R35" s="8" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="46"/>
+      <c r="I36" s="46"/>
+      <c r="J36" s="46"/>
+      <c r="K36" s="46"/>
+      <c r="L36" s="46"/>
+      <c r="M36" s="46"/>
+      <c r="N36" s="46"/>
+      <c r="O36" s="46"/>
+      <c r="P36" s="46"/>
+      <c r="Q36" s="46"/>
+      <c r="R36" s="46"/>
+    </row>
+    <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="46" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="I37" s="46"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+      <c r="L37" s="46"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="46"/>
+      <c r="O37" s="46"/>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="46"/>
+      <c r="R37" s="46"/>
+    </row>
+    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R38" s="2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A36:R36"/>
+    <mergeCell ref="A37:R37"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="25" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EAE9051-2FF1-4B28-B401-E1B6C135D96D}">
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
@@ -4372,51 +5513,51 @@
     <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DDA09C1C-6075-4C44-B88C-F53D3D294DCB}">
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>58</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
@@ -5706,1437 +6847,50 @@
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>59</v>
-      </c>
-[...1385 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -7148,120 +6902,119 @@
     <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Tabelle1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0587E9A-BE7C-478A-A2A3-266E3F53CF13}">
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
@@ -7287,1096 +7040,1095 @@
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
-        <v>-9.9</v>
+        <v>-9.4</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
-        <v>-8.6999999999999993</v>
+        <v>-6.6</v>
       </c>
       <c r="H9" s="14">
-        <v>-9.9</v>
+        <v>-5.4</v>
       </c>
       <c r="I9" s="14">
-        <v>-3.2</v>
+        <v>-6.4</v>
       </c>
       <c r="J9" s="14">
-        <v>-3</v>
+        <v>-3.7</v>
       </c>
       <c r="K9" s="14">
-        <v>-0.9</v>
+        <v>2</v>
       </c>
       <c r="L9" s="14">
-        <v>6.8</v>
+        <v>6.5</v>
       </c>
       <c r="M9" s="14">
-        <v>10.6</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="N9" s="14">
-        <v>6.3</v>
+        <v>9.6</v>
       </c>
       <c r="O9" s="14">
-        <v>6.2</v>
+        <v>2.9</v>
       </c>
       <c r="P9" s="14">
-        <v>-1.7</v>
+        <v>4.3</v>
       </c>
       <c r="Q9" s="14">
-        <v>-3.3</v>
+        <v>-1.5</v>
       </c>
       <c r="R9" s="14">
-        <v>-6.6</v>
+        <v>-9.4</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
-        <v>30.5</v>
+        <v>35.1</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
-        <v>10.199999999999999</v>
+        <v>14.7</v>
       </c>
       <c r="H10" s="14">
-        <v>16.8</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="I10" s="14">
-        <v>22.4</v>
+        <v>18.7</v>
       </c>
       <c r="J10" s="14">
-        <v>22.2</v>
+        <v>21.3</v>
       </c>
       <c r="K10" s="14">
-        <v>24.5</v>
+        <v>29.5</v>
       </c>
       <c r="L10" s="14">
-        <v>29.9</v>
+        <v>34</v>
       </c>
       <c r="M10" s="14">
-        <v>28.7</v>
+        <v>35.1</v>
       </c>
       <c r="N10" s="14">
-        <v>30.5</v>
+        <v>34.9</v>
       </c>
       <c r="O10" s="14">
-        <v>26.1</v>
+        <v>27.2</v>
       </c>
       <c r="P10" s="14">
-        <v>20.9</v>
+        <v>21.8</v>
       </c>
       <c r="Q10" s="14">
-        <v>11.1</v>
+        <v>16.100000000000001</v>
       </c>
       <c r="R10" s="14">
-        <v>14.4</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>9.2333333333333343</v>
+        <v>10.916666666666666</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="H11" s="14">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
       <c r="I11" s="14">
-        <v>5.0999999999999996</v>
+        <v>6</v>
       </c>
       <c r="J11" s="14">
-        <v>7.5</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="K11" s="14">
-        <v>10.7</v>
+        <v>15.7</v>
       </c>
       <c r="L11" s="14">
-        <v>18.600000000000001</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="M11" s="14">
-        <v>18.2</v>
+        <v>20.6</v>
       </c>
       <c r="N11" s="14">
-        <v>17.3</v>
+        <v>20</v>
       </c>
       <c r="O11" s="14">
-        <v>15.9</v>
+        <v>14</v>
       </c>
       <c r="P11" s="14">
-        <v>8.6999999999999993</v>
+        <v>13.3</v>
       </c>
       <c r="Q11" s="14">
-        <v>3.3</v>
+        <v>6.6</v>
       </c>
       <c r="R11" s="14">
-        <v>1.4</v>
+        <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
-        <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
-        <v>8.8000000000000007</v>
+        <f>IF(R12="",AVERAGE(G12:R12),9.3)</f>
+        <v>9.3000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
-        <v>-0.4</v>
+        <v>0.2</v>
       </c>
       <c r="H12" s="23">
-        <v>0.7</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="I12" s="23">
-        <v>4.7</v>
+        <v>5.2</v>
       </c>
       <c r="J12" s="23">
-        <v>8.1</v>
+        <v>9</v>
       </c>
       <c r="K12" s="23">
-        <v>12.7</v>
+        <v>13.2</v>
       </c>
       <c r="L12" s="23">
-        <v>16</v>
+        <v>16.899999999999999</v>
       </c>
       <c r="M12" s="23">
-        <v>18.3</v>
+        <v>18.8</v>
       </c>
       <c r="N12" s="23">
-        <v>17.7</v>
+        <v>18.399999999999999</v>
       </c>
       <c r="O12" s="23">
-        <v>13.7</v>
+        <v>14.1</v>
       </c>
       <c r="P12" s="23">
-        <v>9.3000000000000007</v>
+        <v>9.5</v>
       </c>
       <c r="Q12" s="23">
-        <v>3.7</v>
+        <v>4.2</v>
       </c>
       <c r="R12" s="23">
-        <v>0.6</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>0.43333333333333357</v>
+        <v>1.6166666666666654</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
-        <f t="shared" ref="G13:R13" si="0">IF(G11="","",G11-G12)</f>
-        <v>1</v>
+        <f>IF(G11="","",G11-G12)</f>
+        <v>0.49999999999999994</v>
       </c>
       <c r="H13" s="14">
-        <f t="shared" si="0"/>
-        <v>2.8</v>
+        <f>IF(H11="","",H11-H12)</f>
+        <v>2.6</v>
       </c>
       <c r="I13" s="14">
-        <f t="shared" si="0"/>
-        <v>0.39999999999999947</v>
+        <f>IF(I11="","",I11-I12)</f>
+        <v>0.79999999999999982</v>
       </c>
       <c r="J13" s="14">
-        <f t="shared" si="0"/>
-        <v>-0.59999999999999964</v>
+        <f t="shared" ref="J13:M13" si="0">IF(J11="","",J11-J12)</f>
+        <v>-0.30000000000000071</v>
       </c>
       <c r="K13" s="14">
         <f t="shared" si="0"/>
-        <v>-2</v>
+        <v>2.5</v>
       </c>
       <c r="L13" s="14">
         <f t="shared" si="0"/>
-        <v>2.6000000000000014</v>
+        <v>2.5</v>
       </c>
       <c r="M13" s="14">
         <f t="shared" si="0"/>
-        <v>-0.10000000000000142</v>
+        <v>1.8000000000000007</v>
       </c>
       <c r="N13" s="14">
-        <f t="shared" si="0"/>
-        <v>-0.39999999999999858</v>
+        <f>IF(N11="","",N11-N12)</f>
+        <v>1.6000000000000014</v>
       </c>
       <c r="O13" s="14">
-        <f t="shared" si="0"/>
-        <v>2.2000000000000011</v>
+        <f>IF(O11="","",O11-O12)</f>
+        <v>-9.9999999999999645E-2</v>
       </c>
       <c r="P13" s="14">
-        <f t="shared" si="0"/>
-        <v>-0.60000000000000142</v>
+        <f>IF(P11="","",P11-P12)</f>
+        <v>3.8000000000000007</v>
       </c>
       <c r="Q13" s="14">
-        <f t="shared" si="0"/>
-        <v>-0.40000000000000036</v>
+        <f>IF(Q11="","",Q11-Q12)</f>
+        <v>2.3999999999999995</v>
       </c>
       <c r="R13" s="14">
-        <f t="shared" si="0"/>
-        <v>0.79999999999999993</v>
+        <f>IF(R11="","",R11-R12)</f>
+        <v>1.4</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>1862.1</v>
+        <v>2170.0000000000005</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
-        <v>54.2</v>
+        <v>125.1</v>
       </c>
       <c r="H15" s="16">
-        <v>94.6</v>
+        <v>136.4</v>
       </c>
       <c r="I15" s="16">
-        <v>178.8</v>
+        <v>244</v>
       </c>
       <c r="J15" s="16">
-        <v>240.9</v>
+        <v>215</v>
       </c>
       <c r="K15" s="16">
-        <v>177.2</v>
+        <v>262.89999999999998</v>
       </c>
       <c r="L15" s="16">
-        <v>230.3</v>
+        <v>237</v>
       </c>
       <c r="M15" s="16">
-        <v>194.1</v>
+        <v>311.89999999999998</v>
       </c>
       <c r="N15" s="16">
-        <v>201.2</v>
+        <v>271.5</v>
       </c>
       <c r="O15" s="16">
-        <v>222.8</v>
+        <v>143.69999999999999</v>
       </c>
       <c r="P15" s="16">
-        <v>174</v>
+        <v>129.69999999999999</v>
       </c>
       <c r="Q15" s="16">
-        <v>55.3</v>
+        <v>60.8</v>
       </c>
       <c r="R15" s="16">
-        <v>38.700000000000003</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
-        <f>IF(R16="",SUM(G16:R16),1682)</f>
-        <v>1682</v>
+        <f>IF(R16="",SUM(G16:R16),1797)</f>
+        <v>1797</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H16" s="28">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I16" s="28">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="J16" s="28">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="K16" s="28">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="L16" s="28">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="M16" s="28">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="N16" s="28">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="O16" s="28">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="P16" s="28">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="Q16" s="28">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="R16" s="28">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>180.09999999999991</v>
+        <v>373.00000000000045</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
-        <f t="shared" ref="G17:R17" si="1">IF(G15="","",G15-G16)</f>
-        <v>-9.7999999999999972</v>
+        <f t="shared" ref="G17:Q17" si="1">IF(G15="","",G15-G16)</f>
+        <v>59.099999999999994</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="1"/>
-        <v>7.5999999999999943</v>
+        <v>42.400000000000006</v>
       </c>
       <c r="I17" s="16">
-        <f t="shared" si="1"/>
-        <v>41.800000000000011</v>
+        <f>IF(I15="","",I15-I16)</f>
+        <v>93</v>
       </c>
       <c r="J17" s="16">
         <f t="shared" si="1"/>
-        <v>81.900000000000006</v>
+        <v>36</v>
       </c>
       <c r="K17" s="16">
         <f t="shared" si="1"/>
-        <v>-4.8000000000000114</v>
+        <v>65.899999999999977</v>
       </c>
       <c r="L17" s="16">
         <f t="shared" si="1"/>
-        <v>25.300000000000011</v>
+        <v>14</v>
       </c>
       <c r="M17" s="16">
         <f t="shared" si="1"/>
-        <v>-41.900000000000006</v>
+        <v>66.899999999999977</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="1"/>
-        <v>-15.800000000000011</v>
+        <v>43.5</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="1"/>
-        <v>57.800000000000011</v>
+        <v>-31.300000000000011</v>
       </c>
       <c r="P17" s="16">
-        <f t="shared" si="1"/>
-        <v>61</v>
+        <f>IF(P15="","",P15-P16)</f>
+        <v>10.699999999999989</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
-        <v>-12.700000000000003</v>
+        <v>-5.2000000000000028</v>
       </c>
       <c r="R17" s="16">
-        <f t="shared" si="1"/>
-        <v>-10.299999999999997</v>
+        <f>IF(R15="","",R15-R16)</f>
+        <v>-21</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>1136.8</v>
+        <v>895.1</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
-        <v>112.2</v>
+        <v>32</v>
       </c>
       <c r="H19" s="16">
-        <v>31.4</v>
+        <v>49.5</v>
       </c>
       <c r="I19" s="16">
-        <v>55.8</v>
+        <v>18.3</v>
       </c>
       <c r="J19" s="16">
-        <v>41.8</v>
+        <v>77.099999999999994</v>
       </c>
       <c r="K19" s="16">
-        <v>148.9</v>
+        <v>38.4</v>
       </c>
       <c r="L19" s="16">
-        <v>212.4</v>
+        <v>126.5</v>
       </c>
       <c r="M19" s="16">
-        <v>262.89999999999998</v>
+        <v>60.4</v>
       </c>
       <c r="N19" s="16">
-        <v>65.400000000000006</v>
+        <v>51.4</v>
       </c>
       <c r="O19" s="16">
-        <v>46.8</v>
+        <v>188.7</v>
       </c>
       <c r="P19" s="16">
-        <v>33.299999999999997</v>
+        <v>81.900000000000006</v>
       </c>
       <c r="Q19" s="16">
-        <v>16.399999999999999</v>
+        <v>67.7</v>
       </c>
       <c r="R19" s="16">
-        <v>109.5</v>
+        <v>103.2</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
-        <f>IF(R20="",SUM(G20:R20),1059)</f>
-        <v>1059</v>
+        <f>IF(R20="",SUM(G20:R20),1022)</f>
+        <v>1022</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I20" s="28">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="J20" s="28">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="K20" s="28">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="L20" s="28">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="M20" s="28">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="N20" s="28">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="O20" s="28">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="P20" s="28">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="Q20" s="28">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R20" s="28">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>77.799999999999955</v>
+        <v>-126.89999999999998</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
-        <f t="shared" ref="G21:R21" si="2">IF(G19="","",G19-G20)</f>
-        <v>52.2</v>
+        <f t="shared" ref="G21:Q21" si="2">IF(G19="","",G19-G20)</f>
+        <v>-28</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="2"/>
-        <v>-23.6</v>
+        <v>-6.5</v>
       </c>
       <c r="I21" s="16">
-        <f t="shared" si="2"/>
-        <v>-17.200000000000003</v>
+        <f>IF(I19="","",I19-I20)</f>
+        <v>-46.7</v>
       </c>
       <c r="J21" s="16">
         <f t="shared" si="2"/>
-        <v>-40.200000000000003</v>
+        <v>-0.90000000000000568</v>
       </c>
       <c r="K21" s="16">
         <f t="shared" si="2"/>
-        <v>29.900000000000006</v>
+        <v>-73.599999999999994</v>
       </c>
       <c r="L21" s="16">
         <f t="shared" si="2"/>
-        <v>101.4</v>
+        <v>24.5</v>
       </c>
       <c r="M21" s="16">
         <f t="shared" si="2"/>
-        <v>156.89999999999998</v>
+        <v>-47.6</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="2"/>
-        <v>-50.599999999999994</v>
+        <v>-60.6</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
-        <v>-52.2</v>
+        <v>101.69999999999999</v>
       </c>
       <c r="P21" s="16">
-        <f t="shared" si="2"/>
-        <v>-54.7</v>
+        <f>IF(P19="","",P19-P20)</f>
+        <v>-4.0999999999999943</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
-        <v>-59.6</v>
+        <v>-9.2999999999999972</v>
       </c>
       <c r="R21" s="16">
-        <f t="shared" si="2"/>
-        <v>35.5</v>
+        <f>IF(R19="","",R19-R20)</f>
+        <v>25.200000000000003</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
-      <c r="E23" s="41">
+      <c r="E23" s="45">
         <f>SUM(G23:R23)</f>
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="F23" s="21"/>
-      <c r="G23" s="16">
-[...5 lines deleted...]
-      <c r="I23" s="16">
+      <c r="G23" s="21">
+        <v>7</v>
+      </c>
+      <c r="H23" s="21">
+        <v>0</v>
+      </c>
+      <c r="I23" s="21">
         <v>2</v>
       </c>
-      <c r="J23" s="16">
-[...24 lines deleted...]
-        <v>15</v>
+      <c r="J23" s="21">
+        <v>9</v>
+      </c>
+      <c r="K23" s="21">
+        <v>0</v>
+      </c>
+      <c r="L23" s="21">
+        <v>0</v>
+      </c>
+      <c r="M23" s="21">
+        <v>0</v>
+      </c>
+      <c r="N23" s="21">
+        <v>0</v>
+      </c>
+      <c r="O23" s="21">
+        <v>0</v>
+      </c>
+      <c r="P23" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="21">
+        <v>0</v>
+      </c>
+      <c r="R23" s="21">
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
-        <v>92.2</v>
+        <v>78.5</v>
       </c>
       <c r="F25" s="21"/>
-      <c r="G25" s="16">
-[...8 lines deleted...]
-      <c r="J25" s="16">
+      <c r="G25" s="21">
+        <v>56.9</v>
+      </c>
+      <c r="H25" s="21">
+        <v>70.2</v>
+      </c>
+      <c r="I25" s="21">
+        <v>61.6</v>
+      </c>
+      <c r="J25" s="21">
+        <v>78.5</v>
+      </c>
+      <c r="K25" s="21">
+        <v>57.6</v>
+      </c>
+      <c r="L25" s="21">
+        <v>69.8</v>
+      </c>
+      <c r="M25" s="21">
+        <v>47.2</v>
+      </c>
+      <c r="N25" s="21">
+        <v>53.6</v>
+      </c>
+      <c r="O25" s="21">
         <v>52.6</v>
       </c>
-      <c r="K25" s="16">
-[...21 lines deleted...]
-        <v>63</v>
+      <c r="P25" s="21">
+        <v>58</v>
+      </c>
+      <c r="Q25" s="21">
+        <v>63.4</v>
+      </c>
+      <c r="R25" s="21">
+        <v>61.2</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="H27" s="16">
+        <v>14</v>
+      </c>
+      <c r="I27" s="16">
+        <v>3</v>
+      </c>
+      <c r="J27" s="16">
+        <v>11</v>
+      </c>
+      <c r="K27" s="16">
+        <v>9</v>
+      </c>
+      <c r="L27" s="16">
+        <v>14</v>
+      </c>
+      <c r="M27" s="16">
         <v>8</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="N27" s="16">
         <v>8</v>
       </c>
       <c r="O27" s="16">
+        <v>16</v>
+      </c>
+      <c r="P27" s="16">
         <v>11</v>
       </c>
-      <c r="P27" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="Q27" s="16">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="R27" s="16">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
-      <c r="E28" s="16">
-[...1 lines deleted...]
-        <v>16</v>
+      <c r="E28" s="43" t="s">
+        <v>56</v>
       </c>
       <c r="F28" s="16"/>
-      <c r="G28" s="16">
-[...33 lines deleted...]
-        <v>0</v>
+      <c r="G28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="H28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="I28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="J28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="K28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="L28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="M28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="N28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="O28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="P28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q28" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="R28" s="43" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
-        <v>108</v>
+        <v>91</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H29" s="16">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I29" s="16">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="J29" s="16">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="K29" s="16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L29" s="16">
         <v>0</v>
       </c>
       <c r="M29" s="16">
         <v>0</v>
       </c>
       <c r="N29" s="16">
         <v>0</v>
       </c>
       <c r="O29" s="16">
         <v>0</v>
       </c>
       <c r="P29" s="16">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="16">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="R29" s="16">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="F30" s="21"/>
-      <c r="G30" s="16">
-[...17 lines deleted...]
-      <c r="M30" s="16">
+      <c r="G30" s="21">
+        <v>0</v>
+      </c>
+      <c r="H30" s="21">
+        <v>0</v>
+      </c>
+      <c r="I30" s="21">
+        <v>0</v>
+      </c>
+      <c r="J30" s="21">
+        <v>0</v>
+      </c>
+      <c r="K30" s="21">
         <v>9</v>
       </c>
-      <c r="N30" s="16">
-[...11 lines deleted...]
-      <c r="R30" s="16">
+      <c r="L30" s="21">
+        <v>18</v>
+      </c>
+      <c r="M30" s="21">
+        <v>23</v>
+      </c>
+      <c r="N30" s="21">
+        <v>20</v>
+      </c>
+      <c r="O30" s="21">
+        <v>4</v>
+      </c>
+      <c r="P30" s="21">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="21">
+        <v>0</v>
+      </c>
+      <c r="R30" s="21">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
         <v>28</v>
       </c>
       <c r="I32" s="21">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J32" s="21">
         <v>26</v>
       </c>
       <c r="K32" s="21">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="L32" s="21">
         <v>0</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
         <v>0</v>
       </c>
       <c r="O32" s="21">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="P32" s="21">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="Q32" s="21">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
@@ -8388,122 +8140,122 @@
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
-        <v>3535</v>
+        <v>2968.5</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
-        <v>602.5</v>
+        <v>598.20000000000005</v>
       </c>
       <c r="H35" s="21">
-        <v>463.3</v>
+        <v>456.5</v>
       </c>
       <c r="I35" s="21">
-        <v>453.5</v>
+        <v>433.6</v>
       </c>
       <c r="J35" s="21">
-        <v>346.2</v>
+        <v>313.8</v>
       </c>
       <c r="K35" s="21">
-        <v>241</v>
+        <v>53.9</v>
       </c>
       <c r="L35" s="21">
         <v>0</v>
       </c>
       <c r="M35" s="21">
         <v>0</v>
       </c>
       <c r="N35" s="21">
         <v>0</v>
       </c>
       <c r="O35" s="21">
-        <v>25.2</v>
+        <v>118.1</v>
       </c>
       <c r="P35" s="21">
-        <v>325.89999999999998</v>
+        <v>50.9</v>
       </c>
       <c r="Q35" s="21">
-        <v>500.7</v>
+        <v>394.4</v>
       </c>
       <c r="R35" s="21">
-        <v>576.70000000000005</v>
+        <v>549.1</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="R36" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="46"/>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="46"/>
       <c r="G37" s="46"/>
       <c r="H37" s="46"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="46" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="B38" s="46"/>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
       <c r="L38" s="46"/>
       <c r="M38" s="46"/>
       <c r="N38" s="46"/>
       <c r="O38" s="46"/>
       <c r="P38" s="46"/>
       <c r="Q38" s="46"/>
       <c r="R38" s="46"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R39" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -8529,124 +8281,128 @@
     <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
+  <ignoredErrors>
+    <ignoredError sqref="E7" numberStoredAsText="1"/>
+  </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6991450A-C7C9-4F1E-A872-44D4B1FE4EBF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="18"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="30" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="10"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="32" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="F7" s="13"/>
       <c r="G7" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H7" s="33" t="s">
         <v>2</v>
       </c>
       <c r="I7" s="33" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="33" t="s">
         <v>4</v>
       </c>
       <c r="K7" s="33" t="s">
         <v>5</v>
       </c>
       <c r="L7" s="33" t="s">
         <v>6</v>
       </c>
       <c r="M7" s="33" t="s">
         <v>7</v>
       </c>
       <c r="N7" s="33" t="s">
         <v>8</v>
@@ -8672,188 +8428,188 @@
       <c r="E8" s="31"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="16"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="16"/>
       <c r="R8" s="16"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="14"/>
       <c r="E9" s="34">
         <f>MIN(G9:R9)</f>
-        <v>-6.4</v>
+        <v>-9.9</v>
       </c>
       <c r="F9" s="14"/>
       <c r="G9" s="14">
-        <v>-6.4</v>
+        <v>-8.6999999999999993</v>
       </c>
       <c r="H9" s="14">
-        <v>-5.2</v>
+        <v>-9.9</v>
       </c>
       <c r="I9" s="14">
-        <v>-4.5</v>
+        <v>-3.2</v>
       </c>
       <c r="J9" s="14">
-        <v>-4.5999999999999996</v>
+        <v>-3</v>
       </c>
       <c r="K9" s="14">
-        <v>2.9</v>
+        <v>-0.9</v>
       </c>
       <c r="L9" s="14">
-        <v>5.8</v>
+        <v>6.8</v>
       </c>
       <c r="M9" s="14">
-        <v>7.5</v>
+        <v>10.6</v>
       </c>
       <c r="N9" s="14">
-        <v>7.7</v>
+        <v>6.3</v>
       </c>
       <c r="O9" s="14">
-        <v>5.3</v>
+        <v>6.2</v>
       </c>
       <c r="P9" s="14">
-        <v>-0.3</v>
+        <v>-1.7</v>
       </c>
       <c r="Q9" s="14">
-        <v>-4.0999999999999996</v>
+        <v>-3.3</v>
       </c>
       <c r="R9" s="14">
-        <v>-5</v>
+        <v>-6.6</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="14"/>
       <c r="E10" s="34">
         <f>MAX(G10:R10)</f>
-        <v>33.6</v>
+        <v>30.5</v>
       </c>
       <c r="F10" s="14"/>
       <c r="G10" s="14">
-        <v>13.4</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="H10" s="14">
-        <v>17.600000000000001</v>
+        <v>16.8</v>
       </c>
       <c r="I10" s="14">
-        <v>18.100000000000001</v>
+        <v>22.4</v>
       </c>
       <c r="J10" s="14">
-        <v>22.7</v>
+        <v>22.2</v>
       </c>
       <c r="K10" s="14">
-        <v>26.3</v>
+        <v>24.5</v>
       </c>
       <c r="L10" s="14">
-        <v>28</v>
+        <v>29.9</v>
       </c>
       <c r="M10" s="14">
-        <v>33.6</v>
+        <v>28.7</v>
       </c>
       <c r="N10" s="14">
-        <v>31.6</v>
+        <v>30.5</v>
       </c>
       <c r="O10" s="14">
-        <v>28.3</v>
+        <v>26.1</v>
       </c>
       <c r="P10" s="14">
-        <v>17.8</v>
+        <v>20.9</v>
       </c>
       <c r="Q10" s="14">
-        <v>20.6</v>
+        <v>11.1</v>
       </c>
       <c r="R10" s="14">
-        <v>13.4</v>
+        <v>14.4</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="14"/>
       <c r="E11" s="34">
         <f>AVERAGE(G11:R11)</f>
-        <v>10.316666666666665</v>
+        <v>9.2333333333333343</v>
       </c>
       <c r="F11" s="14"/>
       <c r="G11" s="14">
-        <v>1.3</v>
+        <v>0.6</v>
       </c>
       <c r="H11" s="14">
-        <v>5.5</v>
+        <v>3.5</v>
       </c>
       <c r="I11" s="14">
-        <v>5.4</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="J11" s="14">
-        <v>11.5</v>
+        <v>7.5</v>
       </c>
       <c r="K11" s="14">
-        <v>13.4</v>
+        <v>10.7</v>
       </c>
       <c r="L11" s="14">
-        <v>16.3</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="M11" s="14">
-        <v>19.600000000000001</v>
+        <v>18.2</v>
       </c>
       <c r="N11" s="14">
-        <v>19.100000000000001</v>
+        <v>17.3</v>
       </c>
       <c r="O11" s="14">
-        <v>15.6</v>
+        <v>15.9</v>
       </c>
       <c r="P11" s="14">
-        <v>9</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="Q11" s="14">
-        <v>5</v>
+        <v>3.3</v>
       </c>
       <c r="R11" s="14">
-        <v>2.1</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="35">
         <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
         <v>8.8000000000000007</v>
       </c>
       <c r="F12" s="23"/>
       <c r="G12" s="23">
         <v>-0.4</v>
       </c>
       <c r="H12" s="23">
         <v>0.7</v>
       </c>
       <c r="I12" s="23">
         <v>4.7</v>
       </c>
       <c r="J12" s="23">
@@ -8872,172 +8628,172 @@
         <v>17.7</v>
       </c>
       <c r="O12" s="23">
         <v>13.7</v>
       </c>
       <c r="P12" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="Q12" s="23">
         <v>3.7</v>
       </c>
       <c r="R12" s="23">
         <v>0.6</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="14"/>
       <c r="E13" s="34">
         <f>E11-E12</f>
-        <v>1.5166666666666639</v>
+        <v>0.43333333333333357</v>
       </c>
       <c r="F13" s="14"/>
       <c r="G13" s="14">
         <f t="shared" ref="G13:R13" si="0">IF(G11="","",G11-G12)</f>
-        <v>1.7000000000000002</v>
+        <v>1</v>
       </c>
       <c r="H13" s="14">
         <f t="shared" si="0"/>
-        <v>4.8</v>
+        <v>2.8</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" si="0"/>
-        <v>0.70000000000000018</v>
+        <v>0.39999999999999947</v>
       </c>
       <c r="J13" s="14">
         <f t="shared" si="0"/>
-        <v>3.4000000000000004</v>
+        <v>-0.59999999999999964</v>
       </c>
       <c r="K13" s="14">
         <f t="shared" si="0"/>
-        <v>0.70000000000000107</v>
+        <v>-2</v>
       </c>
       <c r="L13" s="14">
         <f t="shared" si="0"/>
-        <v>0.30000000000000071</v>
+        <v>2.6000000000000014</v>
       </c>
       <c r="M13" s="14">
         <f t="shared" si="0"/>
-        <v>1.3000000000000007</v>
+        <v>-0.10000000000000142</v>
       </c>
       <c r="N13" s="14">
         <f t="shared" si="0"/>
-        <v>1.4000000000000021</v>
+        <v>-0.39999999999999858</v>
       </c>
       <c r="O13" s="14">
         <f t="shared" si="0"/>
-        <v>1.9000000000000004</v>
+        <v>2.2000000000000011</v>
       </c>
       <c r="P13" s="14">
         <f t="shared" si="0"/>
-        <v>-0.30000000000000071</v>
+        <v>-0.60000000000000142</v>
       </c>
       <c r="Q13" s="14">
         <f t="shared" si="0"/>
-        <v>1.2999999999999998</v>
+        <v>-0.40000000000000036</v>
       </c>
       <c r="R13" s="14">
         <f t="shared" si="0"/>
-        <v>1.5</v>
+        <v>0.79999999999999993</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="25"/>
       <c r="C14" s="26"/>
       <c r="D14" s="27"/>
       <c r="E14" s="36"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="27"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="37">
         <f>SUM(G15:R15)</f>
-        <v>2154.7999999999997</v>
+        <v>1862.1</v>
       </c>
       <c r="F15" s="16"/>
       <c r="G15" s="16">
-        <v>137.4</v>
+        <v>54.2</v>
       </c>
       <c r="H15" s="16">
-        <v>118.1</v>
+        <v>94.6</v>
       </c>
       <c r="I15" s="16">
-        <v>193.8</v>
+        <v>178.8</v>
       </c>
       <c r="J15" s="16">
-        <v>286.2</v>
+        <v>240.9</v>
       </c>
       <c r="K15" s="16">
-        <v>265.39999999999998</v>
+        <v>177.2</v>
       </c>
       <c r="L15" s="16">
-        <v>207.7</v>
+        <v>230.3</v>
       </c>
       <c r="M15" s="16">
-        <v>297.5</v>
+        <v>194.1</v>
       </c>
       <c r="N15" s="16">
-        <v>231.4</v>
+        <v>201.2</v>
       </c>
       <c r="O15" s="16">
-        <v>207.3</v>
+        <v>222.8</v>
       </c>
       <c r="P15" s="16">
-        <v>97.1</v>
+        <v>174</v>
       </c>
       <c r="Q15" s="16">
-        <v>82.7</v>
+        <v>55.3</v>
       </c>
       <c r="R15" s="16">
-        <v>30.2</v>
+        <v>38.700000000000003</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="28"/>
       <c r="E16" s="38">
         <f>IF(R16="",SUM(G16:R16),1682)</f>
         <v>1682</v>
       </c>
       <c r="F16" s="28"/>
       <c r="G16" s="28">
         <v>64</v>
       </c>
       <c r="H16" s="28">
         <v>87</v>
       </c>
       <c r="I16" s="28">
         <v>137</v>
       </c>
       <c r="J16" s="28">
@@ -9057,172 +8813,172 @@
       </c>
       <c r="O16" s="28">
         <v>165</v>
       </c>
       <c r="P16" s="28">
         <v>113</v>
       </c>
       <c r="Q16" s="28">
         <v>68</v>
       </c>
       <c r="R16" s="28">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29"/>
       <c r="B17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="21"/>
       <c r="E17" s="39">
         <f>E15-E16</f>
-        <v>472.79999999999973</v>
+        <v>180.09999999999991</v>
       </c>
       <c r="F17" s="21"/>
       <c r="G17" s="16">
         <f t="shared" ref="G17:R17" si="1">IF(G15="","",G15-G16)</f>
-        <v>73.400000000000006</v>
+        <v>-9.7999999999999972</v>
       </c>
       <c r="H17" s="16">
         <f t="shared" si="1"/>
-        <v>31.099999999999994</v>
+        <v>7.5999999999999943</v>
       </c>
       <c r="I17" s="16">
         <f t="shared" si="1"/>
-        <v>56.800000000000011</v>
+        <v>41.800000000000011</v>
       </c>
       <c r="J17" s="16">
         <f t="shared" si="1"/>
-        <v>127.19999999999999</v>
+        <v>81.900000000000006</v>
       </c>
       <c r="K17" s="16">
         <f t="shared" si="1"/>
-        <v>83.399999999999977</v>
+        <v>-4.8000000000000114</v>
       </c>
       <c r="L17" s="16">
         <f t="shared" si="1"/>
-        <v>2.6999999999999886</v>
+        <v>25.300000000000011</v>
       </c>
       <c r="M17" s="16">
         <f t="shared" si="1"/>
-        <v>61.5</v>
+        <v>-41.900000000000006</v>
       </c>
       <c r="N17" s="16">
         <f t="shared" si="1"/>
-        <v>14.400000000000006</v>
+        <v>-15.800000000000011</v>
       </c>
       <c r="O17" s="16">
         <f t="shared" si="1"/>
-        <v>42.300000000000011</v>
+        <v>57.800000000000011</v>
       </c>
       <c r="P17" s="16">
         <f t="shared" si="1"/>
-        <v>-15.900000000000006</v>
+        <v>61</v>
       </c>
       <c r="Q17" s="16">
         <f t="shared" si="1"/>
-        <v>14.700000000000003</v>
+        <v>-12.700000000000003</v>
       </c>
       <c r="R17" s="16">
         <f t="shared" si="1"/>
-        <v>-18.8</v>
+        <v>-10.299999999999997</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="25"/>
       <c r="C18" s="26"/>
       <c r="D18" s="27"/>
       <c r="E18" s="36"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="16"/>
       <c r="E19" s="37">
         <f>SUM(G19:R19)</f>
-        <v>1037.3</v>
+        <v>1136.8</v>
       </c>
       <c r="F19" s="16"/>
       <c r="G19" s="16">
-        <v>42.5</v>
+        <v>112.2</v>
       </c>
       <c r="H19" s="16">
-        <v>123.3</v>
+        <v>31.4</v>
       </c>
       <c r="I19" s="16">
-        <v>51.3</v>
+        <v>55.8</v>
       </c>
       <c r="J19" s="16">
-        <v>47.2</v>
+        <v>41.8</v>
       </c>
       <c r="K19" s="16">
-        <v>79</v>
+        <v>148.9</v>
       </c>
       <c r="L19" s="16">
-        <v>148.4</v>
+        <v>212.4</v>
       </c>
       <c r="M19" s="16">
-        <v>67.3</v>
+        <v>262.89999999999998</v>
       </c>
       <c r="N19" s="16">
-        <v>158.6</v>
+        <v>65.400000000000006</v>
       </c>
       <c r="O19" s="16">
-        <v>82.3</v>
+        <v>46.8</v>
       </c>
       <c r="P19" s="16">
-        <v>124.4</v>
+        <v>33.299999999999997</v>
       </c>
       <c r="Q19" s="16">
-        <v>38.200000000000003</v>
+        <v>16.399999999999999</v>
       </c>
       <c r="R19" s="16">
-        <v>74.8</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="28"/>
       <c r="E20" s="38">
         <f>IF(R20="",SUM(G20:R20),1059)</f>
         <v>1059</v>
       </c>
       <c r="F20" s="28"/>
       <c r="G20" s="28">
         <v>60</v>
       </c>
       <c r="H20" s="28">
         <v>55</v>
       </c>
       <c r="I20" s="28">
         <v>73</v>
       </c>
       <c r="J20" s="28">
@@ -9242,526 +8998,526 @@
       </c>
       <c r="O20" s="28">
         <v>99</v>
       </c>
       <c r="P20" s="28">
         <v>88</v>
       </c>
       <c r="Q20" s="28">
         <v>76</v>
       </c>
       <c r="R20" s="28">
         <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29"/>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="21"/>
       <c r="E21" s="39">
         <f>E19-E20</f>
-        <v>-21.700000000000045</v>
+        <v>77.799999999999955</v>
       </c>
       <c r="F21" s="21"/>
       <c r="G21" s="16">
         <f t="shared" ref="G21:R21" si="2">IF(G19="","",G19-G20)</f>
-        <v>-17.5</v>
+        <v>52.2</v>
       </c>
       <c r="H21" s="16">
         <f t="shared" si="2"/>
-        <v>68.3</v>
+        <v>-23.6</v>
       </c>
       <c r="I21" s="16">
         <f t="shared" si="2"/>
-        <v>-21.700000000000003</v>
+        <v>-17.200000000000003</v>
       </c>
       <c r="J21" s="16">
         <f t="shared" si="2"/>
-        <v>-34.799999999999997</v>
+        <v>-40.200000000000003</v>
       </c>
       <c r="K21" s="16">
         <f t="shared" si="2"/>
-        <v>-40</v>
+        <v>29.900000000000006</v>
       </c>
       <c r="L21" s="16">
         <f t="shared" si="2"/>
-        <v>37.400000000000006</v>
+        <v>101.4</v>
       </c>
       <c r="M21" s="16">
         <f t="shared" si="2"/>
-        <v>-38.700000000000003</v>
+        <v>156.89999999999998</v>
       </c>
       <c r="N21" s="16">
         <f t="shared" si="2"/>
-        <v>42.599999999999994</v>
+        <v>-50.599999999999994</v>
       </c>
       <c r="O21" s="16">
         <f t="shared" si="2"/>
-        <v>-16.700000000000003</v>
+        <v>-52.2</v>
       </c>
       <c r="P21" s="16">
         <f t="shared" si="2"/>
-        <v>36.400000000000006</v>
+        <v>-54.7</v>
       </c>
       <c r="Q21" s="16">
         <f t="shared" si="2"/>
-        <v>-37.799999999999997</v>
+        <v>-59.6</v>
       </c>
       <c r="R21" s="16">
         <f t="shared" si="2"/>
-        <v>0.79999999999999716</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="25"/>
       <c r="C22" s="26"/>
       <c r="D22" s="27"/>
       <c r="E22" s="40"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="29"/>
       <c r="B23" s="29" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="21"/>
       <c r="E23" s="41">
         <f>SUM(G23:R23)</f>
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F23" s="21"/>
       <c r="G23" s="16">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="H23" s="16">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I23" s="16">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J23" s="16">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K23" s="16">
         <v>0</v>
       </c>
       <c r="L23" s="16">
         <v>0</v>
       </c>
       <c r="M23" s="16">
         <v>0</v>
       </c>
       <c r="N23" s="16">
         <v>0</v>
       </c>
       <c r="O23" s="16">
         <v>0</v>
       </c>
       <c r="P23" s="16">
         <v>0</v>
       </c>
       <c r="Q23" s="16">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="R23" s="16">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="25"/>
       <c r="C24" s="26"/>
       <c r="D24" s="27"/>
       <c r="E24" s="40"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="27"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29"/>
       <c r="B25" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D25" s="21"/>
       <c r="E25" s="42">
         <f>MAX(G25:R25)</f>
-        <v>100.8</v>
+        <v>92.2</v>
       </c>
       <c r="F25" s="21"/>
       <c r="G25" s="16">
-        <v>73.400000000000006</v>
+        <v>72.400000000000006</v>
       </c>
       <c r="H25" s="16">
-        <v>100.8</v>
+        <v>55.1</v>
       </c>
       <c r="I25" s="16">
-        <v>84.2</v>
+        <v>87.5</v>
       </c>
       <c r="J25" s="16">
-        <v>51.8</v>
+        <v>52.6</v>
       </c>
       <c r="K25" s="16">
-        <v>49.7</v>
+        <v>74.5</v>
       </c>
       <c r="L25" s="16">
         <v>64.099999999999994</v>
       </c>
       <c r="M25" s="16">
-        <v>51.5</v>
+        <v>92.2</v>
       </c>
       <c r="N25" s="16">
-        <v>97.2</v>
+        <v>47.2</v>
       </c>
       <c r="O25" s="16">
-        <v>52.6</v>
+        <v>43.9</v>
       </c>
       <c r="P25" s="16">
-        <v>70.900000000000006</v>
+        <v>78.099999999999994</v>
       </c>
       <c r="Q25" s="16">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="R25" s="16">
-        <v>56.5</v>
+        <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="24" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="25"/>
       <c r="C26" s="26"/>
       <c r="D26" s="27"/>
       <c r="E26" s="40"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="27"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="16"/>
       <c r="E27" s="16">
         <f>SUM(G27:R27)</f>
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F27" s="16"/>
       <c r="G27" s="16">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="H27" s="16">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I27" s="16">
         <v>9</v>
       </c>
       <c r="J27" s="16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K27" s="16">
+        <v>17</v>
+      </c>
+      <c r="L27" s="16">
+        <v>13</v>
+      </c>
+      <c r="M27" s="16">
+        <v>18</v>
+      </c>
+      <c r="N27" s="16">
+        <v>8</v>
+      </c>
+      <c r="O27" s="16">
         <v>11</v>
       </c>
-      <c r="L27" s="16">
-[...10 lines deleted...]
-      </c>
       <c r="P27" s="16">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="Q27" s="16">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="R27" s="16">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="16"/>
       <c r="E28" s="16">
         <f>SUM(G28:R28)</f>
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F28" s="16"/>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
       <c r="I28" s="16">
+        <v>0</v>
+      </c>
+      <c r="J28" s="16">
+        <v>0</v>
+      </c>
+      <c r="K28" s="16">
+        <v>0</v>
+      </c>
+      <c r="L28" s="16">
+        <v>8</v>
+      </c>
+      <c r="M28" s="16">
+        <v>7</v>
+      </c>
+      <c r="N28" s="16">
         <v>1</v>
       </c>
-      <c r="J28" s="16">
-[...13 lines deleted...]
-      </c>
       <c r="O28" s="16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="P28" s="16">
         <v>0</v>
       </c>
       <c r="Q28" s="16">
         <v>0</v>
       </c>
       <c r="R28" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="16"/>
       <c r="E29" s="16">
         <f>SUM(G29:R29)</f>
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="F29" s="16"/>
       <c r="G29" s="16">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="H29" s="16">
+        <v>15</v>
+      </c>
+      <c r="I29" s="16">
+        <v>16</v>
+      </c>
+      <c r="J29" s="16">
         <v>14</v>
       </c>
-      <c r="I29" s="16">
+      <c r="K29" s="16">
+        <v>1</v>
+      </c>
+      <c r="L29" s="16">
+        <v>0</v>
+      </c>
+      <c r="M29" s="16">
+        <v>0</v>
+      </c>
+      <c r="N29" s="16">
+        <v>0</v>
+      </c>
+      <c r="O29" s="16">
+        <v>0</v>
+      </c>
+      <c r="P29" s="16">
+        <v>3</v>
+      </c>
+      <c r="Q29" s="16">
         <v>14</v>
       </c>
-      <c r="J29" s="16">
-[...22 lines deleted...]
-      </c>
       <c r="R29" s="16">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="21"/>
       <c r="E30" s="21">
         <f>SUM(G30:R30)</f>
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="F30" s="21"/>
       <c r="G30" s="16">
         <v>0</v>
       </c>
       <c r="H30" s="16">
         <v>0</v>
       </c>
       <c r="I30" s="16">
         <v>0</v>
       </c>
       <c r="J30" s="16">
         <v>0</v>
       </c>
       <c r="K30" s="16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L30" s="16">
+        <v>12</v>
+      </c>
+      <c r="M30" s="16">
         <v>9</v>
       </c>
-      <c r="M30" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="N30" s="16">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="O30" s="16">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="P30" s="16">
         <v>0</v>
       </c>
       <c r="Q30" s="16">
         <v>0</v>
       </c>
       <c r="R30" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="24" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="25"/>
       <c r="C31" s="26"/>
       <c r="D31" s="27"/>
       <c r="E31" s="43"/>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="27"/>
       <c r="P31" s="27"/>
       <c r="Q31" s="27"/>
       <c r="R31" s="27"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21">
         <f>SUM(G32:R32)</f>
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="F32" s="21"/>
       <c r="G32" s="21">
         <v>31</v>
       </c>
       <c r="H32" s="21">
+        <v>28</v>
+      </c>
+      <c r="I32" s="21">
+        <v>30</v>
+      </c>
+      <c r="J32" s="21">
         <v>26</v>
       </c>
-      <c r="I32" s="21">
-[...4 lines deleted...]
-      </c>
       <c r="K32" s="21">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="L32" s="21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="M32" s="21">
         <v>0</v>
       </c>
       <c r="N32" s="21">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="O32" s="21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P32" s="21">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="Q32" s="21">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="R32" s="21">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="9" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="16"/>
       <c r="E33" s="43"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
     </row>
@@ -9773,88 +9529,88 @@
       <c r="D34" s="16"/>
       <c r="E34" s="43"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
       <c r="E35" s="44">
         <f>SUM(G35:R35)</f>
-        <v>3113.9</v>
+        <v>3535</v>
       </c>
       <c r="F35" s="21"/>
       <c r="G35" s="21">
-        <v>579.20000000000005</v>
+        <v>602.5</v>
       </c>
       <c r="H35" s="21">
-        <v>397.5</v>
+        <v>463.3</v>
       </c>
       <c r="I35" s="21">
-        <v>453.7</v>
+        <v>453.5</v>
       </c>
       <c r="J35" s="21">
-        <v>146.69999999999999</v>
+        <v>346.2</v>
       </c>
       <c r="K35" s="21">
-        <v>103.8</v>
+        <v>241</v>
       </c>
       <c r="L35" s="21">
-        <v>16.8</v>
+        <v>0</v>
       </c>
       <c r="M35" s="21">
         <v>0</v>
       </c>
       <c r="N35" s="21">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="O35" s="21">
-        <v>66.7</v>
+        <v>25.2</v>
       </c>
       <c r="P35" s="21">
-        <v>340.7</v>
+        <v>325.89999999999998</v>
       </c>
       <c r="Q35" s="21">
-        <v>445.5</v>
+        <v>500.7</v>
       </c>
       <c r="R35" s="21">
-        <v>554.4</v>
+        <v>576.70000000000005</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="B36" s="1"/>
       <c r="R36" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="46"/>
       <c r="C37" s="46"/>
       <c r="D37" s="46"/>
       <c r="E37" s="46"/>
       <c r="F37" s="46"/>
       <c r="G37" s="46"/>
       <c r="H37" s="46"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
@@ -9919,50 +9675,1435 @@
     <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6991450A-C7C9-4F1E-A872-44D4B1FE4EBF}">
+  <dimension ref="A1:R70"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="17"/>
+    </row>
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="18"/>
+    </row>
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R5" s="15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="10"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="11"/>
+      <c r="J6" s="11"/>
+      <c r="K6" s="11"/>
+      <c r="L6" s="11"/>
+      <c r="M6" s="11"/>
+      <c r="N6" s="11"/>
+      <c r="O6" s="11"/>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" s="12" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="13"/>
+      <c r="B7" s="13"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="13"/>
+      <c r="G7" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="H7" s="33" t="s">
+        <v>2</v>
+      </c>
+      <c r="I7" s="33" t="s">
+        <v>3</v>
+      </c>
+      <c r="J7" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="K7" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="L7" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="M7" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="N7" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="O7" s="33" t="s">
+        <v>9</v>
+      </c>
+      <c r="P7" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q7" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="R7" s="33" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="16"/>
+      <c r="E8" s="31"/>
+      <c r="F8" s="16"/>
+      <c r="G8" s="16"/>
+      <c r="H8" s="16"/>
+      <c r="I8" s="16"/>
+      <c r="J8" s="16"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="16"/>
+      <c r="M8" s="16"/>
+      <c r="N8" s="16"/>
+      <c r="O8" s="16"/>
+      <c r="P8" s="16"/>
+      <c r="Q8" s="16"/>
+      <c r="R8" s="16"/>
+    </row>
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="14"/>
+      <c r="E9" s="34">
+        <f>MIN(G9:R9)</f>
+        <v>-6.4</v>
+      </c>
+      <c r="F9" s="14"/>
+      <c r="G9" s="14">
+        <v>-6.4</v>
+      </c>
+      <c r="H9" s="14">
+        <v>-5.2</v>
+      </c>
+      <c r="I9" s="14">
+        <v>-4.5</v>
+      </c>
+      <c r="J9" s="14">
+        <v>-4.5999999999999996</v>
+      </c>
+      <c r="K9" s="14">
+        <v>2.9</v>
+      </c>
+      <c r="L9" s="14">
+        <v>5.8</v>
+      </c>
+      <c r="M9" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="N9" s="14">
+        <v>7.7</v>
+      </c>
+      <c r="O9" s="14">
+        <v>5.3</v>
+      </c>
+      <c r="P9" s="14">
+        <v>-0.3</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>-4.0999999999999996</v>
+      </c>
+      <c r="R9" s="14">
+        <v>-5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="14"/>
+      <c r="E10" s="34">
+        <f>MAX(G10:R10)</f>
+        <v>33.6</v>
+      </c>
+      <c r="F10" s="14"/>
+      <c r="G10" s="14">
+        <v>13.4</v>
+      </c>
+      <c r="H10" s="14">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="I10" s="14">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="J10" s="14">
+        <v>22.7</v>
+      </c>
+      <c r="K10" s="14">
+        <v>26.3</v>
+      </c>
+      <c r="L10" s="14">
+        <v>28</v>
+      </c>
+      <c r="M10" s="14">
+        <v>33.6</v>
+      </c>
+      <c r="N10" s="14">
+        <v>31.6</v>
+      </c>
+      <c r="O10" s="14">
+        <v>28.3</v>
+      </c>
+      <c r="P10" s="14">
+        <v>17.8</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>20.6</v>
+      </c>
+      <c r="R10" s="14">
+        <v>13.4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="14"/>
+      <c r="E11" s="34">
+        <f>AVERAGE(G11:R11)</f>
+        <v>10.316666666666665</v>
+      </c>
+      <c r="F11" s="14"/>
+      <c r="G11" s="14">
+        <v>1.3</v>
+      </c>
+      <c r="H11" s="14">
+        <v>5.5</v>
+      </c>
+      <c r="I11" s="14">
+        <v>5.4</v>
+      </c>
+      <c r="J11" s="14">
+        <v>11.5</v>
+      </c>
+      <c r="K11" s="14">
+        <v>13.4</v>
+      </c>
+      <c r="L11" s="14">
+        <v>16.3</v>
+      </c>
+      <c r="M11" s="14">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="N11" s="14">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="O11" s="14">
+        <v>15.6</v>
+      </c>
+      <c r="P11" s="14">
+        <v>9</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>5</v>
+      </c>
+      <c r="R11" s="14">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="23"/>
+      <c r="E12" s="35">
+        <f>IF(R12="",AVERAGE(G12:R12),8.8)</f>
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23">
+        <v>-0.4</v>
+      </c>
+      <c r="H12" s="23">
+        <v>0.7</v>
+      </c>
+      <c r="I12" s="23">
+        <v>4.7</v>
+      </c>
+      <c r="J12" s="23">
+        <v>8.1</v>
+      </c>
+      <c r="K12" s="23">
+        <v>12.7</v>
+      </c>
+      <c r="L12" s="23">
+        <v>16</v>
+      </c>
+      <c r="M12" s="23">
+        <v>18.3</v>
+      </c>
+      <c r="N12" s="23">
+        <v>17.7</v>
+      </c>
+      <c r="O12" s="23">
+        <v>13.7</v>
+      </c>
+      <c r="P12" s="23">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="Q12" s="23">
+        <v>3.7</v>
+      </c>
+      <c r="R12" s="23">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="14"/>
+      <c r="E13" s="34">
+        <f>E11-E12</f>
+        <v>1.5166666666666639</v>
+      </c>
+      <c r="F13" s="14"/>
+      <c r="G13" s="14">
+        <f t="shared" ref="G13:R13" si="0">IF(G11="","",G11-G12)</f>
+        <v>1.7000000000000002</v>
+      </c>
+      <c r="H13" s="14">
+        <f t="shared" si="0"/>
+        <v>4.8</v>
+      </c>
+      <c r="I13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.70000000000000018</v>
+      </c>
+      <c r="J13" s="14">
+        <f t="shared" si="0"/>
+        <v>3.4000000000000004</v>
+      </c>
+      <c r="K13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.70000000000000107</v>
+      </c>
+      <c r="L13" s="14">
+        <f t="shared" si="0"/>
+        <v>0.30000000000000071</v>
+      </c>
+      <c r="M13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.3000000000000007</v>
+      </c>
+      <c r="N13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.4000000000000021</v>
+      </c>
+      <c r="O13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.9000000000000004</v>
+      </c>
+      <c r="P13" s="14">
+        <f t="shared" si="0"/>
+        <v>-0.30000000000000071</v>
+      </c>
+      <c r="Q13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.2999999999999998</v>
+      </c>
+      <c r="R13" s="14">
+        <f t="shared" si="0"/>
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="25"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
+      <c r="R14" s="27"/>
+    </row>
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="16"/>
+      <c r="E15" s="37">
+        <f>SUM(G15:R15)</f>
+        <v>2154.7999999999997</v>
+      </c>
+      <c r="F15" s="16"/>
+      <c r="G15" s="16">
+        <v>137.4</v>
+      </c>
+      <c r="H15" s="16">
+        <v>118.1</v>
+      </c>
+      <c r="I15" s="16">
+        <v>193.8</v>
+      </c>
+      <c r="J15" s="16">
+        <v>286.2</v>
+      </c>
+      <c r="K15" s="16">
+        <v>265.39999999999998</v>
+      </c>
+      <c r="L15" s="16">
+        <v>207.7</v>
+      </c>
+      <c r="M15" s="16">
+        <v>297.5</v>
+      </c>
+      <c r="N15" s="16">
+        <v>231.4</v>
+      </c>
+      <c r="O15" s="16">
+        <v>207.3</v>
+      </c>
+      <c r="P15" s="16">
+        <v>97.1</v>
+      </c>
+      <c r="Q15" s="16">
+        <v>82.7</v>
+      </c>
+      <c r="R15" s="16">
+        <v>30.2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="28"/>
+      <c r="E16" s="38">
+        <f>IF(R16="",SUM(G16:R16),1682)</f>
+        <v>1682</v>
+      </c>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28">
+        <v>64</v>
+      </c>
+      <c r="H16" s="28">
+        <v>87</v>
+      </c>
+      <c r="I16" s="28">
+        <v>137</v>
+      </c>
+      <c r="J16" s="28">
+        <v>159</v>
+      </c>
+      <c r="K16" s="28">
+        <v>182</v>
+      </c>
+      <c r="L16" s="28">
+        <v>205</v>
+      </c>
+      <c r="M16" s="28">
+        <v>236</v>
+      </c>
+      <c r="N16" s="28">
+        <v>217</v>
+      </c>
+      <c r="O16" s="28">
+        <v>165</v>
+      </c>
+      <c r="P16" s="28">
+        <v>113</v>
+      </c>
+      <c r="Q16" s="28">
+        <v>68</v>
+      </c>
+      <c r="R16" s="28">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="29"/>
+      <c r="B17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" s="21"/>
+      <c r="E17" s="39">
+        <f>E15-E16</f>
+        <v>472.79999999999973</v>
+      </c>
+      <c r="F17" s="21"/>
+      <c r="G17" s="16">
+        <f t="shared" ref="G17:R17" si="1">IF(G15="","",G15-G16)</f>
+        <v>73.400000000000006</v>
+      </c>
+      <c r="H17" s="16">
+        <f t="shared" si="1"/>
+        <v>31.099999999999994</v>
+      </c>
+      <c r="I17" s="16">
+        <f t="shared" si="1"/>
+        <v>56.800000000000011</v>
+      </c>
+      <c r="J17" s="16">
+        <f t="shared" si="1"/>
+        <v>127.19999999999999</v>
+      </c>
+      <c r="K17" s="16">
+        <f t="shared" si="1"/>
+        <v>83.399999999999977</v>
+      </c>
+      <c r="L17" s="16">
+        <f t="shared" si="1"/>
+        <v>2.6999999999999886</v>
+      </c>
+      <c r="M17" s="16">
+        <f t="shared" si="1"/>
+        <v>61.5</v>
+      </c>
+      <c r="N17" s="16">
+        <f t="shared" si="1"/>
+        <v>14.400000000000006</v>
+      </c>
+      <c r="O17" s="16">
+        <f t="shared" si="1"/>
+        <v>42.300000000000011</v>
+      </c>
+      <c r="P17" s="16">
+        <f t="shared" si="1"/>
+        <v>-15.900000000000006</v>
+      </c>
+      <c r="Q17" s="16">
+        <f t="shared" si="1"/>
+        <v>14.700000000000003</v>
+      </c>
+      <c r="R17" s="16">
+        <f t="shared" si="1"/>
+        <v>-18.8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="25"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="27"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="27"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="27"/>
+      <c r="K18" s="27"/>
+      <c r="L18" s="27"/>
+      <c r="M18" s="27"/>
+      <c r="N18" s="27"/>
+      <c r="O18" s="27"/>
+      <c r="P18" s="27"/>
+      <c r="Q18" s="27"/>
+      <c r="R18" s="27"/>
+    </row>
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="16"/>
+      <c r="E19" s="37">
+        <f>SUM(G19:R19)</f>
+        <v>1037.3</v>
+      </c>
+      <c r="F19" s="16"/>
+      <c r="G19" s="16">
+        <v>42.5</v>
+      </c>
+      <c r="H19" s="16">
+        <v>123.3</v>
+      </c>
+      <c r="I19" s="16">
+        <v>51.3</v>
+      </c>
+      <c r="J19" s="16">
+        <v>47.2</v>
+      </c>
+      <c r="K19" s="16">
+        <v>79</v>
+      </c>
+      <c r="L19" s="16">
+        <v>148.4</v>
+      </c>
+      <c r="M19" s="16">
+        <v>67.3</v>
+      </c>
+      <c r="N19" s="16">
+        <v>158.6</v>
+      </c>
+      <c r="O19" s="16">
+        <v>82.3</v>
+      </c>
+      <c r="P19" s="16">
+        <v>124.4</v>
+      </c>
+      <c r="Q19" s="16">
+        <v>38.200000000000003</v>
+      </c>
+      <c r="R19" s="16">
+        <v>74.8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="28"/>
+      <c r="E20" s="38">
+        <f>IF(R20="",SUM(G20:R20),1059)</f>
+        <v>1059</v>
+      </c>
+      <c r="F20" s="28"/>
+      <c r="G20" s="28">
+        <v>60</v>
+      </c>
+      <c r="H20" s="28">
+        <v>55</v>
+      </c>
+      <c r="I20" s="28">
+        <v>73</v>
+      </c>
+      <c r="J20" s="28">
+        <v>82</v>
+      </c>
+      <c r="K20" s="28">
+        <v>119</v>
+      </c>
+      <c r="L20" s="28">
+        <v>111</v>
+      </c>
+      <c r="M20" s="28">
+        <v>106</v>
+      </c>
+      <c r="N20" s="28">
+        <v>116</v>
+      </c>
+      <c r="O20" s="28">
+        <v>99</v>
+      </c>
+      <c r="P20" s="28">
+        <v>88</v>
+      </c>
+      <c r="Q20" s="28">
+        <v>76</v>
+      </c>
+      <c r="R20" s="28">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="29"/>
+      <c r="B21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="21"/>
+      <c r="E21" s="39">
+        <f>E19-E20</f>
+        <v>-21.700000000000045</v>
+      </c>
+      <c r="F21" s="21"/>
+      <c r="G21" s="16">
+        <f t="shared" ref="G21:R21" si="2">IF(G19="","",G19-G20)</f>
+        <v>-17.5</v>
+      </c>
+      <c r="H21" s="16">
+        <f t="shared" si="2"/>
+        <v>68.3</v>
+      </c>
+      <c r="I21" s="16">
+        <f t="shared" si="2"/>
+        <v>-21.700000000000003</v>
+      </c>
+      <c r="J21" s="16">
+        <f t="shared" si="2"/>
+        <v>-34.799999999999997</v>
+      </c>
+      <c r="K21" s="16">
+        <f t="shared" si="2"/>
+        <v>-40</v>
+      </c>
+      <c r="L21" s="16">
+        <f t="shared" si="2"/>
+        <v>37.400000000000006</v>
+      </c>
+      <c r="M21" s="16">
+        <f t="shared" si="2"/>
+        <v>-38.700000000000003</v>
+      </c>
+      <c r="N21" s="16">
+        <f t="shared" si="2"/>
+        <v>42.599999999999994</v>
+      </c>
+      <c r="O21" s="16">
+        <f t="shared" si="2"/>
+        <v>-16.700000000000003</v>
+      </c>
+      <c r="P21" s="16">
+        <f t="shared" si="2"/>
+        <v>36.400000000000006</v>
+      </c>
+      <c r="Q21" s="16">
+        <f t="shared" si="2"/>
+        <v>-37.799999999999997</v>
+      </c>
+      <c r="R21" s="16">
+        <f t="shared" si="2"/>
+        <v>0.79999999999999716</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="25"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="40"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+      <c r="N22" s="27"/>
+      <c r="O22" s="27"/>
+      <c r="P22" s="27"/>
+      <c r="Q22" s="27"/>
+      <c r="R22" s="27"/>
+    </row>
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="29"/>
+      <c r="B23" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" s="21"/>
+      <c r="E23" s="41">
+        <f>SUM(G23:R23)</f>
+        <v>48</v>
+      </c>
+      <c r="F23" s="21"/>
+      <c r="G23" s="16">
+        <v>0</v>
+      </c>
+      <c r="H23" s="16">
+        <v>9</v>
+      </c>
+      <c r="I23" s="16">
+        <v>0</v>
+      </c>
+      <c r="J23" s="16">
+        <v>0</v>
+      </c>
+      <c r="K23" s="16">
+        <v>0</v>
+      </c>
+      <c r="L23" s="16">
+        <v>0</v>
+      </c>
+      <c r="M23" s="16">
+        <v>0</v>
+      </c>
+      <c r="N23" s="16">
+        <v>0</v>
+      </c>
+      <c r="O23" s="16">
+        <v>0</v>
+      </c>
+      <c r="P23" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="16">
+        <v>6</v>
+      </c>
+      <c r="R23" s="16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="25"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="40"/>
+      <c r="F24" s="27"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="27"/>
+      <c r="J24" s="27"/>
+      <c r="K24" s="27"/>
+      <c r="L24" s="27"/>
+      <c r="M24" s="27"/>
+      <c r="N24" s="27"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="27"/>
+      <c r="Q24" s="27"/>
+      <c r="R24" s="27"/>
+    </row>
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="29"/>
+      <c r="B25" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="21"/>
+      <c r="E25" s="42">
+        <f>MAX(G25:R25)</f>
+        <v>100.8</v>
+      </c>
+      <c r="F25" s="21"/>
+      <c r="G25" s="16">
+        <v>73.400000000000006</v>
+      </c>
+      <c r="H25" s="16">
+        <v>100.8</v>
+      </c>
+      <c r="I25" s="16">
+        <v>84.2</v>
+      </c>
+      <c r="J25" s="16">
+        <v>51.8</v>
+      </c>
+      <c r="K25" s="16">
+        <v>49.7</v>
+      </c>
+      <c r="L25" s="16">
+        <v>64.099999999999994</v>
+      </c>
+      <c r="M25" s="16">
+        <v>51.5</v>
+      </c>
+      <c r="N25" s="16">
+        <v>97.2</v>
+      </c>
+      <c r="O25" s="16">
+        <v>52.6</v>
+      </c>
+      <c r="P25" s="16">
+        <v>70.900000000000006</v>
+      </c>
+      <c r="Q25" s="16">
+        <v>41</v>
+      </c>
+      <c r="R25" s="16">
+        <v>56.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="25"/>
+      <c r="C26" s="26"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="27"/>
+      <c r="K26" s="27"/>
+      <c r="L26" s="27"/>
+      <c r="M26" s="27"/>
+      <c r="N26" s="27"/>
+      <c r="O26" s="27"/>
+      <c r="P26" s="27"/>
+      <c r="Q26" s="27"/>
+      <c r="R26" s="27"/>
+    </row>
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="16"/>
+      <c r="E27" s="16">
+        <f>SUM(G27:R27)</f>
+        <v>137</v>
+      </c>
+      <c r="F27" s="16"/>
+      <c r="G27" s="16">
+        <v>7</v>
+      </c>
+      <c r="H27" s="16">
+        <v>15</v>
+      </c>
+      <c r="I27" s="16">
+        <v>9</v>
+      </c>
+      <c r="J27" s="16">
+        <v>5</v>
+      </c>
+      <c r="K27" s="16">
+        <v>11</v>
+      </c>
+      <c r="L27" s="16">
+        <v>18</v>
+      </c>
+      <c r="M27" s="16">
+        <v>8</v>
+      </c>
+      <c r="N27" s="16">
+        <v>13</v>
+      </c>
+      <c r="O27" s="16">
+        <v>8</v>
+      </c>
+      <c r="P27" s="16">
+        <v>18</v>
+      </c>
+      <c r="Q27" s="16">
+        <v>7</v>
+      </c>
+      <c r="R27" s="16">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16">
+        <f>SUM(G28:R28)</f>
+        <v>13</v>
+      </c>
+      <c r="F28" s="16"/>
+      <c r="G28" s="16">
+        <v>0</v>
+      </c>
+      <c r="H28" s="16">
+        <v>0</v>
+      </c>
+      <c r="I28" s="16">
+        <v>1</v>
+      </c>
+      <c r="J28" s="16">
+        <v>1</v>
+      </c>
+      <c r="K28" s="16">
+        <v>1</v>
+      </c>
+      <c r="L28" s="16">
+        <v>0</v>
+      </c>
+      <c r="M28" s="16">
+        <v>4</v>
+      </c>
+      <c r="N28" s="16">
+        <v>5</v>
+      </c>
+      <c r="O28" s="16">
+        <v>1</v>
+      </c>
+      <c r="P28" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q28" s="16">
+        <v>0</v>
+      </c>
+      <c r="R28" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="16"/>
+      <c r="E29" s="16">
+        <f>SUM(G29:R29)</f>
+        <v>91</v>
+      </c>
+      <c r="F29" s="16"/>
+      <c r="G29" s="16">
+        <v>27</v>
+      </c>
+      <c r="H29" s="16">
+        <v>14</v>
+      </c>
+      <c r="I29" s="16">
+        <v>14</v>
+      </c>
+      <c r="J29" s="16">
+        <v>6</v>
+      </c>
+      <c r="K29" s="16">
+        <v>0</v>
+      </c>
+      <c r="L29" s="16">
+        <v>0</v>
+      </c>
+      <c r="M29" s="16">
+        <v>0</v>
+      </c>
+      <c r="N29" s="16">
+        <v>0</v>
+      </c>
+      <c r="O29" s="16">
+        <v>0</v>
+      </c>
+      <c r="P29" s="16">
+        <v>1</v>
+      </c>
+      <c r="Q29" s="16">
+        <v>12</v>
+      </c>
+      <c r="R29" s="16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="20"/>
+      <c r="B30" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="19"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="21">
+        <f>SUM(G30:R30)</f>
+        <v>53</v>
+      </c>
+      <c r="F30" s="21"/>
+      <c r="G30" s="16">
+        <v>0</v>
+      </c>
+      <c r="H30" s="16">
+        <v>0</v>
+      </c>
+      <c r="I30" s="16">
+        <v>0</v>
+      </c>
+      <c r="J30" s="16">
+        <v>0</v>
+      </c>
+      <c r="K30" s="16">
+        <v>1</v>
+      </c>
+      <c r="L30" s="16">
+        <v>9</v>
+      </c>
+      <c r="M30" s="16">
+        <v>17</v>
+      </c>
+      <c r="N30" s="16">
+        <v>16</v>
+      </c>
+      <c r="O30" s="16">
+        <v>10</v>
+      </c>
+      <c r="P30" s="16">
+        <v>0</v>
+      </c>
+      <c r="Q30" s="16">
+        <v>0</v>
+      </c>
+      <c r="R30" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" s="25"/>
+      <c r="C31" s="26"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="27"/>
+      <c r="I31" s="27"/>
+      <c r="J31" s="27"/>
+      <c r="K31" s="27"/>
+      <c r="L31" s="27"/>
+      <c r="M31" s="27"/>
+      <c r="N31" s="27"/>
+      <c r="O31" s="27"/>
+      <c r="P31" s="27"/>
+      <c r="Q31" s="27"/>
+      <c r="R31" s="27"/>
+    </row>
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="20"/>
+      <c r="B32" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C32" s="19"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21">
+        <f>SUM(G32:R32)</f>
+        <v>211</v>
+      </c>
+      <c r="F32" s="21"/>
+      <c r="G32" s="21">
+        <v>31</v>
+      </c>
+      <c r="H32" s="21">
+        <v>26</v>
+      </c>
+      <c r="I32" s="21">
+        <v>31</v>
+      </c>
+      <c r="J32" s="21">
+        <v>13</v>
+      </c>
+      <c r="K32" s="21">
+        <v>10</v>
+      </c>
+      <c r="L32" s="21">
+        <v>2</v>
+      </c>
+      <c r="M32" s="21">
+        <v>0</v>
+      </c>
+      <c r="N32" s="21">
+        <v>1</v>
+      </c>
+      <c r="O32" s="21">
+        <v>6</v>
+      </c>
+      <c r="P32" s="21">
+        <v>31</v>
+      </c>
+      <c r="Q32" s="21">
+        <v>29</v>
+      </c>
+      <c r="R32" s="21">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D33" s="16"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="16"/>
+      <c r="G33" s="16"/>
+      <c r="H33" s="16"/>
+      <c r="I33" s="16"/>
+      <c r="J33" s="16"/>
+      <c r="K33" s="16"/>
+      <c r="L33" s="16"/>
+      <c r="M33" s="16"/>
+      <c r="N33" s="16"/>
+      <c r="O33" s="16"/>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="16"/>
+      <c r="R33" s="16"/>
+    </row>
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="1"/>
+      <c r="B34" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" s="16"/>
+      <c r="E34" s="43"/>
+      <c r="F34" s="16"/>
+      <c r="G34" s="16"/>
+      <c r="H34" s="16"/>
+      <c r="I34" s="16"/>
+      <c r="J34" s="16"/>
+      <c r="K34" s="16"/>
+      <c r="L34" s="16"/>
+      <c r="M34" s="16"/>
+      <c r="N34" s="16"/>
+      <c r="O34" s="16"/>
+      <c r="P34" s="16"/>
+      <c r="Q34" s="16"/>
+      <c r="R34" s="16"/>
+    </row>
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="20"/>
+      <c r="B35" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="19"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="44">
+        <f>SUM(G35:R35)</f>
+        <v>3113.9</v>
+      </c>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21">
+        <v>579.20000000000005</v>
+      </c>
+      <c r="H35" s="21">
+        <v>397.5</v>
+      </c>
+      <c r="I35" s="21">
+        <v>453.7</v>
+      </c>
+      <c r="J35" s="21">
+        <v>146.69999999999999</v>
+      </c>
+      <c r="K35" s="21">
+        <v>103.8</v>
+      </c>
+      <c r="L35" s="21">
+        <v>16.8</v>
+      </c>
+      <c r="M35" s="21">
+        <v>0</v>
+      </c>
+      <c r="N35" s="21">
+        <v>8.9</v>
+      </c>
+      <c r="O35" s="21">
+        <v>66.7</v>
+      </c>
+      <c r="P35" s="21">
+        <v>340.7</v>
+      </c>
+      <c r="Q35" s="21">
+        <v>445.5</v>
+      </c>
+      <c r="R35" s="21">
+        <v>554.4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="1"/>
+      <c r="B36" s="1"/>
+      <c r="R36" s="8" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="46" t="s">
+        <v>49</v>
+      </c>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="46"/>
+      <c r="I37" s="46"/>
+      <c r="J37" s="46"/>
+      <c r="K37" s="46"/>
+      <c r="L37" s="46"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="46"/>
+      <c r="O37" s="46"/>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="46"/>
+      <c r="R37" s="46"/>
+    </row>
+    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="46" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="46"/>
+      <c r="K38" s="46"/>
+      <c r="L38" s="46"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="46"/>
+      <c r="O38" s="46"/>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="46"/>
+      <c r="R38" s="46"/>
+    </row>
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R39" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A37:R37"/>
+    <mergeCell ref="A38:R38"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="25" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{744133E5-23A7-4D72-9607-32D85DE751E2}">
   <dimension ref="A1:R70"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5703125" style="5" customWidth="1"/>
     <col min="2" max="2" width="44.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>53</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="17"/>
@@ -11321,74 +12462,77 @@
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="25" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="21" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>'2022'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>