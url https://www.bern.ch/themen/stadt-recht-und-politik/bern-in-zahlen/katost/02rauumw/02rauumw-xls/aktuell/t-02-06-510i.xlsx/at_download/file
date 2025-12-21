--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4F7F8DE-B6D0-45AB-A818-3EBE73CCA5B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB080576-B85F-44F4-9DF4-9E735B7F45D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="11" r:id="rId1"/>
     <sheet name="2024" sheetId="9" r:id="rId2"/>
     <sheet name="2023" sheetId="7" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="5" r:id="rId5"/>
     <sheet name="2020" sheetId="1" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
@@ -439,51 +439,51 @@
       <t xml:space="preserve">  vorwiegend aus Verbrennungsmotoren; keine Daten für März wegen unvollständigen Messwerten</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Lungengängiger Feinstaub mit einem Partikel-Durchmesser von weniger als 10 μm, vorwiegend aus dem Verkehr (Russpartikel, Pneuabrieb, Strassenstaub); keine Daten für Februar und Juli wegen unvollständigen Messwerten</t>
     </r>
   </si>
   <si>
-    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 18.9.2025)</t>
+    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 9.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -661,58 +661,58 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -735,53 +735,53 @@
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>217816</xdr:colOff>
+      <xdr:colOff>220991</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>86475</xdr:rowOff>
+      <xdr:rowOff>83300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4B3103-BF83-4EFB-A579-33C79747443D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
@@ -1411,328 +1411,346 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46CC0994-19AC-47C6-9B93-6B37408B5A9C}">
   <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
-    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2025</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
-        <v>11.914285714285713</v>
+        <v>12.62</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
         <v>22.3</v>
       </c>
       <c r="G10" s="14">
         <v>19.7</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="I10" s="14">
         <v>12.5</v>
       </c>
       <c r="J10" s="14">
         <v>8.6</v>
       </c>
       <c r="K10" s="14">
         <v>7.4</v>
       </c>
       <c r="L10" s="14">
         <v>5.8</v>
       </c>
       <c r="M10" s="14">
         <v>7.1</v>
       </c>
-      <c r="N10" s="14"/>
-[...1 lines deleted...]
-      <c r="P10" s="14"/>
+      <c r="N10" s="14">
+        <v>8.5</v>
+      </c>
+      <c r="O10" s="15">
+        <v>12.5</v>
+      </c>
+      <c r="P10" s="14">
+        <v>21.8</v>
+      </c>
       <c r="Q10" s="14"/>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
         <v>75.599999999999994</v>
       </c>
       <c r="G11" s="14">
         <v>73.5</v>
       </c>
       <c r="H11" s="14">
         <v>94.8</v>
       </c>
       <c r="I11" s="14">
         <v>116</v>
       </c>
       <c r="J11" s="14">
         <v>128</v>
       </c>
       <c r="K11" s="14">
         <v>141</v>
       </c>
       <c r="L11" s="14">
         <v>129.6</v>
       </c>
       <c r="M11" s="14">
         <v>139.1</v>
       </c>
-      <c r="N11" s="14"/>
-[...1 lines deleted...]
-      <c r="P11" s="14"/>
+      <c r="N11" s="14">
+        <v>83.9</v>
+      </c>
+      <c r="O11" s="15">
+        <v>74</v>
+      </c>
+      <c r="P11" s="14">
+        <v>68.900000000000006</v>
+      </c>
       <c r="Q11" s="14"/>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="14">
         <v>20</v>
       </c>
       <c r="D12" s="14">
         <f>AVERAGE(F12:Q12)</f>
-        <v>11.883333333333335</v>
+        <v>11.033333333333335</v>
       </c>
       <c r="E12" s="14"/>
       <c r="F12" s="14">
         <v>10.9</v>
       </c>
       <c r="G12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="H12" s="14">
         <v>11.6</v>
       </c>
       <c r="I12" s="14">
         <v>8.8000000000000007</v>
       </c>
       <c r="J12" s="14">
         <v>8.9</v>
       </c>
       <c r="K12" s="14">
         <v>16.2</v>
       </c>
       <c r="L12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="14">
         <v>14.9</v>
       </c>
-      <c r="N12" s="14"/>
-[...1 lines deleted...]
-      <c r="P12" s="14"/>
+      <c r="N12" s="14">
+        <v>8</v>
+      </c>
+      <c r="O12" s="14">
+        <v>9.9</v>
+      </c>
+      <c r="P12" s="14">
+        <v>10.1</v>
+      </c>
       <c r="Q12" s="14"/>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="23" t="s">
@@ -1890,179 +1908,179 @@
   <mergeCells count="7">
     <mergeCell ref="A20:Q20"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
     <mergeCell ref="A19:Q19"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F07BB1E9-F35E-480E-B9C5-73836D4A9F64}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2024</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -2235,69 +2253,69 @@
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="23" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="24"/>
       <c r="K14" s="24"/>
       <c r="L14" s="24"/>
       <c r="M14" s="24"/>
       <c r="N14" s="24"/>
       <c r="O14" s="24"/>
       <c r="P14" s="24"/>
       <c r="Q14" s="24"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="23" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="24"/>
-[...14 lines deleted...]
-      <c r="Q15" s="24"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="25"/>
       <c r="E16" s="25"/>
       <c r="F16" s="25"/>
       <c r="G16" s="25"/>
       <c r="H16" s="25"/>
       <c r="I16" s="25"/>
       <c r="J16" s="25"/>
       <c r="K16" s="25"/>
       <c r="L16" s="25"/>
       <c r="M16" s="25"/>
       <c r="N16" s="25"/>
       <c r="O16" s="25"/>
       <c r="P16" s="25"/>
       <c r="Q16" s="25"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="21" t="s">
         <v>25</v>
@@ -2369,179 +2387,179 @@
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EB65577-365D-4EDE-BF19-1076E526896D}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2023</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -2695,334 +2713,334 @@
         <v>8.1690387008062064</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="29"/>
-[...14 lines deleted...]
-      <c r="Q14" s="29"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="29"/>
-[...14 lines deleted...]
-      <c r="Q15" s="29"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="30"/>
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="26" t="s">
+      <c r="A17" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="26"/>
-[...14 lines deleted...]
-      <c r="Q17" s="26"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="30"/>
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="27"/>
-[...14 lines deleted...]
-      <c r="Q19" s="27"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62E0DB5C-38BC-4DBF-96EE-2A19712EF4B4}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2022</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -3176,334 +3194,334 @@
         <v>11.999160697337263</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="29"/>
-[...14 lines deleted...]
-      <c r="Q14" s="29"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="29"/>
-[...14 lines deleted...]
-      <c r="Q15" s="29"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="30"/>
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="26" t="s">
+      <c r="A17" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="26"/>
-[...14 lines deleted...]
-      <c r="Q17" s="26"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="30"/>
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="27"/>
-[...14 lines deleted...]
-      <c r="Q19" s="27"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BEE1993-DB83-4FE8-AF3F-B0A4A8BB1470}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2021</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -3657,335 +3675,335 @@
         <v>10.464750448479181</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="29"/>
-[...14 lines deleted...]
-      <c r="Q14" s="29"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="29"/>
-[...14 lines deleted...]
-      <c r="Q15" s="29"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="30"/>
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="26" t="s">
+      <c r="A17" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="26"/>
-[...14 lines deleted...]
-      <c r="Q17" s="26"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="30"/>
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="27"/>
-[...14 lines deleted...]
-      <c r="Q19" s="27"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2020</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -4139,334 +4157,334 @@
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="29"/>
-[...14 lines deleted...]
-      <c r="Q14" s="29"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="29"/>
-[...14 lines deleted...]
-      <c r="Q15" s="29"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="30"/>
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="26" t="s">
+      <c r="A17" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="26"/>
-[...14 lines deleted...]
-      <c r="Q17" s="26"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="30"/>
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="27"/>
-[...14 lines deleted...]
-      <c r="Q19" s="27"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A18:Q18"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB60C151-D248-48C8-8B77-490CFBFD054F}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
         <v>2019</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:17" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="15" t="s">
@@ -4620,174 +4638,174 @@
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="28" t="s">
+      <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="29"/>
-[...14 lines deleted...]
-      <c r="Q14" s="29"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="28" t="s">
+      <c r="A15" s="26" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="29"/>
-[...14 lines deleted...]
-      <c r="Q15" s="29"/>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="30"/>
       <c r="C16" s="30"/>
       <c r="D16" s="30"/>
       <c r="E16" s="30"/>
       <c r="F16" s="30"/>
       <c r="G16" s="30"/>
       <c r="H16" s="30"/>
       <c r="I16" s="30"/>
       <c r="J16" s="30"/>
       <c r="K16" s="30"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
       <c r="N16" s="30"/>
       <c r="O16" s="30"/>
       <c r="P16" s="30"/>
       <c r="Q16" s="30"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="26" t="s">
+      <c r="A17" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="26"/>
-[...14 lines deleted...]
-      <c r="Q17" s="26"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="30"/>
       <c r="C18" s="30"/>
       <c r="D18" s="30"/>
       <c r="E18" s="30"/>
       <c r="F18" s="30"/>
       <c r="G18" s="30"/>
       <c r="H18" s="30"/>
       <c r="I18" s="30"/>
       <c r="J18" s="30"/>
       <c r="K18" s="30"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
       <c r="N18" s="30"/>
       <c r="O18" s="30"/>
       <c r="P18" s="30"/>
       <c r="Q18" s="30"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="26" t="s">
+      <c r="A19" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="27"/>
-[...14 lines deleted...]
-      <c r="Q19" s="27"/>
+      <c r="B19" s="29"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="29"/>
+      <c r="H19" s="29"/>
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="29"/>
+      <c r="L19" s="29"/>
+      <c r="M19" s="29"/>
+      <c r="N19" s="29"/>
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="29"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 