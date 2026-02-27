--- v1 (2025-12-21)
+++ v2 (2026-02-27)
@@ -1,120 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB080576-B85F-44F4-9DF4-9E735B7F45D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42005302-C0A9-4DAD-ADCF-314448883803}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="11" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="2019" sheetId="3" r:id="rId7"/>
+    <sheet name="2026" sheetId="12" r:id="rId1"/>
+    <sheet name="2025" sheetId="11" r:id="rId2"/>
+    <sheet name="2024" sheetId="9" r:id="rId3"/>
+    <sheet name="2023" sheetId="7" r:id="rId4"/>
+    <sheet name="2022" sheetId="4" r:id="rId5"/>
+    <sheet name="2021" sheetId="5" r:id="rId6"/>
+    <sheet name="2020" sheetId="1" r:id="rId7"/>
+    <sheet name="2019" sheetId="3" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D12" i="11" l="1"/>
+  <c r="D12" i="12" l="1"/>
+  <c r="D10" i="12"/>
+  <c r="D12" i="11"/>
   <c r="D10" i="11"/>
   <c r="D12" i="4"/>
   <c r="D10" i="4"/>
   <c r="D12" i="7"/>
   <c r="D10" i="7"/>
   <c r="D12" i="5"/>
   <c r="D10" i="5"/>
   <c r="D12" i="1"/>
   <c r="D10" i="1"/>
   <c r="D12" i="3"/>
   <c r="D10" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="54">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mrz</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
@@ -243,53 +248,50 @@
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (PM10): Jahres- bzw. Monatsmittel</t>
     </r>
   </si>
   <si>
     <t>Datenquelle: Amt für Umweltschutz Stadt Bern</t>
   </si>
   <si>
     <t>Messwerte Station Bern Morgartenstrasse</t>
-  </si>
-[...1 lines deleted...]
-    <t>provisorische Zahlen</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Der Vergleich von Monatsmitteln mit einem Jahresmittelgrenzwert dient nur zur Orientierung. Zur Beurteilung von Jahresmittel-Grenzwertüberschreitungen darf nur ein Jahresmittelwert verwendet werden.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Stickstoffdioxid</t>
     </r>
     <r>
@@ -422,68 +424,201 @@
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  vorwiegend aus Verbrennungsmotoren; keine Daten für März wegen unvollständigen Messwerten</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
-        <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Sekundärschadstoff, der sich aus Stickstoffdioxid und Kohlenwasserstoffen unter Einwirkung von Sonnenlicht bildet; 98%-Perzentil: 98% aller Halbstundenmittel eines Monats sind kleiner als der angegebene Wert</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">  Lungengängiger Feinstaub mit einem Partikel-Durchmesser von weniger als 10 μm, vorwiegend aus dem Verkehr (Russpartikel, Pneuabrieb, Strassenstaub); keine Daten für Februar und Juli wegen unvollständigen Messwerten</t>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Lungengängiger Feinstaub mit einem Partikel-Durchmesser von weniger als 10 μm, vorwiegend aus dem Verkehr (Russpartikel, Pneuabrieb, Strassenstaub)</t>
     </r>
   </si>
   <si>
-    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 9.12.2025)</t>
+    <r>
+      <t>Ozon</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (O</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>): 98%-Pegel der Halbstundenmittel des Monats</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Schwebestaub</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (PM10): Jahres- bzw. Monatsmittel</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>6</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  keine Daten für Februar und Juli wegen unvollständigen Messwerten, Jahresmittel nur bedingt aussagekräftig</t>
+    </r>
+  </si>
+  <si>
+    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 26.1.2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  Jahresmittel infolge unvollständigen Messwerten nur bedingt aussagekräftig</t>
+    </r>
+  </si>
+  <si>
+    <t>Immissionsmessungen nach Monat 2026</t>
+  </si>
+  <si>
+    <t>provisorische Zahlen</t>
+  </si>
+  <si>
+    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 12.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -594,51 +729,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
@@ -646,129 +781,196 @@
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>220991</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>83300</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73BDF60C-50F6-4696-A641-36D26E443AE0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8231516" cy="1159625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>220991</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>83300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4B3103-BF83-4EFB-A579-33C79747443D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -780,51 +982,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{455E5108-1D74-416A-95D7-1E66F34E5ABA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -836,51 +1038,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25A71C1A-F783-4320-868A-CC6A42D0F1CA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -892,51 +1094,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A593249-A2BC-437C-A125-4A4B5BE2779A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -948,51 +1150,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{213E43CD-31A3-4BC7-8228-E4C66D55333A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1004,51 +1206,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Grafik 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F6E5D6-DCC7-4A1E-AECE-18A1B099B130}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1060,51 +1262,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E25C0116-2B47-4D61-B15B-CFD16DF183A9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1405,71 +1607,75 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46CC0994-19AC-47C6-9B93-6B37408B5A9C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{955473AB-96A9-4C5F-97ED-78566943C4B7}">
   <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -1524,449 +1730,920 @@
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
-        <v>12.62</v>
-[...35 lines deleted...]
-      <c r="Q10" s="14"/>
+        <v>25</v>
+      </c>
+      <c r="E10" s="23"/>
+      <c r="F10" s="21">
+        <v>25</v>
+      </c>
+      <c r="G10" s="21"/>
+      <c r="H10" s="22"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="21"/>
+      <c r="N10" s="21"/>
+      <c r="O10" s="22"/>
+      <c r="P10" s="21"/>
+      <c r="Q10" s="21"/>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
-      <c r="F11" s="14">
-[...32 lines deleted...]
-      <c r="Q11" s="14"/>
+      <c r="F11" s="21">
+        <v>76.2</v>
+      </c>
+      <c r="G11" s="21"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="21"/>
+      <c r="K11" s="21"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="21"/>
+      <c r="N11" s="21"/>
+      <c r="O11" s="22"/>
+      <c r="P11" s="21"/>
+      <c r="Q11" s="21"/>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="14">
         <v>20</v>
       </c>
       <c r="D12" s="14">
         <f>AVERAGE(F12:Q12)</f>
-        <v>11.033333333333335</v>
-[...35 lines deleted...]
-      <c r="Q12" s="14"/>
+        <v>12.6</v>
+      </c>
+      <c r="E12" s="23"/>
+      <c r="F12" s="21">
+        <v>12.6</v>
+      </c>
+      <c r="G12" s="22"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="21"/>
+      <c r="K12" s="21"/>
+      <c r="L12" s="22"/>
+      <c r="M12" s="21"/>
+      <c r="N12" s="21"/>
+      <c r="O12" s="21"/>
+      <c r="P12" s="21"/>
+      <c r="Q12" s="21"/>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="23" t="s">
+      <c r="A14" s="26" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
+    </row>
+    <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
+    </row>
+    <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" s="27"/>
+      <c r="C16" s="27"/>
+      <c r="D16" s="27"/>
+      <c r="E16" s="27"/>
+      <c r="F16" s="27"/>
+      <c r="G16" s="27"/>
+      <c r="H16" s="27"/>
+      <c r="I16" s="27"/>
+      <c r="J16" s="27"/>
+      <c r="K16" s="27"/>
+      <c r="L16" s="27"/>
+      <c r="M16" s="27"/>
+      <c r="N16" s="27"/>
+      <c r="O16" s="27"/>
+      <c r="P16" s="27"/>
+      <c r="Q16" s="27"/>
+    </row>
+    <row r="17" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="B14" s="24"/>
-[...77 lines deleted...]
-      <c r="Q17" s="25"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="28"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="28"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="28"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="21" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="21"/>
+      <c r="A18" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="24"/>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
     </row>
     <row r="19" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="25" t="s">
-[...38 lines deleted...]
-      <c r="Q20" s="22"/>
+      <c r="A19" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="28"/>
+      <c r="C19" s="28"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="28"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="28"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="28"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="28"/>
+      <c r="M19" s="28"/>
+      <c r="N19" s="28"/>
+      <c r="O19" s="28"/>
+      <c r="P19" s="28"/>
+      <c r="Q19" s="28"/>
+    </row>
+    <row r="20" spans="1:17" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="25"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="25"/>
+      <c r="I20" s="25"/>
+      <c r="J20" s="25"/>
+      <c r="K20" s="25"/>
+      <c r="L20" s="25"/>
+      <c r="M20" s="25"/>
+      <c r="N20" s="25"/>
+      <c r="O20" s="25"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="25"/>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q21" s="2" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A20:Q20"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
     <mergeCell ref="A19:Q19"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46CC0994-19AC-47C6-9B93-6B37408B5A9C}">
+  <dimension ref="A1:Q22"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F11" sqref="F11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
+    <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
+    <col min="6" max="17" width="6" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
+      <c r="O6" s="9"/>
+      <c r="P6" s="9"/>
+      <c r="Q6" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="P7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q7" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="10">
+        <v>2025</v>
+      </c>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="19"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19"/>
+      <c r="M8" s="19"/>
+      <c r="N8" s="19"/>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+    </row>
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="11"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="14">
+        <v>30</v>
+      </c>
+      <c r="D10" s="14">
+        <f>AVERAGE(F10:Q10)</f>
+        <v>13.204360044101787</v>
+      </c>
+      <c r="E10" s="23">
+        <v>3</v>
+      </c>
+      <c r="F10" s="21">
+        <v>22.3038739872915</v>
+      </c>
+      <c r="G10" s="21">
+        <v>19.39167807964602</v>
+      </c>
+      <c r="H10" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="I10" s="21">
+        <v>12.480089315801695</v>
+      </c>
+      <c r="J10" s="21">
+        <v>8.6326287014801579</v>
+      </c>
+      <c r="K10" s="21">
+        <v>7.4350614620298083</v>
+      </c>
+      <c r="L10" s="21">
+        <v>5.766024335421017</v>
+      </c>
+      <c r="M10" s="21">
+        <v>7.0640190081521732</v>
+      </c>
+      <c r="N10" s="21">
+        <v>8.5087526436781609</v>
+      </c>
+      <c r="O10" s="22">
+        <v>12.47728832951945</v>
+      </c>
+      <c r="P10" s="21">
+        <v>21.785531499623211</v>
+      </c>
+      <c r="Q10" s="21">
+        <v>19.403013122476445</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A11" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="14">
+        <v>100</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="14"/>
+      <c r="F11" s="21">
+        <v>75.578659999999999</v>
+      </c>
+      <c r="G11" s="21">
+        <v>75.091800000000006</v>
+      </c>
+      <c r="H11" s="21">
+        <v>94.838699999999903</v>
+      </c>
+      <c r="I11" s="21">
+        <v>116.09936000000012</v>
+      </c>
+      <c r="J11" s="21">
+        <v>127.91</v>
+      </c>
+      <c r="K11" s="21">
+        <v>140.67399999999998</v>
+      </c>
+      <c r="L11" s="21">
+        <v>129.60799999999998</v>
+      </c>
+      <c r="M11" s="21">
+        <v>139.14599999999999</v>
+      </c>
+      <c r="N11" s="21">
+        <v>83.921800000000019</v>
+      </c>
+      <c r="O11" s="22">
+        <v>73.978440000000006</v>
+      </c>
+      <c r="P11" s="21">
+        <v>68.928820000000002</v>
+      </c>
+      <c r="Q11" s="21">
+        <v>63.428519999999992</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="14">
+        <v>20</v>
+      </c>
+      <c r="D12" s="14">
+        <f>AVERAGE(F12:Q12)</f>
+        <v>11.140607538650089</v>
+      </c>
+      <c r="E12" s="23">
+        <v>6</v>
+      </c>
+      <c r="F12" s="21">
+        <v>10.856892115704218</v>
+      </c>
+      <c r="G12" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="H12" s="21">
+        <v>11.59068662009688</v>
+      </c>
+      <c r="I12" s="21">
+        <v>8.7921410473979034</v>
+      </c>
+      <c r="J12" s="21">
+        <v>8.8554605257876169</v>
+      </c>
+      <c r="K12" s="21">
+        <v>16.209757884710303</v>
+      </c>
+      <c r="L12" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="21">
+        <v>14.903536539054601</v>
+      </c>
+      <c r="N12" s="21">
+        <v>8.0434023280994502</v>
+      </c>
+      <c r="O12" s="21">
+        <v>9.9260101815089765</v>
+      </c>
+      <c r="P12" s="21">
+        <v>10.11535665259971</v>
+      </c>
+      <c r="Q12" s="21">
+        <v>12.112831491541238</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="16"/>
+      <c r="B13" s="16"/>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="16"/>
+      <c r="J13" s="16"/>
+      <c r="K13" s="16"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="16"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="16"/>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="17" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="27"/>
+    </row>
+    <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
+      <c r="Q15" s="27"/>
+    </row>
+    <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="28"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
+      <c r="P16" s="28"/>
+      <c r="Q16" s="28"/>
+    </row>
+    <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="24"/>
+      <c r="C17" s="24"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+    </row>
+    <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="28" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="28"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="28"/>
+      <c r="I18" s="28"/>
+      <c r="J18" s="28"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="28"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
+      <c r="P18" s="28"/>
+      <c r="Q18" s="28"/>
+    </row>
+    <row r="19" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="28" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="28"/>
+      <c r="C19" s="28"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="28"/>
+      <c r="F19" s="28"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="28"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="28"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="28"/>
+      <c r="M19" s="28"/>
+      <c r="N19" s="28"/>
+      <c r="O19" s="28"/>
+      <c r="P19" s="28"/>
+      <c r="Q19" s="28"/>
+    </row>
+    <row r="20" spans="1:17" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="25"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="25"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="25"/>
+      <c r="I20" s="25"/>
+      <c r="J20" s="25"/>
+      <c r="K20" s="25"/>
+      <c r="L20" s="25"/>
+      <c r="M20" s="25"/>
+      <c r="N20" s="25"/>
+      <c r="O20" s="25"/>
+      <c r="P20" s="25"/>
+      <c r="Q20" s="25"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A21" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="24"/>
+      <c r="C21" s="24"/>
+      <c r="D21" s="24"/>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="Q22" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A21:Q21"/>
+    <mergeCell ref="A20:Q20"/>
+    <mergeCell ref="A14:Q14"/>
+    <mergeCell ref="A15:Q15"/>
+    <mergeCell ref="A16:Q16"/>
+    <mergeCell ref="A17:Q17"/>
+    <mergeCell ref="A19:Q19"/>
+    <mergeCell ref="A18:Q18"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F07BB1E9-F35E-480E-B9C5-73836D4A9F64}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -2059,102 +2736,102 @@
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <v>13.86214084360884</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
         <v>21.355413584398129</v>
       </c>
       <c r="G10" s="14">
         <v>20.629856115107913</v>
       </c>
       <c r="H10" s="14">
         <v>15.506729475100942</v>
       </c>
       <c r="I10" s="14">
         <v>12.169138418079088</v>
       </c>
       <c r="J10" s="14">
         <v>8.8101438052486269</v>
       </c>
       <c r="K10" s="14">
         <v>7.3129935964259101</v>
       </c>
       <c r="L10" s="14">
         <v>6.5428878057553961</v>
       </c>
       <c r="M10" s="14">
         <v>8.4918141876430209</v>
       </c>
       <c r="N10" s="14">
         <v>10.724429347826087</v>
       </c>
       <c r="O10" s="15">
         <v>14.128891037344397</v>
       </c>
       <c r="P10" s="14">
         <v>19.67317494339623</v>
       </c>
       <c r="Q10" s="14">
         <v>20.62871981438515</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
         <v>79.09402</v>
       </c>
       <c r="G11" s="14">
         <v>81.859800000000007</v>
       </c>
       <c r="H11" s="14">
         <v>90.903900000000007</v>
       </c>
       <c r="I11" s="14">
         <v>103.49512</v>
       </c>
       <c r="J11" s="14">
         <v>106.66400000000002</v>
@@ -2232,701 +2909,220 @@
         <v>9.0671646831772303</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="23" t="s">
-[...479 lines deleted...]
-    <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="26" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="27"/>
       <c r="C14" s="27"/>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="27"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27"/>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="Q15" s="27"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q16" s="30"/>
+      <c r="A16" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="28"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="28"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
+      <c r="P16" s="28"/>
+      <c r="Q16" s="28"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="24" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="28"/>
-[...14 lines deleted...]
-      <c r="Q17" s="28"/>
+      <c r="B17" s="24"/>
+      <c r="C17" s="24"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="30"/>
+      <c r="A18" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="28"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="28"/>
+      <c r="I18" s="28"/>
+      <c r="J18" s="28"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="28"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
+      <c r="P18" s="28"/>
+      <c r="Q18" s="28"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="29"/>
-[...14 lines deleted...]
-      <c r="Q19" s="29"/>
+      <c r="B19" s="25"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="25"/>
+      <c r="G19" s="25"/>
+      <c r="H19" s="25"/>
+      <c r="I19" s="25"/>
+      <c r="J19" s="25"/>
+      <c r="K19" s="25"/>
+      <c r="L19" s="25"/>
+      <c r="M19" s="25"/>
+      <c r="N19" s="25"/>
+      <c r="O19" s="25"/>
+      <c r="P19" s="25"/>
+      <c r="Q19" s="25"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62E0DB5C-38BC-4DBF-96EE-2A19712EF4B4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1EB65577-365D-4EDE-BF19-1076E526896D}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -2981,433 +3177,433 @@
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
-        <v>15.408118226871624</v>
+        <v>14.736093866542292</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
-        <v>24.806998654104998</v>
+        <v>20.354074074074081</v>
       </c>
       <c r="G10" s="14">
-        <v>18.401190476190468</v>
+        <v>25.921503759398519</v>
       </c>
       <c r="H10" s="14">
-        <v>23.715700808625247</v>
+        <v>17.174443695212378</v>
       </c>
       <c r="I10" s="14">
-        <v>12.453765690376578</v>
+        <v>10.799441730635035</v>
       </c>
       <c r="J10" s="14">
-        <v>9.0914650537634323</v>
+        <v>9.0903313049357735</v>
       </c>
       <c r="K10" s="14">
-        <v>7.9113262533404525</v>
+        <v>9.8819330855018599</v>
       </c>
       <c r="L10" s="14">
-        <v>8.7737474078152395</v>
+        <v>7.3910931174089134</v>
       </c>
       <c r="M10" s="14">
-        <v>10.783913071009772</v>
+        <v>9.2821788836583821</v>
       </c>
       <c r="N10" s="14">
-        <v>10.728793467845865</v>
+        <v>12.287291666666663</v>
       </c>
       <c r="O10" s="14">
-        <v>15.065447022717475</v>
+        <v>15.642156862745072</v>
       </c>
       <c r="P10" s="14">
-        <v>18.617615726849607</v>
+        <v>16.410596026490055</v>
       </c>
       <c r="Q10" s="14">
-        <v>24.547455089820371</v>
+        <v>22.598082191780794</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
-        <v>74.099999999999994</v>
+        <v>73.41</v>
       </c>
       <c r="G11" s="14">
-        <v>81.8</v>
+        <v>74.760000000000005</v>
       </c>
       <c r="H11" s="14">
-        <v>120.1</v>
+        <v>91.3</v>
       </c>
       <c r="I11" s="14">
-        <v>114.7</v>
+        <v>96.99</v>
       </c>
       <c r="J11" s="14">
-        <v>113.9</v>
+        <v>125.7</v>
       </c>
       <c r="K11" s="14">
-        <v>134.80000000000001</v>
+        <v>140.19999999999999</v>
       </c>
       <c r="L11" s="14">
-        <v>143.19999999999999</v>
+        <v>112.5</v>
       </c>
       <c r="M11" s="14">
-        <v>134.5</v>
+        <v>129</v>
       </c>
       <c r="N11" s="14">
-        <v>99.1</v>
+        <v>126.5</v>
       </c>
       <c r="O11" s="14">
-        <v>68.400000000000006</v>
+        <v>91.3</v>
       </c>
       <c r="P11" s="14">
-        <v>66.7</v>
+        <v>72.62</v>
       </c>
       <c r="Q11" s="14">
-        <v>65.489999999999995</v>
+        <v>73.849999999999994</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="14">
         <v>20</v>
       </c>
       <c r="D12" s="14">
         <f>AVERAGE(F12:Q12)</f>
-        <v>13.619650020778565</v>
+        <v>12.08572377962259</v>
       </c>
       <c r="E12" s="14"/>
       <c r="F12" s="14">
-        <v>16.372361723834626</v>
+        <v>11.25486300473481</v>
       </c>
       <c r="G12" s="14">
-        <v>9.3134214197360823</v>
+        <v>19.41288787606263</v>
       </c>
       <c r="H12" s="14">
-        <v>25.752334961180313</v>
+        <v>14.316556996423463</v>
       </c>
       <c r="I12" s="14">
-        <v>11.287364865539853</v>
+        <v>6.9868492180420114</v>
       </c>
       <c r="J12" s="14">
-        <v>14.697499742075534</v>
+        <v>12.053335918460165</v>
       </c>
       <c r="K12" s="14">
-        <v>14.640759097884459</v>
+        <v>17.692665490185345</v>
       </c>
       <c r="L12" s="14">
-        <v>12.965135142200207</v>
+        <v>12.102202062635278</v>
       </c>
       <c r="M12" s="14">
-        <v>12.083554632259039</v>
+        <v>13.694244840948683</v>
       </c>
       <c r="N12" s="14">
-        <v>8.8542091446260631</v>
+        <v>11.53275771296755</v>
       </c>
       <c r="O12" s="14">
-        <v>16.646713448481361</v>
+        <v>12.300031074544838</v>
       </c>
       <c r="P12" s="14">
-        <v>8.8232853741879769</v>
+        <v>5.5132524596600989</v>
       </c>
       <c r="Q12" s="14">
-        <v>11.999160697337263</v>
+        <v>8.1690387008062064</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="27"/>
-[...14 lines deleted...]
-      <c r="Q14" s="27"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
+      <c r="M14" s="30"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
+      <c r="Q14" s="30"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="Q15" s="27"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q16" s="30"/>
+      <c r="A16" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="33"/>
+      <c r="K16" s="33"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="33"/>
+      <c r="P16" s="33"/>
+      <c r="Q16" s="33"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="28"/>
-[...14 lines deleted...]
-      <c r="Q17" s="28"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="31"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="31"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="30"/>
+      <c r="A18" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="33"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="29"/>
-[...14 lines deleted...]
-      <c r="Q19" s="29"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+      <c r="Q19" s="32"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BEE1993-DB83-4FE8-AF3F-B0A4A8BB1470}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62E0DB5C-38BC-4DBF-96EE-2A19712EF4B4}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -3462,434 +3658,915 @@
       </c>
       <c r="M7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="10">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F8" s="19"/>
       <c r="G8" s="19"/>
       <c r="H8" s="19"/>
       <c r="I8" s="19"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
-        <v>15.738998584299255</v>
+        <v>15.408118226871624</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
-        <v>22.538896366083428</v>
+        <v>24.806998654104998</v>
       </c>
       <c r="G10" s="14">
-        <v>24.621667907669398</v>
+        <v>18.401190476190468</v>
       </c>
       <c r="H10" s="14">
-        <v>17.704861580013532</v>
+        <v>23.715700808625247</v>
       </c>
       <c r="I10" s="14">
-        <v>11.983240611961065</v>
+        <v>12.453765690376578</v>
       </c>
       <c r="J10" s="14">
-        <v>8.68204438466711</v>
+        <v>9.0914650537634323</v>
       </c>
       <c r="K10" s="14">
-        <v>8.4216272600834579</v>
+        <v>7.9113262533404525</v>
       </c>
       <c r="L10" s="14">
-        <v>8.3912162162162094</v>
+        <v>8.7737474078152395</v>
       </c>
       <c r="M10" s="14">
-        <v>9.6318977119784783</v>
+        <v>10.783913071009772</v>
       </c>
       <c r="N10" s="14">
-        <v>13.696515679442497</v>
+        <v>10.728793467845865</v>
       </c>
       <c r="O10" s="14">
-        <v>18.559959623149382</v>
+        <v>15.065447022717475</v>
       </c>
       <c r="P10" s="14">
-        <v>19.345293701344687</v>
+        <v>18.617615726849607</v>
       </c>
       <c r="Q10" s="14">
-        <v>25.290761968981791</v>
+        <v>24.547455089820371</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
-        <v>68.5</v>
+        <v>74.099999999999994</v>
       </c>
       <c r="G11" s="14">
-        <v>73.8</v>
+        <v>81.8</v>
       </c>
       <c r="H11" s="14">
-        <v>103.2</v>
+        <v>120.1</v>
       </c>
       <c r="I11" s="14">
-        <v>124.2</v>
+        <v>114.7</v>
       </c>
       <c r="J11" s="14">
-        <v>110.1</v>
+        <v>113.9</v>
       </c>
       <c r="K11" s="14">
-        <v>135</v>
+        <v>134.80000000000001</v>
       </c>
       <c r="L11" s="14">
-        <v>131.69999999999999</v>
+        <v>143.19999999999999</v>
       </c>
       <c r="M11" s="14">
-        <v>109.7</v>
+        <v>134.5</v>
       </c>
       <c r="N11" s="14">
-        <v>119.5</v>
+        <v>99.1</v>
       </c>
       <c r="O11" s="14">
-        <v>78.900000000000006</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="P11" s="14">
-        <v>61</v>
+        <v>66.7</v>
       </c>
       <c r="Q11" s="14">
-        <v>69.599999999999994</v>
+        <v>65.489999999999995</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="14">
         <v>20</v>
       </c>
       <c r="D12" s="14">
         <f>AVERAGE(F12:Q12)</f>
-        <v>12.419629647261848</v>
+        <v>13.619650020778565</v>
       </c>
       <c r="E12" s="14"/>
       <c r="F12" s="14">
-        <v>12.567616116540124</v>
+        <v>16.372361723834626</v>
       </c>
       <c r="G12" s="14">
-        <v>19.401757535989532</v>
+        <v>9.3134214197360823</v>
       </c>
       <c r="H12" s="14">
-        <v>13.969268796267899</v>
+        <v>25.752334961180313</v>
       </c>
       <c r="I12" s="14">
-        <v>11.875193384371681</v>
+        <v>11.287364865539853</v>
       </c>
       <c r="J12" s="14">
-        <v>6.6090873392382843</v>
+        <v>14.697499742075534</v>
       </c>
       <c r="K12" s="14">
-        <v>13.202594690572743</v>
+        <v>14.640759097884459</v>
       </c>
       <c r="L12" s="14">
-        <v>11.275508614577891</v>
+        <v>12.965135142200207</v>
       </c>
       <c r="M12" s="14">
-        <v>12.809002023638747</v>
+        <v>12.083554632259039</v>
       </c>
       <c r="N12" s="14">
-        <v>14.026633451655188</v>
+        <v>8.8542091446260631</v>
       </c>
       <c r="O12" s="14">
-        <v>11.864631251362686</v>
+        <v>16.646713448481361</v>
       </c>
       <c r="P12" s="14">
-        <v>10.969512114448246</v>
+        <v>8.8232853741879769</v>
       </c>
       <c r="Q12" s="14">
-        <v>10.464750448479181</v>
+        <v>11.999160697337263</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="27"/>
-[...14 lines deleted...]
-      <c r="Q14" s="27"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
+      <c r="M14" s="30"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
+      <c r="Q14" s="30"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="Q15" s="27"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q16" s="30"/>
+      <c r="A16" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="33"/>
+      <c r="K16" s="33"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="33"/>
+      <c r="P16" s="33"/>
+      <c r="Q16" s="33"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="28"/>
-[...14 lines deleted...]
-      <c r="Q17" s="28"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="31"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="31"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="30"/>
+      <c r="A18" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="33"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="29"/>
-[...14 lines deleted...]
-      <c r="Q19" s="29"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+      <c r="Q19" s="32"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BEE1993-DB83-4FE8-AF3F-B0A4A8BB1470}">
+  <dimension ref="A1:Q20"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
+    <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
+    <col min="6" max="17" width="6" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="13" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
+      <c r="O6" s="9"/>
+      <c r="P6" s="9"/>
+      <c r="Q6" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="P7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q7" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="10">
+        <v>2021</v>
+      </c>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="19"/>
+      <c r="J8" s="19"/>
+      <c r="K8" s="19"/>
+      <c r="L8" s="19"/>
+      <c r="M8" s="19"/>
+      <c r="N8" s="19"/>
+      <c r="O8" s="19"/>
+      <c r="P8" s="19"/>
+      <c r="Q8" s="19"/>
+    </row>
+    <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="11"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="12"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="14">
+        <v>30</v>
+      </c>
+      <c r="D10" s="14">
+        <f>AVERAGE(F10:Q10)</f>
+        <v>15.738998584299255</v>
+      </c>
+      <c r="E10" s="14"/>
+      <c r="F10" s="14">
+        <v>22.538896366083428</v>
+      </c>
+      <c r="G10" s="14">
+        <v>24.621667907669398</v>
+      </c>
+      <c r="H10" s="14">
+        <v>17.704861580013532</v>
+      </c>
+      <c r="I10" s="14">
+        <v>11.983240611961065</v>
+      </c>
+      <c r="J10" s="14">
+        <v>8.68204438466711</v>
+      </c>
+      <c r="K10" s="14">
+        <v>8.4216272600834579</v>
+      </c>
+      <c r="L10" s="14">
+        <v>8.3912162162162094</v>
+      </c>
+      <c r="M10" s="14">
+        <v>9.6318977119784783</v>
+      </c>
+      <c r="N10" s="14">
+        <v>13.696515679442497</v>
+      </c>
+      <c r="O10" s="14">
+        <v>18.559959623149382</v>
+      </c>
+      <c r="P10" s="14">
+        <v>19.345293701344687</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>25.290761968981791</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A11" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="14">
+        <v>100</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="14"/>
+      <c r="F11" s="14">
+        <v>68.5</v>
+      </c>
+      <c r="G11" s="14">
+        <v>73.8</v>
+      </c>
+      <c r="H11" s="14">
+        <v>103.2</v>
+      </c>
+      <c r="I11" s="14">
+        <v>124.2</v>
+      </c>
+      <c r="J11" s="14">
+        <v>110.1</v>
+      </c>
+      <c r="K11" s="14">
+        <v>135</v>
+      </c>
+      <c r="L11" s="14">
+        <v>131.69999999999999</v>
+      </c>
+      <c r="M11" s="14">
+        <v>109.7</v>
+      </c>
+      <c r="N11" s="14">
+        <v>119.5</v>
+      </c>
+      <c r="O11" s="14">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="P11" s="14">
+        <v>61</v>
+      </c>
+      <c r="Q11" s="14">
+        <v>69.599999999999994</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="14">
+        <v>20</v>
+      </c>
+      <c r="D12" s="14">
+        <f>AVERAGE(F12:Q12)</f>
+        <v>12.419629647261848</v>
+      </c>
+      <c r="E12" s="14"/>
+      <c r="F12" s="14">
+        <v>12.567616116540124</v>
+      </c>
+      <c r="G12" s="14">
+        <v>19.401757535989532</v>
+      </c>
+      <c r="H12" s="14">
+        <v>13.969268796267899</v>
+      </c>
+      <c r="I12" s="14">
+        <v>11.875193384371681</v>
+      </c>
+      <c r="J12" s="14">
+        <v>6.6090873392382843</v>
+      </c>
+      <c r="K12" s="14">
+        <v>13.202594690572743</v>
+      </c>
+      <c r="L12" s="14">
+        <v>11.275508614577891</v>
+      </c>
+      <c r="M12" s="14">
+        <v>12.809002023638747</v>
+      </c>
+      <c r="N12" s="14">
+        <v>14.026633451655188</v>
+      </c>
+      <c r="O12" s="14">
+        <v>11.864631251362686</v>
+      </c>
+      <c r="P12" s="14">
+        <v>10.969512114448246</v>
+      </c>
+      <c r="Q12" s="14">
+        <v>10.464750448479181</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="16"/>
+      <c r="B13" s="16"/>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16"/>
+      <c r="E13" s="16"/>
+      <c r="F13" s="16"/>
+      <c r="G13" s="16"/>
+      <c r="H13" s="16"/>
+      <c r="I13" s="16"/>
+      <c r="J13" s="16"/>
+      <c r="K13" s="16"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="16"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="16"/>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="17" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" s="30"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
+      <c r="M14" s="30"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
+      <c r="Q14" s="30"/>
+    </row>
+    <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
+    </row>
+    <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="33"/>
+      <c r="K16" s="33"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="33"/>
+      <c r="P16" s="33"/>
+      <c r="Q16" s="33"/>
+    </row>
+    <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="31" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="31"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="31"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="31"/>
+    </row>
+    <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="33"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
+    </row>
+    <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+      <c r="Q19" s="32"/>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="Q20" s="2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A19:Q19"/>
+    <mergeCell ref="A14:Q14"/>
+    <mergeCell ref="A15:Q15"/>
+    <mergeCell ref="A16:Q16"/>
+    <mergeCell ref="A17:Q17"/>
+    <mergeCell ref="A18:Q18"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -3982,51 +4659,51 @@
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
         <v>15.5</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
         <v>31</v>
       </c>
       <c r="G10" s="14">
         <v>19</v>
       </c>
       <c r="H10" s="14">
         <v>15</v>
       </c>
       <c r="I10" s="14">
         <v>12</v>
       </c>
       <c r="J10" s="14">
@@ -4034,51 +4711,51 @@
       </c>
       <c r="K10" s="14">
         <v>8</v>
       </c>
       <c r="L10" s="14">
         <v>8</v>
       </c>
       <c r="M10" s="14">
         <v>9</v>
       </c>
       <c r="N10" s="14">
         <v>13</v>
       </c>
       <c r="O10" s="14">
         <v>16</v>
       </c>
       <c r="P10" s="14">
         <v>22</v>
       </c>
       <c r="Q10" s="14">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
         <v>75</v>
       </c>
       <c r="G11" s="14">
         <v>82</v>
       </c>
       <c r="H11" s="14">
         <v>96</v>
       </c>
       <c r="I11" s="14">
         <v>128</v>
       </c>
       <c r="J11" s="14">
         <v>123</v>
@@ -4157,220 +4834,220 @@
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="27"/>
-[...14 lines deleted...]
-      <c r="Q14" s="27"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
+      <c r="M14" s="30"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
+      <c r="Q14" s="30"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="Q15" s="27"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q16" s="30"/>
+      <c r="A16" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="33"/>
+      <c r="K16" s="33"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="33"/>
+      <c r="P16" s="33"/>
+      <c r="Q16" s="33"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="28"/>
-[...14 lines deleted...]
-      <c r="Q17" s="28"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="31"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="31"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="30"/>
+      <c r="A18" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="33"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="29"/>
-[...14 lines deleted...]
-      <c r="Q19" s="29"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+      <c r="Q19" s="32"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A18:Q18"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB60C151-D248-48C8-8B77-490CFBFD054F}">
   <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.7109375" style="5" customWidth="1"/>
     <col min="2" max="3" width="7.5703125" style="5" customWidth="1"/>
     <col min="4" max="4" width="7.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q5" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8"/>
       <c r="B6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="18" t="s">
@@ -4463,51 +5140,51 @@
       <c r="Q8" s="19"/>
     </row>
     <row r="9" spans="1:17" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
         <v>17.833333333333332</v>
       </c>
       <c r="E10" s="14"/>
       <c r="F10" s="14">
         <v>26</v>
       </c>
       <c r="G10" s="14">
         <v>34</v>
       </c>
       <c r="H10" s="14">
         <v>18</v>
       </c>
       <c r="I10" s="14">
         <v>16</v>
       </c>
       <c r="J10" s="14">
@@ -4515,51 +5192,51 @@
       </c>
       <c r="K10" s="14">
         <v>10</v>
       </c>
       <c r="L10" s="14">
         <v>10</v>
       </c>
       <c r="M10" s="14">
         <v>11</v>
       </c>
       <c r="N10" s="14">
         <v>14</v>
       </c>
       <c r="O10" s="14">
         <v>17</v>
       </c>
       <c r="P10" s="14">
         <v>23</v>
       </c>
       <c r="Q10" s="14">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="14">
         <v>71</v>
       </c>
       <c r="G11" s="14">
         <v>86</v>
       </c>
       <c r="H11" s="14">
         <v>114</v>
       </c>
       <c r="I11" s="14">
         <v>124</v>
       </c>
       <c r="J11" s="14">
         <v>120</v>
@@ -4638,223 +5315,224 @@
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="17" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="26" t="s">
+      <c r="A14" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="27"/>
-[...14 lines deleted...]
-      <c r="Q14" s="27"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="30"/>
+      <c r="D14" s="30"/>
+      <c r="E14" s="30"/>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
+      <c r="M14" s="30"/>
+      <c r="N14" s="30"/>
+      <c r="O14" s="30"/>
+      <c r="P14" s="30"/>
+      <c r="Q14" s="30"/>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="26" t="s">
+      <c r="A15" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="27"/>
-[...14 lines deleted...]
-      <c r="Q15" s="27"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="30"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="30"/>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
     </row>
     <row r="16" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q16" s="30"/>
+      <c r="A16" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="33"/>
+      <c r="K16" s="33"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="33"/>
+      <c r="P16" s="33"/>
+      <c r="Q16" s="33"/>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="28" t="s">
+      <c r="A17" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="28"/>
-[...14 lines deleted...]
-      <c r="Q17" s="28"/>
+      <c r="B17" s="31"/>
+      <c r="C17" s="31"/>
+      <c r="D17" s="31"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="31"/>
+      <c r="G17" s="31"/>
+      <c r="H17" s="31"/>
+      <c r="I17" s="31"/>
+      <c r="J17" s="31"/>
+      <c r="K17" s="31"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="31"/>
+      <c r="O17" s="31"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="31"/>
     </row>
     <row r="18" spans="1:17" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="30" t="s">
-[...17 lines deleted...]
-      <c r="Q18" s="30"/>
+      <c r="A18" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="33"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="33"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="Q18" s="33"/>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="28" t="s">
+      <c r="A19" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="29"/>
-[...14 lines deleted...]
-      <c r="Q19" s="29"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="32"/>
+      <c r="M19" s="32"/>
+      <c r="N19" s="32"/>
+      <c r="O19" s="32"/>
+      <c r="P19" s="32"/>
+      <c r="Q19" s="32"/>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="Q20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>