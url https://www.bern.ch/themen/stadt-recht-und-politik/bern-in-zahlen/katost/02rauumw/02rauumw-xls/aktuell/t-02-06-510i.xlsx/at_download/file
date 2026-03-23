--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\02\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42005302-C0A9-4DAD-ADCF-314448883803}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B328C639-75AD-4136-ADBD-3B3A444BB7AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="12" r:id="rId1"/>
     <sheet name="2025" sheetId="11" r:id="rId2"/>
     <sheet name="2024" sheetId="9" r:id="rId3"/>
     <sheet name="2023" sheetId="7" r:id="rId4"/>
     <sheet name="2022" sheetId="4" r:id="rId5"/>
     <sheet name="2021" sheetId="5" r:id="rId6"/>
     <sheet name="2020" sheetId="1" r:id="rId7"/>
     <sheet name="2019" sheetId="3" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -574,51 +574,51 @@
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  Jahresmittel infolge unvollständigen Messwerten nur bedingt aussagekräftig</t>
     </r>
   </si>
   <si>
     <t>Immissionsmessungen nach Monat 2026</t>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
-    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 12.2.2026)</t>
+    <t>Datenquelle: Amt für Umweltschutz Stadt Bern (Datenstand: 11.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1778,116 +1778,122 @@
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="12"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="14">
         <v>30</v>
       </c>
       <c r="D10" s="14">
         <f>AVERAGE(F10:Q10)</f>
-        <v>25</v>
+        <v>21.2</v>
       </c>
       <c r="E10" s="23"/>
       <c r="F10" s="21">
         <v>25</v>
       </c>
-      <c r="G10" s="21"/>
+      <c r="G10" s="21">
+        <v>17.399999999999999</v>
+      </c>
       <c r="H10" s="22"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="21"/>
       <c r="L10" s="21"/>
       <c r="M10" s="21"/>
       <c r="N10" s="21"/>
       <c r="O10" s="22"/>
       <c r="P10" s="21"/>
       <c r="Q10" s="21"/>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" s="20" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="14">
         <v>100</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="14"/>
       <c r="F11" s="21">
         <v>76.2</v>
       </c>
-      <c r="G11" s="21"/>
+      <c r="G11" s="21">
+        <v>84.3</v>
+      </c>
       <c r="H11" s="21"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="21"/>
       <c r="L11" s="21"/>
       <c r="M11" s="21"/>
       <c r="N11" s="21"/>
       <c r="O11" s="22"/>
       <c r="P11" s="21"/>
       <c r="Q11" s="21"/>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="14">
         <v>20</v>
       </c>
       <c r="D12" s="14">
         <f>AVERAGE(F12:Q12)</f>
-        <v>12.6</v>
+        <v>10</v>
       </c>
       <c r="E12" s="23"/>
       <c r="F12" s="21">
         <v>12.6</v>
       </c>
-      <c r="G12" s="22"/>
+      <c r="G12" s="22">
+        <v>7.4</v>
+      </c>
       <c r="H12" s="21"/>
       <c r="I12" s="21"/>
       <c r="J12" s="21"/>
       <c r="K12" s="21"/>
       <c r="L12" s="22"/>
       <c r="M12" s="21"/>
       <c r="N12" s="21"/>
       <c r="O12" s="21"/>
       <c r="P12" s="21"/>
       <c r="Q12" s="21"/>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16"/>
       <c r="B13" s="16"/>
       <c r="C13" s="16"/>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>