--- v0 (2026-02-26)
+++ v1 (2026-03-20)
@@ -128,58 +128,58 @@
   <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing63.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E75FD34B-2C5F-4261-BF06-FF14AE727272}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5B7AC3C-2286-4CD7-BEA5-EF5E3BFC8852}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="25" r:id="rId1"/>
     <sheet name="2025" sheetId="24" r:id="rId2"/>
     <sheet name="2024" sheetId="23" r:id="rId3"/>
     <sheet name="2023" sheetId="22" r:id="rId4"/>
     <sheet name="2022" sheetId="5" r:id="rId5"/>
     <sheet name="2021" sheetId="1" r:id="rId6"/>
     <sheet name="2020" sheetId="4" r:id="rId7"/>
     <sheet name="2019" sheetId="6" r:id="rId8"/>
     <sheet name="2018" sheetId="7" r:id="rId9"/>
     <sheet name="2017" sheetId="8" r:id="rId10"/>
     <sheet name="2016" sheetId="9" r:id="rId11"/>
     <sheet name="2015" sheetId="10" r:id="rId12"/>
     <sheet name="2014" sheetId="11" r:id="rId13"/>
     <sheet name="2013" sheetId="12" r:id="rId14"/>
     <sheet name="2012" sheetId="13" r:id="rId15"/>
     <sheet name="2011" sheetId="14" r:id="rId16"/>
     <sheet name="2010" sheetId="15" r:id="rId17"/>
     <sheet name="2009" sheetId="16" r:id="rId18"/>
     <sheet name="2008" sheetId="17" r:id="rId19"/>
     <sheet name="2007" sheetId="18" r:id="rId20"/>
     <sheet name="2006" sheetId="19" r:id="rId21"/>
@@ -195,159 +195,162 @@
     <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J22" i="25" l="1"/>
+  <c r="K22" i="25" l="1"/>
+  <c r="K31" i="25" s="1"/>
+  <c r="K19" i="25"/>
+  <c r="K28" i="25" s="1"/>
+  <c r="K16" i="25"/>
+  <c r="K25" i="25" s="1"/>
+  <c r="J22" i="25"/>
   <c r="J31" i="25" s="1"/>
   <c r="J19" i="25"/>
   <c r="J28" i="25" s="1"/>
   <c r="J16" i="25"/>
   <c r="J25" i="25" s="1"/>
   <c r="M31" i="25"/>
   <c r="L31" i="25"/>
-  <c r="K31" i="25"/>
   <c r="U30" i="25"/>
   <c r="T30" i="25"/>
   <c r="S30" i="25"/>
   <c r="R30" i="25"/>
   <c r="Q30" i="25"/>
   <c r="P30" i="25"/>
   <c r="O30" i="25"/>
   <c r="N30" i="25"/>
   <c r="M30" i="25"/>
   <c r="L30" i="25"/>
   <c r="K30" i="25"/>
   <c r="J30" i="25"/>
   <c r="U29" i="25"/>
   <c r="T29" i="25"/>
   <c r="S29" i="25"/>
   <c r="R29" i="25"/>
   <c r="Q29" i="25"/>
   <c r="P29" i="25"/>
   <c r="O29" i="25"/>
   <c r="N29" i="25"/>
   <c r="M29" i="25"/>
   <c r="L29" i="25"/>
   <c r="K29" i="25"/>
   <c r="J29" i="25"/>
   <c r="U28" i="25"/>
   <c r="U27" i="25"/>
   <c r="T27" i="25"/>
   <c r="S27" i="25"/>
   <c r="R27" i="25"/>
   <c r="Q27" i="25"/>
   <c r="P27" i="25"/>
   <c r="O27" i="25"/>
   <c r="N27" i="25"/>
   <c r="M27" i="25"/>
   <c r="L27" i="25"/>
   <c r="K27" i="25"/>
   <c r="J27" i="25"/>
   <c r="U26" i="25"/>
   <c r="T26" i="25"/>
   <c r="S26" i="25"/>
   <c r="R26" i="25"/>
   <c r="Q26" i="25"/>
   <c r="P26" i="25"/>
   <c r="O26" i="25"/>
   <c r="N26" i="25"/>
   <c r="M26" i="25"/>
   <c r="L26" i="25"/>
   <c r="K26" i="25"/>
   <c r="J26" i="25"/>
-  <c r="H26" i="25"/>
   <c r="U25" i="25"/>
   <c r="T25" i="25"/>
   <c r="R25" i="25"/>
   <c r="Q25" i="25"/>
   <c r="H23" i="25"/>
   <c r="U31" i="25"/>
   <c r="T31" i="25"/>
   <c r="S31" i="25"/>
   <c r="R31" i="25"/>
   <c r="Q31" i="25"/>
   <c r="P31" i="25"/>
   <c r="O31" i="25"/>
   <c r="N31" i="25"/>
   <c r="H21" i="25"/>
   <c r="H30" i="25" s="1"/>
   <c r="H20" i="25"/>
   <c r="H29" i="25" s="1"/>
   <c r="T28" i="25"/>
   <c r="S28" i="25"/>
   <c r="R28" i="25"/>
   <c r="Q28" i="25"/>
   <c r="P28" i="25"/>
   <c r="O28" i="25"/>
   <c r="N28" i="25"/>
   <c r="M28" i="25"/>
   <c r="L28" i="25"/>
-  <c r="K28" i="25"/>
-[...1 lines deleted...]
-  <c r="H28" i="25" s="1"/>
   <c r="H18" i="25"/>
   <c r="H27" i="25" s="1"/>
   <c r="H17" i="25"/>
+  <c r="H26" i="25" s="1"/>
   <c r="S25" i="25"/>
   <c r="P25" i="25"/>
   <c r="O25" i="25"/>
   <c r="N25" i="25"/>
   <c r="M25" i="25"/>
   <c r="L25" i="25"/>
-  <c r="K25" i="25"/>
   <c r="H14" i="25"/>
   <c r="H13" i="25"/>
   <c r="H11" i="25"/>
   <c r="H10" i="25"/>
   <c r="U19" i="24"/>
   <c r="U16" i="24"/>
   <c r="U22" i="24"/>
   <c r="T22" i="24"/>
   <c r="T19" i="24"/>
   <c r="T16" i="24"/>
-  <c r="H22" i="25" l="1"/>
+  <c r="H19" i="25" l="1"/>
+  <c r="H28" i="25" s="1"/>
+  <c r="H22" i="25"/>
   <c r="H31" i="25" s="1"/>
   <c r="H16" i="25"/>
   <c r="H25" i="25" s="1"/>
   <c r="S19" i="24"/>
   <c r="S28" i="24" s="1"/>
   <c r="S16" i="24"/>
   <c r="S25" i="24" s="1"/>
   <c r="S22" i="24"/>
   <c r="S31" i="24" s="1"/>
   <c r="R22" i="24"/>
   <c r="R31" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R16" i="24"/>
   <c r="R25" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q16" i="24"/>
   <c r="Q25" i="24" s="1"/>
   <c r="Q22" i="24"/>
   <c r="P16" i="24"/>
   <c r="P19" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P22" i="24"/>
   <c r="O19" i="24"/>
@@ -1972,54 +1975,54 @@
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  SECO-Berechnung inkl. diplomatisches Personal sowie Offizielle in internationaler Funktion gemäss Strukturerhebung, Pooling der Jahre 2021 bis 2023</t>
     </r>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+    <t>Arbeitslose, Stellensuchende sowie Arbeitslosenquote nach Monat 2026</t>
   </si>
   <si>
-    <t>Arbeitslose, Stellensuchende sowie Arbeitslosenquote nach Monat 2026</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 5.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -26165,51 +26168,51 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0877B9C9-E9D9-49F3-B6CF-87CA794FE62C}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:21" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.2">
       <c r="U5" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -26330,516 +26333,543 @@
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
       <c r="U9" s="15"/>
     </row>
     <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14"/>
       <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="33">
         <f>AVERAGE(J10:U10)</f>
-        <v>1496</v>
+        <v>1489.5</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="15">
         <v>1496</v>
       </c>
-      <c r="K10" s="15"/>
+      <c r="K10" s="15">
+        <v>1483</v>
+      </c>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10" s="15"/>
       <c r="S10" s="15"/>
       <c r="T10" s="15"/>
       <c r="U10" s="15"/>
     </row>
     <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="33">
         <f>AVERAGE(J11:U11)</f>
-        <v>467</v>
+        <v>477.5</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="15">
         <v>467</v>
       </c>
-      <c r="K11" s="15"/>
+      <c r="K11" s="15">
+        <v>488</v>
+      </c>
       <c r="L11" s="15"/>
       <c r="M11" s="15"/>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
       <c r="S11" s="15"/>
       <c r="T11" s="15"/>
       <c r="U11" s="15"/>
     </row>
     <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="20"/>
       <c r="F12" s="20"/>
       <c r="H12" s="33"/>
       <c r="I12" s="18"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="15"/>
       <c r="T12" s="15"/>
       <c r="U12" s="15"/>
     </row>
     <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="33">
         <f>AVERAGE(J13:U13)</f>
-        <v>1127</v>
+        <v>1134.5</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="15">
         <v>1127</v>
       </c>
-      <c r="K13" s="15"/>
+      <c r="K13" s="15">
+        <v>1142</v>
+      </c>
       <c r="L13" s="15"/>
       <c r="M13" s="15"/>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13" s="15"/>
       <c r="S13" s="15"/>
       <c r="T13" s="15"/>
       <c r="U13" s="15"/>
     </row>
     <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14"/>
       <c r="B14" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="33">
         <f>AVERAGE(J14:U14)</f>
-        <v>836</v>
+        <v>832.5</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="15">
         <v>836</v>
       </c>
-      <c r="K14" s="15"/>
+      <c r="K14" s="15">
+        <v>829</v>
+      </c>
       <c r="L14" s="15"/>
       <c r="M14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" s="15"/>
       <c r="S14" s="15"/>
       <c r="T14" s="15"/>
       <c r="U14" s="15"/>
     </row>
     <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="20"/>
       <c r="F15" s="20"/>
       <c r="H15" s="33"/>
       <c r="I15" s="18"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
     </row>
     <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14"/>
       <c r="B16" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="33">
         <f>AVERAGE(J16:U16)</f>
-        <v>1017</v>
+        <v>1018.5</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="15">
         <f>SUM(J17:J18)</f>
         <v>1017</v>
       </c>
-      <c r="K16" s="15"/>
+      <c r="K16" s="15">
+        <f>SUM(K17:K18)</f>
+        <v>1020</v>
+      </c>
       <c r="L16" s="15"/>
       <c r="M16" s="15"/>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16" s="15"/>
       <c r="S16" s="15"/>
       <c r="T16" s="15"/>
       <c r="U16" s="15"/>
     </row>
     <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="33">
-        <f t="shared" ref="H17:H22" si="0">AVERAGE(J17:U17)</f>
-        <v>557</v>
+        <f t="shared" ref="H17:H21" si="0">AVERAGE(J17:U17)</f>
+        <v>555</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="15">
         <v>557</v>
       </c>
-      <c r="K17" s="15"/>
+      <c r="K17" s="15">
+        <v>553</v>
+      </c>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17" s="15"/>
       <c r="S17" s="15"/>
       <c r="T17" s="15"/>
       <c r="U17" s="15"/>
     </row>
     <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="33">
         <f t="shared" si="0"/>
-        <v>460</v>
+        <v>463.5</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="15">
         <v>460</v>
       </c>
-      <c r="K18" s="15"/>
+      <c r="K18" s="15">
+        <v>467</v>
+      </c>
       <c r="L18" s="15"/>
       <c r="M18" s="15"/>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" s="15"/>
       <c r="S18" s="15"/>
       <c r="T18" s="15"/>
       <c r="U18" s="15"/>
     </row>
     <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="33">
         <f t="shared" si="0"/>
-        <v>946</v>
+        <v>948.5</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="15">
         <f>SUM(J20:J21)</f>
         <v>946</v>
       </c>
-      <c r="K19" s="15"/>
+      <c r="K19" s="15">
+        <f>SUM(K20:K21)</f>
+        <v>951</v>
+      </c>
       <c r="L19" s="15"/>
       <c r="M19" s="15"/>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" s="15"/>
       <c r="S19" s="15"/>
       <c r="T19" s="15"/>
       <c r="U19" s="15"/>
     </row>
     <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="33">
         <f t="shared" si="0"/>
-        <v>570</v>
+        <v>579.5</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="15">
         <v>570</v>
       </c>
-      <c r="K20" s="15"/>
+      <c r="K20" s="15">
+        <v>589</v>
+      </c>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" s="15"/>
       <c r="S20" s="15"/>
       <c r="T20" s="15"/>
       <c r="U20" s="15"/>
     </row>
     <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="33">
         <f t="shared" si="0"/>
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="15">
         <v>376</v>
       </c>
-      <c r="K21" s="15"/>
+      <c r="K21" s="15">
+        <v>362</v>
+      </c>
       <c r="L21" s="15"/>
       <c r="M21" s="15"/>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21" s="15"/>
       <c r="S21" s="15"/>
       <c r="T21" s="15"/>
       <c r="U21" s="15"/>
     </row>
     <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="27"/>
       <c r="H22" s="34">
-        <f t="shared" si="0"/>
-        <v>1963</v>
+        <f>AVERAGE(J22:U22)</f>
+        <v>1967</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="17">
         <f>SUM(J10:J11)</f>
         <v>1963</v>
       </c>
-      <c r="K22" s="17"/>
+      <c r="K22" s="17">
+        <f>SUM(K10:K11)</f>
+        <v>1971</v>
+      </c>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
     </row>
     <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="21"/>
       <c r="F23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="34">
         <f>AVERAGE(J23:U23)</f>
-        <v>3649</v>
+        <v>3645</v>
       </c>
       <c r="I23" s="19"/>
       <c r="J23" s="17">
         <v>3649</v>
       </c>
-      <c r="K23" s="17"/>
+      <c r="K23" s="17">
+        <v>3641</v>
+      </c>
       <c r="L23" s="17"/>
       <c r="M23" s="17"/>
       <c r="N23" s="17"/>
       <c r="O23" s="17"/>
       <c r="P23" s="17"/>
       <c r="Q23" s="17"/>
       <c r="R23" s="17"/>
       <c r="S23" s="17"/>
       <c r="T23" s="17"/>
       <c r="U23" s="17"/>
     </row>
     <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="24"/>
       <c r="H24" s="32"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="24"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
     </row>
     <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="15">
         <v>58627.999831000001</v>
       </c>
       <c r="H25" s="35">
         <f t="shared" ref="H25:H30" si="1">IF(H16="","",100*H16/$F25)</f>
-        <v>1.7346660348836487</v>
+        <v>1.7372245393598784</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="18">
         <f t="shared" ref="J25:U31" si="2">IF(J16="","",100*J16/$F25)</f>
         <v>1.7346660348836487</v>
       </c>
-      <c r="K25" s="18" t="str">
+      <c r="K25" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>1.7397830438361079</v>
       </c>
       <c r="L25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -26852,60 +26882,60 @@
         <v/>
       </c>
       <c r="T25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U25" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14"/>
       <c r="B26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="15">
         <v>29009.572301</v>
       </c>
       <c r="H26" s="35">
         <f t="shared" si="1"/>
-        <v>1.920055884384064</v>
+        <v>1.9131616083180529</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="18">
         <f t="shared" si="2"/>
         <v>1.920055884384064</v>
       </c>
-      <c r="K26" s="18" t="str">
+      <c r="K26" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>1.906267332252042</v>
       </c>
       <c r="L26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -26918,60 +26948,60 @@
         <v/>
       </c>
       <c r="T26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U26" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14"/>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15">
         <v>29618.427530000001</v>
       </c>
       <c r="H27" s="35">
         <f t="shared" si="1"/>
-        <v>1.5530871770085493</v>
+        <v>1.5649041446597012</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="18">
         <f t="shared" si="2"/>
         <v>1.5530871770085493</v>
       </c>
-      <c r="K27" s="18" t="str">
+      <c r="K27" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>1.5767211123108533</v>
       </c>
       <c r="L27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -26984,60 +27014,60 @@
         <v/>
       </c>
       <c r="T27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U27" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="15">
         <v>20582.257580000001</v>
       </c>
       <c r="H28" s="35">
         <f t="shared" si="1"/>
-        <v>4.5961916292372038</v>
+        <v>4.6083380130353992</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="18">
         <f t="shared" si="2"/>
         <v>4.5961916292372038</v>
       </c>
-      <c r="K28" s="18" t="str">
+      <c r="K28" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>4.6204843968335956</v>
       </c>
       <c r="L28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M28" s="18" t="str">
         <f>IF(M19="","",100*M19/$F28)</f>
         <v/>
       </c>
       <c r="N28" s="18" t="str">
         <f>IF(N19="","",100*N19/$F28)</f>
         <v/>
       </c>
       <c r="O28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -27050,60 +27080,60 @@
         <v/>
       </c>
       <c r="T28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U28" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="15">
         <v>11325.205367</v>
       </c>
       <c r="H29" s="35">
         <f t="shared" si="1"/>
-        <v>5.0330213142173736</v>
+        <v>5.1169050027876635</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="18">
         <f t="shared" si="2"/>
         <v>5.0330213142173736</v>
       </c>
-      <c r="K29" s="18" t="str">
+      <c r="K29" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>5.2007886913579533</v>
       </c>
       <c r="L29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -27116,60 +27146,60 @@
         <v/>
       </c>
       <c r="T29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U29" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14"/>
       <c r="B30" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="15">
         <v>9257.0522130000008</v>
       </c>
       <c r="H30" s="35">
         <f t="shared" si="1"/>
-        <v>4.0617681671058321</v>
+        <v>3.9861501427182233</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="18">
         <f t="shared" si="2"/>
         <v>4.0617681671058321</v>
       </c>
-      <c r="K30" s="18" t="str">
+      <c r="K30" s="18">
         <f t="shared" si="2"/>
-        <v/>
+        <v>3.910532118330615</v>
       </c>
       <c r="L30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -27184,60 +27214,60 @@
       <c r="T30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="U30" s="18" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="27"/>
       <c r="F31" s="17">
         <v>79210.257411000013</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="36">
         <f>IF(H22="","",100*H22/$F31)</f>
-        <v>2.4782143931366596</v>
+        <v>2.4832642441669943</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="19">
-        <f t="shared" si="2"/>
+        <f>IF(J22="","",100*J22/$F31)</f>
         <v>2.4782143931366596</v>
       </c>
-      <c r="K31" s="19" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="K31" s="19">
+        <f>IF(K22="","",100*K22/$F31)</f>
+        <v>2.4883140951973286</v>
       </c>
       <c r="L31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="M31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="N31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="O31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="P31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q31" s="19" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
@@ -27363,51 +27393,51 @@
         <v>30</v>
       </c>
       <c r="B36" s="95"/>
       <c r="C36" s="95"/>
       <c r="D36" s="95"/>
       <c r="E36" s="95"/>
       <c r="F36" s="95"/>
       <c r="G36" s="95"/>
       <c r="H36" s="95"/>
       <c r="I36" s="95"/>
       <c r="J36" s="95"/>
       <c r="K36" s="95"/>
       <c r="L36" s="95"/>
       <c r="M36" s="95"/>
       <c r="N36" s="95"/>
       <c r="O36" s="95"/>
       <c r="P36" s="95"/>
       <c r="Q36" s="95"/>
       <c r="R36" s="95"/>
       <c r="S36" s="95"/>
       <c r="T36" s="95"/>
       <c r="U36" s="95"/>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.2">
       <c r="U37" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C0FD407-B89E-45A6-8B56-D1DD5AF5635C}">