--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -126,60 +126,60 @@
   <Override PartName="/xl/drawings/drawing56.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{782663AE-B292-46D0-96C4-ED097733386D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FE3312E-23D3-49E5-B989-6D4B91CC5FD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="24" r:id="rId1"/>
     <sheet name="2024" sheetId="23" r:id="rId2"/>
     <sheet name="2023" sheetId="22" r:id="rId3"/>
     <sheet name="2022" sheetId="5" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
     <sheet name="2018" sheetId="7" r:id="rId8"/>
     <sheet name="2017" sheetId="8" r:id="rId9"/>
     <sheet name="2016" sheetId="9" r:id="rId10"/>
     <sheet name="2015" sheetId="10" r:id="rId11"/>
     <sheet name="2014" sheetId="11" r:id="rId12"/>
     <sheet name="2013" sheetId="12" r:id="rId13"/>
     <sheet name="2012" sheetId="13" r:id="rId14"/>
     <sheet name="2011" sheetId="14" r:id="rId15"/>
     <sheet name="2010" sheetId="15" r:id="rId16"/>
     <sheet name="2009" sheetId="16" r:id="rId17"/>
     <sheet name="2008" sheetId="17" r:id="rId18"/>
     <sheet name="2007" sheetId="18" r:id="rId19"/>
     <sheet name="2006" sheetId="19" r:id="rId20"/>
     <sheet name="2005" sheetId="20" r:id="rId21"/>
     <sheet name="2004" sheetId="21" r:id="rId22"/>
   </sheets>
@@ -190,150 +190,153 @@
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R22" i="24" l="1"/>
+  <c r="S19" i="24" l="1"/>
+  <c r="S28" i="24" s="1"/>
+  <c r="S16" i="24"/>
+  <c r="S25" i="24" s="1"/>
+  <c r="S22" i="24"/>
+  <c r="S31" i="24" s="1"/>
+  <c r="R22" i="24"/>
   <c r="R31" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R16" i="24"/>
   <c r="R25" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q16" i="24"/>
   <c r="Q25" i="24" s="1"/>
   <c r="Q22" i="24"/>
   <c r="P16" i="24"/>
   <c r="P19" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P22" i="24"/>
   <c r="O19" i="24"/>
   <c r="O28" i="24" s="1"/>
   <c r="O16" i="24"/>
   <c r="O25" i="24" s="1"/>
   <c r="O22" i="24"/>
   <c r="O31" i="24" s="1"/>
   <c r="N19" i="24"/>
   <c r="N28" i="24" s="1"/>
   <c r="N16" i="24"/>
   <c r="N25" i="24" s="1"/>
   <c r="N22" i="24"/>
   <c r="N31" i="24" s="1"/>
   <c r="M22" i="24"/>
   <c r="M31" i="24" s="1"/>
   <c r="M19" i="24"/>
   <c r="M28" i="24" s="1"/>
   <c r="M16" i="24"/>
   <c r="M25" i="24" s="1"/>
   <c r="L22" i="24"/>
   <c r="L31" i="24" s="1"/>
   <c r="L19" i="24"/>
   <c r="L28" i="24" s="1"/>
   <c r="L16" i="24"/>
   <c r="L25" i="24" s="1"/>
   <c r="U31" i="24"/>
   <c r="T31" i="24"/>
-  <c r="S31" i="24"/>
   <c r="Q31" i="24"/>
   <c r="P31" i="24"/>
   <c r="K31" i="24"/>
   <c r="J31" i="24"/>
   <c r="J30" i="24"/>
   <c r="J29" i="24"/>
   <c r="J27" i="24"/>
   <c r="J26" i="24"/>
   <c r="U30" i="24"/>
   <c r="T30" i="24"/>
   <c r="S30" i="24"/>
   <c r="R30" i="24"/>
   <c r="Q30" i="24"/>
   <c r="P30" i="24"/>
   <c r="O30" i="24"/>
   <c r="N30" i="24"/>
   <c r="M30" i="24"/>
   <c r="L30" i="24"/>
   <c r="K30" i="24"/>
   <c r="U29" i="24"/>
   <c r="T29" i="24"/>
   <c r="S29" i="24"/>
   <c r="R29" i="24"/>
   <c r="Q29" i="24"/>
   <c r="P29" i="24"/>
   <c r="O29" i="24"/>
   <c r="N29" i="24"/>
   <c r="M29" i="24"/>
   <c r="L29" i="24"/>
   <c r="K29" i="24"/>
   <c r="U28" i="24"/>
   <c r="T28" i="24"/>
-  <c r="S28" i="24"/>
   <c r="U27" i="24"/>
   <c r="T27" i="24"/>
   <c r="S27" i="24"/>
   <c r="R27" i="24"/>
   <c r="Q27" i="24"/>
   <c r="P27" i="24"/>
   <c r="O27" i="24"/>
   <c r="N27" i="24"/>
   <c r="M27" i="24"/>
   <c r="L27" i="24"/>
   <c r="K27" i="24"/>
   <c r="U26" i="24"/>
   <c r="T26" i="24"/>
   <c r="S26" i="24"/>
   <c r="R26" i="24"/>
   <c r="Q26" i="24"/>
   <c r="P26" i="24"/>
   <c r="O26" i="24"/>
   <c r="N26" i="24"/>
   <c r="M26" i="24"/>
   <c r="L26" i="24"/>
   <c r="K26" i="24"/>
   <c r="U25" i="24"/>
   <c r="T25" i="24"/>
-  <c r="S25" i="24"/>
   <c r="P25" i="24"/>
   <c r="K22" i="24" l="1"/>
   <c r="K19" i="24"/>
   <c r="K28" i="24" s="1"/>
   <c r="K16" i="24"/>
   <c r="H23" i="24"/>
   <c r="J22" i="24"/>
   <c r="H21" i="24"/>
   <c r="H30" i="24" s="1"/>
   <c r="H20" i="24"/>
   <c r="H29" i="24" s="1"/>
   <c r="J19" i="24"/>
   <c r="J28" i="24" s="1"/>
   <c r="H18" i="24"/>
   <c r="H27" i="24" s="1"/>
   <c r="H17" i="24"/>
   <c r="H26" i="24" s="1"/>
   <c r="J16" i="24"/>
   <c r="J25" i="24" s="1"/>
   <c r="H14" i="24"/>
   <c r="H13" i="24"/>
   <c r="H11" i="24"/>
   <c r="H10" i="24"/>
   <c r="U22" i="23"/>
   <c r="U19" i="23"/>
@@ -1849,51 +1852,51 @@
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.7.2025)</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  SECO-Berechnung inkl. diplomatisches Personal sowie Offizielle in internationaler Funktion gemäss Strukturerhebung, Pooling der Jahre 2021 bis 2023</t>
     </r>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.10.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -26140,1162 +26143,1189 @@
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
       <c r="U9" s="15"/>
     </row>
     <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14"/>
       <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="33">
         <f>AVERAGE(J10:U10)</f>
-        <v>1369.3333333333333</v>
+        <v>1365.1</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="15">
         <v>1519</v>
       </c>
       <c r="K10" s="15">
         <v>1487</v>
       </c>
       <c r="L10" s="15">
         <v>1456</v>
       </c>
       <c r="M10" s="15">
         <v>1392</v>
       </c>
       <c r="N10" s="15">
         <v>1320</v>
       </c>
       <c r="O10" s="15">
         <v>1276</v>
       </c>
       <c r="P10" s="15">
         <v>1258</v>
       </c>
       <c r="Q10" s="15">
         <v>1299</v>
       </c>
       <c r="R10" s="15">
         <v>1317</v>
       </c>
-      <c r="S10" s="15"/>
+      <c r="S10" s="15">
+        <v>1327</v>
+      </c>
       <c r="T10" s="15"/>
       <c r="U10" s="15"/>
     </row>
     <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="33">
         <f>AVERAGE(J11:U11)</f>
-        <v>414.22222222222223</v>
+        <v>415</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="15">
         <v>483</v>
       </c>
       <c r="K11" s="15">
         <v>445</v>
       </c>
       <c r="L11" s="15">
         <v>430</v>
       </c>
       <c r="M11" s="15">
         <v>397</v>
       </c>
       <c r="N11" s="15">
         <v>381</v>
       </c>
       <c r="O11" s="15">
         <v>385</v>
       </c>
       <c r="P11" s="15">
         <v>381</v>
       </c>
       <c r="Q11" s="15">
         <v>409</v>
       </c>
       <c r="R11" s="15">
         <v>417</v>
       </c>
-      <c r="S11" s="15"/>
+      <c r="S11" s="15">
+        <v>422</v>
+      </c>
       <c r="T11" s="15"/>
       <c r="U11" s="15"/>
     </row>
     <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="20"/>
       <c r="F12" s="20"/>
       <c r="H12" s="33"/>
       <c r="I12" s="18"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="15"/>
       <c r="T12" s="15"/>
       <c r="U12" s="15"/>
     </row>
     <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="33">
         <f>AVERAGE(J13:U13)</f>
-        <v>1045.8888888888889</v>
+        <v>1039.3</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="15">
         <v>1185</v>
       </c>
       <c r="K13" s="15">
         <v>1151</v>
       </c>
       <c r="L13" s="15">
         <v>1137</v>
       </c>
       <c r="M13" s="15">
         <v>1059</v>
       </c>
       <c r="N13" s="15">
         <v>1005</v>
       </c>
       <c r="O13" s="15">
         <v>971</v>
       </c>
       <c r="P13" s="15">
         <v>951</v>
       </c>
       <c r="Q13" s="15">
         <v>987</v>
       </c>
       <c r="R13" s="15">
         <v>967</v>
       </c>
-      <c r="S13" s="15"/>
+      <c r="S13" s="15">
+        <v>980</v>
+      </c>
       <c r="T13" s="15"/>
       <c r="U13" s="15"/>
     </row>
     <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14"/>
       <c r="B14" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="33">
         <f>AVERAGE(J14:U14)</f>
-        <v>737.66666666666663</v>
+        <v>740.8</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="15">
         <v>817</v>
       </c>
       <c r="K14" s="15">
         <v>781</v>
       </c>
       <c r="L14" s="15">
         <v>749</v>
       </c>
       <c r="M14" s="15">
         <v>730</v>
       </c>
       <c r="N14" s="15">
         <v>696</v>
       </c>
       <c r="O14" s="15">
         <v>690</v>
       </c>
       <c r="P14" s="15">
         <v>688</v>
       </c>
       <c r="Q14" s="15">
         <v>721</v>
       </c>
       <c r="R14" s="15">
         <v>767</v>
       </c>
-      <c r="S14" s="15"/>
+      <c r="S14" s="15">
+        <v>769</v>
+      </c>
       <c r="T14" s="15"/>
       <c r="U14" s="15"/>
     </row>
     <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="20"/>
       <c r="F15" s="20"/>
       <c r="H15" s="33"/>
       <c r="I15" s="18"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
     </row>
     <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14"/>
       <c r="B16" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="33">
         <f>AVERAGE(J16:U16)</f>
-        <v>926</v>
+        <v>928.6</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="15">
-        <f t="shared" ref="J16:R16" si="0">SUM(J17:J18)</f>
+        <f t="shared" ref="J16:S16" si="0">SUM(J17:J18)</f>
         <v>1043</v>
       </c>
       <c r="K16" s="15">
         <f t="shared" si="0"/>
         <v>993</v>
       </c>
       <c r="L16" s="15">
         <f t="shared" si="0"/>
         <v>981</v>
       </c>
       <c r="M16" s="15">
         <f t="shared" si="0"/>
         <v>909</v>
       </c>
       <c r="N16" s="15">
         <f t="shared" si="0"/>
         <v>881</v>
       </c>
       <c r="O16" s="15">
         <f t="shared" si="0"/>
         <v>856</v>
       </c>
       <c r="P16" s="15">
         <f t="shared" si="0"/>
         <v>854</v>
       </c>
       <c r="Q16" s="15">
         <f t="shared" si="0"/>
         <v>895</v>
       </c>
       <c r="R16" s="15">
         <f t="shared" si="0"/>
         <v>922</v>
       </c>
-      <c r="S16" s="15"/>
+      <c r="S16" s="15">
+        <f t="shared" si="0"/>
+        <v>952</v>
+      </c>
       <c r="T16" s="15"/>
       <c r="U16" s="15"/>
     </row>
     <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="33">
         <f t="shared" ref="H17:H22" si="1">AVERAGE(J17:U17)</f>
-        <v>511.66666666666669</v>
+        <v>511.8</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="15">
         <v>573</v>
       </c>
       <c r="K17" s="15">
         <v>555</v>
       </c>
       <c r="L17" s="15">
         <v>554</v>
       </c>
       <c r="M17" s="15">
         <v>501</v>
       </c>
       <c r="N17" s="15">
         <v>484</v>
       </c>
       <c r="O17" s="15">
         <v>472</v>
       </c>
       <c r="P17" s="15">
         <v>478</v>
       </c>
       <c r="Q17" s="15">
         <v>495</v>
       </c>
       <c r="R17" s="15">
         <v>493</v>
       </c>
-      <c r="S17" s="15"/>
+      <c r="S17" s="15">
+        <v>513</v>
+      </c>
       <c r="T17" s="15"/>
       <c r="U17" s="15"/>
     </row>
     <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="33">
         <f t="shared" si="1"/>
-        <v>414.33333333333331</v>
+        <v>416.8</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="15">
         <v>470</v>
       </c>
       <c r="K18" s="15">
         <v>438</v>
       </c>
       <c r="L18" s="15">
         <v>427</v>
       </c>
       <c r="M18" s="15">
         <v>408</v>
       </c>
       <c r="N18" s="15">
         <v>397</v>
       </c>
       <c r="O18" s="15">
         <v>384</v>
       </c>
       <c r="P18" s="15">
         <v>376</v>
       </c>
       <c r="Q18" s="15">
         <v>400</v>
       </c>
       <c r="R18" s="15">
         <v>429</v>
       </c>
-      <c r="S18" s="15"/>
+      <c r="S18" s="15">
+        <v>439</v>
+      </c>
       <c r="T18" s="15"/>
       <c r="U18" s="15"/>
     </row>
     <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="33">
         <f t="shared" si="1"/>
-        <v>857.55555555555554</v>
+        <v>851.5</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="15">
-        <f t="shared" ref="J19:R19" si="2">SUM(J20:J21)</f>
+        <f t="shared" ref="J19:S19" si="2">SUM(J20:J21)</f>
         <v>959</v>
       </c>
       <c r="K19" s="15">
         <f t="shared" si="2"/>
         <v>939</v>
       </c>
       <c r="L19" s="15">
         <f t="shared" si="2"/>
         <v>905</v>
       </c>
       <c r="M19" s="15">
         <f t="shared" si="2"/>
         <v>880</v>
       </c>
       <c r="N19" s="15">
         <f t="shared" si="2"/>
         <v>820</v>
       </c>
       <c r="O19" s="15">
         <f t="shared" si="2"/>
         <v>805</v>
       </c>
       <c r="P19" s="15">
         <f t="shared" si="2"/>
         <v>785</v>
       </c>
       <c r="Q19" s="15">
         <f t="shared" si="2"/>
         <v>813</v>
       </c>
       <c r="R19" s="15">
         <f t="shared" si="2"/>
         <v>812</v>
       </c>
-      <c r="S19" s="15"/>
+      <c r="S19" s="15">
+        <f t="shared" si="2"/>
+        <v>797</v>
+      </c>
       <c r="T19" s="15"/>
       <c r="U19" s="15"/>
     </row>
     <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="33">
         <f t="shared" si="1"/>
-        <v>534.22222222222217</v>
+        <v>527.5</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="15">
         <v>612</v>
       </c>
       <c r="K20" s="15">
         <v>596</v>
       </c>
       <c r="L20" s="15">
         <v>583</v>
       </c>
       <c r="M20" s="15">
         <v>558</v>
       </c>
       <c r="N20" s="15">
         <v>521</v>
       </c>
       <c r="O20" s="15">
         <v>499</v>
       </c>
       <c r="P20" s="15">
         <v>473</v>
       </c>
       <c r="Q20" s="15">
         <v>492</v>
       </c>
       <c r="R20" s="15">
         <v>474</v>
       </c>
-      <c r="S20" s="15"/>
+      <c r="S20" s="15">
+        <v>467</v>
+      </c>
       <c r="T20" s="15"/>
       <c r="U20" s="15"/>
     </row>
     <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="33">
         <f t="shared" si="1"/>
-        <v>323.33333333333331</v>
+        <v>324</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="15">
         <v>347</v>
       </c>
       <c r="K21" s="15">
         <v>343</v>
       </c>
       <c r="L21" s="15">
         <v>322</v>
       </c>
       <c r="M21" s="15">
         <v>322</v>
       </c>
       <c r="N21" s="15">
         <v>299</v>
       </c>
       <c r="O21" s="15">
         <v>306</v>
       </c>
       <c r="P21" s="15">
         <v>312</v>
       </c>
       <c r="Q21" s="15">
         <v>321</v>
       </c>
       <c r="R21" s="15">
         <v>338</v>
       </c>
-      <c r="S21" s="15"/>
+      <c r="S21" s="15">
+        <v>330</v>
+      </c>
       <c r="T21" s="15"/>
       <c r="U21" s="15"/>
     </row>
     <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="27"/>
       <c r="H22" s="34">
         <f t="shared" si="1"/>
-        <v>1783.5555555555557</v>
+        <v>1780.1</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="17">
-        <f t="shared" ref="J22:R22" si="3">J13+J14</f>
+        <f t="shared" ref="J22:S22" si="3">J13+J14</f>
         <v>2002</v>
       </c>
       <c r="K22" s="17">
         <f t="shared" si="3"/>
         <v>1932</v>
       </c>
       <c r="L22" s="17">
         <f t="shared" si="3"/>
         <v>1886</v>
       </c>
       <c r="M22" s="17">
         <f t="shared" si="3"/>
         <v>1789</v>
       </c>
       <c r="N22" s="17">
         <f t="shared" si="3"/>
         <v>1701</v>
       </c>
       <c r="O22" s="17">
         <f t="shared" si="3"/>
         <v>1661</v>
       </c>
       <c r="P22" s="17">
         <f t="shared" si="3"/>
         <v>1639</v>
       </c>
       <c r="Q22" s="17">
         <f t="shared" si="3"/>
         <v>1708</v>
       </c>
       <c r="R22" s="17">
         <f t="shared" si="3"/>
         <v>1734</v>
       </c>
-      <c r="S22" s="17"/>
+      <c r="S22" s="17">
+        <f t="shared" si="3"/>
+        <v>1749</v>
+      </c>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
     </row>
     <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="21"/>
       <c r="F23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="34">
         <f>AVERAGE(J23:U23)</f>
-        <v>3293.6666666666665</v>
+        <v>3300.5</v>
       </c>
       <c r="I23" s="19"/>
       <c r="J23" s="17">
         <v>3379</v>
       </c>
       <c r="K23" s="17">
         <v>3367</v>
       </c>
       <c r="L23" s="17">
         <v>3319</v>
       </c>
       <c r="M23" s="17">
         <v>3278</v>
       </c>
       <c r="N23" s="17">
         <v>3214</v>
       </c>
       <c r="O23" s="17">
         <v>3227</v>
       </c>
       <c r="P23" s="17">
         <v>3314</v>
       </c>
       <c r="Q23" s="17">
         <v>3265</v>
       </c>
       <c r="R23" s="17">
         <v>3280</v>
       </c>
-      <c r="S23" s="17"/>
+      <c r="S23" s="17">
+        <v>3362</v>
+      </c>
       <c r="T23" s="17"/>
       <c r="U23" s="17"/>
     </row>
     <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="24"/>
       <c r="H24" s="32"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="24"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
     </row>
     <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="15">
         <v>58627.999831000001</v>
       </c>
       <c r="H25" s="35">
         <f t="shared" ref="H25:H30" si="4">IF(H16="","",100*H16/$F25)</f>
-        <v>1.5794500966590548</v>
+        <v>1.583884837751186</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="18">
         <f t="shared" ref="J25:U31" si="5">IF(J16="","",100*J16/$F25)</f>
         <v>1.7790134458049613</v>
       </c>
       <c r="K25" s="18">
         <f t="shared" ref="K25:U30" si="6">IF(K16="","",100*K16/$F25)</f>
         <v>1.6937299632639755</v>
       </c>
       <c r="L25" s="18">
         <f t="shared" si="6"/>
         <v>1.6732619274541392</v>
       </c>
       <c r="M25" s="18">
         <f t="shared" si="6"/>
         <v>1.5504537125951197</v>
       </c>
       <c r="N25" s="18">
         <f t="shared" si="6"/>
         <v>1.5026949623721677</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" si="6"/>
         <v>1.4600532211016748</v>
       </c>
       <c r="P25" s="18">
         <f t="shared" si="6"/>
         <v>1.4566418818000355</v>
       </c>
       <c r="Q25" s="18">
         <f t="shared" si="6"/>
         <v>1.5265743374836436</v>
       </c>
       <c r="R25" s="18">
         <f t="shared" si="6"/>
         <v>1.572627418055776</v>
       </c>
-      <c r="S25" s="18" t="str">
+      <c r="S25" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.6237975075803674</v>
       </c>
       <c r="T25" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U25" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14"/>
       <c r="B26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="15">
         <v>29009.572301</v>
       </c>
       <c r="H26" s="35">
         <f t="shared" si="4"/>
-        <v>1.7637856268878147</v>
+        <v>1.7642452452922153</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="18">
         <f t="shared" si="5"/>
         <v>1.9752100929121519</v>
       </c>
       <c r="K26" s="18">
         <f t="shared" si="6"/>
         <v>1.9131616083180529</v>
       </c>
       <c r="L26" s="18">
         <f t="shared" si="6"/>
         <v>1.9097144702850475</v>
       </c>
       <c r="M26" s="18">
         <f t="shared" si="6"/>
         <v>1.7270161545357559</v>
       </c>
       <c r="N26" s="18">
         <f t="shared" si="6"/>
         <v>1.6684148079746624</v>
       </c>
       <c r="O26" s="18">
         <f t="shared" si="6"/>
         <v>1.6270491515785963</v>
       </c>
       <c r="P26" s="18">
         <f t="shared" si="6"/>
         <v>1.6477319797766294</v>
       </c>
       <c r="Q26" s="18">
         <f t="shared" si="6"/>
         <v>1.7063333263377229</v>
       </c>
       <c r="R26" s="18">
         <f t="shared" si="6"/>
         <v>1.6994390502717118</v>
       </c>
-      <c r="S26" s="18" t="str">
+      <c r="S26" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.7683818109318219</v>
       </c>
       <c r="T26" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U26" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14"/>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15">
         <v>29618.427530000001</v>
       </c>
       <c r="H27" s="35">
         <f t="shared" si="4"/>
-        <v>1.39890388479828</v>
+        <v>1.4072320334286159</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="18">
         <f t="shared" si="5"/>
         <v>1.5868499417261264</v>
       </c>
       <c r="K27" s="18">
         <f t="shared" si="6"/>
         <v>1.4788090946298795</v>
       </c>
       <c r="L27" s="18">
         <f t="shared" si="6"/>
         <v>1.4416700534405447</v>
       </c>
       <c r="M27" s="18">
         <f t="shared" si="6"/>
         <v>1.377520800477148</v>
       </c>
       <c r="N27" s="18">
         <f t="shared" si="6"/>
         <v>1.3403817592878131</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" si="6"/>
         <v>1.296490165154963</v>
       </c>
       <c r="P27" s="18">
         <f t="shared" si="6"/>
         <v>1.2694799533809011</v>
       </c>
       <c r="Q27" s="18">
         <f t="shared" si="6"/>
         <v>1.3505105887030864</v>
       </c>
       <c r="R27" s="18">
         <f t="shared" si="6"/>
         <v>1.4484226063840602</v>
       </c>
-      <c r="S27" s="18" t="str">
+      <c r="S27" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.4821853711016373</v>
       </c>
       <c r="T27" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U27" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="15">
         <v>20582.257580000001</v>
       </c>
       <c r="H28" s="35">
         <f t="shared" si="4"/>
-        <v>4.1664795624210402</v>
+        <v>4.1370583216654113</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="18">
         <f t="shared" si="5"/>
         <v>4.6593528249878213</v>
       </c>
       <c r="K28" s="18">
         <f t="shared" si="6"/>
         <v>4.5621817546022569</v>
       </c>
       <c r="L28" s="18">
         <f t="shared" si="6"/>
         <v>4.396990934946797</v>
       </c>
       <c r="M28" s="18">
         <f>IF(M19="","",100*M19/$F28)</f>
         <v>4.2755270969648409</v>
       </c>
       <c r="N28" s="18">
         <f>IF(N19="","",100*N19/$F28)</f>
         <v>3.9840138858081473</v>
       </c>
       <c r="O28" s="18">
         <f t="shared" si="6"/>
         <v>3.9111355830189738</v>
       </c>
       <c r="P28" s="18">
         <f t="shared" si="6"/>
         <v>3.8139645126334094</v>
       </c>
       <c r="Q28" s="18">
         <f t="shared" si="6"/>
         <v>3.9500040111731995</v>
       </c>
       <c r="R28" s="18">
         <f t="shared" si="6"/>
         <v>3.9451454576539216</v>
       </c>
-      <c r="S28" s="18" t="str">
+      <c r="S28" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>3.872267154864748</v>
       </c>
       <c r="T28" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U28" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="15">
         <v>11325.205367</v>
       </c>
       <c r="H29" s="35">
         <f t="shared" si="4"/>
-        <v>4.717108475391254</v>
+        <v>4.6577521811397631</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="18">
         <f t="shared" si="5"/>
         <v>5.4038755163176013</v>
       </c>
       <c r="K29" s="18">
         <f t="shared" si="6"/>
         <v>5.2625977250413243</v>
       </c>
       <c r="L29" s="18">
         <f t="shared" si="6"/>
         <v>5.147809519629349</v>
       </c>
       <c r="M29" s="18">
         <f t="shared" si="6"/>
         <v>4.9270629707601659</v>
       </c>
       <c r="N29" s="18">
         <f t="shared" si="6"/>
         <v>4.600358078433775</v>
       </c>
       <c r="O29" s="18">
         <f t="shared" si="6"/>
         <v>4.4061011154288945</v>
       </c>
       <c r="P29" s="18">
         <f t="shared" si="6"/>
         <v>4.1765247046049438</v>
       </c>
       <c r="Q29" s="18">
         <f t="shared" si="6"/>
         <v>4.3442920817455226</v>
       </c>
       <c r="R29" s="18">
         <f t="shared" si="6"/>
         <v>4.1853545665597114</v>
       </c>
-      <c r="S29" s="18" t="str">
+      <c r="S29" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>4.1235455328763395</v>
       </c>
       <c r="T29" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U29" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14"/>
       <c r="B30" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="15">
         <v>9257.0522130000008</v>
       </c>
       <c r="H30" s="35">
         <f t="shared" si="4"/>
-        <v>3.4928325550466819</v>
+        <v>3.5000342716550255</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="18">
         <f t="shared" si="5"/>
         <v>3.7484934946428821</v>
       </c>
       <c r="K30" s="18">
         <f t="shared" si="6"/>
         <v>3.7052831949928202</v>
       </c>
       <c r="L30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="M30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="N30" s="18">
         <f t="shared" si="6"/>
         <v>3.2299698988421377</v>
       </c>
       <c r="O30" s="18">
         <f t="shared" si="6"/>
         <v>3.3055879232297465</v>
       </c>
       <c r="P30" s="18">
         <f t="shared" si="6"/>
         <v>3.3704033727048395</v>
       </c>
       <c r="Q30" s="18">
         <f t="shared" si="6"/>
         <v>3.467626546917479</v>
       </c>
       <c r="R30" s="18">
         <f t="shared" si="6"/>
         <v>3.6512703204302426</v>
       </c>
-      <c r="S30" s="18" t="str">
+      <c r="S30" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>3.5648497211301184</v>
       </c>
       <c r="T30" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="U30" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="27"/>
       <c r="F31" s="17">
         <v>79210.257411000013</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="36">
         <f>IF(H22="","",100*H22/$F31)</f>
-        <v>2.2516724649702646</v>
+        <v>2.2473099547746145</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="19">
         <f t="shared" si="5"/>
         <v>2.5274504406824212</v>
       </c>
       <c r="K31" s="19">
         <f t="shared" si="5"/>
         <v>2.4390780476515674</v>
       </c>
       <c r="L31" s="19">
         <f t="shared" si="5"/>
         <v>2.3810047608027203</v>
       </c>
       <c r="M31" s="19">
         <f t="shared" si="5"/>
         <v>2.2585458733171087</v>
       </c>
       <c r="N31" s="19">
         <f t="shared" si="5"/>
         <v>2.1474491506497495</v>
       </c>
       <c r="O31" s="19">
         <f t="shared" si="5"/>
         <v>2.0969506403464044</v>
       </c>
       <c r="P31" s="19">
         <f t="shared" si="5"/>
         <v>2.0691764596795648</v>
       </c>
       <c r="Q31" s="19">
         <f t="shared" si="5"/>
         <v>2.1562863899528346</v>
       </c>
       <c r="R31" s="19">
         <f t="shared" si="5"/>
         <v>2.189110421650009</v>
       </c>
-      <c r="S31" s="19" t="str">
+      <c r="S31" s="19">
         <f t="shared" si="5"/>
-        <v/>
+        <v>2.2080473630137636</v>
       </c>
       <c r="T31" s="19" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
       <c r="U31" s="19" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:21" s="16" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="87"/>
       <c r="B32" s="88"/>
       <c r="C32" s="88"/>
       <c r="D32" s="88"/>
       <c r="E32" s="88"/>
       <c r="F32" s="88"/>
       <c r="G32" s="88"/>
       <c r="H32" s="88"/>
       <c r="I32" s="88"/>
       <c r="J32" s="88"/>
       <c r="K32" s="88"/>
       <c r="L32" s="88"/>
       <c r="M32" s="88"/>
       <c r="N32" s="88"/>