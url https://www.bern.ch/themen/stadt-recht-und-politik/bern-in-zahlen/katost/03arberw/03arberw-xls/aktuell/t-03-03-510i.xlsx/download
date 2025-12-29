--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -126,60 +126,60 @@
   <Override PartName="/xl/drawings/drawing56.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FE3312E-23D3-49E5-B989-6D4B91CC5FD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{438BC6C7-19C9-43E7-A83E-E41CA9A1E481}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="24" r:id="rId1"/>
     <sheet name="2024" sheetId="23" r:id="rId2"/>
     <sheet name="2023" sheetId="22" r:id="rId3"/>
     <sheet name="2022" sheetId="5" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
     <sheet name="2018" sheetId="7" r:id="rId8"/>
     <sheet name="2017" sheetId="8" r:id="rId9"/>
     <sheet name="2016" sheetId="9" r:id="rId10"/>
     <sheet name="2015" sheetId="10" r:id="rId11"/>
     <sheet name="2014" sheetId="11" r:id="rId12"/>
     <sheet name="2013" sheetId="12" r:id="rId13"/>
     <sheet name="2012" sheetId="13" r:id="rId14"/>
     <sheet name="2011" sheetId="14" r:id="rId15"/>
     <sheet name="2010" sheetId="15" r:id="rId16"/>
     <sheet name="2009" sheetId="16" r:id="rId17"/>
     <sheet name="2008" sheetId="17" r:id="rId18"/>
     <sheet name="2007" sheetId="18" r:id="rId19"/>
     <sheet name="2006" sheetId="19" r:id="rId20"/>
     <sheet name="2005" sheetId="20" r:id="rId21"/>
     <sheet name="2004" sheetId="21" r:id="rId22"/>
   </sheets>
@@ -190,50 +190,53 @@
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="T22" i="24" l="1"/>
+  <c r="T19" i="24"/>
+  <c r="T16" i="24"/>
   <c r="S19" i="24" l="1"/>
   <c r="S28" i="24" s="1"/>
   <c r="S16" i="24"/>
   <c r="S25" i="24" s="1"/>
   <c r="S22" i="24"/>
   <c r="S31" i="24" s="1"/>
   <c r="R22" i="24"/>
   <c r="R31" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R16" i="24"/>
   <c r="R25" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q16" i="24"/>
   <c r="Q25" i="24" s="1"/>
   <c r="Q22" i="24"/>
   <c r="P16" i="24"/>
   <c r="P19" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P22" i="24"/>
   <c r="O19" i="24"/>
   <c r="O28" i="24" s="1"/>
   <c r="O16" i="24"/>
   <c r="O25" i="24" s="1"/>
@@ -1852,51 +1855,51 @@
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.7.2025)</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  SECO-Berechnung inkl. diplomatisches Personal sowie Offizielle in internationaler Funktion gemäss Strukturerhebung, Pooling der Jahre 2021 bis 2023</t>
     </r>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -26143,1193 +26146,1220 @@
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
       <c r="U9" s="15"/>
     </row>
     <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14"/>
       <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="33">
         <f>AVERAGE(J10:U10)</f>
-        <v>1365.1</v>
+        <v>1363.4545454545455</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="15">
         <v>1519</v>
       </c>
       <c r="K10" s="15">
         <v>1487</v>
       </c>
       <c r="L10" s="15">
         <v>1456</v>
       </c>
       <c r="M10" s="15">
         <v>1392</v>
       </c>
       <c r="N10" s="15">
         <v>1320</v>
       </c>
       <c r="O10" s="15">
         <v>1276</v>
       </c>
       <c r="P10" s="15">
         <v>1258</v>
       </c>
       <c r="Q10" s="15">
         <v>1299</v>
       </c>
       <c r="R10" s="15">
         <v>1317</v>
       </c>
       <c r="S10" s="15">
         <v>1327</v>
       </c>
-      <c r="T10" s="15"/>
+      <c r="T10" s="15">
+        <v>1347</v>
+      </c>
       <c r="U10" s="15"/>
     </row>
     <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="33">
         <f>AVERAGE(J11:U11)</f>
-        <v>415</v>
+        <v>416.63636363636363</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="15">
         <v>483</v>
       </c>
       <c r="K11" s="15">
         <v>445</v>
       </c>
       <c r="L11" s="15">
         <v>430</v>
       </c>
       <c r="M11" s="15">
         <v>397</v>
       </c>
       <c r="N11" s="15">
         <v>381</v>
       </c>
       <c r="O11" s="15">
         <v>385</v>
       </c>
       <c r="P11" s="15">
         <v>381</v>
       </c>
       <c r="Q11" s="15">
         <v>409</v>
       </c>
       <c r="R11" s="15">
         <v>417</v>
       </c>
       <c r="S11" s="15">
         <v>422</v>
       </c>
-      <c r="T11" s="15"/>
+      <c r="T11" s="15">
+        <v>433</v>
+      </c>
       <c r="U11" s="15"/>
     </row>
     <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="20"/>
       <c r="F12" s="20"/>
       <c r="H12" s="33"/>
       <c r="I12" s="18"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="15"/>
       <c r="T12" s="15"/>
       <c r="U12" s="15"/>
     </row>
     <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="33">
         <f>AVERAGE(J13:U13)</f>
-        <v>1039.3</v>
+        <v>1036.2727272727273</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="15">
         <v>1185</v>
       </c>
       <c r="K13" s="15">
         <v>1151</v>
       </c>
       <c r="L13" s="15">
         <v>1137</v>
       </c>
       <c r="M13" s="15">
         <v>1059</v>
       </c>
       <c r="N13" s="15">
         <v>1005</v>
       </c>
       <c r="O13" s="15">
         <v>971</v>
       </c>
       <c r="P13" s="15">
         <v>951</v>
       </c>
       <c r="Q13" s="15">
         <v>987</v>
       </c>
       <c r="R13" s="15">
         <v>967</v>
       </c>
       <c r="S13" s="15">
         <v>980</v>
       </c>
-      <c r="T13" s="15"/>
+      <c r="T13" s="15">
+        <v>1006</v>
+      </c>
       <c r="U13" s="15"/>
     </row>
     <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14"/>
       <c r="B14" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="33">
         <f>AVERAGE(J14:U14)</f>
-        <v>740.8</v>
+        <v>743.81818181818187</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="15">
         <v>817</v>
       </c>
       <c r="K14" s="15">
         <v>781</v>
       </c>
       <c r="L14" s="15">
         <v>749</v>
       </c>
       <c r="M14" s="15">
         <v>730</v>
       </c>
       <c r="N14" s="15">
         <v>696</v>
       </c>
       <c r="O14" s="15">
         <v>690</v>
       </c>
       <c r="P14" s="15">
         <v>688</v>
       </c>
       <c r="Q14" s="15">
         <v>721</v>
       </c>
       <c r="R14" s="15">
         <v>767</v>
       </c>
       <c r="S14" s="15">
         <v>769</v>
       </c>
-      <c r="T14" s="15"/>
+      <c r="T14" s="15">
+        <v>774</v>
+      </c>
       <c r="U14" s="15"/>
     </row>
     <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="20"/>
       <c r="F15" s="20"/>
       <c r="H15" s="33"/>
       <c r="I15" s="18"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
     </row>
     <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14"/>
       <c r="B16" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="33">
         <f>AVERAGE(J16:U16)</f>
-        <v>928.6</v>
+        <v>929.72727272727275</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="15">
-        <f t="shared" ref="J16:S16" si="0">SUM(J17:J18)</f>
+        <f t="shared" ref="J16:T16" si="0">SUM(J17:J18)</f>
         <v>1043</v>
       </c>
       <c r="K16" s="15">
         <f t="shared" si="0"/>
         <v>993</v>
       </c>
       <c r="L16" s="15">
         <f t="shared" si="0"/>
         <v>981</v>
       </c>
       <c r="M16" s="15">
         <f t="shared" si="0"/>
         <v>909</v>
       </c>
       <c r="N16" s="15">
         <f t="shared" si="0"/>
         <v>881</v>
       </c>
       <c r="O16" s="15">
         <f t="shared" si="0"/>
         <v>856</v>
       </c>
       <c r="P16" s="15">
         <f t="shared" si="0"/>
         <v>854</v>
       </c>
       <c r="Q16" s="15">
         <f t="shared" si="0"/>
         <v>895</v>
       </c>
       <c r="R16" s="15">
         <f t="shared" si="0"/>
         <v>922</v>
       </c>
       <c r="S16" s="15">
         <f t="shared" si="0"/>
         <v>952</v>
       </c>
-      <c r="T16" s="15"/>
+      <c r="T16" s="15">
+        <f t="shared" si="0"/>
+        <v>941</v>
+      </c>
       <c r="U16" s="15"/>
     </row>
     <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="33">
         <f t="shared" ref="H17:H22" si="1">AVERAGE(J17:U17)</f>
-        <v>511.8</v>
+        <v>511.54545454545456</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="15">
         <v>573</v>
       </c>
       <c r="K17" s="15">
         <v>555</v>
       </c>
       <c r="L17" s="15">
         <v>554</v>
       </c>
       <c r="M17" s="15">
         <v>501</v>
       </c>
       <c r="N17" s="15">
         <v>484</v>
       </c>
       <c r="O17" s="15">
         <v>472</v>
       </c>
       <c r="P17" s="15">
         <v>478</v>
       </c>
       <c r="Q17" s="15">
         <v>495</v>
       </c>
       <c r="R17" s="15">
         <v>493</v>
       </c>
       <c r="S17" s="15">
         <v>513</v>
       </c>
-      <c r="T17" s="15"/>
+      <c r="T17" s="15">
+        <v>509</v>
+      </c>
       <c r="U17" s="15"/>
     </row>
     <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="33">
         <f t="shared" si="1"/>
-        <v>416.8</v>
+        <v>418.18181818181819</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="15">
         <v>470</v>
       </c>
       <c r="K18" s="15">
         <v>438</v>
       </c>
       <c r="L18" s="15">
         <v>427</v>
       </c>
       <c r="M18" s="15">
         <v>408</v>
       </c>
       <c r="N18" s="15">
         <v>397</v>
       </c>
       <c r="O18" s="15">
         <v>384</v>
       </c>
       <c r="P18" s="15">
         <v>376</v>
       </c>
       <c r="Q18" s="15">
         <v>400</v>
       </c>
       <c r="R18" s="15">
         <v>429</v>
       </c>
       <c r="S18" s="15">
         <v>439</v>
       </c>
-      <c r="T18" s="15"/>
+      <c r="T18" s="15">
+        <v>432</v>
+      </c>
       <c r="U18" s="15"/>
     </row>
     <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="33">
         <f t="shared" si="1"/>
-        <v>851.5</v>
+        <v>850.36363636363637</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="15">
-        <f t="shared" ref="J19:S19" si="2">SUM(J20:J21)</f>
+        <f t="shared" ref="J19:T19" si="2">SUM(J20:J21)</f>
         <v>959</v>
       </c>
       <c r="K19" s="15">
         <f t="shared" si="2"/>
         <v>939</v>
       </c>
       <c r="L19" s="15">
         <f t="shared" si="2"/>
         <v>905</v>
       </c>
       <c r="M19" s="15">
         <f t="shared" si="2"/>
         <v>880</v>
       </c>
       <c r="N19" s="15">
         <f t="shared" si="2"/>
         <v>820</v>
       </c>
       <c r="O19" s="15">
         <f t="shared" si="2"/>
         <v>805</v>
       </c>
       <c r="P19" s="15">
         <f t="shared" si="2"/>
         <v>785</v>
       </c>
       <c r="Q19" s="15">
         <f t="shared" si="2"/>
         <v>813</v>
       </c>
       <c r="R19" s="15">
         <f t="shared" si="2"/>
         <v>812</v>
       </c>
       <c r="S19" s="15">
         <f t="shared" si="2"/>
         <v>797</v>
       </c>
-      <c r="T19" s="15"/>
+      <c r="T19" s="15">
+        <f t="shared" si="2"/>
+        <v>839</v>
+      </c>
       <c r="U19" s="15"/>
     </row>
     <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="33">
         <f t="shared" si="1"/>
-        <v>527.5</v>
+        <v>524.72727272727275</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="15">
         <v>612</v>
       </c>
       <c r="K20" s="15">
         <v>596</v>
       </c>
       <c r="L20" s="15">
         <v>583</v>
       </c>
       <c r="M20" s="15">
         <v>558</v>
       </c>
       <c r="N20" s="15">
         <v>521</v>
       </c>
       <c r="O20" s="15">
         <v>499</v>
       </c>
       <c r="P20" s="15">
         <v>473</v>
       </c>
       <c r="Q20" s="15">
         <v>492</v>
       </c>
       <c r="R20" s="15">
         <v>474</v>
       </c>
       <c r="S20" s="15">
         <v>467</v>
       </c>
-      <c r="T20" s="15"/>
+      <c r="T20" s="15">
+        <v>497</v>
+      </c>
       <c r="U20" s="15"/>
     </row>
     <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="33">
         <f t="shared" si="1"/>
-        <v>324</v>
+        <v>325.63636363636363</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="15">
         <v>347</v>
       </c>
       <c r="K21" s="15">
         <v>343</v>
       </c>
       <c r="L21" s="15">
         <v>322</v>
       </c>
       <c r="M21" s="15">
         <v>322</v>
       </c>
       <c r="N21" s="15">
         <v>299</v>
       </c>
       <c r="O21" s="15">
         <v>306</v>
       </c>
       <c r="P21" s="15">
         <v>312</v>
       </c>
       <c r="Q21" s="15">
         <v>321</v>
       </c>
       <c r="R21" s="15">
         <v>338</v>
       </c>
       <c r="S21" s="15">
         <v>330</v>
       </c>
-      <c r="T21" s="15"/>
+      <c r="T21" s="15">
+        <v>342</v>
+      </c>
       <c r="U21" s="15"/>
     </row>
     <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="27"/>
       <c r="H22" s="34">
         <f t="shared" si="1"/>
-        <v>1780.1</v>
+        <v>1780.090909090909</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="17">
-        <f t="shared" ref="J22:S22" si="3">J13+J14</f>
+        <f t="shared" ref="J22:T22" si="3">J13+J14</f>
         <v>2002</v>
       </c>
       <c r="K22" s="17">
         <f t="shared" si="3"/>
         <v>1932</v>
       </c>
       <c r="L22" s="17">
         <f t="shared" si="3"/>
         <v>1886</v>
       </c>
       <c r="M22" s="17">
         <f t="shared" si="3"/>
         <v>1789</v>
       </c>
       <c r="N22" s="17">
         <f t="shared" si="3"/>
         <v>1701</v>
       </c>
       <c r="O22" s="17">
         <f t="shared" si="3"/>
         <v>1661</v>
       </c>
       <c r="P22" s="17">
         <f t="shared" si="3"/>
         <v>1639</v>
       </c>
       <c r="Q22" s="17">
         <f t="shared" si="3"/>
         <v>1708</v>
       </c>
       <c r="R22" s="17">
         <f t="shared" si="3"/>
         <v>1734</v>
       </c>
       <c r="S22" s="17">
         <f t="shared" si="3"/>
         <v>1749</v>
       </c>
-      <c r="T22" s="17"/>
+      <c r="T22" s="17">
+        <f t="shared" si="3"/>
+        <v>1780</v>
+      </c>
       <c r="U22" s="17"/>
     </row>
     <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="21"/>
       <c r="F23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="34">
         <f>AVERAGE(J23:U23)</f>
-        <v>3300.5</v>
+        <v>3320</v>
       </c>
       <c r="I23" s="19"/>
       <c r="J23" s="17">
         <v>3379</v>
       </c>
       <c r="K23" s="17">
         <v>3367</v>
       </c>
       <c r="L23" s="17">
         <v>3319</v>
       </c>
       <c r="M23" s="17">
         <v>3278</v>
       </c>
       <c r="N23" s="17">
         <v>3214</v>
       </c>
       <c r="O23" s="17">
         <v>3227</v>
       </c>
       <c r="P23" s="17">
         <v>3314</v>
       </c>
       <c r="Q23" s="17">
         <v>3265</v>
       </c>
       <c r="R23" s="17">
         <v>3280</v>
       </c>
       <c r="S23" s="17">
         <v>3362</v>
       </c>
-      <c r="T23" s="17"/>
+      <c r="T23" s="17">
+        <v>3515</v>
+      </c>
       <c r="U23" s="17"/>
     </row>
     <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="24"/>
       <c r="H24" s="32"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="24"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
     </row>
     <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="15">
         <v>58627.999831000001</v>
       </c>
       <c r="H25" s="35">
         <f t="shared" ref="H25:H30" si="4">IF(H16="","",100*H16/$F25)</f>
-        <v>1.583884837751186</v>
+        <v>1.5858075926302919</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="18">
         <f t="shared" ref="J25:U31" si="5">IF(J16="","",100*J16/$F25)</f>
         <v>1.7790134458049613</v>
       </c>
       <c r="K25" s="18">
         <f t="shared" ref="K25:U30" si="6">IF(K16="","",100*K16/$F25)</f>
         <v>1.6937299632639755</v>
       </c>
       <c r="L25" s="18">
         <f t="shared" si="6"/>
         <v>1.6732619274541392</v>
       </c>
       <c r="M25" s="18">
         <f t="shared" si="6"/>
         <v>1.5504537125951197</v>
       </c>
       <c r="N25" s="18">
         <f t="shared" si="6"/>
         <v>1.5026949623721677</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" si="6"/>
         <v>1.4600532211016748</v>
       </c>
       <c r="P25" s="18">
         <f t="shared" si="6"/>
         <v>1.4566418818000355</v>
       </c>
       <c r="Q25" s="18">
         <f t="shared" si="6"/>
         <v>1.5265743374836436</v>
       </c>
       <c r="R25" s="18">
         <f t="shared" si="6"/>
         <v>1.572627418055776</v>
       </c>
       <c r="S25" s="18">
         <f t="shared" si="6"/>
         <v>1.6237975075803674</v>
       </c>
-      <c r="T25" s="18" t="str">
+      <c r="T25" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.6050351414213504</v>
       </c>
       <c r="U25" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14"/>
       <c r="B26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="15">
         <v>29009.572301</v>
       </c>
       <c r="H26" s="35">
         <f t="shared" si="4"/>
-        <v>1.7642452452922153</v>
+        <v>1.763367791974723</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="18">
         <f t="shared" si="5"/>
         <v>1.9752100929121519</v>
       </c>
       <c r="K26" s="18">
         <f t="shared" si="6"/>
         <v>1.9131616083180529</v>
       </c>
       <c r="L26" s="18">
         <f t="shared" si="6"/>
         <v>1.9097144702850475</v>
       </c>
       <c r="M26" s="18">
         <f t="shared" si="6"/>
         <v>1.7270161545357559</v>
       </c>
       <c r="N26" s="18">
         <f t="shared" si="6"/>
         <v>1.6684148079746624</v>
       </c>
       <c r="O26" s="18">
         <f t="shared" si="6"/>
         <v>1.6270491515785963</v>
       </c>
       <c r="P26" s="18">
         <f t="shared" si="6"/>
         <v>1.6477319797766294</v>
       </c>
       <c r="Q26" s="18">
         <f t="shared" si="6"/>
         <v>1.7063333263377229</v>
       </c>
       <c r="R26" s="18">
         <f t="shared" si="6"/>
         <v>1.6994390502717118</v>
       </c>
       <c r="S26" s="18">
         <f t="shared" si="6"/>
         <v>1.7683818109318219</v>
       </c>
-      <c r="T26" s="18" t="str">
+      <c r="T26" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.7545932587997999</v>
       </c>
       <c r="U26" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14"/>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15">
         <v>29618.427530000001</v>
       </c>
       <c r="H27" s="35">
         <f t="shared" si="4"/>
-        <v>1.4072320334286159</v>
+        <v>1.4118974336441357</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="18">
         <f t="shared" si="5"/>
         <v>1.5868499417261264</v>
       </c>
       <c r="K27" s="18">
         <f t="shared" si="6"/>
         <v>1.4788090946298795</v>
       </c>
       <c r="L27" s="18">
         <f t="shared" si="6"/>
         <v>1.4416700534405447</v>
       </c>
       <c r="M27" s="18">
         <f t="shared" si="6"/>
         <v>1.377520800477148</v>
       </c>
       <c r="N27" s="18">
         <f t="shared" si="6"/>
         <v>1.3403817592878131</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" si="6"/>
         <v>1.296490165154963</v>
       </c>
       <c r="P27" s="18">
         <f t="shared" si="6"/>
         <v>1.2694799533809011</v>
       </c>
       <c r="Q27" s="18">
         <f t="shared" si="6"/>
         <v>1.3505105887030864</v>
       </c>
       <c r="R27" s="18">
         <f t="shared" si="6"/>
         <v>1.4484226063840602</v>
       </c>
       <c r="S27" s="18">
         <f t="shared" si="6"/>
         <v>1.4821853711016373</v>
       </c>
-      <c r="T27" s="18" t="str">
+      <c r="T27" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.4585514357993332</v>
       </c>
       <c r="U27" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="15">
         <v>20582.257580000001</v>
       </c>
       <c r="H28" s="35">
         <f t="shared" si="4"/>
-        <v>4.1370583216654113</v>
+        <v>4.1315372381207771</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="18">
         <f t="shared" si="5"/>
         <v>4.6593528249878213</v>
       </c>
       <c r="K28" s="18">
         <f t="shared" si="6"/>
         <v>4.5621817546022569</v>
       </c>
       <c r="L28" s="18">
         <f t="shared" si="6"/>
         <v>4.396990934946797</v>
       </c>
       <c r="M28" s="18">
         <f>IF(M19="","",100*M19/$F28)</f>
         <v>4.2755270969648409</v>
       </c>
       <c r="N28" s="18">
         <f>IF(N19="","",100*N19/$F28)</f>
         <v>3.9840138858081473</v>
       </c>
       <c r="O28" s="18">
         <f t="shared" si="6"/>
         <v>3.9111355830189738</v>
       </c>
       <c r="P28" s="18">
         <f t="shared" si="6"/>
         <v>3.8139645126334094</v>
       </c>
       <c r="Q28" s="18">
         <f t="shared" si="6"/>
         <v>3.9500040111731995</v>
       </c>
       <c r="R28" s="18">
         <f t="shared" si="6"/>
         <v>3.9451454576539216</v>
       </c>
       <c r="S28" s="18">
         <f t="shared" si="6"/>
         <v>3.872267154864748</v>
       </c>
-      <c r="T28" s="18" t="str">
+      <c r="T28" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>4.0763264026744332</v>
       </c>
       <c r="U28" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="15">
         <v>11325.205367</v>
       </c>
       <c r="H29" s="35">
         <f t="shared" si="4"/>
-        <v>4.6577521811397631</v>
+        <v>4.6332693820833626</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="18">
         <f t="shared" si="5"/>
         <v>5.4038755163176013</v>
       </c>
       <c r="K29" s="18">
         <f t="shared" si="6"/>
         <v>5.2625977250413243</v>
       </c>
       <c r="L29" s="18">
         <f t="shared" si="6"/>
         <v>5.147809519629349</v>
       </c>
       <c r="M29" s="18">
         <f t="shared" si="6"/>
         <v>4.9270629707601659</v>
       </c>
       <c r="N29" s="18">
         <f t="shared" si="6"/>
         <v>4.600358078433775</v>
       </c>
       <c r="O29" s="18">
         <f t="shared" si="6"/>
         <v>4.4061011154288945</v>
       </c>
       <c r="P29" s="18">
         <f t="shared" si="6"/>
         <v>4.1765247046049438</v>
       </c>
       <c r="Q29" s="18">
         <f t="shared" si="6"/>
         <v>4.3442920817455226</v>
       </c>
       <c r="R29" s="18">
         <f t="shared" si="6"/>
         <v>4.1853545665597114</v>
       </c>
       <c r="S29" s="18">
         <f t="shared" si="6"/>
         <v>4.1235455328763395</v>
       </c>
-      <c r="T29" s="18" t="str">
+      <c r="T29" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>4.3884413915193594</v>
       </c>
       <c r="U29" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14"/>
       <c r="B30" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="15">
         <v>9257.0522130000008</v>
       </c>
       <c r="H30" s="35">
         <f t="shared" si="4"/>
-        <v>3.5000342716550255</v>
+        <v>3.5177112124209602</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="18">
         <f t="shared" si="5"/>
         <v>3.7484934946428821</v>
       </c>
       <c r="K30" s="18">
         <f t="shared" si="6"/>
         <v>3.7052831949928202</v>
       </c>
       <c r="L30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="M30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="N30" s="18">
         <f t="shared" si="6"/>
         <v>3.2299698988421377</v>
       </c>
       <c r="O30" s="18">
         <f t="shared" si="6"/>
         <v>3.3055879232297465</v>
       </c>
       <c r="P30" s="18">
         <f t="shared" si="6"/>
         <v>3.3704033727048395</v>
       </c>
       <c r="Q30" s="18">
         <f t="shared" si="6"/>
         <v>3.467626546917479</v>
       </c>
       <c r="R30" s="18">
         <f t="shared" si="6"/>
         <v>3.6512703204302426</v>
       </c>
       <c r="S30" s="18">
         <f t="shared" si="6"/>
         <v>3.5648497211301184</v>
       </c>
-      <c r="T30" s="18" t="str">
+      <c r="T30" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>3.6944806200803049</v>
       </c>
       <c r="U30" s="18" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="27"/>
       <c r="F31" s="17">
         <v>79210.257411000013</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="36">
         <f>IF(H22="","",100*H22/$F31)</f>
-        <v>2.2473099547746145</v>
+        <v>2.2472984778404546</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="19">
         <f t="shared" si="5"/>
         <v>2.5274504406824212</v>
       </c>
       <c r="K31" s="19">
         <f t="shared" si="5"/>
         <v>2.4390780476515674</v>
       </c>
       <c r="L31" s="19">
         <f t="shared" si="5"/>
         <v>2.3810047608027203</v>
       </c>
       <c r="M31" s="19">
         <f t="shared" si="5"/>
         <v>2.2585458733171087</v>
       </c>
       <c r="N31" s="19">
         <f t="shared" si="5"/>
         <v>2.1474491506497495</v>
       </c>
       <c r="O31" s="19">
         <f t="shared" si="5"/>
         <v>2.0969506403464044</v>
       </c>
       <c r="P31" s="19">
         <f t="shared" si="5"/>
         <v>2.0691764596795648</v>
       </c>
       <c r="Q31" s="19">
         <f t="shared" si="5"/>
         <v>2.1562863899528346</v>
       </c>
       <c r="R31" s="19">
         <f t="shared" si="5"/>
         <v>2.189110421650009</v>
       </c>
       <c r="S31" s="19">
         <f t="shared" si="5"/>
         <v>2.2080473630137636</v>
       </c>
-      <c r="T31" s="19" t="str">
+      <c r="T31" s="19">
         <f t="shared" si="5"/>
-        <v/>
+        <v>2.2471837084988562</v>
       </c>
       <c r="U31" s="19" t="str">
         <f t="shared" si="5"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:21" s="16" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="87"/>
       <c r="B32" s="88"/>
       <c r="C32" s="88"/>
       <c r="D32" s="88"/>
       <c r="E32" s="88"/>
       <c r="F32" s="88"/>
       <c r="G32" s="88"/>
       <c r="H32" s="88"/>
       <c r="I32" s="88"/>
       <c r="J32" s="88"/>
       <c r="K32" s="88"/>
       <c r="L32" s="88"/>
       <c r="M32" s="88"/>
       <c r="N32" s="88"/>
       <c r="O32" s="88"/>
       <c r="P32" s="88"/>
       <c r="Q32" s="88"/>
       <c r="R32" s="88"/>