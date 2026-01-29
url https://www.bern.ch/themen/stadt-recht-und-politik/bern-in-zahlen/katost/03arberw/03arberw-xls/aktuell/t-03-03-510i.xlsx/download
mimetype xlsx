--- v2 (2025-12-29)
+++ v3 (2026-01-29)
@@ -126,60 +126,60 @@
   <Override PartName="/xl/drawings/drawing56.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{438BC6C7-19C9-43E7-A83E-E41CA9A1E481}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE763A12-FBA4-4653-B720-85A32B7B735D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="24" r:id="rId1"/>
     <sheet name="2024" sheetId="23" r:id="rId2"/>
     <sheet name="2023" sheetId="22" r:id="rId3"/>
     <sheet name="2022" sheetId="5" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
     <sheet name="2018" sheetId="7" r:id="rId8"/>
     <sheet name="2017" sheetId="8" r:id="rId9"/>
     <sheet name="2016" sheetId="9" r:id="rId10"/>
     <sheet name="2015" sheetId="10" r:id="rId11"/>
     <sheet name="2014" sheetId="11" r:id="rId12"/>
     <sheet name="2013" sheetId="12" r:id="rId13"/>
     <sheet name="2012" sheetId="13" r:id="rId14"/>
     <sheet name="2011" sheetId="14" r:id="rId15"/>
     <sheet name="2010" sheetId="15" r:id="rId16"/>
     <sheet name="2009" sheetId="16" r:id="rId17"/>
     <sheet name="2008" sheetId="17" r:id="rId18"/>
     <sheet name="2007" sheetId="18" r:id="rId19"/>
     <sheet name="2006" sheetId="19" r:id="rId20"/>
     <sheet name="2005" sheetId="20" r:id="rId21"/>
     <sheet name="2004" sheetId="21" r:id="rId22"/>
   </sheets>
@@ -190,51 +190,54 @@
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="T22" i="24" l="1"/>
+  <c r="U19" i="24" l="1"/>
+  <c r="U16" i="24"/>
+  <c r="U22" i="24"/>
+  <c r="T22" i="24"/>
   <c r="T19" i="24"/>
   <c r="T16" i="24"/>
   <c r="S19" i="24" l="1"/>
   <c r="S28" i="24" s="1"/>
   <c r="S16" i="24"/>
   <c r="S25" i="24" s="1"/>
   <c r="S22" i="24"/>
   <c r="S31" i="24" s="1"/>
   <c r="R22" i="24"/>
   <c r="R31" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R16" i="24"/>
   <c r="R25" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q16" i="24"/>
   <c r="Q25" i="24" s="1"/>
   <c r="Q22" i="24"/>
   <c r="P16" i="24"/>
   <c r="P19" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P22" i="24"/>
   <c r="O19" i="24"/>
   <c r="O28" i="24" s="1"/>
@@ -1855,51 +1858,51 @@
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.7.2025)</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  SECO-Berechnung inkl. diplomatisches Personal sowie Offizielle in internationaler Funktion gemäss Strukturerhebung, Pooling der Jahre 2021 bis 2023</t>
     </r>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.12.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -26146,1224 +26149,1251 @@
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
       <c r="U9" s="15"/>
     </row>
     <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14"/>
       <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="33">
         <f>AVERAGE(J10:U10)</f>
-        <v>1363.4545454545455</v>
+        <v>1369.8333333333333</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="15">
         <v>1519</v>
       </c>
       <c r="K10" s="15">
         <v>1487</v>
       </c>
       <c r="L10" s="15">
         <v>1456</v>
       </c>
       <c r="M10" s="15">
         <v>1392</v>
       </c>
       <c r="N10" s="15">
         <v>1320</v>
       </c>
       <c r="O10" s="15">
         <v>1276</v>
       </c>
       <c r="P10" s="15">
         <v>1258</v>
       </c>
       <c r="Q10" s="15">
         <v>1299</v>
       </c>
       <c r="R10" s="15">
         <v>1317</v>
       </c>
       <c r="S10" s="15">
         <v>1327</v>
       </c>
       <c r="T10" s="15">
         <v>1347</v>
       </c>
-      <c r="U10" s="15"/>
+      <c r="U10" s="15">
+        <v>1440</v>
+      </c>
     </row>
     <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="33">
         <f>AVERAGE(J11:U11)</f>
-        <v>416.63636363636363</v>
+        <v>417.66666666666669</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="15">
         <v>483</v>
       </c>
       <c r="K11" s="15">
         <v>445</v>
       </c>
       <c r="L11" s="15">
         <v>430</v>
       </c>
       <c r="M11" s="15">
         <v>397</v>
       </c>
       <c r="N11" s="15">
         <v>381</v>
       </c>
       <c r="O11" s="15">
         <v>385</v>
       </c>
       <c r="P11" s="15">
         <v>381</v>
       </c>
       <c r="Q11" s="15">
         <v>409</v>
       </c>
       <c r="R11" s="15">
         <v>417</v>
       </c>
       <c r="S11" s="15">
         <v>422</v>
       </c>
       <c r="T11" s="15">
         <v>433</v>
       </c>
-      <c r="U11" s="15"/>
+      <c r="U11" s="15">
+        <v>429</v>
+      </c>
     </row>
     <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="20"/>
       <c r="F12" s="20"/>
       <c r="H12" s="33"/>
       <c r="I12" s="18"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="15"/>
       <c r="T12" s="15"/>
       <c r="U12" s="15"/>
     </row>
     <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="33">
         <f>AVERAGE(J13:U13)</f>
-        <v>1036.2727272727273</v>
+        <v>1038.9166666666667</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="15">
         <v>1185</v>
       </c>
       <c r="K13" s="15">
         <v>1151</v>
       </c>
       <c r="L13" s="15">
         <v>1137</v>
       </c>
       <c r="M13" s="15">
         <v>1059</v>
       </c>
       <c r="N13" s="15">
         <v>1005</v>
       </c>
       <c r="O13" s="15">
         <v>971</v>
       </c>
       <c r="P13" s="15">
         <v>951</v>
       </c>
       <c r="Q13" s="15">
         <v>987</v>
       </c>
       <c r="R13" s="15">
         <v>967</v>
       </c>
       <c r="S13" s="15">
         <v>980</v>
       </c>
       <c r="T13" s="15">
         <v>1006</v>
       </c>
-      <c r="U13" s="15"/>
+      <c r="U13" s="15">
+        <v>1068</v>
+      </c>
     </row>
     <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14"/>
       <c r="B14" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="33">
         <f>AVERAGE(J14:U14)</f>
-        <v>743.81818181818187</v>
+        <v>748.58333333333337</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="15">
         <v>817</v>
       </c>
       <c r="K14" s="15">
         <v>781</v>
       </c>
       <c r="L14" s="15">
         <v>749</v>
       </c>
       <c r="M14" s="15">
         <v>730</v>
       </c>
       <c r="N14" s="15">
         <v>696</v>
       </c>
       <c r="O14" s="15">
         <v>690</v>
       </c>
       <c r="P14" s="15">
         <v>688</v>
       </c>
       <c r="Q14" s="15">
         <v>721</v>
       </c>
       <c r="R14" s="15">
         <v>767</v>
       </c>
       <c r="S14" s="15">
         <v>769</v>
       </c>
       <c r="T14" s="15">
         <v>774</v>
       </c>
-      <c r="U14" s="15"/>
+      <c r="U14" s="15">
+        <v>801</v>
+      </c>
     </row>
     <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="20"/>
       <c r="F15" s="20"/>
       <c r="H15" s="33"/>
       <c r="I15" s="18"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
     </row>
     <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14"/>
       <c r="B16" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="33">
         <f>AVERAGE(J16:U16)</f>
-        <v>929.72727272727275</v>
+        <v>933.25</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="15">
-        <f t="shared" ref="J16:T16" si="0">SUM(J17:J18)</f>
+        <f t="shared" ref="J16:U16" si="0">SUM(J17:J18)</f>
         <v>1043</v>
       </c>
       <c r="K16" s="15">
         <f t="shared" si="0"/>
         <v>993</v>
       </c>
       <c r="L16" s="15">
         <f t="shared" si="0"/>
         <v>981</v>
       </c>
       <c r="M16" s="15">
         <f t="shared" si="0"/>
         <v>909</v>
       </c>
       <c r="N16" s="15">
         <f t="shared" si="0"/>
         <v>881</v>
       </c>
       <c r="O16" s="15">
         <f t="shared" si="0"/>
         <v>856</v>
       </c>
       <c r="P16" s="15">
         <f t="shared" si="0"/>
         <v>854</v>
       </c>
       <c r="Q16" s="15">
         <f t="shared" si="0"/>
         <v>895</v>
       </c>
       <c r="R16" s="15">
         <f t="shared" si="0"/>
         <v>922</v>
       </c>
       <c r="S16" s="15">
         <f t="shared" si="0"/>
         <v>952</v>
       </c>
       <c r="T16" s="15">
         <f t="shared" si="0"/>
         <v>941</v>
       </c>
-      <c r="U16" s="15"/>
+      <c r="U16" s="15">
+        <f t="shared" si="0"/>
+        <v>972</v>
+      </c>
     </row>
     <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="33">
         <f t="shared" ref="H17:H22" si="1">AVERAGE(J17:U17)</f>
-        <v>511.54545454545456</v>
+        <v>513</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="15">
         <v>573</v>
       </c>
       <c r="K17" s="15">
         <v>555</v>
       </c>
       <c r="L17" s="15">
         <v>554</v>
       </c>
       <c r="M17" s="15">
         <v>501</v>
       </c>
       <c r="N17" s="15">
         <v>484</v>
       </c>
       <c r="O17" s="15">
         <v>472</v>
       </c>
       <c r="P17" s="15">
         <v>478</v>
       </c>
       <c r="Q17" s="15">
         <v>495</v>
       </c>
       <c r="R17" s="15">
         <v>493</v>
       </c>
       <c r="S17" s="15">
         <v>513</v>
       </c>
       <c r="T17" s="15">
         <v>509</v>
       </c>
-      <c r="U17" s="15"/>
+      <c r="U17" s="15">
+        <v>529</v>
+      </c>
     </row>
     <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="33">
         <f t="shared" si="1"/>
-        <v>418.18181818181819</v>
+        <v>420.25</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="15">
         <v>470</v>
       </c>
       <c r="K18" s="15">
         <v>438</v>
       </c>
       <c r="L18" s="15">
         <v>427</v>
       </c>
       <c r="M18" s="15">
         <v>408</v>
       </c>
       <c r="N18" s="15">
         <v>397</v>
       </c>
       <c r="O18" s="15">
         <v>384</v>
       </c>
       <c r="P18" s="15">
         <v>376</v>
       </c>
       <c r="Q18" s="15">
         <v>400</v>
       </c>
       <c r="R18" s="15">
         <v>429</v>
       </c>
       <c r="S18" s="15">
         <v>439</v>
       </c>
       <c r="T18" s="15">
         <v>432</v>
       </c>
-      <c r="U18" s="15"/>
+      <c r="U18" s="15">
+        <v>443</v>
+      </c>
     </row>
     <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="33">
         <f t="shared" si="1"/>
-        <v>850.36363636363637</v>
+        <v>854.25</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="15">
-        <f t="shared" ref="J19:T19" si="2">SUM(J20:J21)</f>
+        <f t="shared" ref="J19:U19" si="2">SUM(J20:J21)</f>
         <v>959</v>
       </c>
       <c r="K19" s="15">
         <f t="shared" si="2"/>
         <v>939</v>
       </c>
       <c r="L19" s="15">
         <f t="shared" si="2"/>
         <v>905</v>
       </c>
       <c r="M19" s="15">
         <f t="shared" si="2"/>
         <v>880</v>
       </c>
       <c r="N19" s="15">
         <f t="shared" si="2"/>
         <v>820</v>
       </c>
       <c r="O19" s="15">
         <f t="shared" si="2"/>
         <v>805</v>
       </c>
       <c r="P19" s="15">
         <f t="shared" si="2"/>
         <v>785</v>
       </c>
       <c r="Q19" s="15">
         <f t="shared" si="2"/>
         <v>813</v>
       </c>
       <c r="R19" s="15">
         <f t="shared" si="2"/>
         <v>812</v>
       </c>
       <c r="S19" s="15">
         <f t="shared" si="2"/>
         <v>797</v>
       </c>
       <c r="T19" s="15">
         <f t="shared" si="2"/>
         <v>839</v>
       </c>
-      <c r="U19" s="15"/>
+      <c r="U19" s="15">
+        <f t="shared" si="2"/>
+        <v>897</v>
+      </c>
     </row>
     <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="33">
         <f t="shared" si="1"/>
-        <v>524.72727272727275</v>
+        <v>525.91666666666663</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="15">
         <v>612</v>
       </c>
       <c r="K20" s="15">
         <v>596</v>
       </c>
       <c r="L20" s="15">
         <v>583</v>
       </c>
       <c r="M20" s="15">
         <v>558</v>
       </c>
       <c r="N20" s="15">
         <v>521</v>
       </c>
       <c r="O20" s="15">
         <v>499</v>
       </c>
       <c r="P20" s="15">
         <v>473</v>
       </c>
       <c r="Q20" s="15">
         <v>492</v>
       </c>
       <c r="R20" s="15">
         <v>474</v>
       </c>
       <c r="S20" s="15">
         <v>467</v>
       </c>
       <c r="T20" s="15">
         <v>497</v>
       </c>
-      <c r="U20" s="15"/>
+      <c r="U20" s="15">
+        <v>539</v>
+      </c>
     </row>
     <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="33">
         <f t="shared" si="1"/>
-        <v>325.63636363636363</v>
+        <v>328.33333333333331</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="15">
         <v>347</v>
       </c>
       <c r="K21" s="15">
         <v>343</v>
       </c>
       <c r="L21" s="15">
         <v>322</v>
       </c>
       <c r="M21" s="15">
         <v>322</v>
       </c>
       <c r="N21" s="15">
         <v>299</v>
       </c>
       <c r="O21" s="15">
         <v>306</v>
       </c>
       <c r="P21" s="15">
         <v>312</v>
       </c>
       <c r="Q21" s="15">
         <v>321</v>
       </c>
       <c r="R21" s="15">
         <v>338</v>
       </c>
       <c r="S21" s="15">
         <v>330</v>
       </c>
       <c r="T21" s="15">
         <v>342</v>
       </c>
-      <c r="U21" s="15"/>
+      <c r="U21" s="15">
+        <v>358</v>
+      </c>
     </row>
     <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="27"/>
       <c r="H22" s="34">
         <f t="shared" si="1"/>
-        <v>1780.090909090909</v>
+        <v>1787.5</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="17">
-        <f t="shared" ref="J22:T22" si="3">J13+J14</f>
+        <f t="shared" ref="J22:U22" si="3">J13+J14</f>
         <v>2002</v>
       </c>
       <c r="K22" s="17">
         <f t="shared" si="3"/>
         <v>1932</v>
       </c>
       <c r="L22" s="17">
         <f t="shared" si="3"/>
         <v>1886</v>
       </c>
       <c r="M22" s="17">
         <f t="shared" si="3"/>
         <v>1789</v>
       </c>
       <c r="N22" s="17">
         <f t="shared" si="3"/>
         <v>1701</v>
       </c>
       <c r="O22" s="17">
         <f t="shared" si="3"/>
         <v>1661</v>
       </c>
       <c r="P22" s="17">
         <f t="shared" si="3"/>
         <v>1639</v>
       </c>
       <c r="Q22" s="17">
         <f t="shared" si="3"/>
         <v>1708</v>
       </c>
       <c r="R22" s="17">
         <f t="shared" si="3"/>
         <v>1734</v>
       </c>
       <c r="S22" s="17">
         <f t="shared" si="3"/>
         <v>1749</v>
       </c>
       <c r="T22" s="17">
         <f t="shared" si="3"/>
         <v>1780</v>
       </c>
-      <c r="U22" s="17"/>
+      <c r="U22" s="17">
+        <f t="shared" si="3"/>
+        <v>1869</v>
+      </c>
     </row>
     <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="21"/>
       <c r="F23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="34">
         <f>AVERAGE(J23:U23)</f>
-        <v>3320</v>
+        <v>3341.9166666666665</v>
       </c>
       <c r="I23" s="19"/>
       <c r="J23" s="17">
         <v>3379</v>
       </c>
       <c r="K23" s="17">
         <v>3367</v>
       </c>
       <c r="L23" s="17">
         <v>3319</v>
       </c>
       <c r="M23" s="17">
         <v>3278</v>
       </c>
       <c r="N23" s="17">
         <v>3214</v>
       </c>
       <c r="O23" s="17">
         <v>3227</v>
       </c>
       <c r="P23" s="17">
         <v>3314</v>
       </c>
       <c r="Q23" s="17">
         <v>3265</v>
       </c>
       <c r="R23" s="17">
         <v>3280</v>
       </c>
       <c r="S23" s="17">
         <v>3362</v>
       </c>
       <c r="T23" s="17">
         <v>3515</v>
       </c>
-      <c r="U23" s="17"/>
+      <c r="U23" s="17">
+        <v>3583</v>
+      </c>
     </row>
     <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="24"/>
       <c r="H24" s="32"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="24"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
     </row>
     <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="15">
         <v>58627.999831000001</v>
       </c>
       <c r="H25" s="35">
         <f t="shared" ref="H25:H30" si="4">IF(H16="","",100*H16/$F25)</f>
-        <v>1.5858075926302919</v>
+        <v>1.5918162016274977</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="18">
         <f t="shared" ref="J25:U31" si="5">IF(J16="","",100*J16/$F25)</f>
         <v>1.7790134458049613</v>
       </c>
       <c r="K25" s="18">
         <f t="shared" ref="K25:U30" si="6">IF(K16="","",100*K16/$F25)</f>
         <v>1.6937299632639755</v>
       </c>
       <c r="L25" s="18">
         <f t="shared" si="6"/>
         <v>1.6732619274541392</v>
       </c>
       <c r="M25" s="18">
         <f t="shared" si="6"/>
         <v>1.5504537125951197</v>
       </c>
       <c r="N25" s="18">
         <f t="shared" si="6"/>
         <v>1.5026949623721677</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" si="6"/>
         <v>1.4600532211016748</v>
       </c>
       <c r="P25" s="18">
         <f t="shared" si="6"/>
         <v>1.4566418818000355</v>
       </c>
       <c r="Q25" s="18">
         <f t="shared" si="6"/>
         <v>1.5265743374836436</v>
       </c>
       <c r="R25" s="18">
         <f t="shared" si="6"/>
         <v>1.572627418055776</v>
       </c>
       <c r="S25" s="18">
         <f t="shared" si="6"/>
         <v>1.6237975075803674</v>
       </c>
       <c r="T25" s="18">
         <f t="shared" si="6"/>
         <v>1.6050351414213504</v>
       </c>
-      <c r="U25" s="18" t="str">
+      <c r="U25" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.6579109005967616</v>
       </c>
     </row>
     <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14"/>
       <c r="B26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="15">
         <v>29009.572301</v>
       </c>
       <c r="H26" s="35">
         <f t="shared" si="4"/>
-        <v>1.763367791974723</v>
+        <v>1.7683818109318219</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="18">
         <f t="shared" si="5"/>
         <v>1.9752100929121519</v>
       </c>
       <c r="K26" s="18">
         <f t="shared" si="6"/>
         <v>1.9131616083180529</v>
       </c>
       <c r="L26" s="18">
         <f t="shared" si="6"/>
         <v>1.9097144702850475</v>
       </c>
       <c r="M26" s="18">
         <f t="shared" si="6"/>
         <v>1.7270161545357559</v>
       </c>
       <c r="N26" s="18">
         <f t="shared" si="6"/>
         <v>1.6684148079746624</v>
       </c>
       <c r="O26" s="18">
         <f t="shared" si="6"/>
         <v>1.6270491515785963</v>
       </c>
       <c r="P26" s="18">
         <f t="shared" si="6"/>
         <v>1.6477319797766294</v>
       </c>
       <c r="Q26" s="18">
         <f t="shared" si="6"/>
         <v>1.7063333263377229</v>
       </c>
       <c r="R26" s="18">
         <f t="shared" si="6"/>
         <v>1.6994390502717118</v>
       </c>
       <c r="S26" s="18">
         <f t="shared" si="6"/>
         <v>1.7683818109318219</v>
       </c>
       <c r="T26" s="18">
         <f t="shared" si="6"/>
         <v>1.7545932587997999</v>
       </c>
-      <c r="U26" s="18" t="str">
+      <c r="U26" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.82353601945991</v>
       </c>
     </row>
     <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14"/>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15">
         <v>29618.427530000001</v>
       </c>
       <c r="H27" s="35">
         <f t="shared" si="4"/>
-        <v>1.4118974336441357</v>
+        <v>1.41888018725618</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="18">
         <f t="shared" si="5"/>
         <v>1.5868499417261264</v>
       </c>
       <c r="K27" s="18">
         <f t="shared" si="6"/>
         <v>1.4788090946298795</v>
       </c>
       <c r="L27" s="18">
         <f t="shared" si="6"/>
         <v>1.4416700534405447</v>
       </c>
       <c r="M27" s="18">
         <f t="shared" si="6"/>
         <v>1.377520800477148</v>
       </c>
       <c r="N27" s="18">
         <f t="shared" si="6"/>
         <v>1.3403817592878131</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" si="6"/>
         <v>1.296490165154963</v>
       </c>
       <c r="P27" s="18">
         <f t="shared" si="6"/>
         <v>1.2694799533809011</v>
       </c>
       <c r="Q27" s="18">
         <f t="shared" si="6"/>
         <v>1.3505105887030864</v>
       </c>
       <c r="R27" s="18">
         <f t="shared" si="6"/>
         <v>1.4484226063840602</v>
       </c>
       <c r="S27" s="18">
         <f t="shared" si="6"/>
         <v>1.4821853711016373</v>
       </c>
       <c r="T27" s="18">
         <f t="shared" si="6"/>
         <v>1.4585514357993332</v>
       </c>
-      <c r="U27" s="18" t="str">
+      <c r="U27" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>1.4956904769886681</v>
       </c>
     </row>
     <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="15">
         <v>20582.257580000001</v>
       </c>
       <c r="H28" s="35">
         <f t="shared" si="4"/>
-        <v>4.1315372381207771</v>
+        <v>4.1504193438434269</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="18">
         <f t="shared" si="5"/>
         <v>4.6593528249878213</v>
       </c>
       <c r="K28" s="18">
         <f t="shared" si="6"/>
         <v>4.5621817546022569</v>
       </c>
       <c r="L28" s="18">
         <f t="shared" si="6"/>
         <v>4.396990934946797</v>
       </c>
       <c r="M28" s="18">
         <f>IF(M19="","",100*M19/$F28)</f>
         <v>4.2755270969648409</v>
       </c>
       <c r="N28" s="18">
         <f>IF(N19="","",100*N19/$F28)</f>
         <v>3.9840138858081473</v>
       </c>
       <c r="O28" s="18">
         <f t="shared" si="6"/>
         <v>3.9111355830189738</v>
       </c>
       <c r="P28" s="18">
         <f t="shared" si="6"/>
         <v>3.8139645126334094</v>
       </c>
       <c r="Q28" s="18">
         <f t="shared" si="6"/>
         <v>3.9500040111731995</v>
       </c>
       <c r="R28" s="18">
         <f t="shared" si="6"/>
         <v>3.9451454576539216</v>
       </c>
       <c r="S28" s="18">
         <f t="shared" si="6"/>
         <v>3.872267154864748</v>
       </c>
       <c r="T28" s="18">
         <f t="shared" si="6"/>
         <v>4.0763264026744332</v>
       </c>
-      <c r="U28" s="18" t="str">
+      <c r="U28" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>4.3581225067925713</v>
       </c>
     </row>
     <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="15">
         <v>11325.205367</v>
       </c>
       <c r="H29" s="35">
         <f t="shared" si="4"/>
-        <v>4.6332693820833626</v>
+        <v>4.6437715663780477</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="18">
         <f t="shared" si="5"/>
         <v>5.4038755163176013</v>
       </c>
       <c r="K29" s="18">
         <f t="shared" si="6"/>
         <v>5.2625977250413243</v>
       </c>
       <c r="L29" s="18">
         <f t="shared" si="6"/>
         <v>5.147809519629349</v>
       </c>
       <c r="M29" s="18">
         <f t="shared" si="6"/>
         <v>4.9270629707601659</v>
       </c>
       <c r="N29" s="18">
         <f t="shared" si="6"/>
         <v>4.600358078433775</v>
       </c>
       <c r="O29" s="18">
         <f t="shared" si="6"/>
         <v>4.4061011154288945</v>
       </c>
       <c r="P29" s="18">
         <f t="shared" si="6"/>
         <v>4.1765247046049438</v>
       </c>
       <c r="Q29" s="18">
         <f t="shared" si="6"/>
         <v>4.3442920817455226</v>
       </c>
       <c r="R29" s="18">
         <f t="shared" si="6"/>
         <v>4.1853545665597114</v>
       </c>
       <c r="S29" s="18">
         <f t="shared" si="6"/>
         <v>4.1235455328763395</v>
       </c>
       <c r="T29" s="18">
         <f t="shared" si="6"/>
         <v>4.3884413915193594</v>
       </c>
-      <c r="U29" s="18" t="str">
+      <c r="U29" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>4.7592955936195871</v>
       </c>
     </row>
     <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14"/>
       <c r="B30" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="15">
         <v>9257.0522130000008</v>
       </c>
       <c r="H30" s="35">
         <f t="shared" si="4"/>
-        <v>3.5177112124209602</v>
+        <v>3.5468454296092591</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="18">
         <f t="shared" si="5"/>
         <v>3.7484934946428821</v>
       </c>
       <c r="K30" s="18">
         <f t="shared" si="6"/>
         <v>3.7052831949928202</v>
       </c>
       <c r="L30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="M30" s="18">
         <f t="shared" si="6"/>
         <v>3.4784291218299943</v>
       </c>
       <c r="N30" s="18">
         <f t="shared" si="6"/>
         <v>3.2299698988421377</v>
       </c>
       <c r="O30" s="18">
         <f t="shared" si="6"/>
         <v>3.3055879232297465</v>
       </c>
       <c r="P30" s="18">
         <f t="shared" si="6"/>
         <v>3.3704033727048395</v>
       </c>
       <c r="Q30" s="18">
         <f t="shared" si="6"/>
         <v>3.467626546917479</v>
       </c>
       <c r="R30" s="18">
         <f t="shared" si="6"/>
         <v>3.6512703204302426</v>
       </c>
       <c r="S30" s="18">
         <f t="shared" si="6"/>
         <v>3.5648497211301184</v>
       </c>
       <c r="T30" s="18">
         <f t="shared" si="6"/>
         <v>3.6944806200803049</v>
       </c>
-      <c r="U30" s="18" t="str">
+      <c r="U30" s="18">
         <f t="shared" si="6"/>
-        <v/>
+        <v>3.8673218186805527</v>
       </c>
     </row>
     <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="27"/>
       <c r="F31" s="17">
         <v>79210.257411000013</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="36">
         <f>IF(H22="","",100*H22/$F31)</f>
-        <v>2.2472984778404546</v>
+        <v>2.2566521791807332</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="19">
         <f t="shared" si="5"/>
         <v>2.5274504406824212</v>
       </c>
       <c r="K31" s="19">
         <f t="shared" si="5"/>
         <v>2.4390780476515674</v>
       </c>
       <c r="L31" s="19">
         <f t="shared" si="5"/>
         <v>2.3810047608027203</v>
       </c>
       <c r="M31" s="19">
         <f t="shared" si="5"/>
         <v>2.2585458733171087</v>
       </c>
       <c r="N31" s="19">
         <f t="shared" si="5"/>
         <v>2.1474491506497495</v>
       </c>
       <c r="O31" s="19">
         <f t="shared" si="5"/>
         <v>2.0969506403464044</v>
       </c>
       <c r="P31" s="19">
         <f t="shared" si="5"/>
         <v>2.0691764596795648</v>
       </c>
       <c r="Q31" s="19">
         <f t="shared" si="5"/>
         <v>2.1562863899528346</v>
       </c>
       <c r="R31" s="19">
         <f t="shared" si="5"/>
         <v>2.189110421650009</v>
       </c>
       <c r="S31" s="19">
         <f t="shared" si="5"/>
         <v>2.2080473630137636</v>
       </c>
       <c r="T31" s="19">
         <f t="shared" si="5"/>
         <v>2.2471837084988562</v>
       </c>
-      <c r="U31" s="19" t="str">
+      <c r="U31" s="19">
         <f t="shared" si="5"/>
-        <v/>
+        <v>2.3595428939237988</v>
       </c>
     </row>
     <row r="32" spans="1:21" s="16" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="87"/>
       <c r="B32" s="88"/>
       <c r="C32" s="88"/>
       <c r="D32" s="88"/>
       <c r="E32" s="88"/>
       <c r="F32" s="88"/>
       <c r="G32" s="88"/>
       <c r="H32" s="88"/>
       <c r="I32" s="88"/>
       <c r="J32" s="88"/>
       <c r="K32" s="88"/>
       <c r="L32" s="88"/>
       <c r="M32" s="88"/>
       <c r="N32" s="88"/>
       <c r="O32" s="88"/>
       <c r="P32" s="88"/>
       <c r="Q32" s="88"/>
       <c r="R32" s="88"/>
       <c r="S32" s="88"/>
       <c r="T32" s="88"/>
       <c r="U32" s="89" t="s">
         <v>0</v>