--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -8,239 +8,350 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing30.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing30.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing31.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing31.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing32.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing32.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing33.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing33.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing34.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing34.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing35.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing35.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing41.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing41.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing42.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing42.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing43.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing43.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing44.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing44.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing45.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing45.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing46.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing46.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing47.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing47.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing48.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing48.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing49.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart29.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing49.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing50.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart30.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing50.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing51.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart31.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing51.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing52.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart32.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing52.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing53.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing53.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing54.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart33.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing54.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing55.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart34.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing55.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing56.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart35.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing56.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart36.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing57.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-  <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing58.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart37.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing59.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart38.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing60.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart39.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing61.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart40.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing62.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
+  <Override PartName="/xl/drawings/drawing63.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EE763A12-FBA4-4653-B720-85A32B7B735D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E75FD34B-2C5F-4261-BF06-FF14AE727272}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="24" r:id="rId1"/>
-[...20 lines deleted...]
-    <sheet name="2004" sheetId="21" r:id="rId22"/>
+    <sheet name="2026" sheetId="25" r:id="rId1"/>
+    <sheet name="2025" sheetId="24" r:id="rId2"/>
+    <sheet name="2024" sheetId="23" r:id="rId3"/>
+    <sheet name="2023" sheetId="22" r:id="rId4"/>
+    <sheet name="2022" sheetId="5" r:id="rId5"/>
+    <sheet name="2021" sheetId="1" r:id="rId6"/>
+    <sheet name="2020" sheetId="4" r:id="rId7"/>
+    <sheet name="2019" sheetId="6" r:id="rId8"/>
+    <sheet name="2018" sheetId="7" r:id="rId9"/>
+    <sheet name="2017" sheetId="8" r:id="rId10"/>
+    <sheet name="2016" sheetId="9" r:id="rId11"/>
+    <sheet name="2015" sheetId="10" r:id="rId12"/>
+    <sheet name="2014" sheetId="11" r:id="rId13"/>
+    <sheet name="2013" sheetId="12" r:id="rId14"/>
+    <sheet name="2012" sheetId="13" r:id="rId15"/>
+    <sheet name="2011" sheetId="14" r:id="rId16"/>
+    <sheet name="2010" sheetId="15" r:id="rId17"/>
+    <sheet name="2009" sheetId="16" r:id="rId18"/>
+    <sheet name="2008" sheetId="17" r:id="rId19"/>
+    <sheet name="2007" sheetId="18" r:id="rId20"/>
+    <sheet name="2006" sheetId="19" r:id="rId21"/>
+    <sheet name="2005" sheetId="20" r:id="rId22"/>
+    <sheet name="2004" sheetId="21" r:id="rId23"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
-[...5 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$7</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="U19" i="24" l="1"/>
+  <c r="J22" i="25" l="1"/>
+  <c r="J31" i="25" s="1"/>
+  <c r="J19" i="25"/>
+  <c r="J28" i="25" s="1"/>
+  <c r="J16" i="25"/>
+  <c r="J25" i="25" s="1"/>
+  <c r="M31" i="25"/>
+  <c r="L31" i="25"/>
+  <c r="K31" i="25"/>
+  <c r="U30" i="25"/>
+  <c r="T30" i="25"/>
+  <c r="S30" i="25"/>
+  <c r="R30" i="25"/>
+  <c r="Q30" i="25"/>
+  <c r="P30" i="25"/>
+  <c r="O30" i="25"/>
+  <c r="N30" i="25"/>
+  <c r="M30" i="25"/>
+  <c r="L30" i="25"/>
+  <c r="K30" i="25"/>
+  <c r="J30" i="25"/>
+  <c r="U29" i="25"/>
+  <c r="T29" i="25"/>
+  <c r="S29" i="25"/>
+  <c r="R29" i="25"/>
+  <c r="Q29" i="25"/>
+  <c r="P29" i="25"/>
+  <c r="O29" i="25"/>
+  <c r="N29" i="25"/>
+  <c r="M29" i="25"/>
+  <c r="L29" i="25"/>
+  <c r="K29" i="25"/>
+  <c r="J29" i="25"/>
+  <c r="U28" i="25"/>
+  <c r="U27" i="25"/>
+  <c r="T27" i="25"/>
+  <c r="S27" i="25"/>
+  <c r="R27" i="25"/>
+  <c r="Q27" i="25"/>
+  <c r="P27" i="25"/>
+  <c r="O27" i="25"/>
+  <c r="N27" i="25"/>
+  <c r="M27" i="25"/>
+  <c r="L27" i="25"/>
+  <c r="K27" i="25"/>
+  <c r="J27" i="25"/>
+  <c r="U26" i="25"/>
+  <c r="T26" i="25"/>
+  <c r="S26" i="25"/>
+  <c r="R26" i="25"/>
+  <c r="Q26" i="25"/>
+  <c r="P26" i="25"/>
+  <c r="O26" i="25"/>
+  <c r="N26" i="25"/>
+  <c r="M26" i="25"/>
+  <c r="L26" i="25"/>
+  <c r="K26" i="25"/>
+  <c r="J26" i="25"/>
+  <c r="H26" i="25"/>
+  <c r="U25" i="25"/>
+  <c r="T25" i="25"/>
+  <c r="R25" i="25"/>
+  <c r="Q25" i="25"/>
+  <c r="H23" i="25"/>
+  <c r="U31" i="25"/>
+  <c r="T31" i="25"/>
+  <c r="S31" i="25"/>
+  <c r="R31" i="25"/>
+  <c r="Q31" i="25"/>
+  <c r="P31" i="25"/>
+  <c r="O31" i="25"/>
+  <c r="N31" i="25"/>
+  <c r="H21" i="25"/>
+  <c r="H30" i="25" s="1"/>
+  <c r="H20" i="25"/>
+  <c r="H29" i="25" s="1"/>
+  <c r="T28" i="25"/>
+  <c r="S28" i="25"/>
+  <c r="R28" i="25"/>
+  <c r="Q28" i="25"/>
+  <c r="P28" i="25"/>
+  <c r="O28" i="25"/>
+  <c r="N28" i="25"/>
+  <c r="M28" i="25"/>
+  <c r="L28" i="25"/>
+  <c r="K28" i="25"/>
+  <c r="H19" i="25"/>
+  <c r="H28" i="25" s="1"/>
+  <c r="H18" i="25"/>
+  <c r="H27" i="25" s="1"/>
+  <c r="H17" i="25"/>
+  <c r="S25" i="25"/>
+  <c r="P25" i="25"/>
+  <c r="O25" i="25"/>
+  <c r="N25" i="25"/>
+  <c r="M25" i="25"/>
+  <c r="L25" i="25"/>
+  <c r="K25" i="25"/>
+  <c r="H14" i="25"/>
+  <c r="H13" i="25"/>
+  <c r="H11" i="25"/>
+  <c r="H10" i="25"/>
+  <c r="U19" i="24"/>
   <c r="U16" i="24"/>
   <c r="U22" i="24"/>
   <c r="T22" i="24"/>
   <c r="T19" i="24"/>
   <c r="T16" i="24"/>
-  <c r="S19" i="24" l="1"/>
+  <c r="H22" i="25" l="1"/>
+  <c r="H31" i="25" s="1"/>
+  <c r="H16" i="25"/>
+  <c r="H25" i="25" s="1"/>
+  <c r="S19" i="24"/>
   <c r="S28" i="24" s="1"/>
   <c r="S16" i="24"/>
   <c r="S25" i="24" s="1"/>
   <c r="S22" i="24"/>
   <c r="S31" i="24" s="1"/>
   <c r="R22" i="24"/>
   <c r="R31" i="24" s="1"/>
   <c r="R19" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="R16" i="24"/>
   <c r="R25" i="24" s="1"/>
   <c r="Q19" i="24"/>
   <c r="Q28" i="24" s="1"/>
   <c r="Q16" i="24"/>
   <c r="Q25" i="24" s="1"/>
   <c r="Q22" i="24"/>
   <c r="P16" i="24"/>
   <c r="P19" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="P22" i="24"/>
   <c r="O19" i="24"/>
   <c r="O28" i="24" s="1"/>
   <c r="O16" i="24"/>
   <c r="O25" i="24" s="1"/>
   <c r="O22" i="24"/>
@@ -1428,51 +1539,51 @@
   <c r="N26" i="22"/>
   <c r="H17" i="22"/>
   <c r="H26" i="22" s="1"/>
   <c r="N30" i="22"/>
   <c r="H21" i="22"/>
   <c r="H30" i="22" s="1"/>
   <c r="N29" i="22"/>
   <c r="H20" i="22"/>
   <c r="H29" i="22" s="1"/>
   <c r="H23" i="22"/>
   <c r="H22" i="22"/>
   <c r="H31" i="22" s="1"/>
   <c r="N31" i="22"/>
   <c r="H19" i="22"/>
   <c r="H28" i="22" s="1"/>
   <c r="N28" i="22"/>
   <c r="H18" i="22"/>
   <c r="H27" i="22" s="1"/>
   <c r="N16" i="22"/>
   <c r="N25" i="22"/>
   <c r="N27" i="22"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="967" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1049" uniqueCount="85">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>nach Monat</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Männer</t>
   </si>
   <si>
     <t>Frauen</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>Ausland</t>
   </si>
   <si>
@@ -1859,50 +1970,56 @@
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.7.2025)</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  SECO-Berechnung inkl. diplomatisches Personal sowie Offizielle in internationaler Funktion gemäss Strukturerhebung, Pooling der Jahre 2021 bis 2023</t>
     </r>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+  </si>
+  <si>
+    <t>Arbeitslose, Stellensuchende sowie Arbeitslosenquote nach Monat 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2312,211 +2429,211 @@
     <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
     <cellStyle name="Standard 3" xfId="4" xr:uid="{3ED70864-447D-40FF-A041-C1AB19F9ABF1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing15.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing26.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing26.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing27.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing28.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing29.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing30.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing30.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing31.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing32.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing32.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing33.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing35.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing35.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing36.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing36.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing37.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing16.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing37.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing38.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing39.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing40.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing40.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing41.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing41.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing42.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing42.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing43.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing44.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing45.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing45.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing46.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing46.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing47.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing47.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing48.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing49.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing50.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing17.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing50.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing51.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing51.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing52.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing52.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing53.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing54.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing55.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing55.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing56.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing56.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing57.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing57.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing58.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing59.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing60.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing60.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing61.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing61.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing62.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing17.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing18.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing62.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing63.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing20.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing21.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing21.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing22.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing23.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing24.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing25.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="de-DE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
@@ -19332,102 +19449,106 @@
     <c:headerFooter alignWithMargins="0"/>
     <c:pageMargins b="0.984251969" l="0.78740157499999996" r="0.78740157499999996" t="0.984251969" header="0.4921259845" footer="0.4921259845"/>
     <c:pageSetup paperSize="9" orientation="landscape" horizontalDpi="1200" verticalDpi="1200"/>
   </c:printSettings>
   <c:userShapes r:id="rId1"/>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart12.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart13.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart16.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart17.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart20.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart21.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart24.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart25.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart28.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart29.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart32.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart35.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart33.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart36.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/drawings/_rels/drawing59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart39.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart37.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart40.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing10.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
@@ -19479,51 +19600,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing9.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF993E97-C61E-46F8-96CA-9A9C73F4895D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBA3C99B-0FB4-4B20-9371-57DFD4724928}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -19535,87 +19656,143 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>313066</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA25F56E-9E40-411C-9FD0-78B3EB43718C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>313066</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36DD0CE2-750C-4F40-8CBE-C1A83CB5577D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>313066</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Grafik 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B2D18FF-B079-4F53-B1D3-921C0907F2E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -19627,51 +19804,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>313066</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C14C2BE-0A22-472A-A291-15AE9B8DAE57}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -19683,51 +19860,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{541B9A79-DC21-4805-B062-1B3D0ECC0828}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -19891,51 +20068,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02527</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.41628</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="12289" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -19976,51 +20153,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01715</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45969</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="13313" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20061,51 +20238,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01403</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.41336</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="14337" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="62573" y="74093"/>
           <a:ext cx="1650168" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20146,51 +20323,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01618</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.1926</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="15361" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20231,51 +20408,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C91146A-641B-4C3C-8793-03E631B9DDEA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -20439,51 +20616,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF993E97-C61E-46F8-96CA-9A9C73F4895D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02527</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.41628</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="12289" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20524,107 +20757,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01715</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45969</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="13313" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20665,51 +20842,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01403</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.41336</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="14337" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="62573" y="74093"/>
           <a:ext cx="1650168" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20750,51 +20927,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01618</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.1926</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="15361" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -20835,51 +21012,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1959ABE-7442-4D2B-AD8D-8312C997AE7B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -21043,51 +21220,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="12289" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21128,51 +21305,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="13313" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21213,51 +21390,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01478</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="14337" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="62573" y="74093"/>
           <a:ext cx="1650168" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21298,51 +21475,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing28.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="15361" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21383,51 +21560,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing29.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E7851C-D70E-42BA-99DD-C3DE3DC4792E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -21591,51 +21768,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6228D2EC-1D52-4055-90D9-D51AE1FC2D75}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing30.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="17409" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21676,107 +21909,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing31.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="18433" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21817,51 +21994,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing32.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01599</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43357</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="19457" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="64535" y="74093"/>
           <a:ext cx="1658998" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21902,51 +22079,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing33.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="20481" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -21987,51 +22164,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing34.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47652BC7-92B6-4169-B3B1-722DD0A843A0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -22195,51 +22372,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing35.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="22529" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22280,51 +22457,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing36.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="23553" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22365,51 +22542,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing37.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01599</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43357</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="24577" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="64535" y="74093"/>
           <a:ext cx="1658998" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22450,51 +22627,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing38.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="25601" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22535,51 +22712,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing39.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F2686E-689B-42D4-9918-161CA74E4E1E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -22743,51 +22920,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02E951EA-3A77-43E6-B934-E29FB591F86B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing40.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="27649" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22828,107 +23061,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing41.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="28673" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -22969,51 +23146,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing42.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01502</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="29697" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="63554" y="74093"/>
           <a:ext cx="1649187" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23054,51 +23231,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing43.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="30721" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23139,51 +23316,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing44.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4668C3AD-813B-4522-BD9D-476375D47BEB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -23347,51 +23524,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing45.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="32769" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23432,51 +23609,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing46.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="33793" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23517,51 +23694,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing46.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing47.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01502</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="34817" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="63554" y="74093"/>
           <a:ext cx="1649187" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23602,51 +23779,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing47.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing48.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="35841" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23687,51 +23864,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing48.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing49.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D579D702-031A-43D0-A9B6-BAE0B32E71AB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -23895,51 +24072,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing49.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2D179EA-1227-4FF5-956E-379E5FA56CCC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing50.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="37889" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -23980,107 +24213,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing50.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing51.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="38913" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24121,51 +24298,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing52.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01502</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="39937" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="63554" y="74093"/>
           <a:ext cx="1649187" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24206,51 +24383,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing52.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing53.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="40961" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24291,51 +24468,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing53.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing54.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7CA81CC-FAF4-4926-A2F4-CE0500F071A9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -24499,51 +24676,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing54.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing55.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="43009" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24584,51 +24761,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing55.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing56.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="44033" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24669,51 +24846,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing56.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing57.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01502</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="45057" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="63554" y="74093"/>
           <a:ext cx="1649187" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24754,51 +24931,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing57.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing58.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="46081" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -24839,51 +25016,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Arbeitslosenquote</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing58.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing59.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Diagramm 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A49B7B0F-E733-4571-B1B0-CC35A17B5BA3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
@@ -25047,51 +25224,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing59.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2B77CA9-BE5D-46B0-8337-3462B9B7C99E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing60.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.02233</cdr:x>
       <cdr:y>0.09626</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.40208</cdr:x>
       <cdr:y>0.20633</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="43009" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="104759" y="73774"/>
           <a:ext cx="1535383" cy="80729"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -25132,107 +25365,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing60.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing61.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01985</cdr:x>
       <cdr:y>0.1104</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.45337</cdr:x>
       <cdr:y>0.23896</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="44033" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="100406" y="84145"/>
           <a:ext cx="1864367" cy="94290"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -25273,51 +25450,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="l" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Stellensuchende</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing61.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing62.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01502</cdr:x>
       <cdr:y>0.09669</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.43088</cdr:x>
       <cdr:y>0.19393</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="45057" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="63554" y="74093"/>
           <a:ext cx="1649187" cy="71316"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -25358,51 +25535,51 @@
       <cdr:txBody>
         <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="18288" tIns="18288" rIns="18288" bIns="18288" anchor="ctr" upright="1"/>
         <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:pPr algn="ctr" rtl="0">
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="de-CH" sz="175" b="0" i="0" u="none" strike="noStrike" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>Anzahl Arbeitslose nach Geschlecht</a:t>
           </a:r>
           <a:endParaRPr lang="de-CH"/>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
-<file path=xl/drawings/drawing62.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing63.xml><?xml version="1.0" encoding="utf-8"?>
 <c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
   <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
     <cdr:from>
       <cdr:x>0.01961</cdr:x>
       <cdr:y>0.12867</cdr:y>
     </cdr:from>
     <cdr:to>
       <cdr:x>0.19725</cdr:x>
       <cdr:y>0.24549</cdr:y>
     </cdr:to>
     <cdr:sp macro="" textlink="">
       <cdr:nvSpPr>
         <cdr:cNvPr id="46081" name="Text Box 1"/>
         <cdr:cNvSpPr txBox="1">
           <a:spLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeArrowheads="1"/>
         </cdr:cNvSpPr>
       </cdr:nvSpPr>
       <cdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="89981" y="97546"/>
           <a:ext cx="772280" cy="85675"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
@@ -25463,107 +25640,107 @@
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAB7DEFF-F827-4CF8-944F-34AB0EC344DD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{065E6DC6-9711-488C-A70D-A80D4CCDEE54}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>313066</xdr:colOff>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>217816</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Grafik 3">
+        <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65FB1C91-57DE-4885-BB04-3BC2AA42B649}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAB7DEFF-F827-4CF8-944F-34AB0EC344DD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -25575,51 +25752,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>313066</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA25F56E-9E40-411C-9FD0-78B3EB43718C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65FB1C91-57DE-4885-BB04-3BC2AA42B649}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -25877,158 +26054,162 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing43.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing44.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing49.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing14.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing54.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing14.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing59.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18118638-3A89-41C9-9B09-1FFD9700AA1A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0877B9C9-E9D9-49F3-B6CF-87CA794FE62C}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:21" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.2">
       <c r="U5" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -26053,51 +26234,51 @@
       <c r="K6" s="91"/>
       <c r="L6" s="91"/>
       <c r="M6" s="91"/>
       <c r="N6" s="91"/>
       <c r="O6" s="91"/>
       <c r="P6" s="91"/>
       <c r="Q6" s="91"/>
       <c r="R6" s="91"/>
       <c r="S6" s="91"/>
       <c r="T6" s="91"/>
       <c r="U6" s="91"/>
     </row>
     <row r="7" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10"/>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="10"/>
       <c r="F7" s="10" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="23">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I7" s="23"/>
       <c r="J7" s="37" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="37" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="37" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="90" t="s">
         <v>21</v>
       </c>
       <c r="N7" s="90" t="s">
         <v>1</v>
       </c>
       <c r="O7" s="90" t="s">
         <v>22</v>
       </c>
       <c r="P7" s="90" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="90" t="s">
         <v>24</v>
@@ -26149,1251 +26330,954 @@
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
       <c r="U9" s="15"/>
     </row>
     <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14"/>
       <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="33">
         <f>AVERAGE(J10:U10)</f>
-        <v>1369.8333333333333</v>
+        <v>1496</v>
       </c>
       <c r="I10" s="18"/>
       <c r="J10" s="15">
-        <v>1519</v>
-[...33 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="K10" s="15"/>
+      <c r="L10" s="15"/>
+      <c r="M10" s="15"/>
+      <c r="N10" s="15"/>
+      <c r="O10" s="15"/>
+      <c r="P10" s="15"/>
+      <c r="Q10" s="15"/>
+      <c r="R10" s="15"/>
+      <c r="S10" s="15"/>
+      <c r="T10" s="15"/>
+      <c r="U10" s="15"/>
     </row>
     <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14"/>
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="33">
         <f>AVERAGE(J11:U11)</f>
-        <v>417.66666666666669</v>
+        <v>467</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="15">
-        <v>483</v>
-[...33 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="K11" s="15"/>
+      <c r="L11" s="15"/>
+      <c r="M11" s="15"/>
+      <c r="N11" s="15"/>
+      <c r="O11" s="15"/>
+      <c r="P11" s="15"/>
+      <c r="Q11" s="15"/>
+      <c r="R11" s="15"/>
+      <c r="S11" s="15"/>
+      <c r="T11" s="15"/>
+      <c r="U11" s="15"/>
     </row>
     <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="20"/>
       <c r="F12" s="20"/>
       <c r="H12" s="33"/>
       <c r="I12" s="18"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15"/>
       <c r="L12" s="15"/>
       <c r="M12" s="15"/>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="15"/>
       <c r="T12" s="15"/>
       <c r="U12" s="15"/>
     </row>
     <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14"/>
       <c r="B13" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="33">
         <f>AVERAGE(J13:U13)</f>
-        <v>1038.9166666666667</v>
+        <v>1127</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="15">
-        <v>1185</v>
-[...33 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="K13" s="15"/>
+      <c r="L13" s="15"/>
+      <c r="M13" s="15"/>
+      <c r="N13" s="15"/>
+      <c r="O13" s="15"/>
+      <c r="P13" s="15"/>
+      <c r="Q13" s="15"/>
+      <c r="R13" s="15"/>
+      <c r="S13" s="15"/>
+      <c r="T13" s="15"/>
+      <c r="U13" s="15"/>
     </row>
     <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14"/>
       <c r="B14" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="33">
         <f>AVERAGE(J14:U14)</f>
-        <v>748.58333333333337</v>
+        <v>836</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="15">
-        <v>817</v>
-[...33 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="K14" s="15"/>
+      <c r="L14" s="15"/>
+      <c r="M14" s="15"/>
+      <c r="N14" s="15"/>
+      <c r="O14" s="15"/>
+      <c r="P14" s="15"/>
+      <c r="Q14" s="15"/>
+      <c r="R14" s="15"/>
+      <c r="S14" s="15"/>
+      <c r="T14" s="15"/>
+      <c r="U14" s="15"/>
     </row>
     <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="20"/>
       <c r="F15" s="20"/>
       <c r="H15" s="33"/>
       <c r="I15" s="18"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
     </row>
     <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14"/>
       <c r="B16" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="33">
         <f>AVERAGE(J16:U16)</f>
-        <v>933.25</v>
+        <v>1017</v>
       </c>
       <c r="I16" s="18"/>
       <c r="J16" s="15">
-        <f t="shared" ref="J16:U16" si="0">SUM(J17:J18)</f>
-[...45 lines deleted...]
-      </c>
+        <f>SUM(J17:J18)</f>
+        <v>1017</v>
+      </c>
+      <c r="K16" s="15"/>
+      <c r="L16" s="15"/>
+      <c r="M16" s="15"/>
+      <c r="N16" s="15"/>
+      <c r="O16" s="15"/>
+      <c r="P16" s="15"/>
+      <c r="Q16" s="15"/>
+      <c r="R16" s="15"/>
+      <c r="S16" s="15"/>
+      <c r="T16" s="15"/>
+      <c r="U16" s="15"/>
     </row>
     <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14"/>
       <c r="B17" s="14"/>
       <c r="C17" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="33">
-        <f t="shared" ref="H17:H22" si="1">AVERAGE(J17:U17)</f>
-        <v>513</v>
+        <f t="shared" ref="H17:H22" si="0">AVERAGE(J17:U17)</f>
+        <v>557</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="15">
-        <v>573</v>
-[...33 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="K17" s="15"/>
+      <c r="L17" s="15"/>
+      <c r="M17" s="15"/>
+      <c r="N17" s="15"/>
+      <c r="O17" s="15"/>
+      <c r="P17" s="15"/>
+      <c r="Q17" s="15"/>
+      <c r="R17" s="15"/>
+      <c r="S17" s="15"/>
+      <c r="T17" s="15"/>
+      <c r="U17" s="15"/>
     </row>
     <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="33">
-        <f t="shared" si="1"/>
-        <v>420.25</v>
+        <f t="shared" si="0"/>
+        <v>460</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="15">
-        <v>470</v>
-[...33 lines deleted...]
-      </c>
+        <v>460</v>
+      </c>
+      <c r="K18" s="15"/>
+      <c r="L18" s="15"/>
+      <c r="M18" s="15"/>
+      <c r="N18" s="15"/>
+      <c r="O18" s="15"/>
+      <c r="P18" s="15"/>
+      <c r="Q18" s="15"/>
+      <c r="R18" s="15"/>
+      <c r="S18" s="15"/>
+      <c r="T18" s="15"/>
+      <c r="U18" s="15"/>
     </row>
     <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14"/>
       <c r="B19" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="33">
-        <f t="shared" si="1"/>
-        <v>854.25</v>
+        <f t="shared" si="0"/>
+        <v>946</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="15">
-        <f t="shared" ref="J19:U19" si="2">SUM(J20:J21)</f>
-[...45 lines deleted...]
-      </c>
+        <f>SUM(J20:J21)</f>
+        <v>946</v>
+      </c>
+      <c r="K19" s="15"/>
+      <c r="L19" s="15"/>
+      <c r="M19" s="15"/>
+      <c r="N19" s="15"/>
+      <c r="O19" s="15"/>
+      <c r="P19" s="15"/>
+      <c r="Q19" s="15"/>
+      <c r="R19" s="15"/>
+      <c r="S19" s="15"/>
+      <c r="T19" s="15"/>
+      <c r="U19" s="15"/>
     </row>
     <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14"/>
       <c r="B20" s="14"/>
       <c r="C20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="33">
-        <f t="shared" si="1"/>
-        <v>525.91666666666663</v>
+        <f t="shared" si="0"/>
+        <v>570</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="15">
-        <v>612</v>
-[...33 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="K20" s="15"/>
+      <c r="L20" s="15"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="15"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15"/>
+      <c r="R20" s="15"/>
+      <c r="S20" s="15"/>
+      <c r="T20" s="15"/>
+      <c r="U20" s="15"/>
     </row>
     <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="20" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="33">
-        <f t="shared" si="1"/>
-        <v>328.33333333333331</v>
+        <f t="shared" si="0"/>
+        <v>376</v>
       </c>
       <c r="I21" s="18"/>
       <c r="J21" s="15">
-        <v>347</v>
-[...33 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="K21" s="15"/>
+      <c r="L21" s="15"/>
+      <c r="M21" s="15"/>
+      <c r="N21" s="15"/>
+      <c r="O21" s="15"/>
+      <c r="P21" s="15"/>
+      <c r="Q21" s="15"/>
+      <c r="R21" s="15"/>
+      <c r="S21" s="15"/>
+      <c r="T21" s="15"/>
+      <c r="U21" s="15"/>
     </row>
     <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="27"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="27"/>
       <c r="H22" s="34">
-        <f t="shared" si="1"/>
-        <v>1787.5</v>
+        <f t="shared" si="0"/>
+        <v>1963</v>
       </c>
       <c r="I22" s="19"/>
       <c r="J22" s="17">
-        <f t="shared" ref="J22:U22" si="3">J13+J14</f>
-[...45 lines deleted...]
-      </c>
+        <f>SUM(J10:J11)</f>
+        <v>1963</v>
+      </c>
+      <c r="K22" s="17"/>
+      <c r="L22" s="17"/>
+      <c r="M22" s="17"/>
+      <c r="N22" s="17"/>
+      <c r="O22" s="17"/>
+      <c r="P22" s="17"/>
+      <c r="Q22" s="17"/>
+      <c r="R22" s="17"/>
+      <c r="S22" s="17"/>
+      <c r="T22" s="17"/>
+      <c r="U22" s="17"/>
     </row>
     <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="21"/>
       <c r="C23" s="21"/>
       <c r="D23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="21"/>
       <c r="F23" s="31" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="21"/>
       <c r="H23" s="34">
         <f>AVERAGE(J23:U23)</f>
-        <v>3341.9166666666665</v>
+        <v>3649</v>
       </c>
       <c r="I23" s="19"/>
       <c r="J23" s="17">
-        <v>3379</v>
-[...33 lines deleted...]
-      </c>
+        <v>3649</v>
+      </c>
+      <c r="K23" s="17"/>
+      <c r="L23" s="17"/>
+      <c r="M23" s="17"/>
+      <c r="N23" s="17"/>
+      <c r="O23" s="17"/>
+      <c r="P23" s="17"/>
+      <c r="Q23" s="17"/>
+      <c r="R23" s="17"/>
+      <c r="S23" s="17"/>
+      <c r="T23" s="17"/>
+      <c r="U23" s="17"/>
     </row>
     <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="25" t="s">
         <v>29</v>
       </c>
       <c r="D24" s="24"/>
       <c r="H24" s="32"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="24"/>
       <c r="R24" s="24"/>
       <c r="S24" s="24"/>
       <c r="T24" s="24"/>
       <c r="U24" s="24"/>
     </row>
     <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="14"/>
       <c r="D25" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="15">
         <v>58627.999831000001</v>
       </c>
       <c r="H25" s="35">
-        <f t="shared" ref="H25:H30" si="4">IF(H16="","",100*H16/$F25)</f>
-        <v>1.5918162016274977</v>
+        <f t="shared" ref="H25:H30" si="1">IF(H16="","",100*H16/$F25)</f>
+        <v>1.7346660348836487</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="18">
-        <f t="shared" ref="J25:U31" si="5">IF(J16="","",100*J16/$F25)</f>
-[...44 lines deleted...]
-        <v>1.6579109005967616</v>
+        <f t="shared" ref="J25:U31" si="2">IF(J16="","",100*J16/$F25)</f>
+        <v>1.7346660348836487</v>
+      </c>
+      <c r="K25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U25" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14"/>
       <c r="B26" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="15">
         <v>29009.572301</v>
       </c>
       <c r="H26" s="35">
-        <f t="shared" si="4"/>
-        <v>1.7683818109318219</v>
+        <f t="shared" si="1"/>
+        <v>1.920055884384064</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="18">
-        <f t="shared" si="5"/>
-[...44 lines deleted...]
-        <v>1.82353601945991</v>
+        <f t="shared" si="2"/>
+        <v>1.920055884384064</v>
+      </c>
+      <c r="K26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U26" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14"/>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="20" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15">
         <v>29618.427530000001</v>
       </c>
       <c r="H27" s="35">
-        <f t="shared" si="4"/>
-        <v>1.41888018725618</v>
+        <f t="shared" si="1"/>
+        <v>1.5530871770085493</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="18">
-        <f t="shared" si="5"/>
-[...44 lines deleted...]
-        <v>1.4956904769886681</v>
+        <f t="shared" si="2"/>
+        <v>1.5530871770085493</v>
+      </c>
+      <c r="K27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U27" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F28" s="15">
         <v>20582.257580000001</v>
       </c>
       <c r="H28" s="35">
-        <f t="shared" si="4"/>
-        <v>4.1504193438434269</v>
+        <f t="shared" si="1"/>
+        <v>4.5961916292372038</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="18">
-        <f t="shared" si="5"/>
-[...10 lines deleted...]
-      <c r="M28" s="18">
+        <f t="shared" si="2"/>
+        <v>4.5961916292372038</v>
+      </c>
+      <c r="K28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M28" s="18" t="str">
         <f>IF(M19="","",100*M19/$F28)</f>
-        <v>4.2755270969648409</v>
-[...1 lines deleted...]
-      <c r="N28" s="18">
+        <v/>
+      </c>
+      <c r="N28" s="18" t="str">
         <f>IF(N19="","",100*N19/$F28)</f>
-        <v>3.9840138858081473</v>
-[...27 lines deleted...]
-        <v>4.3581225067925713</v>
+        <v/>
+      </c>
+      <c r="O28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U28" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14"/>
       <c r="B29" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="14"/>
       <c r="D29" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F29" s="15">
         <v>11325.205367</v>
       </c>
       <c r="H29" s="35">
-        <f t="shared" si="4"/>
-        <v>4.6437715663780477</v>
+        <f t="shared" si="1"/>
+        <v>5.0330213142173736</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="18">
-        <f t="shared" si="5"/>
-[...44 lines deleted...]
-        <v>4.7592955936195871</v>
+        <f t="shared" si="2"/>
+        <v>5.0330213142173736</v>
+      </c>
+      <c r="K29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U29" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14"/>
       <c r="B30" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="14"/>
       <c r="D30" s="20" t="s">
         <v>12</v>
       </c>
       <c r="F30" s="15">
         <v>9257.0522130000008</v>
       </c>
       <c r="H30" s="35">
-        <f t="shared" si="4"/>
-        <v>3.5468454296092591</v>
+        <f t="shared" si="1"/>
+        <v>4.0617681671058321</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="18">
-        <f t="shared" si="5"/>
-[...44 lines deleted...]
-        <v>3.8673218186805527</v>
+        <f t="shared" si="2"/>
+        <v>4.0617681671058321</v>
+      </c>
+      <c r="K30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U30" s="18" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="27"/>
       <c r="C31" s="27"/>
       <c r="D31" s="28" t="s">
         <v>11</v>
       </c>
       <c r="E31" s="27"/>
       <c r="F31" s="17">
         <v>79210.257411000013</v>
       </c>
       <c r="G31" s="21"/>
       <c r="H31" s="36">
         <f>IF(H22="","",100*H22/$F31)</f>
-        <v>2.2566521791807332</v>
+        <v>2.4782143931366596</v>
       </c>
       <c r="I31" s="17"/>
       <c r="J31" s="19">
-        <f t="shared" si="5"/>
-[...44 lines deleted...]
-        <v>2.3595428939237988</v>
+        <f t="shared" si="2"/>
+        <v>2.4782143931366596</v>
+      </c>
+      <c r="K31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="L31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="M31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="N31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="O31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="P31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="Q31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="R31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="S31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="T31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="U31" s="19" t="str">
+        <f t="shared" si="2"/>
+        <v/>
       </c>
     </row>
     <row r="32" spans="1:21" s="16" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="87"/>
       <c r="B32" s="88"/>
       <c r="C32" s="88"/>
       <c r="D32" s="88"/>
       <c r="E32" s="88"/>
       <c r="F32" s="88"/>
       <c r="G32" s="88"/>
       <c r="H32" s="88"/>
       <c r="I32" s="88"/>
       <c r="J32" s="88"/>
       <c r="K32" s="88"/>
       <c r="L32" s="88"/>
       <c r="M32" s="88"/>
       <c r="N32" s="88"/>
       <c r="O32" s="88"/>
       <c r="P32" s="88"/>
       <c r="Q32" s="88"/>
       <c r="R32" s="88"/>
       <c r="S32" s="88"/>
       <c r="T32" s="88"/>
       <c r="U32" s="89" t="s">
         <v>0</v>
@@ -27479,75 +27363,522 @@
         <v>30</v>
       </c>
       <c r="B36" s="95"/>
       <c r="C36" s="95"/>
       <c r="D36" s="95"/>
       <c r="E36" s="95"/>
       <c r="F36" s="95"/>
       <c r="G36" s="95"/>
       <c r="H36" s="95"/>
       <c r="I36" s="95"/>
       <c r="J36" s="95"/>
       <c r="K36" s="95"/>
       <c r="L36" s="95"/>
       <c r="M36" s="95"/>
       <c r="N36" s="95"/>
       <c r="O36" s="95"/>
       <c r="P36" s="95"/>
       <c r="Q36" s="95"/>
       <c r="R36" s="95"/>
       <c r="S36" s="95"/>
       <c r="T36" s="95"/>
       <c r="U36" s="95"/>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.2">
       <c r="U37" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C0FD407-B89E-45A6-8B56-D1DD5AF5635C}">
+  <dimension ref="A1:O17"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="1.7109375" style="38" customWidth="1"/>
+    <col min="2" max="2" width="5.28515625" style="38" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="38" customWidth="1"/>
+    <col min="4" max="15" width="8.7109375" style="38" customWidth="1"/>
+    <col min="16" max="16384" width="11.42578125" style="38"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="74" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="76" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O5" s="49" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="48" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="83"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="84" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" s="84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" s="84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="47"/>
+      <c r="D7" s="46">
+        <f t="shared" ref="D7:O7" si="0">SUM(D8:D9)</f>
+        <v>2853</v>
+      </c>
+      <c r="E7" s="46">
+        <f t="shared" si="0"/>
+        <v>2819</v>
+      </c>
+      <c r="F7" s="46">
+        <f t="shared" si="0"/>
+        <v>2700</v>
+      </c>
+      <c r="G7" s="46">
+        <f t="shared" si="0"/>
+        <v>2624</v>
+      </c>
+      <c r="H7" s="46">
+        <f t="shared" si="0"/>
+        <v>2534</v>
+      </c>
+      <c r="I7" s="46">
+        <f t="shared" si="0"/>
+        <v>2491</v>
+      </c>
+      <c r="J7" s="46">
+        <f t="shared" si="0"/>
+        <v>2494</v>
+      </c>
+      <c r="K7" s="46">
+        <f t="shared" si="0"/>
+        <v>2548</v>
+      </c>
+      <c r="L7" s="46">
+        <f t="shared" si="0"/>
+        <v>2528</v>
+      </c>
+      <c r="M7" s="46">
+        <f t="shared" si="0"/>
+        <v>2462</v>
+      </c>
+      <c r="N7" s="46">
+        <f t="shared" si="0"/>
+        <v>2408</v>
+      </c>
+      <c r="O7" s="46">
+        <f t="shared" si="0"/>
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="47" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="46">
+        <v>1194</v>
+      </c>
+      <c r="E8" s="46">
+        <v>1209</v>
+      </c>
+      <c r="F8" s="46">
+        <v>1194</v>
+      </c>
+      <c r="G8" s="46">
+        <v>1181</v>
+      </c>
+      <c r="H8" s="46">
+        <v>1180</v>
+      </c>
+      <c r="I8" s="46">
+        <v>1154</v>
+      </c>
+      <c r="J8" s="46">
+        <v>1181</v>
+      </c>
+      <c r="K8" s="46">
+        <v>1200</v>
+      </c>
+      <c r="L8" s="46">
+        <v>1196</v>
+      </c>
+      <c r="M8" s="46">
+        <v>1145</v>
+      </c>
+      <c r="N8" s="46">
+        <v>1059</v>
+      </c>
+      <c r="O8" s="46">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="47"/>
+      <c r="C9" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="46">
+        <v>1659</v>
+      </c>
+      <c r="E9" s="46">
+        <v>1610</v>
+      </c>
+      <c r="F9" s="46">
+        <v>1506</v>
+      </c>
+      <c r="G9" s="46">
+        <v>1443</v>
+      </c>
+      <c r="H9" s="46">
+        <v>1354</v>
+      </c>
+      <c r="I9" s="46">
+        <v>1337</v>
+      </c>
+      <c r="J9" s="46">
+        <v>1313</v>
+      </c>
+      <c r="K9" s="46">
+        <v>1348</v>
+      </c>
+      <c r="L9" s="46">
+        <v>1332</v>
+      </c>
+      <c r="M9" s="46">
+        <v>1317</v>
+      </c>
+      <c r="N9" s="46">
+        <v>1349</v>
+      </c>
+      <c r="O9" s="46">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="47"/>
+      <c r="D10" s="46">
+        <v>2221</v>
+      </c>
+      <c r="E10" s="46">
+        <v>2196</v>
+      </c>
+      <c r="F10" s="46">
+        <v>2089</v>
+      </c>
+      <c r="G10" s="46">
+        <v>2004</v>
+      </c>
+      <c r="H10" s="46">
+        <v>1930</v>
+      </c>
+      <c r="I10" s="46">
+        <v>1880</v>
+      </c>
+      <c r="J10" s="46">
+        <v>1854</v>
+      </c>
+      <c r="K10" s="46">
+        <v>1895</v>
+      </c>
+      <c r="L10" s="46">
+        <v>1869</v>
+      </c>
+      <c r="M10" s="46">
+        <v>1810</v>
+      </c>
+      <c r="N10" s="46">
+        <v>1804</v>
+      </c>
+      <c r="O10" s="46">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="47"/>
+      <c r="D11" s="46">
+        <v>632</v>
+      </c>
+      <c r="E11" s="46">
+        <v>623</v>
+      </c>
+      <c r="F11" s="46">
+        <v>611</v>
+      </c>
+      <c r="G11" s="46">
+        <v>620</v>
+      </c>
+      <c r="H11" s="46">
+        <v>604</v>
+      </c>
+      <c r="I11" s="46">
+        <v>611</v>
+      </c>
+      <c r="J11" s="46">
+        <v>640</v>
+      </c>
+      <c r="K11" s="46">
+        <v>653</v>
+      </c>
+      <c r="L11" s="46">
+        <v>659</v>
+      </c>
+      <c r="M11" s="46">
+        <v>652</v>
+      </c>
+      <c r="N11" s="46">
+        <v>604</v>
+      </c>
+      <c r="O11" s="46">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="47"/>
+      <c r="D12" s="46">
+        <v>3596</v>
+      </c>
+      <c r="E12" s="46">
+        <v>3556</v>
+      </c>
+      <c r="F12" s="46">
+        <v>3471</v>
+      </c>
+      <c r="G12" s="46">
+        <v>3359</v>
+      </c>
+      <c r="H12" s="46">
+        <v>3297</v>
+      </c>
+      <c r="I12" s="46">
+        <v>3286</v>
+      </c>
+      <c r="J12" s="46">
+        <v>3283</v>
+      </c>
+      <c r="K12" s="46">
+        <v>3272</v>
+      </c>
+      <c r="L12" s="46">
+        <v>3242</v>
+      </c>
+      <c r="M12" s="46">
+        <v>3285</v>
+      </c>
+      <c r="N12" s="46">
+        <v>3332</v>
+      </c>
+      <c r="O12" s="46">
+        <v>3516</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="45"/>
+      <c r="C13" s="42"/>
+      <c r="D13" s="44">
+        <v>3.6</v>
+      </c>
+      <c r="E13" s="42">
+        <v>3.6</v>
+      </c>
+      <c r="F13" s="43">
+        <v>3.4</v>
+      </c>
+      <c r="G13" s="42">
+        <v>3.3</v>
+      </c>
+      <c r="H13" s="42">
+        <v>3.2</v>
+      </c>
+      <c r="I13" s="42">
+        <v>3.2</v>
+      </c>
+      <c r="J13" s="42">
+        <v>3.2</v>
+      </c>
+      <c r="K13" s="43">
+        <v>3.2</v>
+      </c>
+      <c r="L13" s="42">
+        <v>3.2</v>
+      </c>
+      <c r="M13" s="42">
+        <v>3.1</v>
+      </c>
+      <c r="N13" s="42">
+        <v>3.1</v>
+      </c>
+      <c r="O13" s="42">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O14" s="41" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="40">
+        <v>1</v>
+      </c>
+      <c r="B15" s="96" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="97"/>
+      <c r="D15" s="97"/>
+      <c r="E15" s="97"/>
+      <c r="F15" s="97"/>
+      <c r="G15" s="97"/>
+      <c r="H15" s="97"/>
+      <c r="I15" s="97"/>
+      <c r="J15" s="97"/>
+      <c r="K15" s="97"/>
+      <c r="L15" s="97"/>
+      <c r="M15" s="97"/>
+      <c r="N15" s="97"/>
+      <c r="O15" s="97"/>
+    </row>
+    <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="97"/>
+      <c r="C16" s="97"/>
+      <c r="D16" s="97"/>
+      <c r="E16" s="97"/>
+      <c r="F16" s="97"/>
+      <c r="G16" s="97"/>
+      <c r="H16" s="97"/>
+      <c r="I16" s="97"/>
+      <c r="J16" s="97"/>
+      <c r="K16" s="97"/>
+      <c r="L16" s="97"/>
+      <c r="M16" s="97"/>
+      <c r="N16" s="97"/>
+      <c r="O16" s="97"/>
+    </row>
+    <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O17" s="39" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B15:O16"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="D7:O7" formulaRange="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4285432-27EF-4344-A91C-5197C104D2EE}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="38" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="38" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="38" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="38" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="38"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="74" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="76" t="s">
         <v>3</v>
       </c>
@@ -27950,51 +28281,51 @@
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD12D487-9DCC-4126-98DC-0045D919102F}">
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="50" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="50" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="50" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="50" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>50</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -28443,51 +28774,51 @@
     <row r="29" spans="4:15" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" spans="4:15" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="4:15" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" spans="4:15" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" s="51" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51C11310-293F-4E14-8EC8-48CF1E3EDEC4}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="50" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="50" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="50" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="50" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>51</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -28930,51 +29261,51 @@
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{060739E1-DDB9-4245-8DCC-F5C67CADDB64}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>53</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -29404,51 +29735,51 @@
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" s="50" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FAE12A20-39AA-4231-A263-692BD41E89E5}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>54</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -29886,51 +30217,51 @@
       <c r="L17" s="64"/>
       <c r="M17" s="64"/>
       <c r="N17" s="64"/>
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FBFC1563-9F1D-4580-AD37-FB581EB224B7}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>55</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -30354,51 +30685,51 @@
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D460E49-D04A-4BF1-A408-97F780837999}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>56</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -30823,51 +31154,51 @@
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0945089B-D70C-4B46-BC26-A9854E6C35D1}">
   <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>58</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -31260,51 +31591,51 @@
       <c r="B15" s="70" t="s">
         <v>57</v>
       </c>
       <c r="O15" s="69"/>
     </row>
     <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O16" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{342578E8-AFBF-494F-9ECE-DBA5B7A1AE81}">
   <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>59</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -31697,51 +32028,1594 @@
       <c r="B15" s="70" t="s">
         <v>57</v>
       </c>
       <c r="O15" s="69"/>
     </row>
     <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O16" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18118638-3A89-41C9-9B09-1FFD9700AA1A}">
+  <dimension ref="A1:U37"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
+    <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
+    <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
+    <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
+    <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
+    <col min="22" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+    </row>
+    <row r="4" spans="1:21" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="U5" s="11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="8"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="8"/>
+      <c r="D6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="8"/>
+      <c r="H6" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" s="29"/>
+      <c r="J6" s="91" t="s">
+        <v>2</v>
+      </c>
+      <c r="K6" s="91"/>
+      <c r="L6" s="91"/>
+      <c r="M6" s="91"/>
+      <c r="N6" s="91"/>
+      <c r="O6" s="91"/>
+      <c r="P6" s="91"/>
+      <c r="Q6" s="91"/>
+      <c r="R6" s="91"/>
+      <c r="S6" s="91"/>
+      <c r="T6" s="91"/>
+      <c r="U6" s="91"/>
+    </row>
+    <row r="7" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="10"/>
+      <c r="F7" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="10"/>
+      <c r="H7" s="23">
+        <v>2025</v>
+      </c>
+      <c r="I7" s="23"/>
+      <c r="J7" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="L7" s="37" t="s">
+        <v>20</v>
+      </c>
+      <c r="M7" s="90" t="s">
+        <v>21</v>
+      </c>
+      <c r="N7" s="90" t="s">
+        <v>1</v>
+      </c>
+      <c r="O7" s="90" t="s">
+        <v>22</v>
+      </c>
+      <c r="P7" s="90" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q7" s="90" t="s">
+        <v>24</v>
+      </c>
+      <c r="R7" s="90" t="s">
+        <v>25</v>
+      </c>
+      <c r="S7" s="90" t="s">
+        <v>26</v>
+      </c>
+      <c r="T7" s="90" t="s">
+        <v>27</v>
+      </c>
+      <c r="U7" s="90" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="25" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="24"/>
+      <c r="H8" s="32"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="24"/>
+      <c r="L8" s="24"/>
+      <c r="M8" s="24"/>
+      <c r="N8" s="24"/>
+      <c r="O8" s="24"/>
+      <c r="P8" s="24"/>
+      <c r="Q8" s="24"/>
+      <c r="R8" s="24"/>
+      <c r="S8" s="24"/>
+      <c r="T8" s="24"/>
+      <c r="U8" s="24"/>
+    </row>
+    <row r="9" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="H9" s="33"/>
+      <c r="I9" s="18"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="15"/>
+      <c r="L9" s="15"/>
+      <c r="M9" s="15"/>
+      <c r="N9" s="15"/>
+      <c r="O9" s="15"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="15"/>
+      <c r="R9" s="15"/>
+      <c r="S9" s="15"/>
+      <c r="T9" s="15"/>
+      <c r="U9" s="15"/>
+    </row>
+    <row r="10" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="14"/>
+      <c r="B10" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="14"/>
+      <c r="D10" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="33">
+        <f>AVERAGE(J10:U10)</f>
+        <v>1369.8333333333333</v>
+      </c>
+      <c r="I10" s="18"/>
+      <c r="J10" s="15">
+        <v>1519</v>
+      </c>
+      <c r="K10" s="15">
+        <v>1487</v>
+      </c>
+      <c r="L10" s="15">
+        <v>1456</v>
+      </c>
+      <c r="M10" s="15">
+        <v>1392</v>
+      </c>
+      <c r="N10" s="15">
+        <v>1320</v>
+      </c>
+      <c r="O10" s="15">
+        <v>1276</v>
+      </c>
+      <c r="P10" s="15">
+        <v>1258</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>1299</v>
+      </c>
+      <c r="R10" s="15">
+        <v>1317</v>
+      </c>
+      <c r="S10" s="15">
+        <v>1327</v>
+      </c>
+      <c r="T10" s="15">
+        <v>1347</v>
+      </c>
+      <c r="U10" s="15">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="14"/>
+      <c r="B11" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="14"/>
+      <c r="D11" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="33">
+        <f>AVERAGE(J11:U11)</f>
+        <v>417.66666666666669</v>
+      </c>
+      <c r="I11" s="18"/>
+      <c r="J11" s="15">
+        <v>483</v>
+      </c>
+      <c r="K11" s="15">
+        <v>445</v>
+      </c>
+      <c r="L11" s="15">
+        <v>430</v>
+      </c>
+      <c r="M11" s="15">
+        <v>397</v>
+      </c>
+      <c r="N11" s="15">
+        <v>381</v>
+      </c>
+      <c r="O11" s="15">
+        <v>385</v>
+      </c>
+      <c r="P11" s="15">
+        <v>381</v>
+      </c>
+      <c r="Q11" s="15">
+        <v>409</v>
+      </c>
+      <c r="R11" s="15">
+        <v>417</v>
+      </c>
+      <c r="S11" s="15">
+        <v>422</v>
+      </c>
+      <c r="T11" s="15">
+        <v>433</v>
+      </c>
+      <c r="U11" s="15">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="14"/>
+      <c r="C12" s="14"/>
+      <c r="D12" s="20"/>
+      <c r="F12" s="20"/>
+      <c r="H12" s="33"/>
+      <c r="I12" s="18"/>
+      <c r="J12" s="15"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="15"/>
+      <c r="M12" s="15"/>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+      <c r="R12" s="15"/>
+      <c r="S12" s="15"/>
+      <c r="T12" s="15"/>
+      <c r="U12" s="15"/>
+    </row>
+    <row r="13" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="14"/>
+      <c r="B13" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="14"/>
+      <c r="D13" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="33">
+        <f>AVERAGE(J13:U13)</f>
+        <v>1038.9166666666667</v>
+      </c>
+      <c r="I13" s="18"/>
+      <c r="J13" s="15">
+        <v>1185</v>
+      </c>
+      <c r="K13" s="15">
+        <v>1151</v>
+      </c>
+      <c r="L13" s="15">
+        <v>1137</v>
+      </c>
+      <c r="M13" s="15">
+        <v>1059</v>
+      </c>
+      <c r="N13" s="15">
+        <v>1005</v>
+      </c>
+      <c r="O13" s="15">
+        <v>971</v>
+      </c>
+      <c r="P13" s="15">
+        <v>951</v>
+      </c>
+      <c r="Q13" s="15">
+        <v>987</v>
+      </c>
+      <c r="R13" s="15">
+        <v>967</v>
+      </c>
+      <c r="S13" s="15">
+        <v>980</v>
+      </c>
+      <c r="T13" s="15">
+        <v>1006</v>
+      </c>
+      <c r="U13" s="15">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="14"/>
+      <c r="B14" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="33">
+        <f>AVERAGE(J14:U14)</f>
+        <v>748.58333333333337</v>
+      </c>
+      <c r="I14" s="18"/>
+      <c r="J14" s="15">
+        <v>817</v>
+      </c>
+      <c r="K14" s="15">
+        <v>781</v>
+      </c>
+      <c r="L14" s="15">
+        <v>749</v>
+      </c>
+      <c r="M14" s="15">
+        <v>730</v>
+      </c>
+      <c r="N14" s="15">
+        <v>696</v>
+      </c>
+      <c r="O14" s="15">
+        <v>690</v>
+      </c>
+      <c r="P14" s="15">
+        <v>688</v>
+      </c>
+      <c r="Q14" s="15">
+        <v>721</v>
+      </c>
+      <c r="R14" s="15">
+        <v>767</v>
+      </c>
+      <c r="S14" s="15">
+        <v>769</v>
+      </c>
+      <c r="T14" s="15">
+        <v>774</v>
+      </c>
+      <c r="U14" s="15">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="14"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="20"/>
+      <c r="F15" s="20"/>
+      <c r="H15" s="33"/>
+      <c r="I15" s="18"/>
+      <c r="J15" s="15"/>
+      <c r="K15" s="15"/>
+      <c r="L15" s="15"/>
+      <c r="M15" s="15"/>
+      <c r="N15" s="15"/>
+      <c r="O15" s="15"/>
+      <c r="P15" s="15"/>
+      <c r="Q15" s="15"/>
+      <c r="R15" s="15"/>
+      <c r="S15" s="15"/>
+      <c r="T15" s="15"/>
+      <c r="U15" s="15"/>
+    </row>
+    <row r="16" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="14"/>
+      <c r="B16" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="14"/>
+      <c r="D16" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="33">
+        <f>AVERAGE(J16:U16)</f>
+        <v>933.25</v>
+      </c>
+      <c r="I16" s="18"/>
+      <c r="J16" s="15">
+        <f t="shared" ref="J16:U16" si="0">SUM(J17:J18)</f>
+        <v>1043</v>
+      </c>
+      <c r="K16" s="15">
+        <f t="shared" si="0"/>
+        <v>993</v>
+      </c>
+      <c r="L16" s="15">
+        <f t="shared" si="0"/>
+        <v>981</v>
+      </c>
+      <c r="M16" s="15">
+        <f t="shared" si="0"/>
+        <v>909</v>
+      </c>
+      <c r="N16" s="15">
+        <f t="shared" si="0"/>
+        <v>881</v>
+      </c>
+      <c r="O16" s="15">
+        <f t="shared" si="0"/>
+        <v>856</v>
+      </c>
+      <c r="P16" s="15">
+        <f t="shared" si="0"/>
+        <v>854</v>
+      </c>
+      <c r="Q16" s="15">
+        <f t="shared" si="0"/>
+        <v>895</v>
+      </c>
+      <c r="R16" s="15">
+        <f t="shared" si="0"/>
+        <v>922</v>
+      </c>
+      <c r="S16" s="15">
+        <f t="shared" si="0"/>
+        <v>952</v>
+      </c>
+      <c r="T16" s="15">
+        <f t="shared" si="0"/>
+        <v>941</v>
+      </c>
+      <c r="U16" s="15">
+        <f t="shared" si="0"/>
+        <v>972</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="14"/>
+      <c r="B17" s="14"/>
+      <c r="C17" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="33">
+        <f t="shared" ref="H17:H22" si="1">AVERAGE(J17:U17)</f>
+        <v>513</v>
+      </c>
+      <c r="I17" s="18"/>
+      <c r="J17" s="15">
+        <v>573</v>
+      </c>
+      <c r="K17" s="15">
+        <v>555</v>
+      </c>
+      <c r="L17" s="15">
+        <v>554</v>
+      </c>
+      <c r="M17" s="15">
+        <v>501</v>
+      </c>
+      <c r="N17" s="15">
+        <v>484</v>
+      </c>
+      <c r="O17" s="15">
+        <v>472</v>
+      </c>
+      <c r="P17" s="15">
+        <v>478</v>
+      </c>
+      <c r="Q17" s="15">
+        <v>495</v>
+      </c>
+      <c r="R17" s="15">
+        <v>493</v>
+      </c>
+      <c r="S17" s="15">
+        <v>513</v>
+      </c>
+      <c r="T17" s="15">
+        <v>509</v>
+      </c>
+      <c r="U17" s="15">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D18" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="33">
+        <f t="shared" si="1"/>
+        <v>420.25</v>
+      </c>
+      <c r="I18" s="18"/>
+      <c r="J18" s="15">
+        <v>470</v>
+      </c>
+      <c r="K18" s="15">
+        <v>438</v>
+      </c>
+      <c r="L18" s="15">
+        <v>427</v>
+      </c>
+      <c r="M18" s="15">
+        <v>408</v>
+      </c>
+      <c r="N18" s="15">
+        <v>397</v>
+      </c>
+      <c r="O18" s="15">
+        <v>384</v>
+      </c>
+      <c r="P18" s="15">
+        <v>376</v>
+      </c>
+      <c r="Q18" s="15">
+        <v>400</v>
+      </c>
+      <c r="R18" s="15">
+        <v>429</v>
+      </c>
+      <c r="S18" s="15">
+        <v>439</v>
+      </c>
+      <c r="T18" s="15">
+        <v>432</v>
+      </c>
+      <c r="U18" s="15">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="14"/>
+      <c r="B19" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="14"/>
+      <c r="D19" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="33">
+        <f t="shared" si="1"/>
+        <v>854.25</v>
+      </c>
+      <c r="I19" s="18"/>
+      <c r="J19" s="15">
+        <f t="shared" ref="J19:U19" si="2">SUM(J20:J21)</f>
+        <v>959</v>
+      </c>
+      <c r="K19" s="15">
+        <f t="shared" si="2"/>
+        <v>939</v>
+      </c>
+      <c r="L19" s="15">
+        <f t="shared" si="2"/>
+        <v>905</v>
+      </c>
+      <c r="M19" s="15">
+        <f t="shared" si="2"/>
+        <v>880</v>
+      </c>
+      <c r="N19" s="15">
+        <f t="shared" si="2"/>
+        <v>820</v>
+      </c>
+      <c r="O19" s="15">
+        <f t="shared" si="2"/>
+        <v>805</v>
+      </c>
+      <c r="P19" s="15">
+        <f t="shared" si="2"/>
+        <v>785</v>
+      </c>
+      <c r="Q19" s="15">
+        <f t="shared" si="2"/>
+        <v>813</v>
+      </c>
+      <c r="R19" s="15">
+        <f t="shared" si="2"/>
+        <v>812</v>
+      </c>
+      <c r="S19" s="15">
+        <f t="shared" si="2"/>
+        <v>797</v>
+      </c>
+      <c r="T19" s="15">
+        <f t="shared" si="2"/>
+        <v>839</v>
+      </c>
+      <c r="U19" s="15">
+        <f t="shared" si="2"/>
+        <v>897</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="14"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="D20" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="33">
+        <f t="shared" si="1"/>
+        <v>525.91666666666663</v>
+      </c>
+      <c r="I20" s="18"/>
+      <c r="J20" s="15">
+        <v>612</v>
+      </c>
+      <c r="K20" s="15">
+        <v>596</v>
+      </c>
+      <c r="L20" s="15">
+        <v>583</v>
+      </c>
+      <c r="M20" s="15">
+        <v>558</v>
+      </c>
+      <c r="N20" s="15">
+        <v>521</v>
+      </c>
+      <c r="O20" s="15">
+        <v>499</v>
+      </c>
+      <c r="P20" s="15">
+        <v>473</v>
+      </c>
+      <c r="Q20" s="15">
+        <v>492</v>
+      </c>
+      <c r="R20" s="15">
+        <v>474</v>
+      </c>
+      <c r="S20" s="15">
+        <v>467</v>
+      </c>
+      <c r="T20" s="15">
+        <v>497</v>
+      </c>
+      <c r="U20" s="15">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="14"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="33">
+        <f t="shared" si="1"/>
+        <v>328.33333333333331</v>
+      </c>
+      <c r="I21" s="18"/>
+      <c r="J21" s="15">
+        <v>347</v>
+      </c>
+      <c r="K21" s="15">
+        <v>343</v>
+      </c>
+      <c r="L21" s="15">
+        <v>322</v>
+      </c>
+      <c r="M21" s="15">
+        <v>322</v>
+      </c>
+      <c r="N21" s="15">
+        <v>299</v>
+      </c>
+      <c r="O21" s="15">
+        <v>306</v>
+      </c>
+      <c r="P21" s="15">
+        <v>312</v>
+      </c>
+      <c r="Q21" s="15">
+        <v>321</v>
+      </c>
+      <c r="R21" s="15">
+        <v>338</v>
+      </c>
+      <c r="S21" s="15">
+        <v>330</v>
+      </c>
+      <c r="T21" s="15">
+        <v>342</v>
+      </c>
+      <c r="U21" s="15">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="27"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" s="27"/>
+      <c r="F22" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="27"/>
+      <c r="H22" s="34">
+        <f t="shared" si="1"/>
+        <v>1787.5</v>
+      </c>
+      <c r="I22" s="19"/>
+      <c r="J22" s="17">
+        <f t="shared" ref="J22:U22" si="3">J13+J14</f>
+        <v>2002</v>
+      </c>
+      <c r="K22" s="17">
+        <f t="shared" si="3"/>
+        <v>1932</v>
+      </c>
+      <c r="L22" s="17">
+        <f t="shared" si="3"/>
+        <v>1886</v>
+      </c>
+      <c r="M22" s="17">
+        <f t="shared" si="3"/>
+        <v>1789</v>
+      </c>
+      <c r="N22" s="17">
+        <f t="shared" si="3"/>
+        <v>1701</v>
+      </c>
+      <c r="O22" s="17">
+        <f t="shared" si="3"/>
+        <v>1661</v>
+      </c>
+      <c r="P22" s="17">
+        <f t="shared" si="3"/>
+        <v>1639</v>
+      </c>
+      <c r="Q22" s="17">
+        <f t="shared" si="3"/>
+        <v>1708</v>
+      </c>
+      <c r="R22" s="17">
+        <f t="shared" si="3"/>
+        <v>1734</v>
+      </c>
+      <c r="S22" s="17">
+        <f t="shared" si="3"/>
+        <v>1749</v>
+      </c>
+      <c r="T22" s="17">
+        <f t="shared" si="3"/>
+        <v>1780</v>
+      </c>
+      <c r="U22" s="17">
+        <f t="shared" si="3"/>
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="21"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="21"/>
+      <c r="F23" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="21"/>
+      <c r="H23" s="34">
+        <f>AVERAGE(J23:U23)</f>
+        <v>3341.9166666666665</v>
+      </c>
+      <c r="I23" s="19"/>
+      <c r="J23" s="17">
+        <v>3379</v>
+      </c>
+      <c r="K23" s="17">
+        <v>3367</v>
+      </c>
+      <c r="L23" s="17">
+        <v>3319</v>
+      </c>
+      <c r="M23" s="17">
+        <v>3278</v>
+      </c>
+      <c r="N23" s="17">
+        <v>3214</v>
+      </c>
+      <c r="O23" s="17">
+        <v>3227</v>
+      </c>
+      <c r="P23" s="17">
+        <v>3314</v>
+      </c>
+      <c r="Q23" s="17">
+        <v>3265</v>
+      </c>
+      <c r="R23" s="17">
+        <v>3280</v>
+      </c>
+      <c r="S23" s="17">
+        <v>3362</v>
+      </c>
+      <c r="T23" s="17">
+        <v>3515</v>
+      </c>
+      <c r="U23" s="17">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" s="9" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="24"/>
+      <c r="H24" s="32"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="24"/>
+      <c r="U24" s="24"/>
+    </row>
+    <row r="25" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B25" s="14"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="15">
+        <v>58627.999831000001</v>
+      </c>
+      <c r="H25" s="35">
+        <f t="shared" ref="H25:H30" si="4">IF(H16="","",100*H16/$F25)</f>
+        <v>1.5918162016274977</v>
+      </c>
+      <c r="I25" s="15"/>
+      <c r="J25" s="18">
+        <f t="shared" ref="J25:U31" si="5">IF(J16="","",100*J16/$F25)</f>
+        <v>1.7790134458049613</v>
+      </c>
+      <c r="K25" s="18">
+        <f t="shared" ref="K25:U30" si="6">IF(K16="","",100*K16/$F25)</f>
+        <v>1.6937299632639755</v>
+      </c>
+      <c r="L25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6732619274541392</v>
+      </c>
+      <c r="M25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.5504537125951197</v>
+      </c>
+      <c r="N25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.5026949623721677</v>
+      </c>
+      <c r="O25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4600532211016748</v>
+      </c>
+      <c r="P25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4566418818000355</v>
+      </c>
+      <c r="Q25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.5265743374836436</v>
+      </c>
+      <c r="R25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.572627418055776</v>
+      </c>
+      <c r="S25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6237975075803674</v>
+      </c>
+      <c r="T25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6050351414213504</v>
+      </c>
+      <c r="U25" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6579109005967616</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="14"/>
+      <c r="B26" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="C26" s="14"/>
+      <c r="D26" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="15">
+        <v>29009.572301</v>
+      </c>
+      <c r="H26" s="35">
+        <f t="shared" si="4"/>
+        <v>1.7683818109318219</v>
+      </c>
+      <c r="I26" s="15"/>
+      <c r="J26" s="18">
+        <f t="shared" si="5"/>
+        <v>1.9752100929121519</v>
+      </c>
+      <c r="K26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.9131616083180529</v>
+      </c>
+      <c r="L26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.9097144702850475</v>
+      </c>
+      <c r="M26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.7270161545357559</v>
+      </c>
+      <c r="N26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6684148079746624</v>
+      </c>
+      <c r="O26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6270491515785963</v>
+      </c>
+      <c r="P26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6477319797766294</v>
+      </c>
+      <c r="Q26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.7063333263377229</v>
+      </c>
+      <c r="R26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.6994390502717118</v>
+      </c>
+      <c r="S26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.7683818109318219</v>
+      </c>
+      <c r="T26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.7545932587997999</v>
+      </c>
+      <c r="U26" s="18">
+        <f t="shared" si="6"/>
+        <v>1.82353601945991</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="14"/>
+      <c r="B27" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C27" s="14"/>
+      <c r="D27" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="15">
+        <v>29618.427530000001</v>
+      </c>
+      <c r="H27" s="35">
+        <f t="shared" si="4"/>
+        <v>1.41888018725618</v>
+      </c>
+      <c r="I27" s="15"/>
+      <c r="J27" s="18">
+        <f t="shared" si="5"/>
+        <v>1.5868499417261264</v>
+      </c>
+      <c r="K27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4788090946298795</v>
+      </c>
+      <c r="L27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4416700534405447</v>
+      </c>
+      <c r="M27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.377520800477148</v>
+      </c>
+      <c r="N27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.3403817592878131</v>
+      </c>
+      <c r="O27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.296490165154963</v>
+      </c>
+      <c r="P27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.2694799533809011</v>
+      </c>
+      <c r="Q27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.3505105887030864</v>
+      </c>
+      <c r="R27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4484226063840602</v>
+      </c>
+      <c r="S27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4821853711016373</v>
+      </c>
+      <c r="T27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4585514357993332</v>
+      </c>
+      <c r="U27" s="18">
+        <f t="shared" si="6"/>
+        <v>1.4956904769886681</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="14"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="15">
+        <v>20582.257580000001</v>
+      </c>
+      <c r="H28" s="35">
+        <f t="shared" si="4"/>
+        <v>4.1504193438434269</v>
+      </c>
+      <c r="I28" s="15"/>
+      <c r="J28" s="18">
+        <f t="shared" si="5"/>
+        <v>4.6593528249878213</v>
+      </c>
+      <c r="K28" s="18">
+        <f t="shared" si="6"/>
+        <v>4.5621817546022569</v>
+      </c>
+      <c r="L28" s="18">
+        <f t="shared" si="6"/>
+        <v>4.396990934946797</v>
+      </c>
+      <c r="M28" s="18">
+        <f>IF(M19="","",100*M19/$F28)</f>
+        <v>4.2755270969648409</v>
+      </c>
+      <c r="N28" s="18">
+        <f>IF(N19="","",100*N19/$F28)</f>
+        <v>3.9840138858081473</v>
+      </c>
+      <c r="O28" s="18">
+        <f t="shared" si="6"/>
+        <v>3.9111355830189738</v>
+      </c>
+      <c r="P28" s="18">
+        <f t="shared" si="6"/>
+        <v>3.8139645126334094</v>
+      </c>
+      <c r="Q28" s="18">
+        <f t="shared" si="6"/>
+        <v>3.9500040111731995</v>
+      </c>
+      <c r="R28" s="18">
+        <f t="shared" si="6"/>
+        <v>3.9451454576539216</v>
+      </c>
+      <c r="S28" s="18">
+        <f t="shared" si="6"/>
+        <v>3.872267154864748</v>
+      </c>
+      <c r="T28" s="18">
+        <f t="shared" si="6"/>
+        <v>4.0763264026744332</v>
+      </c>
+      <c r="U28" s="18">
+        <f t="shared" si="6"/>
+        <v>4.3581225067925713</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="14"/>
+      <c r="B29" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="C29" s="14"/>
+      <c r="D29" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="15">
+        <v>11325.205367</v>
+      </c>
+      <c r="H29" s="35">
+        <f t="shared" si="4"/>
+        <v>4.6437715663780477</v>
+      </c>
+      <c r="I29" s="15"/>
+      <c r="J29" s="18">
+        <f t="shared" si="5"/>
+        <v>5.4038755163176013</v>
+      </c>
+      <c r="K29" s="18">
+        <f t="shared" si="6"/>
+        <v>5.2625977250413243</v>
+      </c>
+      <c r="L29" s="18">
+        <f t="shared" si="6"/>
+        <v>5.147809519629349</v>
+      </c>
+      <c r="M29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.9270629707601659</v>
+      </c>
+      <c r="N29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.600358078433775</v>
+      </c>
+      <c r="O29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.4061011154288945</v>
+      </c>
+      <c r="P29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.1765247046049438</v>
+      </c>
+      <c r="Q29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.3442920817455226</v>
+      </c>
+      <c r="R29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.1853545665597114</v>
+      </c>
+      <c r="S29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.1235455328763395</v>
+      </c>
+      <c r="T29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.3884413915193594</v>
+      </c>
+      <c r="U29" s="18">
+        <f t="shared" si="6"/>
+        <v>4.7592955936195871</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="14"/>
+      <c r="B30" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C30" s="14"/>
+      <c r="D30" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" s="15">
+        <v>9257.0522130000008</v>
+      </c>
+      <c r="H30" s="35">
+        <f t="shared" si="4"/>
+        <v>3.5468454296092591</v>
+      </c>
+      <c r="I30" s="15"/>
+      <c r="J30" s="18">
+        <f t="shared" si="5"/>
+        <v>3.7484934946428821</v>
+      </c>
+      <c r="K30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.7052831949928202</v>
+      </c>
+      <c r="L30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.4784291218299943</v>
+      </c>
+      <c r="M30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.4784291218299943</v>
+      </c>
+      <c r="N30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.2299698988421377</v>
+      </c>
+      <c r="O30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.3055879232297465</v>
+      </c>
+      <c r="P30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.3704033727048395</v>
+      </c>
+      <c r="Q30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.467626546917479</v>
+      </c>
+      <c r="R30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.6512703204302426</v>
+      </c>
+      <c r="S30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.5648497211301184</v>
+      </c>
+      <c r="T30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.6944806200803049</v>
+      </c>
+      <c r="U30" s="18">
+        <f t="shared" si="6"/>
+        <v>3.8673218186805527</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" s="27"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="27"/>
+      <c r="F31" s="17">
+        <v>79210.257411000013</v>
+      </c>
+      <c r="G31" s="21"/>
+      <c r="H31" s="36">
+        <f>IF(H22="","",100*H22/$F31)</f>
+        <v>2.2566521791807332</v>
+      </c>
+      <c r="I31" s="17"/>
+      <c r="J31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.5274504406824212</v>
+      </c>
+      <c r="K31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.4390780476515674</v>
+      </c>
+      <c r="L31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.3810047608027203</v>
+      </c>
+      <c r="M31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.2585458733171087</v>
+      </c>
+      <c r="N31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.1474491506497495</v>
+      </c>
+      <c r="O31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.0969506403464044</v>
+      </c>
+      <c r="P31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.0691764596795648</v>
+      </c>
+      <c r="Q31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.1562863899528346</v>
+      </c>
+      <c r="R31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.189110421650009</v>
+      </c>
+      <c r="S31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.2080473630137636</v>
+      </c>
+      <c r="T31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.2471837084988562</v>
+      </c>
+      <c r="U31" s="19">
+        <f t="shared" si="5"/>
+        <v>2.3595428939237988</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21" s="16" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="87"/>
+      <c r="B32" s="88"/>
+      <c r="C32" s="88"/>
+      <c r="D32" s="88"/>
+      <c r="E32" s="88"/>
+      <c r="F32" s="88"/>
+      <c r="G32" s="88"/>
+      <c r="H32" s="88"/>
+      <c r="I32" s="88"/>
+      <c r="J32" s="88"/>
+      <c r="K32" s="88"/>
+      <c r="L32" s="88"/>
+      <c r="M32" s="88"/>
+      <c r="N32" s="88"/>
+      <c r="O32" s="88"/>
+      <c r="P32" s="88"/>
+      <c r="Q32" s="88"/>
+      <c r="R32" s="88"/>
+      <c r="S32" s="88"/>
+      <c r="T32" s="88"/>
+      <c r="U32" s="89" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B33" s="93"/>
+      <c r="C33" s="93"/>
+      <c r="D33" s="93"/>
+      <c r="E33" s="93"/>
+      <c r="F33" s="93"/>
+      <c r="G33" s="93"/>
+      <c r="H33" s="93"/>
+      <c r="I33" s="93"/>
+      <c r="J33" s="93"/>
+      <c r="K33" s="93"/>
+      <c r="L33" s="93"/>
+      <c r="M33" s="93"/>
+      <c r="N33" s="93"/>
+      <c r="O33" s="93"/>
+      <c r="P33" s="93"/>
+      <c r="Q33" s="93"/>
+      <c r="R33" s="93"/>
+      <c r="S33" s="93"/>
+      <c r="T33" s="93"/>
+      <c r="U33" s="93"/>
+    </row>
+    <row r="34" spans="1:21" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="94" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" s="95"/>
+      <c r="C34" s="95"/>
+      <c r="D34" s="95"/>
+      <c r="E34" s="95"/>
+      <c r="F34" s="95"/>
+      <c r="G34" s="95"/>
+      <c r="H34" s="95"/>
+      <c r="I34" s="95"/>
+      <c r="J34" s="95"/>
+      <c r="K34" s="95"/>
+      <c r="L34" s="95"/>
+      <c r="M34" s="95"/>
+      <c r="N34" s="95"/>
+      <c r="O34" s="95"/>
+      <c r="P34" s="95"/>
+      <c r="Q34" s="95"/>
+      <c r="R34" s="95"/>
+      <c r="S34" s="95"/>
+      <c r="T34" s="95"/>
+      <c r="U34" s="95"/>
+    </row>
+    <row r="35" spans="1:21" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="94" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="95"/>
+      <c r="C35" s="95"/>
+      <c r="D35" s="95"/>
+      <c r="E35" s="95"/>
+      <c r="F35" s="95"/>
+      <c r="G35" s="95"/>
+      <c r="H35" s="95"/>
+      <c r="I35" s="95"/>
+      <c r="J35" s="95"/>
+      <c r="K35" s="95"/>
+      <c r="L35" s="95"/>
+      <c r="M35" s="95"/>
+      <c r="N35" s="95"/>
+      <c r="O35" s="95"/>
+      <c r="P35" s="95"/>
+      <c r="Q35" s="95"/>
+      <c r="R35" s="95"/>
+      <c r="S35" s="95"/>
+      <c r="T35" s="95"/>
+      <c r="U35" s="95"/>
+    </row>
+    <row r="36" spans="1:21" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="94" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36" s="95"/>
+      <c r="C36" s="95"/>
+      <c r="D36" s="95"/>
+      <c r="E36" s="95"/>
+      <c r="F36" s="95"/>
+      <c r="G36" s="95"/>
+      <c r="H36" s="95"/>
+      <c r="I36" s="95"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="95"/>
+      <c r="L36" s="95"/>
+      <c r="M36" s="95"/>
+      <c r="N36" s="95"/>
+      <c r="O36" s="95"/>
+      <c r="P36" s="95"/>
+      <c r="Q36" s="95"/>
+      <c r="R36" s="95"/>
+      <c r="S36" s="95"/>
+      <c r="T36" s="95"/>
+      <c r="U36" s="95"/>
+    </row>
+    <row r="37" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="U37" s="2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="J6:U6"/>
+    <mergeCell ref="A33:U33"/>
+    <mergeCell ref="A34:U34"/>
+    <mergeCell ref="A35:U35"/>
+    <mergeCell ref="A36:U36"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="23" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAA5E6A7-CDBC-4E12-9AD3-DE2B06D20685}">
   <dimension ref="A1:O16"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="51"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="77" t="s">
         <v>60</v>
       </c>
       <c r="D3" s="79"/>
       <c r="E3" s="79"/>
       <c r="F3" s="79"/>
       <c r="G3" s="79"/>
       <c r="I3" s="79"/>
@@ -32146,51 +34020,1361 @@
       <c r="B15" s="70" t="s">
         <v>57</v>
       </c>
       <c r="O15" s="69"/>
     </row>
     <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O16" s="39" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADE17C42-A0FE-4FB3-9A26-CE1796BC0808}">
+  <dimension ref="A1:O16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
+    <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
+    <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
+    <col min="16" max="16384" width="11.42578125" style="51"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="77" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+    </row>
+    <row r="4" spans="1:15" s="81" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="79"/>
+      <c r="E4" s="79"/>
+      <c r="F4" s="79"/>
+      <c r="G4" s="79"/>
+      <c r="I4" s="79"/>
+      <c r="J4" s="79"/>
+      <c r="K4" s="79"/>
+      <c r="L4" s="79"/>
+      <c r="M4" s="79"/>
+      <c r="N4" s="79"/>
+    </row>
+    <row r="5" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O5" s="56" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="63" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="83"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="84" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" s="84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" s="84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="63" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="63"/>
+      <c r="D7" s="62">
+        <f t="shared" ref="D7:O7" si="0">SUM(D8:D9)</f>
+        <v>3389</v>
+      </c>
+      <c r="E7" s="62">
+        <f t="shared" si="0"/>
+        <v>3397</v>
+      </c>
+      <c r="F7" s="62">
+        <f t="shared" si="0"/>
+        <v>3289</v>
+      </c>
+      <c r="G7" s="62">
+        <f t="shared" si="0"/>
+        <v>3186</v>
+      </c>
+      <c r="H7" s="62">
+        <f t="shared" si="0"/>
+        <v>3028</v>
+      </c>
+      <c r="I7" s="62">
+        <f t="shared" si="0"/>
+        <v>2911</v>
+      </c>
+      <c r="J7" s="62">
+        <f t="shared" si="0"/>
+        <v>2816</v>
+      </c>
+      <c r="K7" s="62">
+        <f t="shared" si="0"/>
+        <v>2761</v>
+      </c>
+      <c r="L7" s="62">
+        <f t="shared" si="0"/>
+        <v>2779</v>
+      </c>
+      <c r="M7" s="62">
+        <f t="shared" si="0"/>
+        <v>2700</v>
+      </c>
+      <c r="N7" s="62">
+        <f t="shared" si="0"/>
+        <v>2708</v>
+      </c>
+      <c r="O7" s="62">
+        <f t="shared" si="0"/>
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="63" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="63" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="62">
+        <v>1496</v>
+      </c>
+      <c r="E8" s="62">
+        <v>1497</v>
+      </c>
+      <c r="F8" s="62">
+        <v>1477</v>
+      </c>
+      <c r="G8" s="62">
+        <v>1455</v>
+      </c>
+      <c r="H8" s="62">
+        <v>1398</v>
+      </c>
+      <c r="I8" s="62">
+        <v>1363</v>
+      </c>
+      <c r="J8" s="62">
+        <v>1315</v>
+      </c>
+      <c r="K8" s="62">
+        <v>1288</v>
+      </c>
+      <c r="L8" s="62">
+        <v>1309</v>
+      </c>
+      <c r="M8" s="62">
+        <v>1305</v>
+      </c>
+      <c r="N8" s="62">
+        <v>1298</v>
+      </c>
+      <c r="O8" s="62">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="63"/>
+      <c r="C9" s="63" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="62">
+        <v>1893</v>
+      </c>
+      <c r="E9" s="62">
+        <v>1900</v>
+      </c>
+      <c r="F9" s="62">
+        <v>1812</v>
+      </c>
+      <c r="G9" s="62">
+        <v>1731</v>
+      </c>
+      <c r="H9" s="62">
+        <v>1630</v>
+      </c>
+      <c r="I9" s="62">
+        <v>1548</v>
+      </c>
+      <c r="J9" s="62">
+        <v>1501</v>
+      </c>
+      <c r="K9" s="62">
+        <v>1473</v>
+      </c>
+      <c r="L9" s="62">
+        <v>1470</v>
+      </c>
+      <c r="M9" s="62">
+        <v>1395</v>
+      </c>
+      <c r="N9" s="62">
+        <v>1410</v>
+      </c>
+      <c r="O9" s="62">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="63" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="63"/>
+      <c r="D10" s="62">
+        <v>2652</v>
+      </c>
+      <c r="E10" s="62">
+        <v>2637</v>
+      </c>
+      <c r="F10" s="62">
+        <v>2533</v>
+      </c>
+      <c r="G10" s="62">
+        <v>2425</v>
+      </c>
+      <c r="H10" s="62">
+        <v>2266</v>
+      </c>
+      <c r="I10" s="62">
+        <v>2164</v>
+      </c>
+      <c r="J10" s="62">
+        <v>2069</v>
+      </c>
+      <c r="K10" s="62">
+        <v>2056</v>
+      </c>
+      <c r="L10" s="62">
+        <v>2049</v>
+      </c>
+      <c r="M10" s="62">
+        <v>1986</v>
+      </c>
+      <c r="N10" s="62">
+        <v>2010</v>
+      </c>
+      <c r="O10" s="62">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="63"/>
+      <c r="D11" s="62">
+        <f t="shared" ref="D11:O11" si="1">D7-D10</f>
+        <v>737</v>
+      </c>
+      <c r="E11" s="62">
+        <f t="shared" si="1"/>
+        <v>760</v>
+      </c>
+      <c r="F11" s="62">
+        <f t="shared" si="1"/>
+        <v>756</v>
+      </c>
+      <c r="G11" s="62">
+        <f t="shared" si="1"/>
+        <v>761</v>
+      </c>
+      <c r="H11" s="62">
+        <f t="shared" si="1"/>
+        <v>762</v>
+      </c>
+      <c r="I11" s="62">
+        <f t="shared" si="1"/>
+        <v>747</v>
+      </c>
+      <c r="J11" s="62">
+        <f t="shared" si="1"/>
+        <v>747</v>
+      </c>
+      <c r="K11" s="62">
+        <f t="shared" si="1"/>
+        <v>705</v>
+      </c>
+      <c r="L11" s="62">
+        <f t="shared" si="1"/>
+        <v>730</v>
+      </c>
+      <c r="M11" s="62">
+        <f t="shared" si="1"/>
+        <v>714</v>
+      </c>
+      <c r="N11" s="62">
+        <f t="shared" si="1"/>
+        <v>698</v>
+      </c>
+      <c r="O11" s="62">
+        <f t="shared" si="1"/>
+        <v>689</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="63" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="63"/>
+      <c r="D12" s="62">
+        <v>4546</v>
+      </c>
+      <c r="E12" s="62">
+        <v>4556</v>
+      </c>
+      <c r="F12" s="62">
+        <v>4489</v>
+      </c>
+      <c r="G12" s="62">
+        <v>4384</v>
+      </c>
+      <c r="H12" s="62">
+        <v>4231</v>
+      </c>
+      <c r="I12" s="62">
+        <v>4103</v>
+      </c>
+      <c r="J12" s="62">
+        <v>3992</v>
+      </c>
+      <c r="K12" s="62">
+        <v>3920</v>
+      </c>
+      <c r="L12" s="62">
+        <v>3918</v>
+      </c>
+      <c r="M12" s="62">
+        <v>3842</v>
+      </c>
+      <c r="N12" s="62">
+        <v>3857</v>
+      </c>
+      <c r="O12" s="62">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="60" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="68"/>
+      <c r="C13" s="60"/>
+      <c r="D13" s="61">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E13" s="61">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G13" s="61">
+        <v>4.3</v>
+      </c>
+      <c r="H13" s="61">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I13" s="61">
+        <v>3.9</v>
+      </c>
+      <c r="J13" s="61">
+        <v>3.8</v>
+      </c>
+      <c r="K13" s="61">
+        <v>3.7</v>
+      </c>
+      <c r="L13" s="61">
+        <v>3.7</v>
+      </c>
+      <c r="M13" s="61">
+        <v>3.6</v>
+      </c>
+      <c r="N13" s="61">
+        <v>3.6</v>
+      </c>
+      <c r="O13" s="61">
+        <v>3.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="65"/>
+      <c r="O14" s="67" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="66">
+        <v>1</v>
+      </c>
+      <c r="B15" s="70" t="s">
+        <v>57</v>
+      </c>
+      <c r="O15" s="69"/>
+    </row>
+    <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O16" s="39" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="D7:O7" formulaRange="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21B9BE95-E18A-4560-AE5B-416E9F4F34CF}">
+  <dimension ref="A1:O16"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="1.7109375" style="51" customWidth="1"/>
+    <col min="2" max="2" width="5.28515625" style="51" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="51" customWidth="1"/>
+    <col min="4" max="15" width="8.7109375" style="51" customWidth="1"/>
+    <col min="16" max="16384" width="11.42578125" style="51"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="77" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+    </row>
+    <row r="4" spans="1:15" s="81" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="79"/>
+      <c r="E4" s="79"/>
+      <c r="F4" s="79"/>
+      <c r="G4" s="79"/>
+      <c r="I4" s="79"/>
+      <c r="J4" s="79"/>
+      <c r="K4" s="79"/>
+      <c r="L4" s="79"/>
+      <c r="M4" s="79"/>
+      <c r="N4" s="79"/>
+    </row>
+    <row r="5" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O5" s="56" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="63" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="83"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="84" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" s="84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" s="84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="63" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" s="63"/>
+      <c r="D7" s="62">
+        <v>3292</v>
+      </c>
+      <c r="E7" s="62">
+        <v>3281</v>
+      </c>
+      <c r="F7" s="62">
+        <v>3290</v>
+      </c>
+      <c r="G7" s="62">
+        <v>3221</v>
+      </c>
+      <c r="H7" s="62">
+        <v>3094</v>
+      </c>
+      <c r="I7" s="62">
+        <v>3030</v>
+      </c>
+      <c r="J7" s="62">
+        <v>3172</v>
+      </c>
+      <c r="K7" s="62">
+        <v>3203</v>
+      </c>
+      <c r="L7" s="62">
+        <v>3265</v>
+      </c>
+      <c r="M7" s="62">
+        <v>3233</v>
+      </c>
+      <c r="N7" s="62">
+        <v>3304</v>
+      </c>
+      <c r="O7" s="62">
+        <v>3435</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="63" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="63" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="62">
+        <v>1408</v>
+      </c>
+      <c r="E8" s="62">
+        <v>1403</v>
+      </c>
+      <c r="F8" s="62">
+        <v>1437</v>
+      </c>
+      <c r="G8" s="62">
+        <v>1439</v>
+      </c>
+      <c r="H8" s="62">
+        <v>1410</v>
+      </c>
+      <c r="I8" s="62">
+        <v>1407</v>
+      </c>
+      <c r="J8" s="62">
+        <v>1513</v>
+      </c>
+      <c r="K8" s="62">
+        <v>1533</v>
+      </c>
+      <c r="L8" s="62">
+        <v>1594</v>
+      </c>
+      <c r="M8" s="62">
+        <v>1546</v>
+      </c>
+      <c r="N8" s="62">
+        <v>1509</v>
+      </c>
+      <c r="O8" s="62">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="63"/>
+      <c r="C9" s="63" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="62">
+        <v>1884</v>
+      </c>
+      <c r="E9" s="62">
+        <v>1878</v>
+      </c>
+      <c r="F9" s="62">
+        <v>1853</v>
+      </c>
+      <c r="G9" s="62">
+        <v>1782</v>
+      </c>
+      <c r="H9" s="62">
+        <v>1684</v>
+      </c>
+      <c r="I9" s="62">
+        <v>1623</v>
+      </c>
+      <c r="J9" s="62">
+        <v>1659</v>
+      </c>
+      <c r="K9" s="62">
+        <v>1670</v>
+      </c>
+      <c r="L9" s="62">
+        <v>1671</v>
+      </c>
+      <c r="M9" s="62">
+        <v>1687</v>
+      </c>
+      <c r="N9" s="62">
+        <v>1795</v>
+      </c>
+      <c r="O9" s="62">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="63" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="63"/>
+      <c r="D10" s="62">
+        <v>2572</v>
+      </c>
+      <c r="E10" s="62">
+        <v>2579</v>
+      </c>
+      <c r="F10" s="62">
+        <v>2567</v>
+      </c>
+      <c r="G10" s="62">
+        <v>2494</v>
+      </c>
+      <c r="H10" s="62">
+        <v>2374</v>
+      </c>
+      <c r="I10" s="62">
+        <v>2293</v>
+      </c>
+      <c r="J10" s="62">
+        <v>2376</v>
+      </c>
+      <c r="K10" s="62">
+        <v>2425</v>
+      </c>
+      <c r="L10" s="62">
+        <v>2495</v>
+      </c>
+      <c r="M10" s="62">
+        <v>2483</v>
+      </c>
+      <c r="N10" s="62">
+        <v>2559</v>
+      </c>
+      <c r="O10" s="62">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="63"/>
+      <c r="D11" s="62">
+        <f t="shared" ref="D11:O11" si="0">D7-D10</f>
+        <v>720</v>
+      </c>
+      <c r="E11" s="62">
+        <f t="shared" si="0"/>
+        <v>702</v>
+      </c>
+      <c r="F11" s="62">
+        <f t="shared" si="0"/>
+        <v>723</v>
+      </c>
+      <c r="G11" s="62">
+        <f t="shared" si="0"/>
+        <v>727</v>
+      </c>
+      <c r="H11" s="62">
+        <f t="shared" si="0"/>
+        <v>720</v>
+      </c>
+      <c r="I11" s="62">
+        <f t="shared" si="0"/>
+        <v>737</v>
+      </c>
+      <c r="J11" s="62">
+        <f t="shared" si="0"/>
+        <v>796</v>
+      </c>
+      <c r="K11" s="62">
+        <f t="shared" si="0"/>
+        <v>778</v>
+      </c>
+      <c r="L11" s="62">
+        <f t="shared" si="0"/>
+        <v>770</v>
+      </c>
+      <c r="M11" s="62">
+        <f t="shared" si="0"/>
+        <v>750</v>
+      </c>
+      <c r="N11" s="62">
+        <f t="shared" si="0"/>
+        <v>745</v>
+      </c>
+      <c r="O11" s="62">
+        <f t="shared" si="0"/>
+        <v>748</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="63" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="63"/>
+      <c r="D12" s="62">
+        <v>4475</v>
+      </c>
+      <c r="E12" s="62">
+        <v>4500</v>
+      </c>
+      <c r="F12" s="62">
+        <v>4515</v>
+      </c>
+      <c r="G12" s="62">
+        <v>4419</v>
+      </c>
+      <c r="H12" s="62">
+        <v>4287</v>
+      </c>
+      <c r="I12" s="62">
+        <v>4270</v>
+      </c>
+      <c r="J12" s="62">
+        <v>4387</v>
+      </c>
+      <c r="K12" s="62">
+        <v>4425</v>
+      </c>
+      <c r="L12" s="62">
+        <v>4437</v>
+      </c>
+      <c r="M12" s="62">
+        <v>4404</v>
+      </c>
+      <c r="N12" s="62">
+        <v>4469</v>
+      </c>
+      <c r="O12" s="62">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="60" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="68"/>
+      <c r="C13" s="60"/>
+      <c r="D13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="E13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="F13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G13" s="61">
+        <v>4.3</v>
+      </c>
+      <c r="H13" s="61">
+        <v>4.2</v>
+      </c>
+      <c r="I13" s="61">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="J13" s="61">
+        <v>4.3</v>
+      </c>
+      <c r="K13" s="61">
+        <v>4.3</v>
+      </c>
+      <c r="L13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="N13" s="61">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="O13" s="61">
+        <v>4.5999999999999996</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="65"/>
+      <c r="O14" s="67" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="66">
+        <v>1</v>
+      </c>
+      <c r="B15" s="70" t="s">
+        <v>57</v>
+      </c>
+      <c r="O15" s="69"/>
+    </row>
+    <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O16" s="39" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0212CDA3-C523-4115-A2C8-A78D4CBB3CB2}">
+  <dimension ref="A1:O16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="1.7109375" style="38" customWidth="1"/>
+    <col min="2" max="2" width="5.28515625" style="38" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="38" customWidth="1"/>
+    <col min="4" max="15" width="8.7109375" style="38" customWidth="1"/>
+    <col min="16" max="16384" width="11.42578125" style="38"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:15" s="78" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="77" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="I3" s="79"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+    </row>
+    <row r="4" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="76" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O5" s="49" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="47" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="83"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="84" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="84" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" s="84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" s="84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" s="84" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" s="47"/>
+      <c r="D7" s="46">
+        <f t="shared" ref="D7:O7" si="0">SUM(D8:D9)</f>
+        <v>3599</v>
+      </c>
+      <c r="E7" s="46">
+        <f t="shared" si="0"/>
+        <v>3606</v>
+      </c>
+      <c r="F7" s="46">
+        <f t="shared" si="0"/>
+        <v>3583</v>
+      </c>
+      <c r="G7" s="46">
+        <f t="shared" si="0"/>
+        <v>3488</v>
+      </c>
+      <c r="H7" s="46">
+        <f t="shared" si="0"/>
+        <v>3332</v>
+      </c>
+      <c r="I7" s="46">
+        <f t="shared" si="0"/>
+        <v>3219</v>
+      </c>
+      <c r="J7" s="46">
+        <f t="shared" si="0"/>
+        <v>3080</v>
+      </c>
+      <c r="K7" s="46">
+        <f t="shared" si="0"/>
+        <v>3027</v>
+      </c>
+      <c r="L7" s="46">
+        <f t="shared" si="0"/>
+        <v>3060</v>
+      </c>
+      <c r="M7" s="46">
+        <f t="shared" si="0"/>
+        <v>3117</v>
+      </c>
+      <c r="N7" s="46">
+        <f t="shared" si="0"/>
+        <v>3213</v>
+      </c>
+      <c r="O7" s="46">
+        <f t="shared" si="0"/>
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="47" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" s="47" t="s">
+        <v>5</v>
+      </c>
+      <c r="D8" s="46">
+        <v>1502</v>
+      </c>
+      <c r="E8" s="46">
+        <v>1517</v>
+      </c>
+      <c r="F8" s="46">
+        <v>1522</v>
+      </c>
+      <c r="G8" s="46">
+        <v>1500</v>
+      </c>
+      <c r="H8" s="46">
+        <v>1470</v>
+      </c>
+      <c r="I8" s="46">
+        <v>1476</v>
+      </c>
+      <c r="J8" s="46">
+        <v>1430</v>
+      </c>
+      <c r="K8" s="46">
+        <v>1426</v>
+      </c>
+      <c r="L8" s="46">
+        <v>1432</v>
+      </c>
+      <c r="M8" s="46">
+        <v>1441</v>
+      </c>
+      <c r="N8" s="46">
+        <v>1460</v>
+      </c>
+      <c r="O8" s="46">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="47"/>
+      <c r="C9" s="47" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="46">
+        <v>2097</v>
+      </c>
+      <c r="E9" s="46">
+        <v>2089</v>
+      </c>
+      <c r="F9" s="46">
+        <v>2061</v>
+      </c>
+      <c r="G9" s="46">
+        <v>1988</v>
+      </c>
+      <c r="H9" s="46">
+        <v>1862</v>
+      </c>
+      <c r="I9" s="46">
+        <v>1743</v>
+      </c>
+      <c r="J9" s="46">
+        <v>1650</v>
+      </c>
+      <c r="K9" s="46">
+        <v>1601</v>
+      </c>
+      <c r="L9" s="46">
+        <v>1628</v>
+      </c>
+      <c r="M9" s="46">
+        <v>1676</v>
+      </c>
+      <c r="N9" s="46">
+        <v>1753</v>
+      </c>
+      <c r="O9" s="46">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="47"/>
+      <c r="D10" s="46">
+        <v>2998</v>
+      </c>
+      <c r="E10" s="46">
+        <v>3028</v>
+      </c>
+      <c r="F10" s="46">
+        <v>2968</v>
+      </c>
+      <c r="G10" s="46">
+        <v>2873</v>
+      </c>
+      <c r="H10" s="46">
+        <v>2720</v>
+      </c>
+      <c r="I10" s="46">
+        <v>2603</v>
+      </c>
+      <c r="J10" s="46">
+        <v>2470</v>
+      </c>
+      <c r="K10" s="46">
+        <v>2422</v>
+      </c>
+      <c r="L10" s="46">
+        <v>2451</v>
+      </c>
+      <c r="M10" s="46">
+        <v>2498</v>
+      </c>
+      <c r="N10" s="46">
+        <v>2583</v>
+      </c>
+      <c r="O10" s="46">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="47"/>
+      <c r="D11" s="46">
+        <v>601</v>
+      </c>
+      <c r="E11" s="46">
+        <v>578</v>
+      </c>
+      <c r="F11" s="46">
+        <v>615</v>
+      </c>
+      <c r="G11" s="46">
+        <v>615</v>
+      </c>
+      <c r="H11" s="46">
+        <v>612</v>
+      </c>
+      <c r="I11" s="46">
+        <v>616</v>
+      </c>
+      <c r="J11" s="46">
+        <v>610</v>
+      </c>
+      <c r="K11" s="46">
+        <v>605</v>
+      </c>
+      <c r="L11" s="46">
+        <v>609</v>
+      </c>
+      <c r="M11" s="46">
+        <v>619</v>
+      </c>
+      <c r="N11" s="46">
+        <v>630</v>
+      </c>
+      <c r="O11" s="46">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="47"/>
+      <c r="D12" s="46">
+        <v>4627</v>
+      </c>
+      <c r="E12" s="46">
+        <v>4668</v>
+      </c>
+      <c r="F12" s="46">
+        <v>4674</v>
+      </c>
+      <c r="G12" s="46">
+        <v>4639</v>
+      </c>
+      <c r="H12" s="46">
+        <v>4515</v>
+      </c>
+      <c r="I12" s="46">
+        <v>4455</v>
+      </c>
+      <c r="J12" s="46">
+        <v>4337</v>
+      </c>
+      <c r="K12" s="46">
+        <v>4280</v>
+      </c>
+      <c r="L12" s="46">
+        <v>4326</v>
+      </c>
+      <c r="M12" s="46">
+        <v>4376</v>
+      </c>
+      <c r="N12" s="46">
+        <v>4439</v>
+      </c>
+      <c r="O12" s="46">
+        <v>4482</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="42" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="45"/>
+      <c r="C13" s="42"/>
+      <c r="D13" s="43">
+        <v>4.8460285187229859</v>
+      </c>
+      <c r="E13" s="43">
+        <v>4.8554539701347839</v>
+      </c>
+      <c r="F13" s="43">
+        <v>4.8244846297817334</v>
+      </c>
+      <c r="G13" s="43">
+        <v>4.6965677891930468</v>
+      </c>
+      <c r="H13" s="43">
+        <v>4.4865148720158352</v>
+      </c>
+      <c r="I13" s="43">
+        <v>4.3343611563682387</v>
+      </c>
+      <c r="J13" s="43">
+        <v>4.1471986211911078</v>
+      </c>
+      <c r="K13" s="43">
+        <v>4.075834489073209</v>
+      </c>
+      <c r="L13" s="43">
+        <v>4.1202687600145422</v>
+      </c>
+      <c r="M13" s="43">
+        <v>4.1970188643677542</v>
+      </c>
+      <c r="N13" s="43">
+        <v>4.3262821980152699</v>
+      </c>
+      <c r="O13" s="43">
+        <v>4.4003393162508244</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="59"/>
+      <c r="O14" s="73" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="57">
+        <v>1</v>
+      </c>
+      <c r="B15" s="72" t="s">
+        <v>57</v>
+      </c>
+      <c r="O15" s="71"/>
+    </row>
+    <row r="16" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O16" s="39" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="D7:O7" formulaRange="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA751488-EAEE-4F17-B8B1-FBCD059B14B4}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>78</v>
       </c>
@@ -33691,1361 +36875,51 @@
       <c r="U37" s="2" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
-[...1309 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{809B86FF-D248-4A56-AAC8-E30E88800529}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>77</v>
       </c>
@@ -36544,51 +38418,51 @@
       <c r="U37" s="2" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBB7984E-9523-4F4B-A5C9-27648F0E70EF}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>69</v>
       </c>
@@ -38100,51 +39974,51 @@
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="J16:L16 J19:L19" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>72</v>
@@ -39661,51 +41535,51 @@
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="J19:U19" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C2ED6BE-0800-4E26-A08A-EA13828332B5}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>71</v>
       </c>
@@ -41221,51 +43095,51 @@
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="J19:U19" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8A75DDD-C23A-4AB8-990F-238FBEDE6C20}">
   <dimension ref="A1:U37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.5703125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="5" customWidth="1"/>
     <col min="4" max="4" width="15.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="5" customWidth="1"/>
     <col min="6" max="6" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="6.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="21" width="6.7109375" style="1" customWidth="1"/>
     <col min="22" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>70</v>
       </c>
@@ -42788,51 +44662,51 @@
       <c r="U37" s="2" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J6:U6"/>
     <mergeCell ref="A33:U33"/>
     <mergeCell ref="A34:U34"/>
     <mergeCell ref="A35:U35"/>
     <mergeCell ref="A36:U36"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C197CAB-A336-4156-B072-CD47BC217385}">
   <dimension ref="A1:O17"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="38" customWidth="1"/>
     <col min="2" max="2" width="5.28515625" style="38" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" style="38" customWidth="1"/>
     <col min="4" max="15" width="8.7109375" style="38" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="38"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="74" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:15" s="75" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="76" t="s">
         <v>3</v>
       </c>
@@ -43231,553 +45105,109 @@
       <c r="K16" s="97"/>
       <c r="L16" s="97"/>
       <c r="M16" s="97"/>
       <c r="N16" s="97"/>
       <c r="O16" s="97"/>
     </row>
     <row r="17" spans="15:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O17" s="39" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B15:O16"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="D7:O7" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
-</worksheet>
-[...445 lines deleted...]
-  <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="29" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>2009</vt:lpstr>
       <vt:lpstr>2008</vt:lpstr>
       <vt:lpstr>2007</vt:lpstr>
       <vt:lpstr>2006</vt:lpstr>
       <vt:lpstr>2005</vt:lpstr>
       <vt:lpstr>2004</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>