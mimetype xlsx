--- v0 (2026-02-26)
+++ v1 (2026-03-20)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B47AACFF-5550-4DFF-8833-B28221DB1F98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{082226F9-8AA7-4BF7-95EF-F3ED530ECA5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="15" r:id="rId1"/>
     <sheet name="2025" sheetId="14" r:id="rId2"/>
     <sheet name="2024" sheetId="13" r:id="rId3"/>
     <sheet name="2023" sheetId="12" r:id="rId4"/>
     <sheet name="2022" sheetId="8" r:id="rId5"/>
     <sheet name="2021" sheetId="9" r:id="rId6"/>
     <sheet name="2020" sheetId="10" r:id="rId7"/>
     <sheet name="2019" sheetId="11" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="7" hidden="1">'2019'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2020'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2021'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2022'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2023'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2024'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2025'!$A$9:$R$126</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2026'!$A$9:$R$126</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
@@ -945,54 +945,54 @@
   <si>
     <t>Mai 26</t>
   </si>
   <si>
     <t>Jun 26</t>
   </si>
   <si>
     <t>Jul 26</t>
   </si>
   <si>
     <t>Aug 26</t>
   </si>
   <si>
     <t>Sep 26</t>
   </si>
   <si>
     <t>Okt 26</t>
   </si>
   <si>
     <t>Nov 26</t>
   </si>
   <si>
     <t>Dez 26</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+    <t>Mittel 2026</t>
   </si>
   <si>
-    <t>Mittel 2026</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 5.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1257,76 +1257,76 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2439,1967 +2439,2079 @@
         <v>1963</v>
       </c>
       <c r="D18" s="19"/>
       <c r="E18" s="19">
         <v>1127</v>
       </c>
       <c r="F18" s="19">
         <v>836</v>
       </c>
       <c r="G18" s="19"/>
       <c r="H18" s="19">
         <v>557</v>
       </c>
       <c r="I18" s="19">
         <v>460</v>
       </c>
       <c r="J18" s="19"/>
       <c r="K18" s="19">
         <v>570</v>
       </c>
       <c r="L18" s="19">
         <v>376</v>
       </c>
     </row>
     <row r="19" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="55" t="s">
+      <c r="A19" s="31" t="s">
         <v>126</v>
       </c>
-      <c r="B19" s="56"/>
-[...9 lines deleted...]
-      <c r="L19" s="58"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="33"/>
+      <c r="D19" s="34"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="34"/>
+      <c r="G19" s="34"/>
+      <c r="H19" s="34"/>
+      <c r="I19" s="34"/>
+      <c r="J19" s="34"/>
+      <c r="K19" s="34"/>
+      <c r="L19" s="34"/>
     </row>
     <row r="20" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="59"/>
-      <c r="B20" s="60" t="s">
+      <c r="A20" s="36"/>
+      <c r="B20" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="C20" s="61"/>
-[...8 lines deleted...]
-      <c r="L20" s="62"/>
+      <c r="C20" s="38">
+        <v>27</v>
+      </c>
+      <c r="D20" s="39"/>
+      <c r="E20" s="39">
+        <v>17</v>
+      </c>
+      <c r="F20" s="39">
+        <v>10</v>
+      </c>
+      <c r="G20" s="39"/>
+      <c r="H20" s="39">
+        <v>9</v>
+      </c>
+      <c r="I20" s="39">
+        <v>7</v>
+      </c>
+      <c r="J20" s="39"/>
+      <c r="K20" s="39">
+        <v>8</v>
+      </c>
+      <c r="L20" s="39">
+        <v>3</v>
+      </c>
     </row>
     <row r="21" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="59"/>
-      <c r="B21" s="60" t="s">
+      <c r="A21" s="36"/>
+      <c r="B21" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="C21" s="61"/>
-[...8 lines deleted...]
-      <c r="L21" s="62"/>
+      <c r="C21" s="38">
+        <v>121</v>
+      </c>
+      <c r="D21" s="39"/>
+      <c r="E21" s="39">
+        <v>69</v>
+      </c>
+      <c r="F21" s="39">
+        <v>52</v>
+      </c>
+      <c r="G21" s="39"/>
+      <c r="H21" s="39">
+        <v>43</v>
+      </c>
+      <c r="I21" s="39">
+        <v>38</v>
+      </c>
+      <c r="J21" s="39"/>
+      <c r="K21" s="39">
+        <v>26</v>
+      </c>
+      <c r="L21" s="39">
+        <v>14</v>
+      </c>
     </row>
     <row r="22" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="59"/>
-      <c r="B22" s="60" t="s">
+      <c r="A22" s="36"/>
+      <c r="B22" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="C22" s="61"/>
-[...8 lines deleted...]
-      <c r="L22" s="62"/>
+      <c r="C22" s="38">
+        <v>277</v>
+      </c>
+      <c r="D22" s="39"/>
+      <c r="E22" s="39">
+        <v>148</v>
+      </c>
+      <c r="F22" s="39">
+        <v>129</v>
+      </c>
+      <c r="G22" s="39"/>
+      <c r="H22" s="39">
+        <v>85</v>
+      </c>
+      <c r="I22" s="39">
+        <v>77</v>
+      </c>
+      <c r="J22" s="39"/>
+      <c r="K22" s="39">
+        <v>63</v>
+      </c>
+      <c r="L22" s="39">
+        <v>52</v>
+      </c>
     </row>
     <row r="23" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="59"/>
-      <c r="B23" s="60" t="s">
+      <c r="A23" s="36"/>
+      <c r="B23" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="C23" s="61"/>
-[...8 lines deleted...]
-      <c r="L23" s="62"/>
+      <c r="C23" s="38">
+        <v>698</v>
+      </c>
+      <c r="D23" s="39"/>
+      <c r="E23" s="39">
+        <v>388</v>
+      </c>
+      <c r="F23" s="39">
+        <v>310</v>
+      </c>
+      <c r="G23" s="39"/>
+      <c r="H23" s="39">
+        <v>164</v>
+      </c>
+      <c r="I23" s="39">
+        <v>173</v>
+      </c>
+      <c r="J23" s="39"/>
+      <c r="K23" s="39">
+        <v>224</v>
+      </c>
+      <c r="L23" s="39">
+        <v>137</v>
+      </c>
     </row>
     <row r="24" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="59"/>
-      <c r="B24" s="60" t="s">
+      <c r="A24" s="36"/>
+      <c r="B24" s="37" t="s">
         <v>8</v>
       </c>
-      <c r="C24" s="61"/>
-[...8 lines deleted...]
-      <c r="L24" s="62"/>
+      <c r="C24" s="38">
+        <v>424</v>
+      </c>
+      <c r="D24" s="39"/>
+      <c r="E24" s="39">
+        <v>255</v>
+      </c>
+      <c r="F24" s="39">
+        <v>169</v>
+      </c>
+      <c r="G24" s="39"/>
+      <c r="H24" s="39">
+        <v>120</v>
+      </c>
+      <c r="I24" s="39">
+        <v>78</v>
+      </c>
+      <c r="J24" s="39"/>
+      <c r="K24" s="39">
+        <v>135</v>
+      </c>
+      <c r="L24" s="39">
+        <v>91</v>
+      </c>
     </row>
     <row r="25" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="59"/>
-      <c r="B25" s="60" t="s">
+      <c r="A25" s="36"/>
+      <c r="B25" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="C25" s="61"/>
-[...8 lines deleted...]
-      <c r="L25" s="62"/>
+      <c r="C25" s="38">
+        <v>308</v>
+      </c>
+      <c r="D25" s="39"/>
+      <c r="E25" s="39">
+        <v>190</v>
+      </c>
+      <c r="F25" s="39">
+        <v>118</v>
+      </c>
+      <c r="G25" s="39"/>
+      <c r="H25" s="39">
+        <v>90</v>
+      </c>
+      <c r="I25" s="39">
+        <v>63</v>
+      </c>
+      <c r="J25" s="39"/>
+      <c r="K25" s="39">
+        <v>100</v>
+      </c>
+      <c r="L25" s="39">
+        <v>55</v>
+      </c>
     </row>
     <row r="26" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="59"/>
-      <c r="B26" s="60" t="s">
+      <c r="A26" s="36"/>
+      <c r="B26" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="C26" s="61"/>
-[...8 lines deleted...]
-      <c r="L26" s="62"/>
+      <c r="C26" s="38">
+        <v>116</v>
+      </c>
+      <c r="D26" s="39"/>
+      <c r="E26" s="39">
+        <v>75</v>
+      </c>
+      <c r="F26" s="39">
+        <v>41</v>
+      </c>
+      <c r="G26" s="39"/>
+      <c r="H26" s="39">
+        <v>42</v>
+      </c>
+      <c r="I26" s="39">
+        <v>31</v>
+      </c>
+      <c r="J26" s="39"/>
+      <c r="K26" s="39">
+        <v>33</v>
+      </c>
+      <c r="L26" s="39">
+        <v>10</v>
+      </c>
     </row>
     <row r="27" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="63"/>
-      <c r="B27" s="64" t="s">
+      <c r="A27" s="40"/>
+      <c r="B27" s="41" t="s">
         <v>11</v>
       </c>
-      <c r="C27" s="65"/>
-[...8 lines deleted...]
-      <c r="L27" s="66"/>
+      <c r="C27" s="42">
+        <v>1971</v>
+      </c>
+      <c r="D27" s="43"/>
+      <c r="E27" s="43">
+        <v>1142</v>
+      </c>
+      <c r="F27" s="43">
+        <v>829</v>
+      </c>
+      <c r="G27" s="43"/>
+      <c r="H27" s="43">
+        <v>553</v>
+      </c>
+      <c r="I27" s="43">
+        <v>467</v>
+      </c>
+      <c r="J27" s="43"/>
+      <c r="K27" s="43">
+        <v>589</v>
+      </c>
+      <c r="L27" s="43">
+        <v>362</v>
+      </c>
     </row>
     <row r="28" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="55" t="s">
+      <c r="A28" s="53" t="s">
         <v>127</v>
       </c>
-      <c r="B28" s="56"/>
-[...9 lines deleted...]
-      <c r="L28" s="58"/>
+      <c r="B28" s="54"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="56"/>
+      <c r="E28" s="56"/>
+      <c r="F28" s="56"/>
+      <c r="G28" s="56"/>
+      <c r="H28" s="56"/>
+      <c r="I28" s="56"/>
+      <c r="J28" s="56"/>
+      <c r="K28" s="56"/>
+      <c r="L28" s="56"/>
     </row>
     <row r="29" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="59"/>
-      <c r="B29" s="60" t="s">
+      <c r="A29" s="57"/>
+      <c r="B29" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C29" s="61"/>
-[...8 lines deleted...]
-      <c r="L29" s="62"/>
+      <c r="C29" s="59"/>
+      <c r="D29" s="60"/>
+      <c r="E29" s="60"/>
+      <c r="F29" s="60"/>
+      <c r="G29" s="60"/>
+      <c r="H29" s="60"/>
+      <c r="I29" s="60"/>
+      <c r="J29" s="60"/>
+      <c r="K29" s="60"/>
+      <c r="L29" s="60"/>
     </row>
     <row r="30" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="59"/>
-      <c r="B30" s="60" t="s">
+      <c r="A30" s="57"/>
+      <c r="B30" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C30" s="61"/>
-[...8 lines deleted...]
-      <c r="L30" s="62"/>
+      <c r="C30" s="59"/>
+      <c r="D30" s="60"/>
+      <c r="E30" s="60"/>
+      <c r="F30" s="60"/>
+      <c r="G30" s="60"/>
+      <c r="H30" s="60"/>
+      <c r="I30" s="60"/>
+      <c r="J30" s="60"/>
+      <c r="K30" s="60"/>
+      <c r="L30" s="60"/>
     </row>
     <row r="31" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="59"/>
-      <c r="B31" s="60" t="s">
+      <c r="A31" s="57"/>
+      <c r="B31" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C31" s="61"/>
-[...8 lines deleted...]
-      <c r="L31" s="62"/>
+      <c r="C31" s="59"/>
+      <c r="D31" s="60"/>
+      <c r="E31" s="60"/>
+      <c r="F31" s="60"/>
+      <c r="G31" s="60"/>
+      <c r="H31" s="60"/>
+      <c r="I31" s="60"/>
+      <c r="J31" s="60"/>
+      <c r="K31" s="60"/>
+      <c r="L31" s="60"/>
     </row>
     <row r="32" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="59"/>
-      <c r="B32" s="60" t="s">
+      <c r="A32" s="57"/>
+      <c r="B32" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C32" s="61"/>
-[...8 lines deleted...]
-      <c r="L32" s="62"/>
+      <c r="C32" s="59"/>
+      <c r="D32" s="60"/>
+      <c r="E32" s="60"/>
+      <c r="F32" s="60"/>
+      <c r="G32" s="60"/>
+      <c r="H32" s="60"/>
+      <c r="I32" s="60"/>
+      <c r="J32" s="60"/>
+      <c r="K32" s="60"/>
+      <c r="L32" s="60"/>
     </row>
     <row r="33" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="59"/>
-      <c r="B33" s="60" t="s">
+      <c r="A33" s="57"/>
+      <c r="B33" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C33" s="61"/>
-[...8 lines deleted...]
-      <c r="L33" s="62"/>
+      <c r="C33" s="59"/>
+      <c r="D33" s="60"/>
+      <c r="E33" s="60"/>
+      <c r="F33" s="60"/>
+      <c r="G33" s="60"/>
+      <c r="H33" s="60"/>
+      <c r="I33" s="60"/>
+      <c r="J33" s="60"/>
+      <c r="K33" s="60"/>
+      <c r="L33" s="60"/>
     </row>
     <row r="34" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="59"/>
-      <c r="B34" s="60" t="s">
+      <c r="A34" s="57"/>
+      <c r="B34" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C34" s="61"/>
-[...8 lines deleted...]
-      <c r="L34" s="62"/>
+      <c r="C34" s="59"/>
+      <c r="D34" s="60"/>
+      <c r="E34" s="60"/>
+      <c r="F34" s="60"/>
+      <c r="G34" s="60"/>
+      <c r="H34" s="60"/>
+      <c r="I34" s="60"/>
+      <c r="J34" s="60"/>
+      <c r="K34" s="60"/>
+      <c r="L34" s="60"/>
     </row>
     <row r="35" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="59"/>
-      <c r="B35" s="60" t="s">
+      <c r="A35" s="57"/>
+      <c r="B35" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C35" s="61"/>
-[...8 lines deleted...]
-      <c r="L35" s="62"/>
+      <c r="C35" s="59"/>
+      <c r="D35" s="60"/>
+      <c r="E35" s="60"/>
+      <c r="F35" s="60"/>
+      <c r="G35" s="60"/>
+      <c r="H35" s="60"/>
+      <c r="I35" s="60"/>
+      <c r="J35" s="60"/>
+      <c r="K35" s="60"/>
+      <c r="L35" s="60"/>
     </row>
     <row r="36" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="63"/>
-      <c r="B36" s="64" t="s">
+      <c r="A36" s="61"/>
+      <c r="B36" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C36" s="65"/>
-[...8 lines deleted...]
-      <c r="L36" s="66"/>
+      <c r="C36" s="63"/>
+      <c r="D36" s="64"/>
+      <c r="E36" s="64"/>
+      <c r="F36" s="64"/>
+      <c r="G36" s="64"/>
+      <c r="H36" s="64"/>
+      <c r="I36" s="64"/>
+      <c r="J36" s="64"/>
+      <c r="K36" s="64"/>
+      <c r="L36" s="64"/>
     </row>
     <row r="37" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="55" t="s">
+      <c r="A37" s="53" t="s">
         <v>128</v>
       </c>
-      <c r="B37" s="56"/>
-[...9 lines deleted...]
-      <c r="L37" s="58"/>
+      <c r="B37" s="54"/>
+      <c r="C37" s="55"/>
+      <c r="D37" s="56"/>
+      <c r="E37" s="56"/>
+      <c r="F37" s="56"/>
+      <c r="G37" s="56"/>
+      <c r="H37" s="56"/>
+      <c r="I37" s="56"/>
+      <c r="J37" s="56"/>
+      <c r="K37" s="56"/>
+      <c r="L37" s="56"/>
     </row>
     <row r="38" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="59"/>
-      <c r="B38" s="60" t="s">
+      <c r="A38" s="57"/>
+      <c r="B38" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C38" s="61"/>
-[...8 lines deleted...]
-      <c r="L38" s="62"/>
+      <c r="C38" s="59"/>
+      <c r="D38" s="60"/>
+      <c r="E38" s="60"/>
+      <c r="F38" s="60"/>
+      <c r="G38" s="60"/>
+      <c r="H38" s="60"/>
+      <c r="I38" s="60"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="60"/>
+      <c r="L38" s="60"/>
     </row>
     <row r="39" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="59"/>
-      <c r="B39" s="60" t="s">
+      <c r="A39" s="57"/>
+      <c r="B39" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C39" s="61"/>
-[...8 lines deleted...]
-      <c r="L39" s="62"/>
+      <c r="C39" s="59"/>
+      <c r="D39" s="60"/>
+      <c r="E39" s="60"/>
+      <c r="F39" s="60"/>
+      <c r="G39" s="60"/>
+      <c r="H39" s="60"/>
+      <c r="I39" s="60"/>
+      <c r="J39" s="60"/>
+      <c r="K39" s="60"/>
+      <c r="L39" s="60"/>
     </row>
     <row r="40" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="59"/>
-      <c r="B40" s="60" t="s">
+      <c r="A40" s="57"/>
+      <c r="B40" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C40" s="61"/>
-[...8 lines deleted...]
-      <c r="L40" s="62"/>
+      <c r="C40" s="59"/>
+      <c r="D40" s="60"/>
+      <c r="E40" s="60"/>
+      <c r="F40" s="60"/>
+      <c r="G40" s="60"/>
+      <c r="H40" s="60"/>
+      <c r="I40" s="60"/>
+      <c r="J40" s="60"/>
+      <c r="K40" s="60"/>
+      <c r="L40" s="60"/>
     </row>
     <row r="41" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="59"/>
-      <c r="B41" s="60" t="s">
+      <c r="A41" s="57"/>
+      <c r="B41" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C41" s="61"/>
-[...8 lines deleted...]
-      <c r="L41" s="62"/>
+      <c r="C41" s="59"/>
+      <c r="D41" s="60"/>
+      <c r="E41" s="60"/>
+      <c r="F41" s="60"/>
+      <c r="G41" s="60"/>
+      <c r="H41" s="60"/>
+      <c r="I41" s="60"/>
+      <c r="J41" s="60"/>
+      <c r="K41" s="60"/>
+      <c r="L41" s="60"/>
     </row>
     <row r="42" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="59"/>
-      <c r="B42" s="60" t="s">
+      <c r="A42" s="57"/>
+      <c r="B42" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C42" s="61"/>
-[...8 lines deleted...]
-      <c r="L42" s="62"/>
+      <c r="C42" s="59"/>
+      <c r="D42" s="60"/>
+      <c r="E42" s="60"/>
+      <c r="F42" s="60"/>
+      <c r="G42" s="60"/>
+      <c r="H42" s="60"/>
+      <c r="I42" s="60"/>
+      <c r="J42" s="60"/>
+      <c r="K42" s="60"/>
+      <c r="L42" s="60"/>
     </row>
     <row r="43" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="59"/>
-      <c r="B43" s="60" t="s">
+      <c r="A43" s="57"/>
+      <c r="B43" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C43" s="61"/>
-[...8 lines deleted...]
-      <c r="L43" s="62"/>
+      <c r="C43" s="59"/>
+      <c r="D43" s="60"/>
+      <c r="E43" s="60"/>
+      <c r="F43" s="60"/>
+      <c r="G43" s="60"/>
+      <c r="H43" s="60"/>
+      <c r="I43" s="60"/>
+      <c r="J43" s="60"/>
+      <c r="K43" s="60"/>
+      <c r="L43" s="60"/>
     </row>
     <row r="44" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="59"/>
-      <c r="B44" s="60" t="s">
+      <c r="A44" s="57"/>
+      <c r="B44" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C44" s="61"/>
-[...8 lines deleted...]
-      <c r="L44" s="62"/>
+      <c r="C44" s="59"/>
+      <c r="D44" s="60"/>
+      <c r="E44" s="60"/>
+      <c r="F44" s="60"/>
+      <c r="G44" s="60"/>
+      <c r="H44" s="60"/>
+      <c r="I44" s="60"/>
+      <c r="J44" s="60"/>
+      <c r="K44" s="60"/>
+      <c r="L44" s="60"/>
     </row>
     <row r="45" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="63"/>
-      <c r="B45" s="64" t="s">
+      <c r="A45" s="61"/>
+      <c r="B45" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C45" s="65"/>
-[...8 lines deleted...]
-      <c r="L45" s="66"/>
+      <c r="C45" s="63"/>
+      <c r="D45" s="64"/>
+      <c r="E45" s="64"/>
+      <c r="F45" s="64"/>
+      <c r="G45" s="64"/>
+      <c r="H45" s="64"/>
+      <c r="I45" s="64"/>
+      <c r="J45" s="64"/>
+      <c r="K45" s="64"/>
+      <c r="L45" s="64"/>
     </row>
     <row r="46" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="55" t="s">
+      <c r="A46" s="53" t="s">
         <v>129</v>
       </c>
-      <c r="B46" s="56"/>
-[...9 lines deleted...]
-      <c r="L46" s="58"/>
+      <c r="B46" s="54"/>
+      <c r="C46" s="55"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="56"/>
+      <c r="G46" s="56"/>
+      <c r="H46" s="56"/>
+      <c r="I46" s="56"/>
+      <c r="J46" s="56"/>
+      <c r="K46" s="56"/>
+      <c r="L46" s="56"/>
     </row>
     <row r="47" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="59"/>
-      <c r="B47" s="60" t="s">
+      <c r="A47" s="57"/>
+      <c r="B47" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C47" s="61"/>
-[...8 lines deleted...]
-      <c r="L47" s="62"/>
+      <c r="C47" s="59"/>
+      <c r="D47" s="60"/>
+      <c r="E47" s="60"/>
+      <c r="F47" s="60"/>
+      <c r="G47" s="60"/>
+      <c r="H47" s="60"/>
+      <c r="I47" s="60"/>
+      <c r="J47" s="60"/>
+      <c r="K47" s="60"/>
+      <c r="L47" s="60"/>
     </row>
     <row r="48" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="59"/>
-      <c r="B48" s="60" t="s">
+      <c r="A48" s="57"/>
+      <c r="B48" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C48" s="61"/>
-[...8 lines deleted...]
-      <c r="L48" s="62"/>
+      <c r="C48" s="59"/>
+      <c r="D48" s="60"/>
+      <c r="E48" s="60"/>
+      <c r="F48" s="60"/>
+      <c r="G48" s="60"/>
+      <c r="H48" s="60"/>
+      <c r="I48" s="60"/>
+      <c r="J48" s="60"/>
+      <c r="K48" s="60"/>
+      <c r="L48" s="60"/>
     </row>
     <row r="49" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="59"/>
-      <c r="B49" s="60" t="s">
+      <c r="A49" s="57"/>
+      <c r="B49" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C49" s="61"/>
-[...8 lines deleted...]
-      <c r="L49" s="62"/>
+      <c r="C49" s="59"/>
+      <c r="D49" s="60"/>
+      <c r="E49" s="60"/>
+      <c r="F49" s="60"/>
+      <c r="G49" s="60"/>
+      <c r="H49" s="60"/>
+      <c r="I49" s="60"/>
+      <c r="J49" s="60"/>
+      <c r="K49" s="60"/>
+      <c r="L49" s="60"/>
     </row>
     <row r="50" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="59"/>
-      <c r="B50" s="60" t="s">
+      <c r="A50" s="57"/>
+      <c r="B50" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C50" s="61"/>
-[...8 lines deleted...]
-      <c r="L50" s="62"/>
+      <c r="C50" s="59"/>
+      <c r="D50" s="60"/>
+      <c r="E50" s="60"/>
+      <c r="F50" s="60"/>
+      <c r="G50" s="60"/>
+      <c r="H50" s="60"/>
+      <c r="I50" s="60"/>
+      <c r="J50" s="60"/>
+      <c r="K50" s="60"/>
+      <c r="L50" s="60"/>
     </row>
     <row r="51" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="59"/>
-      <c r="B51" s="60" t="s">
+      <c r="A51" s="57"/>
+      <c r="B51" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="61"/>
-[...8 lines deleted...]
-      <c r="L51" s="62"/>
+      <c r="C51" s="59"/>
+      <c r="D51" s="60"/>
+      <c r="E51" s="60"/>
+      <c r="F51" s="60"/>
+      <c r="G51" s="60"/>
+      <c r="H51" s="60"/>
+      <c r="I51" s="60"/>
+      <c r="J51" s="60"/>
+      <c r="K51" s="60"/>
+      <c r="L51" s="60"/>
     </row>
     <row r="52" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="59"/>
-      <c r="B52" s="60" t="s">
+      <c r="A52" s="57"/>
+      <c r="B52" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C52" s="61"/>
-[...8 lines deleted...]
-      <c r="L52" s="62"/>
+      <c r="C52" s="59"/>
+      <c r="D52" s="60"/>
+      <c r="E52" s="60"/>
+      <c r="F52" s="60"/>
+      <c r="G52" s="60"/>
+      <c r="H52" s="60"/>
+      <c r="I52" s="60"/>
+      <c r="J52" s="60"/>
+      <c r="K52" s="60"/>
+      <c r="L52" s="60"/>
     </row>
     <row r="53" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="59"/>
-      <c r="B53" s="60" t="s">
+      <c r="A53" s="57"/>
+      <c r="B53" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C53" s="61"/>
-[...8 lines deleted...]
-      <c r="L53" s="62"/>
+      <c r="C53" s="59"/>
+      <c r="D53" s="60"/>
+      <c r="E53" s="60"/>
+      <c r="F53" s="60"/>
+      <c r="G53" s="60"/>
+      <c r="H53" s="60"/>
+      <c r="I53" s="60"/>
+      <c r="J53" s="60"/>
+      <c r="K53" s="60"/>
+      <c r="L53" s="60"/>
     </row>
     <row r="54" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="63"/>
-      <c r="B54" s="64" t="s">
+      <c r="A54" s="61"/>
+      <c r="B54" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C54" s="65"/>
-[...8 lines deleted...]
-      <c r="L54" s="66"/>
+      <c r="C54" s="63"/>
+      <c r="D54" s="64"/>
+      <c r="E54" s="64"/>
+      <c r="F54" s="64"/>
+      <c r="G54" s="64"/>
+      <c r="H54" s="64"/>
+      <c r="I54" s="64"/>
+      <c r="J54" s="64"/>
+      <c r="K54" s="64"/>
+      <c r="L54" s="64"/>
     </row>
     <row r="55" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="55" t="s">
+      <c r="A55" s="53" t="s">
         <v>130</v>
       </c>
-      <c r="B55" s="56"/>
-[...9 lines deleted...]
-      <c r="L55" s="58"/>
+      <c r="B55" s="54"/>
+      <c r="C55" s="55"/>
+      <c r="D55" s="56"/>
+      <c r="E55" s="56"/>
+      <c r="F55" s="56"/>
+      <c r="G55" s="56"/>
+      <c r="H55" s="56"/>
+      <c r="I55" s="56"/>
+      <c r="J55" s="56"/>
+      <c r="K55" s="56"/>
+      <c r="L55" s="56"/>
     </row>
     <row r="56" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="59"/>
-      <c r="B56" s="60" t="s">
+      <c r="A56" s="57"/>
+      <c r="B56" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C56" s="61"/>
-[...8 lines deleted...]
-      <c r="L56" s="62"/>
+      <c r="C56" s="59"/>
+      <c r="D56" s="60"/>
+      <c r="E56" s="60"/>
+      <c r="F56" s="60"/>
+      <c r="G56" s="60"/>
+      <c r="H56" s="60"/>
+      <c r="I56" s="60"/>
+      <c r="J56" s="60"/>
+      <c r="K56" s="60"/>
+      <c r="L56" s="60"/>
     </row>
     <row r="57" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="59"/>
-      <c r="B57" s="60" t="s">
+      <c r="A57" s="57"/>
+      <c r="B57" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C57" s="61"/>
-[...8 lines deleted...]
-      <c r="L57" s="62"/>
+      <c r="C57" s="59"/>
+      <c r="D57" s="60"/>
+      <c r="E57" s="60"/>
+      <c r="F57" s="60"/>
+      <c r="G57" s="60"/>
+      <c r="H57" s="60"/>
+      <c r="I57" s="60"/>
+      <c r="J57" s="60"/>
+      <c r="K57" s="60"/>
+      <c r="L57" s="60"/>
     </row>
     <row r="58" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="59"/>
-      <c r="B58" s="60" t="s">
+      <c r="A58" s="57"/>
+      <c r="B58" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C58" s="61"/>
-[...8 lines deleted...]
-      <c r="L58" s="62"/>
+      <c r="C58" s="59"/>
+      <c r="D58" s="60"/>
+      <c r="E58" s="60"/>
+      <c r="F58" s="60"/>
+      <c r="G58" s="60"/>
+      <c r="H58" s="60"/>
+      <c r="I58" s="60"/>
+      <c r="J58" s="60"/>
+      <c r="K58" s="60"/>
+      <c r="L58" s="60"/>
     </row>
     <row r="59" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="59"/>
-      <c r="B59" s="60" t="s">
+      <c r="A59" s="57"/>
+      <c r="B59" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C59" s="61"/>
-[...8 lines deleted...]
-      <c r="L59" s="62"/>
+      <c r="C59" s="59"/>
+      <c r="D59" s="60"/>
+      <c r="E59" s="60"/>
+      <c r="F59" s="60"/>
+      <c r="G59" s="60"/>
+      <c r="H59" s="60"/>
+      <c r="I59" s="60"/>
+      <c r="J59" s="60"/>
+      <c r="K59" s="60"/>
+      <c r="L59" s="60"/>
     </row>
     <row r="60" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="59"/>
-      <c r="B60" s="60" t="s">
+      <c r="A60" s="57"/>
+      <c r="B60" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C60" s="61"/>
-[...8 lines deleted...]
-      <c r="L60" s="62"/>
+      <c r="C60" s="59"/>
+      <c r="D60" s="60"/>
+      <c r="E60" s="60"/>
+      <c r="F60" s="60"/>
+      <c r="G60" s="60"/>
+      <c r="H60" s="60"/>
+      <c r="I60" s="60"/>
+      <c r="J60" s="60"/>
+      <c r="K60" s="60"/>
+      <c r="L60" s="60"/>
     </row>
     <row r="61" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="59"/>
-      <c r="B61" s="60" t="s">
+      <c r="A61" s="57"/>
+      <c r="B61" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C61" s="61"/>
-[...8 lines deleted...]
-      <c r="L61" s="62"/>
+      <c r="C61" s="59"/>
+      <c r="D61" s="60"/>
+      <c r="E61" s="60"/>
+      <c r="F61" s="60"/>
+      <c r="G61" s="60"/>
+      <c r="H61" s="60"/>
+      <c r="I61" s="60"/>
+      <c r="J61" s="60"/>
+      <c r="K61" s="60"/>
+      <c r="L61" s="60"/>
     </row>
     <row r="62" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="59"/>
-      <c r="B62" s="60" t="s">
+      <c r="A62" s="57"/>
+      <c r="B62" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C62" s="61"/>
-[...8 lines deleted...]
-      <c r="L62" s="62"/>
+      <c r="C62" s="59"/>
+      <c r="D62" s="60"/>
+      <c r="E62" s="60"/>
+      <c r="F62" s="60"/>
+      <c r="G62" s="60"/>
+      <c r="H62" s="60"/>
+      <c r="I62" s="60"/>
+      <c r="J62" s="60"/>
+      <c r="K62" s="60"/>
+      <c r="L62" s="60"/>
     </row>
     <row r="63" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="63"/>
-      <c r="B63" s="64" t="s">
+      <c r="A63" s="61"/>
+      <c r="B63" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C63" s="65"/>
-[...8 lines deleted...]
-      <c r="L63" s="66"/>
+      <c r="C63" s="63"/>
+      <c r="D63" s="64"/>
+      <c r="E63" s="64"/>
+      <c r="F63" s="64"/>
+      <c r="G63" s="64"/>
+      <c r="H63" s="64"/>
+      <c r="I63" s="64"/>
+      <c r="J63" s="64"/>
+      <c r="K63" s="64"/>
+      <c r="L63" s="64"/>
     </row>
     <row r="64" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="55" t="s">
+      <c r="A64" s="53" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="56"/>
-[...9 lines deleted...]
-      <c r="L64" s="58"/>
+      <c r="B64" s="54"/>
+      <c r="C64" s="55"/>
+      <c r="D64" s="56"/>
+      <c r="E64" s="56"/>
+      <c r="F64" s="56"/>
+      <c r="G64" s="56"/>
+      <c r="H64" s="56"/>
+      <c r="I64" s="56"/>
+      <c r="J64" s="56"/>
+      <c r="K64" s="56"/>
+      <c r="L64" s="56"/>
     </row>
     <row r="65" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="59"/>
-      <c r="B65" s="60" t="s">
+      <c r="A65" s="57"/>
+      <c r="B65" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C65" s="61"/>
-[...8 lines deleted...]
-      <c r="L65" s="62"/>
+      <c r="C65" s="59"/>
+      <c r="D65" s="60"/>
+      <c r="E65" s="60"/>
+      <c r="F65" s="60"/>
+      <c r="G65" s="60"/>
+      <c r="H65" s="60"/>
+      <c r="I65" s="60"/>
+      <c r="J65" s="60"/>
+      <c r="K65" s="60"/>
+      <c r="L65" s="60"/>
     </row>
     <row r="66" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="59"/>
-      <c r="B66" s="60" t="s">
+      <c r="A66" s="57"/>
+      <c r="B66" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C66" s="61"/>
-[...8 lines deleted...]
-      <c r="L66" s="62"/>
+      <c r="C66" s="59"/>
+      <c r="D66" s="60"/>
+      <c r="E66" s="60"/>
+      <c r="F66" s="60"/>
+      <c r="G66" s="60"/>
+      <c r="H66" s="60"/>
+      <c r="I66" s="60"/>
+      <c r="J66" s="60"/>
+      <c r="K66" s="60"/>
+      <c r="L66" s="60"/>
     </row>
     <row r="67" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="59"/>
-      <c r="B67" s="60" t="s">
+      <c r="A67" s="57"/>
+      <c r="B67" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C67" s="61"/>
-[...8 lines deleted...]
-      <c r="L67" s="62"/>
+      <c r="C67" s="59"/>
+      <c r="D67" s="60"/>
+      <c r="E67" s="60"/>
+      <c r="F67" s="60"/>
+      <c r="G67" s="60"/>
+      <c r="H67" s="60"/>
+      <c r="I67" s="60"/>
+      <c r="J67" s="60"/>
+      <c r="K67" s="60"/>
+      <c r="L67" s="60"/>
     </row>
     <row r="68" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="59"/>
-      <c r="B68" s="60" t="s">
+      <c r="A68" s="57"/>
+      <c r="B68" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C68" s="61"/>
-[...8 lines deleted...]
-      <c r="L68" s="62"/>
+      <c r="C68" s="59"/>
+      <c r="D68" s="60"/>
+      <c r="E68" s="60"/>
+      <c r="F68" s="60"/>
+      <c r="G68" s="60"/>
+      <c r="H68" s="60"/>
+      <c r="I68" s="60"/>
+      <c r="J68" s="60"/>
+      <c r="K68" s="60"/>
+      <c r="L68" s="60"/>
     </row>
     <row r="69" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="59"/>
-      <c r="B69" s="60" t="s">
+      <c r="A69" s="57"/>
+      <c r="B69" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C69" s="61"/>
-[...8 lines deleted...]
-      <c r="L69" s="62"/>
+      <c r="C69" s="59"/>
+      <c r="D69" s="60"/>
+      <c r="E69" s="60"/>
+      <c r="F69" s="60"/>
+      <c r="G69" s="60"/>
+      <c r="H69" s="60"/>
+      <c r="I69" s="60"/>
+      <c r="J69" s="60"/>
+      <c r="K69" s="60"/>
+      <c r="L69" s="60"/>
     </row>
     <row r="70" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="59"/>
-      <c r="B70" s="60" t="s">
+      <c r="A70" s="57"/>
+      <c r="B70" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C70" s="61"/>
-[...8 lines deleted...]
-      <c r="L70" s="62"/>
+      <c r="C70" s="59"/>
+      <c r="D70" s="60"/>
+      <c r="E70" s="60"/>
+      <c r="F70" s="60"/>
+      <c r="G70" s="60"/>
+      <c r="H70" s="60"/>
+      <c r="I70" s="60"/>
+      <c r="J70" s="60"/>
+      <c r="K70" s="60"/>
+      <c r="L70" s="60"/>
     </row>
     <row r="71" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="59"/>
-      <c r="B71" s="60" t="s">
+      <c r="A71" s="57"/>
+      <c r="B71" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C71" s="61"/>
-[...8 lines deleted...]
-      <c r="L71" s="62"/>
+      <c r="C71" s="59"/>
+      <c r="D71" s="60"/>
+      <c r="E71" s="60"/>
+      <c r="F71" s="60"/>
+      <c r="G71" s="60"/>
+      <c r="H71" s="60"/>
+      <c r="I71" s="60"/>
+      <c r="J71" s="60"/>
+      <c r="K71" s="60"/>
+      <c r="L71" s="60"/>
     </row>
     <row r="72" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="63"/>
-      <c r="B72" s="64" t="s">
+      <c r="A72" s="61"/>
+      <c r="B72" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C72" s="65"/>
-[...8 lines deleted...]
-      <c r="L72" s="66"/>
+      <c r="C72" s="63"/>
+      <c r="D72" s="64"/>
+      <c r="E72" s="64"/>
+      <c r="F72" s="64"/>
+      <c r="G72" s="64"/>
+      <c r="H72" s="64"/>
+      <c r="I72" s="64"/>
+      <c r="J72" s="64"/>
+      <c r="K72" s="64"/>
+      <c r="L72" s="64"/>
     </row>
     <row r="73" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="55" t="s">
+      <c r="A73" s="53" t="s">
         <v>132</v>
       </c>
-      <c r="B73" s="56"/>
-[...9 lines deleted...]
-      <c r="L73" s="58"/>
+      <c r="B73" s="54"/>
+      <c r="C73" s="55"/>
+      <c r="D73" s="56"/>
+      <c r="E73" s="56"/>
+      <c r="F73" s="56"/>
+      <c r="G73" s="56"/>
+      <c r="H73" s="56"/>
+      <c r="I73" s="56"/>
+      <c r="J73" s="56"/>
+      <c r="K73" s="56"/>
+      <c r="L73" s="56"/>
     </row>
     <row r="74" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="59"/>
-      <c r="B74" s="60" t="s">
+      <c r="A74" s="57"/>
+      <c r="B74" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C74" s="61"/>
-[...8 lines deleted...]
-      <c r="L74" s="62"/>
+      <c r="C74" s="59"/>
+      <c r="D74" s="60"/>
+      <c r="E74" s="60"/>
+      <c r="F74" s="60"/>
+      <c r="G74" s="60"/>
+      <c r="H74" s="60"/>
+      <c r="I74" s="60"/>
+      <c r="J74" s="60"/>
+      <c r="K74" s="60"/>
+      <c r="L74" s="60"/>
     </row>
     <row r="75" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="59"/>
-      <c r="B75" s="60" t="s">
+      <c r="A75" s="57"/>
+      <c r="B75" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C75" s="61"/>
-[...8 lines deleted...]
-      <c r="L75" s="62"/>
+      <c r="C75" s="59"/>
+      <c r="D75" s="60"/>
+      <c r="E75" s="60"/>
+      <c r="F75" s="60"/>
+      <c r="G75" s="60"/>
+      <c r="H75" s="60"/>
+      <c r="I75" s="60"/>
+      <c r="J75" s="60"/>
+      <c r="K75" s="60"/>
+      <c r="L75" s="60"/>
     </row>
     <row r="76" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="59"/>
-      <c r="B76" s="60" t="s">
+      <c r="A76" s="57"/>
+      <c r="B76" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C76" s="61"/>
-[...8 lines deleted...]
-      <c r="L76" s="62"/>
+      <c r="C76" s="59"/>
+      <c r="D76" s="60"/>
+      <c r="E76" s="60"/>
+      <c r="F76" s="60"/>
+      <c r="G76" s="60"/>
+      <c r="H76" s="60"/>
+      <c r="I76" s="60"/>
+      <c r="J76" s="60"/>
+      <c r="K76" s="60"/>
+      <c r="L76" s="60"/>
     </row>
     <row r="77" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="59"/>
-      <c r="B77" s="60" t="s">
+      <c r="A77" s="57"/>
+      <c r="B77" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C77" s="61"/>
-[...8 lines deleted...]
-      <c r="L77" s="62"/>
+      <c r="C77" s="59"/>
+      <c r="D77" s="60"/>
+      <c r="E77" s="60"/>
+      <c r="F77" s="60"/>
+      <c r="G77" s="60"/>
+      <c r="H77" s="60"/>
+      <c r="I77" s="60"/>
+      <c r="J77" s="60"/>
+      <c r="K77" s="60"/>
+      <c r="L77" s="60"/>
     </row>
     <row r="78" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="59"/>
-      <c r="B78" s="60" t="s">
+      <c r="A78" s="57"/>
+      <c r="B78" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C78" s="61"/>
-[...8 lines deleted...]
-      <c r="L78" s="62"/>
+      <c r="C78" s="59"/>
+      <c r="D78" s="60"/>
+      <c r="E78" s="60"/>
+      <c r="F78" s="60"/>
+      <c r="G78" s="60"/>
+      <c r="H78" s="60"/>
+      <c r="I78" s="60"/>
+      <c r="J78" s="60"/>
+      <c r="K78" s="60"/>
+      <c r="L78" s="60"/>
     </row>
     <row r="79" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="59"/>
-      <c r="B79" s="60" t="s">
+      <c r="A79" s="57"/>
+      <c r="B79" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C79" s="61"/>
-[...8 lines deleted...]
-      <c r="L79" s="62"/>
+      <c r="C79" s="59"/>
+      <c r="D79" s="60"/>
+      <c r="E79" s="60"/>
+      <c r="F79" s="60"/>
+      <c r="G79" s="60"/>
+      <c r="H79" s="60"/>
+      <c r="I79" s="60"/>
+      <c r="J79" s="60"/>
+      <c r="K79" s="60"/>
+      <c r="L79" s="60"/>
     </row>
     <row r="80" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="59"/>
-      <c r="B80" s="60" t="s">
+      <c r="A80" s="57"/>
+      <c r="B80" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C80" s="61"/>
-[...8 lines deleted...]
-      <c r="L80" s="62"/>
+      <c r="C80" s="59"/>
+      <c r="D80" s="60"/>
+      <c r="E80" s="60"/>
+      <c r="F80" s="60"/>
+      <c r="G80" s="60"/>
+      <c r="H80" s="60"/>
+      <c r="I80" s="60"/>
+      <c r="J80" s="60"/>
+      <c r="K80" s="60"/>
+      <c r="L80" s="60"/>
     </row>
     <row r="81" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="63"/>
-      <c r="B81" s="64" t="s">
+      <c r="A81" s="61"/>
+      <c r="B81" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C81" s="65"/>
-[...8 lines deleted...]
-      <c r="L81" s="66"/>
+      <c r="C81" s="63"/>
+      <c r="D81" s="64"/>
+      <c r="E81" s="64"/>
+      <c r="F81" s="64"/>
+      <c r="G81" s="64"/>
+      <c r="H81" s="64"/>
+      <c r="I81" s="64"/>
+      <c r="J81" s="64"/>
+      <c r="K81" s="64"/>
+      <c r="L81" s="64"/>
     </row>
     <row r="82" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="55" t="s">
+      <c r="A82" s="53" t="s">
         <v>133</v>
       </c>
-      <c r="B82" s="56"/>
-[...9 lines deleted...]
-      <c r="L82" s="58"/>
+      <c r="B82" s="54"/>
+      <c r="C82" s="55"/>
+      <c r="D82" s="56"/>
+      <c r="E82" s="56"/>
+      <c r="F82" s="56"/>
+      <c r="G82" s="56"/>
+      <c r="H82" s="56"/>
+      <c r="I82" s="56"/>
+      <c r="J82" s="56"/>
+      <c r="K82" s="56"/>
+      <c r="L82" s="56"/>
     </row>
     <row r="83" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="59"/>
-      <c r="B83" s="60" t="s">
+      <c r="A83" s="57"/>
+      <c r="B83" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C83" s="61"/>
-[...8 lines deleted...]
-      <c r="L83" s="62"/>
+      <c r="C83" s="59"/>
+      <c r="D83" s="60"/>
+      <c r="E83" s="60"/>
+      <c r="F83" s="60"/>
+      <c r="G83" s="60"/>
+      <c r="H83" s="60"/>
+      <c r="I83" s="60"/>
+      <c r="J83" s="60"/>
+      <c r="K83" s="60"/>
+      <c r="L83" s="60"/>
     </row>
     <row r="84" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="59"/>
-      <c r="B84" s="60" t="s">
+      <c r="A84" s="57"/>
+      <c r="B84" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="61"/>
-[...8 lines deleted...]
-      <c r="L84" s="62"/>
+      <c r="C84" s="59"/>
+      <c r="D84" s="60"/>
+      <c r="E84" s="60"/>
+      <c r="F84" s="60"/>
+      <c r="G84" s="60"/>
+      <c r="H84" s="60"/>
+      <c r="I84" s="60"/>
+      <c r="J84" s="60"/>
+      <c r="K84" s="60"/>
+      <c r="L84" s="60"/>
     </row>
     <row r="85" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="59"/>
-      <c r="B85" s="60" t="s">
+      <c r="A85" s="57"/>
+      <c r="B85" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="61"/>
-[...8 lines deleted...]
-      <c r="L85" s="62"/>
+      <c r="C85" s="59"/>
+      <c r="D85" s="60"/>
+      <c r="E85" s="60"/>
+      <c r="F85" s="60"/>
+      <c r="G85" s="60"/>
+      <c r="H85" s="60"/>
+      <c r="I85" s="60"/>
+      <c r="J85" s="60"/>
+      <c r="K85" s="60"/>
+      <c r="L85" s="60"/>
     </row>
     <row r="86" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="59"/>
-      <c r="B86" s="60" t="s">
+      <c r="A86" s="57"/>
+      <c r="B86" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C86" s="61"/>
-[...8 lines deleted...]
-      <c r="L86" s="62"/>
+      <c r="C86" s="59"/>
+      <c r="D86" s="60"/>
+      <c r="E86" s="60"/>
+      <c r="F86" s="60"/>
+      <c r="G86" s="60"/>
+      <c r="H86" s="60"/>
+      <c r="I86" s="60"/>
+      <c r="J86" s="60"/>
+      <c r="K86" s="60"/>
+      <c r="L86" s="60"/>
     </row>
     <row r="87" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="59"/>
-      <c r="B87" s="60" t="s">
+      <c r="A87" s="57"/>
+      <c r="B87" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C87" s="61"/>
-[...8 lines deleted...]
-      <c r="L87" s="62"/>
+      <c r="C87" s="59"/>
+      <c r="D87" s="60"/>
+      <c r="E87" s="60"/>
+      <c r="F87" s="60"/>
+      <c r="G87" s="60"/>
+      <c r="H87" s="60"/>
+      <c r="I87" s="60"/>
+      <c r="J87" s="60"/>
+      <c r="K87" s="60"/>
+      <c r="L87" s="60"/>
     </row>
     <row r="88" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="59"/>
-      <c r="B88" s="60" t="s">
+      <c r="A88" s="57"/>
+      <c r="B88" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C88" s="61"/>
-[...8 lines deleted...]
-      <c r="L88" s="62"/>
+      <c r="C88" s="59"/>
+      <c r="D88" s="60"/>
+      <c r="E88" s="60"/>
+      <c r="F88" s="60"/>
+      <c r="G88" s="60"/>
+      <c r="H88" s="60"/>
+      <c r="I88" s="60"/>
+      <c r="J88" s="60"/>
+      <c r="K88" s="60"/>
+      <c r="L88" s="60"/>
     </row>
     <row r="89" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="59"/>
-      <c r="B89" s="60" t="s">
+      <c r="A89" s="57"/>
+      <c r="B89" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C89" s="61"/>
-[...8 lines deleted...]
-      <c r="L89" s="62"/>
+      <c r="C89" s="59"/>
+      <c r="D89" s="60"/>
+      <c r="E89" s="60"/>
+      <c r="F89" s="60"/>
+      <c r="G89" s="60"/>
+      <c r="H89" s="60"/>
+      <c r="I89" s="60"/>
+      <c r="J89" s="60"/>
+      <c r="K89" s="60"/>
+      <c r="L89" s="60"/>
     </row>
     <row r="90" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="63"/>
-      <c r="B90" s="64" t="s">
+      <c r="A90" s="61"/>
+      <c r="B90" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C90" s="65"/>
-[...8 lines deleted...]
-      <c r="L90" s="66"/>
+      <c r="C90" s="63"/>
+      <c r="D90" s="64"/>
+      <c r="E90" s="64"/>
+      <c r="F90" s="64"/>
+      <c r="G90" s="64"/>
+      <c r="H90" s="64"/>
+      <c r="I90" s="64"/>
+      <c r="J90" s="64"/>
+      <c r="K90" s="64"/>
+      <c r="L90" s="64"/>
     </row>
     <row r="91" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="55" t="s">
+      <c r="A91" s="53" t="s">
         <v>134</v>
       </c>
-      <c r="B91" s="56"/>
-[...9 lines deleted...]
-      <c r="L91" s="58"/>
+      <c r="B91" s="54"/>
+      <c r="C91" s="55"/>
+      <c r="D91" s="56"/>
+      <c r="E91" s="56"/>
+      <c r="F91" s="56"/>
+      <c r="G91" s="56"/>
+      <c r="H91" s="56"/>
+      <c r="I91" s="56"/>
+      <c r="J91" s="56"/>
+      <c r="K91" s="56"/>
+      <c r="L91" s="56"/>
     </row>
     <row r="92" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="59"/>
-      <c r="B92" s="60" t="s">
+      <c r="A92" s="57"/>
+      <c r="B92" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C92" s="61"/>
-[...8 lines deleted...]
-      <c r="L92" s="62"/>
+      <c r="C92" s="59"/>
+      <c r="D92" s="60"/>
+      <c r="E92" s="60"/>
+      <c r="F92" s="60"/>
+      <c r="G92" s="60"/>
+      <c r="H92" s="60"/>
+      <c r="I92" s="60"/>
+      <c r="J92" s="60"/>
+      <c r="K92" s="60"/>
+      <c r="L92" s="60"/>
     </row>
     <row r="93" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="59"/>
-      <c r="B93" s="60" t="s">
+      <c r="A93" s="57"/>
+      <c r="B93" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C93" s="61"/>
-[...8 lines deleted...]
-      <c r="L93" s="62"/>
+      <c r="C93" s="59"/>
+      <c r="D93" s="60"/>
+      <c r="E93" s="60"/>
+      <c r="F93" s="60"/>
+      <c r="G93" s="60"/>
+      <c r="H93" s="60"/>
+      <c r="I93" s="60"/>
+      <c r="J93" s="60"/>
+      <c r="K93" s="60"/>
+      <c r="L93" s="60"/>
     </row>
     <row r="94" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="59"/>
-      <c r="B94" s="60" t="s">
+      <c r="A94" s="57"/>
+      <c r="B94" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C94" s="61"/>
-[...8 lines deleted...]
-      <c r="L94" s="62"/>
+      <c r="C94" s="59"/>
+      <c r="D94" s="60"/>
+      <c r="E94" s="60"/>
+      <c r="F94" s="60"/>
+      <c r="G94" s="60"/>
+      <c r="H94" s="60"/>
+      <c r="I94" s="60"/>
+      <c r="J94" s="60"/>
+      <c r="K94" s="60"/>
+      <c r="L94" s="60"/>
     </row>
     <row r="95" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="59"/>
-      <c r="B95" s="60" t="s">
+      <c r="A95" s="57"/>
+      <c r="B95" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C95" s="61"/>
-[...8 lines deleted...]
-      <c r="L95" s="62"/>
+      <c r="C95" s="59"/>
+      <c r="D95" s="60"/>
+      <c r="E95" s="60"/>
+      <c r="F95" s="60"/>
+      <c r="G95" s="60"/>
+      <c r="H95" s="60"/>
+      <c r="I95" s="60"/>
+      <c r="J95" s="60"/>
+      <c r="K95" s="60"/>
+      <c r="L95" s="60"/>
     </row>
     <row r="96" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="59"/>
-      <c r="B96" s="60" t="s">
+      <c r="A96" s="57"/>
+      <c r="B96" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C96" s="61"/>
-[...8 lines deleted...]
-      <c r="L96" s="62"/>
+      <c r="C96" s="59"/>
+      <c r="D96" s="60"/>
+      <c r="E96" s="60"/>
+      <c r="F96" s="60"/>
+      <c r="G96" s="60"/>
+      <c r="H96" s="60"/>
+      <c r="I96" s="60"/>
+      <c r="J96" s="60"/>
+      <c r="K96" s="60"/>
+      <c r="L96" s="60"/>
     </row>
     <row r="97" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="59"/>
-      <c r="B97" s="60" t="s">
+      <c r="A97" s="57"/>
+      <c r="B97" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C97" s="61"/>
-[...8 lines deleted...]
-      <c r="L97" s="62"/>
+      <c r="C97" s="59"/>
+      <c r="D97" s="60"/>
+      <c r="E97" s="60"/>
+      <c r="F97" s="60"/>
+      <c r="G97" s="60"/>
+      <c r="H97" s="60"/>
+      <c r="I97" s="60"/>
+      <c r="J97" s="60"/>
+      <c r="K97" s="60"/>
+      <c r="L97" s="60"/>
     </row>
     <row r="98" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="59"/>
-      <c r="B98" s="60" t="s">
+      <c r="A98" s="57"/>
+      <c r="B98" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C98" s="61"/>
-[...8 lines deleted...]
-      <c r="L98" s="62"/>
+      <c r="C98" s="59"/>
+      <c r="D98" s="60"/>
+      <c r="E98" s="60"/>
+      <c r="F98" s="60"/>
+      <c r="G98" s="60"/>
+      <c r="H98" s="60"/>
+      <c r="I98" s="60"/>
+      <c r="J98" s="60"/>
+      <c r="K98" s="60"/>
+      <c r="L98" s="60"/>
     </row>
     <row r="99" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="63"/>
-      <c r="B99" s="64" t="s">
+      <c r="A99" s="61"/>
+      <c r="B99" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C99" s="65"/>
-[...8 lines deleted...]
-      <c r="L99" s="66"/>
+      <c r="C99" s="63"/>
+      <c r="D99" s="64"/>
+      <c r="E99" s="64"/>
+      <c r="F99" s="64"/>
+      <c r="G99" s="64"/>
+      <c r="H99" s="64"/>
+      <c r="I99" s="64"/>
+      <c r="J99" s="64"/>
+      <c r="K99" s="64"/>
+      <c r="L99" s="64"/>
     </row>
     <row r="100" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A100" s="55" t="s">
+      <c r="A100" s="53" t="s">
         <v>135</v>
       </c>
-      <c r="B100" s="56"/>
-[...9 lines deleted...]
-      <c r="L100" s="58"/>
+      <c r="B100" s="54"/>
+      <c r="C100" s="55"/>
+      <c r="D100" s="56"/>
+      <c r="E100" s="56"/>
+      <c r="F100" s="56"/>
+      <c r="G100" s="56"/>
+      <c r="H100" s="56"/>
+      <c r="I100" s="56"/>
+      <c r="J100" s="56"/>
+      <c r="K100" s="56"/>
+      <c r="L100" s="56"/>
     </row>
     <row r="101" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A101" s="59"/>
-      <c r="B101" s="60" t="s">
+      <c r="A101" s="57"/>
+      <c r="B101" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C101" s="61"/>
-[...8 lines deleted...]
-      <c r="L101" s="62"/>
+      <c r="C101" s="59"/>
+      <c r="D101" s="60"/>
+      <c r="E101" s="60"/>
+      <c r="F101" s="60"/>
+      <c r="G101" s="60"/>
+      <c r="H101" s="60"/>
+      <c r="I101" s="60"/>
+      <c r="J101" s="60"/>
+      <c r="K101" s="60"/>
+      <c r="L101" s="60"/>
     </row>
     <row r="102" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="59"/>
-      <c r="B102" s="60" t="s">
+      <c r="A102" s="57"/>
+      <c r="B102" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C102" s="61"/>
-[...8 lines deleted...]
-      <c r="L102" s="62"/>
+      <c r="C102" s="59"/>
+      <c r="D102" s="60"/>
+      <c r="E102" s="60"/>
+      <c r="F102" s="60"/>
+      <c r="G102" s="60"/>
+      <c r="H102" s="60"/>
+      <c r="I102" s="60"/>
+      <c r="J102" s="60"/>
+      <c r="K102" s="60"/>
+      <c r="L102" s="60"/>
     </row>
     <row r="103" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="59"/>
-      <c r="B103" s="60" t="s">
+      <c r="A103" s="57"/>
+      <c r="B103" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C103" s="61"/>
-[...8 lines deleted...]
-      <c r="L103" s="62"/>
+      <c r="C103" s="59"/>
+      <c r="D103" s="60"/>
+      <c r="E103" s="60"/>
+      <c r="F103" s="60"/>
+      <c r="G103" s="60"/>
+      <c r="H103" s="60"/>
+      <c r="I103" s="60"/>
+      <c r="J103" s="60"/>
+      <c r="K103" s="60"/>
+      <c r="L103" s="60"/>
     </row>
     <row r="104" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="59"/>
-      <c r="B104" s="60" t="s">
+      <c r="A104" s="57"/>
+      <c r="B104" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C104" s="61"/>
-[...8 lines deleted...]
-      <c r="L104" s="62"/>
+      <c r="C104" s="59"/>
+      <c r="D104" s="60"/>
+      <c r="E104" s="60"/>
+      <c r="F104" s="60"/>
+      <c r="G104" s="60"/>
+      <c r="H104" s="60"/>
+      <c r="I104" s="60"/>
+      <c r="J104" s="60"/>
+      <c r="K104" s="60"/>
+      <c r="L104" s="60"/>
     </row>
     <row r="105" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A105" s="59"/>
-      <c r="B105" s="60" t="s">
+      <c r="A105" s="57"/>
+      <c r="B105" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C105" s="61"/>
-[...8 lines deleted...]
-      <c r="L105" s="62"/>
+      <c r="C105" s="59"/>
+      <c r="D105" s="60"/>
+      <c r="E105" s="60"/>
+      <c r="F105" s="60"/>
+      <c r="G105" s="60"/>
+      <c r="H105" s="60"/>
+      <c r="I105" s="60"/>
+      <c r="J105" s="60"/>
+      <c r="K105" s="60"/>
+      <c r="L105" s="60"/>
     </row>
     <row r="106" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="59"/>
-      <c r="B106" s="60" t="s">
+      <c r="A106" s="57"/>
+      <c r="B106" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C106" s="61"/>
-[...8 lines deleted...]
-      <c r="L106" s="62"/>
+      <c r="C106" s="59"/>
+      <c r="D106" s="60"/>
+      <c r="E106" s="60"/>
+      <c r="F106" s="60"/>
+      <c r="G106" s="60"/>
+      <c r="H106" s="60"/>
+      <c r="I106" s="60"/>
+      <c r="J106" s="60"/>
+      <c r="K106" s="60"/>
+      <c r="L106" s="60"/>
     </row>
     <row r="107" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="59"/>
-      <c r="B107" s="60" t="s">
+      <c r="A107" s="57"/>
+      <c r="B107" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C107" s="61"/>
-[...8 lines deleted...]
-      <c r="L107" s="62"/>
+      <c r="C107" s="59"/>
+      <c r="D107" s="60"/>
+      <c r="E107" s="60"/>
+      <c r="F107" s="60"/>
+      <c r="G107" s="60"/>
+      <c r="H107" s="60"/>
+      <c r="I107" s="60"/>
+      <c r="J107" s="60"/>
+      <c r="K107" s="60"/>
+      <c r="L107" s="60"/>
     </row>
     <row r="108" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A108" s="63"/>
-      <c r="B108" s="64" t="s">
+      <c r="A108" s="61"/>
+      <c r="B108" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C108" s="65"/>
-[...8 lines deleted...]
-      <c r="L108" s="66"/>
+      <c r="C108" s="63"/>
+      <c r="D108" s="64"/>
+      <c r="E108" s="64"/>
+      <c r="F108" s="64"/>
+      <c r="G108" s="64"/>
+      <c r="H108" s="64"/>
+      <c r="I108" s="64"/>
+      <c r="J108" s="64"/>
+      <c r="K108" s="64"/>
+      <c r="L108" s="64"/>
     </row>
     <row r="109" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="55" t="s">
+      <c r="A109" s="53" t="s">
         <v>136</v>
       </c>
-      <c r="B109" s="56"/>
-[...9 lines deleted...]
-      <c r="L109" s="58"/>
+      <c r="B109" s="54"/>
+      <c r="C109" s="55"/>
+      <c r="D109" s="56"/>
+      <c r="E109" s="56"/>
+      <c r="F109" s="56"/>
+      <c r="G109" s="56"/>
+      <c r="H109" s="56"/>
+      <c r="I109" s="56"/>
+      <c r="J109" s="56"/>
+      <c r="K109" s="56"/>
+      <c r="L109" s="56"/>
     </row>
     <row r="110" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A110" s="59"/>
-      <c r="B110" s="60" t="s">
+      <c r="A110" s="57"/>
+      <c r="B110" s="58" t="s">
         <v>2</v>
       </c>
-      <c r="C110" s="61"/>
-[...8 lines deleted...]
-      <c r="L110" s="62"/>
+      <c r="C110" s="59"/>
+      <c r="D110" s="60"/>
+      <c r="E110" s="60"/>
+      <c r="F110" s="60"/>
+      <c r="G110" s="60"/>
+      <c r="H110" s="60"/>
+      <c r="I110" s="60"/>
+      <c r="J110" s="60"/>
+      <c r="K110" s="60"/>
+      <c r="L110" s="60"/>
     </row>
     <row r="111" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="59"/>
-      <c r="B111" s="60" t="s">
+      <c r="A111" s="57"/>
+      <c r="B111" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C111" s="61"/>
-[...8 lines deleted...]
-      <c r="L111" s="62"/>
+      <c r="C111" s="59"/>
+      <c r="D111" s="60"/>
+      <c r="E111" s="60"/>
+      <c r="F111" s="60"/>
+      <c r="G111" s="60"/>
+      <c r="H111" s="60"/>
+      <c r="I111" s="60"/>
+      <c r="J111" s="60"/>
+      <c r="K111" s="60"/>
+      <c r="L111" s="60"/>
     </row>
     <row r="112" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A112" s="59"/>
-      <c r="B112" s="60" t="s">
+      <c r="A112" s="57"/>
+      <c r="B112" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="C112" s="61"/>
-[...8 lines deleted...]
-      <c r="L112" s="62"/>
+      <c r="C112" s="59"/>
+      <c r="D112" s="60"/>
+      <c r="E112" s="60"/>
+      <c r="F112" s="60"/>
+      <c r="G112" s="60"/>
+      <c r="H112" s="60"/>
+      <c r="I112" s="60"/>
+      <c r="J112" s="60"/>
+      <c r="K112" s="60"/>
+      <c r="L112" s="60"/>
     </row>
     <row r="113" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="59"/>
-      <c r="B113" s="60" t="s">
+      <c r="A113" s="57"/>
+      <c r="B113" s="58" t="s">
         <v>7</v>
       </c>
-      <c r="C113" s="61"/>
-[...8 lines deleted...]
-      <c r="L113" s="62"/>
+      <c r="C113" s="59"/>
+      <c r="D113" s="60"/>
+      <c r="E113" s="60"/>
+      <c r="F113" s="60"/>
+      <c r="G113" s="60"/>
+      <c r="H113" s="60"/>
+      <c r="I113" s="60"/>
+      <c r="J113" s="60"/>
+      <c r="K113" s="60"/>
+      <c r="L113" s="60"/>
     </row>
     <row r="114" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="59"/>
-      <c r="B114" s="60" t="s">
+      <c r="A114" s="57"/>
+      <c r="B114" s="58" t="s">
         <v>8</v>
       </c>
-      <c r="C114" s="61"/>
-[...8 lines deleted...]
-      <c r="L114" s="62"/>
+      <c r="C114" s="59"/>
+      <c r="D114" s="60"/>
+      <c r="E114" s="60"/>
+      <c r="F114" s="60"/>
+      <c r="G114" s="60"/>
+      <c r="H114" s="60"/>
+      <c r="I114" s="60"/>
+      <c r="J114" s="60"/>
+      <c r="K114" s="60"/>
+      <c r="L114" s="60"/>
     </row>
     <row r="115" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A115" s="59"/>
-      <c r="B115" s="60" t="s">
+      <c r="A115" s="57"/>
+      <c r="B115" s="58" t="s">
         <v>9</v>
       </c>
-      <c r="C115" s="61"/>
-[...8 lines deleted...]
-      <c r="L115" s="62"/>
+      <c r="C115" s="59"/>
+      <c r="D115" s="60"/>
+      <c r="E115" s="60"/>
+      <c r="F115" s="60"/>
+      <c r="G115" s="60"/>
+      <c r="H115" s="60"/>
+      <c r="I115" s="60"/>
+      <c r="J115" s="60"/>
+      <c r="K115" s="60"/>
+      <c r="L115" s="60"/>
     </row>
     <row r="116" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="59"/>
-      <c r="B116" s="60" t="s">
+      <c r="A116" s="57"/>
+      <c r="B116" s="58" t="s">
         <v>10</v>
       </c>
-      <c r="C116" s="61"/>
-[...8 lines deleted...]
-      <c r="L116" s="62"/>
+      <c r="C116" s="59"/>
+      <c r="D116" s="60"/>
+      <c r="E116" s="60"/>
+      <c r="F116" s="60"/>
+      <c r="G116" s="60"/>
+      <c r="H116" s="60"/>
+      <c r="I116" s="60"/>
+      <c r="J116" s="60"/>
+      <c r="K116" s="60"/>
+      <c r="L116" s="60"/>
     </row>
     <row r="117" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="63"/>
-      <c r="B117" s="64" t="s">
+      <c r="A117" s="61"/>
+      <c r="B117" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="C117" s="65"/>
-[...8 lines deleted...]
-      <c r="L117" s="66"/>
+      <c r="C117" s="63"/>
+      <c r="D117" s="64"/>
+      <c r="E117" s="64"/>
+      <c r="F117" s="64"/>
+      <c r="G117" s="64"/>
+      <c r="H117" s="64"/>
+      <c r="I117" s="64"/>
+      <c r="J117" s="64"/>
+      <c r="K117" s="64"/>
+      <c r="L117" s="64"/>
     </row>
     <row r="118" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A118" s="24" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B118" s="25"/>
       <c r="C118" s="12"/>
       <c r="D118" s="11"/>
       <c r="E118" s="11"/>
       <c r="F118" s="11"/>
       <c r="G118" s="11"/>
       <c r="H118" s="11"/>
       <c r="I118" s="11"/>
       <c r="J118" s="11"/>
       <c r="K118" s="11"/>
       <c r="L118" s="11"/>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A119" s="21"/>
       <c r="B119" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C119" s="44">
         <f>AVERAGE(C11,C20,C29,C38,C47,C56,C65,C74,C83,C92,C101,C110)</f>
-        <v>26</v>
+        <v>26.5</v>
       </c>
       <c r="D119" s="23"/>
       <c r="E119" s="23">
         <f t="shared" ref="E119:L119" si="0">AVERAGE(E11,E20,E29,E38,E47,E56,E65,E74,E83,E92,E101,E110)</f>
-        <v>12</v>
+        <v>14.5</v>
       </c>
       <c r="F119" s="23">
         <f t="shared" si="0"/>
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G119" s="23"/>
       <c r="H119" s="23">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="I119" s="23">
         <f t="shared" si="0"/>
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="J119" s="23"/>
       <c r="K119" s="23">
         <f t="shared" si="0"/>
-        <v>3</v>
+        <v>5.5</v>
       </c>
       <c r="L119" s="23">
         <f t="shared" si="0"/>
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="120" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A120" s="21"/>
       <c r="B120" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C120" s="22">
         <f t="shared" ref="C120:L126" si="1">AVERAGE(C12,C21,C30,C39,C48,C57,C66,C75,C84,C93,C102,C111)</f>
-        <v>114</v>
+        <v>117.5</v>
       </c>
       <c r="D120" s="23"/>
       <c r="E120" s="23">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
       <c r="F120" s="23">
         <f t="shared" si="1"/>
-        <v>45</v>
+        <v>48.5</v>
       </c>
       <c r="G120" s="23"/>
       <c r="H120" s="23">
         <f t="shared" si="1"/>
-        <v>44</v>
+        <v>43.5</v>
       </c>
       <c r="I120" s="23">
         <f t="shared" si="1"/>
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="J120" s="23"/>
       <c r="K120" s="23">
         <f t="shared" si="1"/>
-        <v>25</v>
+        <v>25.5</v>
       </c>
       <c r="L120" s="23">
         <f t="shared" si="1"/>
-        <v>13</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="121" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A121" s="21"/>
       <c r="B121" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C121" s="22">
         <f t="shared" si="1"/>
-        <v>262</v>
+        <v>269.5</v>
       </c>
       <c r="D121" s="23"/>
       <c r="E121" s="23">
         <f t="shared" si="1"/>
-        <v>135</v>
+        <v>141.5</v>
       </c>
       <c r="F121" s="23">
         <f t="shared" si="1"/>
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G121" s="23"/>
       <c r="H121" s="23">
         <f t="shared" si="1"/>
-        <v>78</v>
+        <v>81.5</v>
       </c>
       <c r="I121" s="23">
         <f t="shared" si="1"/>
-        <v>70</v>
+        <v>73.5</v>
       </c>
       <c r="J121" s="23"/>
       <c r="K121" s="23">
         <f t="shared" si="1"/>
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="L121" s="23">
         <f t="shared" si="1"/>
-        <v>57</v>
+        <v>54.5</v>
       </c>
     </row>
     <row r="122" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A122" s="21"/>
       <c r="B122" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C122" s="22">
         <f t="shared" si="1"/>
-        <v>712</v>
+        <v>705</v>
       </c>
       <c r="D122" s="23"/>
       <c r="E122" s="23">
         <f t="shared" si="1"/>
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="F122" s="23">
         <f t="shared" si="1"/>
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="G122" s="23"/>
       <c r="H122" s="23">
         <f t="shared" si="1"/>
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="I122" s="23">
         <f t="shared" si="1"/>
-        <v>172</v>
+        <v>172.5</v>
       </c>
       <c r="J122" s="23"/>
       <c r="K122" s="23">
         <f t="shared" si="1"/>
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="L122" s="23">
         <f t="shared" si="1"/>
-        <v>144</v>
+        <v>140.5</v>
       </c>
     </row>
     <row r="123" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A123" s="21"/>
       <c r="B123" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C123" s="22">
         <f t="shared" si="1"/>
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="D123" s="23"/>
       <c r="E123" s="23">
         <f t="shared" si="1"/>
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F123" s="23">
         <f t="shared" si="1"/>
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="G123" s="23"/>
       <c r="H123" s="23">
         <f t="shared" si="1"/>
-        <v>117</v>
+        <v>118.5</v>
       </c>
       <c r="I123" s="23">
         <f t="shared" si="1"/>
-        <v>93</v>
+        <v>85.5</v>
       </c>
       <c r="J123" s="23"/>
       <c r="K123" s="23">
         <f t="shared" si="1"/>
-        <v>134</v>
+        <v>134.5</v>
       </c>
       <c r="L123" s="23">
         <f t="shared" si="1"/>
-        <v>96</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="124" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A124" s="21"/>
       <c r="B124" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C124" s="22">
         <f t="shared" si="1"/>
-        <v>293</v>
+        <v>300.5</v>
       </c>
       <c r="D124" s="23"/>
       <c r="E124" s="23">
         <f t="shared" si="1"/>
-        <v>187</v>
+        <v>188.5</v>
       </c>
       <c r="F124" s="23">
         <f t="shared" si="1"/>
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="G124" s="23"/>
       <c r="H124" s="23">
         <f t="shared" si="1"/>
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I124" s="23">
         <f t="shared" si="1"/>
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="J124" s="23"/>
       <c r="K124" s="23">
         <f t="shared" si="1"/>
-        <v>101</v>
+        <v>100.5</v>
       </c>
       <c r="L124" s="23">
         <f t="shared" si="1"/>
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A125" s="21"/>
       <c r="B125" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C125" s="22">
         <f t="shared" si="1"/>
         <v>116</v>
       </c>
       <c r="D125" s="23"/>
       <c r="E125" s="23">
         <f t="shared" si="1"/>
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F125" s="23">
         <f t="shared" si="1"/>
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G125" s="23"/>
       <c r="H125" s="23">
         <f t="shared" si="1"/>
-        <v>45</v>
+        <v>43.5</v>
       </c>
       <c r="I125" s="23">
         <f t="shared" si="1"/>
         <v>31</v>
       </c>
       <c r="J125" s="23"/>
       <c r="K125" s="23">
         <f t="shared" si="1"/>
-        <v>32</v>
+        <v>32.5</v>
       </c>
       <c r="L125" s="23">
         <f t="shared" si="1"/>
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A126" s="26"/>
       <c r="B126" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C126" s="18">
         <f t="shared" si="1"/>
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="D126" s="19"/>
       <c r="E126" s="19">
         <f t="shared" si="1"/>
-        <v>1127</v>
+        <v>1134.5</v>
       </c>
       <c r="F126" s="19">
         <f t="shared" si="1"/>
-        <v>836</v>
+        <v>832.5</v>
       </c>
       <c r="G126" s="19"/>
       <c r="H126" s="19">
         <f t="shared" si="1"/>
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="I126" s="19">
         <f t="shared" si="1"/>
-        <v>460</v>
+        <v>463.5</v>
       </c>
       <c r="J126" s="19"/>
       <c r="K126" s="19">
         <f t="shared" si="1"/>
-        <v>570</v>
+        <v>579.5</v>
       </c>
       <c r="L126" s="19">
         <f t="shared" si="1"/>
-        <v>376</v>
+        <v>369</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="50"/>
       <c r="L127" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="53" t="s">
+      <c r="A128" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B128" s="54"/>
-[...6 lines deleted...]
-      <c r="I128" s="54"/>
+      <c r="B128" s="66"/>
+      <c r="C128" s="66"/>
+      <c r="D128" s="66"/>
+      <c r="E128" s="66"/>
+      <c r="F128" s="66"/>
+      <c r="G128" s="66"/>
+      <c r="H128" s="66"/>
+      <c r="I128" s="66"/>
     </row>
     <row r="129" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L129" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A128:I128"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7CE83CAB-4363-4A87-AB5E-363F28D8E07C}">
   <dimension ref="A1:L129"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
@@ -7877,61 +7989,61 @@
       <c r="H126" s="19">
         <f t="shared" si="1"/>
         <v>513</v>
       </c>
       <c r="I126" s="19">
         <f t="shared" si="1"/>
         <v>420.25</v>
       </c>
       <c r="J126" s="19"/>
       <c r="K126" s="19">
         <f t="shared" si="1"/>
         <v>525.91666666666663</v>
       </c>
       <c r="L126" s="19">
         <f t="shared" si="1"/>
         <v>328.33333333333331</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="50"/>
       <c r="L127" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="53" t="s">
+      <c r="A128" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B128" s="54"/>
-[...6 lines deleted...]
-      <c r="I128" s="54"/>
+      <c r="B128" s="66"/>
+      <c r="C128" s="66"/>
+      <c r="D128" s="66"/>
+      <c r="E128" s="66"/>
+      <c r="F128" s="66"/>
+      <c r="G128" s="66"/>
+      <c r="H128" s="66"/>
+      <c r="I128" s="66"/>
     </row>
     <row r="129" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L129" s="2" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A128:I128"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -11413,61 +11525,61 @@
       <c r="H126" s="19">
         <f t="shared" si="1"/>
         <v>498.25</v>
       </c>
       <c r="I126" s="19">
         <f t="shared" si="1"/>
         <v>400.83333333333331</v>
       </c>
       <c r="J126" s="19"/>
       <c r="K126" s="19">
         <f t="shared" si="1"/>
         <v>496.25</v>
       </c>
       <c r="L126" s="19">
         <f t="shared" si="1"/>
         <v>301.83333333333331</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="50"/>
       <c r="L127" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="53" t="s">
+      <c r="A128" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B128" s="54"/>
-[...6 lines deleted...]
-      <c r="I128" s="54"/>
+      <c r="B128" s="66"/>
+      <c r="C128" s="66"/>
+      <c r="D128" s="66"/>
+      <c r="E128" s="66"/>
+      <c r="F128" s="66"/>
+      <c r="G128" s="66"/>
+      <c r="H128" s="66"/>
+      <c r="I128" s="66"/>
     </row>
     <row r="129" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L129" s="2" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A128:I128"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="C119:L126" evalError="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
@@ -14951,61 +15063,61 @@
       <c r="G126" s="19"/>
       <c r="H126" s="19">
         <f t="shared" si="1"/>
         <v>362.91666666666669</v>
       </c>
       <c r="I126" s="19">
         <f t="shared" si="1"/>
         <v>300.25</v>
       </c>
       <c r="J126" s="19"/>
       <c r="K126" s="19">
         <f t="shared" si="1"/>
         <v>416.75</v>
       </c>
       <c r="L126" s="19">
         <f t="shared" si="1"/>
         <v>224.58333333333334</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="47" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="L127" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="53" t="s">
+      <c r="A128" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B128" s="54"/>
-[...6 lines deleted...]
-      <c r="I128" s="54"/>
+      <c r="B128" s="66"/>
+      <c r="C128" s="66"/>
+      <c r="D128" s="66"/>
+      <c r="E128" s="66"/>
+      <c r="F128" s="66"/>
+      <c r="G128" s="66"/>
+      <c r="H128" s="66"/>
+      <c r="I128" s="66"/>
     </row>
     <row r="129" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L129" s="2" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A128:I128"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -18496,61 +18608,61 @@
       <c r="K126" s="19">
         <f t="shared" si="7"/>
         <v>400.41666666666669</v>
       </c>
       <c r="L126" s="19">
         <f t="shared" si="7"/>
         <v>265.83333333333331</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="47" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="45" t="s">
         <v>69</v>
       </c>
       <c r="L127" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="46" t="s">
         <v>70</v>
       </c>
       <c r="B128" s="1"/>
       <c r="L128" s="20"/>
     </row>
     <row r="129" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="53" t="s">
+      <c r="A129" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B129" s="54"/>
-[...6 lines deleted...]
-      <c r="I129" s="54"/>
+      <c r="B129" s="66"/>
+      <c r="C129" s="66"/>
+      <c r="D129" s="66"/>
+      <c r="E129" s="66"/>
+      <c r="F129" s="66"/>
+      <c r="G129" s="66"/>
+      <c r="H129" s="66"/>
+      <c r="I129" s="66"/>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L130" s="2" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A129:I129"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -22041,61 +22153,61 @@
       <c r="K126" s="43">
         <f t="shared" si="1"/>
         <v>607.75</v>
       </c>
       <c r="L126" s="43">
         <f t="shared" si="1"/>
         <v>369.33333333333331</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="47" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="45" t="s">
         <v>69</v>
       </c>
       <c r="L127" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="46" t="s">
         <v>70</v>
       </c>
       <c r="B128" s="1"/>
       <c r="L128" s="20"/>
     </row>
     <row r="129" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="53" t="s">
+      <c r="A129" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B129" s="54"/>
-[...6 lines deleted...]
-      <c r="I129" s="54"/>
+      <c r="B129" s="66"/>
+      <c r="C129" s="66"/>
+      <c r="D129" s="66"/>
+      <c r="E129" s="66"/>
+      <c r="F129" s="66"/>
+      <c r="G129" s="66"/>
+      <c r="H129" s="66"/>
+      <c r="I129" s="66"/>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L130" s="2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A129:I129"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
@@ -25586,61 +25698,61 @@
       <c r="K126" s="43">
         <f t="shared" si="1"/>
         <v>683.75</v>
       </c>
       <c r="L126" s="43">
         <f t="shared" si="1"/>
         <v>367</v>
       </c>
     </row>
     <row r="127" spans="1:12" s="47" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A127" s="45" t="s">
         <v>69</v>
       </c>
       <c r="L127" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="46" t="s">
         <v>70</v>
       </c>
       <c r="B128" s="1"/>
       <c r="L128" s="20"/>
     </row>
     <row r="129" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="53" t="s">
+      <c r="A129" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B129" s="54"/>
-[...6 lines deleted...]
-      <c r="I129" s="54"/>
+      <c r="B129" s="66"/>
+      <c r="C129" s="66"/>
+      <c r="D129" s="66"/>
+      <c r="E129" s="66"/>
+      <c r="F129" s="66"/>
+      <c r="G129" s="66"/>
+      <c r="H129" s="66"/>
+      <c r="I129" s="66"/>
     </row>
     <row r="130" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L130" s="2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A129:I129"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
@@ -29123,61 +29235,61 @@
         <f t="shared" si="1"/>
         <v>553.83333333333337</v>
       </c>
       <c r="I126" s="43">
         <f t="shared" si="1"/>
         <v>529.25</v>
       </c>
       <c r="J126" s="43"/>
       <c r="K126" s="43">
         <f t="shared" si="1"/>
         <v>526.08333333333337</v>
       </c>
       <c r="L126" s="43">
         <f t="shared" si="1"/>
         <v>324</v>
       </c>
     </row>
     <row r="127" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="1"/>
       <c r="B127" s="1"/>
       <c r="L127" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="53" t="s">
+      <c r="A128" s="65" t="s">
         <v>76</v>
       </c>
-      <c r="B128" s="54"/>
-[...6 lines deleted...]
-      <c r="I128" s="54"/>
+      <c r="B128" s="66"/>
+      <c r="C128" s="66"/>
+      <c r="D128" s="66"/>
+      <c r="E128" s="66"/>
+      <c r="F128" s="66"/>
+      <c r="G128" s="66"/>
+      <c r="H128" s="66"/>
+      <c r="I128" s="66"/>
     </row>
     <row r="129" spans="12:12" x14ac:dyDescent="0.2">
       <c r="L129" s="2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A128:I128"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="54" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>