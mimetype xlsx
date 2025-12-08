--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E89E290-ADEE-4D91-8B0C-D07E40800BBB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26603AEA-1A50-4619-A115-2BB9070D793C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="15" r:id="rId1"/>
     <sheet name="2024" sheetId="14" r:id="rId2"/>
     <sheet name="2023" sheetId="13" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="10" r:id="rId5"/>
     <sheet name="2020" sheetId="11" r:id="rId6"/>
     <sheet name="2019" sheetId="12" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2020'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2022'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2023'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2024'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$10:$L$101</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
@@ -740,51 +740,51 @@
   <si>
     <t>Jun 25</t>
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.10.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -3685,160 +3685,244 @@
         <v>1734</v>
       </c>
       <c r="D73" s="49"/>
       <c r="E73" s="49">
         <v>206</v>
       </c>
       <c r="F73" s="49">
         <v>195</v>
       </c>
       <c r="G73" s="49"/>
       <c r="H73" s="49">
         <v>538</v>
       </c>
       <c r="I73" s="49">
         <v>433</v>
       </c>
       <c r="J73" s="49"/>
       <c r="K73" s="49">
         <v>223</v>
       </c>
       <c r="L73" s="49">
         <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="53" t="s">
+      <c r="A74" s="38" t="s">
         <v>118</v>
       </c>
-      <c r="B74" s="54"/>
-[...9 lines deleted...]
-      <c r="L74" s="56"/>
+      <c r="B74" s="39"/>
+      <c r="C74" s="44"/>
+      <c r="D74" s="45"/>
+      <c r="E74" s="45"/>
+      <c r="F74" s="45"/>
+      <c r="G74" s="45"/>
+      <c r="H74" s="45"/>
+      <c r="I74" s="45"/>
+      <c r="J74" s="45"/>
+      <c r="K74" s="45"/>
+      <c r="L74" s="45"/>
     </row>
     <row r="75" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="57"/>
-      <c r="B75" s="58" t="s">
+      <c r="A75" s="40"/>
+      <c r="B75" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="C75" s="59"/>
-[...8 lines deleted...]
-      <c r="L75" s="60"/>
+      <c r="C75" s="46">
+        <v>154</v>
+      </c>
+      <c r="D75" s="47"/>
+      <c r="E75" s="47">
+        <v>29</v>
+      </c>
+      <c r="F75" s="47">
+        <v>17</v>
+      </c>
+      <c r="G75" s="47"/>
+      <c r="H75" s="47">
+        <v>45</v>
+      </c>
+      <c r="I75" s="47">
+        <v>35</v>
+      </c>
+      <c r="J75" s="47"/>
+      <c r="K75" s="47">
+        <v>15</v>
+      </c>
+      <c r="L75" s="47">
+        <v>13</v>
+      </c>
     </row>
     <row r="76" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="57"/>
-      <c r="B76" s="58" t="s">
+      <c r="A76" s="40"/>
+      <c r="B76" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="C76" s="59"/>
-[...8 lines deleted...]
-      <c r="L76" s="60"/>
+      <c r="C76" s="46">
+        <v>424</v>
+      </c>
+      <c r="D76" s="47"/>
+      <c r="E76" s="47">
+        <v>63</v>
+      </c>
+      <c r="F76" s="47">
+        <v>69</v>
+      </c>
+      <c r="G76" s="47"/>
+      <c r="H76" s="47">
+        <v>125</v>
+      </c>
+      <c r="I76" s="47">
+        <v>104</v>
+      </c>
+      <c r="J76" s="47"/>
+      <c r="K76" s="47">
+        <v>42</v>
+      </c>
+      <c r="L76" s="47">
+        <v>21</v>
+      </c>
     </row>
     <row r="77" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="57"/>
-      <c r="B77" s="58" t="s">
+      <c r="A77" s="40"/>
+      <c r="B77" s="41" t="s">
         <v>35</v>
       </c>
-      <c r="C77" s="59"/>
-[...8 lines deleted...]
-      <c r="L77" s="60"/>
+      <c r="C77" s="46">
+        <v>434</v>
+      </c>
+      <c r="D77" s="47"/>
+      <c r="E77" s="47">
+        <v>70</v>
+      </c>
+      <c r="F77" s="47">
+        <v>51</v>
+      </c>
+      <c r="G77" s="47"/>
+      <c r="H77" s="47">
+        <v>143</v>
+      </c>
+      <c r="I77" s="47">
+        <v>112</v>
+      </c>
+      <c r="J77" s="47"/>
+      <c r="K77" s="47">
+        <v>37</v>
+      </c>
+      <c r="L77" s="47">
+        <v>21</v>
+      </c>
     </row>
     <row r="78" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="57"/>
-      <c r="B78" s="58" t="s">
+      <c r="A78" s="40"/>
+      <c r="B78" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="C78" s="59"/>
-[...8 lines deleted...]
-      <c r="L78" s="60"/>
+      <c r="C78" s="46">
+        <v>481</v>
+      </c>
+      <c r="D78" s="47"/>
+      <c r="E78" s="47">
+        <v>41</v>
+      </c>
+      <c r="F78" s="47">
+        <v>47</v>
+      </c>
+      <c r="G78" s="47"/>
+      <c r="H78" s="47">
+        <v>151</v>
+      </c>
+      <c r="I78" s="47">
+        <v>122</v>
+      </c>
+      <c r="J78" s="47"/>
+      <c r="K78" s="47">
+        <v>77</v>
+      </c>
+      <c r="L78" s="47">
+        <v>43</v>
+      </c>
     </row>
     <row r="79" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="57"/>
-      <c r="B79" s="58" t="s">
+      <c r="A79" s="40"/>
+      <c r="B79" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="C79" s="59"/>
-[...8 lines deleted...]
-      <c r="L79" s="60"/>
+      <c r="C79" s="46">
+        <v>256</v>
+      </c>
+      <c r="D79" s="47"/>
+      <c r="E79" s="47">
+        <v>9</v>
+      </c>
+      <c r="F79" s="47">
+        <v>8</v>
+      </c>
+      <c r="G79" s="47"/>
+      <c r="H79" s="47">
+        <v>70</v>
+      </c>
+      <c r="I79" s="47">
+        <v>68</v>
+      </c>
+      <c r="J79" s="47"/>
+      <c r="K79" s="47">
+        <v>63</v>
+      </c>
+      <c r="L79" s="47">
+        <v>38</v>
+      </c>
     </row>
     <row r="80" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="61"/>
-      <c r="B80" s="62" t="s">
+      <c r="A80" s="42"/>
+      <c r="B80" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="C80" s="63"/>
-[...8 lines deleted...]
-      <c r="L80" s="64"/>
+      <c r="C80" s="48">
+        <v>1749</v>
+      </c>
+      <c r="D80" s="49"/>
+      <c r="E80" s="49">
+        <v>212</v>
+      </c>
+      <c r="F80" s="49">
+        <v>192</v>
+      </c>
+      <c r="G80" s="49"/>
+      <c r="H80" s="49">
+        <v>534</v>
+      </c>
+      <c r="I80" s="49">
+        <v>441</v>
+      </c>
+      <c r="J80" s="49"/>
+      <c r="K80" s="49">
+        <v>234</v>
+      </c>
+      <c r="L80" s="49">
+        <v>136</v>
+      </c>
     </row>
     <row r="81" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A81" s="53" t="s">
         <v>119</v>
       </c>
       <c r="B81" s="54"/>
       <c r="C81" s="55"/>
       <c r="D81" s="56"/>
       <c r="E81" s="56"/>
       <c r="F81" s="56"/>
       <c r="G81" s="56"/>
       <c r="H81" s="56"/>
       <c r="I81" s="56"/>
       <c r="J81" s="56"/>
       <c r="K81" s="56"/>
       <c r="L81" s="56"/>
     </row>
     <row r="82" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A82" s="57"/>
       <c r="B82" s="58" t="s">
         <v>33</v>
       </c>
       <c r="C82" s="59"/>
       <c r="D82" s="60"/>
       <c r="E82" s="60"/>
@@ -4043,263 +4127,263 @@
       <c r="L94" s="64"/>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A95" s="24" t="s">
         <v>121</v>
       </c>
       <c r="B95" s="25"/>
       <c r="C95" s="12"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="11"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A96" s="21"/>
       <c r="B96" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C96" s="34">
         <f>AVERAGE(C12,C19,C26,C33,C40,C47,C54,C61,C68,C75,C82,C89)</f>
-        <v>171.88888888888889</v>
+        <v>170.1</v>
       </c>
       <c r="D96" s="23"/>
       <c r="E96" s="23">
         <f t="shared" ref="E96:L96" si="0">AVERAGE(E12,E19,E26,E33,E40,E47,E54,E61,E68,E75,E82,E89)</f>
-        <v>31.111111111111111</v>
+        <v>30.9</v>
       </c>
       <c r="F96" s="23">
         <f t="shared" si="0"/>
-        <v>25.444444444444443</v>
+        <v>24.6</v>
       </c>
       <c r="G96" s="23"/>
       <c r="H96" s="23">
         <f t="shared" si="0"/>
-        <v>50.111111111111114</v>
+        <v>49.6</v>
       </c>
       <c r="I96" s="23">
         <f t="shared" si="0"/>
-        <v>37.888888888888886</v>
+        <v>37.6</v>
       </c>
       <c r="J96" s="23"/>
       <c r="K96" s="23">
         <f t="shared" si="0"/>
-        <v>15.444444444444445</v>
+        <v>15.4</v>
       </c>
       <c r="L96" s="23">
         <f t="shared" si="0"/>
-        <v>11.888888888888889</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A97" s="21"/>
       <c r="B97" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C97" s="22">
         <f t="shared" ref="C97:L101" si="1">AVERAGE(C13,C20,C27,C34,C41,C48,C55,C62,C69,C76,C83,C90)</f>
-        <v>417.55555555555554</v>
+        <v>418.2</v>
       </c>
       <c r="D97" s="23"/>
       <c r="E97" s="23">
         <f t="shared" si="1"/>
-        <v>64</v>
+        <v>63.9</v>
       </c>
       <c r="F97" s="23">
         <f t="shared" si="1"/>
-        <v>49.333333333333336</v>
+        <v>51.3</v>
       </c>
       <c r="G97" s="23"/>
       <c r="H97" s="23">
         <f t="shared" si="1"/>
-        <v>136.77777777777777</v>
+        <v>135.6</v>
       </c>
       <c r="I97" s="23">
         <f t="shared" si="1"/>
-        <v>97.444444444444443</v>
+        <v>98.1</v>
       </c>
       <c r="J97" s="23"/>
       <c r="K97" s="23">
         <f t="shared" si="1"/>
-        <v>45</v>
+        <v>44.7</v>
       </c>
       <c r="L97" s="23">
         <f t="shared" si="1"/>
-        <v>25</v>
+        <v>24.6</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A98" s="21"/>
       <c r="B98" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C98" s="22">
         <f t="shared" si="1"/>
-        <v>433.22222222222223</v>
+        <v>433.3</v>
       </c>
       <c r="D98" s="23"/>
       <c r="E98" s="23">
         <f t="shared" si="1"/>
-        <v>61.111111111111114</v>
+        <v>62</v>
       </c>
       <c r="F98" s="23">
         <f t="shared" si="1"/>
-        <v>44.666666666666664</v>
+        <v>45.3</v>
       </c>
       <c r="G98" s="23"/>
       <c r="H98" s="23">
         <f t="shared" si="1"/>
-        <v>147.44444444444446</v>
+        <v>147</v>
       </c>
       <c r="I98" s="23">
         <f t="shared" si="1"/>
-        <v>100.44444444444444</v>
+        <v>101.6</v>
       </c>
       <c r="J98" s="23"/>
       <c r="K98" s="23">
         <f t="shared" si="1"/>
-        <v>53</v>
+        <v>51.4</v>
       </c>
       <c r="L98" s="23">
         <f t="shared" si="1"/>
-        <v>26.555555555555557</v>
+        <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A99" s="21"/>
       <c r="B99" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C99" s="22">
         <f t="shared" si="1"/>
-        <v>507.22222222222223</v>
+        <v>504.6</v>
       </c>
       <c r="D99" s="23"/>
       <c r="E99" s="23">
         <f t="shared" si="1"/>
-        <v>48.333333333333336</v>
+        <v>47.6</v>
       </c>
       <c r="F99" s="23">
         <f t="shared" si="1"/>
-        <v>39.555555555555557</v>
+        <v>40.299999999999997</v>
       </c>
       <c r="G99" s="23"/>
       <c r="H99" s="23">
         <f t="shared" si="1"/>
-        <v>170.22222222222223</v>
+        <v>168.3</v>
       </c>
       <c r="I99" s="23">
         <f t="shared" si="1"/>
-        <v>131.44444444444446</v>
+        <v>130.5</v>
       </c>
       <c r="J99" s="23"/>
       <c r="K99" s="23">
         <f t="shared" si="1"/>
-        <v>67.666666666666671</v>
+        <v>68.599999999999994</v>
       </c>
       <c r="L99" s="23">
         <f t="shared" si="1"/>
-        <v>50</v>
+        <v>49.3</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A100" s="21"/>
       <c r="B100" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C100" s="22">
         <f t="shared" si="1"/>
-        <v>253.66666666666666</v>
+        <v>253.9</v>
       </c>
       <c r="D100" s="23"/>
       <c r="E100" s="23">
         <f t="shared" si="1"/>
-        <v>11.111111111111111</v>
+        <v>10.9</v>
       </c>
       <c r="F100" s="23">
         <f t="shared" si="1"/>
-        <v>7.666666666666667</v>
+        <v>7.7</v>
       </c>
       <c r="G100" s="23"/>
       <c r="H100" s="23">
         <f t="shared" si="1"/>
-        <v>77.111111111111114</v>
+        <v>76.400000000000006</v>
       </c>
       <c r="I100" s="23">
         <f t="shared" si="1"/>
-        <v>57.888888888888886</v>
+        <v>58.9</v>
       </c>
       <c r="J100" s="23"/>
       <c r="K100" s="23">
         <f t="shared" si="1"/>
-        <v>67.444444444444443</v>
+        <v>67</v>
       </c>
       <c r="L100" s="23">
         <f t="shared" si="1"/>
-        <v>32.444444444444443</v>
+        <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A101" s="26"/>
       <c r="B101" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="18">
         <f t="shared" si="1"/>
-        <v>1783.5555555555557</v>
+        <v>1780.1</v>
       </c>
       <c r="D101" s="19"/>
       <c r="E101" s="19">
         <f t="shared" si="1"/>
-        <v>215.66666666666666</v>
+        <v>215.3</v>
       </c>
       <c r="F101" s="19">
         <f t="shared" si="1"/>
-        <v>166.66666666666666</v>
+        <v>169.2</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19">
         <f t="shared" si="1"/>
-        <v>581.66666666666663</v>
+        <v>576.9</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
-        <v>425.11111111111109</v>
+        <v>426.7</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
-        <v>248.55555555555554</v>
+        <v>247.1</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
-        <v>145.88888888888889</v>
+        <v>144.9</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="50"/>
       <c r="L102" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="65" t="s">
         <v>76</v>
       </c>
       <c r="B103" s="66"/>
       <c r="C103" s="66"/>
       <c r="D103" s="66"/>
       <c r="E103" s="66"/>
       <c r="F103" s="66"/>
       <c r="G103" s="66"/>
       <c r="H103" s="66"/>
       <c r="I103" s="66"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>122</v>
       </c>