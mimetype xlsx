--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26603AEA-1A50-4619-A115-2BB9070D793C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37184BE8-9152-4455-956A-228789BB4FE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="15" r:id="rId1"/>
     <sheet name="2024" sheetId="14" r:id="rId2"/>
     <sheet name="2023" sheetId="13" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="10" r:id="rId5"/>
     <sheet name="2020" sheetId="11" r:id="rId6"/>
     <sheet name="2019" sheetId="12" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2020'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2022'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2023'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2024'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$10:$L$101</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
@@ -740,51 +740,51 @@
   <si>
     <t>Jun 25</t>
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -3881,160 +3881,244 @@
         <v>1749</v>
       </c>
       <c r="D80" s="49"/>
       <c r="E80" s="49">
         <v>212</v>
       </c>
       <c r="F80" s="49">
         <v>192</v>
       </c>
       <c r="G80" s="49"/>
       <c r="H80" s="49">
         <v>534</v>
       </c>
       <c r="I80" s="49">
         <v>441</v>
       </c>
       <c r="J80" s="49"/>
       <c r="K80" s="49">
         <v>234</v>
       </c>
       <c r="L80" s="49">
         <v>136</v>
       </c>
     </row>
     <row r="81" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="53" t="s">
+      <c r="A81" s="38" t="s">
         <v>119</v>
       </c>
-      <c r="B81" s="54"/>
-[...9 lines deleted...]
-      <c r="L81" s="56"/>
+      <c r="B81" s="39"/>
+      <c r="C81" s="44"/>
+      <c r="D81" s="45"/>
+      <c r="E81" s="45"/>
+      <c r="F81" s="45"/>
+      <c r="G81" s="45"/>
+      <c r="H81" s="45"/>
+      <c r="I81" s="45"/>
+      <c r="J81" s="45"/>
+      <c r="K81" s="45"/>
+      <c r="L81" s="45"/>
     </row>
     <row r="82" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="57"/>
-      <c r="B82" s="58" t="s">
+      <c r="A82" s="40"/>
+      <c r="B82" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="C82" s="59"/>
-[...8 lines deleted...]
-      <c r="L82" s="60"/>
+      <c r="C82" s="46">
+        <v>205</v>
+      </c>
+      <c r="D82" s="47"/>
+      <c r="E82" s="47">
+        <v>31</v>
+      </c>
+      <c r="F82" s="47">
+        <v>22</v>
+      </c>
+      <c r="G82" s="47"/>
+      <c r="H82" s="47">
+        <v>61</v>
+      </c>
+      <c r="I82" s="47">
+        <v>52</v>
+      </c>
+      <c r="J82" s="47"/>
+      <c r="K82" s="47">
+        <v>25</v>
+      </c>
+      <c r="L82" s="47">
+        <v>14</v>
+      </c>
     </row>
     <row r="83" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="57"/>
-      <c r="B83" s="58" t="s">
+      <c r="A83" s="40"/>
+      <c r="B83" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="C83" s="59"/>
-[...8 lines deleted...]
-      <c r="L83" s="60"/>
+      <c r="C83" s="46">
+        <v>352</v>
+      </c>
+      <c r="D83" s="47"/>
+      <c r="E83" s="47">
+        <v>60</v>
+      </c>
+      <c r="F83" s="47">
+        <v>50</v>
+      </c>
+      <c r="G83" s="47"/>
+      <c r="H83" s="47">
+        <v>97</v>
+      </c>
+      <c r="I83" s="47">
+        <v>83</v>
+      </c>
+      <c r="J83" s="47"/>
+      <c r="K83" s="47">
+        <v>38</v>
+      </c>
+      <c r="L83" s="47">
+        <v>24</v>
+      </c>
     </row>
     <row r="84" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="57"/>
-      <c r="B84" s="58" t="s">
+      <c r="A84" s="40"/>
+      <c r="B84" s="41" t="s">
         <v>35</v>
       </c>
-      <c r="C84" s="59"/>
-[...8 lines deleted...]
-      <c r="L84" s="60"/>
+      <c r="C84" s="46">
+        <v>458</v>
+      </c>
+      <c r="D84" s="47"/>
+      <c r="E84" s="47">
+        <v>63</v>
+      </c>
+      <c r="F84" s="47">
+        <v>55</v>
+      </c>
+      <c r="G84" s="47"/>
+      <c r="H84" s="47">
+        <v>155</v>
+      </c>
+      <c r="I84" s="47">
+        <v>124</v>
+      </c>
+      <c r="J84" s="47"/>
+      <c r="K84" s="47">
+        <v>35</v>
+      </c>
+      <c r="L84" s="47">
+        <v>26</v>
+      </c>
     </row>
     <row r="85" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="57"/>
-      <c r="B85" s="58" t="s">
+      <c r="A85" s="40"/>
+      <c r="B85" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="C85" s="59"/>
-[...8 lines deleted...]
-      <c r="L85" s="60"/>
+      <c r="C85" s="46">
+        <v>489</v>
+      </c>
+      <c r="D85" s="47"/>
+      <c r="E85" s="47">
+        <v>47</v>
+      </c>
+      <c r="F85" s="47">
+        <v>45</v>
+      </c>
+      <c r="G85" s="47"/>
+      <c r="H85" s="47">
+        <v>160</v>
+      </c>
+      <c r="I85" s="47">
+        <v>117</v>
+      </c>
+      <c r="J85" s="47"/>
+      <c r="K85" s="47">
+        <v>80</v>
+      </c>
+      <c r="L85" s="47">
+        <v>40</v>
+      </c>
     </row>
     <row r="86" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="57"/>
-      <c r="B86" s="58" t="s">
+      <c r="A86" s="40"/>
+      <c r="B86" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="C86" s="59"/>
-[...8 lines deleted...]
-      <c r="L86" s="60"/>
+      <c r="C86" s="46">
+        <v>276</v>
+      </c>
+      <c r="D86" s="47"/>
+      <c r="E86" s="47">
+        <v>12</v>
+      </c>
+      <c r="F86" s="47">
+        <v>13</v>
+      </c>
+      <c r="G86" s="47"/>
+      <c r="H86" s="47">
+        <v>82</v>
+      </c>
+      <c r="I86" s="47">
+        <v>72</v>
+      </c>
+      <c r="J86" s="47"/>
+      <c r="K86" s="47">
+        <v>60</v>
+      </c>
+      <c r="L86" s="47">
+        <v>37</v>
+      </c>
     </row>
     <row r="87" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="61"/>
-      <c r="B87" s="62" t="s">
+      <c r="A87" s="42"/>
+      <c r="B87" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="C87" s="63"/>
-[...8 lines deleted...]
-      <c r="L87" s="64"/>
+      <c r="C87" s="48">
+        <v>1780</v>
+      </c>
+      <c r="D87" s="49"/>
+      <c r="E87" s="49">
+        <v>213</v>
+      </c>
+      <c r="F87" s="49">
+        <v>185</v>
+      </c>
+      <c r="G87" s="49"/>
+      <c r="H87" s="49">
+        <v>555</v>
+      </c>
+      <c r="I87" s="49">
+        <v>448</v>
+      </c>
+      <c r="J87" s="49"/>
+      <c r="K87" s="49">
+        <v>238</v>
+      </c>
+      <c r="L87" s="49">
+        <v>141</v>
+      </c>
     </row>
     <row r="88" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A88" s="53" t="s">
         <v>120</v>
       </c>
       <c r="B88" s="54"/>
       <c r="C88" s="55"/>
       <c r="D88" s="56"/>
       <c r="E88" s="56"/>
       <c r="F88" s="56"/>
       <c r="G88" s="56"/>
       <c r="H88" s="56"/>
       <c r="I88" s="56"/>
       <c r="J88" s="56"/>
       <c r="K88" s="56"/>
       <c r="L88" s="56"/>
     </row>
     <row r="89" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A89" s="57"/>
       <c r="B89" s="58" t="s">
         <v>33</v>
       </c>
       <c r="C89" s="59"/>
       <c r="D89" s="60"/>
       <c r="E89" s="60"/>
@@ -4127,263 +4211,263 @@
       <c r="L94" s="64"/>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A95" s="24" t="s">
         <v>121</v>
       </c>
       <c r="B95" s="25"/>
       <c r="C95" s="12"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="11"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A96" s="21"/>
       <c r="B96" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C96" s="34">
         <f>AVERAGE(C12,C19,C26,C33,C40,C47,C54,C61,C68,C75,C82,C89)</f>
-        <v>170.1</v>
+        <v>173.27272727272728</v>
       </c>
       <c r="D96" s="23"/>
       <c r="E96" s="23">
         <f t="shared" ref="E96:L96" si="0">AVERAGE(E12,E19,E26,E33,E40,E47,E54,E61,E68,E75,E82,E89)</f>
-        <v>30.9</v>
+        <v>30.90909090909091</v>
       </c>
       <c r="F96" s="23">
         <f t="shared" si="0"/>
-        <v>24.6</v>
+        <v>24.363636363636363</v>
       </c>
       <c r="G96" s="23"/>
       <c r="H96" s="23">
         <f t="shared" si="0"/>
-        <v>49.6</v>
+        <v>50.636363636363633</v>
       </c>
       <c r="I96" s="23">
         <f t="shared" si="0"/>
-        <v>37.6</v>
+        <v>38.909090909090907</v>
       </c>
       <c r="J96" s="23"/>
       <c r="K96" s="23">
         <f t="shared" si="0"/>
-        <v>15.4</v>
+        <v>16.272727272727273</v>
       </c>
       <c r="L96" s="23">
         <f t="shared" si="0"/>
-        <v>12</v>
+        <v>12.181818181818182</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A97" s="21"/>
       <c r="B97" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C97" s="22">
         <f t="shared" ref="C97:L101" si="1">AVERAGE(C13,C20,C27,C34,C41,C48,C55,C62,C69,C76,C83,C90)</f>
-        <v>418.2</v>
+        <v>412.18181818181819</v>
       </c>
       <c r="D97" s="23"/>
       <c r="E97" s="23">
         <f t="shared" si="1"/>
-        <v>63.9</v>
+        <v>63.545454545454547</v>
       </c>
       <c r="F97" s="23">
         <f t="shared" si="1"/>
-        <v>51.3</v>
+        <v>51.18181818181818</v>
       </c>
       <c r="G97" s="23"/>
       <c r="H97" s="23">
         <f t="shared" si="1"/>
-        <v>135.6</v>
+        <v>132.09090909090909</v>
       </c>
       <c r="I97" s="23">
         <f t="shared" si="1"/>
-        <v>98.1</v>
+        <v>96.727272727272734</v>
       </c>
       <c r="J97" s="23"/>
       <c r="K97" s="23">
         <f t="shared" si="1"/>
-        <v>44.7</v>
+        <v>44.090909090909093</v>
       </c>
       <c r="L97" s="23">
         <f t="shared" si="1"/>
-        <v>24.6</v>
+        <v>24.545454545454547</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A98" s="21"/>
       <c r="B98" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C98" s="22">
         <f t="shared" si="1"/>
-        <v>433.3</v>
+        <v>435.54545454545456</v>
       </c>
       <c r="D98" s="23"/>
       <c r="E98" s="23">
         <f t="shared" si="1"/>
-        <v>62</v>
+        <v>62.090909090909093</v>
       </c>
       <c r="F98" s="23">
         <f t="shared" si="1"/>
-        <v>45.3</v>
+        <v>46.18181818181818</v>
       </c>
       <c r="G98" s="23"/>
       <c r="H98" s="23">
         <f t="shared" si="1"/>
-        <v>147</v>
+        <v>147.72727272727272</v>
       </c>
       <c r="I98" s="23">
         <f t="shared" si="1"/>
-        <v>101.6</v>
+        <v>103.63636363636364</v>
       </c>
       <c r="J98" s="23"/>
       <c r="K98" s="23">
         <f t="shared" si="1"/>
-        <v>51.4</v>
+        <v>49.909090909090907</v>
       </c>
       <c r="L98" s="23">
         <f t="shared" si="1"/>
         <v>26</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A99" s="21"/>
       <c r="B99" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C99" s="22">
         <f t="shared" si="1"/>
-        <v>504.6</v>
+        <v>503.18181818181819</v>
       </c>
       <c r="D99" s="23"/>
       <c r="E99" s="23">
         <f t="shared" si="1"/>
-        <v>47.6</v>
+        <v>47.545454545454547</v>
       </c>
       <c r="F99" s="23">
         <f t="shared" si="1"/>
-        <v>40.299999999999997</v>
+        <v>40.727272727272727</v>
       </c>
       <c r="G99" s="23"/>
       <c r="H99" s="23">
         <f t="shared" si="1"/>
-        <v>168.3</v>
+        <v>167.54545454545453</v>
       </c>
       <c r="I99" s="23">
         <f t="shared" si="1"/>
-        <v>130.5</v>
+        <v>129.27272727272728</v>
       </c>
       <c r="J99" s="23"/>
       <c r="K99" s="23">
         <f t="shared" si="1"/>
-        <v>68.599999999999994</v>
+        <v>69.63636363636364</v>
       </c>
       <c r="L99" s="23">
         <f t="shared" si="1"/>
-        <v>49.3</v>
+        <v>48.454545454545453</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A100" s="21"/>
       <c r="B100" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C100" s="22">
         <f t="shared" si="1"/>
-        <v>253.9</v>
+        <v>255.90909090909091</v>
       </c>
       <c r="D100" s="23"/>
       <c r="E100" s="23">
         <f t="shared" si="1"/>
-        <v>10.9</v>
+        <v>11</v>
       </c>
       <c r="F100" s="23">
         <f t="shared" si="1"/>
-        <v>7.7</v>
+        <v>8.1818181818181817</v>
       </c>
       <c r="G100" s="23"/>
       <c r="H100" s="23">
         <f t="shared" si="1"/>
-        <v>76.400000000000006</v>
+        <v>76.909090909090907</v>
       </c>
       <c r="I100" s="23">
         <f t="shared" si="1"/>
-        <v>58.9</v>
+        <v>60.090909090909093</v>
       </c>
       <c r="J100" s="23"/>
       <c r="K100" s="23">
         <f t="shared" si="1"/>
-        <v>67</v>
+        <v>66.36363636363636</v>
       </c>
       <c r="L100" s="23">
         <f t="shared" si="1"/>
-        <v>33</v>
+        <v>33.363636363636367</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A101" s="26"/>
       <c r="B101" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="18">
         <f t="shared" si="1"/>
-        <v>1780.1</v>
+        <v>1780.090909090909</v>
       </c>
       <c r="D101" s="19"/>
       <c r="E101" s="19">
         <f t="shared" si="1"/>
-        <v>215.3</v>
+        <v>215.09090909090909</v>
       </c>
       <c r="F101" s="19">
         <f t="shared" si="1"/>
-        <v>169.2</v>
+        <v>170.63636363636363</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19">
         <f t="shared" si="1"/>
-        <v>576.9</v>
+        <v>574.90909090909088</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
-        <v>426.7</v>
+        <v>428.63636363636363</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
-        <v>247.1</v>
+        <v>246.27272727272728</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
-        <v>144.9</v>
+        <v>144.54545454545453</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="50"/>
       <c r="L102" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="65" t="s">
         <v>76</v>
       </c>
       <c r="B103" s="66"/>
       <c r="C103" s="66"/>
       <c r="D103" s="66"/>
       <c r="E103" s="66"/>
       <c r="F103" s="66"/>
       <c r="G103" s="66"/>
       <c r="H103" s="66"/>
       <c r="I103" s="66"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>122</v>
       </c>