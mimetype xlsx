--- v2 (2025-12-29)
+++ v3 (2026-01-29)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37184BE8-9152-4455-956A-228789BB4FE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED32360E-FD6A-4097-8EDA-4F3117450511}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="15" r:id="rId1"/>
     <sheet name="2024" sheetId="14" r:id="rId2"/>
     <sheet name="2023" sheetId="13" r:id="rId3"/>
     <sheet name="2022" sheetId="8" r:id="rId4"/>
     <sheet name="2021" sheetId="10" r:id="rId5"/>
     <sheet name="2020" sheetId="11" r:id="rId6"/>
     <sheet name="2019" sheetId="12" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2020'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$10:$R$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2022'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2023'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2024'!$A$10:$L$101</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$10:$L$101</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
@@ -740,62 +740,62 @@
   <si>
     <t>Jun 25</t>
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.12.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -848,63 +848,50 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...11 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCD5B4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
@@ -935,51 +922,51 @@
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1051,74 +1038,50 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -4077,417 +4040,501 @@
         <v>1780</v>
       </c>
       <c r="D87" s="49"/>
       <c r="E87" s="49">
         <v>213</v>
       </c>
       <c r="F87" s="49">
         <v>185</v>
       </c>
       <c r="G87" s="49"/>
       <c r="H87" s="49">
         <v>555</v>
       </c>
       <c r="I87" s="49">
         <v>448</v>
       </c>
       <c r="J87" s="49"/>
       <c r="K87" s="49">
         <v>238</v>
       </c>
       <c r="L87" s="49">
         <v>141</v>
       </c>
     </row>
     <row r="88" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="53" t="s">
+      <c r="A88" s="38" t="s">
         <v>120</v>
       </c>
-      <c r="B88" s="54"/>
-[...9 lines deleted...]
-      <c r="L88" s="56"/>
+      <c r="B88" s="39"/>
+      <c r="C88" s="44"/>
+      <c r="D88" s="45"/>
+      <c r="E88" s="45"/>
+      <c r="F88" s="45"/>
+      <c r="G88" s="45"/>
+      <c r="H88" s="45"/>
+      <c r="I88" s="45"/>
+      <c r="J88" s="45"/>
+      <c r="K88" s="45"/>
+      <c r="L88" s="45"/>
     </row>
     <row r="89" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="57"/>
-      <c r="B89" s="58" t="s">
+      <c r="A89" s="40"/>
+      <c r="B89" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="C89" s="59"/>
-[...8 lines deleted...]
-      <c r="L89" s="60"/>
+      <c r="C89" s="46">
+        <v>131</v>
+      </c>
+      <c r="D89" s="47"/>
+      <c r="E89" s="47">
+        <v>21</v>
+      </c>
+      <c r="F89" s="47">
+        <v>11</v>
+      </c>
+      <c r="G89" s="47"/>
+      <c r="H89" s="47">
+        <v>44</v>
+      </c>
+      <c r="I89" s="47">
+        <v>24</v>
+      </c>
+      <c r="J89" s="47"/>
+      <c r="K89" s="47">
+        <v>23</v>
+      </c>
+      <c r="L89" s="47">
+        <v>8</v>
+      </c>
     </row>
     <row r="90" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="57"/>
-      <c r="B90" s="58" t="s">
+      <c r="A90" s="40"/>
+      <c r="B90" s="41" t="s">
         <v>34</v>
       </c>
-      <c r="C90" s="59"/>
-[...8 lines deleted...]
-      <c r="L90" s="60"/>
+      <c r="C90" s="46">
+        <v>470</v>
+      </c>
+      <c r="D90" s="47"/>
+      <c r="E90" s="47">
+        <v>64</v>
+      </c>
+      <c r="F90" s="47">
+        <v>51</v>
+      </c>
+      <c r="G90" s="47"/>
+      <c r="H90" s="47">
+        <v>149</v>
+      </c>
+      <c r="I90" s="47">
+        <v>123</v>
+      </c>
+      <c r="J90" s="47"/>
+      <c r="K90" s="47">
+        <v>47</v>
+      </c>
+      <c r="L90" s="47">
+        <v>36</v>
+      </c>
     </row>
     <row r="91" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="57"/>
-      <c r="B91" s="58" t="s">
+      <c r="A91" s="40"/>
+      <c r="B91" s="41" t="s">
         <v>35</v>
       </c>
-      <c r="C91" s="59"/>
-[...8 lines deleted...]
-      <c r="L91" s="60"/>
+      <c r="C91" s="46">
+        <v>481</v>
+      </c>
+      <c r="D91" s="47"/>
+      <c r="E91" s="47">
+        <v>64</v>
+      </c>
+      <c r="F91" s="47">
+        <v>71</v>
+      </c>
+      <c r="G91" s="47"/>
+      <c r="H91" s="47">
+        <v>154</v>
+      </c>
+      <c r="I91" s="47">
+        <v>114</v>
+      </c>
+      <c r="J91" s="47"/>
+      <c r="K91" s="47">
+        <v>53</v>
+      </c>
+      <c r="L91" s="47">
+        <v>25</v>
+      </c>
     </row>
     <row r="92" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="57"/>
-      <c r="B92" s="58" t="s">
+      <c r="A92" s="40"/>
+      <c r="B92" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="C92" s="59"/>
-[...8 lines deleted...]
-      <c r="L92" s="60"/>
+      <c r="C92" s="46">
+        <v>501</v>
+      </c>
+      <c r="D92" s="47"/>
+      <c r="E92" s="47">
+        <v>47</v>
+      </c>
+      <c r="F92" s="47">
+        <v>41</v>
+      </c>
+      <c r="G92" s="47"/>
+      <c r="H92" s="47">
+        <v>173</v>
+      </c>
+      <c r="I92" s="47">
+        <v>131</v>
+      </c>
+      <c r="J92" s="47"/>
+      <c r="K92" s="47">
+        <v>70</v>
+      </c>
+      <c r="L92" s="47">
+        <v>39</v>
+      </c>
     </row>
     <row r="93" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="57"/>
-      <c r="B93" s="58" t="s">
+      <c r="A93" s="40"/>
+      <c r="B93" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="C93" s="59"/>
-[...8 lines deleted...]
-      <c r="L93" s="60"/>
+      <c r="C93" s="46">
+        <v>286</v>
+      </c>
+      <c r="D93" s="47"/>
+      <c r="E93" s="47">
+        <v>12</v>
+      </c>
+      <c r="F93" s="47">
+        <v>12</v>
+      </c>
+      <c r="G93" s="47"/>
+      <c r="H93" s="47">
+        <v>80</v>
+      </c>
+      <c r="I93" s="47">
+        <v>72</v>
+      </c>
+      <c r="J93" s="47"/>
+      <c r="K93" s="47">
+        <v>67</v>
+      </c>
+      <c r="L93" s="47">
+        <v>43</v>
+      </c>
     </row>
     <row r="94" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="61"/>
-      <c r="B94" s="62" t="s">
+      <c r="A94" s="42"/>
+      <c r="B94" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="C94" s="63"/>
-[...8 lines deleted...]
-      <c r="L94" s="64"/>
+      <c r="C94" s="48">
+        <v>1869</v>
+      </c>
+      <c r="D94" s="49"/>
+      <c r="E94" s="49">
+        <v>208</v>
+      </c>
+      <c r="F94" s="49">
+        <v>186</v>
+      </c>
+      <c r="G94" s="49"/>
+      <c r="H94" s="49">
+        <v>600</v>
+      </c>
+      <c r="I94" s="49">
+        <v>464</v>
+      </c>
+      <c r="J94" s="49"/>
+      <c r="K94" s="49">
+        <v>260</v>
+      </c>
+      <c r="L94" s="49">
+        <v>151</v>
+      </c>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A95" s="24" t="s">
         <v>121</v>
       </c>
       <c r="B95" s="25"/>
       <c r="C95" s="12"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="11"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A96" s="21"/>
       <c r="B96" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C96" s="34">
         <f>AVERAGE(C12,C19,C26,C33,C40,C47,C54,C61,C68,C75,C82,C89)</f>
-        <v>173.27272727272728</v>
+        <v>169.75</v>
       </c>
       <c r="D96" s="23"/>
       <c r="E96" s="23">
         <f t="shared" ref="E96:L96" si="0">AVERAGE(E12,E19,E26,E33,E40,E47,E54,E61,E68,E75,E82,E89)</f>
-        <v>30.90909090909091</v>
+        <v>30.083333333333332</v>
       </c>
       <c r="F96" s="23">
         <f t="shared" si="0"/>
-        <v>24.363636363636363</v>
+        <v>23.25</v>
       </c>
       <c r="G96" s="23"/>
       <c r="H96" s="23">
         <f t="shared" si="0"/>
-        <v>50.636363636363633</v>
+        <v>50.083333333333336</v>
       </c>
       <c r="I96" s="23">
         <f t="shared" si="0"/>
-        <v>38.909090909090907</v>
+        <v>37.666666666666664</v>
       </c>
       <c r="J96" s="23"/>
       <c r="K96" s="23">
         <f t="shared" si="0"/>
-        <v>16.272727272727273</v>
+        <v>16.833333333333332</v>
       </c>
       <c r="L96" s="23">
         <f t="shared" si="0"/>
-        <v>12.181818181818182</v>
+        <v>11.833333333333334</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A97" s="21"/>
       <c r="B97" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C97" s="22">
         <f t="shared" ref="C97:L101" si="1">AVERAGE(C13,C20,C27,C34,C41,C48,C55,C62,C69,C76,C83,C90)</f>
-        <v>412.18181818181819</v>
+        <v>417</v>
       </c>
       <c r="D97" s="23"/>
       <c r="E97" s="23">
         <f t="shared" si="1"/>
-        <v>63.545454545454547</v>
+        <v>63.583333333333336</v>
       </c>
       <c r="F97" s="23">
         <f t="shared" si="1"/>
-        <v>51.18181818181818</v>
+        <v>51.166666666666664</v>
       </c>
       <c r="G97" s="23"/>
       <c r="H97" s="23">
         <f t="shared" si="1"/>
-        <v>132.09090909090909</v>
+        <v>133.5</v>
       </c>
       <c r="I97" s="23">
         <f t="shared" si="1"/>
-        <v>96.727272727272734</v>
+        <v>98.916666666666671</v>
       </c>
       <c r="J97" s="23"/>
       <c r="K97" s="23">
         <f t="shared" si="1"/>
-        <v>44.090909090909093</v>
+        <v>44.333333333333336</v>
       </c>
       <c r="L97" s="23">
         <f t="shared" si="1"/>
-        <v>24.545454545454547</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A98" s="21"/>
       <c r="B98" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C98" s="22">
         <f t="shared" si="1"/>
-        <v>435.54545454545456</v>
+        <v>439.33333333333331</v>
       </c>
       <c r="D98" s="23"/>
       <c r="E98" s="23">
         <f t="shared" si="1"/>
-        <v>62.090909090909093</v>
+        <v>62.25</v>
       </c>
       <c r="F98" s="23">
         <f t="shared" si="1"/>
-        <v>46.18181818181818</v>
+        <v>48.25</v>
       </c>
       <c r="G98" s="23"/>
       <c r="H98" s="23">
         <f t="shared" si="1"/>
-        <v>147.72727272727272</v>
+        <v>148.25</v>
       </c>
       <c r="I98" s="23">
         <f t="shared" si="1"/>
-        <v>103.63636363636364</v>
+        <v>104.5</v>
       </c>
       <c r="J98" s="23"/>
       <c r="K98" s="23">
         <f t="shared" si="1"/>
-        <v>49.909090909090907</v>
+        <v>50.166666666666664</v>
       </c>
       <c r="L98" s="23">
         <f t="shared" si="1"/>
-        <v>26</v>
+        <v>25.916666666666668</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A99" s="21"/>
       <c r="B99" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C99" s="22">
         <f t="shared" si="1"/>
-        <v>503.18181818181819</v>
+        <v>503</v>
       </c>
       <c r="D99" s="23"/>
       <c r="E99" s="23">
         <f t="shared" si="1"/>
-        <v>47.545454545454547</v>
+        <v>47.5</v>
       </c>
       <c r="F99" s="23">
         <f t="shared" si="1"/>
-        <v>40.727272727272727</v>
+        <v>40.75</v>
       </c>
       <c r="G99" s="23"/>
       <c r="H99" s="23">
         <f t="shared" si="1"/>
-        <v>167.54545454545453</v>
+        <v>168</v>
       </c>
       <c r="I99" s="23">
         <f t="shared" si="1"/>
-        <v>129.27272727272728</v>
+        <v>129.41666666666666</v>
       </c>
       <c r="J99" s="23"/>
       <c r="K99" s="23">
         <f t="shared" si="1"/>
-        <v>69.63636363636364</v>
+        <v>69.666666666666671</v>
       </c>
       <c r="L99" s="23">
         <f t="shared" si="1"/>
-        <v>48.454545454545453</v>
+        <v>47.666666666666664</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A100" s="21"/>
       <c r="B100" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C100" s="22">
         <f t="shared" si="1"/>
-        <v>255.90909090909091</v>
+        <v>258.41666666666669</v>
       </c>
       <c r="D100" s="23"/>
       <c r="E100" s="23">
         <f t="shared" si="1"/>
-        <v>11</v>
+        <v>11.083333333333334</v>
       </c>
       <c r="F100" s="23">
         <f t="shared" si="1"/>
-        <v>8.1818181818181817</v>
+        <v>8.5</v>
       </c>
       <c r="G100" s="23"/>
       <c r="H100" s="23">
         <f t="shared" si="1"/>
-        <v>76.909090909090907</v>
+        <v>77.166666666666671</v>
       </c>
       <c r="I100" s="23">
         <f t="shared" si="1"/>
-        <v>60.090909090909093</v>
+        <v>61.083333333333336</v>
       </c>
       <c r="J100" s="23"/>
       <c r="K100" s="23">
         <f t="shared" si="1"/>
-        <v>66.36363636363636</v>
+        <v>66.416666666666671</v>
       </c>
       <c r="L100" s="23">
         <f t="shared" si="1"/>
-        <v>33.363636363636367</v>
+        <v>34.166666666666664</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A101" s="26"/>
       <c r="B101" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="18">
         <f t="shared" si="1"/>
-        <v>1780.090909090909</v>
+        <v>1787.5</v>
       </c>
       <c r="D101" s="19"/>
       <c r="E101" s="19">
         <f t="shared" si="1"/>
-        <v>215.09090909090909</v>
+        <v>214.5</v>
       </c>
       <c r="F101" s="19">
         <f t="shared" si="1"/>
-        <v>170.63636363636363</v>
+        <v>171.91666666666666</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19">
         <f t="shared" si="1"/>
-        <v>574.90909090909088</v>
+        <v>577</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
-        <v>428.63636363636363</v>
+        <v>431.58333333333331</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
-        <v>246.27272727272728</v>
+        <v>247.41666666666666</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
-        <v>144.54545454545453</v>
+        <v>145.08333333333334</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="50"/>
       <c r="L102" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="65" t="s">
+      <c r="A103" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B103" s="66"/>
-[...6 lines deleted...]
-      <c r="I103" s="66"/>
+      <c r="B103" s="54"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47091948-A163-4458-9EE5-7DA163CF0141}">
@@ -7181,61 +7228,61 @@
       <c r="H101" s="19">
         <f t="shared" si="1"/>
         <v>546.41666666666663</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
         <v>419</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
         <v>251.16666666666666</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
         <v>126</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="50"/>
       <c r="L102" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="65" t="s">
+      <c r="A103" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B103" s="66"/>
-[...6 lines deleted...]
-      <c r="I103" s="66"/>
+      <c r="B103" s="54"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B754E116-F21A-4535-BE9B-60086BE71E20}">
@@ -9928,61 +9975,61 @@
       <c r="G101" s="19"/>
       <c r="H101" s="19">
         <f t="shared" si="1"/>
         <v>443.75</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
         <v>296.91666666666669</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
         <v>200.25</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
         <v>112.33333333333333</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="36" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="L102" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="65" t="s">
+      <c r="A103" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B103" s="66"/>
-[...6 lines deleted...]
-      <c r="I103" s="66"/>
+      <c r="B103" s="54"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB4029A8-A07E-47EF-9699-99AD6B09288B}">
@@ -12685,61 +12732,61 @@
       <c r="K101" s="19">
         <f t="shared" si="5"/>
         <v>231.16666666666666</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="5"/>
         <v>164.75</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="36" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="35" t="s">
         <v>71</v>
       </c>
       <c r="L102" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="37" t="s">
         <v>72</v>
       </c>
       <c r="B103" s="1"/>
       <c r="L103" s="20"/>
     </row>
     <row r="104" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="65" t="s">
+      <c r="A104" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B104" s="66"/>
-[...6 lines deleted...]
-      <c r="I104" s="66"/>
+      <c r="B104" s="54"/>
+      <c r="C104" s="54"/>
+      <c r="D104" s="54"/>
+      <c r="E104" s="54"/>
+      <c r="F104" s="54"/>
+      <c r="G104" s="54"/>
+      <c r="H104" s="54"/>
+      <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01E399B6-8208-464F-B00E-DC5BAA788D53}">
@@ -15442,61 +15489,61 @@
       <c r="K101" s="19">
         <f t="shared" si="1"/>
         <v>316.16666666666669</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
         <v>221.25</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="36" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="35" t="s">
         <v>71</v>
       </c>
       <c r="L102" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="37" t="s">
         <v>72</v>
       </c>
       <c r="B103" s="1"/>
       <c r="L103" s="20"/>
     </row>
     <row r="104" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="65" t="s">
+      <c r="A104" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B104" s="66"/>
-[...6 lines deleted...]
-      <c r="I104" s="66"/>
+      <c r="B104" s="54"/>
+      <c r="C104" s="54"/>
+      <c r="D104" s="54"/>
+      <c r="E104" s="54"/>
+      <c r="F104" s="54"/>
+      <c r="G104" s="54"/>
+      <c r="H104" s="54"/>
+      <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8437B06-1A33-430B-B861-4CDEE2DE683B}">
@@ -18199,61 +18246,61 @@
       <c r="K101" s="19">
         <f t="shared" si="1"/>
         <v>340.08333333333331</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
         <v>242.33333333333334</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="36" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="35" t="s">
         <v>71</v>
       </c>
       <c r="L102" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="37" t="s">
         <v>72</v>
       </c>
       <c r="B103" s="1"/>
       <c r="L103" s="20"/>
     </row>
     <row r="104" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="65" t="s">
+      <c r="A104" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B104" s="66"/>
-[...6 lines deleted...]
-      <c r="I104" s="66"/>
+      <c r="B104" s="54"/>
+      <c r="C104" s="54"/>
+      <c r="D104" s="54"/>
+      <c r="E104" s="54"/>
+      <c r="F104" s="54"/>
+      <c r="G104" s="54"/>
+      <c r="H104" s="54"/>
+      <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A67628DF-3B8D-4C05-AD9D-A53061114845}">
@@ -20948,61 +20995,61 @@
         <f t="shared" si="1"/>
         <v>583.5</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
         <v>456.75</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
         <v>262.41666666666669</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
         <v>194</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="1"/>
       <c r="B102" s="1"/>
       <c r="L102" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="65" t="s">
+      <c r="A103" s="53" t="s">
         <v>76</v>
       </c>
-      <c r="B103" s="66"/>
-[...6 lines deleted...]
-      <c r="I103" s="66"/>
+      <c r="B103" s="54"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">