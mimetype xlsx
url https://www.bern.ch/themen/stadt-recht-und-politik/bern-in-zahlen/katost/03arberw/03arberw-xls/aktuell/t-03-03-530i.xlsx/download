--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,124 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED32360E-FD6A-4097-8EDA-4F3117450511}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2A004AC6-5A3C-4495-B318-F5BD2711BE35}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="15" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="2019" sheetId="12" r:id="rId7"/>
+    <sheet name="2026" sheetId="16" r:id="rId1"/>
+    <sheet name="2025" sheetId="15" r:id="rId2"/>
+    <sheet name="2024" sheetId="14" r:id="rId3"/>
+    <sheet name="2023" sheetId="13" r:id="rId4"/>
+    <sheet name="2022" sheetId="8" r:id="rId5"/>
+    <sheet name="2021" sheetId="10" r:id="rId6"/>
+    <sheet name="2020" sheetId="11" r:id="rId7"/>
+    <sheet name="2019" sheetId="12" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$10:$R$101</definedName>
-[...16 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
+    <definedName name="_FilterDatabase" localSheetId="7" hidden="1">'2019'!$A$10:$R$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2020'!$A$10:$R$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2021'!$A$10:$R$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2022'!$A$10:$L$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2023'!$A$10:$L$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2024'!$A$10:$L$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2025'!$A$10:$L$101</definedName>
+    <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2026'!$A$10:$L$101</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L101" i="15" l="1"/>
+  <c r="L101" i="16" l="1"/>
+  <c r="K101" i="16"/>
+  <c r="I101" i="16"/>
+  <c r="H101" i="16"/>
+  <c r="F101" i="16"/>
+  <c r="E101" i="16"/>
+  <c r="C101" i="16"/>
+  <c r="L100" i="16"/>
+  <c r="K100" i="16"/>
+  <c r="I100" i="16"/>
+  <c r="H100" i="16"/>
+  <c r="F100" i="16"/>
+  <c r="E100" i="16"/>
+  <c r="C100" i="16"/>
+  <c r="L99" i="16"/>
+  <c r="K99" i="16"/>
+  <c r="I99" i="16"/>
+  <c r="H99" i="16"/>
+  <c r="F99" i="16"/>
+  <c r="E99" i="16"/>
+  <c r="C99" i="16"/>
+  <c r="L98" i="16"/>
+  <c r="K98" i="16"/>
+  <c r="I98" i="16"/>
+  <c r="H98" i="16"/>
+  <c r="F98" i="16"/>
+  <c r="E98" i="16"/>
+  <c r="C98" i="16"/>
+  <c r="L97" i="16"/>
+  <c r="K97" i="16"/>
+  <c r="I97" i="16"/>
+  <c r="H97" i="16"/>
+  <c r="F97" i="16"/>
+  <c r="E97" i="16"/>
+  <c r="C97" i="16"/>
+  <c r="L96" i="16"/>
+  <c r="K96" i="16"/>
+  <c r="I96" i="16"/>
+  <c r="H96" i="16"/>
+  <c r="F96" i="16"/>
+  <c r="E96" i="16"/>
+  <c r="C96" i="16"/>
+  <c r="L101" i="15"/>
   <c r="K101" i="15"/>
   <c r="I101" i="15"/>
   <c r="H101" i="15"/>
   <c r="F101" i="15"/>
   <c r="E101" i="15"/>
   <c r="C101" i="15"/>
   <c r="L100" i="15"/>
   <c r="K100" i="15"/>
   <c r="I100" i="15"/>
   <c r="H100" i="15"/>
   <c r="F100" i="15"/>
   <c r="E100" i="15"/>
   <c r="C100" i="15"/>
   <c r="L99" i="15"/>
   <c r="K99" i="15"/>
   <c r="I99" i="15"/>
   <c r="H99" i="15"/>
   <c r="F99" i="15"/>
   <c r="E99" i="15"/>
   <c r="C99" i="15"/>
   <c r="L98" i="15"/>
   <c r="K98" i="15"/>
   <c r="I98" i="15"/>
   <c r="H98" i="15"/>
   <c r="F98" i="15"/>
@@ -372,51 +420,51 @@
   <c r="I98" i="8"/>
   <c r="H98" i="8"/>
   <c r="F98" i="8"/>
   <c r="E98" i="8"/>
   <c r="C98" i="8"/>
   <c r="L97" i="8"/>
   <c r="K97" i="8"/>
   <c r="I97" i="8"/>
   <c r="H97" i="8"/>
   <c r="F97" i="8"/>
   <c r="E97" i="8"/>
   <c r="C97" i="8"/>
   <c r="L96" i="8"/>
   <c r="K96" i="8"/>
   <c r="I96" i="8"/>
   <c r="H96" i="8"/>
   <c r="F96" i="8"/>
   <c r="E96" i="8"/>
   <c r="C96" i="8"/>
   <c r="C101" i="14" l="1"/>
   <c r="C101" i="13"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="776" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="886" uniqueCount="138">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Männer</t>
   </si>
   <si>
     <t>Frauen</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Jan 22</t>
   </si>
   <si>
     <t>Feb 22</t>
   </si>
   <si>
     <t>Mrz 22</t>
   </si>
   <si>
@@ -742,60 +790,105 @@
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
+  <si>
+    <t>Alter und Geschlecht 2026</t>
+  </si>
+  <si>
+    <t>Jan 26</t>
+  </si>
+  <si>
+    <t>Feb 26</t>
+  </si>
+  <si>
+    <t>Mrz 26</t>
+  </si>
+  <si>
+    <t>Apr 26</t>
+  </si>
+  <si>
+    <t>Mai 26</t>
+  </si>
+  <si>
+    <t>Jun 26</t>
+  </si>
+  <si>
+    <t>Jul 26</t>
+  </si>
+  <si>
+    <t>Aug 26</t>
+  </si>
+  <si>
+    <t>Sep 26</t>
+  </si>
+  <si>
+    <t>Okt 26</t>
+  </si>
+  <si>
+    <t>Nov 26</t>
+  </si>
+  <si>
+    <t>Dez 26</t>
+  </si>
+  <si>
+    <t>Mittel 2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -848,50 +941,63 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCD5B4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
@@ -922,51 +1028,51 @@
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1040,103 +1146,186 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>379350</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCB986CC-A05C-49C6-AD20-EC4FFBC1B219}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{133951DA-8C8C-4694-AD3E-BB50F2B909D7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1147,51 +1336,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A239A881-805A-4F05-9203-2FFB1541C690}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1202,51 +1391,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31A9BC7B-6AD4-40D4-890D-DD240C60AE88}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1257,51 +1446,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CF283E4-7E7A-4D84-B661-A60210FB5C71}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1312,51 +1501,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{640A7978-E846-42BB-A524-A5B9F0CCF803}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1367,51 +1556,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B5528D8-CACC-484D-A780-2135B2C53EBD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1422,51 +1611,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>379350</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92D6A001-C48E-49A6-8059-929B37D524D0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1766,82 +1955,86 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A2D93FB-E675-4E9C-BEA5-B1617E494E8E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88FB3745-3D49-4303-8B7D-AB0B748CFA2A}">
   <dimension ref="A1:L104"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B3" s="5"/>
     </row>
     <row r="4" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="B4" s="5"/>
     </row>
     <row r="5" spans="1:12" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="6"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L6" s="9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="16"/>
       <c r="D7" s="17"/>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
@@ -1885,2680 +2078,4504 @@
     <row r="10" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C10" s="14"/>
       <c r="E10" s="15" t="s">
         <v>2</v>
       </c>
       <c r="F10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>2</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>3</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15" t="s">
         <v>2</v>
       </c>
       <c r="L10" s="15" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11" s="24" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="B11" s="25"/>
       <c r="C11" s="12"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
       <c r="L11" s="11"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="21"/>
       <c r="B12" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="22">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="23">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F12" s="23">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G12" s="23"/>
       <c r="H12" s="23">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="I12" s="23">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="J12" s="23"/>
       <c r="K12" s="23">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L12" s="23">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="21"/>
       <c r="B13" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="22">
-        <v>547</v>
+        <v>522</v>
       </c>
       <c r="D13" s="23"/>
       <c r="E13" s="23">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="F13" s="23">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G13" s="23"/>
       <c r="H13" s="23">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="I13" s="23">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="J13" s="23"/>
       <c r="K13" s="23">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="L13" s="23">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="21"/>
       <c r="B14" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="22">
-        <v>525</v>
+        <v>433</v>
       </c>
       <c r="D14" s="23"/>
       <c r="E14" s="23">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="F14" s="23">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G14" s="23"/>
       <c r="H14" s="23">
-        <v>174</v>
+        <v>141</v>
       </c>
       <c r="I14" s="23">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="J14" s="23"/>
       <c r="K14" s="23">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="L14" s="23">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="21"/>
       <c r="B15" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="22">
-        <v>466</v>
+        <v>523</v>
       </c>
       <c r="D15" s="23"/>
       <c r="E15" s="23">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="F15" s="23">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G15" s="23"/>
       <c r="H15" s="23">
-        <v>154</v>
+        <v>184</v>
       </c>
       <c r="I15" s="23">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="J15" s="23"/>
       <c r="K15" s="23">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L15" s="23">
-        <v>51</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16" s="21"/>
       <c r="B16" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="22">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="D16" s="23"/>
       <c r="E16" s="23">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F16" s="23">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G16" s="23"/>
       <c r="H16" s="23">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="I16" s="23">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="J16" s="23"/>
       <c r="K16" s="23">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L16" s="23">
-        <v>29</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="26"/>
       <c r="B17" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="18">
-        <v>2002</v>
+        <v>1963</v>
       </c>
       <c r="D17" s="19"/>
       <c r="E17" s="19">
-        <v>245</v>
+        <v>216</v>
       </c>
       <c r="F17" s="19">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="G17" s="19"/>
       <c r="H17" s="19">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="I17" s="19">
-        <v>485</v>
+        <v>505</v>
       </c>
       <c r="J17" s="19"/>
       <c r="K17" s="19">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="L17" s="19">
-        <v>154</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="38" t="s">
-[...12 lines deleted...]
-      <c r="L18" s="45"/>
+      <c r="A18" s="55" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" s="56"/>
+      <c r="C18" s="57"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="58"/>
+      <c r="F18" s="58"/>
+      <c r="G18" s="58"/>
+      <c r="H18" s="58"/>
+      <c r="I18" s="58"/>
+      <c r="J18" s="58"/>
+      <c r="K18" s="58"/>
+      <c r="L18" s="58"/>
     </row>
     <row r="19" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="40"/>
-      <c r="B19" s="41" t="s">
+      <c r="A19" s="59"/>
+      <c r="B19" s="60" t="s">
         <v>33</v>
       </c>
-      <c r="C19" s="46">
-[...22 lines deleted...]
-      </c>
+      <c r="C19" s="61"/>
+      <c r="D19" s="62"/>
+      <c r="E19" s="62"/>
+      <c r="F19" s="62"/>
+      <c r="G19" s="62"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="62"/>
+      <c r="J19" s="62"/>
+      <c r="K19" s="62"/>
+      <c r="L19" s="62"/>
     </row>
     <row r="20" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="40"/>
-      <c r="B20" s="41" t="s">
+      <c r="A20" s="59"/>
+      <c r="B20" s="60" t="s">
         <v>34</v>
       </c>
-      <c r="C20" s="46">
-[...22 lines deleted...]
-      </c>
+      <c r="C20" s="61"/>
+      <c r="D20" s="62"/>
+      <c r="E20" s="62"/>
+      <c r="F20" s="62"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="62"/>
+      <c r="J20" s="62"/>
+      <c r="K20" s="62"/>
+      <c r="L20" s="62"/>
     </row>
     <row r="21" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="40"/>
-      <c r="B21" s="41" t="s">
+      <c r="A21" s="59"/>
+      <c r="B21" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="C21" s="46">
-[...22 lines deleted...]
-      </c>
+      <c r="C21" s="61"/>
+      <c r="D21" s="62"/>
+      <c r="E21" s="62"/>
+      <c r="F21" s="62"/>
+      <c r="G21" s="62"/>
+      <c r="H21" s="62"/>
+      <c r="I21" s="62"/>
+      <c r="J21" s="62"/>
+      <c r="K21" s="62"/>
+      <c r="L21" s="62"/>
     </row>
     <row r="22" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="40"/>
-      <c r="B22" s="41" t="s">
+      <c r="A22" s="59"/>
+      <c r="B22" s="60" t="s">
         <v>36</v>
       </c>
-      <c r="C22" s="46">
-[...3 lines deleted...]
-      <c r="E22" s="47">
+      <c r="C22" s="61"/>
+      <c r="D22" s="62"/>
+      <c r="E22" s="62"/>
+      <c r="F22" s="62"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="62"/>
+      <c r="J22" s="62"/>
+      <c r="K22" s="62"/>
+      <c r="L22" s="62"/>
+    </row>
+    <row r="23" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="59"/>
+      <c r="B23" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="61"/>
+      <c r="D23" s="62"/>
+      <c r="E23" s="62"/>
+      <c r="F23" s="62"/>
+      <c r="G23" s="62"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="62"/>
+      <c r="J23" s="62"/>
+      <c r="K23" s="62"/>
+      <c r="L23" s="62"/>
+    </row>
+    <row r="24" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="63"/>
+      <c r="B24" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="65"/>
+      <c r="D24" s="66"/>
+      <c r="E24" s="66"/>
+      <c r="F24" s="66"/>
+      <c r="G24" s="66"/>
+      <c r="H24" s="66"/>
+      <c r="I24" s="66"/>
+      <c r="J24" s="66"/>
+      <c r="K24" s="66"/>
+      <c r="L24" s="66"/>
+    </row>
+    <row r="25" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="55" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="56"/>
+      <c r="C25" s="57"/>
+      <c r="D25" s="58"/>
+      <c r="E25" s="58"/>
+      <c r="F25" s="58"/>
+      <c r="G25" s="58"/>
+      <c r="H25" s="58"/>
+      <c r="I25" s="58"/>
+      <c r="J25" s="58"/>
+      <c r="K25" s="58"/>
+      <c r="L25" s="58"/>
+    </row>
+    <row r="26" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="59"/>
+      <c r="B26" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="61"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="62"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="62"/>
+      <c r="J26" s="62"/>
+      <c r="K26" s="62"/>
+      <c r="L26" s="62"/>
+    </row>
+    <row r="27" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="59"/>
+      <c r="B27" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="61"/>
+      <c r="D27" s="62"/>
+      <c r="E27" s="62"/>
+      <c r="F27" s="62"/>
+      <c r="G27" s="62"/>
+      <c r="H27" s="62"/>
+      <c r="I27" s="62"/>
+      <c r="J27" s="62"/>
+      <c r="K27" s="62"/>
+      <c r="L27" s="62"/>
+    </row>
+    <row r="28" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="59"/>
+      <c r="B28" s="60" t="s">
         <v>35</v>
       </c>
-      <c r="F22" s="47">
-[...6 lines deleted...]
-      <c r="I22" s="47">
+      <c r="C28" s="61"/>
+      <c r="D28" s="62"/>
+      <c r="E28" s="62"/>
+      <c r="F28" s="62"/>
+      <c r="G28" s="62"/>
+      <c r="H28" s="62"/>
+      <c r="I28" s="62"/>
+      <c r="J28" s="62"/>
+      <c r="K28" s="62"/>
+      <c r="L28" s="62"/>
+    </row>
+    <row r="29" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="59"/>
+      <c r="B29" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C29" s="61"/>
+      <c r="D29" s="62"/>
+      <c r="E29" s="62"/>
+      <c r="F29" s="62"/>
+      <c r="G29" s="62"/>
+      <c r="H29" s="62"/>
+      <c r="I29" s="62"/>
+      <c r="J29" s="62"/>
+      <c r="K29" s="62"/>
+      <c r="L29" s="62"/>
+    </row>
+    <row r="30" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="59"/>
+      <c r="B30" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="61"/>
+      <c r="D30" s="62"/>
+      <c r="E30" s="62"/>
+      <c r="F30" s="62"/>
+      <c r="G30" s="62"/>
+      <c r="H30" s="62"/>
+      <c r="I30" s="62"/>
+      <c r="J30" s="62"/>
+      <c r="K30" s="62"/>
+      <c r="L30" s="62"/>
+    </row>
+    <row r="31" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="63"/>
+      <c r="B31" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="65"/>
+      <c r="D31" s="66"/>
+      <c r="E31" s="66"/>
+      <c r="F31" s="66"/>
+      <c r="G31" s="66"/>
+      <c r="H31" s="66"/>
+      <c r="I31" s="66"/>
+      <c r="J31" s="66"/>
+      <c r="K31" s="66"/>
+      <c r="L31" s="66"/>
+    </row>
+    <row r="32" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="55" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" s="56"/>
+      <c r="C32" s="57"/>
+      <c r="D32" s="58"/>
+      <c r="E32" s="58"/>
+      <c r="F32" s="58"/>
+      <c r="G32" s="58"/>
+      <c r="H32" s="58"/>
+      <c r="I32" s="58"/>
+      <c r="J32" s="58"/>
+      <c r="K32" s="58"/>
+      <c r="L32" s="58"/>
+    </row>
+    <row r="33" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="59"/>
+      <c r="B33" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="61"/>
+      <c r="D33" s="62"/>
+      <c r="E33" s="62"/>
+      <c r="F33" s="62"/>
+      <c r="G33" s="62"/>
+      <c r="H33" s="62"/>
+      <c r="I33" s="62"/>
+      <c r="J33" s="62"/>
+      <c r="K33" s="62"/>
+      <c r="L33" s="62"/>
+    </row>
+    <row r="34" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="59"/>
+      <c r="B34" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="61"/>
+      <c r="D34" s="62"/>
+      <c r="E34" s="62"/>
+      <c r="F34" s="62"/>
+      <c r="G34" s="62"/>
+      <c r="H34" s="62"/>
+      <c r="I34" s="62"/>
+      <c r="J34" s="62"/>
+      <c r="K34" s="62"/>
+      <c r="L34" s="62"/>
+    </row>
+    <row r="35" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="59"/>
+      <c r="B35" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="61"/>
+      <c r="D35" s="62"/>
+      <c r="E35" s="62"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="62"/>
+      <c r="H35" s="62"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="62"/>
+      <c r="K35" s="62"/>
+      <c r="L35" s="62"/>
+    </row>
+    <row r="36" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="59"/>
+      <c r="B36" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="61"/>
+      <c r="D36" s="62"/>
+      <c r="E36" s="62"/>
+      <c r="F36" s="62"/>
+      <c r="G36" s="62"/>
+      <c r="H36" s="62"/>
+      <c r="I36" s="62"/>
+      <c r="J36" s="62"/>
+      <c r="K36" s="62"/>
+      <c r="L36" s="62"/>
+    </row>
+    <row r="37" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="59"/>
+      <c r="B37" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C37" s="61"/>
+      <c r="D37" s="62"/>
+      <c r="E37" s="62"/>
+      <c r="F37" s="62"/>
+      <c r="G37" s="62"/>
+      <c r="H37" s="62"/>
+      <c r="I37" s="62"/>
+      <c r="J37" s="62"/>
+      <c r="K37" s="62"/>
+      <c r="L37" s="62"/>
+    </row>
+    <row r="38" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="63"/>
+      <c r="B38" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="65"/>
+      <c r="D38" s="66"/>
+      <c r="E38" s="66"/>
+      <c r="F38" s="66"/>
+      <c r="G38" s="66"/>
+      <c r="H38" s="66"/>
+      <c r="I38" s="66"/>
+      <c r="J38" s="66"/>
+      <c r="K38" s="66"/>
+      <c r="L38" s="66"/>
+    </row>
+    <row r="39" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="55" t="s">
+        <v>128</v>
+      </c>
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="58"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="58"/>
+      <c r="G39" s="58"/>
+      <c r="H39" s="58"/>
+      <c r="I39" s="58"/>
+      <c r="J39" s="58"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="58"/>
+    </row>
+    <row r="40" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="59"/>
+      <c r="B40" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="61"/>
+      <c r="D40" s="62"/>
+      <c r="E40" s="62"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="62"/>
+      <c r="H40" s="62"/>
+      <c r="I40" s="62"/>
+      <c r="J40" s="62"/>
+      <c r="K40" s="62"/>
+      <c r="L40" s="62"/>
+    </row>
+    <row r="41" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="59"/>
+      <c r="B41" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C41" s="61"/>
+      <c r="D41" s="62"/>
+      <c r="E41" s="62"/>
+      <c r="F41" s="62"/>
+      <c r="G41" s="62"/>
+      <c r="H41" s="62"/>
+      <c r="I41" s="62"/>
+      <c r="J41" s="62"/>
+      <c r="K41" s="62"/>
+      <c r="L41" s="62"/>
+    </row>
+    <row r="42" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="59"/>
+      <c r="B42" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="61"/>
+      <c r="D42" s="62"/>
+      <c r="E42" s="62"/>
+      <c r="F42" s="62"/>
+      <c r="G42" s="62"/>
+      <c r="H42" s="62"/>
+      <c r="I42" s="62"/>
+      <c r="J42" s="62"/>
+      <c r="K42" s="62"/>
+      <c r="L42" s="62"/>
+    </row>
+    <row r="43" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="59"/>
+      <c r="B43" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C43" s="61"/>
+      <c r="D43" s="62"/>
+      <c r="E43" s="62"/>
+      <c r="F43" s="62"/>
+      <c r="G43" s="62"/>
+      <c r="H43" s="62"/>
+      <c r="I43" s="62"/>
+      <c r="J43" s="62"/>
+      <c r="K43" s="62"/>
+      <c r="L43" s="62"/>
+    </row>
+    <row r="44" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="59"/>
+      <c r="B44" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C44" s="61"/>
+      <c r="D44" s="62"/>
+      <c r="E44" s="62"/>
+      <c r="F44" s="62"/>
+      <c r="G44" s="62"/>
+      <c r="H44" s="62"/>
+      <c r="I44" s="62"/>
+      <c r="J44" s="62"/>
+      <c r="K44" s="62"/>
+      <c r="L44" s="62"/>
+    </row>
+    <row r="45" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="63"/>
+      <c r="B45" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="65"/>
+      <c r="D45" s="66"/>
+      <c r="E45" s="66"/>
+      <c r="F45" s="66"/>
+      <c r="G45" s="66"/>
+      <c r="H45" s="66"/>
+      <c r="I45" s="66"/>
+      <c r="J45" s="66"/>
+      <c r="K45" s="66"/>
+      <c r="L45" s="66"/>
+    </row>
+    <row r="46" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="55" t="s">
+        <v>129</v>
+      </c>
+      <c r="B46" s="56"/>
+      <c r="C46" s="57"/>
+      <c r="D46" s="58"/>
+      <c r="E46" s="58"/>
+      <c r="F46" s="58"/>
+      <c r="G46" s="58"/>
+      <c r="H46" s="58"/>
+      <c r="I46" s="58"/>
+      <c r="J46" s="58"/>
+      <c r="K46" s="58"/>
+      <c r="L46" s="58"/>
+    </row>
+    <row r="47" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="59"/>
+      <c r="B47" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" s="61"/>
+      <c r="D47" s="62"/>
+      <c r="E47" s="62"/>
+      <c r="F47" s="62"/>
+      <c r="G47" s="62"/>
+      <c r="H47" s="62"/>
+      <c r="I47" s="62"/>
+      <c r="J47" s="62"/>
+      <c r="K47" s="62"/>
+      <c r="L47" s="62"/>
+    </row>
+    <row r="48" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="59"/>
+      <c r="B48" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C48" s="61"/>
+      <c r="D48" s="62"/>
+      <c r="E48" s="62"/>
+      <c r="F48" s="62"/>
+      <c r="G48" s="62"/>
+      <c r="H48" s="62"/>
+      <c r="I48" s="62"/>
+      <c r="J48" s="62"/>
+      <c r="K48" s="62"/>
+      <c r="L48" s="62"/>
+    </row>
+    <row r="49" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="59"/>
+      <c r="B49" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C49" s="61"/>
+      <c r="D49" s="62"/>
+      <c r="E49" s="62"/>
+      <c r="F49" s="62"/>
+      <c r="G49" s="62"/>
+      <c r="H49" s="62"/>
+      <c r="I49" s="62"/>
+      <c r="J49" s="62"/>
+      <c r="K49" s="62"/>
+      <c r="L49" s="62"/>
+    </row>
+    <row r="50" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="59"/>
+      <c r="B50" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C50" s="61"/>
+      <c r="D50" s="62"/>
+      <c r="E50" s="62"/>
+      <c r="F50" s="62"/>
+      <c r="G50" s="62"/>
+      <c r="H50" s="62"/>
+      <c r="I50" s="62"/>
+      <c r="J50" s="62"/>
+      <c r="K50" s="62"/>
+      <c r="L50" s="62"/>
+    </row>
+    <row r="51" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="59"/>
+      <c r="B51" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C51" s="61"/>
+      <c r="D51" s="62"/>
+      <c r="E51" s="62"/>
+      <c r="F51" s="62"/>
+      <c r="G51" s="62"/>
+      <c r="H51" s="62"/>
+      <c r="I51" s="62"/>
+      <c r="J51" s="62"/>
+      <c r="K51" s="62"/>
+      <c r="L51" s="62"/>
+    </row>
+    <row r="52" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="63"/>
+      <c r="B52" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C52" s="65"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="66"/>
+      <c r="F52" s="66"/>
+      <c r="G52" s="66"/>
+      <c r="H52" s="66"/>
+      <c r="I52" s="66"/>
+      <c r="J52" s="66"/>
+      <c r="K52" s="66"/>
+      <c r="L52" s="66"/>
+    </row>
+    <row r="53" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="55" t="s">
+        <v>130</v>
+      </c>
+      <c r="B53" s="56"/>
+      <c r="C53" s="57"/>
+      <c r="D53" s="58"/>
+      <c r="E53" s="58"/>
+      <c r="F53" s="58"/>
+      <c r="G53" s="58"/>
+      <c r="H53" s="58"/>
+      <c r="I53" s="58"/>
+      <c r="J53" s="58"/>
+      <c r="K53" s="58"/>
+      <c r="L53" s="58"/>
+    </row>
+    <row r="54" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="59"/>
+      <c r="B54" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C54" s="61"/>
+      <c r="D54" s="62"/>
+      <c r="E54" s="62"/>
+      <c r="F54" s="62"/>
+      <c r="G54" s="62"/>
+      <c r="H54" s="62"/>
+      <c r="I54" s="62"/>
+      <c r="J54" s="62"/>
+      <c r="K54" s="62"/>
+      <c r="L54" s="62"/>
+    </row>
+    <row r="55" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="59"/>
+      <c r="B55" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C55" s="61"/>
+      <c r="D55" s="62"/>
+      <c r="E55" s="62"/>
+      <c r="F55" s="62"/>
+      <c r="G55" s="62"/>
+      <c r="H55" s="62"/>
+      <c r="I55" s="62"/>
+      <c r="J55" s="62"/>
+      <c r="K55" s="62"/>
+      <c r="L55" s="62"/>
+    </row>
+    <row r="56" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="59"/>
+      <c r="B56" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C56" s="61"/>
+      <c r="D56" s="62"/>
+      <c r="E56" s="62"/>
+      <c r="F56" s="62"/>
+      <c r="G56" s="62"/>
+      <c r="H56" s="62"/>
+      <c r="I56" s="62"/>
+      <c r="J56" s="62"/>
+      <c r="K56" s="62"/>
+      <c r="L56" s="62"/>
+    </row>
+    <row r="57" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="59"/>
+      <c r="B57" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C57" s="61"/>
+      <c r="D57" s="62"/>
+      <c r="E57" s="62"/>
+      <c r="F57" s="62"/>
+      <c r="G57" s="62"/>
+      <c r="H57" s="62"/>
+      <c r="I57" s="62"/>
+      <c r="J57" s="62"/>
+      <c r="K57" s="62"/>
+      <c r="L57" s="62"/>
+    </row>
+    <row r="58" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="59"/>
+      <c r="B58" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C58" s="61"/>
+      <c r="D58" s="62"/>
+      <c r="E58" s="62"/>
+      <c r="F58" s="62"/>
+      <c r="G58" s="62"/>
+      <c r="H58" s="62"/>
+      <c r="I58" s="62"/>
+      <c r="J58" s="62"/>
+      <c r="K58" s="62"/>
+      <c r="L58" s="62"/>
+    </row>
+    <row r="59" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="63"/>
+      <c r="B59" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="65"/>
+      <c r="D59" s="66"/>
+      <c r="E59" s="66"/>
+      <c r="F59" s="66"/>
+      <c r="G59" s="66"/>
+      <c r="H59" s="66"/>
+      <c r="I59" s="66"/>
+      <c r="J59" s="66"/>
+      <c r="K59" s="66"/>
+      <c r="L59" s="66"/>
+    </row>
+    <row r="60" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="55" t="s">
+        <v>131</v>
+      </c>
+      <c r="B60" s="56"/>
+      <c r="C60" s="57"/>
+      <c r="D60" s="58"/>
+      <c r="E60" s="58"/>
+      <c r="F60" s="58"/>
+      <c r="G60" s="58"/>
+      <c r="H60" s="58"/>
+      <c r="I60" s="58"/>
+      <c r="J60" s="58"/>
+      <c r="K60" s="58"/>
+      <c r="L60" s="58"/>
+    </row>
+    <row r="61" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="59"/>
+      <c r="B61" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="61"/>
+      <c r="D61" s="62"/>
+      <c r="E61" s="62"/>
+      <c r="F61" s="62"/>
+      <c r="G61" s="62"/>
+      <c r="H61" s="62"/>
+      <c r="I61" s="62"/>
+      <c r="J61" s="62"/>
+      <c r="K61" s="62"/>
+      <c r="L61" s="62"/>
+    </row>
+    <row r="62" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="59"/>
+      <c r="B62" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C62" s="61"/>
+      <c r="D62" s="62"/>
+      <c r="E62" s="62"/>
+      <c r="F62" s="62"/>
+      <c r="G62" s="62"/>
+      <c r="H62" s="62"/>
+      <c r="I62" s="62"/>
+      <c r="J62" s="62"/>
+      <c r="K62" s="62"/>
+      <c r="L62" s="62"/>
+    </row>
+    <row r="63" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="59"/>
+      <c r="B63" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C63" s="61"/>
+      <c r="D63" s="62"/>
+      <c r="E63" s="62"/>
+      <c r="F63" s="62"/>
+      <c r="G63" s="62"/>
+      <c r="H63" s="62"/>
+      <c r="I63" s="62"/>
+      <c r="J63" s="62"/>
+      <c r="K63" s="62"/>
+      <c r="L63" s="62"/>
+    </row>
+    <row r="64" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="59"/>
+      <c r="B64" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C64" s="61"/>
+      <c r="D64" s="62"/>
+      <c r="E64" s="62"/>
+      <c r="F64" s="62"/>
+      <c r="G64" s="62"/>
+      <c r="H64" s="62"/>
+      <c r="I64" s="62"/>
+      <c r="J64" s="62"/>
+      <c r="K64" s="62"/>
+      <c r="L64" s="62"/>
+    </row>
+    <row r="65" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="59"/>
+      <c r="B65" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C65" s="61"/>
+      <c r="D65" s="62"/>
+      <c r="E65" s="62"/>
+      <c r="F65" s="62"/>
+      <c r="G65" s="62"/>
+      <c r="H65" s="62"/>
+      <c r="I65" s="62"/>
+      <c r="J65" s="62"/>
+      <c r="K65" s="62"/>
+      <c r="L65" s="62"/>
+    </row>
+    <row r="66" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="63"/>
+      <c r="B66" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="65"/>
+      <c r="D66" s="66"/>
+      <c r="E66" s="66"/>
+      <c r="F66" s="66"/>
+      <c r="G66" s="66"/>
+      <c r="H66" s="66"/>
+      <c r="I66" s="66"/>
+      <c r="J66" s="66"/>
+      <c r="K66" s="66"/>
+      <c r="L66" s="66"/>
+    </row>
+    <row r="67" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="55" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="56"/>
+      <c r="C67" s="57"/>
+      <c r="D67" s="58"/>
+      <c r="E67" s="58"/>
+      <c r="F67" s="58"/>
+      <c r="G67" s="58"/>
+      <c r="H67" s="58"/>
+      <c r="I67" s="58"/>
+      <c r="J67" s="58"/>
+      <c r="K67" s="58"/>
+      <c r="L67" s="58"/>
+    </row>
+    <row r="68" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="59"/>
+      <c r="B68" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C68" s="61"/>
+      <c r="D68" s="62"/>
+      <c r="E68" s="62"/>
+      <c r="F68" s="62"/>
+      <c r="G68" s="62"/>
+      <c r="H68" s="62"/>
+      <c r="I68" s="62"/>
+      <c r="J68" s="62"/>
+      <c r="K68" s="62"/>
+      <c r="L68" s="62"/>
+    </row>
+    <row r="69" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="59"/>
+      <c r="B69" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C69" s="61"/>
+      <c r="D69" s="62"/>
+      <c r="E69" s="62"/>
+      <c r="F69" s="62"/>
+      <c r="G69" s="62"/>
+      <c r="H69" s="62"/>
+      <c r="I69" s="62"/>
+      <c r="J69" s="62"/>
+      <c r="K69" s="62"/>
+      <c r="L69" s="62"/>
+    </row>
+    <row r="70" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="59"/>
+      <c r="B70" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C70" s="61"/>
+      <c r="D70" s="62"/>
+      <c r="E70" s="62"/>
+      <c r="F70" s="62"/>
+      <c r="G70" s="62"/>
+      <c r="H70" s="62"/>
+      <c r="I70" s="62"/>
+      <c r="J70" s="62"/>
+      <c r="K70" s="62"/>
+      <c r="L70" s="62"/>
+    </row>
+    <row r="71" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="59"/>
+      <c r="B71" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C71" s="61"/>
+      <c r="D71" s="62"/>
+      <c r="E71" s="62"/>
+      <c r="F71" s="62"/>
+      <c r="G71" s="62"/>
+      <c r="H71" s="62"/>
+      <c r="I71" s="62"/>
+      <c r="J71" s="62"/>
+      <c r="K71" s="62"/>
+      <c r="L71" s="62"/>
+    </row>
+    <row r="72" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="59"/>
+      <c r="B72" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C72" s="61"/>
+      <c r="D72" s="62"/>
+      <c r="E72" s="62"/>
+      <c r="F72" s="62"/>
+      <c r="G72" s="62"/>
+      <c r="H72" s="62"/>
+      <c r="I72" s="62"/>
+      <c r="J72" s="62"/>
+      <c r="K72" s="62"/>
+      <c r="L72" s="62"/>
+    </row>
+    <row r="73" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="63"/>
+      <c r="B73" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="65"/>
+      <c r="D73" s="66"/>
+      <c r="E73" s="66"/>
+      <c r="F73" s="66"/>
+      <c r="G73" s="66"/>
+      <c r="H73" s="66"/>
+      <c r="I73" s="66"/>
+      <c r="J73" s="66"/>
+      <c r="K73" s="66"/>
+      <c r="L73" s="66"/>
+    </row>
+    <row r="74" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="55" t="s">
+        <v>133</v>
+      </c>
+      <c r="B74" s="56"/>
+      <c r="C74" s="57"/>
+      <c r="D74" s="58"/>
+      <c r="E74" s="58"/>
+      <c r="F74" s="58"/>
+      <c r="G74" s="58"/>
+      <c r="H74" s="58"/>
+      <c r="I74" s="58"/>
+      <c r="J74" s="58"/>
+      <c r="K74" s="58"/>
+      <c r="L74" s="58"/>
+    </row>
+    <row r="75" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="59"/>
+      <c r="B75" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C75" s="61"/>
+      <c r="D75" s="62"/>
+      <c r="E75" s="62"/>
+      <c r="F75" s="62"/>
+      <c r="G75" s="62"/>
+      <c r="H75" s="62"/>
+      <c r="I75" s="62"/>
+      <c r="J75" s="62"/>
+      <c r="K75" s="62"/>
+      <c r="L75" s="62"/>
+    </row>
+    <row r="76" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="59"/>
+      <c r="B76" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C76" s="61"/>
+      <c r="D76" s="62"/>
+      <c r="E76" s="62"/>
+      <c r="F76" s="62"/>
+      <c r="G76" s="62"/>
+      <c r="H76" s="62"/>
+      <c r="I76" s="62"/>
+      <c r="J76" s="62"/>
+      <c r="K76" s="62"/>
+      <c r="L76" s="62"/>
+    </row>
+    <row r="77" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="59"/>
+      <c r="B77" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C77" s="61"/>
+      <c r="D77" s="62"/>
+      <c r="E77" s="62"/>
+      <c r="F77" s="62"/>
+      <c r="G77" s="62"/>
+      <c r="H77" s="62"/>
+      <c r="I77" s="62"/>
+      <c r="J77" s="62"/>
+      <c r="K77" s="62"/>
+      <c r="L77" s="62"/>
+    </row>
+    <row r="78" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="59"/>
+      <c r="B78" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" s="61"/>
+      <c r="D78" s="62"/>
+      <c r="E78" s="62"/>
+      <c r="F78" s="62"/>
+      <c r="G78" s="62"/>
+      <c r="H78" s="62"/>
+      <c r="I78" s="62"/>
+      <c r="J78" s="62"/>
+      <c r="K78" s="62"/>
+      <c r="L78" s="62"/>
+    </row>
+    <row r="79" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="59"/>
+      <c r="B79" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C79" s="61"/>
+      <c r="D79" s="62"/>
+      <c r="E79" s="62"/>
+      <c r="F79" s="62"/>
+      <c r="G79" s="62"/>
+      <c r="H79" s="62"/>
+      <c r="I79" s="62"/>
+      <c r="J79" s="62"/>
+      <c r="K79" s="62"/>
+      <c r="L79" s="62"/>
+    </row>
+    <row r="80" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="63"/>
+      <c r="B80" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="65"/>
+      <c r="D80" s="66"/>
+      <c r="E80" s="66"/>
+      <c r="F80" s="66"/>
+      <c r="G80" s="66"/>
+      <c r="H80" s="66"/>
+      <c r="I80" s="66"/>
+      <c r="J80" s="66"/>
+      <c r="K80" s="66"/>
+      <c r="L80" s="66"/>
+    </row>
+    <row r="81" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="55" t="s">
+        <v>134</v>
+      </c>
+      <c r="B81" s="56"/>
+      <c r="C81" s="57"/>
+      <c r="D81" s="58"/>
+      <c r="E81" s="58"/>
+      <c r="F81" s="58"/>
+      <c r="G81" s="58"/>
+      <c r="H81" s="58"/>
+      <c r="I81" s="58"/>
+      <c r="J81" s="58"/>
+      <c r="K81" s="58"/>
+      <c r="L81" s="58"/>
+    </row>
+    <row r="82" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="59"/>
+      <c r="B82" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="61"/>
+      <c r="D82" s="62"/>
+      <c r="E82" s="62"/>
+      <c r="F82" s="62"/>
+      <c r="G82" s="62"/>
+      <c r="H82" s="62"/>
+      <c r="I82" s="62"/>
+      <c r="J82" s="62"/>
+      <c r="K82" s="62"/>
+      <c r="L82" s="62"/>
+    </row>
+    <row r="83" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="59"/>
+      <c r="B83" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C83" s="61"/>
+      <c r="D83" s="62"/>
+      <c r="E83" s="62"/>
+      <c r="F83" s="62"/>
+      <c r="G83" s="62"/>
+      <c r="H83" s="62"/>
+      <c r="I83" s="62"/>
+      <c r="J83" s="62"/>
+      <c r="K83" s="62"/>
+      <c r="L83" s="62"/>
+    </row>
+    <row r="84" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="59"/>
+      <c r="B84" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C84" s="61"/>
+      <c r="D84" s="62"/>
+      <c r="E84" s="62"/>
+      <c r="F84" s="62"/>
+      <c r="G84" s="62"/>
+      <c r="H84" s="62"/>
+      <c r="I84" s="62"/>
+      <c r="J84" s="62"/>
+      <c r="K84" s="62"/>
+      <c r="L84" s="62"/>
+    </row>
+    <row r="85" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="59"/>
+      <c r="B85" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C85" s="61"/>
+      <c r="D85" s="62"/>
+      <c r="E85" s="62"/>
+      <c r="F85" s="62"/>
+      <c r="G85" s="62"/>
+      <c r="H85" s="62"/>
+      <c r="I85" s="62"/>
+      <c r="J85" s="62"/>
+      <c r="K85" s="62"/>
+      <c r="L85" s="62"/>
+    </row>
+    <row r="86" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="59"/>
+      <c r="B86" s="60" t="s">
+        <v>37</v>
+      </c>
+      <c r="C86" s="61"/>
+      <c r="D86" s="62"/>
+      <c r="E86" s="62"/>
+      <c r="F86" s="62"/>
+      <c r="G86" s="62"/>
+      <c r="H86" s="62"/>
+      <c r="I86" s="62"/>
+      <c r="J86" s="62"/>
+      <c r="K86" s="62"/>
+      <c r="L86" s="62"/>
+    </row>
+    <row r="87" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="63"/>
+      <c r="B87" s="64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="65"/>
+      <c r="D87" s="66"/>
+      <c r="E87" s="66"/>
+      <c r="F87" s="66"/>
+      <c r="G87" s="66"/>
+      <c r="H87" s="66"/>
+      <c r="I87" s="66"/>
+      <c r="J87" s="66"/>
+      <c r="K87" s="66"/>
+      <c r="L87" s="66"/>
+    </row>
+    <row r="88" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="55" t="s">
         <v>135</v>
       </c>
-      <c r="J22" s="47"/>
-[...9 lines deleted...]
-      <c r="B23" s="41" t="s">
+      <c r="B88" s="56"/>
+      <c r="C88" s="57"/>
+      <c r="D88" s="58"/>
+      <c r="E88" s="58"/>
+      <c r="F88" s="58"/>
+      <c r="G88" s="58"/>
+      <c r="H88" s="58"/>
+      <c r="I88" s="58"/>
+      <c r="J88" s="58"/>
+      <c r="K88" s="58"/>
+      <c r="L88" s="58"/>
+    </row>
+    <row r="89" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="59"/>
+      <c r="B89" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="61"/>
+      <c r="D89" s="62"/>
+      <c r="E89" s="62"/>
+      <c r="F89" s="62"/>
+      <c r="G89" s="62"/>
+      <c r="H89" s="62"/>
+      <c r="I89" s="62"/>
+      <c r="J89" s="62"/>
+      <c r="K89" s="62"/>
+      <c r="L89" s="62"/>
+    </row>
+    <row r="90" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="59"/>
+      <c r="B90" s="60" t="s">
+        <v>34</v>
+      </c>
+      <c r="C90" s="61"/>
+      <c r="D90" s="62"/>
+      <c r="E90" s="62"/>
+      <c r="F90" s="62"/>
+      <c r="G90" s="62"/>
+      <c r="H90" s="62"/>
+      <c r="I90" s="62"/>
+      <c r="J90" s="62"/>
+      <c r="K90" s="62"/>
+      <c r="L90" s="62"/>
+    </row>
+    <row r="91" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="59"/>
+      <c r="B91" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C91" s="61"/>
+      <c r="D91" s="62"/>
+      <c r="E91" s="62"/>
+      <c r="F91" s="62"/>
+      <c r="G91" s="62"/>
+      <c r="H91" s="62"/>
+      <c r="I91" s="62"/>
+      <c r="J91" s="62"/>
+      <c r="K91" s="62"/>
+      <c r="L91" s="62"/>
+    </row>
+    <row r="92" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="59"/>
+      <c r="B92" s="60" t="s">
+        <v>36</v>
+      </c>
+      <c r="C92" s="61"/>
+      <c r="D92" s="62"/>
+      <c r="E92" s="62"/>
+      <c r="F92" s="62"/>
+      <c r="G92" s="62"/>
+      <c r="H92" s="62"/>
+      <c r="I92" s="62"/>
+      <c r="J92" s="62"/>
+      <c r="K92" s="62"/>
+      <c r="L92" s="62"/>
+    </row>
+    <row r="93" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="59"/>
+      <c r="B93" s="60" t="s">
         <v>37</v>
       </c>
-      <c r="C23" s="46">
-[...26 lines deleted...]
-      <c r="B24" s="43" t="s">
+      <c r="C93" s="61"/>
+      <c r="D93" s="62"/>
+      <c r="E93" s="62"/>
+      <c r="F93" s="62"/>
+      <c r="G93" s="62"/>
+      <c r="H93" s="62"/>
+      <c r="I93" s="62"/>
+      <c r="J93" s="62"/>
+      <c r="K93" s="62"/>
+      <c r="L93" s="62"/>
+    </row>
+    <row r="94" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="63"/>
+      <c r="B94" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="C24" s="48">
-[...1982 lines deleted...]
-      </c>
+      <c r="C94" s="65"/>
+      <c r="D94" s="66"/>
+      <c r="E94" s="66"/>
+      <c r="F94" s="66"/>
+      <c r="G94" s="66"/>
+      <c r="H94" s="66"/>
+      <c r="I94" s="66"/>
+      <c r="J94" s="66"/>
+      <c r="K94" s="66"/>
+      <c r="L94" s="66"/>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A95" s="24" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="B95" s="25"/>
       <c r="C95" s="12"/>
       <c r="D95" s="11"/>
       <c r="E95" s="11"/>
       <c r="F95" s="11"/>
       <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="11"/>
       <c r="J95" s="11"/>
       <c r="K95" s="11"/>
       <c r="L95" s="11"/>
     </row>
     <row r="96" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A96" s="21"/>
       <c r="B96" s="10" t="s">
         <v>33</v>
       </c>
       <c r="C96" s="34">
         <f>AVERAGE(C12,C19,C26,C33,C40,C47,C54,C61,C68,C75,C82,C89)</f>
-        <v>169.75</v>
+        <v>183</v>
       </c>
       <c r="D96" s="23"/>
       <c r="E96" s="23">
         <f t="shared" ref="E96:L96" si="0">AVERAGE(E12,E19,E26,E33,E40,E47,E54,E61,E68,E75,E82,E89)</f>
-        <v>30.083333333333332</v>
+        <v>29</v>
       </c>
       <c r="F96" s="23">
         <f t="shared" si="0"/>
-        <v>23.25</v>
+        <v>28</v>
       </c>
       <c r="G96" s="23"/>
       <c r="H96" s="23">
         <f t="shared" si="0"/>
-        <v>50.083333333333336</v>
+        <v>52</v>
       </c>
       <c r="I96" s="23">
         <f t="shared" si="0"/>
-        <v>37.666666666666664</v>
+        <v>55</v>
       </c>
       <c r="J96" s="23"/>
       <c r="K96" s="23">
         <f t="shared" si="0"/>
-        <v>16.833333333333332</v>
+        <v>11</v>
       </c>
       <c r="L96" s="23">
         <f t="shared" si="0"/>
-        <v>11.833333333333334</v>
+        <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A97" s="21"/>
       <c r="B97" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C97" s="22">
         <f t="shared" ref="C97:L101" si="1">AVERAGE(C13,C20,C27,C34,C41,C48,C55,C62,C69,C76,C83,C90)</f>
-        <v>417</v>
+        <v>522</v>
       </c>
       <c r="D97" s="23"/>
       <c r="E97" s="23">
         <f t="shared" si="1"/>
-        <v>63.583333333333336</v>
+        <v>64</v>
       </c>
       <c r="F97" s="23">
         <f t="shared" si="1"/>
-        <v>51.166666666666664</v>
+        <v>48</v>
       </c>
       <c r="G97" s="23"/>
       <c r="H97" s="23">
         <f t="shared" si="1"/>
-        <v>133.5</v>
+        <v>180</v>
       </c>
       <c r="I97" s="23">
         <f t="shared" si="1"/>
-        <v>98.916666666666671</v>
+        <v>138</v>
       </c>
       <c r="J97" s="23"/>
       <c r="K97" s="23">
         <f t="shared" si="1"/>
-        <v>44.333333333333336</v>
+        <v>65</v>
       </c>
       <c r="L97" s="23">
         <f t="shared" si="1"/>
-        <v>25.5</v>
+        <v>27</v>
       </c>
     </row>
     <row r="98" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A98" s="21"/>
       <c r="B98" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C98" s="22">
         <f t="shared" si="1"/>
-        <v>439.33333333333331</v>
+        <v>433</v>
       </c>
       <c r="D98" s="23"/>
       <c r="E98" s="23">
         <f t="shared" si="1"/>
-        <v>62.25</v>
+        <v>59</v>
       </c>
       <c r="F98" s="23">
         <f t="shared" si="1"/>
-        <v>48.25</v>
+        <v>45</v>
       </c>
       <c r="G98" s="23"/>
       <c r="H98" s="23">
         <f t="shared" si="1"/>
-        <v>148.25</v>
+        <v>141</v>
       </c>
       <c r="I98" s="23">
         <f t="shared" si="1"/>
-        <v>104.5</v>
+        <v>111</v>
       </c>
       <c r="J98" s="23"/>
       <c r="K98" s="23">
         <f t="shared" si="1"/>
-        <v>50.166666666666664</v>
+        <v>46</v>
       </c>
       <c r="L98" s="23">
         <f t="shared" si="1"/>
-        <v>25.916666666666668</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A99" s="21"/>
       <c r="B99" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C99" s="22">
         <f t="shared" si="1"/>
-        <v>503</v>
+        <v>523</v>
       </c>
       <c r="D99" s="23"/>
       <c r="E99" s="23">
         <f t="shared" si="1"/>
-        <v>47.5</v>
+        <v>51</v>
       </c>
       <c r="F99" s="23">
         <f t="shared" si="1"/>
-        <v>40.75</v>
+        <v>48</v>
       </c>
       <c r="G99" s="23"/>
       <c r="H99" s="23">
         <f t="shared" si="1"/>
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="I99" s="23">
         <f t="shared" si="1"/>
-        <v>129.41666666666666</v>
+        <v>132</v>
       </c>
       <c r="J99" s="23"/>
       <c r="K99" s="23">
         <f t="shared" si="1"/>
-        <v>69.666666666666671</v>
+        <v>70</v>
       </c>
       <c r="L99" s="23">
         <f t="shared" si="1"/>
-        <v>47.666666666666664</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A100" s="21"/>
       <c r="B100" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C100" s="22">
         <f t="shared" si="1"/>
-        <v>258.41666666666669</v>
+        <v>302</v>
       </c>
       <c r="D100" s="23"/>
       <c r="E100" s="23">
         <f t="shared" si="1"/>
-        <v>11.083333333333334</v>
+        <v>13</v>
       </c>
       <c r="F100" s="23">
         <f t="shared" si="1"/>
-        <v>8.5</v>
+        <v>17</v>
       </c>
       <c r="G100" s="23"/>
       <c r="H100" s="23">
         <f t="shared" si="1"/>
-        <v>77.166666666666671</v>
+        <v>90</v>
       </c>
       <c r="I100" s="23">
         <f t="shared" si="1"/>
-        <v>61.083333333333336</v>
+        <v>69</v>
       </c>
       <c r="J100" s="23"/>
       <c r="K100" s="23">
         <f t="shared" si="1"/>
-        <v>66.416666666666671</v>
+        <v>72</v>
       </c>
       <c r="L100" s="23">
         <f t="shared" si="1"/>
-        <v>34.166666666666664</v>
+        <v>41</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A101" s="26"/>
       <c r="B101" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C101" s="18">
         <f t="shared" si="1"/>
-        <v>1787.5</v>
+        <v>1963</v>
       </c>
       <c r="D101" s="19"/>
       <c r="E101" s="19">
         <f t="shared" si="1"/>
-        <v>214.5</v>
+        <v>216</v>
       </c>
       <c r="F101" s="19">
         <f t="shared" si="1"/>
-        <v>171.91666666666666</v>
+        <v>186</v>
       </c>
       <c r="G101" s="19"/>
       <c r="H101" s="19">
         <f t="shared" si="1"/>
-        <v>577</v>
+        <v>647</v>
       </c>
       <c r="I101" s="19">
         <f t="shared" si="1"/>
-        <v>431.58333333333331</v>
+        <v>505</v>
       </c>
       <c r="J101" s="19"/>
       <c r="K101" s="19">
         <f t="shared" si="1"/>
-        <v>247.41666666666666</v>
+        <v>264</v>
       </c>
       <c r="L101" s="19">
         <f t="shared" si="1"/>
-        <v>145.08333333333334</v>
+        <v>145</v>
       </c>
     </row>
     <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
       <c r="A102" s="50"/>
       <c r="L102" s="52" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="53" t="s">
         <v>76</v>
       </c>
       <c r="B103" s="54"/>
       <c r="C103" s="54"/>
       <c r="D103" s="54"/>
       <c r="E103" s="54"/>
       <c r="F103" s="54"/>
       <c r="G103" s="54"/>
       <c r="H103" s="54"/>
       <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A2D93FB-E675-4E9C-BEA5-B1617E494E8E}">
+  <dimension ref="A1:L104"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="16" style="10" customWidth="1"/>
+    <col min="3" max="3" width="8" style="1" customWidth="1"/>
+    <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
+    <col min="5" max="6" width="8" style="1" customWidth="1"/>
+    <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
+    <col min="8" max="9" width="8" style="1" customWidth="1"/>
+    <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
+    <col min="11" max="12" width="8" style="1" customWidth="1"/>
+    <col min="13" max="13" width="7" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B3" s="5"/>
+    </row>
+    <row r="4" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" s="5"/>
+    </row>
+    <row r="5" spans="1:12" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="6"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L6" s="9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="17"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="14"/>
+      <c r="E9" s="33"/>
+      <c r="F9" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="15"/>
+      <c r="H9" s="33"/>
+      <c r="I9" s="33" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" s="15"/>
+      <c r="K9" s="33"/>
+      <c r="L9" s="33" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="14"/>
+      <c r="E10" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="I10" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="J10" s="15"/>
+      <c r="K10" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="L10" s="15" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B11" s="25"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="11"/>
+      <c r="G11" s="11"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="11"/>
+      <c r="J11" s="11"/>
+      <c r="K11" s="11"/>
+      <c r="L11" s="11"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="21"/>
+      <c r="B12" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="22">
+        <v>192</v>
+      </c>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23">
+        <v>42</v>
+      </c>
+      <c r="F12" s="23">
+        <v>29</v>
+      </c>
+      <c r="G12" s="23"/>
+      <c r="H12" s="23">
+        <v>58</v>
+      </c>
+      <c r="I12" s="23">
+        <v>40</v>
+      </c>
+      <c r="J12" s="23"/>
+      <c r="K12" s="23">
+        <v>12</v>
+      </c>
+      <c r="L12" s="23">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A13" s="21"/>
+      <c r="B13" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="22">
+        <v>547</v>
+      </c>
+      <c r="D13" s="23"/>
+      <c r="E13" s="23">
+        <v>74</v>
+      </c>
+      <c r="F13" s="23">
+        <v>55</v>
+      </c>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23">
+        <v>187</v>
+      </c>
+      <c r="I13" s="23">
+        <v>126</v>
+      </c>
+      <c r="J13" s="23"/>
+      <c r="K13" s="23">
+        <v>76</v>
+      </c>
+      <c r="L13" s="23">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="21"/>
+      <c r="B14" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="22">
+        <v>525</v>
+      </c>
+      <c r="D14" s="23"/>
+      <c r="E14" s="23">
+        <v>84</v>
+      </c>
+      <c r="F14" s="23">
+        <v>48</v>
+      </c>
+      <c r="G14" s="23"/>
+      <c r="H14" s="23">
+        <v>174</v>
+      </c>
+      <c r="I14" s="23">
+        <v>130</v>
+      </c>
+      <c r="J14" s="23"/>
+      <c r="K14" s="23">
+        <v>55</v>
+      </c>
+      <c r="L14" s="23">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A15" s="21"/>
+      <c r="B15" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="22">
+        <v>466</v>
+      </c>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23">
+        <v>34</v>
+      </c>
+      <c r="F15" s="23">
+        <v>34</v>
+      </c>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23">
+        <v>154</v>
+      </c>
+      <c r="I15" s="23">
+        <v>127</v>
+      </c>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23">
+        <v>66</v>
+      </c>
+      <c r="L15" s="23">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="21"/>
+      <c r="B16" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="22">
+        <v>272</v>
+      </c>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23">
+        <v>11</v>
+      </c>
+      <c r="F16" s="23">
+        <v>12</v>
+      </c>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23">
+        <v>87</v>
+      </c>
+      <c r="I16" s="23">
+        <v>62</v>
+      </c>
+      <c r="J16" s="23"/>
+      <c r="K16" s="23">
+        <v>71</v>
+      </c>
+      <c r="L16" s="23">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A17" s="26"/>
+      <c r="B17" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="18">
+        <v>2002</v>
+      </c>
+      <c r="D17" s="19"/>
+      <c r="E17" s="19">
+        <v>245</v>
+      </c>
+      <c r="F17" s="19">
+        <v>178</v>
+      </c>
+      <c r="G17" s="19"/>
+      <c r="H17" s="19">
+        <v>660</v>
+      </c>
+      <c r="I17" s="19">
+        <v>485</v>
+      </c>
+      <c r="J17" s="19"/>
+      <c r="K17" s="19">
+        <v>280</v>
+      </c>
+      <c r="L17" s="19">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="38" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" s="39"/>
+      <c r="C18" s="44"/>
+      <c r="D18" s="45"/>
+      <c r="E18" s="45"/>
+      <c r="F18" s="45"/>
+      <c r="G18" s="45"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="45"/>
+      <c r="J18" s="45"/>
+      <c r="K18" s="45"/>
+      <c r="L18" s="45"/>
+    </row>
+    <row r="19" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="40"/>
+      <c r="B19" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="46">
+        <v>245</v>
+      </c>
+      <c r="D19" s="47"/>
+      <c r="E19" s="47">
+        <v>40</v>
+      </c>
+      <c r="F19" s="47">
+        <v>27</v>
+      </c>
+      <c r="G19" s="47"/>
+      <c r="H19" s="47">
+        <v>79</v>
+      </c>
+      <c r="I19" s="47">
+        <v>53</v>
+      </c>
+      <c r="J19" s="47"/>
+      <c r="K19" s="47">
+        <v>25</v>
+      </c>
+      <c r="L19" s="47">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="40"/>
+      <c r="B20" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="46">
+        <v>516</v>
+      </c>
+      <c r="D20" s="47"/>
+      <c r="E20" s="47">
+        <v>80</v>
+      </c>
+      <c r="F20" s="47">
+        <v>52</v>
+      </c>
+      <c r="G20" s="47"/>
+      <c r="H20" s="47">
+        <v>173</v>
+      </c>
+      <c r="I20" s="47">
+        <v>114</v>
+      </c>
+      <c r="J20" s="47"/>
+      <c r="K20" s="47">
+        <v>70</v>
+      </c>
+      <c r="L20" s="47">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="40"/>
+      <c r="B21" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C21" s="46">
+        <v>446</v>
+      </c>
+      <c r="D21" s="47"/>
+      <c r="E21" s="47">
+        <v>75</v>
+      </c>
+      <c r="F21" s="47">
+        <v>47</v>
+      </c>
+      <c r="G21" s="47"/>
+      <c r="H21" s="47">
+        <v>148</v>
+      </c>
+      <c r="I21" s="47">
+        <v>102</v>
+      </c>
+      <c r="J21" s="47"/>
+      <c r="K21" s="47">
+        <v>47</v>
+      </c>
+      <c r="L21" s="47">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="40"/>
+      <c r="B22" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C22" s="46">
+        <v>479</v>
+      </c>
+      <c r="D22" s="47"/>
+      <c r="E22" s="47">
+        <v>35</v>
+      </c>
+      <c r="F22" s="47">
+        <v>32</v>
+      </c>
+      <c r="G22" s="47"/>
+      <c r="H22" s="47">
+        <v>161</v>
+      </c>
+      <c r="I22" s="47">
+        <v>135</v>
+      </c>
+      <c r="J22" s="47"/>
+      <c r="K22" s="47">
+        <v>66</v>
+      </c>
+      <c r="L22" s="47">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="40"/>
+      <c r="B23" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="46">
+        <v>246</v>
+      </c>
+      <c r="D23" s="47"/>
+      <c r="E23" s="47">
+        <v>11</v>
+      </c>
+      <c r="F23" s="47">
+        <v>10</v>
+      </c>
+      <c r="G23" s="47"/>
+      <c r="H23" s="47">
+        <v>72</v>
+      </c>
+      <c r="I23" s="47">
+        <v>59</v>
+      </c>
+      <c r="J23" s="47"/>
+      <c r="K23" s="47">
+        <v>69</v>
+      </c>
+      <c r="L23" s="47">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="42"/>
+      <c r="B24" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="48">
+        <v>1932</v>
+      </c>
+      <c r="D24" s="49"/>
+      <c r="E24" s="49">
+        <v>241</v>
+      </c>
+      <c r="F24" s="49">
+        <v>168</v>
+      </c>
+      <c r="G24" s="49"/>
+      <c r="H24" s="49">
+        <v>633</v>
+      </c>
+      <c r="I24" s="49">
+        <v>463</v>
+      </c>
+      <c r="J24" s="49"/>
+      <c r="K24" s="49">
+        <v>277</v>
+      </c>
+      <c r="L24" s="49">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="38" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" s="39"/>
+      <c r="C25" s="44"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="45"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="45"/>
+      <c r="L25" s="45"/>
+    </row>
+    <row r="26" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="40"/>
+      <c r="B26" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="46">
+        <v>161</v>
+      </c>
+      <c r="D26" s="47"/>
+      <c r="E26" s="47">
+        <v>36</v>
+      </c>
+      <c r="F26" s="47">
+        <v>20</v>
+      </c>
+      <c r="G26" s="47"/>
+      <c r="H26" s="47">
+        <v>48</v>
+      </c>
+      <c r="I26" s="47">
+        <v>28</v>
+      </c>
+      <c r="J26" s="47"/>
+      <c r="K26" s="47">
+        <v>14</v>
+      </c>
+      <c r="L26" s="47">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="40"/>
+      <c r="B27" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="46">
+        <v>517</v>
+      </c>
+      <c r="D27" s="47"/>
+      <c r="E27" s="47">
+        <v>85</v>
+      </c>
+      <c r="F27" s="47">
+        <v>55</v>
+      </c>
+      <c r="G27" s="47"/>
+      <c r="H27" s="47">
+        <v>164</v>
+      </c>
+      <c r="I27" s="47">
+        <v>117</v>
+      </c>
+      <c r="J27" s="47"/>
+      <c r="K27" s="47">
+        <v>61</v>
+      </c>
+      <c r="L27" s="47">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="40"/>
+      <c r="B28" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="46">
+        <v>435</v>
+      </c>
+      <c r="D28" s="47"/>
+      <c r="E28" s="47">
+        <v>69</v>
+      </c>
+      <c r="F28" s="47">
+        <v>41</v>
+      </c>
+      <c r="G28" s="47"/>
+      <c r="H28" s="47">
+        <v>149</v>
+      </c>
+      <c r="I28" s="47">
+        <v>92</v>
+      </c>
+      <c r="J28" s="47"/>
+      <c r="K28" s="47">
+        <v>62</v>
+      </c>
+      <c r="L28" s="47">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="40"/>
+      <c r="B29" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C29" s="46">
+        <v>519</v>
+      </c>
+      <c r="D29" s="47"/>
+      <c r="E29" s="47">
+        <v>48</v>
+      </c>
+      <c r="F29" s="47">
+        <v>36</v>
+      </c>
+      <c r="G29" s="47"/>
+      <c r="H29" s="47">
+        <v>181</v>
+      </c>
+      <c r="I29" s="47">
+        <v>132</v>
+      </c>
+      <c r="J29" s="47"/>
+      <c r="K29" s="47">
+        <v>66</v>
+      </c>
+      <c r="L29" s="47">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="40"/>
+      <c r="B30" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="46">
+        <v>254</v>
+      </c>
+      <c r="D30" s="47"/>
+      <c r="E30" s="47">
+        <v>11</v>
+      </c>
+      <c r="F30" s="47">
+        <v>11</v>
+      </c>
+      <c r="G30" s="47"/>
+      <c r="H30" s="47">
+        <v>73</v>
+      </c>
+      <c r="I30" s="47">
+        <v>62</v>
+      </c>
+      <c r="J30" s="47"/>
+      <c r="K30" s="47">
+        <v>70</v>
+      </c>
+      <c r="L30" s="47">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="42"/>
+      <c r="B31" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C31" s="48">
+        <v>1886</v>
+      </c>
+      <c r="D31" s="49"/>
+      <c r="E31" s="49">
+        <v>249</v>
+      </c>
+      <c r="F31" s="49">
+        <v>163</v>
+      </c>
+      <c r="G31" s="49"/>
+      <c r="H31" s="49">
+        <v>615</v>
+      </c>
+      <c r="I31" s="49">
+        <v>431</v>
+      </c>
+      <c r="J31" s="49"/>
+      <c r="K31" s="49">
+        <v>273</v>
+      </c>
+      <c r="L31" s="49">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="38" t="s">
+        <v>112</v>
+      </c>
+      <c r="B32" s="39"/>
+      <c r="C32" s="44"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+    </row>
+    <row r="33" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="40"/>
+      <c r="B33" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="46">
+        <v>181</v>
+      </c>
+      <c r="D33" s="47"/>
+      <c r="E33" s="47">
+        <v>25</v>
+      </c>
+      <c r="F33" s="47">
+        <v>23</v>
+      </c>
+      <c r="G33" s="47"/>
+      <c r="H33" s="47">
+        <v>58</v>
+      </c>
+      <c r="I33" s="47">
+        <v>39</v>
+      </c>
+      <c r="J33" s="47"/>
+      <c r="K33" s="47">
+        <v>21</v>
+      </c>
+      <c r="L33" s="47">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="40"/>
+      <c r="B34" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="46">
+        <v>386</v>
+      </c>
+      <c r="D34" s="47"/>
+      <c r="E34" s="47">
+        <v>67</v>
+      </c>
+      <c r="F34" s="47">
+        <v>43</v>
+      </c>
+      <c r="G34" s="47"/>
+      <c r="H34" s="47">
+        <v>130</v>
+      </c>
+      <c r="I34" s="47">
+        <v>74</v>
+      </c>
+      <c r="J34" s="47"/>
+      <c r="K34" s="47">
+        <v>39</v>
+      </c>
+      <c r="L34" s="47">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="40"/>
+      <c r="B35" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="46">
+        <v>442</v>
+      </c>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47">
+        <v>65</v>
+      </c>
+      <c r="F35" s="47">
+        <v>41</v>
+      </c>
+      <c r="G35" s="47"/>
+      <c r="H35" s="47">
+        <v>148</v>
+      </c>
+      <c r="I35" s="47">
+        <v>102</v>
+      </c>
+      <c r="J35" s="47"/>
+      <c r="K35" s="47">
+        <v>61</v>
+      </c>
+      <c r="L35" s="47">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="40"/>
+      <c r="B36" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="46">
+        <v>534</v>
+      </c>
+      <c r="D36" s="47"/>
+      <c r="E36" s="47">
+        <v>49</v>
+      </c>
+      <c r="F36" s="47">
+        <v>41</v>
+      </c>
+      <c r="G36" s="47"/>
+      <c r="H36" s="47">
+        <v>178</v>
+      </c>
+      <c r="I36" s="47">
+        <v>151</v>
+      </c>
+      <c r="J36" s="47"/>
+      <c r="K36" s="47">
+        <v>61</v>
+      </c>
+      <c r="L36" s="47">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="40"/>
+      <c r="B37" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C37" s="46">
+        <v>246</v>
+      </c>
+      <c r="D37" s="47"/>
+      <c r="E37" s="47">
+        <v>13</v>
+      </c>
+      <c r="F37" s="47">
+        <v>9</v>
+      </c>
+      <c r="G37" s="47"/>
+      <c r="H37" s="47">
+        <v>75</v>
+      </c>
+      <c r="I37" s="47">
+        <v>51</v>
+      </c>
+      <c r="J37" s="47"/>
+      <c r="K37" s="47">
+        <v>69</v>
+      </c>
+      <c r="L37" s="47">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="42"/>
+      <c r="B38" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C38" s="48">
+        <v>1789</v>
+      </c>
+      <c r="D38" s="49"/>
+      <c r="E38" s="49">
+        <v>219</v>
+      </c>
+      <c r="F38" s="49">
+        <v>157</v>
+      </c>
+      <c r="G38" s="49"/>
+      <c r="H38" s="49">
+        <v>589</v>
+      </c>
+      <c r="I38" s="49">
+        <v>417</v>
+      </c>
+      <c r="J38" s="49"/>
+      <c r="K38" s="49">
+        <v>251</v>
+      </c>
+      <c r="L38" s="49">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="38" t="s">
+        <v>113</v>
+      </c>
+      <c r="B39" s="39"/>
+      <c r="C39" s="44"/>
+      <c r="D39" s="45"/>
+      <c r="E39" s="45"/>
+      <c r="F39" s="45"/>
+      <c r="G39" s="45"/>
+      <c r="H39" s="45"/>
+      <c r="I39" s="45"/>
+      <c r="J39" s="45"/>
+      <c r="K39" s="45"/>
+      <c r="L39" s="45"/>
+    </row>
+    <row r="40" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="40"/>
+      <c r="B40" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="46">
+        <v>113</v>
+      </c>
+      <c r="D40" s="47"/>
+      <c r="E40" s="47">
+        <v>15</v>
+      </c>
+      <c r="F40" s="47">
+        <v>20</v>
+      </c>
+      <c r="G40" s="47"/>
+      <c r="H40" s="47">
+        <v>34</v>
+      </c>
+      <c r="I40" s="47">
+        <v>32</v>
+      </c>
+      <c r="J40" s="47"/>
+      <c r="K40" s="47">
+        <v>6</v>
+      </c>
+      <c r="L40" s="47">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="40"/>
+      <c r="B41" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C41" s="46">
+        <v>393</v>
+      </c>
+      <c r="D41" s="47"/>
+      <c r="E41" s="47">
+        <v>50</v>
+      </c>
+      <c r="F41" s="47">
+        <v>46</v>
+      </c>
+      <c r="G41" s="47"/>
+      <c r="H41" s="47">
+        <v>138</v>
+      </c>
+      <c r="I41" s="47">
+        <v>81</v>
+      </c>
+      <c r="J41" s="47"/>
+      <c r="K41" s="47">
+        <v>45</v>
+      </c>
+      <c r="L41" s="47">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="40"/>
+      <c r="B42" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="46">
+        <v>452</v>
+      </c>
+      <c r="D42" s="47"/>
+      <c r="E42" s="47">
+        <v>54</v>
+      </c>
+      <c r="F42" s="47">
+        <v>43</v>
+      </c>
+      <c r="G42" s="47"/>
+      <c r="H42" s="47">
+        <v>157</v>
+      </c>
+      <c r="I42" s="47">
+        <v>100</v>
+      </c>
+      <c r="J42" s="47"/>
+      <c r="K42" s="47">
+        <v>70</v>
+      </c>
+      <c r="L42" s="47">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="40"/>
+      <c r="B43" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C43" s="46">
+        <v>494</v>
+      </c>
+      <c r="D43" s="47"/>
+      <c r="E43" s="47">
+        <v>60</v>
+      </c>
+      <c r="F43" s="47">
+        <v>37</v>
+      </c>
+      <c r="G43" s="47"/>
+      <c r="H43" s="47">
+        <v>161</v>
+      </c>
+      <c r="I43" s="47">
+        <v>131</v>
+      </c>
+      <c r="J43" s="47"/>
+      <c r="K43" s="47">
+        <v>54</v>
+      </c>
+      <c r="L43" s="47">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="40"/>
+      <c r="B44" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C44" s="46">
+        <v>249</v>
+      </c>
+      <c r="D44" s="47"/>
+      <c r="E44" s="47">
+        <v>13</v>
+      </c>
+      <c r="F44" s="47">
+        <v>6</v>
+      </c>
+      <c r="G44" s="47"/>
+      <c r="H44" s="47">
+        <v>75</v>
+      </c>
+      <c r="I44" s="47">
+        <v>49</v>
+      </c>
+      <c r="J44" s="47"/>
+      <c r="K44" s="47">
+        <v>73</v>
+      </c>
+      <c r="L44" s="47">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="42"/>
+      <c r="B45" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="48">
+        <v>1701</v>
+      </c>
+      <c r="D45" s="49"/>
+      <c r="E45" s="49">
+        <v>192</v>
+      </c>
+      <c r="F45" s="49">
+        <v>152</v>
+      </c>
+      <c r="G45" s="49"/>
+      <c r="H45" s="49">
+        <v>565</v>
+      </c>
+      <c r="I45" s="49">
+        <v>393</v>
+      </c>
+      <c r="J45" s="49"/>
+      <c r="K45" s="49">
+        <v>248</v>
+      </c>
+      <c r="L45" s="49">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="38" t="s">
+        <v>114</v>
+      </c>
+      <c r="B46" s="39"/>
+      <c r="C46" s="44"/>
+      <c r="D46" s="45"/>
+      <c r="E46" s="45"/>
+      <c r="F46" s="45"/>
+      <c r="G46" s="45"/>
+      <c r="H46" s="45"/>
+      <c r="I46" s="45"/>
+      <c r="J46" s="45"/>
+      <c r="K46" s="45"/>
+      <c r="L46" s="45"/>
+    </row>
+    <row r="47" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="40"/>
+      <c r="B47" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" s="46">
+        <v>176</v>
+      </c>
+      <c r="D47" s="47"/>
+      <c r="E47" s="47">
+        <v>31</v>
+      </c>
+      <c r="F47" s="47">
+        <v>31</v>
+      </c>
+      <c r="G47" s="47"/>
+      <c r="H47" s="47">
+        <v>45</v>
+      </c>
+      <c r="I47" s="47">
+        <v>42</v>
+      </c>
+      <c r="J47" s="47"/>
+      <c r="K47" s="47">
+        <v>19</v>
+      </c>
+      <c r="L47" s="47">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="40"/>
+      <c r="B48" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C48" s="46">
+        <v>276</v>
+      </c>
+      <c r="D48" s="47"/>
+      <c r="E48" s="47">
+        <v>39</v>
+      </c>
+      <c r="F48" s="47">
+        <v>30</v>
+      </c>
+      <c r="G48" s="47"/>
+      <c r="H48" s="47">
+        <v>90</v>
+      </c>
+      <c r="I48" s="47">
+        <v>77</v>
+      </c>
+      <c r="J48" s="47"/>
+      <c r="K48" s="47">
+        <v>23</v>
+      </c>
+      <c r="L48" s="47">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="40"/>
+      <c r="B49" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C49" s="46">
+        <v>423</v>
+      </c>
+      <c r="D49" s="47"/>
+      <c r="E49" s="47">
+        <v>57</v>
+      </c>
+      <c r="F49" s="47">
+        <v>54</v>
+      </c>
+      <c r="G49" s="47"/>
+      <c r="H49" s="47">
+        <v>147</v>
+      </c>
+      <c r="I49" s="47">
+        <v>81</v>
+      </c>
+      <c r="J49" s="47"/>
+      <c r="K49" s="47">
+        <v>50</v>
+      </c>
+      <c r="L49" s="47">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="40"/>
+      <c r="B50" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C50" s="46">
+        <v>543</v>
+      </c>
+      <c r="D50" s="47"/>
+      <c r="E50" s="47">
+        <v>60</v>
+      </c>
+      <c r="F50" s="47">
+        <v>38</v>
+      </c>
+      <c r="G50" s="47"/>
+      <c r="H50" s="47">
+        <v>183</v>
+      </c>
+      <c r="I50" s="47">
+        <v>142</v>
+      </c>
+      <c r="J50" s="47"/>
+      <c r="K50" s="47">
+        <v>74</v>
+      </c>
+      <c r="L50" s="47">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="40"/>
+      <c r="B51" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C51" s="46">
+        <v>243</v>
+      </c>
+      <c r="D51" s="47"/>
+      <c r="E51" s="47">
+        <v>11</v>
+      </c>
+      <c r="F51" s="47">
+        <v>5</v>
+      </c>
+      <c r="G51" s="47"/>
+      <c r="H51" s="47">
+        <v>77</v>
+      </c>
+      <c r="I51" s="47">
+        <v>53</v>
+      </c>
+      <c r="J51" s="47"/>
+      <c r="K51" s="47">
+        <v>65</v>
+      </c>
+      <c r="L51" s="47">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="42"/>
+      <c r="B52" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C52" s="48">
+        <v>1661</v>
+      </c>
+      <c r="D52" s="49"/>
+      <c r="E52" s="49">
+        <v>198</v>
+      </c>
+      <c r="F52" s="49">
+        <v>158</v>
+      </c>
+      <c r="G52" s="49"/>
+      <c r="H52" s="49">
+        <v>542</v>
+      </c>
+      <c r="I52" s="49">
+        <v>395</v>
+      </c>
+      <c r="J52" s="49"/>
+      <c r="K52" s="49">
+        <v>231</v>
+      </c>
+      <c r="L52" s="49">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="38" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" s="39"/>
+      <c r="C53" s="44"/>
+      <c r="D53" s="45"/>
+      <c r="E53" s="45"/>
+      <c r="F53" s="45"/>
+      <c r="G53" s="45"/>
+      <c r="H53" s="45"/>
+      <c r="I53" s="45"/>
+      <c r="J53" s="45"/>
+      <c r="K53" s="45"/>
+      <c r="L53" s="45"/>
+    </row>
+    <row r="54" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="40"/>
+      <c r="B54" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C54" s="46">
+        <v>98</v>
+      </c>
+      <c r="D54" s="47"/>
+      <c r="E54" s="47">
+        <v>22</v>
+      </c>
+      <c r="F54" s="47">
+        <v>18</v>
+      </c>
+      <c r="G54" s="47"/>
+      <c r="H54" s="47">
+        <v>31</v>
+      </c>
+      <c r="I54" s="47">
+        <v>14</v>
+      </c>
+      <c r="J54" s="47"/>
+      <c r="K54" s="47">
+        <v>9</v>
+      </c>
+      <c r="L54" s="47">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="40"/>
+      <c r="B55" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C55" s="46">
+        <v>368</v>
+      </c>
+      <c r="D55" s="47"/>
+      <c r="E55" s="47">
+        <v>57</v>
+      </c>
+      <c r="F55" s="47">
+        <v>51</v>
+      </c>
+      <c r="G55" s="47"/>
+      <c r="H55" s="47">
+        <v>108</v>
+      </c>
+      <c r="I55" s="47">
+        <v>103</v>
+      </c>
+      <c r="J55" s="47"/>
+      <c r="K55" s="47">
+        <v>37</v>
+      </c>
+      <c r="L55" s="47">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="40"/>
+      <c r="B56" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C56" s="46">
+        <v>399</v>
+      </c>
+      <c r="D56" s="47"/>
+      <c r="E56" s="47">
+        <v>50</v>
+      </c>
+      <c r="F56" s="47">
+        <v>40</v>
+      </c>
+      <c r="G56" s="47"/>
+      <c r="H56" s="47">
+        <v>139</v>
+      </c>
+      <c r="I56" s="47">
+        <v>88</v>
+      </c>
+      <c r="J56" s="47"/>
+      <c r="K56" s="47">
+        <v>49</v>
+      </c>
+      <c r="L56" s="47">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="40"/>
+      <c r="B57" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C57" s="46">
+        <v>518</v>
+      </c>
+      <c r="D57" s="47"/>
+      <c r="E57" s="47">
+        <v>49</v>
+      </c>
+      <c r="F57" s="47">
+        <v>49</v>
+      </c>
+      <c r="G57" s="47"/>
+      <c r="H57" s="47">
+        <v>178</v>
+      </c>
+      <c r="I57" s="47">
+        <v>129</v>
+      </c>
+      <c r="J57" s="47"/>
+      <c r="K57" s="47">
+        <v>67</v>
+      </c>
+      <c r="L57" s="47">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="40"/>
+      <c r="B58" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C58" s="46">
+        <v>256</v>
+      </c>
+      <c r="D58" s="47"/>
+      <c r="E58" s="47">
+        <v>11</v>
+      </c>
+      <c r="F58" s="47">
+        <v>4</v>
+      </c>
+      <c r="G58" s="47"/>
+      <c r="H58" s="47">
+        <v>79</v>
+      </c>
+      <c r="I58" s="47">
+        <v>60</v>
+      </c>
+      <c r="J58" s="47"/>
+      <c r="K58" s="47">
+        <v>65</v>
+      </c>
+      <c r="L58" s="47">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="42"/>
+      <c r="B59" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="48">
+        <v>1639</v>
+      </c>
+      <c r="D59" s="49"/>
+      <c r="E59" s="49">
+        <v>189</v>
+      </c>
+      <c r="F59" s="49">
+        <v>162</v>
+      </c>
+      <c r="G59" s="49"/>
+      <c r="H59" s="49">
+        <v>535</v>
+      </c>
+      <c r="I59" s="49">
+        <v>394</v>
+      </c>
+      <c r="J59" s="49"/>
+      <c r="K59" s="49">
+        <v>227</v>
+      </c>
+      <c r="L59" s="49">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="38" t="s">
+        <v>116</v>
+      </c>
+      <c r="B60" s="39"/>
+      <c r="C60" s="44"/>
+      <c r="D60" s="45"/>
+      <c r="E60" s="45"/>
+      <c r="F60" s="45"/>
+      <c r="G60" s="45"/>
+      <c r="H60" s="45"/>
+      <c r="I60" s="45"/>
+      <c r="J60" s="45"/>
+      <c r="K60" s="45"/>
+      <c r="L60" s="45"/>
+    </row>
+    <row r="61" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="40"/>
+      <c r="B61" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="46">
+        <v>165</v>
+      </c>
+      <c r="D61" s="47"/>
+      <c r="E61" s="47">
+        <v>34</v>
+      </c>
+      <c r="F61" s="47">
+        <v>27</v>
+      </c>
+      <c r="G61" s="47"/>
+      <c r="H61" s="47">
+        <v>42</v>
+      </c>
+      <c r="I61" s="47">
+        <v>39</v>
+      </c>
+      <c r="J61" s="47"/>
+      <c r="K61" s="47">
+        <v>13</v>
+      </c>
+      <c r="L61" s="47">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="40"/>
+      <c r="B62" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C62" s="46">
+        <v>397</v>
+      </c>
+      <c r="D62" s="47"/>
+      <c r="E62" s="47">
+        <v>62</v>
+      </c>
+      <c r="F62" s="47">
+        <v>49</v>
+      </c>
+      <c r="G62" s="47"/>
+      <c r="H62" s="47">
+        <v>136</v>
+      </c>
+      <c r="I62" s="47">
+        <v>102</v>
+      </c>
+      <c r="J62" s="47"/>
+      <c r="K62" s="47">
+        <v>28</v>
+      </c>
+      <c r="L62" s="47">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="40"/>
+      <c r="B63" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C63" s="46">
+        <v>378</v>
+      </c>
+      <c r="D63" s="47"/>
+      <c r="E63" s="47">
+        <v>44</v>
+      </c>
+      <c r="F63" s="47">
+        <v>43</v>
+      </c>
+      <c r="G63" s="47"/>
+      <c r="H63" s="47">
+        <v>135</v>
+      </c>
+      <c r="I63" s="47">
+        <v>93</v>
+      </c>
+      <c r="J63" s="47"/>
+      <c r="K63" s="47">
+        <v>44</v>
+      </c>
+      <c r="L63" s="47">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="40"/>
+      <c r="B64" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C64" s="46">
+        <v>515</v>
+      </c>
+      <c r="D64" s="47"/>
+      <c r="E64" s="47">
+        <v>51</v>
+      </c>
+      <c r="F64" s="47">
+        <v>44</v>
+      </c>
+      <c r="G64" s="47"/>
+      <c r="H64" s="47">
+        <v>169</v>
+      </c>
+      <c r="I64" s="47">
+        <v>119</v>
+      </c>
+      <c r="J64" s="47"/>
+      <c r="K64" s="47">
+        <v>81</v>
+      </c>
+      <c r="L64" s="47">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="40"/>
+      <c r="B65" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C65" s="46">
+        <v>253</v>
+      </c>
+      <c r="D65" s="47"/>
+      <c r="E65" s="47">
+        <v>11</v>
+      </c>
+      <c r="F65" s="47">
+        <v>4</v>
+      </c>
+      <c r="G65" s="47"/>
+      <c r="H65" s="47">
+        <v>76</v>
+      </c>
+      <c r="I65" s="47">
+        <v>62</v>
+      </c>
+      <c r="J65" s="47"/>
+      <c r="K65" s="47">
+        <v>61</v>
+      </c>
+      <c r="L65" s="47">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="42"/>
+      <c r="B66" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" s="48">
+        <v>1708</v>
+      </c>
+      <c r="D66" s="49"/>
+      <c r="E66" s="49">
+        <v>202</v>
+      </c>
+      <c r="F66" s="49">
+        <v>167</v>
+      </c>
+      <c r="G66" s="49"/>
+      <c r="H66" s="49">
+        <v>558</v>
+      </c>
+      <c r="I66" s="49">
+        <v>415</v>
+      </c>
+      <c r="J66" s="49"/>
+      <c r="K66" s="49">
+        <v>227</v>
+      </c>
+      <c r="L66" s="49">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="38" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" s="39"/>
+      <c r="C67" s="44"/>
+      <c r="D67" s="45"/>
+      <c r="E67" s="45"/>
+      <c r="F67" s="45"/>
+      <c r="G67" s="45"/>
+      <c r="H67" s="45"/>
+      <c r="I67" s="45"/>
+      <c r="J67" s="45"/>
+      <c r="K67" s="45"/>
+      <c r="L67" s="45"/>
+    </row>
+    <row r="68" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="40"/>
+      <c r="B68" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C68" s="46">
+        <v>216</v>
+      </c>
+      <c r="D68" s="47"/>
+      <c r="E68" s="47">
+        <v>35</v>
+      </c>
+      <c r="F68" s="47">
+        <v>34</v>
+      </c>
+      <c r="G68" s="47"/>
+      <c r="H68" s="47">
+        <v>56</v>
+      </c>
+      <c r="I68" s="47">
+        <v>54</v>
+      </c>
+      <c r="J68" s="47"/>
+      <c r="K68" s="47">
+        <v>20</v>
+      </c>
+      <c r="L68" s="47">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="40"/>
+      <c r="B69" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C69" s="46">
+        <v>358</v>
+      </c>
+      <c r="D69" s="47"/>
+      <c r="E69" s="47">
+        <v>62</v>
+      </c>
+      <c r="F69" s="47">
+        <v>63</v>
+      </c>
+      <c r="G69" s="47"/>
+      <c r="H69" s="47">
+        <v>105</v>
+      </c>
+      <c r="I69" s="47">
+        <v>83</v>
+      </c>
+      <c r="J69" s="47"/>
+      <c r="K69" s="47">
+        <v>26</v>
+      </c>
+      <c r="L69" s="47">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="40"/>
+      <c r="B70" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C70" s="46">
+        <v>399</v>
+      </c>
+      <c r="D70" s="47"/>
+      <c r="E70" s="47">
+        <v>52</v>
+      </c>
+      <c r="F70" s="47">
+        <v>45</v>
+      </c>
+      <c r="G70" s="47"/>
+      <c r="H70" s="47">
+        <v>130</v>
+      </c>
+      <c r="I70" s="47">
+        <v>116</v>
+      </c>
+      <c r="J70" s="47"/>
+      <c r="K70" s="47">
+        <v>39</v>
+      </c>
+      <c r="L70" s="47">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="40"/>
+      <c r="B71" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C71" s="46">
+        <v>497</v>
+      </c>
+      <c r="D71" s="47"/>
+      <c r="E71" s="47">
+        <v>49</v>
+      </c>
+      <c r="F71" s="47">
+        <v>45</v>
+      </c>
+      <c r="G71" s="47"/>
+      <c r="H71" s="47">
+        <v>167</v>
+      </c>
+      <c r="I71" s="47">
+        <v>117</v>
+      </c>
+      <c r="J71" s="47"/>
+      <c r="K71" s="47">
+        <v>74</v>
+      </c>
+      <c r="L71" s="47">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="40"/>
+      <c r="B72" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C72" s="46">
+        <v>264</v>
+      </c>
+      <c r="D72" s="47"/>
+      <c r="E72" s="47">
+        <v>8</v>
+      </c>
+      <c r="F72" s="47">
+        <v>8</v>
+      </c>
+      <c r="G72" s="47"/>
+      <c r="H72" s="47">
+        <v>80</v>
+      </c>
+      <c r="I72" s="47">
+        <v>63</v>
+      </c>
+      <c r="J72" s="47"/>
+      <c r="K72" s="47">
+        <v>64</v>
+      </c>
+      <c r="L72" s="47">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="42"/>
+      <c r="B73" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" s="48">
+        <v>1734</v>
+      </c>
+      <c r="D73" s="49"/>
+      <c r="E73" s="49">
+        <v>206</v>
+      </c>
+      <c r="F73" s="49">
+        <v>195</v>
+      </c>
+      <c r="G73" s="49"/>
+      <c r="H73" s="49">
+        <v>538</v>
+      </c>
+      <c r="I73" s="49">
+        <v>433</v>
+      </c>
+      <c r="J73" s="49"/>
+      <c r="K73" s="49">
+        <v>223</v>
+      </c>
+      <c r="L73" s="49">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="38" t="s">
+        <v>118</v>
+      </c>
+      <c r="B74" s="39"/>
+      <c r="C74" s="44"/>
+      <c r="D74" s="45"/>
+      <c r="E74" s="45"/>
+      <c r="F74" s="45"/>
+      <c r="G74" s="45"/>
+      <c r="H74" s="45"/>
+      <c r="I74" s="45"/>
+      <c r="J74" s="45"/>
+      <c r="K74" s="45"/>
+      <c r="L74" s="45"/>
+    </row>
+    <row r="75" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="40"/>
+      <c r="B75" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C75" s="46">
+        <v>154</v>
+      </c>
+      <c r="D75" s="47"/>
+      <c r="E75" s="47">
+        <v>29</v>
+      </c>
+      <c r="F75" s="47">
+        <v>17</v>
+      </c>
+      <c r="G75" s="47"/>
+      <c r="H75" s="47">
+        <v>45</v>
+      </c>
+      <c r="I75" s="47">
+        <v>35</v>
+      </c>
+      <c r="J75" s="47"/>
+      <c r="K75" s="47">
+        <v>15</v>
+      </c>
+      <c r="L75" s="47">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="40"/>
+      <c r="B76" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C76" s="46">
+        <v>424</v>
+      </c>
+      <c r="D76" s="47"/>
+      <c r="E76" s="47">
+        <v>63</v>
+      </c>
+      <c r="F76" s="47">
+        <v>69</v>
+      </c>
+      <c r="G76" s="47"/>
+      <c r="H76" s="47">
+        <v>125</v>
+      </c>
+      <c r="I76" s="47">
+        <v>104</v>
+      </c>
+      <c r="J76" s="47"/>
+      <c r="K76" s="47">
+        <v>42</v>
+      </c>
+      <c r="L76" s="47">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="40"/>
+      <c r="B77" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C77" s="46">
+        <v>434</v>
+      </c>
+      <c r="D77" s="47"/>
+      <c r="E77" s="47">
+        <v>70</v>
+      </c>
+      <c r="F77" s="47">
+        <v>51</v>
+      </c>
+      <c r="G77" s="47"/>
+      <c r="H77" s="47">
+        <v>143</v>
+      </c>
+      <c r="I77" s="47">
+        <v>112</v>
+      </c>
+      <c r="J77" s="47"/>
+      <c r="K77" s="47">
+        <v>37</v>
+      </c>
+      <c r="L77" s="47">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="40"/>
+      <c r="B78" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" s="46">
+        <v>481</v>
+      </c>
+      <c r="D78" s="47"/>
+      <c r="E78" s="47">
+        <v>41</v>
+      </c>
+      <c r="F78" s="47">
+        <v>47</v>
+      </c>
+      <c r="G78" s="47"/>
+      <c r="H78" s="47">
+        <v>151</v>
+      </c>
+      <c r="I78" s="47">
+        <v>122</v>
+      </c>
+      <c r="J78" s="47"/>
+      <c r="K78" s="47">
+        <v>77</v>
+      </c>
+      <c r="L78" s="47">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="40"/>
+      <c r="B79" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C79" s="46">
+        <v>256</v>
+      </c>
+      <c r="D79" s="47"/>
+      <c r="E79" s="47">
+        <v>9</v>
+      </c>
+      <c r="F79" s="47">
+        <v>8</v>
+      </c>
+      <c r="G79" s="47"/>
+      <c r="H79" s="47">
+        <v>70</v>
+      </c>
+      <c r="I79" s="47">
+        <v>68</v>
+      </c>
+      <c r="J79" s="47"/>
+      <c r="K79" s="47">
+        <v>63</v>
+      </c>
+      <c r="L79" s="47">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="42"/>
+      <c r="B80" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" s="48">
+        <v>1749</v>
+      </c>
+      <c r="D80" s="49"/>
+      <c r="E80" s="49">
+        <v>212</v>
+      </c>
+      <c r="F80" s="49">
+        <v>192</v>
+      </c>
+      <c r="G80" s="49"/>
+      <c r="H80" s="49">
+        <v>534</v>
+      </c>
+      <c r="I80" s="49">
+        <v>441</v>
+      </c>
+      <c r="J80" s="49"/>
+      <c r="K80" s="49">
+        <v>234</v>
+      </c>
+      <c r="L80" s="49">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="38" t="s">
+        <v>119</v>
+      </c>
+      <c r="B81" s="39"/>
+      <c r="C81" s="44"/>
+      <c r="D81" s="45"/>
+      <c r="E81" s="45"/>
+      <c r="F81" s="45"/>
+      <c r="G81" s="45"/>
+      <c r="H81" s="45"/>
+      <c r="I81" s="45"/>
+      <c r="J81" s="45"/>
+      <c r="K81" s="45"/>
+      <c r="L81" s="45"/>
+    </row>
+    <row r="82" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="40"/>
+      <c r="B82" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="46">
+        <v>205</v>
+      </c>
+      <c r="D82" s="47"/>
+      <c r="E82" s="47">
+        <v>31</v>
+      </c>
+      <c r="F82" s="47">
+        <v>22</v>
+      </c>
+      <c r="G82" s="47"/>
+      <c r="H82" s="47">
+        <v>61</v>
+      </c>
+      <c r="I82" s="47">
+        <v>52</v>
+      </c>
+      <c r="J82" s="47"/>
+      <c r="K82" s="47">
+        <v>25</v>
+      </c>
+      <c r="L82" s="47">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="40"/>
+      <c r="B83" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C83" s="46">
+        <v>352</v>
+      </c>
+      <c r="D83" s="47"/>
+      <c r="E83" s="47">
+        <v>60</v>
+      </c>
+      <c r="F83" s="47">
+        <v>50</v>
+      </c>
+      <c r="G83" s="47"/>
+      <c r="H83" s="47">
+        <v>97</v>
+      </c>
+      <c r="I83" s="47">
+        <v>83</v>
+      </c>
+      <c r="J83" s="47"/>
+      <c r="K83" s="47">
+        <v>38</v>
+      </c>
+      <c r="L83" s="47">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="40"/>
+      <c r="B84" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C84" s="46">
+        <v>458</v>
+      </c>
+      <c r="D84" s="47"/>
+      <c r="E84" s="47">
+        <v>63</v>
+      </c>
+      <c r="F84" s="47">
+        <v>55</v>
+      </c>
+      <c r="G84" s="47"/>
+      <c r="H84" s="47">
+        <v>155</v>
+      </c>
+      <c r="I84" s="47">
+        <v>124</v>
+      </c>
+      <c r="J84" s="47"/>
+      <c r="K84" s="47">
+        <v>35</v>
+      </c>
+      <c r="L84" s="47">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="40"/>
+      <c r="B85" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C85" s="46">
+        <v>489</v>
+      </c>
+      <c r="D85" s="47"/>
+      <c r="E85" s="47">
+        <v>47</v>
+      </c>
+      <c r="F85" s="47">
+        <v>45</v>
+      </c>
+      <c r="G85" s="47"/>
+      <c r="H85" s="47">
+        <v>160</v>
+      </c>
+      <c r="I85" s="47">
+        <v>117</v>
+      </c>
+      <c r="J85" s="47"/>
+      <c r="K85" s="47">
+        <v>80</v>
+      </c>
+      <c r="L85" s="47">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="40"/>
+      <c r="B86" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C86" s="46">
+        <v>276</v>
+      </c>
+      <c r="D86" s="47"/>
+      <c r="E86" s="47">
+        <v>12</v>
+      </c>
+      <c r="F86" s="47">
+        <v>13</v>
+      </c>
+      <c r="G86" s="47"/>
+      <c r="H86" s="47">
+        <v>82</v>
+      </c>
+      <c r="I86" s="47">
+        <v>72</v>
+      </c>
+      <c r="J86" s="47"/>
+      <c r="K86" s="47">
+        <v>60</v>
+      </c>
+      <c r="L86" s="47">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="42"/>
+      <c r="B87" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" s="48">
+        <v>1780</v>
+      </c>
+      <c r="D87" s="49"/>
+      <c r="E87" s="49">
+        <v>213</v>
+      </c>
+      <c r="F87" s="49">
+        <v>185</v>
+      </c>
+      <c r="G87" s="49"/>
+      <c r="H87" s="49">
+        <v>555</v>
+      </c>
+      <c r="I87" s="49">
+        <v>448</v>
+      </c>
+      <c r="J87" s="49"/>
+      <c r="K87" s="49">
+        <v>238</v>
+      </c>
+      <c r="L87" s="49">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="38" t="s">
+        <v>120</v>
+      </c>
+      <c r="B88" s="39"/>
+      <c r="C88" s="44"/>
+      <c r="D88" s="45"/>
+      <c r="E88" s="45"/>
+      <c r="F88" s="45"/>
+      <c r="G88" s="45"/>
+      <c r="H88" s="45"/>
+      <c r="I88" s="45"/>
+      <c r="J88" s="45"/>
+      <c r="K88" s="45"/>
+      <c r="L88" s="45"/>
+    </row>
+    <row r="89" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="40"/>
+      <c r="B89" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="46">
+        <v>131</v>
+      </c>
+      <c r="D89" s="47"/>
+      <c r="E89" s="47">
+        <v>21</v>
+      </c>
+      <c r="F89" s="47">
+        <v>11</v>
+      </c>
+      <c r="G89" s="47"/>
+      <c r="H89" s="47">
+        <v>44</v>
+      </c>
+      <c r="I89" s="47">
+        <v>24</v>
+      </c>
+      <c r="J89" s="47"/>
+      <c r="K89" s="47">
+        <v>23</v>
+      </c>
+      <c r="L89" s="47">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="40"/>
+      <c r="B90" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C90" s="46">
+        <v>470</v>
+      </c>
+      <c r="D90" s="47"/>
+      <c r="E90" s="47">
+        <v>64</v>
+      </c>
+      <c r="F90" s="47">
+        <v>51</v>
+      </c>
+      <c r="G90" s="47"/>
+      <c r="H90" s="47">
+        <v>149</v>
+      </c>
+      <c r="I90" s="47">
+        <v>123</v>
+      </c>
+      <c r="J90" s="47"/>
+      <c r="K90" s="47">
+        <v>47</v>
+      </c>
+      <c r="L90" s="47">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="40"/>
+      <c r="B91" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C91" s="46">
+        <v>481</v>
+      </c>
+      <c r="D91" s="47"/>
+      <c r="E91" s="47">
+        <v>64</v>
+      </c>
+      <c r="F91" s="47">
+        <v>71</v>
+      </c>
+      <c r="G91" s="47"/>
+      <c r="H91" s="47">
+        <v>154</v>
+      </c>
+      <c r="I91" s="47">
+        <v>114</v>
+      </c>
+      <c r="J91" s="47"/>
+      <c r="K91" s="47">
+        <v>53</v>
+      </c>
+      <c r="L91" s="47">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="40"/>
+      <c r="B92" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C92" s="46">
+        <v>501</v>
+      </c>
+      <c r="D92" s="47"/>
+      <c r="E92" s="47">
+        <v>47</v>
+      </c>
+      <c r="F92" s="47">
+        <v>41</v>
+      </c>
+      <c r="G92" s="47"/>
+      <c r="H92" s="47">
+        <v>173</v>
+      </c>
+      <c r="I92" s="47">
+        <v>131</v>
+      </c>
+      <c r="J92" s="47"/>
+      <c r="K92" s="47">
+        <v>70</v>
+      </c>
+      <c r="L92" s="47">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="40"/>
+      <c r="B93" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C93" s="46">
+        <v>286</v>
+      </c>
+      <c r="D93" s="47"/>
+      <c r="E93" s="47">
+        <v>12</v>
+      </c>
+      <c r="F93" s="47">
+        <v>12</v>
+      </c>
+      <c r="G93" s="47"/>
+      <c r="H93" s="47">
+        <v>80</v>
+      </c>
+      <c r="I93" s="47">
+        <v>72</v>
+      </c>
+      <c r="J93" s="47"/>
+      <c r="K93" s="47">
+        <v>67</v>
+      </c>
+      <c r="L93" s="47">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="42"/>
+      <c r="B94" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" s="48">
+        <v>1869</v>
+      </c>
+      <c r="D94" s="49"/>
+      <c r="E94" s="49">
+        <v>208</v>
+      </c>
+      <c r="F94" s="49">
+        <v>186</v>
+      </c>
+      <c r="G94" s="49"/>
+      <c r="H94" s="49">
+        <v>600</v>
+      </c>
+      <c r="I94" s="49">
+        <v>464</v>
+      </c>
+      <c r="J94" s="49"/>
+      <c r="K94" s="49">
+        <v>260</v>
+      </c>
+      <c r="L94" s="49">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A95" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="B95" s="25"/>
+      <c r="C95" s="12"/>
+      <c r="D95" s="11"/>
+      <c r="E95" s="11"/>
+      <c r="F95" s="11"/>
+      <c r="G95" s="11"/>
+      <c r="H95" s="11"/>
+      <c r="I95" s="11"/>
+      <c r="J95" s="11"/>
+      <c r="K95" s="11"/>
+      <c r="L95" s="11"/>
+    </row>
+    <row r="96" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A96" s="21"/>
+      <c r="B96" s="10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C96" s="34">
+        <f>AVERAGE(C12,C19,C26,C33,C40,C47,C54,C61,C68,C75,C82,C89)</f>
+        <v>169.75</v>
+      </c>
+      <c r="D96" s="23"/>
+      <c r="E96" s="23">
+        <f t="shared" ref="E96:L96" si="0">AVERAGE(E12,E19,E26,E33,E40,E47,E54,E61,E68,E75,E82,E89)</f>
+        <v>30.083333333333332</v>
+      </c>
+      <c r="F96" s="23">
+        <f t="shared" si="0"/>
+        <v>23.25</v>
+      </c>
+      <c r="G96" s="23"/>
+      <c r="H96" s="23">
+        <f t="shared" si="0"/>
+        <v>50.083333333333336</v>
+      </c>
+      <c r="I96" s="23">
+        <f t="shared" si="0"/>
+        <v>37.666666666666664</v>
+      </c>
+      <c r="J96" s="23"/>
+      <c r="K96" s="23">
+        <f t="shared" si="0"/>
+        <v>16.833333333333332</v>
+      </c>
+      <c r="L96" s="23">
+        <f t="shared" si="0"/>
+        <v>11.833333333333334</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A97" s="21"/>
+      <c r="B97" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C97" s="22">
+        <f t="shared" ref="C97:L101" si="1">AVERAGE(C13,C20,C27,C34,C41,C48,C55,C62,C69,C76,C83,C90)</f>
+        <v>417</v>
+      </c>
+      <c r="D97" s="23"/>
+      <c r="E97" s="23">
+        <f t="shared" si="1"/>
+        <v>63.583333333333336</v>
+      </c>
+      <c r="F97" s="23">
+        <f t="shared" si="1"/>
+        <v>51.166666666666664</v>
+      </c>
+      <c r="G97" s="23"/>
+      <c r="H97" s="23">
+        <f t="shared" si="1"/>
+        <v>133.5</v>
+      </c>
+      <c r="I97" s="23">
+        <f t="shared" si="1"/>
+        <v>98.916666666666671</v>
+      </c>
+      <c r="J97" s="23"/>
+      <c r="K97" s="23">
+        <f t="shared" si="1"/>
+        <v>44.333333333333336</v>
+      </c>
+      <c r="L97" s="23">
+        <f t="shared" si="1"/>
+        <v>25.5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A98" s="21"/>
+      <c r="B98" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C98" s="22">
+        <f t="shared" si="1"/>
+        <v>439.33333333333331</v>
+      </c>
+      <c r="D98" s="23"/>
+      <c r="E98" s="23">
+        <f t="shared" si="1"/>
+        <v>62.25</v>
+      </c>
+      <c r="F98" s="23">
+        <f t="shared" si="1"/>
+        <v>48.25</v>
+      </c>
+      <c r="G98" s="23"/>
+      <c r="H98" s="23">
+        <f t="shared" si="1"/>
+        <v>148.25</v>
+      </c>
+      <c r="I98" s="23">
+        <f t="shared" si="1"/>
+        <v>104.5</v>
+      </c>
+      <c r="J98" s="23"/>
+      <c r="K98" s="23">
+        <f t="shared" si="1"/>
+        <v>50.166666666666664</v>
+      </c>
+      <c r="L98" s="23">
+        <f t="shared" si="1"/>
+        <v>25.916666666666668</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A99" s="21"/>
+      <c r="B99" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C99" s="22">
+        <f t="shared" si="1"/>
+        <v>503</v>
+      </c>
+      <c r="D99" s="23"/>
+      <c r="E99" s="23">
+        <f t="shared" si="1"/>
+        <v>47.5</v>
+      </c>
+      <c r="F99" s="23">
+        <f t="shared" si="1"/>
+        <v>40.75</v>
+      </c>
+      <c r="G99" s="23"/>
+      <c r="H99" s="23">
+        <f t="shared" si="1"/>
+        <v>168</v>
+      </c>
+      <c r="I99" s="23">
+        <f t="shared" si="1"/>
+        <v>129.41666666666666</v>
+      </c>
+      <c r="J99" s="23"/>
+      <c r="K99" s="23">
+        <f t="shared" si="1"/>
+        <v>69.666666666666671</v>
+      </c>
+      <c r="L99" s="23">
+        <f t="shared" si="1"/>
+        <v>47.666666666666664</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A100" s="21"/>
+      <c r="B100" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C100" s="22">
+        <f t="shared" si="1"/>
+        <v>258.41666666666669</v>
+      </c>
+      <c r="D100" s="23"/>
+      <c r="E100" s="23">
+        <f t="shared" si="1"/>
+        <v>11.083333333333334</v>
+      </c>
+      <c r="F100" s="23">
+        <f t="shared" si="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="G100" s="23"/>
+      <c r="H100" s="23">
+        <f t="shared" si="1"/>
+        <v>77.166666666666671</v>
+      </c>
+      <c r="I100" s="23">
+        <f t="shared" si="1"/>
+        <v>61.083333333333336</v>
+      </c>
+      <c r="J100" s="23"/>
+      <c r="K100" s="23">
+        <f t="shared" si="1"/>
+        <v>66.416666666666671</v>
+      </c>
+      <c r="L100" s="23">
+        <f t="shared" si="1"/>
+        <v>34.166666666666664</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A101" s="26"/>
+      <c r="B101" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" s="18">
+        <f t="shared" si="1"/>
+        <v>1787.5</v>
+      </c>
+      <c r="D101" s="19"/>
+      <c r="E101" s="19">
+        <f t="shared" si="1"/>
+        <v>214.5</v>
+      </c>
+      <c r="F101" s="19">
+        <f t="shared" si="1"/>
+        <v>171.91666666666666</v>
+      </c>
+      <c r="G101" s="19"/>
+      <c r="H101" s="19">
+        <f t="shared" si="1"/>
+        <v>577</v>
+      </c>
+      <c r="I101" s="19">
+        <f t="shared" si="1"/>
+        <v>431.58333333333331</v>
+      </c>
+      <c r="J101" s="19"/>
+      <c r="K101" s="19">
+        <f t="shared" si="1"/>
+        <v>247.41666666666666</v>
+      </c>
+      <c r="L101" s="19">
+        <f t="shared" si="1"/>
+        <v>145.08333333333334</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" s="51" customFormat="1" ht="8.25" x14ac:dyDescent="0.15">
+      <c r="A102" s="50"/>
+      <c r="L102" s="52" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B103" s="54"/>
+      <c r="C103" s="54"/>
+      <c r="D103" s="54"/>
+      <c r="E103" s="54"/>
+      <c r="F103" s="54"/>
+      <c r="G103" s="54"/>
+      <c r="H103" s="54"/>
+      <c r="I103" s="54"/>
+    </row>
+    <row r="104" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L104" s="2" t="s">
+        <v>122</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A103:I103"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="59" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47091948-A163-4458-9EE5-7DA163CF0141}">
   <dimension ref="A1:L104"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -7262,51 +9279,51 @@
       <c r="H103" s="54"/>
       <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B754E116-F21A-4535-BE9B-60086BE71E20}">
   <dimension ref="A1:L104"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -10009,51 +12026,51 @@
       <c r="H103" s="54"/>
       <c r="I103" s="54"/>
     </row>
     <row r="104" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L104" s="2" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A103:I103"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB4029A8-A07E-47EF-9699-99AD6B09288B}">
   <dimension ref="A1:L105"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -12766,51 +14783,51 @@
       <c r="H104" s="54"/>
       <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01E399B6-8208-464F-B00E-DC5BAA788D53}">
   <dimension ref="A1:L105"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -15523,51 +17540,51 @@
       <c r="H104" s="54"/>
       <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8437B06-1A33-430B-B861-4CDEE2DE683B}">
   <dimension ref="A1:L105"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -18280,51 +20297,51 @@
       <c r="H104" s="54"/>
       <c r="I104" s="54"/>
     </row>
     <row r="105" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L105" s="2" t="s">
         <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A104:I104"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A67628DF-3B8D-4C05-AD9D-A53061114845}">
   <dimension ref="A1:L104"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="16" style="10" customWidth="1"/>
     <col min="3" max="3" width="8" style="1" customWidth="1"/>
     <col min="4" max="4" width="2.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="8" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="1" customWidth="1"/>
     <col min="11" max="12" width="8" style="1" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>75</v>
@@ -21047,74 +23064,77 @@
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="59" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="21" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>'2022'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>