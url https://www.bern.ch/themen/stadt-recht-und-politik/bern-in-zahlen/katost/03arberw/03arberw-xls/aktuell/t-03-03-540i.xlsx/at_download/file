--- v0 (2026-02-26)
+++ v1 (2026-03-23)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0297EA2D-E3DE-4424-B3BC-622DFEAFD545}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCEAB162-F6C6-4789-9854-3F4FA7097402}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="18" r:id="rId1"/>
     <sheet name="2025" sheetId="17" r:id="rId2"/>
     <sheet name="2024" sheetId="16" r:id="rId3"/>
     <sheet name="2023" sheetId="15" r:id="rId4"/>
     <sheet name="2022" sheetId="12" r:id="rId5"/>
     <sheet name="2021" sheetId="10" r:id="rId6"/>
     <sheet name="2020" sheetId="13" r:id="rId7"/>
     <sheet name="2019" sheetId="14" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="7" hidden="1">'2019'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2020'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2021'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2022'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2023'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2024'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2025'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2026'!$A$9:$I$178</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
@@ -80,51 +80,57 @@
     <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C176" i="18" l="1"/>
+  <c r="I35" i="18" l="1"/>
+  <c r="H35" i="18"/>
+  <c r="G35" i="18"/>
+  <c r="E35" i="18"/>
+  <c r="D35" i="18"/>
+  <c r="C35" i="18"/>
+  <c r="C176" i="18"/>
   <c r="E177" i="18"/>
   <c r="E168" i="18"/>
   <c r="E169" i="18"/>
   <c r="E170" i="18"/>
   <c r="E171" i="18"/>
   <c r="E172" i="18"/>
   <c r="E173" i="18"/>
   <c r="E174" i="18"/>
   <c r="E175" i="18"/>
   <c r="E176" i="18"/>
   <c r="E167" i="18"/>
   <c r="I177" i="18"/>
   <c r="H177" i="18"/>
   <c r="G177" i="18"/>
   <c r="D177" i="18"/>
   <c r="C177" i="18"/>
   <c r="I176" i="18"/>
   <c r="H176" i="18"/>
   <c r="G176" i="18"/>
   <c r="D176" i="18"/>
   <c r="I175" i="18"/>
   <c r="H175" i="18"/>
   <c r="G175" i="18"/>
   <c r="D175" i="18"/>
   <c r="C175" i="18"/>
@@ -147,54 +153,52 @@
   <c r="H171" i="18"/>
   <c r="G171" i="18"/>
   <c r="D171" i="18"/>
   <c r="C171" i="18"/>
   <c r="I170" i="18"/>
   <c r="H170" i="18"/>
   <c r="G170" i="18"/>
   <c r="D170" i="18"/>
   <c r="C170" i="18"/>
   <c r="I169" i="18"/>
   <c r="H169" i="18"/>
   <c r="G169" i="18"/>
   <c r="D169" i="18"/>
   <c r="C169" i="18"/>
   <c r="I168" i="18"/>
   <c r="H168" i="18"/>
   <c r="G168" i="18"/>
   <c r="D168" i="18"/>
   <c r="C168" i="18"/>
   <c r="I167" i="18"/>
   <c r="H167" i="18"/>
   <c r="G167" i="18"/>
   <c r="D167" i="18"/>
   <c r="C167" i="18"/>
   <c r="I22" i="18"/>
-  <c r="I178" i="18" s="1"/>
   <c r="H22" i="18"/>
   <c r="G22" i="18"/>
-  <c r="G178" i="18" s="1"/>
   <c r="E22" i="18"/>
   <c r="D22" i="18"/>
   <c r="C22" i="18"/>
   <c r="I165" i="17"/>
   <c r="H165" i="17"/>
   <c r="G165" i="17"/>
   <c r="E165" i="17"/>
   <c r="D165" i="17"/>
   <c r="C165" i="17"/>
   <c r="I152" i="17"/>
   <c r="H152" i="17"/>
   <c r="G152" i="17"/>
   <c r="E152" i="17"/>
   <c r="D152" i="17"/>
   <c r="C152" i="17"/>
   <c r="I139" i="17"/>
   <c r="H139" i="17"/>
   <c r="G139" i="17"/>
   <c r="E139" i="17"/>
   <c r="D139" i="17"/>
   <c r="C139" i="17"/>
   <c r="I126" i="17"/>
   <c r="H126" i="17"/>
   <c r="G126" i="17"/>
   <c r="E126" i="17"/>
@@ -377,51 +381,53 @@
   <c r="C168" i="16"/>
   <c r="C167" i="16"/>
   <c r="G177" i="16"/>
   <c r="G176" i="16"/>
   <c r="G175" i="16"/>
   <c r="G174" i="16"/>
   <c r="G173" i="16"/>
   <c r="G172" i="16"/>
   <c r="G171" i="16"/>
   <c r="G170" i="16"/>
   <c r="G169" i="16"/>
   <c r="G168" i="16"/>
   <c r="G167" i="16"/>
   <c r="I61" i="16"/>
   <c r="H61" i="16"/>
   <c r="G61" i="16"/>
   <c r="E61" i="16"/>
   <c r="D61" i="16"/>
   <c r="C61" i="16"/>
   <c r="I48" i="16"/>
   <c r="H48" i="16"/>
   <c r="G48" i="16"/>
   <c r="E48" i="16"/>
   <c r="D48" i="16"/>
   <c r="C48" i="16"/>
-  <c r="C178" i="18" l="1"/>
+  <c r="G178" i="18" l="1"/>
+  <c r="I178" i="18"/>
+  <c r="C178" i="18"/>
   <c r="D178" i="18"/>
   <c r="E178" i="18"/>
   <c r="H178" i="18"/>
   <c r="E178" i="17"/>
   <c r="C178" i="17"/>
   <c r="I178" i="17"/>
   <c r="H178" i="17"/>
   <c r="D178" i="17"/>
   <c r="G178" i="17"/>
   <c r="C178" i="16"/>
   <c r="G178" i="16"/>
   <c r="I35" i="16"/>
   <c r="H35" i="16"/>
   <c r="G35" i="16"/>
   <c r="E35" i="16"/>
   <c r="D35" i="16"/>
   <c r="I177" i="16"/>
   <c r="E177" i="16"/>
   <c r="I176" i="16"/>
   <c r="H176" i="16"/>
   <c r="E176" i="16"/>
   <c r="D176" i="16"/>
   <c r="I175" i="16"/>
   <c r="H175" i="16"/>
   <c r="E175" i="16"/>
@@ -1403,87 +1409,87 @@
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
   <si>
     <t>Berufshauptgruppe und Beschäftigungsgrad 2026</t>
   </si>
   <si>
     <t>Mittel 2026</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dez 26</t>
   </si>
   <si>
     <t>Nov 26</t>
   </si>
   <si>
     <t>Okt 26</t>
   </si>
   <si>
     <t>Sep 26</t>
   </si>
   <si>
     <t>Aug 26</t>
   </si>
   <si>
     <t>Jul 26</t>
   </si>
   <si>
     <t>Jun 26</t>
   </si>
   <si>
     <t>Mai 26</t>
   </si>
   <si>
     <t>Mrz 26</t>
   </si>
   <si>
     <t>Feb 26</t>
   </si>
   <si>
     <t>Jan 26</t>
   </si>
   <si>
     <t>Apr 26</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 5.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2649,51 +2655,51 @@
     <row r="9" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="24"/>
       <c r="B9" s="24"/>
       <c r="C9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13"/>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B10" s="19"/>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="17">
         <v>189</v>
       </c>
       <c r="D11" s="17">
         <v>94</v>
       </c>
       <c r="E11" s="17">
         <v>12</v>
       </c>
       <c r="F11" s="17"/>
@@ -2967,221 +2973,371 @@
         <v>3531</v>
       </c>
       <c r="D22" s="14">
         <f t="shared" ref="D22" si="0">SUM(D11:D21)</f>
         <v>1496</v>
       </c>
       <c r="E22" s="14">
         <f>SUM(E11:E21)</f>
         <v>1846</v>
       </c>
       <c r="F22" s="14"/>
       <c r="G22" s="14">
         <f t="shared" ref="G22:I22" si="1">SUM(G11:G21)</f>
         <v>118</v>
       </c>
       <c r="H22" s="14">
         <f t="shared" si="1"/>
         <v>467</v>
       </c>
       <c r="I22" s="14">
         <f t="shared" si="1"/>
         <v>212</v>
       </c>
     </row>
     <row r="23" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="39" t="s">
-[...9 lines deleted...]
-      <c r="I23" s="41"/>
+      <c r="A23" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" s="28"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="29"/>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="29"/>
+      <c r="H23" s="29"/>
+      <c r="I23" s="29"/>
     </row>
     <row r="24" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="42"/>
-      <c r="B24" s="43" t="s">
+      <c r="A24" s="30"/>
+      <c r="B24" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="C24" s="44"/>
-[...5 lines deleted...]
-      <c r="I24" s="44"/>
+      <c r="C24" s="32">
+        <v>185</v>
+      </c>
+      <c r="D24" s="32">
+        <v>94</v>
+      </c>
+      <c r="E24" s="32">
+        <v>13</v>
+      </c>
+      <c r="F24" s="32"/>
+      <c r="G24" s="32">
+        <v>3</v>
+      </c>
+      <c r="H24" s="32">
+        <v>22</v>
+      </c>
+      <c r="I24" s="32">
+        <v>2</v>
+      </c>
     </row>
     <row r="25" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="42"/>
-      <c r="B25" s="43" t="s">
+      <c r="A25" s="30"/>
+      <c r="B25" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="C25" s="44"/>
-[...5 lines deleted...]
-      <c r="I25" s="44"/>
+      <c r="C25" s="32">
+        <v>1048</v>
+      </c>
+      <c r="D25" s="32">
+        <v>402</v>
+      </c>
+      <c r="E25" s="32">
+        <v>66</v>
+      </c>
+      <c r="F25" s="32"/>
+      <c r="G25" s="32">
+        <v>30</v>
+      </c>
+      <c r="H25" s="32">
+        <v>162</v>
+      </c>
+      <c r="I25" s="32">
+        <v>15</v>
+      </c>
     </row>
     <row r="26" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="42"/>
-      <c r="B26" s="43" t="s">
+      <c r="A26" s="30"/>
+      <c r="B26" s="31" t="s">
         <v>45</v>
       </c>
-      <c r="C26" s="44"/>
-[...5 lines deleted...]
-      <c r="I26" s="44"/>
+      <c r="C26" s="32">
+        <v>370</v>
+      </c>
+      <c r="D26" s="32">
+        <v>155</v>
+      </c>
+      <c r="E26" s="32">
+        <v>150</v>
+      </c>
+      <c r="F26" s="32"/>
+      <c r="G26" s="32">
+        <v>10</v>
+      </c>
+      <c r="H26" s="32">
+        <v>59</v>
+      </c>
+      <c r="I26" s="32">
+        <v>11</v>
+      </c>
     </row>
     <row r="27" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="42"/>
-      <c r="B27" s="43" t="s">
+      <c r="A27" s="30"/>
+      <c r="B27" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="C27" s="44"/>
-[...5 lines deleted...]
-      <c r="I27" s="44"/>
+      <c r="C27" s="32">
+        <v>370</v>
+      </c>
+      <c r="D27" s="32">
+        <v>152</v>
+      </c>
+      <c r="E27" s="32">
+        <v>62</v>
+      </c>
+      <c r="F27" s="32"/>
+      <c r="G27" s="32">
+        <v>15</v>
+      </c>
+      <c r="H27" s="32">
+        <v>64</v>
+      </c>
+      <c r="I27" s="32">
+        <v>39</v>
+      </c>
     </row>
     <row r="28" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="42"/>
-      <c r="B28" s="43" t="s">
+      <c r="A28" s="30"/>
+      <c r="B28" s="31" t="s">
         <v>47</v>
       </c>
-      <c r="C28" s="44"/>
-[...5 lines deleted...]
-      <c r="I28" s="44"/>
+      <c r="C28" s="32">
+        <v>640</v>
+      </c>
+      <c r="D28" s="32">
+        <v>255</v>
+      </c>
+      <c r="E28" s="32">
+        <v>135</v>
+      </c>
+      <c r="F28" s="32"/>
+      <c r="G28" s="32">
+        <v>27</v>
+      </c>
+      <c r="H28" s="32">
+        <v>97</v>
+      </c>
+      <c r="I28" s="32">
+        <v>41</v>
+      </c>
     </row>
     <row r="29" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="42"/>
-      <c r="B29" s="43" t="s">
+      <c r="A29" s="30"/>
+      <c r="B29" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="C29" s="44"/>
-[...5 lines deleted...]
-      <c r="I29" s="44"/>
+      <c r="C29" s="32">
+        <v>14</v>
+      </c>
+      <c r="D29" s="32">
+        <v>5</v>
+      </c>
+      <c r="E29" s="32">
+        <v>6</v>
+      </c>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32">
+        <v>0</v>
+      </c>
+      <c r="H29" s="32">
+        <v>4</v>
+      </c>
+      <c r="I29" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="42"/>
-      <c r="B30" s="43" t="s">
+      <c r="A30" s="30"/>
+      <c r="B30" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="C30" s="44"/>
-[...5 lines deleted...]
-      <c r="I30" s="44"/>
+      <c r="C30" s="32">
+        <v>273</v>
+      </c>
+      <c r="D30" s="32">
+        <v>151</v>
+      </c>
+      <c r="E30" s="32">
+        <v>240</v>
+      </c>
+      <c r="F30" s="32"/>
+      <c r="G30" s="32">
+        <v>4</v>
+      </c>
+      <c r="H30" s="32">
+        <v>20</v>
+      </c>
+      <c r="I30" s="32">
+        <v>1</v>
+      </c>
     </row>
     <row r="31" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="42"/>
-      <c r="B31" s="43" t="s">
+      <c r="A31" s="30"/>
+      <c r="B31" s="31" t="s">
         <v>53</v>
       </c>
-      <c r="C31" s="44"/>
-[...5 lines deleted...]
-      <c r="I31" s="44"/>
+      <c r="C31" s="32">
+        <v>96</v>
+      </c>
+      <c r="D31" s="32">
+        <v>53</v>
+      </c>
+      <c r="E31" s="32">
+        <v>57</v>
+      </c>
+      <c r="F31" s="32"/>
+      <c r="G31" s="32">
+        <v>2</v>
+      </c>
+      <c r="H31" s="32">
+        <v>2</v>
+      </c>
+      <c r="I31" s="32">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="42"/>
-      <c r="B32" s="43" t="s">
+      <c r="A32" s="30"/>
+      <c r="B32" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="C32" s="44"/>
-[...5 lines deleted...]
-      <c r="I32" s="44"/>
+      <c r="C32" s="32">
+        <v>497</v>
+      </c>
+      <c r="D32" s="32">
+        <v>209</v>
+      </c>
+      <c r="E32" s="32">
+        <v>241</v>
+      </c>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32">
+        <v>31</v>
+      </c>
+      <c r="H32" s="32">
+        <v>56</v>
+      </c>
+      <c r="I32" s="32">
+        <v>78</v>
+      </c>
     </row>
     <row r="33" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="42"/>
-      <c r="B33" s="43" t="s">
+      <c r="A33" s="30"/>
+      <c r="B33" s="31" t="s">
         <v>50</v>
       </c>
-      <c r="C33" s="44"/>
-[...5 lines deleted...]
-      <c r="I33" s="44"/>
+      <c r="C33" s="32">
+        <v>1</v>
+      </c>
+      <c r="D33" s="32">
+        <v>0</v>
+      </c>
+      <c r="E33" s="32">
+        <v>0</v>
+      </c>
+      <c r="F33" s="32"/>
+      <c r="G33" s="32">
+        <v>0</v>
+      </c>
+      <c r="H33" s="32">
+        <v>0</v>
+      </c>
+      <c r="I33" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="34" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="42"/>
-      <c r="B34" s="43" t="s">
+      <c r="A34" s="30"/>
+      <c r="B34" s="31" t="s">
         <v>51</v>
       </c>
-      <c r="C34" s="44"/>
-[...5 lines deleted...]
-      <c r="I34" s="44"/>
+      <c r="C34" s="32">
+        <v>25</v>
+      </c>
+      <c r="D34" s="32">
+        <v>7</v>
+      </c>
+      <c r="E34" s="32">
+        <v>6</v>
+      </c>
+      <c r="F34" s="32"/>
+      <c r="G34" s="32">
+        <v>0</v>
+      </c>
+      <c r="H34" s="32">
+        <v>2</v>
+      </c>
+      <c r="I34" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="45"/>
-      <c r="B35" s="46" t="s">
+      <c r="A35" s="33"/>
+      <c r="B35" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="47"/>
-[...5 lines deleted...]
-      <c r="I35" s="47"/>
+      <c r="C35" s="35">
+        <f>SUM(C24:C34)</f>
+        <v>3519</v>
+      </c>
+      <c r="D35" s="35">
+        <f t="shared" ref="D35" si="2">SUM(D24:D34)</f>
+        <v>1483</v>
+      </c>
+      <c r="E35" s="35">
+        <f>SUM(E24:E34)</f>
+        <v>976</v>
+      </c>
+      <c r="F35" s="35"/>
+      <c r="G35" s="35">
+        <f t="shared" ref="G35:I35" si="3">SUM(G24:G34)</f>
+        <v>122</v>
+      </c>
+      <c r="H35" s="35">
+        <f t="shared" si="3"/>
+        <v>488</v>
+      </c>
+      <c r="I35" s="35">
+        <f t="shared" si="3"/>
+        <v>188</v>
+      </c>
     </row>
     <row r="36" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="39" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B36" s="40"/>
       <c r="C36" s="41"/>
       <c r="D36" s="41"/>
       <c r="E36" s="41"/>
       <c r="F36" s="41"/>
       <c r="G36" s="41"/>
       <c r="H36" s="41"/>
       <c r="I36" s="41"/>
     </row>
     <row r="37" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="42"/>
       <c r="B37" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C37" s="44"/>
       <c r="D37" s="44"/>
       <c r="E37" s="44"/>
       <c r="F37" s="44"/>
       <c r="G37" s="44"/>
       <c r="H37" s="44"/>
       <c r="I37" s="44"/>
     </row>
     <row r="38" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="42"/>
@@ -3306,51 +3462,51 @@
         <v>51</v>
       </c>
       <c r="C47" s="44"/>
       <c r="D47" s="44"/>
       <c r="E47" s="44"/>
       <c r="F47" s="44"/>
       <c r="G47" s="44"/>
       <c r="H47" s="44"/>
       <c r="I47" s="44"/>
     </row>
     <row r="48" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A48" s="45"/>
       <c r="B48" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C48" s="47"/>
       <c r="D48" s="47"/>
       <c r="E48" s="47"/>
       <c r="F48" s="47"/>
       <c r="G48" s="47"/>
       <c r="H48" s="47"/>
       <c r="I48" s="47"/>
     </row>
     <row r="49" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A49" s="39" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B49" s="40"/>
       <c r="C49" s="41"/>
       <c r="D49" s="41"/>
       <c r="E49" s="41"/>
       <c r="F49" s="41"/>
       <c r="G49" s="41"/>
       <c r="H49" s="41"/>
       <c r="I49" s="41"/>
     </row>
     <row r="50" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="42"/>
       <c r="B50" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C50" s="44"/>
       <c r="D50" s="44"/>
       <c r="E50" s="44"/>
       <c r="F50" s="44"/>
       <c r="G50" s="44"/>
       <c r="H50" s="44"/>
       <c r="I50" s="44"/>
     </row>
     <row r="51" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A51" s="42"/>
@@ -3475,51 +3631,51 @@
         <v>51</v>
       </c>
       <c r="C60" s="44"/>
       <c r="D60" s="44"/>
       <c r="E60" s="44"/>
       <c r="F60" s="44"/>
       <c r="G60" s="44"/>
       <c r="H60" s="44"/>
       <c r="I60" s="44"/>
     </row>
     <row r="61" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A61" s="45"/>
       <c r="B61" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C61" s="47"/>
       <c r="D61" s="47"/>
       <c r="E61" s="47"/>
       <c r="F61" s="47"/>
       <c r="G61" s="47"/>
       <c r="H61" s="47"/>
       <c r="I61" s="47"/>
     </row>
     <row r="62" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A62" s="39" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B62" s="40"/>
       <c r="C62" s="41"/>
       <c r="D62" s="41"/>
       <c r="E62" s="41"/>
       <c r="F62" s="41"/>
       <c r="G62" s="41"/>
       <c r="H62" s="41"/>
       <c r="I62" s="41"/>
     </row>
     <row r="63" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A63" s="42"/>
       <c r="B63" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C63" s="44"/>
       <c r="D63" s="44"/>
       <c r="E63" s="44"/>
       <c r="F63" s="44"/>
       <c r="G63" s="44"/>
       <c r="H63" s="44"/>
       <c r="I63" s="44"/>
     </row>
     <row r="64" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A64" s="42"/>
@@ -3644,51 +3800,51 @@
         <v>51</v>
       </c>
       <c r="C73" s="44"/>
       <c r="D73" s="44"/>
       <c r="E73" s="44"/>
       <c r="F73" s="44"/>
       <c r="G73" s="44"/>
       <c r="H73" s="44"/>
       <c r="I73" s="44"/>
     </row>
     <row r="74" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A74" s="45"/>
       <c r="B74" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C74" s="47"/>
       <c r="D74" s="47"/>
       <c r="E74" s="47"/>
       <c r="F74" s="47"/>
       <c r="G74" s="47"/>
       <c r="H74" s="47"/>
       <c r="I74" s="47"/>
     </row>
     <row r="75" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A75" s="39" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B75" s="40"/>
       <c r="C75" s="41"/>
       <c r="D75" s="41"/>
       <c r="E75" s="41"/>
       <c r="F75" s="41"/>
       <c r="G75" s="41"/>
       <c r="H75" s="41"/>
       <c r="I75" s="41"/>
     </row>
     <row r="76" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A76" s="42"/>
       <c r="B76" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C76" s="44"/>
       <c r="D76" s="44"/>
       <c r="E76" s="44"/>
       <c r="F76" s="44"/>
       <c r="G76" s="44"/>
       <c r="H76" s="44"/>
       <c r="I76" s="44"/>
     </row>
     <row r="77" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A77" s="42"/>
@@ -3813,51 +3969,51 @@
         <v>51</v>
       </c>
       <c r="C86" s="44"/>
       <c r="D86" s="44"/>
       <c r="E86" s="44"/>
       <c r="F86" s="44"/>
       <c r="G86" s="44"/>
       <c r="H86" s="44"/>
       <c r="I86" s="44"/>
     </row>
     <row r="87" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A87" s="45"/>
       <c r="B87" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C87" s="47"/>
       <c r="D87" s="47"/>
       <c r="E87" s="47"/>
       <c r="F87" s="47"/>
       <c r="G87" s="47"/>
       <c r="H87" s="47"/>
       <c r="I87" s="47"/>
     </row>
     <row r="88" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A88" s="39" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B88" s="40"/>
       <c r="C88" s="41"/>
       <c r="D88" s="41"/>
       <c r="E88" s="41"/>
       <c r="F88" s="41"/>
       <c r="G88" s="41"/>
       <c r="H88" s="41"/>
       <c r="I88" s="41"/>
     </row>
     <row r="89" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A89" s="42"/>
       <c r="B89" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C89" s="44"/>
       <c r="D89" s="44"/>
       <c r="E89" s="44"/>
       <c r="F89" s="44"/>
       <c r="G89" s="44"/>
       <c r="H89" s="44"/>
       <c r="I89" s="44"/>
     </row>
     <row r="90" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A90" s="42"/>
@@ -3982,51 +4138,51 @@
         <v>51</v>
       </c>
       <c r="C99" s="44"/>
       <c r="D99" s="44"/>
       <c r="E99" s="44"/>
       <c r="F99" s="44"/>
       <c r="G99" s="44"/>
       <c r="H99" s="44"/>
       <c r="I99" s="44"/>
     </row>
     <row r="100" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A100" s="45"/>
       <c r="B100" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C100" s="47"/>
       <c r="D100" s="47"/>
       <c r="E100" s="47"/>
       <c r="F100" s="47"/>
       <c r="G100" s="47"/>
       <c r="H100" s="47"/>
       <c r="I100" s="47"/>
     </row>
     <row r="101" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A101" s="39" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B101" s="40"/>
       <c r="C101" s="41"/>
       <c r="D101" s="41"/>
       <c r="E101" s="41"/>
       <c r="F101" s="41"/>
       <c r="G101" s="41"/>
       <c r="H101" s="41"/>
       <c r="I101" s="41"/>
     </row>
     <row r="102" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A102" s="42"/>
       <c r="B102" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C102" s="44"/>
       <c r="D102" s="44"/>
       <c r="E102" s="44"/>
       <c r="F102" s="44"/>
       <c r="G102" s="44"/>
       <c r="H102" s="44"/>
       <c r="I102" s="44"/>
     </row>
     <row r="103" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A103" s="42"/>
@@ -4151,51 +4307,51 @@
         <v>51</v>
       </c>
       <c r="C112" s="44"/>
       <c r="D112" s="44"/>
       <c r="E112" s="44"/>
       <c r="F112" s="44"/>
       <c r="G112" s="44"/>
       <c r="H112" s="44"/>
       <c r="I112" s="44"/>
     </row>
     <row r="113" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A113" s="45"/>
       <c r="B113" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C113" s="47"/>
       <c r="D113" s="47"/>
       <c r="E113" s="47"/>
       <c r="F113" s="47"/>
       <c r="G113" s="47"/>
       <c r="H113" s="47"/>
       <c r="I113" s="47"/>
     </row>
     <row r="114" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A114" s="39" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B114" s="40"/>
       <c r="C114" s="41"/>
       <c r="D114" s="41"/>
       <c r="E114" s="41"/>
       <c r="F114" s="41"/>
       <c r="G114" s="41"/>
       <c r="H114" s="41"/>
       <c r="I114" s="41"/>
     </row>
     <row r="115" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A115" s="42"/>
       <c r="B115" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C115" s="44"/>
       <c r="D115" s="44"/>
       <c r="E115" s="44"/>
       <c r="F115" s="44"/>
       <c r="G115" s="44"/>
       <c r="H115" s="44"/>
       <c r="I115" s="44"/>
     </row>
     <row r="116" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A116" s="42"/>
@@ -4320,51 +4476,51 @@
         <v>51</v>
       </c>
       <c r="C125" s="44"/>
       <c r="D125" s="44"/>
       <c r="E125" s="44"/>
       <c r="F125" s="44"/>
       <c r="G125" s="44"/>
       <c r="H125" s="44"/>
       <c r="I125" s="44"/>
     </row>
     <row r="126" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A126" s="45"/>
       <c r="B126" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C126" s="47"/>
       <c r="D126" s="47"/>
       <c r="E126" s="47"/>
       <c r="F126" s="47"/>
       <c r="G126" s="47"/>
       <c r="H126" s="47"/>
       <c r="I126" s="47"/>
     </row>
     <row r="127" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A127" s="39" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B127" s="40"/>
       <c r="C127" s="41"/>
       <c r="D127" s="41"/>
       <c r="E127" s="41"/>
       <c r="F127" s="41"/>
       <c r="G127" s="41"/>
       <c r="H127" s="41"/>
       <c r="I127" s="41"/>
     </row>
     <row r="128" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A128" s="42"/>
       <c r="B128" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C128" s="44"/>
       <c r="D128" s="44"/>
       <c r="E128" s="44"/>
       <c r="F128" s="44"/>
       <c r="G128" s="44"/>
       <c r="H128" s="44"/>
       <c r="I128" s="44"/>
     </row>
     <row r="129" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A129" s="42"/>
@@ -4489,51 +4645,51 @@
         <v>51</v>
       </c>
       <c r="C138" s="44"/>
       <c r="D138" s="44"/>
       <c r="E138" s="44"/>
       <c r="F138" s="44"/>
       <c r="G138" s="44"/>
       <c r="H138" s="44"/>
       <c r="I138" s="44"/>
     </row>
     <row r="139" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A139" s="45"/>
       <c r="B139" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C139" s="47"/>
       <c r="D139" s="47"/>
       <c r="E139" s="47"/>
       <c r="F139" s="47"/>
       <c r="G139" s="47"/>
       <c r="H139" s="47"/>
       <c r="I139" s="47"/>
     </row>
     <row r="140" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A140" s="39" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B140" s="40"/>
       <c r="C140" s="41"/>
       <c r="D140" s="41"/>
       <c r="E140" s="41"/>
       <c r="F140" s="41"/>
       <c r="G140" s="41"/>
       <c r="H140" s="41"/>
       <c r="I140" s="41"/>
     </row>
     <row r="141" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A141" s="42"/>
       <c r="B141" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C141" s="44"/>
       <c r="D141" s="44"/>
       <c r="E141" s="44"/>
       <c r="F141" s="44"/>
       <c r="G141" s="44"/>
       <c r="H141" s="44"/>
       <c r="I141" s="44"/>
     </row>
     <row r="142" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A142" s="42"/>
@@ -4658,51 +4814,51 @@
         <v>51</v>
       </c>
       <c r="C151" s="44"/>
       <c r="D151" s="44"/>
       <c r="E151" s="44"/>
       <c r="F151" s="44"/>
       <c r="G151" s="44"/>
       <c r="H151" s="44"/>
       <c r="I151" s="44"/>
     </row>
     <row r="152" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A152" s="45"/>
       <c r="B152" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C152" s="47"/>
       <c r="D152" s="47"/>
       <c r="E152" s="47"/>
       <c r="F152" s="47"/>
       <c r="G152" s="47"/>
       <c r="H152" s="47"/>
       <c r="I152" s="47"/>
     </row>
     <row r="153" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A153" s="39" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B153" s="40"/>
       <c r="C153" s="41"/>
       <c r="D153" s="41"/>
       <c r="E153" s="41"/>
       <c r="F153" s="41"/>
       <c r="G153" s="41"/>
       <c r="H153" s="41"/>
       <c r="I153" s="41"/>
     </row>
     <row r="154" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A154" s="42"/>
       <c r="B154" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C154" s="44"/>
       <c r="D154" s="44"/>
       <c r="E154" s="44"/>
       <c r="F154" s="44"/>
       <c r="G154" s="44"/>
       <c r="H154" s="44"/>
       <c r="I154" s="44"/>
     </row>
     <row r="155" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A155" s="42"/>
@@ -4844,464 +5000,464 @@
       <c r="E165" s="47"/>
       <c r="F165" s="47"/>
       <c r="G165" s="47"/>
       <c r="H165" s="47"/>
       <c r="I165" s="47"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A166" s="18" t="s">
         <v>133</v>
       </c>
       <c r="B166" s="19"/>
       <c r="C166" s="11"/>
       <c r="D166" s="11"/>
       <c r="E166" s="11"/>
       <c r="F166" s="11"/>
       <c r="G166" s="11"/>
       <c r="H166" s="11"/>
       <c r="I166" s="11"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A167" s="16"/>
       <c r="B167" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C167" s="17">
-        <f t="shared" ref="C167:I178" si="2">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
-        <v>189</v>
+        <f t="shared" ref="C167:I178" si="4">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
+        <v>187</v>
       </c>
       <c r="D167" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>94</v>
       </c>
       <c r="E167" s="17">
         <f>AVERAGE(E11,E24,E37,E50,E63,E76,E89,E102,E115,E128,E141,E154)</f>
-        <v>12</v>
+        <v>12.5</v>
       </c>
       <c r="F167" s="17"/>
       <c r="G167" s="17">
-        <f t="shared" ref="G167:H178" si="3">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
+        <f t="shared" ref="G167:H178" si="5">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
         <v>3</v>
       </c>
       <c r="H167" s="17">
-        <f t="shared" si="3"/>
-        <v>27</v>
+        <f t="shared" si="5"/>
+        <v>24.5</v>
       </c>
       <c r="I167" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>2</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A168" s="16"/>
       <c r="B168" s="10" t="s">
         <v>44</v>
       </c>
       <c r="C168" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>1048</v>
       </c>
       <c r="D168" s="17">
-        <f t="shared" si="2"/>
-        <v>404</v>
+        <f t="shared" si="4"/>
+        <v>403</v>
       </c>
       <c r="E168" s="17">
-        <f t="shared" si="2"/>
-        <v>60</v>
+        <f t="shared" si="4"/>
+        <v>63</v>
       </c>
       <c r="F168" s="17"/>
       <c r="G168" s="17">
-        <f t="shared" si="3"/>
-        <v>28</v>
+        <f t="shared" si="5"/>
+        <v>29</v>
       </c>
       <c r="H168" s="17">
-        <f t="shared" si="3"/>
-        <v>161</v>
+        <f t="shared" si="5"/>
+        <v>161.5</v>
       </c>
       <c r="I168" s="17">
-        <f t="shared" si="2"/>
-        <v>10</v>
+        <f t="shared" si="4"/>
+        <v>12.5</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A169" s="16"/>
       <c r="B169" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C169" s="17">
-        <f t="shared" si="2"/>
-        <v>377</v>
+        <f t="shared" si="4"/>
+        <v>373.5</v>
       </c>
       <c r="D169" s="17">
-        <f t="shared" si="2"/>
-        <v>154</v>
+        <f t="shared" si="4"/>
+        <v>154.5</v>
       </c>
       <c r="E169" s="17">
-        <f t="shared" si="2"/>
-        <v>147</v>
+        <f t="shared" si="4"/>
+        <v>148.5</v>
       </c>
       <c r="F169" s="17"/>
       <c r="G169" s="17">
-        <f t="shared" si="3"/>
-        <v>11</v>
+        <f t="shared" si="5"/>
+        <v>10.5</v>
       </c>
       <c r="H169" s="17">
-        <f t="shared" si="3"/>
-        <v>50</v>
+        <f t="shared" si="5"/>
+        <v>54.5</v>
       </c>
       <c r="I169" s="17">
-        <f t="shared" si="2"/>
-        <v>16</v>
+        <f t="shared" si="4"/>
+        <v>13.5</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A170" s="16"/>
       <c r="B170" s="10" t="s">
         <v>46</v>
       </c>
       <c r="C170" s="17">
-        <f t="shared" si="2"/>
-        <v>356</v>
+        <f t="shared" si="4"/>
+        <v>363</v>
       </c>
       <c r="D170" s="17">
-        <f t="shared" si="2"/>
-        <v>148</v>
+        <f t="shared" si="4"/>
+        <v>150</v>
       </c>
       <c r="E170" s="17">
-        <f t="shared" si="2"/>
-        <v>40</v>
+        <f t="shared" si="4"/>
+        <v>51</v>
       </c>
       <c r="F170" s="17"/>
       <c r="G170" s="17">
-        <f t="shared" si="3"/>
-        <v>17</v>
+        <f t="shared" si="5"/>
+        <v>16</v>
       </c>
       <c r="H170" s="17">
-        <f t="shared" si="3"/>
-        <v>54</v>
+        <f t="shared" si="5"/>
+        <v>59</v>
       </c>
       <c r="I170" s="17">
-        <f t="shared" si="2"/>
-        <v>37</v>
+        <f t="shared" si="4"/>
+        <v>38</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A171" s="16"/>
       <c r="B171" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C171" s="17">
-        <f t="shared" si="2"/>
-        <v>641</v>
+        <f t="shared" si="4"/>
+        <v>640.5</v>
       </c>
       <c r="D171" s="17">
-        <f t="shared" si="2"/>
-        <v>257</v>
+        <f t="shared" si="4"/>
+        <v>256</v>
       </c>
       <c r="E171" s="17">
-        <f t="shared" si="2"/>
-        <v>128</v>
+        <f t="shared" si="4"/>
+        <v>131.5</v>
       </c>
       <c r="F171" s="17"/>
       <c r="G171" s="17">
-        <f t="shared" si="3"/>
-        <v>26</v>
+        <f t="shared" si="5"/>
+        <v>26.5</v>
       </c>
       <c r="H171" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>97</v>
       </c>
       <c r="I171" s="17">
-        <f t="shared" si="2"/>
-        <v>50</v>
+        <f t="shared" si="4"/>
+        <v>45.5</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A172" s="16"/>
       <c r="B172" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C172" s="17">
-        <f t="shared" si="2"/>
-        <v>13</v>
+        <f t="shared" si="4"/>
+        <v>13.5</v>
       </c>
       <c r="D172" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>5</v>
       </c>
       <c r="E172" s="17">
-        <f t="shared" si="2"/>
-        <v>5</v>
+        <f t="shared" si="4"/>
+        <v>5.5</v>
       </c>
       <c r="F172" s="17"/>
       <c r="G172" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H172" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>4</v>
       </c>
       <c r="I172" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A173" s="16"/>
       <c r="B173" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C173" s="17">
-        <f t="shared" si="2"/>
-        <v>287</v>
+        <f t="shared" si="4"/>
+        <v>280</v>
       </c>
       <c r="D173" s="17">
-        <f t="shared" si="2"/>
-        <v>164</v>
+        <f t="shared" si="4"/>
+        <v>157.5</v>
       </c>
       <c r="E173" s="17">
-        <f t="shared" si="2"/>
-        <v>868</v>
+        <f t="shared" si="4"/>
+        <v>554</v>
       </c>
       <c r="F173" s="17"/>
       <c r="G173" s="17">
-        <f t="shared" si="3"/>
-        <v>2</v>
+        <f t="shared" si="5"/>
+        <v>3</v>
       </c>
       <c r="H173" s="17">
-        <f t="shared" si="3"/>
-        <v>19</v>
+        <f t="shared" si="5"/>
+        <v>19.5</v>
       </c>
       <c r="I173" s="17">
-        <f t="shared" si="2"/>
-        <v>0</v>
+        <f t="shared" si="4"/>
+        <v>0.5</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A174" s="16"/>
       <c r="B174" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C174" s="17">
-        <f t="shared" si="2"/>
-        <v>95</v>
+        <f t="shared" si="4"/>
+        <v>95.5</v>
       </c>
       <c r="D174" s="17">
-        <f t="shared" si="2"/>
-        <v>51</v>
+        <f t="shared" si="4"/>
+        <v>52</v>
       </c>
       <c r="E174" s="17">
-        <f t="shared" si="2"/>
-        <v>68</v>
+        <f t="shared" si="4"/>
+        <v>62.5</v>
       </c>
       <c r="F174" s="17"/>
       <c r="G174" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="H174" s="17">
-        <f t="shared" si="3"/>
-        <v>3</v>
+        <f t="shared" si="5"/>
+        <v>2.5</v>
       </c>
       <c r="I174" s="17">
-        <f t="shared" si="2"/>
-        <v>0</v>
+        <f t="shared" si="4"/>
+        <v>0.5</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A175" s="16"/>
       <c r="B175" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C175" s="17">
-        <f t="shared" si="2"/>
-        <v>501</v>
+        <f t="shared" si="4"/>
+        <v>499</v>
       </c>
       <c r="D175" s="17">
-        <f t="shared" si="2"/>
-        <v>215</v>
+        <f t="shared" si="4"/>
+        <v>212</v>
       </c>
       <c r="E175" s="17">
-        <f t="shared" si="2"/>
-        <v>516</v>
+        <f t="shared" si="4"/>
+        <v>378.5</v>
       </c>
       <c r="F175" s="17"/>
       <c r="G175" s="17">
-        <f t="shared" si="3"/>
-        <v>29</v>
+        <f t="shared" si="5"/>
+        <v>30</v>
       </c>
       <c r="H175" s="17">
-        <f t="shared" si="3"/>
-        <v>50</v>
+        <f t="shared" si="5"/>
+        <v>53</v>
       </c>
       <c r="I175" s="17">
-        <f t="shared" si="2"/>
-        <v>97</v>
+        <f t="shared" si="4"/>
+        <v>87.5</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A176" s="16"/>
       <c r="B176" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="17">
         <f>AVERAGE(C20,C33,C46,C59,C72,C85,C98,C112,C124,C137,C150,C163)</f>
         <v>1</v>
       </c>
       <c r="D176" s="17">
         <f>AVERAGE(D20,D33,D46,D59,D72,D85,D98,D112,D124,D137,D150,D163)</f>
         <v>0</v>
       </c>
       <c r="E176" s="17">
-        <f t="shared" ref="E176:E177" si="4">AVERAGE(E20,E33,E46,E59,E72,E85,E98,E111,E124,E137,E150,E163)</f>
+        <f t="shared" ref="E176:E177" si="6">AVERAGE(E20,E33,E46,E59,E72,E85,E98,E111,E124,E137,E150,E163)</f>
         <v>0</v>
       </c>
       <c r="F176" s="17"/>
       <c r="G176" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H176" s="17">
         <f>AVERAGE(H20,H33,H46,H59,H72,H85,H98,H112,H124,H137,H150,H163)</f>
         <v>0</v>
       </c>
       <c r="I176" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A177" s="16"/>
       <c r="B177" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C177" s="17">
-        <f t="shared" si="2"/>
-        <v>23</v>
+        <f t="shared" si="4"/>
+        <v>24</v>
       </c>
       <c r="D177" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
+        <v>5.5</v>
+      </c>
+      <c r="E177" s="17">
+        <f t="shared" si="6"/>
         <v>4</v>
-      </c>
-[...2 lines deleted...]
-        <v>2</v>
       </c>
       <c r="F177" s="17"/>
       <c r="G177" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H177" s="17">
-        <f t="shared" si="3"/>
+        <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="I177" s="17">
-        <f t="shared" si="2"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A178" s="20"/>
       <c r="B178" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C178" s="14">
-        <f t="shared" si="2"/>
-        <v>3531</v>
+        <f t="shared" si="4"/>
+        <v>3525</v>
       </c>
       <c r="D178" s="14">
-        <f t="shared" si="2"/>
-        <v>1496</v>
+        <f t="shared" si="4"/>
+        <v>1489.5</v>
       </c>
       <c r="E178" s="14">
-        <f t="shared" si="2"/>
-        <v>1846</v>
+        <f t="shared" si="4"/>
+        <v>1411</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
-        <f t="shared" si="3"/>
-        <v>118</v>
+        <f t="shared" si="5"/>
+        <v>120</v>
       </c>
       <c r="H178" s="14">
-        <f t="shared" si="2"/>
-        <v>467</v>
+        <f t="shared" si="4"/>
+        <v>477.5</v>
       </c>
       <c r="I178" s="14">
-        <f t="shared" si="2"/>
-        <v>212</v>
+        <f t="shared" si="4"/>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
       <c r="B180" s="50"/>
       <c r="C180" s="50"/>
       <c r="D180" s="50"/>
       <c r="E180" s="50"/>
       <c r="F180" s="50"/>
       <c r="G180" s="50"/>
       <c r="H180" s="50"/>
       <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
       <c r="B181" s="50"/>
       <c r="C181" s="50"/>
       <c r="D181" s="50"/>
       <c r="E181" s="50"/>
       <c r="F181" s="50"/>
       <c r="G181" s="50"/>
       <c r="H181" s="50"/>
       <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
       <c r="B182" s="50"/>
       <c r="C182" s="50"/>
       <c r="D182" s="50"/>
       <c r="E182" s="50"/>
       <c r="F182" s="50"/>
       <c r="G182" s="50"/>
       <c r="H182" s="50"/>
       <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="H176 C176:D176" formula="1"/>
   </ignoredErrors>