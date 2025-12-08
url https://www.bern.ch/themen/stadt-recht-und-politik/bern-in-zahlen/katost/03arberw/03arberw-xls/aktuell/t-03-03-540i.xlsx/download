--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -14,111 +14,117 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98F3081E-0F9A-47D3-93B5-B9FDE5BA30B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F95ADA86-A485-4FBE-B743-E860FA1DC27E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="17" r:id="rId1"/>
     <sheet name="2024" sheetId="16" r:id="rId2"/>
     <sheet name="2023" sheetId="15" r:id="rId3"/>
     <sheet name="2022" sheetId="12" r:id="rId4"/>
     <sheet name="2021" sheetId="10" r:id="rId5"/>
     <sheet name="2020" sheetId="13" r:id="rId6"/>
     <sheet name="2019" sheetId="14" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2020'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2022'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2023'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2024'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$9:$I$178</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I126" i="17" l="1"/>
+  <c r="I139" i="17" l="1"/>
+  <c r="H139" i="17"/>
+  <c r="G139" i="17"/>
+  <c r="E139" i="17"/>
+  <c r="D139" i="17"/>
+  <c r="C139" i="17"/>
+  <c r="I126" i="17"/>
   <c r="H126" i="17"/>
   <c r="G126" i="17"/>
   <c r="E126" i="17"/>
   <c r="D126" i="17"/>
   <c r="C126" i="17"/>
   <c r="I113" i="17"/>
   <c r="H113" i="17"/>
   <c r="G113" i="17"/>
   <c r="E113" i="17"/>
   <c r="D113" i="17"/>
   <c r="C113" i="17"/>
   <c r="I100" i="17"/>
   <c r="H100" i="17"/>
   <c r="G100" i="17"/>
   <c r="E100" i="17"/>
   <c r="D100" i="17"/>
   <c r="C100" i="17"/>
   <c r="C87" i="17"/>
   <c r="D87" i="17"/>
   <c r="E87" i="17"/>
   <c r="G87" i="17"/>
   <c r="H87" i="17"/>
   <c r="I87" i="17"/>
   <c r="I74" i="17"/>
   <c r="H74" i="17"/>
@@ -1292,51 +1298,51 @@
   <si>
     <t>Jun 25</t>
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.10.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -5307,217 +5313,367 @@
         <v>3202</v>
       </c>
       <c r="D126" s="35">
         <f t="shared" ref="D126:E126" si="16">SUM(D115:D125)</f>
         <v>1317</v>
       </c>
       <c r="E126" s="35">
         <f t="shared" si="16"/>
         <v>732</v>
       </c>
       <c r="F126" s="35"/>
       <c r="G126" s="35">
         <f t="shared" ref="G126:I126" si="17">SUM(G115:G125)</f>
         <v>78</v>
       </c>
       <c r="H126" s="35">
         <f t="shared" si="17"/>
         <v>417</v>
       </c>
       <c r="I126" s="35">
         <f t="shared" si="17"/>
         <v>149</v>
       </c>
     </row>
     <row r="127" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="39" t="s">
+      <c r="A127" s="27" t="s">
         <v>127</v>
       </c>
-      <c r="B127" s="40"/>
-[...6 lines deleted...]
-      <c r="I127" s="41"/>
+      <c r="B127" s="28"/>
+      <c r="C127" s="29"/>
+      <c r="D127" s="29"/>
+      <c r="E127" s="29"/>
+      <c r="F127" s="29"/>
+      <c r="G127" s="29"/>
+      <c r="H127" s="29"/>
+      <c r="I127" s="29"/>
     </row>
     <row r="128" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="42"/>
-      <c r="B128" s="43" t="s">
+      <c r="A128" s="30"/>
+      <c r="B128" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="C128" s="44"/>
-[...5 lines deleted...]
-      <c r="I128" s="44"/>
+      <c r="C128" s="32">
+        <v>178</v>
+      </c>
+      <c r="D128" s="32">
+        <v>87</v>
+      </c>
+      <c r="E128" s="32">
+        <v>10</v>
+      </c>
+      <c r="F128" s="32"/>
+      <c r="G128" s="32">
+        <v>1</v>
+      </c>
+      <c r="H128" s="32">
+        <v>21</v>
+      </c>
+      <c r="I128" s="32">
+        <v>2</v>
+      </c>
     </row>
     <row r="129" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="42"/>
-      <c r="B129" s="43" t="s">
+      <c r="A129" s="30"/>
+      <c r="B129" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="C129" s="44"/>
-[...5 lines deleted...]
-      <c r="I129" s="44"/>
+      <c r="C129" s="32">
+        <v>949</v>
+      </c>
+      <c r="D129" s="32">
+        <v>367</v>
+      </c>
+      <c r="E129" s="32">
+        <v>44</v>
+      </c>
+      <c r="F129" s="32"/>
+      <c r="G129" s="32">
+        <v>18</v>
+      </c>
+      <c r="H129" s="32">
+        <v>139</v>
+      </c>
+      <c r="I129" s="32">
+        <v>15</v>
+      </c>
     </row>
     <row r="130" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="42"/>
-      <c r="B130" s="43" t="s">
+      <c r="A130" s="30"/>
+      <c r="B130" s="31" t="s">
         <v>45</v>
       </c>
-      <c r="C130" s="44"/>
-[...5 lines deleted...]
-      <c r="I130" s="44"/>
+      <c r="C130" s="32">
+        <v>380</v>
+      </c>
+      <c r="D130" s="32">
+        <v>147</v>
+      </c>
+      <c r="E130" s="32">
+        <v>86</v>
+      </c>
+      <c r="F130" s="32"/>
+      <c r="G130" s="32">
+        <v>5</v>
+      </c>
+      <c r="H130" s="32">
+        <v>45</v>
+      </c>
+      <c r="I130" s="32">
+        <v>10</v>
+      </c>
     </row>
     <row r="131" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A131" s="42"/>
-      <c r="B131" s="43" t="s">
+      <c r="A131" s="30"/>
+      <c r="B131" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="C131" s="44"/>
-[...5 lines deleted...]
-      <c r="I131" s="44"/>
+      <c r="C131" s="32">
+        <v>349</v>
+      </c>
+      <c r="D131" s="32">
+        <v>152</v>
+      </c>
+      <c r="E131" s="32">
+        <v>43</v>
+      </c>
+      <c r="F131" s="32"/>
+      <c r="G131" s="32">
+        <v>8</v>
+      </c>
+      <c r="H131" s="32">
+        <v>47</v>
+      </c>
+      <c r="I131" s="32">
+        <v>27</v>
+      </c>
     </row>
     <row r="132" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A132" s="42"/>
-      <c r="B132" s="43" t="s">
+      <c r="A132" s="30"/>
+      <c r="B132" s="31" t="s">
         <v>47</v>
       </c>
-      <c r="C132" s="44"/>
-[...5 lines deleted...]
-      <c r="I132" s="44"/>
+      <c r="C132" s="32">
+        <v>611</v>
+      </c>
+      <c r="D132" s="32">
+        <v>227</v>
+      </c>
+      <c r="E132" s="32">
+        <v>48</v>
+      </c>
+      <c r="F132" s="32"/>
+      <c r="G132" s="32">
+        <v>22</v>
+      </c>
+      <c r="H132" s="32">
+        <v>94</v>
+      </c>
+      <c r="I132" s="32">
+        <v>58</v>
+      </c>
     </row>
     <row r="133" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="42"/>
-      <c r="B133" s="43" t="s">
+      <c r="A133" s="30"/>
+      <c r="B133" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="C133" s="44"/>
-[...5 lines deleted...]
-      <c r="I133" s="44"/>
+      <c r="C133" s="32">
+        <v>17</v>
+      </c>
+      <c r="D133" s="32">
+        <v>7</v>
+      </c>
+      <c r="E133" s="32">
+        <v>5</v>
+      </c>
+      <c r="F133" s="32"/>
+      <c r="G133" s="32">
+        <v>0</v>
+      </c>
+      <c r="H133" s="32">
+        <v>5</v>
+      </c>
+      <c r="I133" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="134" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A134" s="42"/>
-      <c r="B134" s="43" t="s">
+      <c r="A134" s="30"/>
+      <c r="B134" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="C134" s="44"/>
-[...5 lines deleted...]
-      <c r="I134" s="44"/>
+      <c r="C134" s="32">
+        <v>219</v>
+      </c>
+      <c r="D134" s="32">
+        <v>115</v>
+      </c>
+      <c r="E134" s="32">
+        <v>167</v>
+      </c>
+      <c r="F134" s="32"/>
+      <c r="G134" s="32">
+        <v>2</v>
+      </c>
+      <c r="H134" s="32">
+        <v>14</v>
+      </c>
+      <c r="I134" s="32">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="42"/>
-      <c r="B135" s="43" t="s">
+      <c r="A135" s="30"/>
+      <c r="B135" s="31" t="s">
         <v>53</v>
       </c>
-      <c r="C135" s="44"/>
-[...5 lines deleted...]
-      <c r="I135" s="44"/>
+      <c r="C135" s="32">
+        <v>91</v>
+      </c>
+      <c r="D135" s="32">
+        <v>42</v>
+      </c>
+      <c r="E135" s="32">
+        <v>49</v>
+      </c>
+      <c r="F135" s="32"/>
+      <c r="G135" s="32">
+        <v>1</v>
+      </c>
+      <c r="H135" s="32">
+        <v>4</v>
+      </c>
+      <c r="I135" s="32">
+        <v>2</v>
+      </c>
     </row>
     <row r="136" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A136" s="42"/>
-      <c r="B136" s="43" t="s">
+      <c r="A136" s="30"/>
+      <c r="B136" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="C136" s="44"/>
-[...5 lines deleted...]
-      <c r="I136" s="44"/>
+      <c r="C136" s="32">
+        <v>457</v>
+      </c>
+      <c r="D136" s="32">
+        <v>165</v>
+      </c>
+      <c r="E136" s="32">
+        <v>220</v>
+      </c>
+      <c r="F136" s="32"/>
+      <c r="G136" s="32">
+        <v>22</v>
+      </c>
+      <c r="H136" s="32">
+        <v>52</v>
+      </c>
+      <c r="I136" s="32">
+        <v>36</v>
+      </c>
     </row>
     <row r="137" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A137" s="42"/>
-      <c r="B137" s="43" t="s">
+      <c r="A137" s="30"/>
+      <c r="B137" s="31" t="s">
         <v>50</v>
       </c>
-      <c r="C137" s="44"/>
-[...5 lines deleted...]
-      <c r="I137" s="44"/>
+      <c r="C137" s="32">
+        <v>1</v>
+      </c>
+      <c r="D137" s="32">
+        <v>0</v>
+      </c>
+      <c r="E137" s="32">
+        <v>0</v>
+      </c>
+      <c r="F137" s="32"/>
+      <c r="G137" s="32">
+        <v>0</v>
+      </c>
+      <c r="H137" s="32">
+        <v>0</v>
+      </c>
+      <c r="I137" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="138" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="42"/>
-      <c r="B138" s="43" t="s">
+      <c r="A138" s="30"/>
+      <c r="B138" s="31" t="s">
         <v>51</v>
       </c>
-      <c r="C138" s="44"/>
-[...5 lines deleted...]
-      <c r="I138" s="44"/>
+      <c r="C138" s="32">
+        <v>31</v>
+      </c>
+      <c r="D138" s="32">
+        <v>18</v>
+      </c>
+      <c r="E138" s="32">
+        <v>2</v>
+      </c>
+      <c r="F138" s="32"/>
+      <c r="G138" s="32">
+        <v>0</v>
+      </c>
+      <c r="H138" s="32">
+        <v>1</v>
+      </c>
+      <c r="I138" s="32">
+        <v>0</v>
+      </c>
     </row>
     <row r="139" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="45"/>
-      <c r="B139" s="46" t="s">
+      <c r="A139" s="33"/>
+      <c r="B139" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="C139" s="47"/>
-[...5 lines deleted...]
-      <c r="I139" s="47"/>
+      <c r="C139" s="35">
+        <f>SUM(C128:C138)</f>
+        <v>3283</v>
+      </c>
+      <c r="D139" s="35">
+        <f t="shared" ref="D139:E139" si="18">SUM(D128:D138)</f>
+        <v>1327</v>
+      </c>
+      <c r="E139" s="35">
+        <f t="shared" si="18"/>
+        <v>674</v>
+      </c>
+      <c r="F139" s="35"/>
+      <c r="G139" s="35">
+        <f t="shared" ref="G139:I139" si="19">SUM(G128:G138)</f>
+        <v>79</v>
+      </c>
+      <c r="H139" s="35">
+        <f t="shared" si="19"/>
+        <v>422</v>
+      </c>
+      <c r="I139" s="35">
+        <f t="shared" si="19"/>
+        <v>151</v>
+      </c>
     </row>
     <row r="140" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A140" s="39" t="s">
         <v>128</v>
       </c>
       <c r="B140" s="40"/>
       <c r="C140" s="41"/>
       <c r="D140" s="41"/>
       <c r="E140" s="41"/>
       <c r="F140" s="41"/>
       <c r="G140" s="41"/>
       <c r="H140" s="41"/>
       <c r="I140" s="41"/>
     </row>
     <row r="141" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A141" s="42"/>
       <c r="B141" s="43" t="s">
         <v>43</v>
       </c>
       <c r="C141" s="44"/>
       <c r="D141" s="44"/>
       <c r="E141" s="44"/>
       <c r="F141" s="44"/>
       <c r="G141" s="44"/>
       <c r="H141" s="44"/>
@@ -5832,414 +5988,414 @@
       <c r="E165" s="47"/>
       <c r="F165" s="47"/>
       <c r="G165" s="47"/>
       <c r="H165" s="47"/>
       <c r="I165" s="47"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A166" s="18" t="s">
         <v>130</v>
       </c>
       <c r="B166" s="19"/>
       <c r="C166" s="11"/>
       <c r="D166" s="11"/>
       <c r="E166" s="11"/>
       <c r="F166" s="11"/>
       <c r="G166" s="11"/>
       <c r="H166" s="11"/>
       <c r="I166" s="11"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A167" s="16"/>
       <c r="B167" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C167" s="17">
-        <f t="shared" ref="C167:I178" si="18">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
-        <v>171.88888888888889</v>
+        <f t="shared" ref="C167:I178" si="20">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
+        <v>172.5</v>
       </c>
       <c r="D167" s="17">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>87</v>
       </c>
       <c r="E167" s="17">
-        <f t="shared" si="18"/>
-        <v>10.555555555555555</v>
+        <f t="shared" si="20"/>
+        <v>10.5</v>
       </c>
       <c r="F167" s="17"/>
       <c r="G167" s="17">
-        <f t="shared" ref="G167:H178" si="19">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
-        <v>2.5555555555555554</v>
+        <f t="shared" ref="G167:H178" si="21">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
+        <v>2.4</v>
       </c>
       <c r="H167" s="17">
-        <f t="shared" si="19"/>
-        <v>15.444444444444445</v>
+        <f t="shared" si="21"/>
+        <v>16</v>
       </c>
       <c r="I167" s="17">
-        <f t="shared" si="18"/>
-        <v>1.7777777777777777</v>
+        <f t="shared" si="20"/>
+        <v>1.8</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A168" s="16"/>
       <c r="B168" s="10" t="s">
         <v>44</v>
       </c>
       <c r="C168" s="17">
-        <f t="shared" si="18"/>
-        <v>933.33333333333337</v>
+        <f t="shared" si="20"/>
+        <v>934.9</v>
       </c>
       <c r="D168" s="17">
-        <f t="shared" si="18"/>
-        <v>368.66666666666669</v>
+        <f t="shared" si="20"/>
+        <v>368.5</v>
       </c>
       <c r="E168" s="17">
-        <f t="shared" si="18"/>
-        <v>58.111111111111114</v>
+        <f t="shared" si="20"/>
+        <v>56.7</v>
       </c>
       <c r="F168" s="17"/>
       <c r="G168" s="17">
-        <f t="shared" si="19"/>
-        <v>24.222222222222221</v>
+        <f t="shared" si="21"/>
+        <v>23.6</v>
       </c>
       <c r="H168" s="17">
-        <f t="shared" si="19"/>
-        <v>153.77777777777777</v>
+        <f t="shared" si="21"/>
+        <v>152.30000000000001</v>
       </c>
       <c r="I168" s="17">
-        <f t="shared" si="18"/>
-        <v>11.888888888888889</v>
+        <f t="shared" si="20"/>
+        <v>12.2</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A169" s="16"/>
       <c r="B169" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C169" s="17">
-        <f t="shared" si="18"/>
-        <v>345.11111111111109</v>
+        <f t="shared" si="20"/>
+        <v>348.6</v>
       </c>
       <c r="D169" s="17">
-        <f t="shared" si="18"/>
-        <v>151.11111111111111</v>
+        <f t="shared" si="20"/>
+        <v>150.69999999999999</v>
       </c>
       <c r="E169" s="17">
-        <f t="shared" si="18"/>
-        <v>71.111111111111114</v>
+        <f t="shared" si="20"/>
+        <v>72.599999999999994</v>
       </c>
       <c r="F169" s="17"/>
       <c r="G169" s="17">
-        <f t="shared" si="19"/>
-        <v>9.8888888888888893</v>
+        <f t="shared" si="21"/>
+        <v>9.4</v>
       </c>
       <c r="H169" s="17">
-        <f t="shared" si="19"/>
-        <v>41.222222222222221</v>
+        <f t="shared" si="21"/>
+        <v>41.6</v>
       </c>
       <c r="I169" s="17">
-        <f t="shared" si="18"/>
-        <v>5.8888888888888893</v>
+        <f t="shared" si="20"/>
+        <v>6.3</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A170" s="16"/>
       <c r="B170" s="10" t="s">
         <v>46</v>
       </c>
       <c r="C170" s="17">
-        <f t="shared" si="18"/>
-        <v>356.66666666666669</v>
+        <f t="shared" si="20"/>
+        <v>355.9</v>
       </c>
       <c r="D170" s="17">
-        <f t="shared" si="18"/>
-        <v>158.55555555555554</v>
+        <f t="shared" si="20"/>
+        <v>157.9</v>
       </c>
       <c r="E170" s="17">
-        <f t="shared" si="18"/>
-        <v>43.777777777777779</v>
+        <f t="shared" si="20"/>
+        <v>43.7</v>
       </c>
       <c r="F170" s="17"/>
       <c r="G170" s="17">
-        <f t="shared" si="19"/>
-        <v>8.1111111111111107</v>
+        <f t="shared" si="21"/>
+        <v>8.1</v>
       </c>
       <c r="H170" s="17">
-        <f t="shared" si="19"/>
-        <v>50.666666666666664</v>
+        <f t="shared" si="21"/>
+        <v>50.3</v>
       </c>
       <c r="I170" s="17">
-        <f t="shared" si="18"/>
-        <v>28.111111111111111</v>
+        <f t="shared" si="20"/>
+        <v>28</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A171" s="16"/>
       <c r="B171" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C171" s="17">
-        <f t="shared" si="18"/>
-        <v>539.44444444444446</v>
+        <f t="shared" si="20"/>
+        <v>546.6</v>
       </c>
       <c r="D171" s="17">
-        <f t="shared" si="18"/>
-        <v>206.77777777777777</v>
+        <f t="shared" si="20"/>
+        <v>208.8</v>
       </c>
       <c r="E171" s="17">
-        <f t="shared" si="18"/>
-        <v>76.666666666666671</v>
+        <f t="shared" si="20"/>
+        <v>73.8</v>
       </c>
       <c r="F171" s="17"/>
       <c r="G171" s="17">
-        <f t="shared" si="19"/>
-        <v>29.333333333333332</v>
+        <f t="shared" si="21"/>
+        <v>28.6</v>
       </c>
       <c r="H171" s="17">
-        <f t="shared" si="19"/>
-        <v>79.777777777777771</v>
+        <f t="shared" si="21"/>
+        <v>81.2</v>
       </c>
       <c r="I171" s="17">
-        <f t="shared" si="18"/>
-        <v>39.555555555555557</v>
+        <f t="shared" si="20"/>
+        <v>41.4</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A172" s="16"/>
       <c r="B172" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C172" s="17">
-        <f t="shared" si="18"/>
-        <v>9.8888888888888893</v>
+        <f t="shared" si="20"/>
+        <v>10.6</v>
       </c>
       <c r="D172" s="17">
-        <f t="shared" si="18"/>
-        <v>4.7777777777777777</v>
+        <f t="shared" si="20"/>
+        <v>5</v>
       </c>
       <c r="E172" s="17">
-        <f t="shared" si="18"/>
-        <v>7.666666666666667</v>
+        <f t="shared" si="20"/>
+        <v>7.4</v>
       </c>
       <c r="F172" s="17"/>
       <c r="G172" s="17">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="H172" s="17">
-        <f t="shared" si="19"/>
-        <v>2.6666666666666665</v>
+        <f t="shared" si="21"/>
+        <v>2.9</v>
       </c>
       <c r="I172" s="17">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A173" s="16"/>
       <c r="B173" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C173" s="17">
-        <f t="shared" si="18"/>
-        <v>255.77777777777777</v>
+        <f t="shared" si="20"/>
+        <v>252.1</v>
       </c>
       <c r="D173" s="17">
-        <f t="shared" si="18"/>
-        <v>144.44444444444446</v>
+        <f t="shared" si="20"/>
+        <v>141.5</v>
       </c>
       <c r="E173" s="17">
-        <f t="shared" si="18"/>
-        <v>500.88888888888891</v>
+        <f t="shared" si="20"/>
+        <v>467.5</v>
       </c>
       <c r="F173" s="17"/>
       <c r="G173" s="17">
-        <f t="shared" si="19"/>
-        <v>3.3333333333333335</v>
+        <f t="shared" si="21"/>
+        <v>3.2</v>
       </c>
       <c r="H173" s="17">
-        <f t="shared" si="19"/>
-        <v>16</v>
+        <f t="shared" si="21"/>
+        <v>15.8</v>
       </c>
       <c r="I173" s="17">
-        <f t="shared" si="18"/>
-        <v>1.1111111111111112</v>
+        <f t="shared" si="20"/>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A174" s="16"/>
       <c r="B174" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C174" s="17">
-        <f t="shared" si="18"/>
-        <v>89.555555555555557</v>
+        <f t="shared" si="20"/>
+        <v>89.7</v>
       </c>
       <c r="D174" s="17">
-        <f t="shared" si="18"/>
-        <v>43.222222222222221</v>
+        <f t="shared" si="20"/>
+        <v>43.1</v>
       </c>
       <c r="E174" s="17">
-        <f t="shared" si="18"/>
-        <v>57</v>
+        <f t="shared" si="20"/>
+        <v>56.2</v>
       </c>
       <c r="F174" s="17"/>
       <c r="G174" s="17">
-        <f t="shared" si="19"/>
-        <v>0.77777777777777779</v>
+        <f t="shared" si="21"/>
+        <v>0.8</v>
       </c>
       <c r="H174" s="17">
-        <f t="shared" si="19"/>
-        <v>3.6666666666666665</v>
+        <f t="shared" si="21"/>
+        <v>3.7</v>
       </c>
       <c r="I174" s="17">
-        <f t="shared" si="18"/>
-        <v>3.1111111111111112</v>
+        <f t="shared" si="20"/>
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A175" s="16"/>
       <c r="B175" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C175" s="17">
-        <f t="shared" si="18"/>
-        <v>457.22222222222223</v>
+        <f t="shared" si="20"/>
+        <v>457.2</v>
       </c>
       <c r="D175" s="17">
-        <f t="shared" si="18"/>
-        <v>190.66666666666666</v>
+        <f t="shared" si="20"/>
+        <v>188.1</v>
       </c>
       <c r="E175" s="17">
-        <f t="shared" si="18"/>
-        <v>709.22222222222217</v>
+        <f t="shared" si="20"/>
+        <v>660.3</v>
       </c>
       <c r="F175" s="17"/>
       <c r="G175" s="17">
-        <f t="shared" si="19"/>
-        <v>30.777777777777779</v>
+        <f t="shared" si="21"/>
+        <v>29.9</v>
       </c>
       <c r="H175" s="17">
-        <f t="shared" si="19"/>
-        <v>49.777777777777779</v>
+        <f t="shared" si="21"/>
+        <v>50</v>
       </c>
       <c r="I175" s="17">
-        <f t="shared" si="18"/>
-        <v>70.555555555555557</v>
+        <f t="shared" si="20"/>
+        <v>67.099999999999994</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A176" s="16"/>
       <c r="B176" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="17">
         <f>AVERAGE(C20,C33,C46,C59,C72,C85,C98,C112,C124,C137,C150,C163)</f>
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="D176" s="17">
         <f>AVERAGE(D20,D33,D46,D59,D72,D85,D98,D112,D124,D137,D150,D163)</f>
-        <v>4.4444444444444446</v>
+        <v>4</v>
       </c>
       <c r="E176" s="17">
-        <f t="shared" si="18"/>
-        <v>0.1111111111111111</v>
+        <f t="shared" si="20"/>
+        <v>0.1</v>
       </c>
       <c r="F176" s="17"/>
       <c r="G176" s="17">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="H176" s="17">
         <f>AVERAGE(H20,H33,H46,H59,H72,H85,H98,H112,H124,H137,H150,H163)</f>
         <v>0</v>
       </c>
       <c r="I176" s="17">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A177" s="16"/>
       <c r="B177" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C177" s="17">
-        <f t="shared" si="18"/>
-        <v>22.555555555555557</v>
+        <f t="shared" si="20"/>
+        <v>23.4</v>
       </c>
       <c r="D177" s="17">
-        <f t="shared" si="18"/>
-        <v>12.222222222222221</v>
+        <f t="shared" si="20"/>
+        <v>12.8</v>
       </c>
       <c r="E177" s="17">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>2</v>
       </c>
       <c r="F177" s="17"/>
       <c r="G177" s="17">
-        <f t="shared" si="19"/>
+        <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="H177" s="17">
-        <f t="shared" si="19"/>
-        <v>1.2222222222222223</v>
+        <f t="shared" si="21"/>
+        <v>1.2</v>
       </c>
       <c r="I177" s="17">
-        <f t="shared" si="18"/>
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A178" s="20"/>
       <c r="B178" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C178" s="14">
-        <f t="shared" si="18"/>
-        <v>3184.6666666666665</v>
+        <f t="shared" si="20"/>
+        <v>3194.5</v>
       </c>
       <c r="D178" s="14">
-        <f t="shared" si="18"/>
-        <v>1369.3333333333333</v>
+        <f t="shared" si="20"/>
+        <v>1365.1</v>
       </c>
       <c r="E178" s="14">
-        <f t="shared" si="18"/>
-        <v>1537.1111111111111</v>
+        <f t="shared" si="20"/>
+        <v>1450.8</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
-        <f t="shared" si="19"/>
-        <v>109</v>
+        <f t="shared" si="21"/>
+        <v>106</v>
       </c>
       <c r="H178" s="14">
-        <f t="shared" si="18"/>
-        <v>414.22222222222223</v>
+        <f t="shared" si="20"/>
+        <v>415</v>
       </c>
       <c r="I178" s="14">
-        <f t="shared" si="18"/>
-        <v>162</v>
+        <f t="shared" si="20"/>
+        <v>160.9</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="48" t="s">
         <v>85</v>
       </c>
       <c r="B180" s="49"/>
       <c r="C180" s="49"/>
       <c r="D180" s="49"/>
       <c r="E180" s="49"/>
       <c r="F180" s="49"/>
       <c r="G180" s="49"/>
       <c r="H180" s="49"/>
       <c r="I180" s="49"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="48" t="s">
         <v>63</v>
       </c>