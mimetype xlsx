--- v1 (2025-12-08)
+++ v2 (2026-01-29)
@@ -14,111 +14,123 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F95ADA86-A485-4FBE-B743-E860FA1DC27E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FD0C74A-B743-44D2-8005-427253981FA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="17" r:id="rId1"/>
     <sheet name="2024" sheetId="16" r:id="rId2"/>
     <sheet name="2023" sheetId="15" r:id="rId3"/>
     <sheet name="2022" sheetId="12" r:id="rId4"/>
     <sheet name="2021" sheetId="10" r:id="rId5"/>
     <sheet name="2020" sheetId="13" r:id="rId6"/>
     <sheet name="2019" sheetId="14" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2020'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2021'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2022'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2023'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2024'!$A$9:$I$178</definedName>
     <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$9:$I$178</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$9</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I139" i="17" l="1"/>
+  <c r="I165" i="17" l="1"/>
+  <c r="H165" i="17"/>
+  <c r="G165" i="17"/>
+  <c r="E165" i="17"/>
+  <c r="D165" i="17"/>
+  <c r="C165" i="17"/>
+  <c r="I152" i="17"/>
+  <c r="H152" i="17"/>
+  <c r="G152" i="17"/>
+  <c r="E152" i="17"/>
+  <c r="D152" i="17"/>
+  <c r="C152" i="17"/>
+  <c r="I139" i="17"/>
   <c r="H139" i="17"/>
   <c r="G139" i="17"/>
   <c r="E139" i="17"/>
   <c r="D139" i="17"/>
   <c r="C139" i="17"/>
   <c r="I126" i="17"/>
   <c r="H126" i="17"/>
   <c r="G126" i="17"/>
   <c r="E126" i="17"/>
   <c r="D126" i="17"/>
   <c r="C126" i="17"/>
   <c r="I113" i="17"/>
   <c r="H113" i="17"/>
   <c r="G113" i="17"/>
   <c r="E113" i="17"/>
   <c r="D113" i="17"/>
   <c r="C113" i="17"/>
   <c r="I100" i="17"/>
   <c r="H100" i="17"/>
   <c r="G100" i="17"/>
   <c r="E100" i="17"/>
   <c r="D100" i="17"/>
   <c r="C100" i="17"/>
   <c r="C87" i="17"/>
   <c r="D87" i="17"/>
@@ -1298,62 +1310,62 @@
   <si>
     <t>Jun 25</t>
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1408,63 +1420,50 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...11 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1489,51 +1488,51 @@
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1583,71 +1582,50 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -5632,816 +5610,1116 @@
         <v>3283</v>
       </c>
       <c r="D139" s="35">
         <f t="shared" ref="D139:E139" si="18">SUM(D128:D138)</f>
         <v>1327</v>
       </c>
       <c r="E139" s="35">
         <f t="shared" si="18"/>
         <v>674</v>
       </c>
       <c r="F139" s="35"/>
       <c r="G139" s="35">
         <f t="shared" ref="G139:I139" si="19">SUM(G128:G138)</f>
         <v>79</v>
       </c>
       <c r="H139" s="35">
         <f t="shared" si="19"/>
         <v>422</v>
       </c>
       <c r="I139" s="35">
         <f t="shared" si="19"/>
         <v>151</v>
       </c>
     </row>
     <row r="140" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A140" s="39" t="s">
+      <c r="A140" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="B140" s="40"/>
-[...6 lines deleted...]
-      <c r="I140" s="41"/>
+      <c r="B140" s="19"/>
+      <c r="C140" s="11"/>
+      <c r="D140" s="11"/>
+      <c r="E140" s="11"/>
+      <c r="F140" s="11"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="11"/>
+      <c r="I140" s="11"/>
     </row>
     <row r="141" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="42"/>
-      <c r="B141" s="43" t="s">
+      <c r="A141" s="16"/>
+      <c r="B141" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="C141" s="44"/>
-[...5 lines deleted...]
-      <c r="I141" s="44"/>
+      <c r="C141" s="17">
+        <v>190</v>
+      </c>
+      <c r="D141" s="17">
+        <v>92</v>
+      </c>
+      <c r="E141" s="17">
+        <v>8</v>
+      </c>
+      <c r="F141" s="17"/>
+      <c r="G141" s="17">
+        <v>2</v>
+      </c>
+      <c r="H141" s="17">
+        <v>23</v>
+      </c>
+      <c r="I141" s="17">
+        <v>3</v>
+      </c>
     </row>
     <row r="142" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="42"/>
-      <c r="B142" s="43" t="s">
+      <c r="A142" s="16"/>
+      <c r="B142" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="C142" s="44"/>
-[...5 lines deleted...]
-      <c r="I142" s="44"/>
+      <c r="C142" s="17">
+        <v>1002</v>
+      </c>
+      <c r="D142" s="17">
+        <v>364</v>
+      </c>
+      <c r="E142" s="17">
+        <v>40</v>
+      </c>
+      <c r="F142" s="17"/>
+      <c r="G142" s="17">
+        <v>22</v>
+      </c>
+      <c r="H142" s="17">
+        <v>144</v>
+      </c>
+      <c r="I142" s="17">
+        <v>13</v>
+      </c>
     </row>
     <row r="143" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A143" s="42"/>
-      <c r="B143" s="43" t="s">
+      <c r="A143" s="16"/>
+      <c r="B143" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="C143" s="44"/>
-[...5 lines deleted...]
-      <c r="I143" s="44"/>
+      <c r="C143" s="17">
+        <v>397</v>
+      </c>
+      <c r="D143" s="17">
+        <v>157</v>
+      </c>
+      <c r="E143" s="17">
+        <v>83</v>
+      </c>
+      <c r="F143" s="17"/>
+      <c r="G143" s="17">
+        <v>6</v>
+      </c>
+      <c r="H143" s="17">
+        <v>44</v>
+      </c>
+      <c r="I143" s="17">
+        <v>5</v>
+      </c>
     </row>
     <row r="144" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A144" s="42"/>
-      <c r="B144" s="43" t="s">
+      <c r="A144" s="16"/>
+      <c r="B144" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="C144" s="44"/>
-[...5 lines deleted...]
-      <c r="I144" s="44"/>
+      <c r="C144" s="17">
+        <v>345</v>
+      </c>
+      <c r="D144" s="17">
+        <v>135</v>
+      </c>
+      <c r="E144" s="17">
+        <v>28</v>
+      </c>
+      <c r="F144" s="17"/>
+      <c r="G144" s="17">
+        <v>11</v>
+      </c>
+      <c r="H144" s="17">
+        <v>46</v>
+      </c>
+      <c r="I144" s="17">
+        <v>32</v>
+      </c>
     </row>
     <row r="145" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A145" s="42"/>
-      <c r="B145" s="43" t="s">
+      <c r="A145" s="16"/>
+      <c r="B145" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="C145" s="44"/>
-[...5 lines deleted...]
-      <c r="I145" s="44"/>
+      <c r="C145" s="17">
+        <v>634</v>
+      </c>
+      <c r="D145" s="17">
+        <v>235</v>
+      </c>
+      <c r="E145" s="17">
+        <v>46</v>
+      </c>
+      <c r="F145" s="17"/>
+      <c r="G145" s="17">
+        <v>21</v>
+      </c>
+      <c r="H145" s="17">
+        <v>91</v>
+      </c>
+      <c r="I145" s="17">
+        <v>91</v>
+      </c>
     </row>
     <row r="146" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="42"/>
-      <c r="B146" s="43" t="s">
+      <c r="A146" s="16"/>
+      <c r="B146" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="C146" s="44"/>
-[...5 lines deleted...]
-      <c r="I146" s="44"/>
+      <c r="C146" s="17">
+        <v>16</v>
+      </c>
+      <c r="D146" s="17">
+        <v>7</v>
+      </c>
+      <c r="E146" s="17">
+        <v>5</v>
+      </c>
+      <c r="F146" s="17"/>
+      <c r="G146" s="17">
+        <v>0</v>
+      </c>
+      <c r="H146" s="17">
+        <v>4</v>
+      </c>
+      <c r="I146" s="17">
+        <v>0</v>
+      </c>
     </row>
     <row r="147" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A147" s="42"/>
-      <c r="B147" s="43" t="s">
+      <c r="A147" s="16"/>
+      <c r="B147" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="C147" s="44"/>
-[...5 lines deleted...]
-      <c r="I147" s="44"/>
+      <c r="C147" s="17">
+        <v>247</v>
+      </c>
+      <c r="D147" s="17">
+        <v>127</v>
+      </c>
+      <c r="E147" s="17">
+        <v>214</v>
+      </c>
+      <c r="F147" s="17"/>
+      <c r="G147" s="17">
+        <v>2</v>
+      </c>
+      <c r="H147" s="17">
+        <v>20</v>
+      </c>
+      <c r="I147" s="17">
+        <v>4</v>
+      </c>
     </row>
     <row r="148" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="42"/>
-      <c r="B148" s="43" t="s">
+      <c r="A148" s="16"/>
+      <c r="B148" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="C148" s="44"/>
-[...5 lines deleted...]
-      <c r="I148" s="44"/>
+      <c r="C148" s="17">
+        <v>93</v>
+      </c>
+      <c r="D148" s="17">
+        <v>43</v>
+      </c>
+      <c r="E148" s="17">
+        <v>27</v>
+      </c>
+      <c r="F148" s="17"/>
+      <c r="G148" s="17">
+        <v>1</v>
+      </c>
+      <c r="H148" s="17">
+        <v>5</v>
+      </c>
+      <c r="I148" s="17">
+        <v>2</v>
+      </c>
     </row>
     <row r="149" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A149" s="42"/>
-      <c r="B149" s="43" t="s">
+      <c r="A149" s="16"/>
+      <c r="B149" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="C149" s="44"/>
-[...5 lines deleted...]
-      <c r="I149" s="44"/>
+      <c r="C149" s="17">
+        <v>471</v>
+      </c>
+      <c r="D149" s="17">
+        <v>175</v>
+      </c>
+      <c r="E149" s="17">
+        <v>267</v>
+      </c>
+      <c r="F149" s="17"/>
+      <c r="G149" s="17">
+        <v>24</v>
+      </c>
+      <c r="H149" s="17">
+        <v>56</v>
+      </c>
+      <c r="I149" s="17">
+        <v>39</v>
+      </c>
     </row>
     <row r="150" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="42"/>
-      <c r="B150" s="43" t="s">
+      <c r="A150" s="16"/>
+      <c r="B150" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="C150" s="44"/>
-[...5 lines deleted...]
-      <c r="I150" s="44"/>
+      <c r="C150" s="17">
+        <v>1</v>
+      </c>
+      <c r="D150" s="17">
+        <v>0</v>
+      </c>
+      <c r="E150" s="17">
+        <v>0</v>
+      </c>
+      <c r="F150" s="17"/>
+      <c r="G150" s="17">
+        <v>0</v>
+      </c>
+      <c r="H150" s="17">
+        <v>0</v>
+      </c>
+      <c r="I150" s="17">
+        <v>0</v>
+      </c>
     </row>
     <row r="151" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="42"/>
-      <c r="B151" s="43" t="s">
+      <c r="A151" s="16"/>
+      <c r="B151" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="C151" s="44"/>
-[...5 lines deleted...]
-      <c r="I151" s="44"/>
+      <c r="C151" s="17">
+        <v>30</v>
+      </c>
+      <c r="D151" s="17">
+        <v>12</v>
+      </c>
+      <c r="E151" s="17">
+        <v>3</v>
+      </c>
+      <c r="F151" s="17"/>
+      <c r="G151" s="17">
+        <v>0</v>
+      </c>
+      <c r="H151" s="17">
+        <v>0</v>
+      </c>
+      <c r="I151" s="17">
+        <v>0</v>
+      </c>
     </row>
     <row r="152" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="45"/>
-      <c r="B152" s="46" t="s">
+      <c r="A152" s="20"/>
+      <c r="B152" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="C152" s="47"/>
-[...5 lines deleted...]
-      <c r="I152" s="47"/>
+      <c r="C152" s="14">
+        <f>SUM(C141:C151)</f>
+        <v>3426</v>
+      </c>
+      <c r="D152" s="14">
+        <f t="shared" ref="D152:E152" si="20">SUM(D141:D151)</f>
+        <v>1347</v>
+      </c>
+      <c r="E152" s="14">
+        <f t="shared" si="20"/>
+        <v>721</v>
+      </c>
+      <c r="F152" s="14"/>
+      <c r="G152" s="14">
+        <f t="shared" ref="G152:I152" si="21">SUM(G141:G151)</f>
+        <v>89</v>
+      </c>
+      <c r="H152" s="14">
+        <f t="shared" si="21"/>
+        <v>433</v>
+      </c>
+      <c r="I152" s="14">
+        <f t="shared" si="21"/>
+        <v>189</v>
+      </c>
     </row>
     <row r="153" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A153" s="39" t="s">
+      <c r="A153" s="27" t="s">
         <v>129</v>
       </c>
-      <c r="B153" s="40"/>
-[...6 lines deleted...]
-      <c r="I153" s="41"/>
+      <c r="B153" s="28"/>
+      <c r="C153" s="29"/>
+      <c r="D153" s="29"/>
+      <c r="E153" s="29"/>
+      <c r="F153" s="29"/>
+      <c r="G153" s="29"/>
+      <c r="H153" s="29"/>
+      <c r="I153" s="29"/>
     </row>
     <row r="154" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="42"/>
-      <c r="B154" s="43" t="s">
+      <c r="A154" s="30"/>
+      <c r="B154" s="31" t="s">
         <v>43</v>
       </c>
-      <c r="C154" s="44"/>
-[...5 lines deleted...]
-      <c r="I154" s="44"/>
+      <c r="C154" s="17">
+        <v>189</v>
+      </c>
+      <c r="D154" s="17">
+        <v>91</v>
+      </c>
+      <c r="E154" s="17">
+        <v>7</v>
+      </c>
+      <c r="F154" s="17"/>
+      <c r="G154" s="17">
+        <v>2</v>
+      </c>
+      <c r="H154" s="17">
+        <v>25</v>
+      </c>
+      <c r="I154" s="17">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="42"/>
-      <c r="B155" s="43" t="s">
+      <c r="A155" s="30"/>
+      <c r="B155" s="31" t="s">
         <v>44</v>
       </c>
-      <c r="C155" s="44"/>
-[...5 lines deleted...]
-      <c r="I155" s="44"/>
+      <c r="C155" s="17">
+        <v>1034</v>
+      </c>
+      <c r="D155" s="17">
+        <v>378</v>
+      </c>
+      <c r="E155" s="17">
+        <v>30</v>
+      </c>
+      <c r="F155" s="17"/>
+      <c r="G155" s="17">
+        <v>26</v>
+      </c>
+      <c r="H155" s="17">
+        <v>139</v>
+      </c>
+      <c r="I155" s="17">
+        <v>12</v>
+      </c>
     </row>
     <row r="156" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="42"/>
-      <c r="B156" s="43" t="s">
+      <c r="A156" s="30"/>
+      <c r="B156" s="31" t="s">
         <v>45</v>
       </c>
-      <c r="C156" s="44"/>
-[...5 lines deleted...]
-      <c r="I156" s="44"/>
+      <c r="C156" s="17">
+        <v>393</v>
+      </c>
+      <c r="D156" s="17">
+        <v>164</v>
+      </c>
+      <c r="E156" s="17">
+        <v>68</v>
+      </c>
+      <c r="F156" s="17"/>
+      <c r="G156" s="17">
+        <v>6</v>
+      </c>
+      <c r="H156" s="17">
+        <v>43</v>
+      </c>
+      <c r="I156" s="17">
+        <v>5</v>
+      </c>
     </row>
     <row r="157" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="42"/>
-      <c r="B157" s="43" t="s">
+      <c r="A157" s="30"/>
+      <c r="B157" s="31" t="s">
         <v>46</v>
       </c>
-      <c r="C157" s="44"/>
-[...5 lines deleted...]
-      <c r="I157" s="44"/>
+      <c r="C157" s="17">
+        <v>343</v>
+      </c>
+      <c r="D157" s="17">
+        <v>148</v>
+      </c>
+      <c r="E157" s="17">
+        <v>22</v>
+      </c>
+      <c r="F157" s="17"/>
+      <c r="G157" s="17">
+        <v>15</v>
+      </c>
+      <c r="H157" s="17">
+        <v>48</v>
+      </c>
+      <c r="I157" s="17">
+        <v>27</v>
+      </c>
     </row>
     <row r="158" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A158" s="42"/>
-      <c r="B158" s="43" t="s">
+      <c r="A158" s="30"/>
+      <c r="B158" s="31" t="s">
         <v>47</v>
       </c>
-      <c r="C158" s="44"/>
-[...5 lines deleted...]
-      <c r="I158" s="44"/>
+      <c r="C158" s="17">
+        <v>627</v>
+      </c>
+      <c r="D158" s="17">
+        <v>244</v>
+      </c>
+      <c r="E158" s="17">
+        <v>34</v>
+      </c>
+      <c r="F158" s="17"/>
+      <c r="G158" s="17">
+        <v>22</v>
+      </c>
+      <c r="H158" s="17">
+        <v>100</v>
+      </c>
+      <c r="I158" s="17">
+        <v>54</v>
+      </c>
     </row>
     <row r="159" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A159" s="42"/>
-      <c r="B159" s="43" t="s">
+      <c r="A159" s="30"/>
+      <c r="B159" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="C159" s="44"/>
-[...5 lines deleted...]
-      <c r="I159" s="44"/>
+      <c r="C159" s="17">
+        <v>14</v>
+      </c>
+      <c r="D159" s="17">
+        <v>5</v>
+      </c>
+      <c r="E159" s="17">
+        <v>4</v>
+      </c>
+      <c r="F159" s="17"/>
+      <c r="G159" s="17">
+        <v>0</v>
+      </c>
+      <c r="H159" s="17">
+        <v>4</v>
+      </c>
+      <c r="I159" s="17">
+        <v>0</v>
+      </c>
     </row>
     <row r="160" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A160" s="42"/>
-      <c r="B160" s="43" t="s">
+      <c r="A160" s="30"/>
+      <c r="B160" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="C160" s="44"/>
-[...5 lines deleted...]
-      <c r="I160" s="44"/>
+      <c r="C160" s="17">
+        <v>279</v>
+      </c>
+      <c r="D160" s="17">
+        <v>161</v>
+      </c>
+      <c r="E160" s="17">
+        <v>1338</v>
+      </c>
+      <c r="F160" s="17"/>
+      <c r="G160" s="17">
+        <v>2</v>
+      </c>
+      <c r="H160" s="17">
+        <v>17</v>
+      </c>
+      <c r="I160" s="17">
+        <v>5</v>
+      </c>
     </row>
     <row r="161" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A161" s="42"/>
-      <c r="B161" s="43" t="s">
+      <c r="A161" s="30"/>
+      <c r="B161" s="31" t="s">
         <v>53</v>
       </c>
-      <c r="C161" s="44"/>
-[...5 lines deleted...]
-      <c r="I161" s="44"/>
+      <c r="C161" s="17">
+        <v>94</v>
+      </c>
+      <c r="D161" s="17">
+        <v>49</v>
+      </c>
+      <c r="E161" s="17">
+        <v>32</v>
+      </c>
+      <c r="F161" s="17"/>
+      <c r="G161" s="17">
+        <v>1</v>
+      </c>
+      <c r="H161" s="17">
+        <v>5</v>
+      </c>
+      <c r="I161" s="17">
+        <v>2</v>
+      </c>
     </row>
     <row r="162" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A162" s="42"/>
-      <c r="B162" s="43" t="s">
+      <c r="A162" s="30"/>
+      <c r="B162" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="C162" s="44"/>
-[...5 lines deleted...]
-      <c r="I162" s="44"/>
+      <c r="C162" s="17">
+        <v>485</v>
+      </c>
+      <c r="D162" s="17">
+        <v>193</v>
+      </c>
+      <c r="E162" s="17">
+        <v>293</v>
+      </c>
+      <c r="F162" s="17"/>
+      <c r="G162" s="17">
+        <v>24</v>
+      </c>
+      <c r="H162" s="17">
+        <v>47</v>
+      </c>
+      <c r="I162" s="17">
+        <v>34</v>
+      </c>
     </row>
     <row r="163" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="42"/>
-      <c r="B163" s="43" t="s">
+      <c r="A163" s="30"/>
+      <c r="B163" s="31" t="s">
         <v>50</v>
       </c>
-      <c r="C163" s="44"/>
-[...5 lines deleted...]
-      <c r="I163" s="44"/>
+      <c r="C163" s="17">
+        <v>1</v>
+      </c>
+      <c r="D163" s="17">
+        <v>0</v>
+      </c>
+      <c r="E163" s="17">
+        <v>0</v>
+      </c>
+      <c r="F163" s="17"/>
+      <c r="G163" s="17">
+        <v>0</v>
+      </c>
+      <c r="H163" s="17">
+        <v>0</v>
+      </c>
+      <c r="I163" s="17">
+        <v>0</v>
+      </c>
     </row>
     <row r="164" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A164" s="42"/>
-      <c r="B164" s="43" t="s">
+      <c r="A164" s="30"/>
+      <c r="B164" s="31" t="s">
         <v>51</v>
       </c>
-      <c r="C164" s="44"/>
-[...5 lines deleted...]
-      <c r="I164" s="44"/>
+      <c r="C164" s="17">
+        <v>26</v>
+      </c>
+      <c r="D164" s="17">
+        <v>7</v>
+      </c>
+      <c r="E164" s="17">
+        <v>3</v>
+      </c>
+      <c r="F164" s="17"/>
+      <c r="G164" s="17">
+        <v>0</v>
+      </c>
+      <c r="H164" s="17">
+        <v>1</v>
+      </c>
+      <c r="I164" s="17">
+        <v>1</v>
+      </c>
     </row>
     <row r="165" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="45"/>
-      <c r="B165" s="46" t="s">
+      <c r="A165" s="33"/>
+      <c r="B165" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="C165" s="47"/>
-[...5 lines deleted...]
-      <c r="I165" s="47"/>
+      <c r="C165" s="35">
+        <f>SUM(C154:C164)</f>
+        <v>3485</v>
+      </c>
+      <c r="D165" s="35">
+        <f t="shared" ref="D165:E165" si="22">SUM(D154:D164)</f>
+        <v>1440</v>
+      </c>
+      <c r="E165" s="35">
+        <f t="shared" si="22"/>
+        <v>1831</v>
+      </c>
+      <c r="F165" s="35"/>
+      <c r="G165" s="35">
+        <f t="shared" ref="G165:I165" si="23">SUM(G154:G164)</f>
+        <v>98</v>
+      </c>
+      <c r="H165" s="35">
+        <f t="shared" si="23"/>
+        <v>429</v>
+      </c>
+      <c r="I165" s="35">
+        <f t="shared" si="23"/>
+        <v>141</v>
+      </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A166" s="18" t="s">
         <v>130</v>
       </c>
       <c r="B166" s="19"/>
       <c r="C166" s="11"/>
       <c r="D166" s="11"/>
       <c r="E166" s="11"/>
       <c r="F166" s="11"/>
       <c r="G166" s="11"/>
       <c r="H166" s="11"/>
       <c r="I166" s="11"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A167" s="16"/>
       <c r="B167" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C167" s="17">
-        <f t="shared" ref="C167:I178" si="20">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
-        <v>172.5</v>
+        <f t="shared" ref="C167:I178" si="24">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
+        <v>175.33333333333334</v>
       </c>
       <c r="D167" s="17">
-        <f t="shared" si="20"/>
-        <v>87</v>
+        <f t="shared" si="24"/>
+        <v>87.75</v>
       </c>
       <c r="E167" s="17">
-        <f t="shared" si="20"/>
-        <v>10.5</v>
+        <f t="shared" si="24"/>
+        <v>10</v>
       </c>
       <c r="F167" s="17"/>
       <c r="G167" s="17">
-        <f t="shared" ref="G167:H178" si="21">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
-        <v>2.4</v>
+        <f t="shared" ref="G167:H178" si="25">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
+        <v>2.3333333333333335</v>
       </c>
       <c r="H167" s="17">
-        <f t="shared" si="21"/>
-        <v>16</v>
+        <f t="shared" si="25"/>
+        <v>17.333333333333332</v>
       </c>
       <c r="I167" s="17">
-        <f t="shared" si="20"/>
-        <v>1.8</v>
+        <f t="shared" si="24"/>
+        <v>1.8333333333333333</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A168" s="16"/>
       <c r="B168" s="10" t="s">
         <v>44</v>
       </c>
       <c r="C168" s="17">
-        <f t="shared" si="20"/>
-        <v>934.9</v>
+        <f t="shared" si="24"/>
+        <v>948.75</v>
       </c>
       <c r="D168" s="17">
-        <f t="shared" si="20"/>
-        <v>368.5</v>
+        <f t="shared" si="24"/>
+        <v>368.91666666666669</v>
       </c>
       <c r="E168" s="17">
-        <f t="shared" si="20"/>
-        <v>56.7</v>
+        <f t="shared" si="24"/>
+        <v>53.083333333333336</v>
       </c>
       <c r="F168" s="17"/>
       <c r="G168" s="17">
-        <f t="shared" si="21"/>
-        <v>23.6</v>
+        <f t="shared" si="25"/>
+        <v>23.666666666666668</v>
       </c>
       <c r="H168" s="17">
-        <f t="shared" si="21"/>
-        <v>152.30000000000001</v>
+        <f t="shared" si="25"/>
+        <v>150.5</v>
       </c>
       <c r="I168" s="17">
-        <f t="shared" si="20"/>
-        <v>12.2</v>
+        <f t="shared" si="24"/>
+        <v>12.25</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A169" s="16"/>
       <c r="B169" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C169" s="17">
-        <f t="shared" si="20"/>
-        <v>348.6</v>
+        <f t="shared" si="24"/>
+        <v>356.33333333333331</v>
       </c>
       <c r="D169" s="17">
-        <f t="shared" si="20"/>
-        <v>150.69999999999999</v>
+        <f t="shared" si="24"/>
+        <v>152.33333333333334</v>
       </c>
       <c r="E169" s="17">
-        <f t="shared" si="20"/>
-        <v>72.599999999999994</v>
+        <f t="shared" si="24"/>
+        <v>73.083333333333329</v>
       </c>
       <c r="F169" s="17"/>
       <c r="G169" s="17">
-        <f t="shared" si="21"/>
-        <v>9.4</v>
+        <f t="shared" si="25"/>
+        <v>8.8333333333333339</v>
       </c>
       <c r="H169" s="17">
-        <f t="shared" si="21"/>
-        <v>41.6</v>
+        <f t="shared" si="25"/>
+        <v>41.916666666666664</v>
       </c>
       <c r="I169" s="17">
-        <f t="shared" si="20"/>
-        <v>6.3</v>
+        <f t="shared" si="24"/>
+        <v>6.083333333333333</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A170" s="16"/>
       <c r="B170" s="10" t="s">
         <v>46</v>
       </c>
       <c r="C170" s="17">
-        <f t="shared" si="20"/>
-        <v>355.9</v>
+        <f t="shared" si="24"/>
+        <v>353.91666666666669</v>
       </c>
       <c r="D170" s="17">
-        <f t="shared" si="20"/>
-        <v>157.9</v>
+        <f t="shared" si="24"/>
+        <v>155.16666666666666</v>
       </c>
       <c r="E170" s="17">
-        <f t="shared" si="20"/>
-        <v>43.7</v>
+        <f t="shared" si="24"/>
+        <v>40.583333333333336</v>
       </c>
       <c r="F170" s="17"/>
       <c r="G170" s="17">
-        <f t="shared" si="21"/>
-        <v>8.1</v>
+        <f t="shared" si="25"/>
+        <v>8.9166666666666661</v>
       </c>
       <c r="H170" s="17">
-        <f t="shared" si="21"/>
-        <v>50.3</v>
+        <f t="shared" si="25"/>
+        <v>49.75</v>
       </c>
       <c r="I170" s="17">
-        <f t="shared" si="20"/>
-        <v>28</v>
+        <f t="shared" si="24"/>
+        <v>28.25</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A171" s="16"/>
       <c r="B171" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C171" s="17">
-        <f t="shared" si="20"/>
-        <v>546.6</v>
+        <f t="shared" si="24"/>
+        <v>560.58333333333337</v>
       </c>
       <c r="D171" s="17">
-        <f t="shared" si="20"/>
-        <v>208.8</v>
+        <f t="shared" si="24"/>
+        <v>213.91666666666666</v>
       </c>
       <c r="E171" s="17">
-        <f t="shared" si="20"/>
-        <v>73.8</v>
+        <f t="shared" si="24"/>
+        <v>68.166666666666671</v>
       </c>
       <c r="F171" s="17"/>
       <c r="G171" s="17">
-        <f t="shared" si="21"/>
-        <v>28.6</v>
+        <f t="shared" si="25"/>
+        <v>27.416666666666668</v>
       </c>
       <c r="H171" s="17">
-        <f t="shared" si="21"/>
-        <v>81.2</v>
+        <f t="shared" si="25"/>
+        <v>83.583333333333329</v>
       </c>
       <c r="I171" s="17">
-        <f t="shared" si="20"/>
-        <v>41.4</v>
+        <f t="shared" si="24"/>
+        <v>46.583333333333336</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A172" s="16"/>
       <c r="B172" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C172" s="17">
-        <f t="shared" si="20"/>
-        <v>10.6</v>
+        <f t="shared" si="24"/>
+        <v>11.333333333333334</v>
       </c>
       <c r="D172" s="17">
-        <f t="shared" si="20"/>
-        <v>5</v>
+        <f t="shared" si="24"/>
+        <v>5.166666666666667</v>
       </c>
       <c r="E172" s="17">
-        <f t="shared" si="20"/>
-        <v>7.4</v>
+        <f t="shared" si="24"/>
+        <v>6.916666666666667</v>
       </c>
       <c r="F172" s="17"/>
       <c r="G172" s="17">
-        <f t="shared" si="21"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="H172" s="17">
-        <f t="shared" si="21"/>
-        <v>2.9</v>
+        <f t="shared" si="25"/>
+        <v>3.0833333333333335</v>
       </c>
       <c r="I172" s="17">
-        <f t="shared" si="20"/>
+        <f t="shared" si="24"/>
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A173" s="16"/>
       <c r="B173" s="10" t="s">
         <v>48</v>
       </c>
       <c r="C173" s="17">
-        <f t="shared" si="20"/>
-        <v>252.1</v>
+        <f t="shared" si="24"/>
+        <v>253.91666666666666</v>
       </c>
       <c r="D173" s="17">
-        <f t="shared" si="20"/>
-        <v>141.5</v>
+        <f t="shared" si="24"/>
+        <v>141.91666666666666</v>
       </c>
       <c r="E173" s="17">
-        <f t="shared" si="20"/>
-        <v>467.5</v>
+        <f t="shared" si="24"/>
+        <v>518.91666666666663</v>
       </c>
       <c r="F173" s="17"/>
       <c r="G173" s="17">
-        <f t="shared" si="21"/>
-        <v>3.2</v>
+        <f t="shared" si="25"/>
+        <v>3</v>
       </c>
       <c r="H173" s="17">
-        <f t="shared" si="21"/>
-        <v>15.8</v>
+        <f t="shared" si="25"/>
+        <v>16.25</v>
       </c>
       <c r="I173" s="17">
-        <f t="shared" si="20"/>
-        <v>1.1000000000000001</v>
+        <f t="shared" si="24"/>
+        <v>1.6666666666666667</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A174" s="16"/>
       <c r="B174" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C174" s="17">
-        <f t="shared" si="20"/>
-        <v>89.7</v>
+        <f t="shared" si="24"/>
+        <v>90.333333333333329</v>
       </c>
       <c r="D174" s="17">
-        <f t="shared" si="20"/>
-        <v>43.1</v>
+        <f t="shared" si="24"/>
+        <v>43.583333333333336</v>
       </c>
       <c r="E174" s="17">
-        <f t="shared" si="20"/>
-        <v>56.2</v>
+        <f t="shared" si="24"/>
+        <v>51.75</v>
       </c>
       <c r="F174" s="17"/>
       <c r="G174" s="17">
-        <f t="shared" si="21"/>
-        <v>0.8</v>
+        <f t="shared" si="25"/>
+        <v>0.83333333333333337</v>
       </c>
       <c r="H174" s="17">
-        <f t="shared" si="21"/>
-        <v>3.7</v>
+        <f t="shared" si="25"/>
+        <v>3.9166666666666665</v>
       </c>
       <c r="I174" s="17">
-        <f t="shared" si="20"/>
-        <v>3</v>
+        <f t="shared" si="24"/>
+        <v>2.8333333333333335</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A175" s="16"/>
       <c r="B175" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C175" s="17">
-        <f t="shared" si="20"/>
-        <v>457.2</v>
+        <f t="shared" si="24"/>
+        <v>460.66666666666669</v>
       </c>
       <c r="D175" s="17">
-        <f t="shared" si="20"/>
-        <v>188.1</v>
+        <f t="shared" si="24"/>
+        <v>187.41666666666666</v>
       </c>
       <c r="E175" s="17">
-        <f t="shared" si="20"/>
-        <v>660.3</v>
+        <f t="shared" si="24"/>
+        <v>596.91666666666663</v>
       </c>
       <c r="F175" s="17"/>
       <c r="G175" s="17">
-        <f t="shared" si="21"/>
-        <v>29.9</v>
+        <f t="shared" si="25"/>
+        <v>28.916666666666668</v>
       </c>
       <c r="H175" s="17">
-        <f t="shared" si="21"/>
-        <v>50</v>
+        <f t="shared" si="25"/>
+        <v>50.25</v>
       </c>
       <c r="I175" s="17">
-        <f t="shared" si="20"/>
-        <v>67.099999999999994</v>
+        <f t="shared" si="24"/>
+        <v>62</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A176" s="16"/>
       <c r="B176" s="10" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="17">
         <f>AVERAGE(C20,C33,C46,C59,C72,C85,C98,C112,C124,C137,C150,C163)</f>
-        <v>5.5</v>
+        <v>4.75</v>
       </c>
       <c r="D176" s="17">
         <f>AVERAGE(D20,D33,D46,D59,D72,D85,D98,D112,D124,D137,D150,D163)</f>
-        <v>4</v>
+        <v>3.3333333333333335</v>
       </c>
       <c r="E176" s="17">
-        <f t="shared" si="20"/>
-        <v>0.1</v>
+        <f t="shared" si="24"/>
+        <v>8.3333333333333329E-2</v>
       </c>
       <c r="F176" s="17"/>
       <c r="G176" s="17">
-        <f t="shared" si="21"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="H176" s="17">
         <f>AVERAGE(H20,H33,H46,H59,H72,H85,H98,H112,H124,H137,H150,H163)</f>
         <v>0</v>
       </c>
       <c r="I176" s="17">
-        <f t="shared" si="20"/>
+        <f t="shared" si="24"/>
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A177" s="16"/>
       <c r="B177" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C177" s="17">
-        <f t="shared" si="20"/>
-        <v>23.4</v>
+        <f t="shared" si="24"/>
+        <v>24.166666666666668</v>
       </c>
       <c r="D177" s="17">
-        <f t="shared" si="20"/>
-        <v>12.8</v>
+        <f t="shared" si="24"/>
+        <v>12.25</v>
       </c>
       <c r="E177" s="17">
-        <f t="shared" si="20"/>
-        <v>2</v>
+        <f t="shared" si="24"/>
+        <v>2.1666666666666665</v>
       </c>
       <c r="F177" s="17"/>
       <c r="G177" s="17">
-        <f t="shared" si="21"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="H177" s="17">
-        <f t="shared" si="21"/>
-        <v>1.2</v>
+        <f t="shared" si="25"/>
+        <v>1.0833333333333333</v>
       </c>
       <c r="I177" s="17">
-        <f t="shared" si="20"/>
-        <v>0</v>
+        <f t="shared" si="24"/>
+        <v>8.3333333333333329E-2</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A178" s="20"/>
       <c r="B178" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C178" s="14">
-        <f t="shared" si="20"/>
-        <v>3194.5</v>
+        <f t="shared" si="24"/>
+        <v>3238</v>
       </c>
       <c r="D178" s="14">
-        <f t="shared" si="20"/>
-        <v>1365.1</v>
+        <f t="shared" si="24"/>
+        <v>1369.8333333333333</v>
       </c>
       <c r="E178" s="14">
-        <f t="shared" si="20"/>
-        <v>1450.8</v>
+        <f t="shared" si="24"/>
+        <v>1421.6666666666667</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
-        <f t="shared" si="21"/>
-        <v>106</v>
+        <f t="shared" si="25"/>
+        <v>103.91666666666667</v>
       </c>
       <c r="H178" s="14">
-        <f t="shared" si="20"/>
-        <v>415</v>
+        <f t="shared" si="24"/>
+        <v>417.66666666666669</v>
       </c>
       <c r="I178" s="14">
-        <f t="shared" si="20"/>
-        <v>160.9</v>
+        <f t="shared" si="24"/>
+        <v>161.58333333333334</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -10753,87 +11031,87 @@
       <c r="E178" s="14">
         <f t="shared" si="28"/>
         <v>1688.75</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" ref="G178" si="38">AVERAGE(G22,G35,G48,G61,G74,G87,G100,G113,G126,G139,G152,G165)</f>
         <v>201.75</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="28"/>
         <v>422.83333333333331</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="28"/>
         <v>155.16666666666666</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -15148,87 +15426,87 @@
         <f t="shared" si="25"/>
         <v>768</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="25"/>
         <v>249.58333333333334</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="25"/>
         <v>335.91666666666669</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="25"/>
         <v>214.33333333333334</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1"/>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -19540,87 +19818,87 @@
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="25"/>
         <v>294.5</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="25"/>
         <v>388</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="25"/>
         <v>334.41666666666669</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A181:I181"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -23860,87 +24138,87 @@
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" ref="G178:I178" si="24">AVERAGE(G22,G35,G48,G61,G74,G87,G100,G113,G126,G139,G152,G165)</f>
         <v>383.16666666666669</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="24"/>
         <v>580.58333333333337</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="24"/>
         <v>313.16666666666669</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A180:I180"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -28180,87 +28458,87 @@
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="2"/>
         <v>384.16666666666669</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="2"/>
         <v>651.58333333333337</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="2"/>
         <v>116.08333333333333</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A180:I180"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
@@ -32498,87 +32776,87 @@
         <f t="shared" si="2"/>
         <v>636.25</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="4"/>
         <v>336.58333333333331</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="4"/>
         <v>514.16666666666663</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="4"/>
         <v>248.75</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1"/>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="48" t="s">
+      <c r="A180" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="49"/>
-[...6 lines deleted...]
-      <c r="I180" s="49"/>
+      <c r="B180" s="40"/>
+      <c r="C180" s="40"/>
+      <c r="D180" s="40"/>
+      <c r="E180" s="40"/>
+      <c r="F180" s="40"/>
+      <c r="G180" s="40"/>
+      <c r="H180" s="40"/>
+      <c r="I180" s="40"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="48" t="s">
+      <c r="A181" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="49"/>
-[...6 lines deleted...]
-      <c r="I181" s="49"/>
+      <c r="B181" s="40"/>
+      <c r="C181" s="40"/>
+      <c r="D181" s="40"/>
+      <c r="E181" s="40"/>
+      <c r="F181" s="40"/>
+      <c r="G181" s="40"/>
+      <c r="H181" s="40"/>
+      <c r="I181" s="40"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="48" t="s">
+      <c r="A182" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="49"/>
-[...6 lines deleted...]
-      <c r="I182" s="49"/>
+      <c r="B182" s="40"/>
+      <c r="C182" s="40"/>
+      <c r="D182" s="40"/>
+      <c r="E182" s="40"/>
+      <c r="F182" s="40"/>
+      <c r="G182" s="40"/>
+      <c r="H182" s="40"/>
+      <c r="I182" s="40"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A180:I180"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>