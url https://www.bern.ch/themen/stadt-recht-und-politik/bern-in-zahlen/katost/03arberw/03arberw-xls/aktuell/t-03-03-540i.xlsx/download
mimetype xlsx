--- v2 (2026-01-29)
+++ v3 (2026-02-18)
@@ -1,124 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FD0C74A-B743-44D2-8005-427253981FA1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0297EA2D-E3DE-4424-B3BC-622DFEAFD545}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="17" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="2019" sheetId="14" r:id="rId7"/>
+    <sheet name="2026" sheetId="18" r:id="rId1"/>
+    <sheet name="2025" sheetId="17" r:id="rId2"/>
+    <sheet name="2024" sheetId="16" r:id="rId3"/>
+    <sheet name="2023" sheetId="15" r:id="rId4"/>
+    <sheet name="2022" sheetId="12" r:id="rId5"/>
+    <sheet name="2021" sheetId="10" r:id="rId6"/>
+    <sheet name="2020" sheetId="13" r:id="rId7"/>
+    <sheet name="2019" sheetId="14" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2019'!$A$9:$I$178</definedName>
-[...16 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$9</definedName>
+    <definedName name="_FilterDatabase" localSheetId="7" hidden="1">'2019'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="6" hidden="1">'2020'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="5" hidden="1">'2021'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="4" hidden="1">'2022'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="3" hidden="1">'2023'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="2" hidden="1">'2024'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="1" hidden="1">'2025'!$A$9:$I$178</definedName>
+    <definedName name="_FilterDatabase" localSheetId="0" hidden="1">'2026'!$A$9:$I$178</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I165" i="17" l="1"/>
+  <c r="C176" i="18" l="1"/>
+  <c r="E177" i="18"/>
+  <c r="E168" i="18"/>
+  <c r="E169" i="18"/>
+  <c r="E170" i="18"/>
+  <c r="E171" i="18"/>
+  <c r="E172" i="18"/>
+  <c r="E173" i="18"/>
+  <c r="E174" i="18"/>
+  <c r="E175" i="18"/>
+  <c r="E176" i="18"/>
+  <c r="E167" i="18"/>
+  <c r="I177" i="18"/>
+  <c r="H177" i="18"/>
+  <c r="G177" i="18"/>
+  <c r="D177" i="18"/>
+  <c r="C177" i="18"/>
+  <c r="I176" i="18"/>
+  <c r="H176" i="18"/>
+  <c r="G176" i="18"/>
+  <c r="D176" i="18"/>
+  <c r="I175" i="18"/>
+  <c r="H175" i="18"/>
+  <c r="G175" i="18"/>
+  <c r="D175" i="18"/>
+  <c r="C175" i="18"/>
+  <c r="I174" i="18"/>
+  <c r="H174" i="18"/>
+  <c r="G174" i="18"/>
+  <c r="D174" i="18"/>
+  <c r="C174" i="18"/>
+  <c r="I173" i="18"/>
+  <c r="H173" i="18"/>
+  <c r="G173" i="18"/>
+  <c r="D173" i="18"/>
+  <c r="C173" i="18"/>
+  <c r="I172" i="18"/>
+  <c r="H172" i="18"/>
+  <c r="G172" i="18"/>
+  <c r="D172" i="18"/>
+  <c r="C172" i="18"/>
+  <c r="I171" i="18"/>
+  <c r="H171" i="18"/>
+  <c r="G171" i="18"/>
+  <c r="D171" i="18"/>
+  <c r="C171" i="18"/>
+  <c r="I170" i="18"/>
+  <c r="H170" i="18"/>
+  <c r="G170" i="18"/>
+  <c r="D170" i="18"/>
+  <c r="C170" i="18"/>
+  <c r="I169" i="18"/>
+  <c r="H169" i="18"/>
+  <c r="G169" i="18"/>
+  <c r="D169" i="18"/>
+  <c r="C169" i="18"/>
+  <c r="I168" i="18"/>
+  <c r="H168" i="18"/>
+  <c r="G168" i="18"/>
+  <c r="D168" i="18"/>
+  <c r="C168" i="18"/>
+  <c r="I167" i="18"/>
+  <c r="H167" i="18"/>
+  <c r="G167" i="18"/>
+  <c r="D167" i="18"/>
+  <c r="C167" i="18"/>
+  <c r="I22" i="18"/>
+  <c r="I178" i="18" s="1"/>
+  <c r="H22" i="18"/>
+  <c r="G22" i="18"/>
+  <c r="G178" i="18" s="1"/>
+  <c r="E22" i="18"/>
+  <c r="D22" i="18"/>
+  <c r="C22" i="18"/>
+  <c r="I165" i="17"/>
   <c r="H165" i="17"/>
   <c r="G165" i="17"/>
   <c r="E165" i="17"/>
   <c r="D165" i="17"/>
   <c r="C165" i="17"/>
   <c r="I152" i="17"/>
   <c r="H152" i="17"/>
   <c r="G152" i="17"/>
   <c r="E152" i="17"/>
   <c r="D152" i="17"/>
   <c r="C152" i="17"/>
   <c r="I139" i="17"/>
   <c r="H139" i="17"/>
   <c r="G139" i="17"/>
   <c r="E139" i="17"/>
   <c r="D139" i="17"/>
   <c r="C139" i="17"/>
   <c r="I126" i="17"/>
   <c r="H126" i="17"/>
   <c r="G126" i="17"/>
   <c r="E126" i="17"/>
   <c r="D126" i="17"/>
   <c r="C126" i="17"/>
   <c r="I113" i="17"/>
   <c r="H113" i="17"/>
@@ -297,51 +377,55 @@
   <c r="C168" i="16"/>
   <c r="C167" i="16"/>
   <c r="G177" i="16"/>
   <c r="G176" i="16"/>
   <c r="G175" i="16"/>
   <c r="G174" i="16"/>
   <c r="G173" i="16"/>
   <c r="G172" i="16"/>
   <c r="G171" i="16"/>
   <c r="G170" i="16"/>
   <c r="G169" i="16"/>
   <c r="G168" i="16"/>
   <c r="G167" i="16"/>
   <c r="I61" i="16"/>
   <c r="H61" i="16"/>
   <c r="G61" i="16"/>
   <c r="E61" i="16"/>
   <c r="D61" i="16"/>
   <c r="C61" i="16"/>
   <c r="I48" i="16"/>
   <c r="H48" i="16"/>
   <c r="G48" i="16"/>
   <c r="E48" i="16"/>
   <c r="D48" i="16"/>
   <c r="C48" i="16"/>
-  <c r="E178" i="17" l="1"/>
+  <c r="C178" i="18" l="1"/>
+  <c r="D178" i="18"/>
+  <c r="E178" i="18"/>
+  <c r="H178" i="18"/>
+  <c r="E178" i="17"/>
   <c r="C178" i="17"/>
   <c r="I178" i="17"/>
   <c r="H178" i="17"/>
   <c r="D178" i="17"/>
   <c r="G178" i="17"/>
   <c r="C178" i="16"/>
   <c r="G178" i="16"/>
   <c r="I35" i="16"/>
   <c r="H35" i="16"/>
   <c r="G35" i="16"/>
   <c r="E35" i="16"/>
   <c r="D35" i="16"/>
   <c r="I177" i="16"/>
   <c r="E177" i="16"/>
   <c r="I176" i="16"/>
   <c r="H176" i="16"/>
   <c r="E176" i="16"/>
   <c r="D176" i="16"/>
   <c r="I175" i="16"/>
   <c r="H175" i="16"/>
   <c r="E175" i="16"/>
   <c r="D175" i="16"/>
   <c r="I174" i="16"/>
   <c r="H174" i="16"/>
   <c r="E174" i="16"/>
@@ -870,51 +954,51 @@
   <c r="H167" i="12"/>
   <c r="G167" i="12"/>
   <c r="E167" i="12"/>
   <c r="D167" i="12"/>
   <c r="C167" i="12"/>
   <c r="H178" i="16" l="1"/>
   <c r="I178" i="16"/>
   <c r="D178" i="16"/>
   <c r="E178" i="16"/>
   <c r="H178" i="15"/>
   <c r="I178" i="15"/>
   <c r="G178" i="15"/>
   <c r="C178" i="15"/>
   <c r="D178" i="15"/>
   <c r="E178" i="15"/>
   <c r="H178" i="12"/>
   <c r="I178" i="12"/>
   <c r="C178" i="12"/>
   <c r="G178" i="12"/>
   <c r="D178" i="12"/>
   <c r="E178" i="12"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1347" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1539" uniqueCount="147">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Jan 22</t>
   </si>
   <si>
     <t>Feb 22</t>
   </si>
   <si>
     <t>Mrz 22</t>
   </si>
   <si>
     <t>Apr 22</t>
   </si>
   <si>
     <t>Mai 22</t>
   </si>
   <si>
@@ -1312,60 +1396,105 @@
   </si>
   <si>
     <t>Jul 25</t>
   </si>
   <si>
     <t>Aug 25</t>
   </si>
   <si>
     <t>Sep 25</t>
   </si>
   <si>
     <t>Okt 25</t>
   </si>
   <si>
     <t>Nov 25</t>
   </si>
   <si>
     <t>Dez 25</t>
   </si>
   <si>
     <t>Mittel 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
+  <si>
+    <t>Berufshauptgruppe und Beschäftigungsgrad 2026</t>
+  </si>
+  <si>
+    <t>Mittel 2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+  </si>
+  <si>
+    <t>Dez 26</t>
+  </si>
+  <si>
+    <t>Nov 26</t>
+  </si>
+  <si>
+    <t>Okt 26</t>
+  </si>
+  <si>
+    <t>Sep 26</t>
+  </si>
+  <si>
+    <t>Aug 26</t>
+  </si>
+  <si>
+    <t>Jul 26</t>
+  </si>
+  <si>
+    <t>Jun 26</t>
+  </si>
+  <si>
+    <t>Mai 26</t>
+  </si>
+  <si>
+    <t>Mrz 26</t>
+  </si>
+  <si>
+    <t>Feb 26</t>
+  </si>
+  <si>
+    <t>Jan 26</t>
+  </si>
+  <si>
+    <t>Apr 26</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1420,50 +1549,63 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1488,51 +1630,51 @@
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1582,105 +1724,187 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>446416</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8EE7042-24C8-462E-A7F3-B557B9BE8DF8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9C18BDF-52CC-4BB6-A152-C6510CDA537F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1692,51 +1916,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{643D8419-3C3D-4256-9C74-71BF45E05BD4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1748,51 +1972,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFBB1E9F-C950-4035-ADBF-7CC7FCB2B656}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1804,51 +2028,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77E49791-04F7-4943-8B03-E8D75F498382}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1860,51 +2084,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89B5D979-37DC-4921-9B94-ACB6A51491EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1916,51 +2140,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6413204F-23D8-4490-A6B2-FA0950326731}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1972,51 +2196,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>446416</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B14C1859-229D-4E29-A5B9-98189FFE1FFC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2317,79 +2541,83 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{856190C2-75BE-4C8D-A1E1-0F1F7330ABE6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8A67DAA2-1D65-42D6-9A49-67D71062A969}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
     <row r="4" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="B4" s="5"/>
     </row>
     <row r="5" spans="1:9" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="6"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I6" s="9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="23"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
@@ -2421,67 +2649,2809 @@
     <row r="9" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="24"/>
       <c r="B9" s="24"/>
       <c r="C9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="F9" s="13"/>
       <c r="G9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="B10" s="19"/>
       <c r="C10" s="11"/>
       <c r="D10" s="11"/>
       <c r="E10" s="11"/>
       <c r="F10" s="11"/>
       <c r="G10" s="11"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="16"/>
       <c r="B11" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="17">
+        <v>189</v>
+      </c>
+      <c r="D11" s="17">
+        <v>94</v>
+      </c>
+      <c r="E11" s="17">
+        <v>12</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="17">
+        <v>3</v>
+      </c>
+      <c r="H11" s="17">
+        <v>27</v>
+      </c>
+      <c r="I11" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="16"/>
+      <c r="B12" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="17">
+        <v>1048</v>
+      </c>
+      <c r="D12" s="17">
+        <v>404</v>
+      </c>
+      <c r="E12" s="17">
+        <v>60</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="17">
+        <v>28</v>
+      </c>
+      <c r="H12" s="17">
+        <v>161</v>
+      </c>
+      <c r="I12" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="16"/>
+      <c r="B13" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="17">
+        <v>377</v>
+      </c>
+      <c r="D13" s="17">
+        <v>154</v>
+      </c>
+      <c r="E13" s="17">
+        <v>147</v>
+      </c>
+      <c r="F13" s="17"/>
+      <c r="G13" s="17">
+        <v>11</v>
+      </c>
+      <c r="H13" s="17">
+        <v>50</v>
+      </c>
+      <c r="I13" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="16"/>
+      <c r="B14" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="17">
+        <v>356</v>
+      </c>
+      <c r="D14" s="17">
+        <v>148</v>
+      </c>
+      <c r="E14" s="17">
+        <v>40</v>
+      </c>
+      <c r="F14" s="17"/>
+      <c r="G14" s="17">
+        <v>17</v>
+      </c>
+      <c r="H14" s="17">
+        <v>54</v>
+      </c>
+      <c r="I14" s="17">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="16"/>
+      <c r="B15" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="17">
+        <v>641</v>
+      </c>
+      <c r="D15" s="17">
+        <v>257</v>
+      </c>
+      <c r="E15" s="17">
+        <v>128</v>
+      </c>
+      <c r="F15" s="17"/>
+      <c r="G15" s="17">
+        <v>26</v>
+      </c>
+      <c r="H15" s="17">
+        <v>97</v>
+      </c>
+      <c r="I15" s="17">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="16"/>
+      <c r="B16" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="17">
+        <v>13</v>
+      </c>
+      <c r="D16" s="17">
+        <v>5</v>
+      </c>
+      <c r="E16" s="17">
+        <v>5</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17">
+        <v>0</v>
+      </c>
+      <c r="H16" s="17">
+        <v>4</v>
+      </c>
+      <c r="I16" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="16"/>
+      <c r="B17" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="17">
+        <v>287</v>
+      </c>
+      <c r="D17" s="17">
+        <v>164</v>
+      </c>
+      <c r="E17" s="17">
+        <v>868</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17">
+        <v>2</v>
+      </c>
+      <c r="H17" s="17">
+        <v>19</v>
+      </c>
+      <c r="I17" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="16"/>
+      <c r="B18" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="17">
+        <v>95</v>
+      </c>
+      <c r="D18" s="17">
+        <v>51</v>
+      </c>
+      <c r="E18" s="17">
+        <v>68</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="17">
+        <v>2</v>
+      </c>
+      <c r="H18" s="17">
+        <v>3</v>
+      </c>
+      <c r="I18" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="16"/>
+      <c r="B19" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="17">
+        <v>501</v>
+      </c>
+      <c r="D19" s="17">
+        <v>215</v>
+      </c>
+      <c r="E19" s="17">
+        <v>516</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="17">
+        <v>29</v>
+      </c>
+      <c r="H19" s="17">
+        <v>50</v>
+      </c>
+      <c r="I19" s="17">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="16"/>
+      <c r="B20" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="17">
+        <v>1</v>
+      </c>
+      <c r="D20" s="17">
+        <v>0</v>
+      </c>
+      <c r="E20" s="17">
+        <v>0</v>
+      </c>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17">
+        <v>0</v>
+      </c>
+      <c r="H20" s="17">
+        <v>0</v>
+      </c>
+      <c r="I20" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="16"/>
+      <c r="B21" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="17">
+        <v>23</v>
+      </c>
+      <c r="D21" s="17">
+        <v>4</v>
+      </c>
+      <c r="E21" s="17">
+        <v>2</v>
+      </c>
+      <c r="F21" s="17"/>
+      <c r="G21" s="17">
+        <v>0</v>
+      </c>
+      <c r="H21" s="17">
+        <v>2</v>
+      </c>
+      <c r="I21" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="20"/>
+      <c r="B22" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="14">
+        <f>SUM(C11:C21)</f>
+        <v>3531</v>
+      </c>
+      <c r="D22" s="14">
+        <f t="shared" ref="D22" si="0">SUM(D11:D21)</f>
+        <v>1496</v>
+      </c>
+      <c r="E22" s="14">
+        <f>SUM(E11:E21)</f>
+        <v>1846</v>
+      </c>
+      <c r="F22" s="14"/>
+      <c r="G22" s="14">
+        <f t="shared" ref="G22:I22" si="1">SUM(G11:G21)</f>
+        <v>118</v>
+      </c>
+      <c r="H22" s="14">
+        <f t="shared" si="1"/>
+        <v>467</v>
+      </c>
+      <c r="I22" s="14">
+        <f t="shared" si="1"/>
+        <v>212</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" s="40"/>
+      <c r="C23" s="41"/>
+      <c r="D23" s="41"/>
+      <c r="E23" s="41"/>
+      <c r="F23" s="41"/>
+      <c r="G23" s="41"/>
+      <c r="H23" s="41"/>
+      <c r="I23" s="41"/>
+    </row>
+    <row r="24" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="42"/>
+      <c r="B24" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="44"/>
+      <c r="D24" s="44"/>
+      <c r="E24" s="44"/>
+      <c r="F24" s="44"/>
+      <c r="G24" s="44"/>
+      <c r="H24" s="44"/>
+      <c r="I24" s="44"/>
+    </row>
+    <row r="25" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="42"/>
+      <c r="B25" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="44"/>
+      <c r="D25" s="44"/>
+      <c r="E25" s="44"/>
+      <c r="F25" s="44"/>
+      <c r="G25" s="44"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+    </row>
+    <row r="26" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="42"/>
+      <c r="B26" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C26" s="44"/>
+      <c r="D26" s="44"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="44"/>
+      <c r="I26" s="44"/>
+    </row>
+    <row r="27" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="42"/>
+      <c r="B27" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="44"/>
+      <c r="D27" s="44"/>
+      <c r="E27" s="44"/>
+      <c r="F27" s="44"/>
+      <c r="G27" s="44"/>
+      <c r="H27" s="44"/>
+      <c r="I27" s="44"/>
+    </row>
+    <row r="28" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="42"/>
+      <c r="B28" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" s="44"/>
+      <c r="D28" s="44"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="44"/>
+      <c r="G28" s="44"/>
+      <c r="H28" s="44"/>
+      <c r="I28" s="44"/>
+    </row>
+    <row r="29" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="42"/>
+      <c r="B29" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="44"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="44"/>
+      <c r="F29" s="44"/>
+      <c r="G29" s="44"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+    </row>
+    <row r="30" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="42"/>
+      <c r="B30" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="44"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="44"/>
+      <c r="F30" s="44"/>
+      <c r="G30" s="44"/>
+      <c r="H30" s="44"/>
+      <c r="I30" s="44"/>
+    </row>
+    <row r="31" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="42"/>
+      <c r="B31" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C31" s="44"/>
+      <c r="D31" s="44"/>
+      <c r="E31" s="44"/>
+      <c r="F31" s="44"/>
+      <c r="G31" s="44"/>
+      <c r="H31" s="44"/>
+      <c r="I31" s="44"/>
+    </row>
+    <row r="32" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="42"/>
+      <c r="B32" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C32" s="44"/>
+      <c r="D32" s="44"/>
+      <c r="E32" s="44"/>
+      <c r="F32" s="44"/>
+      <c r="G32" s="44"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+    </row>
+    <row r="33" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="42"/>
+      <c r="B33" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C33" s="44"/>
+      <c r="D33" s="44"/>
+      <c r="E33" s="44"/>
+      <c r="F33" s="44"/>
+      <c r="G33" s="44"/>
+      <c r="H33" s="44"/>
+      <c r="I33" s="44"/>
+    </row>
+    <row r="34" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="42"/>
+      <c r="B34" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
+      <c r="E34" s="44"/>
+      <c r="F34" s="44"/>
+      <c r="G34" s="44"/>
+      <c r="H34" s="44"/>
+      <c r="I34" s="44"/>
+    </row>
+    <row r="35" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="45"/>
+      <c r="B35" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
+      <c r="F35" s="47"/>
+      <c r="G35" s="47"/>
+      <c r="H35" s="47"/>
+      <c r="I35" s="47"/>
+    </row>
+    <row r="36" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="39" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" s="40"/>
+      <c r="C36" s="41"/>
+      <c r="D36" s="41"/>
+      <c r="E36" s="41"/>
+      <c r="F36" s="41"/>
+      <c r="G36" s="41"/>
+      <c r="H36" s="41"/>
+      <c r="I36" s="41"/>
+    </row>
+    <row r="37" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="42"/>
+      <c r="B37" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
+      <c r="E37" s="44"/>
+      <c r="F37" s="44"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="44"/>
+    </row>
+    <row r="38" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="42"/>
+      <c r="B38" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="44"/>
+      <c r="D38" s="44"/>
+      <c r="E38" s="44"/>
+      <c r="F38" s="44"/>
+      <c r="G38" s="44"/>
+      <c r="H38" s="44"/>
+      <c r="I38" s="44"/>
+    </row>
+    <row r="39" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="42"/>
+      <c r="B39" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="44"/>
+      <c r="D39" s="44"/>
+      <c r="E39" s="44"/>
+      <c r="F39" s="44"/>
+      <c r="G39" s="44"/>
+      <c r="H39" s="44"/>
+      <c r="I39" s="44"/>
+    </row>
+    <row r="40" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="42"/>
+      <c r="B40" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40" s="44"/>
+      <c r="D40" s="44"/>
+      <c r="E40" s="44"/>
+      <c r="F40" s="44"/>
+      <c r="G40" s="44"/>
+      <c r="H40" s="44"/>
+      <c r="I40" s="44"/>
+    </row>
+    <row r="41" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="42"/>
+      <c r="B41" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" s="44"/>
+      <c r="D41" s="44"/>
+      <c r="E41" s="44"/>
+      <c r="F41" s="44"/>
+      <c r="G41" s="44"/>
+      <c r="H41" s="44"/>
+      <c r="I41" s="44"/>
+    </row>
+    <row r="42" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="42"/>
+      <c r="B42" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" s="44"/>
+      <c r="D42" s="44"/>
+      <c r="E42" s="44"/>
+      <c r="F42" s="44"/>
+      <c r="G42" s="44"/>
+      <c r="H42" s="44"/>
+      <c r="I42" s="44"/>
+    </row>
+    <row r="43" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="42"/>
+      <c r="B43" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C43" s="44"/>
+      <c r="D43" s="44"/>
+      <c r="E43" s="44"/>
+      <c r="F43" s="44"/>
+      <c r="G43" s="44"/>
+      <c r="H43" s="44"/>
+      <c r="I43" s="44"/>
+    </row>
+    <row r="44" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="42"/>
+      <c r="B44" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="44"/>
+    </row>
+    <row r="45" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="42"/>
+      <c r="B45" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" s="44"/>
+      <c r="D45" s="44"/>
+      <c r="E45" s="44"/>
+      <c r="F45" s="44"/>
+      <c r="G45" s="44"/>
+      <c r="H45" s="44"/>
+      <c r="I45" s="44"/>
+    </row>
+    <row r="46" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="42"/>
+      <c r="B46" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="44"/>
+      <c r="D46" s="44"/>
+      <c r="E46" s="44"/>
+      <c r="F46" s="44"/>
+      <c r="G46" s="44"/>
+      <c r="H46" s="44"/>
+      <c r="I46" s="44"/>
+    </row>
+    <row r="47" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="42"/>
+      <c r="B47" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="44"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="44"/>
+      <c r="F47" s="44"/>
+      <c r="G47" s="44"/>
+      <c r="H47" s="44"/>
+      <c r="I47" s="44"/>
+    </row>
+    <row r="48" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="45"/>
+      <c r="B48" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C48" s="47"/>
+      <c r="D48" s="47"/>
+      <c r="E48" s="47"/>
+      <c r="F48" s="47"/>
+      <c r="G48" s="47"/>
+      <c r="H48" s="47"/>
+      <c r="I48" s="47"/>
+    </row>
+    <row r="49" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="39" t="s">
+        <v>146</v>
+      </c>
+      <c r="B49" s="40"/>
+      <c r="C49" s="41"/>
+      <c r="D49" s="41"/>
+      <c r="E49" s="41"/>
+      <c r="F49" s="41"/>
+      <c r="G49" s="41"/>
+      <c r="H49" s="41"/>
+      <c r="I49" s="41"/>
+    </row>
+    <row r="50" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="42"/>
+      <c r="B50" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C50" s="44"/>
+      <c r="D50" s="44"/>
+      <c r="E50" s="44"/>
+      <c r="F50" s="44"/>
+      <c r="G50" s="44"/>
+      <c r="H50" s="44"/>
+      <c r="I50" s="44"/>
+    </row>
+    <row r="51" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="42"/>
+      <c r="B51" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C51" s="44"/>
+      <c r="D51" s="44"/>
+      <c r="E51" s="44"/>
+      <c r="F51" s="44"/>
+      <c r="G51" s="44"/>
+      <c r="H51" s="44"/>
+      <c r="I51" s="44"/>
+    </row>
+    <row r="52" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="42"/>
+      <c r="B52" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C52" s="44"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="44"/>
+      <c r="F52" s="44"/>
+      <c r="G52" s="44"/>
+      <c r="H52" s="44"/>
+      <c r="I52" s="44"/>
+    </row>
+    <row r="53" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="42"/>
+      <c r="B53" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C53" s="44"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="44"/>
+      <c r="F53" s="44"/>
+      <c r="G53" s="44"/>
+      <c r="H53" s="44"/>
+      <c r="I53" s="44"/>
+    </row>
+    <row r="54" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="42"/>
+      <c r="B54" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" s="44"/>
+      <c r="D54" s="44"/>
+      <c r="E54" s="44"/>
+      <c r="F54" s="44"/>
+      <c r="G54" s="44"/>
+      <c r="H54" s="44"/>
+      <c r="I54" s="44"/>
+    </row>
+    <row r="55" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="42"/>
+      <c r="B55" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="44"/>
+      <c r="D55" s="44"/>
+      <c r="E55" s="44"/>
+      <c r="F55" s="44"/>
+      <c r="G55" s="44"/>
+      <c r="H55" s="44"/>
+      <c r="I55" s="44"/>
+    </row>
+    <row r="56" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="42"/>
+      <c r="B56" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C56" s="44"/>
+      <c r="D56" s="44"/>
+      <c r="E56" s="44"/>
+      <c r="F56" s="44"/>
+      <c r="G56" s="44"/>
+      <c r="H56" s="44"/>
+      <c r="I56" s="44"/>
+    </row>
+    <row r="57" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="42"/>
+      <c r="B57" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="44"/>
+      <c r="D57" s="44"/>
+      <c r="E57" s="44"/>
+      <c r="F57" s="44"/>
+      <c r="G57" s="44"/>
+      <c r="H57" s="44"/>
+      <c r="I57" s="44"/>
+    </row>
+    <row r="58" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="42"/>
+      <c r="B58" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C58" s="44"/>
+      <c r="D58" s="44"/>
+      <c r="E58" s="44"/>
+      <c r="F58" s="44"/>
+      <c r="G58" s="44"/>
+      <c r="H58" s="44"/>
+      <c r="I58" s="44"/>
+    </row>
+    <row r="59" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="42"/>
+      <c r="B59" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C59" s="44"/>
+      <c r="D59" s="44"/>
+      <c r="E59" s="44"/>
+      <c r="F59" s="44"/>
+      <c r="G59" s="44"/>
+      <c r="H59" s="44"/>
+      <c r="I59" s="44"/>
+    </row>
+    <row r="60" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="42"/>
+      <c r="B60" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" s="44"/>
+      <c r="D60" s="44"/>
+      <c r="E60" s="44"/>
+      <c r="F60" s="44"/>
+      <c r="G60" s="44"/>
+      <c r="H60" s="44"/>
+      <c r="I60" s="44"/>
+    </row>
+    <row r="61" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="45"/>
+      <c r="B61" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C61" s="47"/>
+      <c r="D61" s="47"/>
+      <c r="E61" s="47"/>
+      <c r="F61" s="47"/>
+      <c r="G61" s="47"/>
+      <c r="H61" s="47"/>
+      <c r="I61" s="47"/>
+    </row>
+    <row r="62" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="39" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" s="40"/>
+      <c r="C62" s="41"/>
+      <c r="D62" s="41"/>
+      <c r="E62" s="41"/>
+      <c r="F62" s="41"/>
+      <c r="G62" s="41"/>
+      <c r="H62" s="41"/>
+      <c r="I62" s="41"/>
+    </row>
+    <row r="63" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="42"/>
+      <c r="B63" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C63" s="44"/>
+      <c r="D63" s="44"/>
+      <c r="E63" s="44"/>
+      <c r="F63" s="44"/>
+      <c r="G63" s="44"/>
+      <c r="H63" s="44"/>
+      <c r="I63" s="44"/>
+    </row>
+    <row r="64" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="42"/>
+      <c r="B64" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C64" s="44"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="44"/>
+      <c r="F64" s="44"/>
+      <c r="G64" s="44"/>
+      <c r="H64" s="44"/>
+      <c r="I64" s="44"/>
+    </row>
+    <row r="65" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="42"/>
+      <c r="B65" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" s="44"/>
+      <c r="D65" s="44"/>
+      <c r="E65" s="44"/>
+      <c r="F65" s="44"/>
+      <c r="G65" s="44"/>
+      <c r="H65" s="44"/>
+      <c r="I65" s="44"/>
+    </row>
+    <row r="66" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="42"/>
+      <c r="B66" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C66" s="44"/>
+      <c r="D66" s="44"/>
+      <c r="E66" s="44"/>
+      <c r="F66" s="44"/>
+      <c r="G66" s="44"/>
+      <c r="H66" s="44"/>
+      <c r="I66" s="44"/>
+    </row>
+    <row r="67" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="42"/>
+      <c r="B67" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C67" s="44"/>
+      <c r="D67" s="44"/>
+      <c r="E67" s="44"/>
+      <c r="F67" s="44"/>
+      <c r="G67" s="44"/>
+      <c r="H67" s="44"/>
+      <c r="I67" s="44"/>
+    </row>
+    <row r="68" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="42"/>
+      <c r="B68" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C68" s="44"/>
+      <c r="D68" s="44"/>
+      <c r="E68" s="44"/>
+      <c r="F68" s="44"/>
+      <c r="G68" s="44"/>
+      <c r="H68" s="44"/>
+      <c r="I68" s="44"/>
+    </row>
+    <row r="69" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="42"/>
+      <c r="B69" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C69" s="44"/>
+      <c r="D69" s="44"/>
+      <c r="E69" s="44"/>
+      <c r="F69" s="44"/>
+      <c r="G69" s="44"/>
+      <c r="H69" s="44"/>
+      <c r="I69" s="44"/>
+    </row>
+    <row r="70" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="42"/>
+      <c r="B70" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C70" s="44"/>
+      <c r="D70" s="44"/>
+      <c r="E70" s="44"/>
+      <c r="F70" s="44"/>
+      <c r="G70" s="44"/>
+      <c r="H70" s="44"/>
+      <c r="I70" s="44"/>
+    </row>
+    <row r="71" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="42"/>
+      <c r="B71" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C71" s="44"/>
+      <c r="D71" s="44"/>
+      <c r="E71" s="44"/>
+      <c r="F71" s="44"/>
+      <c r="G71" s="44"/>
+      <c r="H71" s="44"/>
+      <c r="I71" s="44"/>
+    </row>
+    <row r="72" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="42"/>
+      <c r="B72" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C72" s="44"/>
+      <c r="D72" s="44"/>
+      <c r="E72" s="44"/>
+      <c r="F72" s="44"/>
+      <c r="G72" s="44"/>
+      <c r="H72" s="44"/>
+      <c r="I72" s="44"/>
+    </row>
+    <row r="73" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="42"/>
+      <c r="B73" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C73" s="44"/>
+      <c r="D73" s="44"/>
+      <c r="E73" s="44"/>
+      <c r="F73" s="44"/>
+      <c r="G73" s="44"/>
+      <c r="H73" s="44"/>
+      <c r="I73" s="44"/>
+    </row>
+    <row r="74" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="45"/>
+      <c r="B74" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C74" s="47"/>
+      <c r="D74" s="47"/>
+      <c r="E74" s="47"/>
+      <c r="F74" s="47"/>
+      <c r="G74" s="47"/>
+      <c r="H74" s="47"/>
+      <c r="I74" s="47"/>
+    </row>
+    <row r="75" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="39" t="s">
+        <v>141</v>
+      </c>
+      <c r="B75" s="40"/>
+      <c r="C75" s="41"/>
+      <c r="D75" s="41"/>
+      <c r="E75" s="41"/>
+      <c r="F75" s="41"/>
+      <c r="G75" s="41"/>
+      <c r="H75" s="41"/>
+      <c r="I75" s="41"/>
+    </row>
+    <row r="76" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="42"/>
+      <c r="B76" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C76" s="44"/>
+      <c r="D76" s="44"/>
+      <c r="E76" s="44"/>
+      <c r="F76" s="44"/>
+      <c r="G76" s="44"/>
+      <c r="H76" s="44"/>
+      <c r="I76" s="44"/>
+    </row>
+    <row r="77" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="42"/>
+      <c r="B77" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C77" s="44"/>
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="F77" s="44"/>
+      <c r="G77" s="44"/>
+      <c r="H77" s="44"/>
+      <c r="I77" s="44"/>
+    </row>
+    <row r="78" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="42"/>
+      <c r="B78" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C78" s="44"/>
+      <c r="D78" s="44"/>
+      <c r="E78" s="44"/>
+      <c r="F78" s="44"/>
+      <c r="G78" s="44"/>
+      <c r="H78" s="44"/>
+      <c r="I78" s="44"/>
+    </row>
+    <row r="79" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="42"/>
+      <c r="B79" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C79" s="44"/>
+      <c r="D79" s="44"/>
+      <c r="E79" s="44"/>
+      <c r="F79" s="44"/>
+      <c r="G79" s="44"/>
+      <c r="H79" s="44"/>
+      <c r="I79" s="44"/>
+    </row>
+    <row r="80" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="42"/>
+      <c r="B80" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C80" s="44"/>
+      <c r="D80" s="44"/>
+      <c r="E80" s="44"/>
+      <c r="F80" s="44"/>
+      <c r="G80" s="44"/>
+      <c r="H80" s="44"/>
+      <c r="I80" s="44"/>
+    </row>
+    <row r="81" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="42"/>
+      <c r="B81" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C81" s="44"/>
+      <c r="D81" s="44"/>
+      <c r="E81" s="44"/>
+      <c r="F81" s="44"/>
+      <c r="G81" s="44"/>
+      <c r="H81" s="44"/>
+      <c r="I81" s="44"/>
+    </row>
+    <row r="82" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="42"/>
+      <c r="B82" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C82" s="44"/>
+      <c r="D82" s="44"/>
+      <c r="E82" s="44"/>
+      <c r="F82" s="44"/>
+      <c r="G82" s="44"/>
+      <c r="H82" s="44"/>
+      <c r="I82" s="44"/>
+    </row>
+    <row r="83" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="42"/>
+      <c r="B83" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C83" s="44"/>
+      <c r="D83" s="44"/>
+      <c r="E83" s="44"/>
+      <c r="F83" s="44"/>
+      <c r="G83" s="44"/>
+      <c r="H83" s="44"/>
+      <c r="I83" s="44"/>
+    </row>
+    <row r="84" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="42"/>
+      <c r="B84" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C84" s="44"/>
+      <c r="D84" s="44"/>
+      <c r="E84" s="44"/>
+      <c r="F84" s="44"/>
+      <c r="G84" s="44"/>
+      <c r="H84" s="44"/>
+      <c r="I84" s="44"/>
+    </row>
+    <row r="85" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="42"/>
+      <c r="B85" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C85" s="44"/>
+      <c r="D85" s="44"/>
+      <c r="E85" s="44"/>
+      <c r="F85" s="44"/>
+      <c r="G85" s="44"/>
+      <c r="H85" s="44"/>
+      <c r="I85" s="44"/>
+    </row>
+    <row r="86" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="42"/>
+      <c r="B86" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C86" s="44"/>
+      <c r="D86" s="44"/>
+      <c r="E86" s="44"/>
+      <c r="F86" s="44"/>
+      <c r="G86" s="44"/>
+      <c r="H86" s="44"/>
+      <c r="I86" s="44"/>
+    </row>
+    <row r="87" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="45"/>
+      <c r="B87" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C87" s="47"/>
+      <c r="D87" s="47"/>
+      <c r="E87" s="47"/>
+      <c r="F87" s="47"/>
+      <c r="G87" s="47"/>
+      <c r="H87" s="47"/>
+      <c r="I87" s="47"/>
+    </row>
+    <row r="88" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="39" t="s">
+        <v>140</v>
+      </c>
+      <c r="B88" s="40"/>
+      <c r="C88" s="41"/>
+      <c r="D88" s="41"/>
+      <c r="E88" s="41"/>
+      <c r="F88" s="41"/>
+      <c r="G88" s="41"/>
+      <c r="H88" s="41"/>
+      <c r="I88" s="41"/>
+    </row>
+    <row r="89" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="42"/>
+      <c r="B89" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C89" s="44"/>
+      <c r="D89" s="44"/>
+      <c r="E89" s="44"/>
+      <c r="F89" s="44"/>
+      <c r="G89" s="44"/>
+      <c r="H89" s="44"/>
+      <c r="I89" s="44"/>
+    </row>
+    <row r="90" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="42"/>
+      <c r="B90" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C90" s="44"/>
+      <c r="D90" s="44"/>
+      <c r="E90" s="44"/>
+      <c r="F90" s="44"/>
+      <c r="G90" s="44"/>
+      <c r="H90" s="44"/>
+      <c r="I90" s="44"/>
+    </row>
+    <row r="91" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="42"/>
+      <c r="B91" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C91" s="44"/>
+      <c r="D91" s="44"/>
+      <c r="E91" s="44"/>
+      <c r="F91" s="44"/>
+      <c r="G91" s="44"/>
+      <c r="H91" s="44"/>
+      <c r="I91" s="44"/>
+    </row>
+    <row r="92" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="42"/>
+      <c r="B92" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C92" s="44"/>
+      <c r="D92" s="44"/>
+      <c r="E92" s="44"/>
+      <c r="F92" s="44"/>
+      <c r="G92" s="44"/>
+      <c r="H92" s="44"/>
+      <c r="I92" s="44"/>
+    </row>
+    <row r="93" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="42"/>
+      <c r="B93" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C93" s="44"/>
+      <c r="D93" s="44"/>
+      <c r="E93" s="44"/>
+      <c r="F93" s="44"/>
+      <c r="G93" s="44"/>
+      <c r="H93" s="44"/>
+      <c r="I93" s="44"/>
+    </row>
+    <row r="94" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="42"/>
+      <c r="B94" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C94" s="44"/>
+      <c r="D94" s="44"/>
+      <c r="E94" s="44"/>
+      <c r="F94" s="44"/>
+      <c r="G94" s="44"/>
+      <c r="H94" s="44"/>
+      <c r="I94" s="44"/>
+    </row>
+    <row r="95" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="42"/>
+      <c r="B95" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C95" s="44"/>
+      <c r="D95" s="44"/>
+      <c r="E95" s="44"/>
+      <c r="F95" s="44"/>
+      <c r="G95" s="44"/>
+      <c r="H95" s="44"/>
+      <c r="I95" s="44"/>
+    </row>
+    <row r="96" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="42"/>
+      <c r="B96" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C96" s="44"/>
+      <c r="D96" s="44"/>
+      <c r="E96" s="44"/>
+      <c r="F96" s="44"/>
+      <c r="G96" s="44"/>
+      <c r="H96" s="44"/>
+      <c r="I96" s="44"/>
+    </row>
+    <row r="97" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="42"/>
+      <c r="B97" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C97" s="44"/>
+      <c r="D97" s="44"/>
+      <c r="E97" s="44"/>
+      <c r="F97" s="44"/>
+      <c r="G97" s="44"/>
+      <c r="H97" s="44"/>
+      <c r="I97" s="44"/>
+    </row>
+    <row r="98" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="42"/>
+      <c r="B98" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C98" s="44"/>
+      <c r="D98" s="44"/>
+      <c r="E98" s="44"/>
+      <c r="F98" s="44"/>
+      <c r="G98" s="44"/>
+      <c r="H98" s="44"/>
+      <c r="I98" s="44"/>
+    </row>
+    <row r="99" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="42"/>
+      <c r="B99" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C99" s="44"/>
+      <c r="D99" s="44"/>
+      <c r="E99" s="44"/>
+      <c r="F99" s="44"/>
+      <c r="G99" s="44"/>
+      <c r="H99" s="44"/>
+      <c r="I99" s="44"/>
+    </row>
+    <row r="100" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="45"/>
+      <c r="B100" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C100" s="47"/>
+      <c r="D100" s="47"/>
+      <c r="E100" s="47"/>
+      <c r="F100" s="47"/>
+      <c r="G100" s="47"/>
+      <c r="H100" s="47"/>
+      <c r="I100" s="47"/>
+    </row>
+    <row r="101" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="39" t="s">
+        <v>139</v>
+      </c>
+      <c r="B101" s="40"/>
+      <c r="C101" s="41"/>
+      <c r="D101" s="41"/>
+      <c r="E101" s="41"/>
+      <c r="F101" s="41"/>
+      <c r="G101" s="41"/>
+      <c r="H101" s="41"/>
+      <c r="I101" s="41"/>
+    </row>
+    <row r="102" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="42"/>
+      <c r="B102" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C102" s="44"/>
+      <c r="D102" s="44"/>
+      <c r="E102" s="44"/>
+      <c r="F102" s="44"/>
+      <c r="G102" s="44"/>
+      <c r="H102" s="44"/>
+      <c r="I102" s="44"/>
+    </row>
+    <row r="103" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="42"/>
+      <c r="B103" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C103" s="44"/>
+      <c r="D103" s="44"/>
+      <c r="E103" s="44"/>
+      <c r="F103" s="44"/>
+      <c r="G103" s="44"/>
+      <c r="H103" s="44"/>
+      <c r="I103" s="44"/>
+    </row>
+    <row r="104" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="42"/>
+      <c r="B104" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C104" s="44"/>
+      <c r="D104" s="44"/>
+      <c r="E104" s="44"/>
+      <c r="F104" s="44"/>
+      <c r="G104" s="44"/>
+      <c r="H104" s="44"/>
+      <c r="I104" s="44"/>
+    </row>
+    <row r="105" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="42"/>
+      <c r="B105" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C105" s="44"/>
+      <c r="D105" s="44"/>
+      <c r="E105" s="44"/>
+      <c r="F105" s="44"/>
+      <c r="G105" s="44"/>
+      <c r="H105" s="44"/>
+      <c r="I105" s="44"/>
+    </row>
+    <row r="106" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="42"/>
+      <c r="B106" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C106" s="44"/>
+      <c r="D106" s="44"/>
+      <c r="E106" s="44"/>
+      <c r="F106" s="44"/>
+      <c r="G106" s="44"/>
+      <c r="H106" s="44"/>
+      <c r="I106" s="44"/>
+    </row>
+    <row r="107" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="42"/>
+      <c r="B107" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C107" s="44"/>
+      <c r="D107" s="44"/>
+      <c r="E107" s="44"/>
+      <c r="F107" s="44"/>
+      <c r="G107" s="44"/>
+      <c r="H107" s="44"/>
+      <c r="I107" s="44"/>
+    </row>
+    <row r="108" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="42"/>
+      <c r="B108" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C108" s="44"/>
+      <c r="D108" s="44"/>
+      <c r="E108" s="44"/>
+      <c r="F108" s="44"/>
+      <c r="G108" s="48"/>
+      <c r="H108" s="44"/>
+      <c r="I108" s="44"/>
+    </row>
+    <row r="109" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="42"/>
+      <c r="B109" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C109" s="44"/>
+      <c r="D109" s="44"/>
+      <c r="E109" s="44"/>
+      <c r="F109" s="44"/>
+      <c r="G109" s="44"/>
+      <c r="H109" s="44"/>
+      <c r="I109" s="44"/>
+    </row>
+    <row r="110" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="42"/>
+      <c r="B110" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C110" s="44"/>
+      <c r="D110" s="44"/>
+      <c r="E110" s="44"/>
+      <c r="F110" s="44"/>
+      <c r="G110" s="44"/>
+      <c r="H110" s="44"/>
+      <c r="I110" s="44"/>
+    </row>
+    <row r="111" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="42"/>
+      <c r="B111" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C111" s="44"/>
+      <c r="D111" s="44"/>
+      <c r="E111" s="44"/>
+      <c r="F111" s="44"/>
+      <c r="G111" s="44"/>
+      <c r="H111" s="44"/>
+      <c r="I111" s="44"/>
+    </row>
+    <row r="112" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="42"/>
+      <c r="B112" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C112" s="44"/>
+      <c r="D112" s="44"/>
+      <c r="E112" s="44"/>
+      <c r="F112" s="44"/>
+      <c r="G112" s="44"/>
+      <c r="H112" s="44"/>
+      <c r="I112" s="44"/>
+    </row>
+    <row r="113" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="45"/>
+      <c r="B113" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C113" s="47"/>
+      <c r="D113" s="47"/>
+      <c r="E113" s="47"/>
+      <c r="F113" s="47"/>
+      <c r="G113" s="47"/>
+      <c r="H113" s="47"/>
+      <c r="I113" s="47"/>
+    </row>
+    <row r="114" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="39" t="s">
+        <v>138</v>
+      </c>
+      <c r="B114" s="40"/>
+      <c r="C114" s="41"/>
+      <c r="D114" s="41"/>
+      <c r="E114" s="41"/>
+      <c r="F114" s="41"/>
+      <c r="G114" s="41"/>
+      <c r="H114" s="41"/>
+      <c r="I114" s="41"/>
+    </row>
+    <row r="115" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="42"/>
+      <c r="B115" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C115" s="44"/>
+      <c r="D115" s="44"/>
+      <c r="E115" s="44"/>
+      <c r="F115" s="44"/>
+      <c r="G115" s="44"/>
+      <c r="H115" s="44"/>
+      <c r="I115" s="44"/>
+    </row>
+    <row r="116" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="42"/>
+      <c r="B116" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C116" s="44"/>
+      <c r="D116" s="44"/>
+      <c r="E116" s="44"/>
+      <c r="F116" s="44"/>
+      <c r="G116" s="44"/>
+      <c r="H116" s="44"/>
+      <c r="I116" s="44"/>
+    </row>
+    <row r="117" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="42"/>
+      <c r="B117" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C117" s="44"/>
+      <c r="D117" s="44"/>
+      <c r="E117" s="44"/>
+      <c r="F117" s="44"/>
+      <c r="G117" s="44"/>
+      <c r="H117" s="44"/>
+      <c r="I117" s="44"/>
+    </row>
+    <row r="118" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="42"/>
+      <c r="B118" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C118" s="44"/>
+      <c r="D118" s="44"/>
+      <c r="E118" s="44"/>
+      <c r="F118" s="44"/>
+      <c r="G118" s="44"/>
+      <c r="H118" s="44"/>
+      <c r="I118" s="44"/>
+    </row>
+    <row r="119" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="42"/>
+      <c r="B119" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C119" s="44"/>
+      <c r="D119" s="44"/>
+      <c r="E119" s="44"/>
+      <c r="F119" s="44"/>
+      <c r="G119" s="44"/>
+      <c r="H119" s="44"/>
+      <c r="I119" s="44"/>
+    </row>
+    <row r="120" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="42"/>
+      <c r="B120" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C120" s="44"/>
+      <c r="D120" s="44"/>
+      <c r="E120" s="44"/>
+      <c r="F120" s="44"/>
+      <c r="G120" s="44"/>
+      <c r="H120" s="44"/>
+      <c r="I120" s="44"/>
+    </row>
+    <row r="121" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="42"/>
+      <c r="B121" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C121" s="44"/>
+      <c r="D121" s="44"/>
+      <c r="E121" s="44"/>
+      <c r="F121" s="44"/>
+      <c r="G121" s="44"/>
+      <c r="H121" s="44"/>
+      <c r="I121" s="44"/>
+    </row>
+    <row r="122" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="42"/>
+      <c r="B122" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C122" s="44"/>
+      <c r="D122" s="44"/>
+      <c r="E122" s="44"/>
+      <c r="F122" s="44"/>
+      <c r="G122" s="44"/>
+      <c r="H122" s="44"/>
+      <c r="I122" s="44"/>
+    </row>
+    <row r="123" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="42"/>
+      <c r="B123" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C123" s="44"/>
+      <c r="D123" s="44"/>
+      <c r="E123" s="44"/>
+      <c r="F123" s="44"/>
+      <c r="G123" s="44"/>
+      <c r="H123" s="44"/>
+      <c r="I123" s="44"/>
+    </row>
+    <row r="124" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="42"/>
+      <c r="B124" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C124" s="44"/>
+      <c r="D124" s="44"/>
+      <c r="E124" s="44"/>
+      <c r="F124" s="44"/>
+      <c r="G124" s="44"/>
+      <c r="H124" s="44"/>
+      <c r="I124" s="44"/>
+    </row>
+    <row r="125" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="42"/>
+      <c r="B125" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C125" s="44"/>
+      <c r="D125" s="44"/>
+      <c r="E125" s="44"/>
+      <c r="F125" s="44"/>
+      <c r="G125" s="44"/>
+      <c r="H125" s="44"/>
+      <c r="I125" s="44"/>
+    </row>
+    <row r="126" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="45"/>
+      <c r="B126" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C126" s="47"/>
+      <c r="D126" s="47"/>
+      <c r="E126" s="47"/>
+      <c r="F126" s="47"/>
+      <c r="G126" s="47"/>
+      <c r="H126" s="47"/>
+      <c r="I126" s="47"/>
+    </row>
+    <row r="127" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="39" t="s">
+        <v>137</v>
+      </c>
+      <c r="B127" s="40"/>
+      <c r="C127" s="41"/>
+      <c r="D127" s="41"/>
+      <c r="E127" s="41"/>
+      <c r="F127" s="41"/>
+      <c r="G127" s="41"/>
+      <c r="H127" s="41"/>
+      <c r="I127" s="41"/>
+    </row>
+    <row r="128" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="42"/>
+      <c r="B128" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C128" s="44"/>
+      <c r="D128" s="44"/>
+      <c r="E128" s="44"/>
+      <c r="F128" s="44"/>
+      <c r="G128" s="44"/>
+      <c r="H128" s="44"/>
+      <c r="I128" s="44"/>
+    </row>
+    <row r="129" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="42"/>
+      <c r="B129" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C129" s="44"/>
+      <c r="D129" s="44"/>
+      <c r="E129" s="44"/>
+      <c r="F129" s="44"/>
+      <c r="G129" s="44"/>
+      <c r="H129" s="44"/>
+      <c r="I129" s="44"/>
+    </row>
+    <row r="130" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="42"/>
+      <c r="B130" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C130" s="44"/>
+      <c r="D130" s="44"/>
+      <c r="E130" s="44"/>
+      <c r="F130" s="44"/>
+      <c r="G130" s="44"/>
+      <c r="H130" s="44"/>
+      <c r="I130" s="44"/>
+    </row>
+    <row r="131" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="42"/>
+      <c r="B131" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C131" s="44"/>
+      <c r="D131" s="44"/>
+      <c r="E131" s="44"/>
+      <c r="F131" s="44"/>
+      <c r="G131" s="44"/>
+      <c r="H131" s="44"/>
+      <c r="I131" s="44"/>
+    </row>
+    <row r="132" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="42"/>
+      <c r="B132" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C132" s="44"/>
+      <c r="D132" s="44"/>
+      <c r="E132" s="44"/>
+      <c r="F132" s="44"/>
+      <c r="G132" s="44"/>
+      <c r="H132" s="44"/>
+      <c r="I132" s="44"/>
+    </row>
+    <row r="133" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="42"/>
+      <c r="B133" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C133" s="44"/>
+      <c r="D133" s="44"/>
+      <c r="E133" s="44"/>
+      <c r="F133" s="44"/>
+      <c r="G133" s="44"/>
+      <c r="H133" s="44"/>
+      <c r="I133" s="44"/>
+    </row>
+    <row r="134" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="42"/>
+      <c r="B134" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C134" s="44"/>
+      <c r="D134" s="44"/>
+      <c r="E134" s="44"/>
+      <c r="F134" s="44"/>
+      <c r="G134" s="44"/>
+      <c r="H134" s="44"/>
+      <c r="I134" s="44"/>
+    </row>
+    <row r="135" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="42"/>
+      <c r="B135" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C135" s="44"/>
+      <c r="D135" s="44"/>
+      <c r="E135" s="44"/>
+      <c r="F135" s="44"/>
+      <c r="G135" s="44"/>
+      <c r="H135" s="44"/>
+      <c r="I135" s="44"/>
+    </row>
+    <row r="136" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="42"/>
+      <c r="B136" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C136" s="44"/>
+      <c r="D136" s="44"/>
+      <c r="E136" s="44"/>
+      <c r="F136" s="44"/>
+      <c r="G136" s="44"/>
+      <c r="H136" s="44"/>
+      <c r="I136" s="44"/>
+    </row>
+    <row r="137" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="42"/>
+      <c r="B137" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C137" s="44"/>
+      <c r="D137" s="44"/>
+      <c r="E137" s="44"/>
+      <c r="F137" s="44"/>
+      <c r="G137" s="44"/>
+      <c r="H137" s="44"/>
+      <c r="I137" s="44"/>
+    </row>
+    <row r="138" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="42"/>
+      <c r="B138" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C138" s="44"/>
+      <c r="D138" s="44"/>
+      <c r="E138" s="44"/>
+      <c r="F138" s="44"/>
+      <c r="G138" s="44"/>
+      <c r="H138" s="44"/>
+      <c r="I138" s="44"/>
+    </row>
+    <row r="139" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="45"/>
+      <c r="B139" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C139" s="47"/>
+      <c r="D139" s="47"/>
+      <c r="E139" s="47"/>
+      <c r="F139" s="47"/>
+      <c r="G139" s="47"/>
+      <c r="H139" s="47"/>
+      <c r="I139" s="47"/>
+    </row>
+    <row r="140" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="39" t="s">
+        <v>136</v>
+      </c>
+      <c r="B140" s="40"/>
+      <c r="C140" s="41"/>
+      <c r="D140" s="41"/>
+      <c r="E140" s="41"/>
+      <c r="F140" s="41"/>
+      <c r="G140" s="41"/>
+      <c r="H140" s="41"/>
+      <c r="I140" s="41"/>
+    </row>
+    <row r="141" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="42"/>
+      <c r="B141" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C141" s="44"/>
+      <c r="D141" s="44"/>
+      <c r="E141" s="44"/>
+      <c r="F141" s="44"/>
+      <c r="G141" s="44"/>
+      <c r="H141" s="44"/>
+      <c r="I141" s="44"/>
+    </row>
+    <row r="142" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="42"/>
+      <c r="B142" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C142" s="44"/>
+      <c r="D142" s="44"/>
+      <c r="E142" s="44"/>
+      <c r="F142" s="44"/>
+      <c r="G142" s="44"/>
+      <c r="H142" s="44"/>
+      <c r="I142" s="44"/>
+    </row>
+    <row r="143" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="42"/>
+      <c r="B143" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C143" s="44"/>
+      <c r="D143" s="44"/>
+      <c r="E143" s="44"/>
+      <c r="F143" s="44"/>
+      <c r="G143" s="44"/>
+      <c r="H143" s="44"/>
+      <c r="I143" s="44"/>
+    </row>
+    <row r="144" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="42"/>
+      <c r="B144" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C144" s="44"/>
+      <c r="D144" s="44"/>
+      <c r="E144" s="44"/>
+      <c r="F144" s="44"/>
+      <c r="G144" s="44"/>
+      <c r="H144" s="44"/>
+      <c r="I144" s="44"/>
+    </row>
+    <row r="145" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="42"/>
+      <c r="B145" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C145" s="44"/>
+      <c r="D145" s="44"/>
+      <c r="E145" s="44"/>
+      <c r="F145" s="44"/>
+      <c r="G145" s="44"/>
+      <c r="H145" s="44"/>
+      <c r="I145" s="44"/>
+    </row>
+    <row r="146" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="42"/>
+      <c r="B146" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C146" s="44"/>
+      <c r="D146" s="44"/>
+      <c r="E146" s="44"/>
+      <c r="F146" s="44"/>
+      <c r="G146" s="44"/>
+      <c r="H146" s="44"/>
+      <c r="I146" s="44"/>
+    </row>
+    <row r="147" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="42"/>
+      <c r="B147" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C147" s="44"/>
+      <c r="D147" s="44"/>
+      <c r="E147" s="44"/>
+      <c r="F147" s="44"/>
+      <c r="G147" s="44"/>
+      <c r="H147" s="44"/>
+      <c r="I147" s="44"/>
+    </row>
+    <row r="148" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="42"/>
+      <c r="B148" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C148" s="44"/>
+      <c r="D148" s="44"/>
+      <c r="E148" s="44"/>
+      <c r="F148" s="44"/>
+      <c r="G148" s="44"/>
+      <c r="H148" s="44"/>
+      <c r="I148" s="44"/>
+    </row>
+    <row r="149" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="42"/>
+      <c r="B149" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C149" s="44"/>
+      <c r="D149" s="44"/>
+      <c r="E149" s="44"/>
+      <c r="F149" s="44"/>
+      <c r="G149" s="44"/>
+      <c r="H149" s="44"/>
+      <c r="I149" s="44"/>
+    </row>
+    <row r="150" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="42"/>
+      <c r="B150" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C150" s="44"/>
+      <c r="D150" s="44"/>
+      <c r="E150" s="44"/>
+      <c r="F150" s="44"/>
+      <c r="G150" s="44"/>
+      <c r="H150" s="44"/>
+      <c r="I150" s="44"/>
+    </row>
+    <row r="151" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="42"/>
+      <c r="B151" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C151" s="44"/>
+      <c r="D151" s="44"/>
+      <c r="E151" s="44"/>
+      <c r="F151" s="44"/>
+      <c r="G151" s="44"/>
+      <c r="H151" s="44"/>
+      <c r="I151" s="44"/>
+    </row>
+    <row r="152" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="45"/>
+      <c r="B152" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C152" s="47"/>
+      <c r="D152" s="47"/>
+      <c r="E152" s="47"/>
+      <c r="F152" s="47"/>
+      <c r="G152" s="47"/>
+      <c r="H152" s="47"/>
+      <c r="I152" s="47"/>
+    </row>
+    <row r="153" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="39" t="s">
+        <v>135</v>
+      </c>
+      <c r="B153" s="40"/>
+      <c r="C153" s="41"/>
+      <c r="D153" s="41"/>
+      <c r="E153" s="41"/>
+      <c r="F153" s="41"/>
+      <c r="G153" s="41"/>
+      <c r="H153" s="41"/>
+      <c r="I153" s="41"/>
+    </row>
+    <row r="154" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="42"/>
+      <c r="B154" s="43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C154" s="44"/>
+      <c r="D154" s="44"/>
+      <c r="E154" s="44"/>
+      <c r="F154" s="44"/>
+      <c r="G154" s="44"/>
+      <c r="H154" s="44"/>
+      <c r="I154" s="44"/>
+    </row>
+    <row r="155" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="42"/>
+      <c r="B155" s="43" t="s">
+        <v>44</v>
+      </c>
+      <c r="C155" s="44"/>
+      <c r="D155" s="44"/>
+      <c r="E155" s="44"/>
+      <c r="F155" s="44"/>
+      <c r="G155" s="44"/>
+      <c r="H155" s="44"/>
+      <c r="I155" s="44"/>
+    </row>
+    <row r="156" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="42"/>
+      <c r="B156" s="43" t="s">
+        <v>45</v>
+      </c>
+      <c r="C156" s="44"/>
+      <c r="D156" s="44"/>
+      <c r="E156" s="44"/>
+      <c r="F156" s="44"/>
+      <c r="G156" s="44"/>
+      <c r="H156" s="44"/>
+      <c r="I156" s="44"/>
+    </row>
+    <row r="157" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="42"/>
+      <c r="B157" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="C157" s="44"/>
+      <c r="D157" s="44"/>
+      <c r="E157" s="44"/>
+      <c r="F157" s="44"/>
+      <c r="G157" s="44"/>
+      <c r="H157" s="44"/>
+      <c r="I157" s="44"/>
+    </row>
+    <row r="158" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="42"/>
+      <c r="B158" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C158" s="44"/>
+      <c r="D158" s="44"/>
+      <c r="E158" s="44"/>
+      <c r="F158" s="44"/>
+      <c r="G158" s="44"/>
+      <c r="H158" s="44"/>
+      <c r="I158" s="44"/>
+    </row>
+    <row r="159" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="42"/>
+      <c r="B159" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C159" s="44"/>
+      <c r="D159" s="44"/>
+      <c r="E159" s="44"/>
+      <c r="F159" s="44"/>
+      <c r="G159" s="44"/>
+      <c r="H159" s="44"/>
+      <c r="I159" s="44"/>
+    </row>
+    <row r="160" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="42"/>
+      <c r="B160" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="C160" s="44"/>
+      <c r="D160" s="44"/>
+      <c r="E160" s="44"/>
+      <c r="F160" s="44"/>
+      <c r="G160" s="44"/>
+      <c r="H160" s="44"/>
+      <c r="I160" s="44"/>
+    </row>
+    <row r="161" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="42"/>
+      <c r="B161" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C161" s="44"/>
+      <c r="D161" s="44"/>
+      <c r="E161" s="44"/>
+      <c r="F161" s="44"/>
+      <c r="G161" s="44"/>
+      <c r="H161" s="44"/>
+      <c r="I161" s="44"/>
+    </row>
+    <row r="162" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="42"/>
+      <c r="B162" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C162" s="44"/>
+      <c r="D162" s="44"/>
+      <c r="E162" s="44"/>
+      <c r="F162" s="44"/>
+      <c r="G162" s="44"/>
+      <c r="H162" s="44"/>
+      <c r="I162" s="44"/>
+    </row>
+    <row r="163" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="42"/>
+      <c r="B163" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="C163" s="44"/>
+      <c r="D163" s="44"/>
+      <c r="E163" s="44"/>
+      <c r="F163" s="44"/>
+      <c r="G163" s="44"/>
+      <c r="H163" s="44"/>
+      <c r="I163" s="44"/>
+    </row>
+    <row r="164" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="42"/>
+      <c r="B164" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C164" s="44"/>
+      <c r="D164" s="44"/>
+      <c r="E164" s="44"/>
+      <c r="F164" s="44"/>
+      <c r="G164" s="44"/>
+      <c r="H164" s="44"/>
+      <c r="I164" s="44"/>
+    </row>
+    <row r="165" spans="1:9" s="22" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="45"/>
+      <c r="B165" s="46" t="s">
+        <v>2</v>
+      </c>
+      <c r="C165" s="47"/>
+      <c r="D165" s="47"/>
+      <c r="E165" s="47"/>
+      <c r="F165" s="47"/>
+      <c r="G165" s="47"/>
+      <c r="H165" s="47"/>
+      <c r="I165" s="47"/>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A166" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B166" s="19"/>
+      <c r="C166" s="11"/>
+      <c r="D166" s="11"/>
+      <c r="E166" s="11"/>
+      <c r="F166" s="11"/>
+      <c r="G166" s="11"/>
+      <c r="H166" s="11"/>
+      <c r="I166" s="11"/>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A167" s="16"/>
+      <c r="B167" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C167" s="17">
+        <f t="shared" ref="C167:I178" si="2">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
+        <v>189</v>
+      </c>
+      <c r="D167" s="17">
+        <f t="shared" si="2"/>
+        <v>94</v>
+      </c>
+      <c r="E167" s="17">
+        <f>AVERAGE(E11,E24,E37,E50,E63,E76,E89,E102,E115,E128,E141,E154)</f>
+        <v>12</v>
+      </c>
+      <c r="F167" s="17"/>
+      <c r="G167" s="17">
+        <f t="shared" ref="G167:H178" si="3">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
+        <v>3</v>
+      </c>
+      <c r="H167" s="17">
+        <f t="shared" si="3"/>
+        <v>27</v>
+      </c>
+      <c r="I167" s="17">
+        <f t="shared" si="2"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A168" s="16"/>
+      <c r="B168" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C168" s="17">
+        <f t="shared" si="2"/>
+        <v>1048</v>
+      </c>
+      <c r="D168" s="17">
+        <f t="shared" si="2"/>
+        <v>404</v>
+      </c>
+      <c r="E168" s="17">
+        <f t="shared" si="2"/>
+        <v>60</v>
+      </c>
+      <c r="F168" s="17"/>
+      <c r="G168" s="17">
+        <f t="shared" si="3"/>
+        <v>28</v>
+      </c>
+      <c r="H168" s="17">
+        <f t="shared" si="3"/>
+        <v>161</v>
+      </c>
+      <c r="I168" s="17">
+        <f t="shared" si="2"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A169" s="16"/>
+      <c r="B169" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C169" s="17">
+        <f t="shared" si="2"/>
+        <v>377</v>
+      </c>
+      <c r="D169" s="17">
+        <f t="shared" si="2"/>
+        <v>154</v>
+      </c>
+      <c r="E169" s="17">
+        <f t="shared" si="2"/>
+        <v>147</v>
+      </c>
+      <c r="F169" s="17"/>
+      <c r="G169" s="17">
+        <f t="shared" si="3"/>
+        <v>11</v>
+      </c>
+      <c r="H169" s="17">
+        <f t="shared" si="3"/>
+        <v>50</v>
+      </c>
+      <c r="I169" s="17">
+        <f t="shared" si="2"/>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A170" s="16"/>
+      <c r="B170" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C170" s="17">
+        <f t="shared" si="2"/>
+        <v>356</v>
+      </c>
+      <c r="D170" s="17">
+        <f t="shared" si="2"/>
+        <v>148</v>
+      </c>
+      <c r="E170" s="17">
+        <f t="shared" si="2"/>
+        <v>40</v>
+      </c>
+      <c r="F170" s="17"/>
+      <c r="G170" s="17">
+        <f t="shared" si="3"/>
+        <v>17</v>
+      </c>
+      <c r="H170" s="17">
+        <f t="shared" si="3"/>
+        <v>54</v>
+      </c>
+      <c r="I170" s="17">
+        <f t="shared" si="2"/>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A171" s="16"/>
+      <c r="B171" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C171" s="17">
+        <f t="shared" si="2"/>
+        <v>641</v>
+      </c>
+      <c r="D171" s="17">
+        <f t="shared" si="2"/>
+        <v>257</v>
+      </c>
+      <c r="E171" s="17">
+        <f t="shared" si="2"/>
+        <v>128</v>
+      </c>
+      <c r="F171" s="17"/>
+      <c r="G171" s="17">
+        <f t="shared" si="3"/>
+        <v>26</v>
+      </c>
+      <c r="H171" s="17">
+        <f t="shared" si="3"/>
+        <v>97</v>
+      </c>
+      <c r="I171" s="17">
+        <f t="shared" si="2"/>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A172" s="16"/>
+      <c r="B172" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C172" s="17">
+        <f t="shared" si="2"/>
+        <v>13</v>
+      </c>
+      <c r="D172" s="17">
+        <f t="shared" si="2"/>
+        <v>5</v>
+      </c>
+      <c r="E172" s="17">
+        <f t="shared" si="2"/>
+        <v>5</v>
+      </c>
+      <c r="F172" s="17"/>
+      <c r="G172" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H172" s="17">
+        <f t="shared" si="3"/>
+        <v>4</v>
+      </c>
+      <c r="I172" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A173" s="16"/>
+      <c r="B173" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C173" s="17">
+        <f t="shared" si="2"/>
+        <v>287</v>
+      </c>
+      <c r="D173" s="17">
+        <f t="shared" si="2"/>
+        <v>164</v>
+      </c>
+      <c r="E173" s="17">
+        <f t="shared" si="2"/>
+        <v>868</v>
+      </c>
+      <c r="F173" s="17"/>
+      <c r="G173" s="17">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="H173" s="17">
+        <f t="shared" si="3"/>
+        <v>19</v>
+      </c>
+      <c r="I173" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A174" s="16"/>
+      <c r="B174" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C174" s="17">
+        <f t="shared" si="2"/>
+        <v>95</v>
+      </c>
+      <c r="D174" s="17">
+        <f t="shared" si="2"/>
+        <v>51</v>
+      </c>
+      <c r="E174" s="17">
+        <f t="shared" si="2"/>
+        <v>68</v>
+      </c>
+      <c r="F174" s="17"/>
+      <c r="G174" s="17">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="H174" s="17">
+        <f t="shared" si="3"/>
+        <v>3</v>
+      </c>
+      <c r="I174" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A175" s="16"/>
+      <c r="B175" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C175" s="17">
+        <f t="shared" si="2"/>
+        <v>501</v>
+      </c>
+      <c r="D175" s="17">
+        <f t="shared" si="2"/>
+        <v>215</v>
+      </c>
+      <c r="E175" s="17">
+        <f t="shared" si="2"/>
+        <v>516</v>
+      </c>
+      <c r="F175" s="17"/>
+      <c r="G175" s="17">
+        <f t="shared" si="3"/>
+        <v>29</v>
+      </c>
+      <c r="H175" s="17">
+        <f t="shared" si="3"/>
+        <v>50</v>
+      </c>
+      <c r="I175" s="17">
+        <f t="shared" si="2"/>
+        <v>97</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A176" s="16"/>
+      <c r="B176" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C176" s="17">
+        <f>AVERAGE(C20,C33,C46,C59,C72,C85,C98,C112,C124,C137,C150,C163)</f>
+        <v>1</v>
+      </c>
+      <c r="D176" s="17">
+        <f>AVERAGE(D20,D33,D46,D59,D72,D85,D98,D112,D124,D137,D150,D163)</f>
+        <v>0</v>
+      </c>
+      <c r="E176" s="17">
+        <f t="shared" ref="E176:E177" si="4">AVERAGE(E20,E33,E46,E59,E72,E85,E98,E111,E124,E137,E150,E163)</f>
+        <v>0</v>
+      </c>
+      <c r="F176" s="17"/>
+      <c r="G176" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H176" s="17">
+        <f>AVERAGE(H20,H33,H46,H59,H72,H85,H98,H112,H124,H137,H150,H163)</f>
+        <v>0</v>
+      </c>
+      <c r="I176" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A177" s="16"/>
+      <c r="B177" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C177" s="17">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="D177" s="17">
+        <f t="shared" si="2"/>
+        <v>4</v>
+      </c>
+      <c r="E177" s="17">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="F177" s="17"/>
+      <c r="G177" s="17">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="H177" s="17">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="I177" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A178" s="20"/>
+      <c r="B178" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C178" s="14">
+        <f t="shared" si="2"/>
+        <v>3531</v>
+      </c>
+      <c r="D178" s="14">
+        <f t="shared" si="2"/>
+        <v>1496</v>
+      </c>
+      <c r="E178" s="14">
+        <f t="shared" si="2"/>
+        <v>1846</v>
+      </c>
+      <c r="F178" s="14"/>
+      <c r="G178" s="14">
+        <f t="shared" si="3"/>
+        <v>118</v>
+      </c>
+      <c r="H178" s="14">
+        <f t="shared" si="2"/>
+        <v>467</v>
+      </c>
+      <c r="I178" s="14">
+        <f t="shared" si="2"/>
+        <v>212</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="36"/>
+      <c r="I179" s="38" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
+    </row>
+    <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
+    </row>
+    <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="I183" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A182:I182"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="6" manualBreakCount="6">
+    <brk id="35" max="16383" man="1"/>
+    <brk id="61" max="16383" man="1"/>
+    <brk id="87" max="16383" man="1"/>
+    <brk id="113" max="16383" man="1"/>
+    <brk id="139" max="16383" man="1"/>
+    <brk id="165" max="16383" man="1"/>
+  </rowBreaks>
+  <ignoredErrors>
+    <ignoredError sqref="H176 C176:D176" formula="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{856190C2-75BE-4C8D-A1E1-0F1F7330ABE6}">
+  <dimension ref="A1:I183"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
+    <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="7" style="1" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="6"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="I6" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="12"/>
+      <c r="I7" s="12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" s="13"/>
+      <c r="G8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="24"/>
+      <c r="B9" s="24"/>
+      <c r="C9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" s="19"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="16"/>
+      <c r="B11" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="17">
         <v>169</v>
       </c>
       <c r="D11" s="17">
         <v>97</v>
       </c>
       <c r="E11" s="17">
         <v>4</v>
       </c>
       <c r="F11" s="17"/>
       <c r="G11" s="17">
         <v>4</v>
       </c>
       <c r="H11" s="17">
         <v>19</v>
       </c>
       <c r="I11" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="16"/>
       <c r="B12" s="10" t="s">
         <v>44</v>
       </c>
       <c r="C12" s="17">
@@ -6639,121 +9609,121 @@
       <c r="E178" s="14">
         <f t="shared" si="24"/>
         <v>1421.6666666666667</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="25"/>
         <v>103.91666666666667</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="24"/>
         <v>417.66666666666669</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="24"/>
         <v>161.58333333333334</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...6 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="C176:I176" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C56A83F7-3362-4F74-8AE6-975D2C5ED170}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
@@ -11031,123 +14001,123 @@
       <c r="E178" s="14">
         <f t="shared" si="28"/>
         <v>1688.75</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" ref="G178" si="38">AVERAGE(G22,G35,G48,G61,G74,G87,G100,G113,G126,G139,G152,G165)</f>
         <v>201.75</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="28"/>
         <v>422.83333333333331</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="28"/>
         <v>155.16666666666666</v>
       </c>
     </row>
     <row r="179" spans="1:9" s="37" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="36"/>
       <c r="I179" s="38" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...6 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D167:F175 H167:I175 E177:F177 I177 I176 E176:F176" evalError="1"/>
     <ignoredError sqref="H176 D176" evalError="1" formula="1"/>
     <ignoredError sqref="C176" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C5F48A8-D6F8-49AE-B230-7B26405559FD}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
@@ -15426,118 +18396,118 @@
         <f t="shared" si="25"/>
         <v>768</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="25"/>
         <v>249.58333333333334</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="25"/>
         <v>335.91666666666669</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="25"/>
         <v>214.33333333333334</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1"/>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...6 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C8A39EC-E21F-44E3-B4A2-B74C3154EDB2}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
@@ -19818,118 +22788,118 @@
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="25"/>
         <v>294.5</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="25"/>
         <v>388</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="25"/>
         <v>334.41666666666669</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...6 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A180:I180"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A181:I181"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01E399B6-8208-464F-B00E-DC5BAA788D53}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
@@ -24138,4438 +27108,4438 @@
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" ref="G178:I178" si="24">AVERAGE(G22,G35,G48,G61,G74,G87,G100,G113,G126,G139,G152,G165)</f>
         <v>383.16666666666669</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="24"/>
         <v>580.58333333333337</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="24"/>
         <v>313.16666666666669</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26" t="s">
         <v>81</v>
       </c>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...4326 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A180:I180"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CDFA40C7-C927-4D74-8A12-8BFBBFBF8AA9}">
+  <dimension ref="A1:I183"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
+    <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="7" style="1" customWidth="1"/>
+    <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="6"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="I6" s="9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="23"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="12"/>
+      <c r="I7" s="12" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" s="13"/>
+      <c r="G8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="8" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="24"/>
+      <c r="B9" s="24"/>
+      <c r="C9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="19"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="11"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="16"/>
+      <c r="B11" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="17">
+        <v>137</v>
+      </c>
+      <c r="D11" s="17">
+        <v>74</v>
+      </c>
+      <c r="E11" s="17">
+        <v>1</v>
+      </c>
+      <c r="F11" s="17"/>
+      <c r="G11" s="17">
+        <v>11</v>
+      </c>
+      <c r="H11" s="17">
+        <v>29</v>
+      </c>
+      <c r="I11" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="16"/>
+      <c r="B12" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" s="17">
+        <v>579</v>
+      </c>
+      <c r="D12" s="17">
+        <v>274</v>
+      </c>
+      <c r="E12" s="17">
+        <v>27</v>
+      </c>
+      <c r="F12" s="17"/>
+      <c r="G12" s="17">
+        <v>87</v>
+      </c>
+      <c r="H12" s="17">
+        <v>155</v>
+      </c>
+      <c r="I12" s="17">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="16"/>
+      <c r="B13" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" s="17">
+        <v>282</v>
+      </c>
+      <c r="D13" s="17">
+        <v>137</v>
+      </c>
+      <c r="E13" s="17">
+        <v>32</v>
+      </c>
+      <c r="F13" s="17"/>
+      <c r="G13" s="17">
+        <v>39</v>
+      </c>
+      <c r="H13" s="17">
+        <v>70</v>
+      </c>
+      <c r="I13" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="16"/>
+      <c r="B14" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="17">
+        <v>297</v>
+      </c>
+      <c r="D14" s="17">
+        <v>151</v>
+      </c>
+      <c r="E14" s="17">
+        <v>38</v>
+      </c>
+      <c r="F14" s="17"/>
+      <c r="G14" s="17">
+        <v>44</v>
+      </c>
+      <c r="H14" s="17">
+        <v>75</v>
+      </c>
+      <c r="I14" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="16"/>
+      <c r="B15" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="17">
+        <v>476</v>
+      </c>
+      <c r="D15" s="17">
+        <v>213</v>
+      </c>
+      <c r="E15" s="17">
+        <v>78</v>
+      </c>
+      <c r="F15" s="17"/>
+      <c r="G15" s="17">
+        <v>82</v>
+      </c>
+      <c r="H15" s="17">
+        <v>113</v>
+      </c>
+      <c r="I15" s="17">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="16"/>
+      <c r="B16" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="17">
+        <v>13</v>
+      </c>
+      <c r="D16" s="17">
+        <v>7</v>
+      </c>
+      <c r="E16" s="17">
+        <v>1</v>
+      </c>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17">
+        <v>1</v>
+      </c>
+      <c r="H16" s="17">
+        <v>1</v>
+      </c>
+      <c r="I16" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="16"/>
+      <c r="B17" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="17">
+        <v>335</v>
+      </c>
+      <c r="D17" s="17">
+        <v>236</v>
+      </c>
+      <c r="E17" s="17">
+        <v>565</v>
+      </c>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17">
+        <v>12</v>
+      </c>
+      <c r="H17" s="17">
+        <v>20</v>
+      </c>
+      <c r="I17" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="16"/>
+      <c r="B18" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="17">
+        <v>92</v>
+      </c>
+      <c r="D18" s="17">
+        <v>57</v>
+      </c>
+      <c r="E18" s="17">
+        <v>97</v>
+      </c>
+      <c r="F18" s="17"/>
+      <c r="G18" s="17">
+        <v>3</v>
+      </c>
+      <c r="H18" s="17">
+        <v>5</v>
+      </c>
+      <c r="I18" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="16"/>
+      <c r="B19" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="17">
+        <v>598</v>
+      </c>
+      <c r="D19" s="17">
+        <v>339</v>
+      </c>
+      <c r="E19" s="17">
+        <v>254</v>
+      </c>
+      <c r="F19" s="17"/>
+      <c r="G19" s="17">
+        <v>74</v>
+      </c>
+      <c r="H19" s="17">
+        <v>70</v>
+      </c>
+      <c r="I19" s="17">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="16"/>
+      <c r="B20" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="17">
+        <v>2</v>
+      </c>
+      <c r="D20" s="17">
+        <v>1</v>
+      </c>
+      <c r="E20" s="17">
+        <v>0</v>
+      </c>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17">
+        <v>0</v>
+      </c>
+      <c r="H20" s="17">
+        <v>0</v>
+      </c>
+      <c r="I20" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="16"/>
+      <c r="B21" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="17">
+        <v>48</v>
+      </c>
+      <c r="D21" s="17">
+        <v>24</v>
+      </c>
+      <c r="E21" s="17">
+        <v>1</v>
+      </c>
+      <c r="F21" s="17"/>
+      <c r="G21" s="17">
+        <v>2</v>
+      </c>
+      <c r="H21" s="17">
+        <v>2</v>
+      </c>
+      <c r="I21" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="20"/>
+      <c r="B22" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="14">
+        <v>2859</v>
+      </c>
+      <c r="D22" s="14">
+        <v>1513</v>
+      </c>
+      <c r="E22" s="14">
+        <v>1094</v>
+      </c>
+      <c r="F22" s="14"/>
+      <c r="G22" s="14">
+        <v>355</v>
+      </c>
+      <c r="H22" s="14">
+        <v>540</v>
+      </c>
+      <c r="I22" s="14">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="19"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="11"/>
+      <c r="I23" s="11"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="16"/>
+      <c r="B24" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="17">
+        <v>140</v>
+      </c>
+      <c r="D24" s="17">
+        <v>74</v>
+      </c>
+      <c r="E24" s="17">
+        <v>17</v>
+      </c>
+      <c r="F24" s="17"/>
+      <c r="G24" s="17">
+        <v>10</v>
+      </c>
+      <c r="H24" s="17">
+        <v>29</v>
+      </c>
+      <c r="I24" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="16"/>
+      <c r="B25" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="17">
+        <v>578</v>
+      </c>
+      <c r="D25" s="17">
+        <v>282</v>
+      </c>
+      <c r="E25" s="17">
+        <v>43</v>
+      </c>
+      <c r="F25" s="17"/>
+      <c r="G25" s="17">
+        <v>83</v>
+      </c>
+      <c r="H25" s="17">
+        <v>155</v>
+      </c>
+      <c r="I25" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="16"/>
+      <c r="B26" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C26" s="17">
+        <v>280</v>
+      </c>
+      <c r="D26" s="17">
+        <v>141</v>
+      </c>
+      <c r="E26" s="17">
+        <v>31</v>
+      </c>
+      <c r="F26" s="17"/>
+      <c r="G26" s="17">
+        <v>36</v>
+      </c>
+      <c r="H26" s="17">
+        <v>67</v>
+      </c>
+      <c r="I26" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="16"/>
+      <c r="B27" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="17">
+        <v>306</v>
+      </c>
+      <c r="D27" s="17">
+        <v>158</v>
+      </c>
+      <c r="E27" s="17">
+        <v>46</v>
+      </c>
+      <c r="F27" s="17"/>
+      <c r="G27" s="17">
+        <v>45</v>
+      </c>
+      <c r="H27" s="17">
+        <v>76</v>
+      </c>
+      <c r="I27" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="16"/>
+      <c r="B28" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C28" s="17">
+        <v>460</v>
+      </c>
+      <c r="D28" s="17">
+        <v>229</v>
+      </c>
+      <c r="E28" s="17">
+        <v>140</v>
+      </c>
+      <c r="F28" s="17"/>
+      <c r="G28" s="17">
+        <v>90</v>
+      </c>
+      <c r="H28" s="17">
+        <v>106</v>
+      </c>
+      <c r="I28" s="17">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="16"/>
+      <c r="B29" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="17">
+        <v>12</v>
+      </c>
+      <c r="D29" s="17">
+        <v>8</v>
+      </c>
+      <c r="E29" s="17">
+        <v>1</v>
+      </c>
+      <c r="F29" s="17"/>
+      <c r="G29" s="17">
+        <v>1</v>
+      </c>
+      <c r="H29" s="17">
+        <v>1</v>
+      </c>
+      <c r="I29" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="16"/>
+      <c r="B30" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="17">
+        <v>322</v>
+      </c>
+      <c r="D30" s="17">
+        <v>226</v>
+      </c>
+      <c r="E30" s="17">
+        <v>322</v>
+      </c>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17">
+        <v>10</v>
+      </c>
+      <c r="H30" s="17">
+        <v>19</v>
+      </c>
+      <c r="I30" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="16"/>
+      <c r="B31" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C31" s="17">
+        <v>92</v>
+      </c>
+      <c r="D31" s="17">
+        <v>56</v>
+      </c>
+      <c r="E31" s="17">
+        <v>103</v>
+      </c>
+      <c r="F31" s="17"/>
+      <c r="G31" s="17">
+        <v>3</v>
+      </c>
+      <c r="H31" s="17">
+        <v>5</v>
+      </c>
+      <c r="I31" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="16"/>
+      <c r="B32" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C32" s="17">
+        <v>597</v>
+      </c>
+      <c r="D32" s="17">
+        <v>332</v>
+      </c>
+      <c r="E32" s="17">
+        <v>247</v>
+      </c>
+      <c r="F32" s="17"/>
+      <c r="G32" s="17">
+        <v>72</v>
+      </c>
+      <c r="H32" s="17">
+        <v>62</v>
+      </c>
+      <c r="I32" s="17">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A33" s="16"/>
+      <c r="B33" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C33" s="17">
+        <v>2</v>
+      </c>
+      <c r="D33" s="17">
+        <v>1</v>
+      </c>
+      <c r="E33" s="17">
+        <v>0</v>
+      </c>
+      <c r="F33" s="17"/>
+      <c r="G33" s="17">
+        <v>0</v>
+      </c>
+      <c r="H33" s="17">
+        <v>0</v>
+      </c>
+      <c r="I33" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A34" s="16"/>
+      <c r="B34" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C34" s="17">
+        <v>43</v>
+      </c>
+      <c r="D34" s="17">
+        <v>23</v>
+      </c>
+      <c r="E34" s="17">
+        <v>1</v>
+      </c>
+      <c r="F34" s="17"/>
+      <c r="G34" s="17">
+        <v>2</v>
+      </c>
+      <c r="H34" s="17">
+        <v>2</v>
+      </c>
+      <c r="I34" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A35" s="20"/>
+      <c r="B35" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="14">
+        <v>2832</v>
+      </c>
+      <c r="D35" s="14">
+        <v>1530</v>
+      </c>
+      <c r="E35" s="14">
+        <v>951</v>
+      </c>
+      <c r="F35" s="14"/>
+      <c r="G35" s="14">
+        <v>352</v>
+      </c>
+      <c r="H35" s="14">
+        <v>522</v>
+      </c>
+      <c r="I35" s="14">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A36" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" s="19"/>
+      <c r="C36" s="11"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="11"/>
+      <c r="G36" s="11"/>
+      <c r="H36" s="11"/>
+      <c r="I36" s="11"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A37" s="16"/>
+      <c r="B37" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="17">
+        <v>154</v>
+      </c>
+      <c r="D37" s="17">
+        <v>78</v>
+      </c>
+      <c r="E37" s="17">
+        <v>4</v>
+      </c>
+      <c r="F37" s="17"/>
+      <c r="G37" s="17">
+        <v>12</v>
+      </c>
+      <c r="H37" s="17">
+        <v>28</v>
+      </c>
+      <c r="I37" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A38" s="16"/>
+      <c r="B38" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="17">
+        <v>648</v>
+      </c>
+      <c r="D38" s="17">
+        <v>303</v>
+      </c>
+      <c r="E38" s="17">
+        <v>61</v>
+      </c>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17">
+        <v>87</v>
+      </c>
+      <c r="H38" s="17">
+        <v>188</v>
+      </c>
+      <c r="I38" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A39" s="16"/>
+      <c r="B39" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="17">
+        <v>325</v>
+      </c>
+      <c r="D39" s="17">
+        <v>169</v>
+      </c>
+      <c r="E39" s="17">
+        <v>19</v>
+      </c>
+      <c r="F39" s="17"/>
+      <c r="G39" s="17">
+        <v>41</v>
+      </c>
+      <c r="H39" s="17">
+        <v>81</v>
+      </c>
+      <c r="I39" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A40" s="16"/>
+      <c r="B40" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40" s="17">
+        <v>332</v>
+      </c>
+      <c r="D40" s="17">
+        <v>173</v>
+      </c>
+      <c r="E40" s="17">
+        <v>28</v>
+      </c>
+      <c r="F40" s="17"/>
+      <c r="G40" s="17">
+        <v>46</v>
+      </c>
+      <c r="H40" s="17">
+        <v>79</v>
+      </c>
+      <c r="I40" s="17">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A41" s="16"/>
+      <c r="B41" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" s="17">
+        <v>561</v>
+      </c>
+      <c r="D41" s="17">
+        <v>289</v>
+      </c>
+      <c r="E41" s="17">
+        <v>37</v>
+      </c>
+      <c r="F41" s="17"/>
+      <c r="G41" s="17">
+        <v>98</v>
+      </c>
+      <c r="H41" s="17">
+        <v>136</v>
+      </c>
+      <c r="I41" s="17">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A42" s="16"/>
+      <c r="B42" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" s="17">
+        <v>9</v>
+      </c>
+      <c r="D42" s="17">
+        <v>6</v>
+      </c>
+      <c r="E42" s="17">
+        <v>8</v>
+      </c>
+      <c r="F42" s="17"/>
+      <c r="G42" s="17">
+        <v>1</v>
+      </c>
+      <c r="H42" s="17">
+        <v>2</v>
+      </c>
+      <c r="I42" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A43" s="16"/>
+      <c r="B43" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C43" s="17">
+        <v>336</v>
+      </c>
+      <c r="D43" s="17">
+        <v>238</v>
+      </c>
+      <c r="E43" s="17">
+        <v>230</v>
+      </c>
+      <c r="F43" s="17"/>
+      <c r="G43" s="17">
+        <v>11</v>
+      </c>
+      <c r="H43" s="17">
+        <v>17</v>
+      </c>
+      <c r="I43" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A44" s="16"/>
+      <c r="B44" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C44" s="17">
+        <v>95</v>
+      </c>
+      <c r="D44" s="17">
+        <v>56</v>
+      </c>
+      <c r="E44" s="17">
+        <v>35</v>
+      </c>
+      <c r="F44" s="17"/>
+      <c r="G44" s="17">
+        <v>4</v>
+      </c>
+      <c r="H44" s="17">
+        <v>7</v>
+      </c>
+      <c r="I44" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A45" s="16"/>
+      <c r="B45" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" s="17">
+        <v>606</v>
+      </c>
+      <c r="D45" s="17">
+        <v>349</v>
+      </c>
+      <c r="E45" s="17">
+        <v>164</v>
+      </c>
+      <c r="F45" s="17"/>
+      <c r="G45" s="17">
+        <v>71</v>
+      </c>
+      <c r="H45" s="17">
+        <v>64</v>
+      </c>
+      <c r="I45" s="17">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A46" s="16"/>
+      <c r="B46" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C46" s="17">
+        <v>3</v>
+      </c>
+      <c r="D46" s="17">
+        <v>1</v>
+      </c>
+      <c r="E46" s="17">
+        <v>0</v>
+      </c>
+      <c r="F46" s="17"/>
+      <c r="G46" s="17">
+        <v>0</v>
+      </c>
+      <c r="H46" s="17">
+        <v>0</v>
+      </c>
+      <c r="I46" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A47" s="16"/>
+      <c r="B47" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C47" s="17">
+        <v>43</v>
+      </c>
+      <c r="D47" s="17">
+        <v>20</v>
+      </c>
+      <c r="E47" s="17">
+        <v>1</v>
+      </c>
+      <c r="F47" s="17"/>
+      <c r="G47" s="17">
+        <v>3</v>
+      </c>
+      <c r="H47" s="17">
+        <v>5</v>
+      </c>
+      <c r="I47" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A48" s="20"/>
+      <c r="B48" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C48" s="14">
+        <v>3112</v>
+      </c>
+      <c r="D48" s="14">
+        <v>1682</v>
+      </c>
+      <c r="E48" s="14">
+        <v>587</v>
+      </c>
+      <c r="F48" s="14"/>
+      <c r="G48" s="14">
+        <v>374</v>
+      </c>
+      <c r="H48" s="14">
+        <v>607</v>
+      </c>
+      <c r="I48" s="14">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A49" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B49" s="19"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="11"/>
+      <c r="G49" s="11"/>
+      <c r="H49" s="11"/>
+      <c r="I49" s="11"/>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A50" s="16"/>
+      <c r="B50" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C50" s="17">
+        <v>171</v>
+      </c>
+      <c r="D50" s="17">
+        <v>94</v>
+      </c>
+      <c r="E50" s="17">
+        <v>3</v>
+      </c>
+      <c r="F50" s="17"/>
+      <c r="G50" s="17">
+        <v>12</v>
+      </c>
+      <c r="H50" s="17">
+        <v>31</v>
+      </c>
+      <c r="I50" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A51" s="16"/>
+      <c r="B51" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C51" s="17">
+        <v>765</v>
+      </c>
+      <c r="D51" s="17">
+        <v>381</v>
+      </c>
+      <c r="E51" s="17">
+        <v>36</v>
+      </c>
+      <c r="F51" s="17"/>
+      <c r="G51" s="17">
+        <v>102</v>
+      </c>
+      <c r="H51" s="17">
+        <v>216</v>
+      </c>
+      <c r="I51" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A52" s="16"/>
+      <c r="B52" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C52" s="17">
+        <v>371</v>
+      </c>
+      <c r="D52" s="17">
+        <v>204</v>
+      </c>
+      <c r="E52" s="17">
+        <v>20</v>
+      </c>
+      <c r="F52" s="17"/>
+      <c r="G52" s="17">
+        <v>48</v>
+      </c>
+      <c r="H52" s="17">
+        <v>89</v>
+      </c>
+      <c r="I52" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A53" s="16"/>
+      <c r="B53" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C53" s="17">
+        <v>358</v>
+      </c>
+      <c r="D53" s="17">
+        <v>179</v>
+      </c>
+      <c r="E53" s="17">
+        <v>11</v>
+      </c>
+      <c r="F53" s="17"/>
+      <c r="G53" s="17">
+        <v>45</v>
+      </c>
+      <c r="H53" s="17">
+        <v>89</v>
+      </c>
+      <c r="I53" s="17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A54" s="16"/>
+      <c r="B54" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" s="17">
+        <v>623</v>
+      </c>
+      <c r="D54" s="17">
+        <v>328</v>
+      </c>
+      <c r="E54" s="17">
+        <v>13</v>
+      </c>
+      <c r="F54" s="17"/>
+      <c r="G54" s="17">
+        <v>101</v>
+      </c>
+      <c r="H54" s="17">
+        <v>150</v>
+      </c>
+      <c r="I54" s="17">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A55" s="16"/>
+      <c r="B55" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="17">
+        <v>9</v>
+      </c>
+      <c r="D55" s="17">
+        <v>3</v>
+      </c>
+      <c r="E55" s="17">
+        <v>6</v>
+      </c>
+      <c r="F55" s="17"/>
+      <c r="G55" s="17">
+        <v>1</v>
+      </c>
+      <c r="H55" s="17">
+        <v>4</v>
+      </c>
+      <c r="I55" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A56" s="16"/>
+      <c r="B56" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C56" s="17">
+        <v>407</v>
+      </c>
+      <c r="D56" s="17">
+        <v>297</v>
+      </c>
+      <c r="E56" s="17">
+        <v>82</v>
+      </c>
+      <c r="F56" s="17"/>
+      <c r="G56" s="17">
+        <v>11</v>
+      </c>
+      <c r="H56" s="17">
+        <v>15</v>
+      </c>
+      <c r="I56" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A57" s="16"/>
+      <c r="B57" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C57" s="17">
+        <v>101</v>
+      </c>
+      <c r="D57" s="17">
+        <v>67</v>
+      </c>
+      <c r="E57" s="17">
+        <v>36</v>
+      </c>
+      <c r="F57" s="17"/>
+      <c r="G57" s="17">
+        <v>4</v>
+      </c>
+      <c r="H57" s="17">
+        <v>7</v>
+      </c>
+      <c r="I57" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A58" s="16"/>
+      <c r="B58" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C58" s="17">
+        <v>658</v>
+      </c>
+      <c r="D58" s="17">
+        <v>386</v>
+      </c>
+      <c r="E58" s="17">
+        <v>20</v>
+      </c>
+      <c r="F58" s="17"/>
+      <c r="G58" s="17">
+        <v>73</v>
+      </c>
+      <c r="H58" s="17">
+        <v>71</v>
+      </c>
+      <c r="I58" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A59" s="16"/>
+      <c r="B59" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C59" s="17">
+        <v>2</v>
+      </c>
+      <c r="D59" s="17">
+        <v>1</v>
+      </c>
+      <c r="E59" s="17">
+        <v>0</v>
+      </c>
+      <c r="F59" s="17"/>
+      <c r="G59" s="17">
+        <v>0</v>
+      </c>
+      <c r="H59" s="17">
+        <v>0</v>
+      </c>
+      <c r="I59" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A60" s="16"/>
+      <c r="B60" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" s="17">
+        <v>39</v>
+      </c>
+      <c r="D60" s="17">
+        <v>19</v>
+      </c>
+      <c r="E60" s="17">
+        <v>0</v>
+      </c>
+      <c r="F60" s="17"/>
+      <c r="G60" s="17">
+        <v>2</v>
+      </c>
+      <c r="H60" s="17">
+        <v>3</v>
+      </c>
+      <c r="I60" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A61" s="20"/>
+      <c r="B61" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C61" s="14">
+        <v>3504</v>
+      </c>
+      <c r="D61" s="14">
+        <v>1959</v>
+      </c>
+      <c r="E61" s="14">
+        <v>227</v>
+      </c>
+      <c r="F61" s="14"/>
+      <c r="G61" s="14">
+        <v>399</v>
+      </c>
+      <c r="H61" s="14">
+        <v>675</v>
+      </c>
+      <c r="I61" s="14">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A62" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B62" s="19"/>
+      <c r="C62" s="11"/>
+      <c r="D62" s="11"/>
+      <c r="E62" s="11"/>
+      <c r="F62" s="11"/>
+      <c r="G62" s="11"/>
+      <c r="H62" s="11"/>
+      <c r="I62" s="11"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A63" s="16"/>
+      <c r="B63" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C63" s="17">
+        <v>171</v>
+      </c>
+      <c r="D63" s="17">
+        <v>102</v>
+      </c>
+      <c r="E63" s="17">
+        <v>3</v>
+      </c>
+      <c r="F63" s="17"/>
+      <c r="G63" s="17">
+        <v>12</v>
+      </c>
+      <c r="H63" s="17">
+        <v>34</v>
+      </c>
+      <c r="I63" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A64" s="16"/>
+      <c r="B64" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C64" s="17">
+        <v>793</v>
+      </c>
+      <c r="D64" s="17">
+        <v>398</v>
+      </c>
+      <c r="E64" s="17">
+        <v>28</v>
+      </c>
+      <c r="F64" s="17"/>
+      <c r="G64" s="17">
+        <v>104</v>
+      </c>
+      <c r="H64" s="17">
+        <v>224</v>
+      </c>
+      <c r="I64" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A65" s="16"/>
+      <c r="B65" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" s="17">
+        <v>376</v>
+      </c>
+      <c r="D65" s="17">
+        <v>196</v>
+      </c>
+      <c r="E65" s="17">
+        <v>32</v>
+      </c>
+      <c r="F65" s="17"/>
+      <c r="G65" s="17">
+        <v>45</v>
+      </c>
+      <c r="H65" s="17">
+        <v>92</v>
+      </c>
+      <c r="I65" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A66" s="16"/>
+      <c r="B66" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C66" s="17">
+        <v>364</v>
+      </c>
+      <c r="D66" s="17">
+        <v>190</v>
+      </c>
+      <c r="E66" s="17">
+        <v>25</v>
+      </c>
+      <c r="F66" s="17"/>
+      <c r="G66" s="17">
+        <v>39</v>
+      </c>
+      <c r="H66" s="17">
+        <v>80</v>
+      </c>
+      <c r="I66" s="17">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A67" s="16"/>
+      <c r="B67" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C67" s="17">
+        <v>640</v>
+      </c>
+      <c r="D67" s="17">
+        <v>341</v>
+      </c>
+      <c r="E67" s="17">
+        <v>13</v>
+      </c>
+      <c r="F67" s="17"/>
+      <c r="G67" s="17">
+        <v>102</v>
+      </c>
+      <c r="H67" s="17">
+        <v>146</v>
+      </c>
+      <c r="I67" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A68" s="16"/>
+      <c r="B68" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C68" s="17">
+        <v>9</v>
+      </c>
+      <c r="D68" s="17">
+        <v>3</v>
+      </c>
+      <c r="E68" s="17">
+        <v>3</v>
+      </c>
+      <c r="F68" s="17"/>
+      <c r="G68" s="17">
+        <v>1</v>
+      </c>
+      <c r="H68" s="17">
+        <v>5</v>
+      </c>
+      <c r="I68" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A69" s="16"/>
+      <c r="B69" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C69" s="17">
+        <v>402</v>
+      </c>
+      <c r="D69" s="17">
+        <v>288</v>
+      </c>
+      <c r="E69" s="17">
+        <v>101</v>
+      </c>
+      <c r="F69" s="17"/>
+      <c r="G69" s="17">
+        <v>15</v>
+      </c>
+      <c r="H69" s="17">
+        <v>20</v>
+      </c>
+      <c r="I69" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A70" s="16"/>
+      <c r="B70" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C70" s="17">
+        <v>93</v>
+      </c>
+      <c r="D70" s="17">
+        <v>58</v>
+      </c>
+      <c r="E70" s="17">
+        <v>8</v>
+      </c>
+      <c r="F70" s="17"/>
+      <c r="G70" s="17">
+        <v>2</v>
+      </c>
+      <c r="H70" s="17">
+        <v>5</v>
+      </c>
+      <c r="I70" s="17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A71" s="16"/>
+      <c r="B71" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C71" s="17">
+        <v>663</v>
+      </c>
+      <c r="D71" s="17">
+        <v>393</v>
+      </c>
+      <c r="E71" s="17">
+        <v>37</v>
+      </c>
+      <c r="F71" s="17"/>
+      <c r="G71" s="17">
+        <v>73</v>
+      </c>
+      <c r="H71" s="17">
+        <v>69</v>
+      </c>
+      <c r="I71" s="17">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A72" s="16"/>
+      <c r="B72" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C72" s="17">
+        <v>2</v>
+      </c>
+      <c r="D72" s="17">
+        <v>1</v>
+      </c>
+      <c r="E72" s="17">
+        <v>0</v>
+      </c>
+      <c r="F72" s="17"/>
+      <c r="G72" s="17">
+        <v>0</v>
+      </c>
+      <c r="H72" s="17">
+        <v>0</v>
+      </c>
+      <c r="I72" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A73" s="16"/>
+      <c r="B73" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C73" s="17">
+        <v>37</v>
+      </c>
+      <c r="D73" s="17">
+        <v>18</v>
+      </c>
+      <c r="E73" s="17">
+        <v>0</v>
+      </c>
+      <c r="F73" s="17"/>
+      <c r="G73" s="17">
+        <v>2</v>
+      </c>
+      <c r="H73" s="17">
+        <v>4</v>
+      </c>
+      <c r="I73" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A74" s="20"/>
+      <c r="B74" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C74" s="14">
+        <v>3550</v>
+      </c>
+      <c r="D74" s="14">
+        <v>1988</v>
+      </c>
+      <c r="E74" s="14">
+        <v>250</v>
+      </c>
+      <c r="F74" s="14"/>
+      <c r="G74" s="14">
+        <v>395</v>
+      </c>
+      <c r="H74" s="14">
+        <v>679</v>
+      </c>
+      <c r="I74" s="14">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A75" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B75" s="19"/>
+      <c r="C75" s="11"/>
+      <c r="D75" s="11"/>
+      <c r="E75" s="11"/>
+      <c r="F75" s="11"/>
+      <c r="G75" s="11"/>
+      <c r="H75" s="11"/>
+      <c r="I75" s="11"/>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A76" s="16"/>
+      <c r="B76" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C76" s="17">
+        <v>170</v>
+      </c>
+      <c r="D76" s="17">
+        <v>94</v>
+      </c>
+      <c r="E76" s="17">
+        <v>4</v>
+      </c>
+      <c r="F76" s="17"/>
+      <c r="G76" s="17">
+        <v>12</v>
+      </c>
+      <c r="H76" s="17">
+        <v>33</v>
+      </c>
+      <c r="I76" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A77" s="16"/>
+      <c r="B77" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C77" s="17">
+        <v>814</v>
+      </c>
+      <c r="D77" s="17">
+        <v>397</v>
+      </c>
+      <c r="E77" s="17">
+        <v>27</v>
+      </c>
+      <c r="F77" s="17"/>
+      <c r="G77" s="17">
+        <v>99</v>
+      </c>
+      <c r="H77" s="17">
+        <v>219</v>
+      </c>
+      <c r="I77" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A78" s="16"/>
+      <c r="B78" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C78" s="17">
+        <v>375</v>
+      </c>
+      <c r="D78" s="17">
+        <v>200</v>
+      </c>
+      <c r="E78" s="17">
+        <v>28</v>
+      </c>
+      <c r="F78" s="17"/>
+      <c r="G78" s="17">
+        <v>50</v>
+      </c>
+      <c r="H78" s="17">
+        <v>82</v>
+      </c>
+      <c r="I78" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A79" s="16"/>
+      <c r="B79" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C79" s="17">
+        <v>393</v>
+      </c>
+      <c r="D79" s="17">
+        <v>199</v>
+      </c>
+      <c r="E79" s="17">
+        <v>28</v>
+      </c>
+      <c r="F79" s="17"/>
+      <c r="G79" s="17">
+        <v>35</v>
+      </c>
+      <c r="H79" s="17">
+        <v>82</v>
+      </c>
+      <c r="I79" s="17">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A80" s="16"/>
+      <c r="B80" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C80" s="17">
+        <v>629</v>
+      </c>
+      <c r="D80" s="17">
+        <v>316</v>
+      </c>
+      <c r="E80" s="17">
+        <v>33</v>
+      </c>
+      <c r="F80" s="17"/>
+      <c r="G80" s="17">
+        <v>100</v>
+      </c>
+      <c r="H80" s="17">
+        <v>144</v>
+      </c>
+      <c r="I80" s="17">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A81" s="16"/>
+      <c r="B81" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C81" s="17">
+        <v>8</v>
+      </c>
+      <c r="D81" s="17">
+        <v>4</v>
+      </c>
+      <c r="E81" s="17">
+        <v>6</v>
+      </c>
+      <c r="F81" s="17"/>
+      <c r="G81" s="17">
+        <v>3</v>
+      </c>
+      <c r="H81" s="17">
+        <v>5</v>
+      </c>
+      <c r="I81" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A82" s="16"/>
+      <c r="B82" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C82" s="17">
+        <v>381</v>
+      </c>
+      <c r="D82" s="17">
+        <v>255</v>
+      </c>
+      <c r="E82" s="17">
+        <v>330</v>
+      </c>
+      <c r="F82" s="17"/>
+      <c r="G82" s="17">
+        <v>13</v>
+      </c>
+      <c r="H82" s="17">
+        <v>20</v>
+      </c>
+      <c r="I82" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A83" s="16"/>
+      <c r="B83" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C83" s="17">
+        <v>92</v>
+      </c>
+      <c r="D83" s="17">
+        <v>56</v>
+      </c>
+      <c r="E83" s="17">
+        <v>82</v>
+      </c>
+      <c r="F83" s="17"/>
+      <c r="G83" s="17">
+        <v>2</v>
+      </c>
+      <c r="H83" s="17">
+        <v>5</v>
+      </c>
+      <c r="I83" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A84" s="16"/>
+      <c r="B84" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C84" s="17">
+        <v>673</v>
+      </c>
+      <c r="D84" s="17">
+        <v>379</v>
+      </c>
+      <c r="E84" s="17">
+        <v>208</v>
+      </c>
+      <c r="F84" s="17"/>
+      <c r="G84" s="17">
+        <v>73</v>
+      </c>
+      <c r="H84" s="17">
+        <v>74</v>
+      </c>
+      <c r="I84" s="17">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A85" s="16"/>
+      <c r="B85" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C85" s="17">
+        <v>3</v>
+      </c>
+      <c r="D85" s="17">
+        <v>1</v>
+      </c>
+      <c r="E85" s="17">
+        <v>0</v>
+      </c>
+      <c r="F85" s="17"/>
+      <c r="G85" s="17">
+        <v>0</v>
+      </c>
+      <c r="H85" s="17">
+        <v>0</v>
+      </c>
+      <c r="I85" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A86" s="16"/>
+      <c r="B86" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C86" s="17">
+        <v>38</v>
+      </c>
+      <c r="D86" s="17">
+        <v>20</v>
+      </c>
+      <c r="E86" s="17">
+        <v>2</v>
+      </c>
+      <c r="F86" s="17"/>
+      <c r="G86" s="17">
+        <v>2</v>
+      </c>
+      <c r="H86" s="17">
+        <v>4</v>
+      </c>
+      <c r="I86" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A87" s="20"/>
+      <c r="B87" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C87" s="14">
+        <v>3576</v>
+      </c>
+      <c r="D87" s="14">
+        <v>1921</v>
+      </c>
+      <c r="E87" s="14">
+        <v>748</v>
+      </c>
+      <c r="F87" s="14"/>
+      <c r="G87" s="14">
+        <v>389</v>
+      </c>
+      <c r="H87" s="14">
+        <v>668</v>
+      </c>
+      <c r="I87" s="14">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A88" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B88" s="19"/>
+      <c r="C88" s="11"/>
+      <c r="D88" s="11"/>
+      <c r="E88" s="11"/>
+      <c r="F88" s="11"/>
+      <c r="G88" s="11"/>
+      <c r="H88" s="11"/>
+      <c r="I88" s="11"/>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A89" s="16"/>
+      <c r="B89" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C89" s="17">
+        <v>176</v>
+      </c>
+      <c r="D89" s="17">
+        <v>108</v>
+      </c>
+      <c r="E89" s="17">
+        <v>4</v>
+      </c>
+      <c r="F89" s="17"/>
+      <c r="G89" s="17">
+        <v>13</v>
+      </c>
+      <c r="H89" s="17">
+        <v>33</v>
+      </c>
+      <c r="I89" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A90" s="16"/>
+      <c r="B90" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C90" s="17">
+        <v>827</v>
+      </c>
+      <c r="D90" s="17">
+        <v>396</v>
+      </c>
+      <c r="E90" s="17">
+        <v>22</v>
+      </c>
+      <c r="F90" s="17"/>
+      <c r="G90" s="17">
+        <v>103</v>
+      </c>
+      <c r="H90" s="17">
+        <v>221</v>
+      </c>
+      <c r="I90" s="17">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A91" s="16"/>
+      <c r="B91" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C91" s="17">
+        <v>390</v>
+      </c>
+      <c r="D91" s="17">
+        <v>202</v>
+      </c>
+      <c r="E91" s="17">
+        <v>37</v>
+      </c>
+      <c r="F91" s="17"/>
+      <c r="G91" s="17">
+        <v>44</v>
+      </c>
+      <c r="H91" s="17">
+        <v>86</v>
+      </c>
+      <c r="I91" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A92" s="16"/>
+      <c r="B92" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C92" s="17">
+        <v>415</v>
+      </c>
+      <c r="D92" s="17">
+        <v>193</v>
+      </c>
+      <c r="E92" s="17">
+        <v>43</v>
+      </c>
+      <c r="F92" s="17"/>
+      <c r="G92" s="17">
+        <v>40</v>
+      </c>
+      <c r="H92" s="17">
+        <v>93</v>
+      </c>
+      <c r="I92" s="17">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A93" s="16"/>
+      <c r="B93" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C93" s="17">
+        <v>652</v>
+      </c>
+      <c r="D93" s="17">
+        <v>316</v>
+      </c>
+      <c r="E93" s="17">
+        <v>56</v>
+      </c>
+      <c r="F93" s="17"/>
+      <c r="G93" s="17">
+        <v>101</v>
+      </c>
+      <c r="H93" s="17">
+        <v>139</v>
+      </c>
+      <c r="I93" s="17">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A94" s="16"/>
+      <c r="B94" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C94" s="17">
+        <v>9</v>
+      </c>
+      <c r="D94" s="17">
+        <v>2</v>
+      </c>
+      <c r="E94" s="17">
+        <v>3</v>
+      </c>
+      <c r="F94" s="17"/>
+      <c r="G94" s="17">
+        <v>1</v>
+      </c>
+      <c r="H94" s="17">
+        <v>4</v>
+      </c>
+      <c r="I94" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A95" s="16"/>
+      <c r="B95" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C95" s="17">
+        <v>367</v>
+      </c>
+      <c r="D95" s="17">
+        <v>238</v>
+      </c>
+      <c r="E95" s="17">
+        <v>124</v>
+      </c>
+      <c r="F95" s="17"/>
+      <c r="G95" s="17">
+        <v>13</v>
+      </c>
+      <c r="H95" s="17">
+        <v>24</v>
+      </c>
+      <c r="I95" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A96" s="16"/>
+      <c r="B96" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C96" s="17">
+        <v>92</v>
+      </c>
+      <c r="D96" s="17">
+        <v>55</v>
+      </c>
+      <c r="E96" s="17">
+        <v>102</v>
+      </c>
+      <c r="F96" s="17"/>
+      <c r="G96" s="17">
+        <v>2</v>
+      </c>
+      <c r="H96" s="17">
+        <v>6</v>
+      </c>
+      <c r="I96" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A97" s="16"/>
+      <c r="B97" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C97" s="17">
+        <v>671</v>
+      </c>
+      <c r="D97" s="17">
+        <v>371</v>
+      </c>
+      <c r="E97" s="17">
+        <v>271</v>
+      </c>
+      <c r="F97" s="17"/>
+      <c r="G97" s="17">
+        <v>74</v>
+      </c>
+      <c r="H97" s="17">
+        <v>78</v>
+      </c>
+      <c r="I97" s="17">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A98" s="16"/>
+      <c r="B98" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C98" s="17">
+        <v>4</v>
+      </c>
+      <c r="D98" s="17">
+        <v>2</v>
+      </c>
+      <c r="E98" s="17">
+        <v>0</v>
+      </c>
+      <c r="F98" s="17"/>
+      <c r="G98" s="17">
+        <v>0</v>
+      </c>
+      <c r="H98" s="17">
+        <v>0</v>
+      </c>
+      <c r="I98" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A99" s="16"/>
+      <c r="B99" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C99" s="17">
+        <v>43</v>
+      </c>
+      <c r="D99" s="17">
+        <v>31</v>
+      </c>
+      <c r="E99" s="17">
+        <v>0</v>
+      </c>
+      <c r="F99" s="17"/>
+      <c r="G99" s="17">
+        <v>2</v>
+      </c>
+      <c r="H99" s="17">
+        <v>4</v>
+      </c>
+      <c r="I99" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A100" s="20"/>
+      <c r="B100" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C100" s="14">
+        <v>3646</v>
+      </c>
+      <c r="D100" s="14">
+        <v>1914</v>
+      </c>
+      <c r="E100" s="14">
+        <v>662</v>
+      </c>
+      <c r="F100" s="14"/>
+      <c r="G100" s="14">
+        <v>393</v>
+      </c>
+      <c r="H100" s="14">
+        <v>688</v>
+      </c>
+      <c r="I100" s="14">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A101" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B101" s="19"/>
+      <c r="C101" s="11"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="11"/>
+      <c r="F101" s="11"/>
+      <c r="G101" s="11"/>
+      <c r="H101" s="11"/>
+      <c r="I101" s="11"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A102" s="16"/>
+      <c r="B102" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C102" s="17">
+        <v>175</v>
+      </c>
+      <c r="D102" s="17">
+        <v>105</v>
+      </c>
+      <c r="E102" s="17">
+        <v>2</v>
+      </c>
+      <c r="F102" s="17"/>
+      <c r="G102" s="17">
+        <v>14</v>
+      </c>
+      <c r="H102" s="17">
+        <v>36</v>
+      </c>
+      <c r="I102" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A103" s="16"/>
+      <c r="B103" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C103" s="17">
+        <v>811</v>
+      </c>
+      <c r="D103" s="17">
+        <v>384</v>
+      </c>
+      <c r="E103" s="17">
+        <v>17</v>
+      </c>
+      <c r="F103" s="17"/>
+      <c r="G103" s="17">
+        <v>104</v>
+      </c>
+      <c r="H103" s="17">
+        <v>243</v>
+      </c>
+      <c r="I103" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A104" s="16"/>
+      <c r="B104" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C104" s="17">
+        <v>378</v>
+      </c>
+      <c r="D104" s="17">
+        <v>193</v>
+      </c>
+      <c r="E104" s="17">
+        <v>24</v>
+      </c>
+      <c r="F104" s="17"/>
+      <c r="G104" s="17">
+        <v>39</v>
+      </c>
+      <c r="H104" s="17">
+        <v>78</v>
+      </c>
+      <c r="I104" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A105" s="16"/>
+      <c r="B105" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C105" s="17">
+        <v>392</v>
+      </c>
+      <c r="D105" s="17">
+        <v>184</v>
+      </c>
+      <c r="E105" s="17">
+        <v>15</v>
+      </c>
+      <c r="F105" s="17"/>
+      <c r="G105" s="17">
+        <v>41</v>
+      </c>
+      <c r="H105" s="17">
+        <v>96</v>
+      </c>
+      <c r="I105" s="17">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A106" s="16"/>
+      <c r="B106" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C106" s="17">
+        <v>664</v>
+      </c>
+      <c r="D106" s="17">
+        <v>300</v>
+      </c>
+      <c r="E106" s="17">
+        <v>69</v>
+      </c>
+      <c r="F106" s="17"/>
+      <c r="G106" s="17">
+        <v>102</v>
+      </c>
+      <c r="H106" s="17">
+        <v>140</v>
+      </c>
+      <c r="I106" s="17">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A107" s="16"/>
+      <c r="B107" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C107" s="17">
+        <v>14</v>
+      </c>
+      <c r="D107" s="17">
+        <v>5</v>
+      </c>
+      <c r="E107" s="17">
+        <v>0</v>
+      </c>
+      <c r="F107" s="17"/>
+      <c r="G107" s="17">
+        <v>1</v>
+      </c>
+      <c r="H107" s="17">
+        <v>5</v>
+      </c>
+      <c r="I107" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A108" s="16"/>
+      <c r="B108" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C108" s="17">
+        <v>362</v>
+      </c>
+      <c r="D108" s="17">
+        <v>236</v>
+      </c>
+      <c r="E108" s="17">
+        <v>88</v>
+      </c>
+      <c r="F108" s="17"/>
+      <c r="G108" s="17">
+        <v>14</v>
+      </c>
+      <c r="H108" s="17">
+        <v>20</v>
+      </c>
+      <c r="I108" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A109" s="16"/>
+      <c r="B109" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C109" s="17">
+        <v>92</v>
+      </c>
+      <c r="D109" s="17">
+        <v>58</v>
+      </c>
+      <c r="E109" s="17">
+        <v>36</v>
+      </c>
+      <c r="F109" s="17"/>
+      <c r="G109" s="17">
+        <v>3</v>
+      </c>
+      <c r="H109" s="17">
+        <v>7</v>
+      </c>
+      <c r="I109" s="17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A110" s="16"/>
+      <c r="B110" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C110" s="17">
+        <v>664</v>
+      </c>
+      <c r="D110" s="17">
+        <v>362</v>
+      </c>
+      <c r="E110" s="17">
+        <v>184</v>
+      </c>
+      <c r="F110" s="17"/>
+      <c r="G110" s="17">
+        <v>72</v>
+      </c>
+      <c r="H110" s="17">
+        <v>77</v>
+      </c>
+      <c r="I110" s="17">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A111" s="16"/>
+      <c r="B111" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C111" s="17">
+        <v>3</v>
+      </c>
+      <c r="D111" s="17">
+        <v>1</v>
+      </c>
+      <c r="E111" s="17">
+        <v>0</v>
+      </c>
+      <c r="F111" s="17"/>
+      <c r="G111" s="17">
+        <v>0</v>
+      </c>
+      <c r="H111" s="17">
+        <v>0</v>
+      </c>
+      <c r="I111" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A112" s="16"/>
+      <c r="B112" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C112" s="17">
+        <v>33</v>
+      </c>
+      <c r="D112" s="17">
+        <v>27</v>
+      </c>
+      <c r="E112" s="17">
+        <v>0</v>
+      </c>
+      <c r="F112" s="17"/>
+      <c r="G112" s="17">
+        <v>2</v>
+      </c>
+      <c r="H112" s="17">
+        <v>4</v>
+      </c>
+      <c r="I112" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A113" s="20"/>
+      <c r="B113" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C113" s="14">
+        <v>3588</v>
+      </c>
+      <c r="D113" s="14">
+        <v>1855</v>
+      </c>
+      <c r="E113" s="14">
+        <v>435</v>
+      </c>
+      <c r="F113" s="14"/>
+      <c r="G113" s="14">
+        <v>392</v>
+      </c>
+      <c r="H113" s="14">
+        <v>706</v>
+      </c>
+      <c r="I113" s="14">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A114" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B114" s="19"/>
+      <c r="C114" s="11"/>
+      <c r="D114" s="11"/>
+      <c r="E114" s="11"/>
+      <c r="F114" s="11"/>
+      <c r="G114" s="11"/>
+      <c r="H114" s="11"/>
+      <c r="I114" s="11"/>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A115" s="16"/>
+      <c r="B115" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C115" s="17">
+        <v>162</v>
+      </c>
+      <c r="D115" s="17">
+        <v>94</v>
+      </c>
+      <c r="E115" s="17">
+        <v>3</v>
+      </c>
+      <c r="F115" s="17"/>
+      <c r="G115" s="17">
+        <v>14</v>
+      </c>
+      <c r="H115" s="17">
+        <v>35</v>
+      </c>
+      <c r="I115" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A116" s="16"/>
+      <c r="B116" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C116" s="17">
+        <v>807</v>
+      </c>
+      <c r="D116" s="17">
+        <v>387</v>
+      </c>
+      <c r="E116" s="17">
+        <v>17</v>
+      </c>
+      <c r="F116" s="17"/>
+      <c r="G116" s="17">
+        <v>107</v>
+      </c>
+      <c r="H116" s="17">
+        <v>243</v>
+      </c>
+      <c r="I116" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A117" s="16"/>
+      <c r="B117" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C117" s="17">
+        <v>369</v>
+      </c>
+      <c r="D117" s="17">
+        <v>186</v>
+      </c>
+      <c r="E117" s="17">
+        <v>21</v>
+      </c>
+      <c r="F117" s="17"/>
+      <c r="G117" s="17">
+        <v>41</v>
+      </c>
+      <c r="H117" s="17">
+        <v>74</v>
+      </c>
+      <c r="I117" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A118" s="16"/>
+      <c r="B118" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C118" s="17">
+        <v>384</v>
+      </c>
+      <c r="D118" s="17">
+        <v>189</v>
+      </c>
+      <c r="E118" s="17">
+        <v>15</v>
+      </c>
+      <c r="F118" s="17"/>
+      <c r="G118" s="17">
+        <v>36</v>
+      </c>
+      <c r="H118" s="17">
+        <v>90</v>
+      </c>
+      <c r="I118" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A119" s="16"/>
+      <c r="B119" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C119" s="17">
+        <v>658</v>
+      </c>
+      <c r="D119" s="17">
+        <v>305</v>
+      </c>
+      <c r="E119" s="17">
+        <v>72</v>
+      </c>
+      <c r="F119" s="17"/>
+      <c r="G119" s="17">
+        <v>98</v>
+      </c>
+      <c r="H119" s="17">
+        <v>140</v>
+      </c>
+      <c r="I119" s="17">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A120" s="16"/>
+      <c r="B120" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C120" s="17">
+        <v>18</v>
+      </c>
+      <c r="D120" s="17">
+        <v>9</v>
+      </c>
+      <c r="E120" s="17">
+        <v>0</v>
+      </c>
+      <c r="F120" s="17"/>
+      <c r="G120" s="17">
+        <v>1</v>
+      </c>
+      <c r="H120" s="17">
+        <v>4</v>
+      </c>
+      <c r="I120" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A121" s="16"/>
+      <c r="B121" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C121" s="17">
+        <v>358</v>
+      </c>
+      <c r="D121" s="17">
+        <v>235</v>
+      </c>
+      <c r="E121" s="17">
+        <v>77</v>
+      </c>
+      <c r="F121" s="17"/>
+      <c r="G121" s="17">
+        <v>17</v>
+      </c>
+      <c r="H121" s="17">
+        <v>19</v>
+      </c>
+      <c r="I121" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A122" s="16"/>
+      <c r="B122" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C122" s="17">
+        <v>93</v>
+      </c>
+      <c r="D122" s="17">
+        <v>57</v>
+      </c>
+      <c r="E122" s="17">
+        <v>22</v>
+      </c>
+      <c r="F122" s="17"/>
+      <c r="G122" s="17">
+        <v>4</v>
+      </c>
+      <c r="H122" s="17">
+        <v>7</v>
+      </c>
+      <c r="I122" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A123" s="16"/>
+      <c r="B123" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C123" s="17">
+        <v>692</v>
+      </c>
+      <c r="D123" s="17">
+        <v>383</v>
+      </c>
+      <c r="E123" s="17">
+        <v>185</v>
+      </c>
+      <c r="F123" s="17"/>
+      <c r="G123" s="17">
+        <v>70</v>
+      </c>
+      <c r="H123" s="17">
+        <v>76</v>
+      </c>
+      <c r="I123" s="17">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A124" s="16"/>
+      <c r="B124" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C124" s="17">
+        <v>3</v>
+      </c>
+      <c r="D124" s="17">
+        <v>1</v>
+      </c>
+      <c r="E124" s="17">
+        <v>0</v>
+      </c>
+      <c r="F124" s="17"/>
+      <c r="G124" s="17">
+        <v>0</v>
+      </c>
+      <c r="H124" s="17">
+        <v>0</v>
+      </c>
+      <c r="I124" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A125" s="16"/>
+      <c r="B125" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C125" s="17">
+        <v>37</v>
+      </c>
+      <c r="D125" s="17">
+        <v>23</v>
+      </c>
+      <c r="E125" s="17">
+        <v>0</v>
+      </c>
+      <c r="F125" s="17"/>
+      <c r="G125" s="17">
+        <v>1</v>
+      </c>
+      <c r="H125" s="17">
+        <v>3</v>
+      </c>
+      <c r="I125" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A126" s="20"/>
+      <c r="B126" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C126" s="14">
+        <v>3581</v>
+      </c>
+      <c r="D126" s="14">
+        <v>1869</v>
+      </c>
+      <c r="E126" s="14">
+        <v>412</v>
+      </c>
+      <c r="F126" s="14"/>
+      <c r="G126" s="14">
+        <v>389</v>
+      </c>
+      <c r="H126" s="14">
+        <v>691</v>
+      </c>
+      <c r="I126" s="14">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A127" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B127" s="19"/>
+      <c r="C127" s="11"/>
+      <c r="D127" s="11"/>
+      <c r="E127" s="11"/>
+      <c r="F127" s="11"/>
+      <c r="G127" s="11"/>
+      <c r="H127" s="11"/>
+      <c r="I127" s="11"/>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A128" s="16"/>
+      <c r="B128" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C128" s="17">
+        <v>169</v>
+      </c>
+      <c r="D128" s="17">
+        <v>104</v>
+      </c>
+      <c r="E128" s="17">
+        <v>7</v>
+      </c>
+      <c r="F128" s="17"/>
+      <c r="G128" s="17">
+        <v>12</v>
+      </c>
+      <c r="H128" s="17">
+        <v>32</v>
+      </c>
+      <c r="I128" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A129" s="16"/>
+      <c r="B129" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C129" s="17">
+        <v>787</v>
+      </c>
+      <c r="D129" s="17">
+        <v>376</v>
+      </c>
+      <c r="E129" s="17">
+        <v>40</v>
+      </c>
+      <c r="F129" s="17"/>
+      <c r="G129" s="17">
+        <v>106</v>
+      </c>
+      <c r="H129" s="17">
+        <v>241</v>
+      </c>
+      <c r="I129" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A130" s="16"/>
+      <c r="B130" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C130" s="17">
+        <v>365</v>
+      </c>
+      <c r="D130" s="17">
+        <v>197</v>
+      </c>
+      <c r="E130" s="17">
+        <v>36</v>
+      </c>
+      <c r="F130" s="17"/>
+      <c r="G130" s="17">
+        <v>43</v>
+      </c>
+      <c r="H130" s="17">
+        <v>73</v>
+      </c>
+      <c r="I130" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A131" s="16"/>
+      <c r="B131" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C131" s="17">
+        <v>381</v>
+      </c>
+      <c r="D131" s="17">
+        <v>185</v>
+      </c>
+      <c r="E131" s="17">
+        <v>74</v>
+      </c>
+      <c r="F131" s="17"/>
+      <c r="G131" s="17">
+        <v>35</v>
+      </c>
+      <c r="H131" s="17">
+        <v>89</v>
+      </c>
+      <c r="I131" s="17">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A132" s="16"/>
+      <c r="B132" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C132" s="17">
+        <v>662</v>
+      </c>
+      <c r="D132" s="17">
+        <v>307</v>
+      </c>
+      <c r="E132" s="17">
+        <v>67</v>
+      </c>
+      <c r="F132" s="17"/>
+      <c r="G132" s="17">
+        <v>89</v>
+      </c>
+      <c r="H132" s="17">
+        <v>127</v>
+      </c>
+      <c r="I132" s="17">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A133" s="16"/>
+      <c r="B133" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C133" s="17">
+        <v>19</v>
+      </c>
+      <c r="D133" s="17">
+        <v>9</v>
+      </c>
+      <c r="E133" s="17">
+        <v>0</v>
+      </c>
+      <c r="F133" s="17"/>
+      <c r="G133" s="17">
+        <v>2</v>
+      </c>
+      <c r="H133" s="17">
+        <v>5</v>
+      </c>
+      <c r="I133" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A134" s="16"/>
+      <c r="B134" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C134" s="17">
+        <v>353</v>
+      </c>
+      <c r="D134" s="17">
+        <v>222</v>
+      </c>
+      <c r="E134" s="17">
+        <v>120</v>
+      </c>
+      <c r="F134" s="17"/>
+      <c r="G134" s="17">
+        <v>14</v>
+      </c>
+      <c r="H134" s="17">
+        <v>21</v>
+      </c>
+      <c r="I134" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A135" s="16"/>
+      <c r="B135" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C135" s="17">
+        <v>94</v>
+      </c>
+      <c r="D135" s="17">
+        <v>58</v>
+      </c>
+      <c r="E135" s="17">
+        <v>23</v>
+      </c>
+      <c r="F135" s="17"/>
+      <c r="G135" s="17">
+        <v>4</v>
+      </c>
+      <c r="H135" s="17">
+        <v>4</v>
+      </c>
+      <c r="I135" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A136" s="16"/>
+      <c r="B136" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C136" s="17">
+        <v>695</v>
+      </c>
+      <c r="D136" s="17">
+        <v>386</v>
+      </c>
+      <c r="E136" s="17">
+        <v>141</v>
+      </c>
+      <c r="F136" s="17"/>
+      <c r="G136" s="17">
+        <v>70</v>
+      </c>
+      <c r="H136" s="17">
+        <v>71</v>
+      </c>
+      <c r="I136" s="17">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A137" s="16"/>
+      <c r="B137" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C137" s="17">
+        <v>3</v>
+      </c>
+      <c r="D137" s="17">
+        <v>2</v>
+      </c>
+      <c r="E137" s="17">
+        <v>0</v>
+      </c>
+      <c r="F137" s="17"/>
+      <c r="G137" s="17">
+        <v>0</v>
+      </c>
+      <c r="H137" s="17">
+        <v>0</v>
+      </c>
+      <c r="I137" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A138" s="16"/>
+      <c r="B138" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C138" s="17">
+        <v>45</v>
+      </c>
+      <c r="D138" s="17">
+        <v>24</v>
+      </c>
+      <c r="E138" s="17">
+        <v>1</v>
+      </c>
+      <c r="F138" s="17"/>
+      <c r="G138" s="17">
+        <v>1</v>
+      </c>
+      <c r="H138" s="17">
+        <v>4</v>
+      </c>
+      <c r="I138" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A139" s="20"/>
+      <c r="B139" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C139" s="14">
+        <v>3573</v>
+      </c>
+      <c r="D139" s="14">
+        <v>1870</v>
+      </c>
+      <c r="E139" s="14">
+        <v>509</v>
+      </c>
+      <c r="F139" s="14"/>
+      <c r="G139" s="14">
+        <v>376</v>
+      </c>
+      <c r="H139" s="14">
+        <v>667</v>
+      </c>
+      <c r="I139" s="14">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A140" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B140" s="19"/>
+      <c r="C140" s="11"/>
+      <c r="D140" s="11"/>
+      <c r="E140" s="11"/>
+      <c r="F140" s="11"/>
+      <c r="G140" s="11"/>
+      <c r="H140" s="11"/>
+      <c r="I140" s="11"/>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A141" s="16"/>
+      <c r="B141" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C141" s="17">
+        <v>162</v>
+      </c>
+      <c r="D141" s="17">
+        <v>99</v>
+      </c>
+      <c r="E141" s="17">
+        <v>6</v>
+      </c>
+      <c r="F141" s="17"/>
+      <c r="G141" s="17">
+        <v>11</v>
+      </c>
+      <c r="H141" s="17">
+        <v>25</v>
+      </c>
+      <c r="I141" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A142" s="16"/>
+      <c r="B142" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C142" s="17">
+        <v>795</v>
+      </c>
+      <c r="D142" s="17">
+        <v>373</v>
+      </c>
+      <c r="E142" s="17">
+        <v>31</v>
+      </c>
+      <c r="F142" s="17"/>
+      <c r="G142" s="17">
+        <v>110</v>
+      </c>
+      <c r="H142" s="17">
+        <v>231</v>
+      </c>
+      <c r="I142" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A143" s="16"/>
+      <c r="B143" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C143" s="17">
+        <v>366</v>
+      </c>
+      <c r="D143" s="17">
+        <v>192</v>
+      </c>
+      <c r="E143" s="17">
+        <v>57</v>
+      </c>
+      <c r="F143" s="17"/>
+      <c r="G143" s="17">
+        <v>41</v>
+      </c>
+      <c r="H143" s="17">
+        <v>73</v>
+      </c>
+      <c r="I143" s="17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A144" s="16"/>
+      <c r="B144" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C144" s="17">
+        <v>369</v>
+      </c>
+      <c r="D144" s="17">
+        <v>166</v>
+      </c>
+      <c r="E144" s="17">
+        <v>35</v>
+      </c>
+      <c r="F144" s="17"/>
+      <c r="G144" s="17">
+        <v>41</v>
+      </c>
+      <c r="H144" s="17">
+        <v>87</v>
+      </c>
+      <c r="I144" s="17">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A145" s="16"/>
+      <c r="B145" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C145" s="17">
+        <v>714</v>
+      </c>
+      <c r="D145" s="17">
+        <v>322</v>
+      </c>
+      <c r="E145" s="17">
+        <v>35</v>
+      </c>
+      <c r="F145" s="17"/>
+      <c r="G145" s="17">
+        <v>88</v>
+      </c>
+      <c r="H145" s="17">
+        <v>141</v>
+      </c>
+      <c r="I145" s="17">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A146" s="16"/>
+      <c r="B146" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C146" s="17">
+        <v>22</v>
+      </c>
+      <c r="D146" s="17">
+        <v>10</v>
+      </c>
+      <c r="E146" s="17">
+        <v>1</v>
+      </c>
+      <c r="F146" s="17"/>
+      <c r="G146" s="17">
+        <v>2</v>
+      </c>
+      <c r="H146" s="17">
+        <v>5</v>
+      </c>
+      <c r="I146" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A147" s="16"/>
+      <c r="B147" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C147" s="17">
+        <v>392</v>
+      </c>
+      <c r="D147" s="17">
+        <v>248</v>
+      </c>
+      <c r="E147" s="17">
+        <v>180</v>
+      </c>
+      <c r="F147" s="17"/>
+      <c r="G147" s="17">
+        <v>15</v>
+      </c>
+      <c r="H147" s="17">
+        <v>21</v>
+      </c>
+      <c r="I147" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A148" s="16"/>
+      <c r="B148" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C148" s="17">
+        <v>93</v>
+      </c>
+      <c r="D148" s="17">
+        <v>54</v>
+      </c>
+      <c r="E148" s="17">
+        <v>40</v>
+      </c>
+      <c r="F148" s="17"/>
+      <c r="G148" s="17">
+        <v>5</v>
+      </c>
+      <c r="H148" s="17">
+        <v>5</v>
+      </c>
+      <c r="I148" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A149" s="16"/>
+      <c r="B149" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C149" s="17">
+        <v>729</v>
+      </c>
+      <c r="D149" s="17">
+        <v>392</v>
+      </c>
+      <c r="E149" s="17">
+        <v>131</v>
+      </c>
+      <c r="F149" s="17"/>
+      <c r="G149" s="17">
+        <v>82</v>
+      </c>
+      <c r="H149" s="17">
+        <v>83</v>
+      </c>
+      <c r="I149" s="17">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A150" s="16"/>
+      <c r="B150" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C150" s="17">
+        <v>3</v>
+      </c>
+      <c r="D150" s="17">
+        <v>2</v>
+      </c>
+      <c r="E150" s="17">
+        <v>0</v>
+      </c>
+      <c r="F150" s="17"/>
+      <c r="G150" s="17">
+        <v>0</v>
+      </c>
+      <c r="H150" s="17">
+        <v>0</v>
+      </c>
+      <c r="I150" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A151" s="16"/>
+      <c r="B151" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C151" s="17">
+        <v>42</v>
+      </c>
+      <c r="D151" s="17">
+        <v>23</v>
+      </c>
+      <c r="E151" s="17">
+        <v>0</v>
+      </c>
+      <c r="F151" s="17"/>
+      <c r="G151" s="17">
+        <v>0</v>
+      </c>
+      <c r="H151" s="17">
+        <v>3</v>
+      </c>
+      <c r="I151" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A152" s="20"/>
+      <c r="B152" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C152" s="14">
+        <v>3687</v>
+      </c>
+      <c r="D152" s="14">
+        <v>1881</v>
+      </c>
+      <c r="E152" s="14">
+        <v>516</v>
+      </c>
+      <c r="F152" s="14"/>
+      <c r="G152" s="14">
+        <v>395</v>
+      </c>
+      <c r="H152" s="14">
+        <v>674</v>
+      </c>
+      <c r="I152" s="14">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A153" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B153" s="19"/>
+      <c r="C153" s="11"/>
+      <c r="D153" s="11"/>
+      <c r="E153" s="11"/>
+      <c r="F153" s="11"/>
+      <c r="G153" s="11"/>
+      <c r="H153" s="11"/>
+      <c r="I153" s="11"/>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A154" s="16"/>
+      <c r="B154" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C154" s="17">
+        <v>165</v>
+      </c>
+      <c r="D154" s="17">
+        <v>91</v>
+      </c>
+      <c r="E154" s="17">
+        <v>4</v>
+      </c>
+      <c r="F154" s="17"/>
+      <c r="G154" s="17">
+        <v>10</v>
+      </c>
+      <c r="H154" s="17">
+        <v>26</v>
+      </c>
+      <c r="I154" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A155" s="16"/>
+      <c r="B155" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C155" s="17">
+        <v>826</v>
+      </c>
+      <c r="D155" s="17">
+        <v>371</v>
+      </c>
+      <c r="E155" s="17">
+        <v>61</v>
+      </c>
+      <c r="F155" s="17"/>
+      <c r="G155" s="17">
+        <v>111</v>
+      </c>
+      <c r="H155" s="17">
+        <v>232</v>
+      </c>
+      <c r="I155" s="17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A156" s="16"/>
+      <c r="B156" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C156" s="17">
+        <v>369</v>
+      </c>
+      <c r="D156" s="17">
+        <v>185</v>
+      </c>
+      <c r="E156" s="17">
+        <v>84</v>
+      </c>
+      <c r="F156" s="17"/>
+      <c r="G156" s="17">
+        <v>44</v>
+      </c>
+      <c r="H156" s="17">
+        <v>80</v>
+      </c>
+      <c r="I156" s="17">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A157" s="16"/>
+      <c r="B157" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C157" s="17">
+        <v>399</v>
+      </c>
+      <c r="D157" s="17">
+        <v>172</v>
+      </c>
+      <c r="E157" s="17">
+        <v>57</v>
+      </c>
+      <c r="F157" s="17"/>
+      <c r="G157" s="17">
+        <v>41</v>
+      </c>
+      <c r="H157" s="17">
+        <v>95</v>
+      </c>
+      <c r="I157" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A158" s="16"/>
+      <c r="B158" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C158" s="17">
+        <v>730</v>
+      </c>
+      <c r="D158" s="17">
+        <v>335</v>
+      </c>
+      <c r="E158" s="17">
+        <v>14</v>
+      </c>
+      <c r="F158" s="17"/>
+      <c r="G158" s="17">
+        <v>93</v>
+      </c>
+      <c r="H158" s="17">
+        <v>148</v>
+      </c>
+      <c r="I158" s="17">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A159" s="16"/>
+      <c r="B159" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C159" s="17">
+        <v>24</v>
+      </c>
+      <c r="D159" s="17">
+        <v>15</v>
+      </c>
+      <c r="E159" s="17">
+        <v>2</v>
+      </c>
+      <c r="F159" s="17"/>
+      <c r="G159" s="17">
+        <v>1</v>
+      </c>
+      <c r="H159" s="17">
+        <v>3</v>
+      </c>
+      <c r="I159" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A160" s="16"/>
+      <c r="B160" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C160" s="17">
+        <v>428</v>
+      </c>
+      <c r="D160" s="17">
+        <v>287</v>
+      </c>
+      <c r="E160" s="17">
+        <v>254</v>
+      </c>
+      <c r="F160" s="17"/>
+      <c r="G160" s="17">
+        <v>15</v>
+      </c>
+      <c r="H160" s="17">
+        <v>28</v>
+      </c>
+      <c r="I160" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A161" s="16"/>
+      <c r="B161" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C161" s="17">
+        <v>103</v>
+      </c>
+      <c r="D161" s="17">
+        <v>64</v>
+      </c>
+      <c r="E161" s="17">
+        <v>62</v>
+      </c>
+      <c r="F161" s="17"/>
+      <c r="G161" s="17">
+        <v>5</v>
+      </c>
+      <c r="H161" s="17">
+        <v>6</v>
+      </c>
+      <c r="I161" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A162" s="16"/>
+      <c r="B162" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C162" s="17">
+        <v>737</v>
+      </c>
+      <c r="D162" s="17">
+        <v>393</v>
+      </c>
+      <c r="E162" s="17">
+        <v>266</v>
+      </c>
+      <c r="F162" s="17"/>
+      <c r="G162" s="17">
+        <v>81</v>
+      </c>
+      <c r="H162" s="17">
+        <v>81</v>
+      </c>
+      <c r="I162" s="17">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A163" s="16"/>
+      <c r="B163" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C163" s="17">
+        <v>4</v>
+      </c>
+      <c r="D163" s="17">
+        <v>2</v>
+      </c>
+      <c r="E163" s="17">
+        <v>0</v>
+      </c>
+      <c r="F163" s="17"/>
+      <c r="G163" s="17">
+        <v>0</v>
+      </c>
+      <c r="H163" s="17">
+        <v>0</v>
+      </c>
+      <c r="I163" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A164" s="16"/>
+      <c r="B164" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C164" s="17">
+        <v>38</v>
+      </c>
+      <c r="D164" s="17">
+        <v>19</v>
+      </c>
+      <c r="E164" s="17">
+        <v>5</v>
+      </c>
+      <c r="F164" s="17"/>
+      <c r="G164" s="17">
+        <v>0</v>
+      </c>
+      <c r="H164" s="17">
+        <v>3</v>
+      </c>
+      <c r="I164" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A165" s="20"/>
+      <c r="B165" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C165" s="14">
+        <v>3823</v>
+      </c>
+      <c r="D165" s="14">
+        <v>1934</v>
+      </c>
+      <c r="E165" s="14">
+        <v>809</v>
+      </c>
+      <c r="F165" s="14"/>
+      <c r="G165" s="14">
+        <v>401</v>
+      </c>
+      <c r="H165" s="14">
+        <v>702</v>
+      </c>
+      <c r="I165" s="14">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A166" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B166" s="19"/>
+      <c r="C166" s="11"/>
+      <c r="D166" s="11"/>
+      <c r="E166" s="11"/>
+      <c r="F166" s="11"/>
+      <c r="G166" s="11"/>
+      <c r="H166" s="11"/>
+      <c r="I166" s="11"/>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A167" s="16"/>
+      <c r="B167" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C167" s="17">
+        <f t="shared" ref="C167:D178" si="0">AVERAGE(C11,C24,C37,C50,C63,C76,C89,C102,C115,C128,C141,C154)</f>
+        <v>162.66666666666666</v>
+      </c>
+      <c r="D167" s="17">
+        <f t="shared" si="0"/>
+        <v>93.083333333333329</v>
+      </c>
+      <c r="E167" s="17">
+        <f t="shared" ref="E167" si="1">AVERAGE(E11,E24,E37,E50,E63,E76,E89,E102,E115,E128,E141,E154)</f>
+        <v>4.833333333333333</v>
+      </c>
+      <c r="F167" s="17"/>
+      <c r="G167" s="17">
+        <f t="shared" ref="G167:I178" si="2">AVERAGE(G11,G24,G37,G50,G63,G76,G89,G102,G115,G128,G141,G154)</f>
+        <v>11.916666666666666</v>
+      </c>
+      <c r="H167" s="17">
+        <f t="shared" si="2"/>
+        <v>30.916666666666668</v>
+      </c>
+      <c r="I167" s="17">
+        <f t="shared" si="2"/>
+        <v>8.3333333333333329E-2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A168" s="16"/>
+      <c r="B168" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C168" s="17">
+        <f t="shared" si="0"/>
+        <v>752.5</v>
+      </c>
+      <c r="D168" s="17">
+        <f t="shared" si="0"/>
+        <v>360.16666666666669</v>
+      </c>
+      <c r="E168" s="17">
+        <f t="shared" ref="E168" si="3">AVERAGE(E12,E25,E38,E51,E64,E77,E90,E103,E116,E129,E142,E155)</f>
+        <v>34.166666666666664</v>
+      </c>
+      <c r="F168" s="17"/>
+      <c r="G168" s="17">
+        <f t="shared" si="2"/>
+        <v>100.25</v>
+      </c>
+      <c r="H168" s="17">
+        <f t="shared" si="2"/>
+        <v>214</v>
+      </c>
+      <c r="I168" s="17">
+        <f t="shared" si="2"/>
+        <v>4.166666666666667</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A169" s="16"/>
+      <c r="B169" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C169" s="17">
+        <f t="shared" si="0"/>
+        <v>353.83333333333331</v>
+      </c>
+      <c r="D169" s="17">
+        <f t="shared" si="0"/>
+        <v>183.5</v>
+      </c>
+      <c r="E169" s="17">
+        <f t="shared" ref="E169" si="4">AVERAGE(E13,E26,E39,E52,E65,E78,E91,E104,E117,E130,E143,E156)</f>
+        <v>35.083333333333336</v>
+      </c>
+      <c r="F169" s="17"/>
+      <c r="G169" s="17">
+        <f t="shared" si="2"/>
+        <v>42.583333333333336</v>
+      </c>
+      <c r="H169" s="17">
+        <f t="shared" si="2"/>
+        <v>78.75</v>
+      </c>
+      <c r="I169" s="17">
+        <f t="shared" si="2"/>
+        <v>4.083333333333333</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A170" s="16"/>
+      <c r="B170" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C170" s="17">
+        <f t="shared" si="0"/>
+        <v>365.83333333333331</v>
+      </c>
+      <c r="D170" s="17">
+        <f t="shared" si="0"/>
+        <v>178.25</v>
+      </c>
+      <c r="E170" s="17">
+        <f t="shared" ref="E170" si="5">AVERAGE(E14,E27,E40,E53,E66,E79,E92,E105,E118,E131,E144,E157)</f>
+        <v>34.583333333333336</v>
+      </c>
+      <c r="F170" s="17"/>
+      <c r="G170" s="17">
+        <f t="shared" si="2"/>
+        <v>40.666666666666664</v>
+      </c>
+      <c r="H170" s="17">
+        <f t="shared" si="2"/>
+        <v>85.916666666666671</v>
+      </c>
+      <c r="I170" s="17">
+        <f t="shared" si="2"/>
+        <v>11.833333333333334</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A171" s="16"/>
+      <c r="B171" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C171" s="17">
+        <f t="shared" si="0"/>
+        <v>622.41666666666663</v>
+      </c>
+      <c r="D171" s="17">
+        <f t="shared" si="0"/>
+        <v>300.08333333333331</v>
+      </c>
+      <c r="E171" s="17">
+        <f t="shared" ref="E171" si="6">AVERAGE(E15,E28,E41,E54,E67,E80,E93,E106,E119,E132,E145,E158)</f>
+        <v>52.25</v>
+      </c>
+      <c r="F171" s="17"/>
+      <c r="G171" s="17">
+        <f t="shared" si="2"/>
+        <v>95.333333333333329</v>
+      </c>
+      <c r="H171" s="17">
+        <f t="shared" si="2"/>
+        <v>135.83333333333334</v>
+      </c>
+      <c r="I171" s="17">
+        <f t="shared" si="2"/>
+        <v>41.333333333333336</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A172" s="16"/>
+      <c r="B172" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C172" s="17">
+        <f t="shared" si="0"/>
+        <v>13.833333333333334</v>
+      </c>
+      <c r="D172" s="17">
+        <f t="shared" si="0"/>
+        <v>6.75</v>
+      </c>
+      <c r="E172" s="17">
+        <f t="shared" ref="E172" si="7">AVERAGE(E16,E29,E42,E55,E68,E81,E94,E107,E120,E133,E146,E159)</f>
+        <v>2.5833333333333335</v>
+      </c>
+      <c r="F172" s="17"/>
+      <c r="G172" s="17">
+        <f t="shared" si="2"/>
+        <v>1.3333333333333333</v>
+      </c>
+      <c r="H172" s="17">
+        <f t="shared" si="2"/>
+        <v>3.6666666666666665</v>
+      </c>
+      <c r="I172" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A173" s="16"/>
+      <c r="B173" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="C173" s="17">
+        <f t="shared" si="0"/>
+        <v>370.25</v>
+      </c>
+      <c r="D173" s="17">
+        <f t="shared" si="0"/>
+        <v>250.5</v>
+      </c>
+      <c r="E173" s="17">
+        <f t="shared" ref="E173" si="8">AVERAGE(E17,E30,E43,E56,E69,E82,E95,E108,E121,E134,E147,E160)</f>
+        <v>206.08333333333334</v>
+      </c>
+      <c r="F173" s="17"/>
+      <c r="G173" s="17">
+        <f t="shared" si="2"/>
+        <v>13.333333333333334</v>
+      </c>
+      <c r="H173" s="17">
+        <f t="shared" si="2"/>
+        <v>20.333333333333332</v>
+      </c>
+      <c r="I173" s="17">
+        <f t="shared" si="2"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A174" s="16"/>
+      <c r="B174" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C174" s="17">
+        <f t="shared" si="0"/>
+        <v>94.333333333333329</v>
+      </c>
+      <c r="D174" s="17">
+        <f t="shared" si="0"/>
+        <v>58</v>
+      </c>
+      <c r="E174" s="17">
+        <f t="shared" ref="E174" si="9">AVERAGE(E18,E31,E44,E57,E70,E83,E96,E109,E122,E135,E148,E161)</f>
+        <v>53.833333333333336</v>
+      </c>
+      <c r="F174" s="17"/>
+      <c r="G174" s="17">
+        <f t="shared" si="2"/>
+        <v>3.4166666666666665</v>
+      </c>
+      <c r="H174" s="17">
+        <f t="shared" si="2"/>
+        <v>5.75</v>
+      </c>
+      <c r="I174" s="17">
+        <f t="shared" si="2"/>
+        <v>1.3333333333333333</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A175" s="16"/>
+      <c r="B175" s="10" t="s">
+        <v>49</v>
+      </c>
+      <c r="C175" s="17">
+        <f t="shared" si="0"/>
+        <v>665.25</v>
+      </c>
+      <c r="D175" s="17">
+        <f t="shared" si="0"/>
+        <v>372.08333333333331</v>
+      </c>
+      <c r="E175" s="17">
+        <f t="shared" ref="E175" si="10">AVERAGE(E19,E32,E45,E58,E71,E84,E97,E110,E123,E136,E149,E162)</f>
+        <v>175.66666666666666</v>
+      </c>
+      <c r="F175" s="17"/>
+      <c r="G175" s="17">
+        <f t="shared" si="2"/>
+        <v>73.75</v>
+      </c>
+      <c r="H175" s="17">
+        <f t="shared" si="2"/>
+        <v>73</v>
+      </c>
+      <c r="I175" s="17">
+        <f t="shared" si="2"/>
+        <v>52.583333333333336</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A176" s="16"/>
+      <c r="B176" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C176" s="17">
+        <f t="shared" si="0"/>
+        <v>2.8333333333333335</v>
+      </c>
+      <c r="D176" s="17">
+        <f t="shared" si="0"/>
+        <v>1.3333333333333333</v>
+      </c>
+      <c r="E176" s="17">
+        <f t="shared" ref="E176" si="11">AVERAGE(E20,E33,E46,E59,E72,E85,E98,E111,E124,E137,E150,E163)</f>
+        <v>0</v>
+      </c>
+      <c r="F176" s="17"/>
+      <c r="G176" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="H176" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="I176" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A177" s="16"/>
+      <c r="B177" s="10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C177" s="17">
+        <f t="shared" si="0"/>
+        <v>40.5</v>
+      </c>
+      <c r="D177" s="17">
+        <f t="shared" si="0"/>
+        <v>22.583333333333332</v>
+      </c>
+      <c r="E177" s="17">
+        <f t="shared" ref="E177" si="12">AVERAGE(E21,E34,E47,E60,E73,E86,E99,E112,E125,E138,E151,E164)</f>
+        <v>0.91666666666666663</v>
+      </c>
+      <c r="F177" s="17"/>
+      <c r="G177" s="17">
+        <f t="shared" si="2"/>
+        <v>1.5833333333333333</v>
+      </c>
+      <c r="H177" s="17">
+        <f t="shared" si="2"/>
+        <v>3.4166666666666665</v>
+      </c>
+      <c r="I177" s="17">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A178" s="20"/>
+      <c r="B178" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="C178" s="14">
+        <f t="shared" si="0"/>
+        <v>3444.25</v>
+      </c>
+      <c r="D178" s="14">
+        <f t="shared" si="0"/>
+        <v>1826.3333333333333</v>
+      </c>
+      <c r="E178" s="14">
+        <f t="shared" ref="E178" si="13">AVERAGE(E22,E35,E48,E61,E74,E87,E100,E113,E126,E139,E152,E165)</f>
+        <v>600</v>
+      </c>
+      <c r="F178" s="14"/>
+      <c r="G178" s="14">
+        <f t="shared" si="2"/>
+        <v>384.16666666666669</v>
+      </c>
+      <c r="H178" s="14">
+        <f t="shared" si="2"/>
+        <v>651.58333333333337</v>
+      </c>
+      <c r="I178" s="14">
+        <f t="shared" si="2"/>
+        <v>116.08333333333333</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="26" t="s">
+        <v>81</v>
+      </c>
+      <c r="B179" s="1"/>
+      <c r="I179" s="15" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
+    </row>
+    <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="49" t="s">
+        <v>63</v>
+      </c>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
+    </row>
+    <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="49" t="s">
+        <v>84</v>
+      </c>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="I183" s="2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A180:I180"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="6" manualBreakCount="6">
+    <brk id="35" max="16383" man="1"/>
+    <brk id="61" max="16383" man="1"/>
+    <brk id="87" max="16383" man="1"/>
+    <brk id="113" max="16383" man="1"/>
+    <brk id="139" max="16383" man="1"/>
+    <brk id="165" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABF70194-4A4B-41B4-A9B4-AAA4DF75552F}">
   <dimension ref="A1:I183"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="46.7109375" style="10" customWidth="1"/>
     <col min="3" max="5" width="10.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
     <col min="7" max="9" width="10.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="7" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B3" s="5"/>
     </row>
@@ -32776,159 +35746,162 @@
         <f t="shared" si="2"/>
         <v>636.25</v>
       </c>
       <c r="F178" s="14"/>
       <c r="G178" s="14">
         <f t="shared" si="4"/>
         <v>336.58333333333331</v>
       </c>
       <c r="H178" s="14">
         <f t="shared" si="4"/>
         <v>514.16666666666663</v>
       </c>
       <c r="I178" s="14">
         <f t="shared" si="4"/>
         <v>248.75</v>
       </c>
     </row>
     <row r="179" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1"/>
       <c r="B179" s="1"/>
       <c r="I179" s="15" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="39" t="s">
+      <c r="A180" s="49" t="s">
         <v>85</v>
       </c>
-      <c r="B180" s="40"/>
-[...6 lines deleted...]
-      <c r="I180" s="40"/>
+      <c r="B180" s="50"/>
+      <c r="C180" s="50"/>
+      <c r="D180" s="50"/>
+      <c r="E180" s="50"/>
+      <c r="F180" s="50"/>
+      <c r="G180" s="50"/>
+      <c r="H180" s="50"/>
+      <c r="I180" s="50"/>
     </row>
     <row r="181" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="39" t="s">
+      <c r="A181" s="49" t="s">
         <v>63</v>
       </c>
-      <c r="B181" s="40"/>
-[...6 lines deleted...]
-      <c r="I181" s="40"/>
+      <c r="B181" s="50"/>
+      <c r="C181" s="50"/>
+      <c r="D181" s="50"/>
+      <c r="E181" s="50"/>
+      <c r="F181" s="50"/>
+      <c r="G181" s="50"/>
+      <c r="H181" s="50"/>
+      <c r="I181" s="50"/>
     </row>
     <row r="182" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A182" s="39" t="s">
+      <c r="A182" s="49" t="s">
         <v>84</v>
       </c>
-      <c r="B182" s="40"/>
-[...6 lines deleted...]
-      <c r="I182" s="40"/>
+      <c r="B182" s="50"/>
+      <c r="C182" s="50"/>
+      <c r="D182" s="50"/>
+      <c r="E182" s="50"/>
+      <c r="F182" s="50"/>
+      <c r="G182" s="50"/>
+      <c r="H182" s="50"/>
+      <c r="I182" s="50"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I183" s="2" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A181:I181"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A180:I180"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="6" manualBreakCount="6">
     <brk id="35" max="16383" man="1"/>
     <brk id="61" max="16383" man="1"/>
     <brk id="87" max="16383" man="1"/>
     <brk id="113" max="16383" man="1"/>
     <brk id="139" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="21" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>'2022'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>