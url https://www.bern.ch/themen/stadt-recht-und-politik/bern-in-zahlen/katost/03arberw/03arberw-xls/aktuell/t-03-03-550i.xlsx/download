--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -14,91 +14,94 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C263D331-A5CF-464A-8E1F-77B459780ECF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CBF83E3-3886-4A43-8D96-6A75F937B1EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="7" r:id="rId1"/>
     <sheet name="2024" sheetId="6" r:id="rId2"/>
     <sheet name="2023" sheetId="5" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K14" i="7" l="1"/>
+  <c r="L14" i="7" l="1"/>
+  <c r="L11" i="7"/>
+  <c r="L8" i="7"/>
+  <c r="K14" i="7"/>
   <c r="K11" i="7"/>
   <c r="K8" i="7"/>
   <c r="J11" i="7"/>
   <c r="J8" i="7"/>
   <c r="J14" i="7"/>
   <c r="I11" i="7"/>
   <c r="I8" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="P11" i="5"/>
   <c r="O11" i="5"/>
   <c r="N11" i="5"/>
   <c r="M11" i="5"/>
   <c r="L11" i="5"/>
   <c r="K11" i="5"/>
   <c r="J11" i="5"/>
   <c r="I11" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="F11" i="5"/>
   <c r="E11" i="5"/>
   <c r="P8" i="5"/>
   <c r="O8" i="5"/>
   <c r="N8" i="5"/>
   <c r="M8" i="5"/>
   <c r="L8" i="5"/>
@@ -119,95 +122,95 @@
   <c r="F8" i="7"/>
   <c r="C13" i="7"/>
   <c r="C12" i="7"/>
   <c r="E11" i="7"/>
   <c r="C10" i="7"/>
   <c r="C9" i="7"/>
   <c r="E8" i="7"/>
   <c r="F14" i="7" l="1"/>
   <c r="C11" i="7"/>
   <c r="C8" i="7"/>
   <c r="E14" i="7"/>
   <c r="P11" i="6"/>
   <c r="P14" i="6" s="1"/>
   <c r="P8" i="6"/>
   <c r="O8" i="6"/>
   <c r="O11" i="6"/>
   <c r="N11" i="6"/>
   <c r="N14" i="6" s="1"/>
   <c r="M11" i="6"/>
   <c r="L11" i="6"/>
   <c r="K11" i="6"/>
   <c r="J11" i="6"/>
   <c r="I11" i="6"/>
   <c r="H11" i="6"/>
   <c r="G11" i="6"/>
+  <c r="G14" i="6" s="1"/>
   <c r="F11" i="6"/>
   <c r="E11" i="6"/>
   <c r="F8" i="6"/>
   <c r="G8" i="6"/>
   <c r="H8" i="6"/>
   <c r="I8" i="6"/>
   <c r="I14" i="6" s="1"/>
   <c r="J8" i="6"/>
   <c r="K8" i="6"/>
   <c r="L8" i="6"/>
   <c r="M8" i="6"/>
   <c r="N8" i="6"/>
   <c r="E8" i="6"/>
   <c r="P14" i="4"/>
   <c r="O14" i="4"/>
   <c r="N14" i="4"/>
   <c r="M14" i="4"/>
   <c r="L14" i="4"/>
   <c r="K14" i="4"/>
   <c r="J14" i="4"/>
   <c r="I14" i="4"/>
   <c r="H14" i="4"/>
   <c r="G14" i="4"/>
   <c r="F14" i="4"/>
   <c r="E14" i="4"/>
   <c r="P14" i="1"/>
   <c r="O14" i="1"/>
   <c r="N14" i="1"/>
   <c r="M14" i="1"/>
   <c r="L14" i="1"/>
   <c r="K14" i="1"/>
   <c r="J14" i="1"/>
   <c r="I14" i="1"/>
   <c r="H14" i="1"/>
   <c r="G14" i="1"/>
   <c r="F14" i="1"/>
   <c r="E14" i="1"/>
   <c r="C13" i="1"/>
   <c r="C12" i="1"/>
   <c r="C11" i="1"/>
   <c r="C10" i="1"/>
   <c r="C9" i="1"/>
   <c r="C8" i="1"/>
   <c r="H14" i="6"/>
-  <c r="G14" i="6"/>
   <c r="E14" i="3"/>
   <c r="C14" i="7" l="1"/>
   <c r="K14" i="6"/>
   <c r="M14" i="6"/>
   <c r="J14" i="6"/>
   <c r="O14" i="6"/>
   <c r="C14" i="1"/>
   <c r="L14" i="6"/>
   <c r="F14" i="6"/>
   <c r="C13" i="6"/>
   <c r="C12" i="6"/>
   <c r="C11" i="6"/>
   <c r="C10" i="6"/>
   <c r="C9" i="6"/>
   <c r="E14" i="6"/>
   <c r="P14" i="5"/>
   <c r="O14" i="5"/>
   <c r="N14" i="5"/>
   <c r="L14" i="5"/>
   <c r="K14" i="5"/>
   <c r="J14" i="5"/>
   <c r="I14" i="5"/>
   <c r="G14" i="5"/>
   <c r="F14" i="5"/>
   <c r="C13" i="5"/>
@@ -352,57 +355,57 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2022</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2023</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.5.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.6.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.4.2025)</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.7.2025)</t>
-[...1 lines deleted...]
-  <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.8.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 13.10.2025)</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1396,293 +1399,314 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
-        <f t="shared" ref="E8:K8" si="0">SUM(E9:E10)</f>
+        <f t="shared" ref="E8:M8" si="0">SUM(E9:E10)</f>
         <v>30</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
-      <c r="L8" s="16"/>
+      <c r="L8" s="16">
+        <f t="shared" si="0"/>
+        <v>20</v>
+      </c>
       <c r="M8" s="16"/>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>14</v>
       </c>
       <c r="F9" s="18">
         <v>12</v>
       </c>
       <c r="G9" s="18">
         <v>8</v>
       </c>
       <c r="H9" s="18">
         <v>18</v>
       </c>
       <c r="I9" s="18">
         <v>12</v>
       </c>
       <c r="J9" s="18">
         <v>12</v>
       </c>
       <c r="K9" s="18">
         <v>7</v>
       </c>
+      <c r="L9" s="18">
+        <v>12</v>
+      </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>16</v>
       </c>
       <c r="F10" s="18">
         <v>6</v>
       </c>
       <c r="G10" s="18">
         <v>8</v>
       </c>
       <c r="H10" s="18">
         <v>4</v>
       </c>
       <c r="I10" s="18">
         <v>8</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>15</v>
       </c>
+      <c r="L10" s="18">
+        <v>8</v>
+      </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
-        <f t="shared" ref="E11:K11" si="2">SUM(E12:E13)</f>
+        <f t="shared" ref="E11:L11" si="2">SUM(E12:E13)</f>
         <v>30</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="2"/>
         <v>37</v>
       </c>
-      <c r="L11" s="16"/>
+      <c r="L11" s="16">
+        <f t="shared" si="2"/>
+        <v>14</v>
+      </c>
       <c r="M11" s="16"/>
       <c r="N11" s="16"/>
       <c r="O11" s="16"/>
       <c r="P11" s="16"/>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>18</v>
       </c>
       <c r="F12" s="18">
         <v>13</v>
       </c>
       <c r="G12" s="18">
         <v>14</v>
       </c>
       <c r="H12" s="18">
         <v>13</v>
       </c>
       <c r="I12" s="18">
         <v>15</v>
       </c>
       <c r="J12" s="18">
         <v>15</v>
       </c>
       <c r="K12" s="18">
         <v>22</v>
       </c>
+      <c r="L12" s="18">
+        <v>6</v>
+      </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>12</v>
       </c>
       <c r="F13" s="18">
         <v>9</v>
       </c>
       <c r="G13" s="18">
         <v>10</v>
       </c>
       <c r="H13" s="18">
         <v>11</v>
       </c>
       <c r="I13" s="18">
         <v>14</v>
       </c>
       <c r="J13" s="18">
         <v>8</v>
       </c>
       <c r="K13" s="18">
         <v>15</v>
       </c>
+      <c r="L13" s="18">
+        <v>8</v>
+      </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>338</v>
+        <v>372</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
-        <f t="shared" ref="E14:K14" si="3">SUM(E11,E8)</f>
+        <f t="shared" ref="E14:L14" si="3">SUM(E11,E8)</f>
         <v>60</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="3"/>
         <v>49</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="3"/>
         <v>59</v>
       </c>
-      <c r="L14" s="19"/>
+      <c r="L14" s="19">
+        <f t="shared" si="3"/>
+        <v>34</v>
+      </c>
       <c r="M14" s="19"/>
       <c r="N14" s="19"/>
       <c r="O14" s="19"/>
       <c r="P14" s="19"/>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
@@ -1981,119 +2005,119 @@
         <v>8</v>
       </c>
       <c r="L10" s="18">
         <v>8</v>
       </c>
       <c r="M10" s="18">
         <v>6</v>
       </c>
       <c r="N10" s="18">
         <v>11</v>
       </c>
       <c r="O10" s="18">
         <v>8</v>
       </c>
       <c r="P10" s="18">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
         <f>SUM(E12:E13)</f>
         <v>28</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" ref="F11" si="2">SUM(F12:F13)</f>
         <v>11</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" ref="G11" si="3">SUM(G12:G13)</f>
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" ref="H11" si="4">SUM(H12:H13)</f>
         <v>15</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" ref="I11" si="5">SUM(I12:I13)</f>
         <v>19</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" ref="J11" si="6">SUM(J12:J13)</f>
         <v>16</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" ref="K11" si="7">SUM(K12:K13)</f>
         <v>13</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" ref="L11" si="8">SUM(L12:L13)</f>
         <v>23</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" ref="M11" si="9">SUM(M12:M13)</f>
         <v>16</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" ref="N11:P11" si="10">SUM(N12:N13)</f>
         <v>22</v>
       </c>
       <c r="O11" s="16">
         <f t="shared" si="10"/>
         <v>21</v>
       </c>
       <c r="P11" s="16">
         <f t="shared" si="10"/>
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>14</v>
       </c>
       <c r="F12" s="18">
         <v>7</v>
       </c>
       <c r="G12" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H12" s="18">
         <v>7</v>
       </c>
       <c r="I12" s="18">
         <v>10</v>
       </c>
       <c r="J12" s="18">
         <v>11</v>
       </c>
       <c r="K12" s="18">
         <v>10</v>
       </c>
       <c r="L12" s="18">
         <v>16</v>
       </c>
       <c r="M12" s="18">
         <v>5</v>
       </c>
       <c r="N12" s="18">
         <v>15</v>
       </c>
       <c r="O12" s="18">
         <v>13</v>
       </c>
@@ -2131,64 +2155,64 @@
       <c r="K13" s="18">
         <v>3</v>
       </c>
       <c r="L13" s="18">
         <v>7</v>
       </c>
       <c r="M13" s="18">
         <v>11</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
       </c>
       <c r="O13" s="18">
         <v>8</v>
       </c>
       <c r="P13" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
         <f t="shared" ref="E14:P14" si="11">SUM(E11,E8)</f>
         <v>40</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="11"/>
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="11"/>
         <v>25</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="11"/>
         <v>33</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="11"/>
         <v>34</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="11"/>
         <v>30</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="11"/>
         <v>39</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="11"/>
         <v>24</v>
       </c>
@@ -2245,51 +2269,51 @@
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
     </row>
     <row r="17" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="29"/>
       <c r="G17" s="29"/>
       <c r="H17" s="29"/>
       <c r="I17" s="29"/>
       <c r="J17" s="29"/>
       <c r="K17" s="29"/>
       <c r="L17" s="29"/>
       <c r="M17" s="29"/>
       <c r="N17" s="29"/>
       <c r="O17" s="29"/>
       <c r="P17" s="29"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="P18" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A17:P17"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="E8:N8" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D21C2300-5F56-4638-8AB0-AF199B6FE3CF}">
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
@@ -2787,51 +2811,51 @@
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
     </row>
     <row r="17" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="29"/>
       <c r="G17" s="29"/>
       <c r="H17" s="29"/>
       <c r="I17" s="29"/>
       <c r="J17" s="29"/>
       <c r="K17" s="29"/>
       <c r="L17" s="29"/>
       <c r="M17" s="29"/>
       <c r="N17" s="29"/>
       <c r="O17" s="29"/>
       <c r="P17" s="29"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="P18" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A17:P17"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{66DE2D98-A77A-4958-8413-89F40DF9349D}">
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
@@ -3304,51 +3328,51 @@
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
     </row>
     <row r="17" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="29"/>
       <c r="G17" s="29"/>
       <c r="H17" s="29"/>
       <c r="I17" s="29"/>
       <c r="J17" s="29"/>
       <c r="K17" s="29"/>
       <c r="L17" s="29"/>
       <c r="M17" s="29"/>
       <c r="N17" s="29"/>
       <c r="O17" s="29"/>
       <c r="P17" s="29"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="P18" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A17:P17"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>