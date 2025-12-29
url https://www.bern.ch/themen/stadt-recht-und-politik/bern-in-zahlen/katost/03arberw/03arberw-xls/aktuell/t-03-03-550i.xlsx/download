--- v1 (2025-12-08)
+++ v2 (2025-12-29)
@@ -14,146 +14,148 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1CBF83E3-3886-4A43-8D96-6A75F937B1EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{298E0B3B-2515-4272-ACFE-F1C8B4352CE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="7" r:id="rId1"/>
     <sheet name="2024" sheetId="6" r:id="rId2"/>
     <sheet name="2023" sheetId="5" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L14" i="7" l="1"/>
+  <c r="M11" i="7" l="1"/>
+  <c r="M8" i="7"/>
   <c r="L11" i="7"/>
   <c r="L8" i="7"/>
-  <c r="K14" i="7"/>
   <c r="K11" i="7"/>
   <c r="K8" i="7"/>
   <c r="J11" i="7"/>
   <c r="J8" i="7"/>
   <c r="J14" i="7"/>
   <c r="I11" i="7"/>
   <c r="I8" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="P11" i="5"/>
   <c r="O11" i="5"/>
   <c r="N11" i="5"/>
   <c r="M11" i="5"/>
   <c r="L11" i="5"/>
   <c r="K11" i="5"/>
   <c r="J11" i="5"/>
   <c r="I11" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="F11" i="5"/>
   <c r="E11" i="5"/>
   <c r="P8" i="5"/>
   <c r="O8" i="5"/>
   <c r="N8" i="5"/>
   <c r="M8" i="5"/>
   <c r="L8" i="5"/>
   <c r="K8" i="5"/>
   <c r="J8" i="5"/>
   <c r="I8" i="5"/>
   <c r="H8" i="5"/>
   <c r="G8" i="5"/>
   <c r="F8" i="5"/>
   <c r="E8" i="5"/>
   <c r="H11" i="7"/>
   <c r="H8" i="7"/>
   <c r="H14" i="7" s="1"/>
   <c r="G11" i="7"/>
   <c r="G8" i="7"/>
   <c r="G14" i="7" s="1"/>
   <c r="F11" i="7"/>
   <c r="F8" i="7"/>
   <c r="C13" i="7"/>
   <c r="C12" i="7"/>
   <c r="E11" i="7"/>
   <c r="C10" i="7"/>
   <c r="C9" i="7"/>
   <c r="E8" i="7"/>
-  <c r="F14" i="7" l="1"/>
+  <c r="K14" i="7" l="1"/>
+  <c r="L14" i="7"/>
+  <c r="M14" i="7"/>
+  <c r="F14" i="7"/>
   <c r="C11" i="7"/>
   <c r="C8" i="7"/>
   <c r="E14" i="7"/>
   <c r="P11" i="6"/>
-  <c r="P14" i="6" s="1"/>
   <c r="P8" i="6"/>
   <c r="O8" i="6"/>
   <c r="O11" i="6"/>
   <c r="N11" i="6"/>
   <c r="N14" i="6" s="1"/>
   <c r="M11" i="6"/>
   <c r="L11" i="6"/>
   <c r="K11" i="6"/>
   <c r="J11" i="6"/>
   <c r="I11" i="6"/>
   <c r="H11" i="6"/>
   <c r="G11" i="6"/>
   <c r="G14" i="6" s="1"/>
   <c r="F11" i="6"/>
   <c r="E11" i="6"/>
   <c r="F8" i="6"/>
   <c r="G8" i="6"/>
   <c r="H8" i="6"/>
   <c r="I8" i="6"/>
   <c r="I14" i="6" s="1"/>
   <c r="J8" i="6"/>
   <c r="K8" i="6"/>
   <c r="L8" i="6"/>
   <c r="M8" i="6"/>
   <c r="N8" i="6"/>
@@ -168,51 +170,52 @@
   <c r="I14" i="4"/>
   <c r="H14" i="4"/>
   <c r="G14" i="4"/>
   <c r="F14" i="4"/>
   <c r="E14" i="4"/>
   <c r="P14" i="1"/>
   <c r="O14" i="1"/>
   <c r="N14" i="1"/>
   <c r="M14" i="1"/>
   <c r="L14" i="1"/>
   <c r="K14" i="1"/>
   <c r="J14" i="1"/>
   <c r="I14" i="1"/>
   <c r="H14" i="1"/>
   <c r="G14" i="1"/>
   <c r="F14" i="1"/>
   <c r="E14" i="1"/>
   <c r="C13" i="1"/>
   <c r="C12" i="1"/>
   <c r="C11" i="1"/>
   <c r="C10" i="1"/>
   <c r="C9" i="1"/>
   <c r="C8" i="1"/>
   <c r="H14" i="6"/>
   <c r="E14" i="3"/>
-  <c r="C14" i="7" l="1"/>
+  <c r="P14" i="6" l="1"/>
+  <c r="C14" i="7"/>
   <c r="K14" i="6"/>
   <c r="M14" i="6"/>
   <c r="J14" i="6"/>
   <c r="O14" i="6"/>
   <c r="C14" i="1"/>
   <c r="L14" i="6"/>
   <c r="F14" i="6"/>
   <c r="C13" i="6"/>
   <c r="C12" i="6"/>
   <c r="C11" i="6"/>
   <c r="C10" i="6"/>
   <c r="C9" i="6"/>
   <c r="E14" i="6"/>
   <c r="P14" i="5"/>
   <c r="O14" i="5"/>
   <c r="N14" i="5"/>
   <c r="L14" i="5"/>
   <c r="K14" i="5"/>
   <c r="J14" i="5"/>
   <c r="I14" i="5"/>
   <c r="G14" i="5"/>
   <c r="F14" i="5"/>
   <c r="C13" i="5"/>
   <c r="C12" i="5"/>
   <c r="C10" i="5"/>
@@ -361,51 +364,51 @@
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2023</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.5.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.6.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.4.2025)</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.8.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 13.10.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.11.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 8.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1399,315 +1402,336 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
         <f t="shared" ref="E8:M8" si="0">SUM(E9:E10)</f>
         <v>30</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="L8" s="16">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="M8" s="16"/>
+      <c r="M8" s="16">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
       <c r="N8" s="16"/>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>14</v>
       </c>
       <c r="F9" s="18">
         <v>12</v>
       </c>
       <c r="G9" s="18">
         <v>8</v>
       </c>
       <c r="H9" s="18">
         <v>18</v>
       </c>
       <c r="I9" s="18">
         <v>12</v>
       </c>
       <c r="J9" s="18">
         <v>12</v>
       </c>
       <c r="K9" s="18">
         <v>7</v>
       </c>
       <c r="L9" s="18">
         <v>12</v>
       </c>
+      <c r="M9" s="18">
+        <v>10</v>
+      </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>16</v>
       </c>
       <c r="F10" s="18">
         <v>6</v>
       </c>
       <c r="G10" s="18">
         <v>8</v>
       </c>
       <c r="H10" s="18">
         <v>4</v>
       </c>
       <c r="I10" s="18">
         <v>8</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>15</v>
       </c>
       <c r="L10" s="18">
         <v>8</v>
       </c>
+      <c r="M10" s="18">
+        <v>11</v>
+      </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
-        <f t="shared" ref="E11:L11" si="2">SUM(E12:E13)</f>
+        <f t="shared" ref="E11:M11" si="2">SUM(E12:E13)</f>
         <v>30</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="2"/>
         <v>37</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
-      <c r="M11" s="16"/>
+      <c r="M11" s="16">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
       <c r="N11" s="16"/>
       <c r="O11" s="16"/>
       <c r="P11" s="16"/>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>116</v>
+        <v>128</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>18</v>
       </c>
       <c r="F12" s="18">
         <v>13</v>
       </c>
       <c r="G12" s="18">
         <v>14</v>
       </c>
       <c r="H12" s="18">
         <v>13</v>
       </c>
       <c r="I12" s="18">
         <v>15</v>
       </c>
       <c r="J12" s="18">
         <v>15</v>
       </c>
       <c r="K12" s="18">
         <v>22</v>
       </c>
       <c r="L12" s="18">
         <v>6</v>
       </c>
+      <c r="M12" s="18">
+        <v>12</v>
+      </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>12</v>
       </c>
       <c r="F13" s="18">
         <v>9</v>
       </c>
       <c r="G13" s="18">
         <v>10</v>
       </c>
       <c r="H13" s="18">
         <v>11</v>
       </c>
       <c r="I13" s="18">
         <v>14</v>
       </c>
       <c r="J13" s="18">
         <v>8</v>
       </c>
       <c r="K13" s="18">
         <v>15</v>
       </c>
       <c r="L13" s="18">
         <v>8</v>
       </c>
+      <c r="M13" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>372</v>
+        <v>408</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
-        <f t="shared" ref="E14:L14" si="3">SUM(E11,E8)</f>
+        <f t="shared" ref="E14:M14" si="3">SUM(E11,E8)</f>
         <v>60</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="3"/>
         <v>49</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="3"/>
         <v>59</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="3"/>
         <v>34</v>
       </c>
-      <c r="M14" s="19"/>
+      <c r="M14" s="19">
+        <f t="shared" si="3"/>
+        <v>36</v>
+      </c>
       <c r="N14" s="19"/>
       <c r="O14" s="19"/>
       <c r="P14" s="19"/>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -1854,100 +1878,100 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
         <f>SUM(E9:E10)</f>
         <v>12</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" ref="F8:P8" si="0">SUM(F9:F10)</f>
         <v>11</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="L8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="M8" s="16">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="N8" s="16">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="O8" s="16">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="P8" s="16">
         <f t="shared" si="0"/>
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
         <v>90</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>7</v>
       </c>
       <c r="F9" s="18">
         <v>7</v>
       </c>
       <c r="G9" s="18">
         <v>7</v>
       </c>
       <c r="H9" s="18">
         <v>8</v>
       </c>
       <c r="I9" s="18">
         <v>7</v>
@@ -1958,88 +1982,88 @@
       <c r="K9" s="18">
         <v>9</v>
       </c>
       <c r="L9" s="18">
         <v>8</v>
       </c>
       <c r="M9" s="18">
         <v>2</v>
       </c>
       <c r="N9" s="18">
         <v>13</v>
       </c>
       <c r="O9" s="18">
         <v>6</v>
       </c>
       <c r="P9" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>5</v>
       </c>
       <c r="F10" s="18">
         <v>4</v>
       </c>
       <c r="G10" s="18">
         <v>4</v>
       </c>
       <c r="H10" s="18">
         <v>2</v>
       </c>
       <c r="I10" s="18">
         <v>7</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>8</v>
       </c>
       <c r="L10" s="18">
         <v>8</v>
       </c>
       <c r="M10" s="18">
         <v>6</v>
       </c>
       <c r="N10" s="18">
         <v>11</v>
       </c>
       <c r="O10" s="18">
         <v>8</v>
       </c>
       <c r="P10" s="18">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
         <v>213</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
         <f>SUM(E12:E13)</f>
         <v>28</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" ref="F11" si="2">SUM(F12:F13)</f>
         <v>11</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" ref="G11" si="3">SUM(G12:G13)</f>
         <v>10</v>
       </c>
       <c r="H11" s="16">
@@ -2155,100 +2179,100 @@
       <c r="K13" s="18">
         <v>3</v>
       </c>
       <c r="L13" s="18">
         <v>7</v>
       </c>
       <c r="M13" s="18">
         <v>11</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
       </c>
       <c r="O13" s="18">
         <v>8</v>
       </c>
       <c r="P13" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
         <f t="shared" ref="E14:P14" si="11">SUM(E11,E8)</f>
         <v>40</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="11"/>
         <v>21</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="11"/>
         <v>25</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="11"/>
         <v>33</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="11"/>
         <v>34</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="11"/>
         <v>30</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="11"/>
         <v>39</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="11"/>
         <v>24</v>
       </c>
       <c r="N14" s="19">
         <f t="shared" si="11"/>
         <v>46</v>
       </c>
       <c r="O14" s="19">
         <f t="shared" si="11"/>
         <v>35</v>
       </c>
       <c r="P14" s="19">
         <f t="shared" si="11"/>
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26" t="s">
         <v>20</v>