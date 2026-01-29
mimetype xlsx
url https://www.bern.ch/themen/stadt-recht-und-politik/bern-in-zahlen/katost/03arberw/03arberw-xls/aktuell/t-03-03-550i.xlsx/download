--- v2 (2025-12-29)
+++ v3 (2026-01-29)
@@ -14,90 +14,93 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{298E0B3B-2515-4272-ACFE-F1C8B4352CE4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D945F0F-AA21-43A3-8C8F-1797F864C84D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="7" r:id="rId1"/>
     <sheet name="2024" sheetId="6" r:id="rId2"/>
     <sheet name="2023" sheetId="5" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="N14" i="7" l="1"/>
+  <c r="N11" i="7"/>
+  <c r="N8" i="7"/>
   <c r="M11" i="7" l="1"/>
   <c r="M8" i="7"/>
   <c r="L11" i="7"/>
   <c r="L8" i="7"/>
   <c r="K11" i="7"/>
   <c r="K8" i="7"/>
   <c r="J11" i="7"/>
   <c r="J8" i="7"/>
   <c r="J14" i="7"/>
   <c r="I11" i="7"/>
   <c r="I8" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="P11" i="5"/>
   <c r="O11" i="5"/>
   <c r="N11" i="5"/>
   <c r="M11" i="5"/>
   <c r="L11" i="5"/>
   <c r="K11" i="5"/>
   <c r="J11" i="5"/>
   <c r="I11" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="F11" i="5"/>
   <c r="E11" i="5"/>
   <c r="P8" i="5"/>
@@ -364,51 +367,51 @@
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2023</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.5.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.6.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.4.2025)</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.8.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 13.10.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 8.12.2025)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1402,337 +1405,358 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>190</v>
+        <v>212</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
-        <f t="shared" ref="E8:M8" si="0">SUM(E9:E10)</f>
+        <f t="shared" ref="E8:N8" si="0">SUM(E9:E10)</f>
         <v>30</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="L8" s="16">
         <f t="shared" si="0"/>
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
-      <c r="N8" s="16"/>
+      <c r="N8" s="16">
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
       <c r="O8" s="16"/>
       <c r="P8" s="16"/>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>14</v>
       </c>
       <c r="F9" s="18">
         <v>12</v>
       </c>
       <c r="G9" s="18">
         <v>8</v>
       </c>
       <c r="H9" s="18">
         <v>18</v>
       </c>
       <c r="I9" s="18">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J9" s="18">
         <v>12</v>
       </c>
       <c r="K9" s="18">
         <v>7</v>
       </c>
       <c r="L9" s="18">
         <v>12</v>
       </c>
       <c r="M9" s="18">
         <v>10</v>
+      </c>
+      <c r="N9" s="18">
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>16</v>
       </c>
       <c r="F10" s="18">
         <v>6</v>
       </c>
       <c r="G10" s="18">
         <v>8</v>
       </c>
       <c r="H10" s="18">
         <v>4</v>
       </c>
       <c r="I10" s="18">
         <v>8</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>15</v>
       </c>
       <c r="L10" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="M10" s="18">
         <v>11</v>
+      </c>
+      <c r="N10" s="18">
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
-        <f t="shared" ref="E11:M11" si="2">SUM(E12:E13)</f>
+        <f t="shared" ref="E11:N11" si="2">SUM(E12:E13)</f>
         <v>30</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="2"/>
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
-      <c r="N11" s="16"/>
+      <c r="N11" s="16">
+        <f t="shared" si="2"/>
+        <v>16</v>
+      </c>
       <c r="O11" s="16"/>
       <c r="P11" s="16"/>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>18</v>
       </c>
       <c r="F12" s="18">
         <v>13</v>
       </c>
       <c r="G12" s="18">
         <v>14</v>
       </c>
       <c r="H12" s="18">
         <v>13</v>
       </c>
       <c r="I12" s="18">
         <v>15</v>
       </c>
       <c r="J12" s="18">
         <v>15</v>
       </c>
       <c r="K12" s="18">
         <v>22</v>
       </c>
       <c r="L12" s="18">
         <v>6</v>
       </c>
       <c r="M12" s="18">
         <v>12</v>
       </c>
+      <c r="N12" s="18">
+        <v>9</v>
+      </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>12</v>
       </c>
       <c r="F13" s="18">
         <v>9</v>
       </c>
       <c r="G13" s="18">
         <v>10</v>
       </c>
       <c r="H13" s="18">
         <v>11</v>
       </c>
       <c r="I13" s="18">
         <v>14</v>
       </c>
       <c r="J13" s="18">
         <v>8</v>
       </c>
       <c r="K13" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L13" s="18">
         <v>8</v>
       </c>
       <c r="M13" s="18">
         <v>3</v>
+      </c>
+      <c r="N13" s="18">
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
-        <f t="shared" ref="E14:M14" si="3">SUM(E11,E8)</f>
+        <f t="shared" ref="E14:N14" si="3">SUM(E11,E8)</f>
         <v>60</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="3"/>
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="3"/>
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="3"/>
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="3"/>
         <v>36</v>
       </c>
-      <c r="N14" s="19"/>
+      <c r="N14" s="19">
+        <f t="shared" si="3"/>
+        <v>40</v>
+      </c>
       <c r="O14" s="19"/>
       <c r="P14" s="19"/>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26" t="s">
@@ -2029,134 +2053,134 @@
         <v>8</v>
       </c>
       <c r="L10" s="18">
         <v>8</v>
       </c>
       <c r="M10" s="18">
         <v>6</v>
       </c>
       <c r="N10" s="18">
         <v>11</v>
       </c>
       <c r="O10" s="18">
         <v>8</v>
       </c>
       <c r="P10" s="18">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
         <f>SUM(E12:E13)</f>
         <v>28</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" ref="F11" si="2">SUM(F12:F13)</f>
         <v>11</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" ref="G11" si="3">SUM(G12:G13)</f>
         <v>10</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" ref="H11" si="4">SUM(H12:H13)</f>
         <v>15</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" ref="I11" si="5">SUM(I12:I13)</f>
         <v>19</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" ref="J11" si="6">SUM(J12:J13)</f>
         <v>16</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" ref="K11" si="7">SUM(K12:K13)</f>
         <v>13</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" ref="L11" si="8">SUM(L12:L13)</f>
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" ref="M11" si="9">SUM(M12:M13)</f>
         <v>16</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" ref="N11:P11" si="10">SUM(N12:N13)</f>
         <v>22</v>
       </c>
       <c r="O11" s="16">
         <f t="shared" si="10"/>
         <v>21</v>
       </c>
       <c r="P11" s="16">
         <f t="shared" si="10"/>
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>14</v>
       </c>
       <c r="F12" s="18">
         <v>7</v>
       </c>
       <c r="G12" s="18">
         <v>7</v>
       </c>
       <c r="H12" s="18">
         <v>7</v>
       </c>
       <c r="I12" s="18">
         <v>10</v>
       </c>
       <c r="J12" s="18">
         <v>11</v>
       </c>
       <c r="K12" s="18">
         <v>10</v>
       </c>
       <c r="L12" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="M12" s="18">
         <v>5</v>
       </c>
       <c r="N12" s="18">
         <v>15</v>
       </c>
       <c r="O12" s="18">
         <v>13</v>
       </c>
       <c r="P12" s="18">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>14</v>
@@ -2179,84 +2203,84 @@
       <c r="K13" s="18">
         <v>3</v>
       </c>
       <c r="L13" s="18">
         <v>7</v>
       </c>
       <c r="M13" s="18">
         <v>11</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
       </c>
       <c r="O13" s="18">
         <v>8</v>
       </c>
       <c r="P13" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
         <f t="shared" ref="E14:P14" si="11">SUM(E11,E8)</f>
         <v>40</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="11"/>
         <v>21</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="11"/>
         <v>25</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="11"/>
         <v>33</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="11"/>
         <v>34</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="11"/>
         <v>30</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="11"/>
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="11"/>
         <v>24</v>
       </c>
       <c r="N14" s="19">
         <f t="shared" si="11"/>
         <v>46</v>
       </c>
       <c r="O14" s="19">
         <f t="shared" si="11"/>
         <v>35</v>
       </c>
       <c r="P14" s="19">
         <f t="shared" si="11"/>
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>