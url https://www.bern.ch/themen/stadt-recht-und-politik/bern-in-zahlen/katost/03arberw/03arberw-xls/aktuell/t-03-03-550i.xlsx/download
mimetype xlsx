--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -14,92 +14,95 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D945F0F-AA21-43A3-8C8F-1797F864C84D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{595A7DBB-73C4-4043-A889-62B5A3FAE908}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="7" r:id="rId1"/>
     <sheet name="2024" sheetId="6" r:id="rId2"/>
     <sheet name="2023" sheetId="5" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N14" i="7" l="1"/>
+  <c r="O8" i="7" l="1"/>
+  <c r="O11" i="7"/>
+  <c r="O14" i="7" s="1"/>
   <c r="N11" i="7"/>
+  <c r="N14" i="7" s="1"/>
   <c r="N8" i="7"/>
   <c r="M11" i="7" l="1"/>
   <c r="M8" i="7"/>
   <c r="L11" i="7"/>
   <c r="L8" i="7"/>
   <c r="K11" i="7"/>
   <c r="K8" i="7"/>
   <c r="J11" i="7"/>
   <c r="J8" i="7"/>
   <c r="J14" i="7"/>
   <c r="I11" i="7"/>
   <c r="I8" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="P11" i="5"/>
   <c r="O11" i="5"/>
   <c r="N11" i="5"/>
   <c r="M11" i="5"/>
   <c r="L11" i="5"/>
   <c r="K11" i="5"/>
   <c r="J11" i="5"/>
   <c r="I11" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="F11" i="5"/>
   <c r="E11" i="5"/>
@@ -367,51 +370,51 @@
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2023</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.5.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.6.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.4.2025)</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.8.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 13.10.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 9.1.2026)</t>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1405,359 +1408,380 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
-        <f t="shared" ref="E8:N8" si="0">SUM(E9:E10)</f>
+        <f t="shared" ref="E8:O8" si="0">SUM(E9:E10)</f>
         <v>30</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="L8" s="16">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="M8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="N8" s="16">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="O8" s="16"/>
+      <c r="O8" s="16">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
       <c r="P8" s="16"/>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>14</v>
       </c>
       <c r="F9" s="18">
         <v>12</v>
       </c>
       <c r="G9" s="18">
         <v>8</v>
       </c>
       <c r="H9" s="18">
         <v>18</v>
       </c>
       <c r="I9" s="18">
         <v>11</v>
       </c>
       <c r="J9" s="18">
         <v>12</v>
       </c>
       <c r="K9" s="18">
         <v>7</v>
       </c>
       <c r="L9" s="18">
         <v>12</v>
       </c>
       <c r="M9" s="18">
         <v>10</v>
       </c>
       <c r="N9" s="18">
         <v>14</v>
       </c>
+      <c r="O9" s="18">
+        <v>12</v>
+      </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>16</v>
       </c>
       <c r="F10" s="18">
         <v>6</v>
       </c>
       <c r="G10" s="18">
         <v>8</v>
       </c>
       <c r="H10" s="18">
         <v>4</v>
       </c>
       <c r="I10" s="18">
         <v>8</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>15</v>
       </c>
       <c r="L10" s="18">
         <v>7</v>
       </c>
       <c r="M10" s="18">
         <v>11</v>
       </c>
       <c r="N10" s="18">
         <v>10</v>
       </c>
+      <c r="O10" s="18">
+        <v>6</v>
+      </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>233</v>
+        <v>256</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
-        <f t="shared" ref="E11:N11" si="2">SUM(E12:E13)</f>
-        <v>30</v>
+        <f t="shared" ref="E11:O11" si="2">SUM(E12:E13)</f>
+        <v>29</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="2"/>
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="2"/>
         <v>36</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
-      <c r="O11" s="16"/>
+      <c r="O11" s="16">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
       <c r="P11" s="16"/>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F12" s="18">
         <v>13</v>
       </c>
       <c r="G12" s="18">
         <v>14</v>
       </c>
       <c r="H12" s="18">
         <v>13</v>
       </c>
       <c r="I12" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J12" s="18">
         <v>15</v>
       </c>
       <c r="K12" s="18">
         <v>22</v>
       </c>
       <c r="L12" s="18">
         <v>6</v>
       </c>
       <c r="M12" s="18">
         <v>12</v>
       </c>
       <c r="N12" s="18">
         <v>9</v>
+      </c>
+      <c r="O12" s="18">
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>12</v>
       </c>
       <c r="F13" s="18">
         <v>9</v>
       </c>
       <c r="G13" s="18">
         <v>10</v>
       </c>
       <c r="H13" s="18">
         <v>11</v>
       </c>
       <c r="I13" s="18">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J13" s="18">
         <v>8</v>
       </c>
       <c r="K13" s="18">
         <v>14</v>
       </c>
       <c r="L13" s="18">
         <v>8</v>
       </c>
       <c r="M13" s="18">
         <v>3</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
+      </c>
+      <c r="O13" s="18">
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>445</v>
+        <v>486</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
-        <f t="shared" ref="E14:N14" si="3">SUM(E11,E8)</f>
-        <v>60</v>
+        <f t="shared" ref="E14:O14" si="3">SUM(E11,E8)</f>
+        <v>59</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="3"/>
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="3"/>
         <v>58</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="3"/>
         <v>36</v>
       </c>
       <c r="N14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
-      <c r="O14" s="19"/>
+      <c r="O14" s="19">
+        <f t="shared" si="3"/>
+        <v>44</v>
+      </c>
       <c r="P14" s="19"/>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26" t="s">
         <v>20</v>
@@ -2053,140 +2077,140 @@
         <v>8</v>
       </c>
       <c r="L10" s="18">
         <v>8</v>
       </c>
       <c r="M10" s="18">
         <v>6</v>
       </c>
       <c r="N10" s="18">
         <v>11</v>
       </c>
       <c r="O10" s="18">
         <v>8</v>
       </c>
       <c r="P10" s="18">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
         <f>SUM(E12:E13)</f>
         <v>28</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" ref="F11" si="2">SUM(F12:F13)</f>
         <v>11</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" ref="G11" si="3">SUM(G12:G13)</f>
         <v>10</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" ref="H11" si="4">SUM(H12:H13)</f>
         <v>15</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" ref="I11" si="5">SUM(I12:I13)</f>
         <v>19</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" ref="J11" si="6">SUM(J12:J13)</f>
         <v>16</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" ref="K11" si="7">SUM(K12:K13)</f>
         <v>13</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" ref="L11" si="8">SUM(L12:L13)</f>
         <v>22</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" ref="M11" si="9">SUM(M12:M13)</f>
         <v>16</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" ref="N11:P11" si="10">SUM(N12:N13)</f>
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O11" s="16">
         <f t="shared" si="10"/>
         <v>21</v>
       </c>
       <c r="P11" s="16">
         <f t="shared" si="10"/>
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>14</v>
       </c>
       <c r="F12" s="18">
         <v>7</v>
       </c>
       <c r="G12" s="18">
         <v>7</v>
       </c>
       <c r="H12" s="18">
         <v>7</v>
       </c>
       <c r="I12" s="18">
         <v>10</v>
       </c>
       <c r="J12" s="18">
         <v>11</v>
       </c>
       <c r="K12" s="18">
         <v>10</v>
       </c>
       <c r="L12" s="18">
         <v>15</v>
       </c>
       <c r="M12" s="18">
         <v>5</v>
       </c>
       <c r="N12" s="18">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="O12" s="18">
         <v>13</v>
       </c>
       <c r="P12" s="18">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
         <v>86</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>14</v>
       </c>
       <c r="F13" s="18">
         <v>4</v>
       </c>
       <c r="G13" s="18">
         <v>3</v>
@@ -2203,92 +2227,92 @@
       <c r="K13" s="18">
         <v>3</v>
       </c>
       <c r="L13" s="18">
         <v>7</v>
       </c>
       <c r="M13" s="18">
         <v>11</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
       </c>
       <c r="O13" s="18">
         <v>8</v>
       </c>
       <c r="P13" s="18">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
         <f t="shared" ref="E14:P14" si="11">SUM(E11,E8)</f>
         <v>40</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="11"/>
         <v>22</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="11"/>
         <v>21</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="11"/>
         <v>25</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="11"/>
         <v>33</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="11"/>
         <v>34</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="11"/>
         <v>30</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="11"/>
         <v>38</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="11"/>
         <v>24</v>
       </c>
       <c r="N14" s="19">
         <f t="shared" si="11"/>
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="O14" s="19">
         <f t="shared" si="11"/>
         <v>35</v>
       </c>
       <c r="P14" s="19">
         <f t="shared" si="11"/>
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>