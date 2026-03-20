--- v4 (2026-02-18)
+++ v5 (2026-03-20)
@@ -14,97 +14,100 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\03\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{595A7DBB-73C4-4043-A889-62B5A3FAE908}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0FA4065A-AF43-44AF-9DFA-02E02D9AA640}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="7" r:id="rId1"/>
     <sheet name="2024" sheetId="6" r:id="rId2"/>
     <sheet name="2023" sheetId="5" r:id="rId3"/>
     <sheet name="2022" sheetId="4" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="2" r:id="rId6"/>
     <sheet name="2019" sheetId="3" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O8" i="7" l="1"/>
+  <c r="P14" i="7" l="1"/>
+  <c r="P11" i="7"/>
+  <c r="P8" i="7"/>
+  <c r="O8" i="7"/>
   <c r="O11" i="7"/>
   <c r="O14" i="7" s="1"/>
   <c r="N11" i="7"/>
-  <c r="N14" i="7" s="1"/>
   <c r="N8" i="7"/>
-  <c r="M11" i="7" l="1"/>
+  <c r="N14" i="7" l="1"/>
+  <c r="M11" i="7"/>
   <c r="M8" i="7"/>
   <c r="L11" i="7"/>
   <c r="L8" i="7"/>
   <c r="K11" i="7"/>
   <c r="K8" i="7"/>
   <c r="J11" i="7"/>
   <c r="J8" i="7"/>
   <c r="J14" i="7"/>
   <c r="I11" i="7"/>
   <c r="I8" i="7"/>
   <c r="I14" i="7" s="1"/>
   <c r="P11" i="5"/>
   <c r="O11" i="5"/>
   <c r="N11" i="5"/>
   <c r="M11" i="5"/>
   <c r="L11" i="5"/>
   <c r="K11" i="5"/>
   <c r="J11" i="5"/>
   <c r="I11" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="F11" i="5"/>
   <c r="E11" i="5"/>
   <c r="P8" i="5"/>
   <c r="O8" i="5"/>
@@ -260,51 +263,51 @@
   <c r="C10" i="2"/>
   <c r="C9" i="2"/>
   <c r="C14" i="6" l="1"/>
   <c r="C8" i="6"/>
   <c r="M14" i="5"/>
   <c r="H14" i="5"/>
   <c r="C8" i="5"/>
   <c r="C11" i="5"/>
   <c r="E14" i="5"/>
   <c r="C11" i="2"/>
   <c r="C8" i="4"/>
   <c r="P14" i="3"/>
   <c r="C14" i="3" s="1"/>
   <c r="C8" i="2"/>
   <c r="I14" i="2"/>
   <c r="C14" i="2" s="1"/>
   <c r="C11" i="4"/>
   <c r="C11" i="3"/>
   <c r="C8" i="3"/>
   <c r="C14" i="5" l="1"/>
   <c r="C14" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="38">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mrz</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
   <si>
@@ -371,50 +374,53 @@
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2023</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.5.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.6.2024)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 4.4.2025)</t>
   </si>
   <si>
     <t>Ausgesteuerte nach Heimat, Geschlecht und Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 7.8.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 13.10.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 6.2.2026)</t>
+  </si>
+  <si>
+    <t>Datenquelle: Staatssekretariat für Wirtschaft (SECO), Arbeitsmarktstatistik (Datenstand: 5.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1408,381 +1414,402 @@
         <v>7</v>
       </c>
       <c r="L7" s="25" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="25" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="25" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="25" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="21">
         <f>SUM(E8:P8)</f>
-        <v>230</v>
+        <v>253</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="16">
-        <f t="shared" ref="E8:O8" si="0">SUM(E9:E10)</f>
+        <f t="shared" ref="E8:P8" si="0">SUM(E9:E10)</f>
         <v>30</v>
       </c>
       <c r="F8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="G8" s="16">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="H8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="I8" s="16">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="J8" s="16">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="K8" s="16">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="L8" s="16">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="M8" s="16">
         <f t="shared" si="0"/>
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="N8" s="16">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="O8" s="16">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="P8" s="16"/>
+      <c r="P8" s="16">
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
     </row>
     <row r="9" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="21">
         <f t="shared" ref="C9:C13" si="1">SUM(E9:P9)</f>
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>14</v>
       </c>
       <c r="F9" s="18">
         <v>12</v>
       </c>
       <c r="G9" s="18">
         <v>8</v>
       </c>
       <c r="H9" s="18">
         <v>18</v>
       </c>
       <c r="I9" s="18">
         <v>11</v>
       </c>
       <c r="J9" s="18">
         <v>12</v>
       </c>
       <c r="K9" s="18">
         <v>7</v>
       </c>
       <c r="L9" s="18">
         <v>12</v>
       </c>
       <c r="M9" s="18">
         <v>10</v>
       </c>
       <c r="N9" s="18">
         <v>14</v>
       </c>
       <c r="O9" s="18">
         <v>12</v>
       </c>
+      <c r="P9" s="18">
+        <v>12</v>
+      </c>
     </row>
     <row r="10" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B10" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="21">
         <f t="shared" si="1"/>
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>16</v>
       </c>
       <c r="F10" s="18">
         <v>6</v>
       </c>
       <c r="G10" s="18">
         <v>8</v>
       </c>
       <c r="H10" s="18">
         <v>4</v>
       </c>
       <c r="I10" s="18">
         <v>8</v>
       </c>
       <c r="J10" s="18">
         <v>9</v>
       </c>
       <c r="K10" s="18">
         <v>15</v>
       </c>
       <c r="L10" s="18">
         <v>7</v>
       </c>
       <c r="M10" s="18">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="N10" s="18">
         <v>10</v>
       </c>
       <c r="O10" s="18">
         <v>6</v>
+      </c>
+      <c r="P10" s="18">
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="15"/>
       <c r="C11" s="21">
         <f t="shared" si="1"/>
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="D11" s="16"/>
       <c r="E11" s="16">
-        <f t="shared" ref="E11:O11" si="2">SUM(E12:E13)</f>
+        <f t="shared" ref="E11:P11" si="2">SUM(E12:E13)</f>
         <v>29</v>
       </c>
       <c r="F11" s="16">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="G11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="H11" s="16">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <f t="shared" si="2"/>
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J11" s="16">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="K11" s="16">
         <f t="shared" si="2"/>
         <v>36</v>
       </c>
       <c r="L11" s="16">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="M11" s="16">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="N11" s="16">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="O11" s="16">
         <f t="shared" si="2"/>
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="P11" s="16"/>
+        <v>23</v>
+      </c>
+      <c r="P11" s="16">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
     </row>
     <row r="12" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="21">
         <f t="shared" si="1"/>
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="D12" s="16"/>
       <c r="E12" s="16">
         <v>17</v>
       </c>
       <c r="F12" s="18">
         <v>13</v>
       </c>
       <c r="G12" s="18">
         <v>14</v>
       </c>
       <c r="H12" s="18">
         <v>13</v>
       </c>
       <c r="I12" s="18">
         <v>14</v>
       </c>
       <c r="J12" s="18">
         <v>15</v>
       </c>
       <c r="K12" s="18">
         <v>22</v>
       </c>
       <c r="L12" s="18">
         <v>6</v>
       </c>
       <c r="M12" s="18">
         <v>12</v>
       </c>
       <c r="N12" s="18">
         <v>9</v>
       </c>
       <c r="O12" s="18">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="P12" s="18">
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="21">
         <f t="shared" si="1"/>
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16">
         <v>12</v>
       </c>
       <c r="F13" s="18">
         <v>9</v>
       </c>
       <c r="G13" s="18">
         <v>10</v>
       </c>
       <c r="H13" s="18">
         <v>11</v>
       </c>
       <c r="I13" s="18">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J13" s="18">
         <v>8</v>
       </c>
       <c r="K13" s="18">
         <v>14</v>
       </c>
       <c r="L13" s="18">
         <v>8</v>
       </c>
       <c r="M13" s="18">
         <v>3</v>
       </c>
       <c r="N13" s="18">
         <v>7</v>
       </c>
       <c r="O13" s="18">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="P13" s="18">
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:16" s="18" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="22">
         <f>SUM(E14:P14)</f>
-        <v>486</v>
+        <v>520</v>
       </c>
       <c r="D14" s="19"/>
       <c r="E14" s="19">
-        <f t="shared" ref="E14:O14" si="3">SUM(E11,E8)</f>
+        <f t="shared" ref="E14:P14" si="3">SUM(E11,E8)</f>
         <v>59</v>
       </c>
       <c r="F14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="G14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="H14" s="19">
         <f t="shared" si="3"/>
         <v>46</v>
       </c>
       <c r="I14" s="19">
         <f t="shared" si="3"/>
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J14" s="19">
         <f t="shared" si="3"/>
         <v>44</v>
       </c>
       <c r="K14" s="19">
         <f t="shared" si="3"/>
         <v>58</v>
       </c>
       <c r="L14" s="19">
         <f t="shared" si="3"/>
         <v>33</v>
       </c>
       <c r="M14" s="19">
         <f t="shared" si="3"/>
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="N14" s="19">
         <f t="shared" si="3"/>
         <v>40</v>
       </c>
       <c r="O14" s="19">
         <f t="shared" si="3"/>
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="P14" s="19"/>
+        <v>41</v>
+      </c>
+      <c r="P14" s="19">
+        <f t="shared" si="3"/>
+        <v>39</v>
+      </c>
     </row>
     <row r="15" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="13"/>
       <c r="L15" s="13"/>
       <c r="M15" s="13"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="14" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26" t="s">
         <v>20</v>
       </c>
@@ -1802,51 +1829,51 @@
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
     </row>
     <row r="17" spans="1:16" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="29"/>
       <c r="G17" s="29"/>
       <c r="H17" s="29"/>
       <c r="I17" s="29"/>
       <c r="J17" s="29"/>
       <c r="K17" s="29"/>
       <c r="L17" s="29"/>
       <c r="M17" s="29"/>
       <c r="N17" s="29"/>
       <c r="O17" s="29"/>
       <c r="P17" s="29"/>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.2">
       <c r="P18" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A16:P16"/>
     <mergeCell ref="A17:P17"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2CC1AF1-69BD-4CD4-AF56-2B90905B89AE}">
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>