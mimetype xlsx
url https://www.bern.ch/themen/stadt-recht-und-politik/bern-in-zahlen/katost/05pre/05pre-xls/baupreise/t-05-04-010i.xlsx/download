--- v0 (2025-10-09)
+++ v1 (2026-01-06)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.04\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6922AEF2-23A6-4619-9458-98B88F0C91DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3919213A-E9F7-4566-AD48-86839FCC870D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1914" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1914'!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="553" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="26">
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Berner Index der Wohnbaukosten mit Basisjahr…</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>30. Juni</t>
   </si>
   <si>
     <t>1. April</t>
   </si>
   <si>
     <t>1. Oktober</t>
   </si>
   <si>
     <t>T 05.04.010i</t>
   </si>
   <si>
@@ -185,51 +185,51 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  ab 1.10.2001 Fortschreibung anhand Index «Neubau von Mehrfamilienhäusern» – Espace Mittelland des Bundesamts für Statistik</t>
     </r>
   </si>
   <si>
     <t>Berner Index der Wohnbaukosten seit 1914</t>
   </si>
   <si>
-    <t>Datenquellen: Statistik Stadt Bern; Bundesamt für Statistik, Sektion Preise (Datenstand: 19.6.2025)</t>
+    <t>Datenquellen: Statistik Stadt Bern; Bundesamt für Statistik, Sektion Preise (Datenstand: 18.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#\ ##0.0;\–\ #\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -809,51 +809,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G191"/>
+  <dimension ref="A1:G192"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="1" customWidth="1"/>
     <col min="4" max="7" width="16.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:7" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
@@ -4984,115 +4984,138 @@
     </row>
     <row r="186" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A186" s="16">
         <v>2024</v>
       </c>
       <c r="B186" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C186" s="18">
         <v>164.4</v>
       </c>
       <c r="D186" s="18">
         <v>383.5</v>
       </c>
       <c r="E186" s="18">
         <v>1399.1</v>
       </c>
       <c r="F186" s="18">
         <v>2553.1</v>
       </c>
       <c r="G186" s="18" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="187" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A187" s="34">
+      <c r="A187" s="16">
         <v>2025</v>
       </c>
       <c r="B187" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="C187" s="35">
+      <c r="C187" s="18">
         <v>165.1</v>
       </c>
-      <c r="D187" s="35">
+      <c r="D187" s="18">
         <v>384.9</v>
       </c>
-      <c r="E187" s="35">
+      <c r="E187" s="18">
         <v>1404.4</v>
       </c>
-      <c r="F187" s="35">
+      <c r="F187" s="18">
         <v>2562.6999999999998</v>
       </c>
-      <c r="G187" s="35" t="s">
+      <c r="G187" s="18" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="188" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A188" s="41"/>
-[...5 lines deleted...]
-      <c r="G188" s="9" t="s">
+      <c r="A188" s="34">
+        <v>2025</v>
+      </c>
+      <c r="B188" s="25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C188" s="35">
+        <v>165.1</v>
+      </c>
+      <c r="D188" s="35">
+        <v>384.9</v>
+      </c>
+      <c r="E188" s="35">
+        <v>1404.5</v>
+      </c>
+      <c r="F188" s="35">
+        <v>2562.8000000000002</v>
+      </c>
+      <c r="G188" s="35" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A189" s="41"/>
+      <c r="B189" s="8"/>
+      <c r="C189" s="8"/>
+      <c r="D189" s="8"/>
+      <c r="E189" s="8"/>
+      <c r="F189" s="9"/>
+      <c r="G189" s="9" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="189" spans="1:7" s="36" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="42" t="s">
+    <row r="190" spans="1:7" s="36" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="42" t="s">
         <v>22</v>
       </c>
-      <c r="B189" s="43"/>
-[...7 lines deleted...]
-      <c r="A190" s="44" t="s">
+      <c r="B190" s="43"/>
+      <c r="C190" s="43"/>
+      <c r="D190" s="43"/>
+      <c r="E190" s="43"/>
+      <c r="F190" s="43"/>
+      <c r="G190" s="43"/>
+    </row>
+    <row r="191" spans="1:7" s="36" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="B190" s="45"/>
-[...8 lines deleted...]
-      <c r="G191" s="2" t="s">
+      <c r="B191" s="45"/>
+      <c r="C191" s="45"/>
+      <c r="D191" s="45"/>
+      <c r="E191" s="45"/>
+      <c r="F191" s="45"/>
+      <c r="G191" s="45"/>
+    </row>
+    <row r="192" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="F192" s="2"/>
+      <c r="G192" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A189:G189"/>
     <mergeCell ref="A190:G190"/>
+    <mergeCell ref="A191:G191"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="60" max="16383" man="1"/>
     <brk id="112" max="16383" man="1"/>
     <brk id="164" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>