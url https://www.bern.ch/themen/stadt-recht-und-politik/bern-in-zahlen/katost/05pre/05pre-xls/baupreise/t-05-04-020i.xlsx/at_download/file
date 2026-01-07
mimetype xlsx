--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -13,169 +13,172 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing24.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing25.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing26.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing27.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing28.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.04\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8FCA42C-5889-4DC2-BE53-A271E2A0A8B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{002757A9-96B3-4119-8C6D-6717491A49C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="728" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Apr 2025" sheetId="33" r:id="rId1"/>
-[...25 lines deleted...]
-    <sheet name="Apr 2012" sheetId="15" r:id="rId27"/>
+    <sheet name="Okt 2025" sheetId="34" r:id="rId1"/>
+    <sheet name="Apr 2025" sheetId="33" r:id="rId2"/>
+    <sheet name="Okt 2024" sheetId="32" r:id="rId3"/>
+    <sheet name="Apr 2024" sheetId="31" r:id="rId4"/>
+    <sheet name="Okt 2023" sheetId="30" r:id="rId5"/>
+    <sheet name="Apr 2023" sheetId="29" r:id="rId6"/>
+    <sheet name="Okt 2022" sheetId="28" r:id="rId7"/>
+    <sheet name="Apr 2022" sheetId="27" r:id="rId8"/>
+    <sheet name="Okt 2021" sheetId="26" r:id="rId9"/>
+    <sheet name="Apr 2021" sheetId="25" r:id="rId10"/>
+    <sheet name="Okt 2020" sheetId="23" r:id="rId11"/>
+    <sheet name="Apr 2020" sheetId="22" r:id="rId12"/>
+    <sheet name="Okt 2019" sheetId="21" r:id="rId13"/>
+    <sheet name="Apr 2019" sheetId="20" r:id="rId14"/>
+    <sheet name="Okt 2018" sheetId="19" r:id="rId15"/>
+    <sheet name="Apr 2018" sheetId="18" r:id="rId16"/>
+    <sheet name="Okt 2017" sheetId="17" r:id="rId17"/>
+    <sheet name="Apr 2017" sheetId="16" r:id="rId18"/>
+    <sheet name="Okt 2016" sheetId="6" r:id="rId19"/>
+    <sheet name="Apr 2016" sheetId="7" r:id="rId20"/>
+    <sheet name="Okt 2015" sheetId="8" r:id="rId21"/>
+    <sheet name="Apr 2015" sheetId="9" r:id="rId22"/>
+    <sheet name="Okt 2014" sheetId="10" r:id="rId23"/>
+    <sheet name="Apr 2014" sheetId="11" r:id="rId24"/>
+    <sheet name="Okt 2013" sheetId="12" r:id="rId25"/>
+    <sheet name="Apr 2013" sheetId="13" r:id="rId26"/>
+    <sheet name="Okt 2012" sheetId="14" r:id="rId27"/>
+    <sheet name="Apr 2012" sheetId="15" r:id="rId28"/>
   </sheets>
   <definedNames>
-    <definedName name="Print_Titles" localSheetId="26">'Apr 2012'!$1:$6</definedName>
-[...16 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="9">'Okt 2020'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="27">'Apr 2012'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="25">'Apr 2013'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="23">'Apr 2014'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="21">'Apr 2015'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="19">'Apr 2016'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="17">'Apr 2017'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="15">'Apr 2018'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="13">'Apr 2019'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="11">'Apr 2020'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="26">'Okt 2012'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="24">'Okt 2013'!$1:$6</definedName>
+    <definedName name="Print_Titles" localSheetId="22">'Okt 2014'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="20">'Okt 2015'!$1:$1</definedName>
+    <definedName name="Print_Titles" localSheetId="18">'Okt 2016'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="16">'Okt 2017'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="14">'Okt 2018'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="12">'Okt 2019'!$1:$2</definedName>
+    <definedName name="Print_Titles" localSheetId="10">'Okt 2020'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="950" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="981" uniqueCount="136">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Baupreisindex, Indexstand und -entwicklung nach Bauwerksarten 2015 und 2016</t>
   </si>
   <si>
     <t>(Basis: Oktober 2010 = 100)</t>
   </si>
   <si>
     <t>Espace Mittelland</t>
   </si>
   <si>
     <t>(Erscheinungsdaten jeweils Mitte Januar und Mitte Juli)</t>
   </si>
   <si>
     <t>T 05.3.i085</t>
   </si>
   <si>
     <t>April</t>
   </si>
   <si>
     <t>Oktober</t>
   </si>
   <si>
@@ -530,50 +533,59 @@
     <t>Baupreisindex, Indexstand und -entwicklung nach Bauwerksarten Oktober 2024</t>
   </si>
   <si>
     <t>Apr 2024/</t>
   </si>
   <si>
     <t>Okt 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 19.12.2024)</t>
   </si>
   <si>
     <t>Basis: Oktober 2020 = 100</t>
   </si>
   <si>
     <t>Baupreisindex, Indexstand und -entwicklung nach Bauwerksarten April 2025</t>
   </si>
   <si>
     <t>Okt 2024/</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 19.6.2025)</t>
+  </si>
+  <si>
+    <t>Baupreisindex, Indexstand und -entwicklung nach Bauwerksarten Oktober 2025</t>
+  </si>
+  <si>
+    <t>Apr 2025/</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 18.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#0.0;\–\ #0.0"/>
     <numFmt numFmtId="166" formatCode="#\ ##0"/>
     <numFmt numFmtId="167" formatCode="0.000"/>
     <numFmt numFmtId="168" formatCode="##0.0;\–\ ##0.0;0.0"/>
     <numFmt numFmtId="169" formatCode="##0.0;\–\ ##0.0"/>
     <numFmt numFmtId="170" formatCode="##0;\–\ ##0"/>
     <numFmt numFmtId="171" formatCode="mmm\ yyyy"/>
     <numFmt numFmtId="172" formatCode="##0.0;\–\ ##0.0;\–"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1183,176 +1195,180 @@
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="172" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="172" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Komma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal_Espace Mittelland" xfId="5" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Prozent 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Standard 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Standard_Tabelle1" xfId="3" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Stil 1" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Stil 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1407,86 +1423,136 @@
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing8.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing9.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F36FE21-D2DA-4E19-AAC0-6D898FAEF079}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFD5CEA4-484D-4003-9722-223575F81D54}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="6037200" cy="1162800"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1497,51 +1563,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1552,51 +1618,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1607,51 +1673,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1662,51 +1728,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1717,51 +1783,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1772,51 +1838,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1827,51 +1893,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1882,51 +1948,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>446651</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1937,120 +2003,66 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
-[...52 lines deleted...]
-
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6C3DBF9-7E1F-4AFA-8946-09CC884DE8EC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F36FE21-D2DA-4E19-AAC0-6D898FAEF079}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -2061,51 +2073,51 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>342901</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28576" y="28575"/>
           <a:ext cx="5924550" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -2115,51 +2127,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>342901</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28576" y="28575"/>
           <a:ext cx="5924550" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -2169,51 +2181,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>342901</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28576" y="28575"/>
           <a:ext cx="5924550" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -2223,85 +2235,139 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>342901</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect r="6725"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="28576" y="28575"/>
+          <a:ext cx="5924550" cy="1240536"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>28576</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>342901</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>21336</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28576" y="28575"/>
           <a:ext cx="5924550" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2336,51 +2402,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2415,51 +2481,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2494,51 +2560,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing28.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>200025</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2588,351 +2654,351 @@
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AB76D7A-E7DC-43C5-BAAD-07D5BC68B648}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6C3DBF9-7E1F-4AFA-8946-09CC884DE8EC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA6672FA-8A59-4791-BB29-8FE9D61D34D2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AB76D7A-E7DC-43C5-BAAD-07D5BC68B648}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8679838-E8FB-433B-88DF-015309CEC856}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA6672FA-8A59-4791-BB29-8FE9D61D34D2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB3184A1-EF29-40B6-8647-A427BA16933B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8679838-E8FB-433B-88DF-015309CEC856}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9548FB5-1BDF-46A0-943D-4045398C8B8E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB3184A1-EF29-40B6-8647-A427BA16933B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF30F910-5ECD-433F-9ACB-411FF77E807E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9548FB5-1BDF-46A0-943D-4045398C8B8E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="6037200" cy="1162800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF30F910-5ECD-433F-9ACB-411FF77E807E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -3233,701 +3299,1279 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings24.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings25.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings26.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings27.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings28.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA4ADEF4-3719-4BF7-9ECF-9E944A226F1C}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16EA18FA-2E47-4901-AFAF-D007053E288A}">
   <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="11" width="3" style="81" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J5" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A6" s="113"/>
+      <c r="A6" s="115"/>
       <c r="B6" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C6" s="115"/>
+      <c r="C6" s="117"/>
       <c r="D6" s="102" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="102" t="s">
+      <c r="F6" s="117"/>
+      <c r="G6" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="115"/>
-[...4 lines deleted...]
-      <c r="I6" s="115" t="s">
+      <c r="H6" s="117"/>
+      <c r="I6" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J6" s="115"/>
+      <c r="J6" s="117"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="114"/>
+      <c r="A7" s="116"/>
       <c r="B7" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="116"/>
+      <c r="C7" s="118"/>
       <c r="D7" s="89">
         <v>2025</v>
       </c>
       <c r="E7" s="89">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="F7" s="116"/>
+        <v>2025</v>
+      </c>
+      <c r="F7" s="118"/>
       <c r="G7" s="89">
         <v>2024</v>
       </c>
-      <c r="H7" s="116"/>
+      <c r="H7" s="118"/>
       <c r="I7" s="102" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="J7" s="102" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89"/>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89"/>
       <c r="E8" s="89"/>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89"/>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="101">
-        <v>45748</v>
+        <v>45931</v>
       </c>
       <c r="J8" s="89" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A9" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="96">
         <v>100</v>
       </c>
       <c r="C9" s="97"/>
       <c r="D9" s="99">
+        <v>115.2</v>
+      </c>
+      <c r="E9" s="96">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.5</v>
       </c>
       <c r="F9" s="97"/>
       <c r="G9" s="98">
-        <v>114.4</v>
+        <v>114.5</v>
       </c>
       <c r="H9" s="97"/>
       <c r="I9" s="109">
-        <v>0.49935963853211651</v>
+        <v>0.17237752329226574</v>
       </c>
       <c r="J9" s="109">
-        <v>0.51551706361480865</v>
+        <v>0.67259794560160513</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="88" t="s">
         <v>93</v>
       </c>
       <c r="B10" s="92">
         <v>77.400000000000006</v>
       </c>
       <c r="C10" s="93"/>
       <c r="D10" s="95">
+        <v>115.3</v>
+      </c>
+      <c r="E10" s="92">
         <v>115.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.7</v>
       </c>
       <c r="F10" s="93"/>
       <c r="G10" s="94">
-        <v>114.9</v>
+        <v>114.7</v>
       </c>
       <c r="H10" s="93"/>
       <c r="I10" s="110">
-        <v>0.46219011164219392</v>
+        <v>7.4276605732661011E-2</v>
       </c>
       <c r="J10" s="110">
-        <v>0.34340294556837325</v>
+        <v>0.5368100165018147</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A11" s="88" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="92">
         <v>41.8</v>
       </c>
       <c r="C11" s="93"/>
       <c r="D11" s="95">
+        <v>115.8</v>
+      </c>
+      <c r="E11" s="92">
         <v>115.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>115.1</v>
       </c>
       <c r="F11" s="93"/>
       <c r="G11" s="94">
-        <v>115.4</v>
+        <v>115.1</v>
       </c>
       <c r="H11" s="93"/>
       <c r="I11" s="110">
-        <v>0.54793330263192297</v>
+        <v>0.10992277752044803</v>
       </c>
       <c r="J11" s="110">
-        <v>0.24125274711948394</v>
+        <v>0.65845838365758347</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A12" s="88" t="s">
         <v>91</v>
       </c>
       <c r="B12" s="92">
         <v>22.41</v>
       </c>
       <c r="C12" s="93"/>
       <c r="D12" s="95">
         <v>115.1</v>
       </c>
       <c r="E12" s="92">
-        <v>114.7</v>
+        <v>115.1</v>
       </c>
       <c r="F12" s="93"/>
       <c r="G12" s="94">
-        <v>114.9</v>
+        <v>114.7</v>
       </c>
       <c r="H12" s="93"/>
       <c r="I12" s="110">
-        <v>0.37878853937953022</v>
+        <v>3.8222381289136301E-3</v>
       </c>
       <c r="J12" s="110">
-        <v>0.19060583062365016</v>
+        <v>0.38262525570842398</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A13" s="88" t="s">
         <v>90</v>
       </c>
       <c r="B13" s="92">
         <v>6.02</v>
       </c>
       <c r="C13" s="93"/>
       <c r="D13" s="95">
+        <v>116.7</v>
+      </c>
+      <c r="E13" s="92">
         <v>116.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.8</v>
       </c>
       <c r="F13" s="93"/>
       <c r="G13" s="94">
-        <v>115.5</v>
+        <v>114.8</v>
       </c>
       <c r="H13" s="93"/>
       <c r="I13" s="110">
-        <v>1.3686902950661393</v>
+        <v>0.25670830874071171</v>
       </c>
       <c r="J13" s="110">
-        <v>0.81328486536627087</v>
+        <v>1.6289121455152133</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="88" t="s">
         <v>89</v>
       </c>
       <c r="B14" s="92">
         <v>5.84</v>
       </c>
       <c r="C14" s="93"/>
       <c r="D14" s="95">
+        <v>115.7</v>
+      </c>
+      <c r="E14" s="92">
         <v>115.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.9</v>
       </c>
       <c r="F14" s="93"/>
       <c r="G14" s="94">
-        <v>115.3</v>
+        <v>114.9</v>
       </c>
       <c r="H14" s="93"/>
       <c r="I14" s="110">
-        <v>0.86238191870836023</v>
+        <v>-0.15113263161528975</v>
       </c>
       <c r="J14" s="110">
-        <v>0.45694367974057476</v>
+        <v>0.70994594660475208</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="88" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="92">
         <v>3.5700000000000003</v>
       </c>
       <c r="C15" s="93"/>
       <c r="D15" s="95">
+        <v>119.3</v>
+      </c>
+      <c r="E15" s="92">
         <v>118.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>118.4</v>
       </c>
       <c r="F15" s="93"/>
       <c r="G15" s="94">
-        <v>118.8</v>
+        <v>118.4</v>
       </c>
       <c r="H15" s="93"/>
       <c r="I15" s="110">
-        <v>-6.8404709284198645E-2</v>
+        <v>0.78398132709776613</v>
       </c>
       <c r="J15" s="110">
-        <v>-0.39829939960489191</v>
+        <v>0.71504033766592379</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A16" s="88" t="s">
         <v>87</v>
       </c>
       <c r="B16" s="92">
         <v>3.9600000000000004</v>
       </c>
       <c r="C16" s="93"/>
       <c r="D16" s="95">
+        <v>115.8</v>
+      </c>
+      <c r="E16" s="92">
         <v>115.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>115.1</v>
       </c>
       <c r="F16" s="93"/>
       <c r="G16" s="94">
-        <v>115.6</v>
+        <v>115.1</v>
       </c>
       <c r="H16" s="93"/>
       <c r="I16" s="110">
-        <v>0.36591881502074053</v>
+        <v>0.24729785758863868</v>
       </c>
       <c r="J16" s="110">
-        <v>-6.6605712348091983E-2</v>
+        <v>0.61412158199943923</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A17" s="88" t="s">
         <v>86</v>
       </c>
       <c r="B17" s="92">
         <v>35.6</v>
       </c>
       <c r="C17" s="93"/>
       <c r="D17" s="95">
         <v>114.7</v>
       </c>
       <c r="E17" s="92">
-        <v>114.3</v>
+        <v>114.7</v>
       </c>
       <c r="F17" s="93"/>
       <c r="G17" s="94">
-        <v>114.2</v>
+        <v>114.3</v>
       </c>
       <c r="H17" s="93"/>
       <c r="I17" s="110">
-        <v>0.36105095053706776</v>
+        <v>3.1999274566851178E-2</v>
       </c>
       <c r="J17" s="110">
-        <v>0.46478830057945847</v>
+        <v>0.39316575878890753</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A18" s="88" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="92">
         <v>26.119999999999997</v>
       </c>
       <c r="C18" s="93"/>
       <c r="D18" s="95">
+        <v>114.9</v>
+      </c>
+      <c r="E18" s="92">
         <v>115.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.6</v>
       </c>
       <c r="F18" s="93"/>
       <c r="G18" s="94">
-        <v>114.5</v>
+        <v>114.6</v>
       </c>
       <c r="H18" s="93"/>
       <c r="I18" s="110">
-        <v>0.43757012901119874</v>
+        <v>-0.17426551775362048</v>
       </c>
       <c r="J18" s="110">
-        <v>0.53555286750480746</v>
+        <v>0.26254207740672175</v>
       </c>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A19" s="88" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="92">
         <v>9.48</v>
       </c>
       <c r="C19" s="93"/>
       <c r="D19" s="95">
+        <v>114.2</v>
+      </c>
+      <c r="E19" s="92">
         <v>113.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>113.4</v>
       </c>
       <c r="F19" s="93"/>
       <c r="G19" s="94">
-        <v>113.2</v>
+        <v>113.4</v>
       </c>
       <c r="H19" s="93"/>
       <c r="I19" s="110">
-        <v>0.14766866116393659</v>
+        <v>0.60830111698036471</v>
       </c>
       <c r="J19" s="110">
-        <v>0.26751711614959778</v>
+        <v>0.75686804825959153</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A20" s="88" t="s">
         <v>84</v>
       </c>
       <c r="B20" s="92">
         <v>22.6</v>
       </c>
       <c r="C20" s="93"/>
       <c r="D20" s="95">
+        <v>114.9</v>
+      </c>
+      <c r="E20" s="92">
         <v>114.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>113.6</v>
       </c>
       <c r="F20" s="93"/>
       <c r="G20" s="94">
-        <v>113.1</v>
+        <v>113.6</v>
       </c>
       <c r="H20" s="93"/>
       <c r="I20" s="110">
-        <v>0.62790120457749388</v>
+        <v>0.51115192862765879</v>
       </c>
       <c r="J20" s="110">
-        <v>1.1143539400371498</v>
+        <v>1.1422626623222267</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A21" s="88" t="s">
         <v>95</v>
       </c>
       <c r="B21" s="92">
         <v>4.2799999999999994</v>
       </c>
       <c r="C21" s="93"/>
       <c r="D21" s="95">
+        <v>115.8</v>
+      </c>
+      <c r="E21" s="92">
         <v>115.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>114.3</v>
       </c>
       <c r="F21" s="93"/>
       <c r="G21" s="94">
-        <v>113.8</v>
+        <v>114.3</v>
       </c>
       <c r="H21" s="93"/>
       <c r="I21" s="110">
-        <v>0.81084651571343214</v>
+        <v>0.50378773743329541</v>
       </c>
       <c r="J21" s="110">
-        <v>1.2157082862290169</v>
+        <v>1.318719198462297</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="88" t="s">
         <v>96</v>
       </c>
       <c r="B22" s="92">
         <v>1.94</v>
       </c>
       <c r="C22" s="93"/>
       <c r="D22" s="95">
+        <v>115.6</v>
+      </c>
+      <c r="E22" s="92">
         <v>116.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>115.3</v>
       </c>
       <c r="F22" s="93"/>
       <c r="G22" s="94">
-        <v>114.6</v>
+        <v>115.3</v>
       </c>
       <c r="H22" s="93"/>
       <c r="I22" s="110">
-        <v>0.8739393455733937</v>
+        <v>-0.62713850964097118</v>
       </c>
       <c r="J22" s="110">
-        <v>1.4909885260909879</v>
+        <v>0.24132002574542752</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="88" t="s">
         <v>98</v>
       </c>
       <c r="B23" s="92">
         <v>0.08</v>
       </c>
       <c r="C23" s="93"/>
       <c r="D23" s="95">
         <v>114.9</v>
       </c>
       <c r="E23" s="92">
-        <v>114.2</v>
+        <v>114.9</v>
       </c>
       <c r="F23" s="93"/>
       <c r="G23" s="94">
-        <v>111.9</v>
+        <v>114.2</v>
       </c>
       <c r="H23" s="93"/>
       <c r="I23" s="110">
-        <v>0.65638442019813659</v>
+        <v>-3.376252933554371E-2</v>
       </c>
       <c r="J23" s="110">
-        <v>2.6845157837268916</v>
+        <v>0.62240027888016947</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A24" s="88" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="92">
         <v>16.3</v>
       </c>
       <c r="C24" s="93"/>
       <c r="D24" s="95">
+        <v>114.6</v>
+      </c>
+      <c r="E24" s="92">
         <v>113.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>113.2</v>
       </c>
       <c r="F24" s="93"/>
       <c r="G24" s="94">
-        <v>112.7</v>
+        <v>113.2</v>
       </c>
       <c r="H24" s="93"/>
       <c r="I24" s="110">
-        <v>0.54938407342548012</v>
+        <v>0.65414814944931221</v>
       </c>
       <c r="J24" s="110">
-        <v>1.0344096269221597</v>
+        <v>1.2071260086244744</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="112"/>
       <c r="B25" s="91"/>
       <c r="C25" s="91"/>
       <c r="D25" s="91"/>
       <c r="E25" s="91"/>
       <c r="F25" s="91"/>
       <c r="G25" s="91"/>
       <c r="H25" s="91"/>
       <c r="I25" s="91"/>
       <c r="J25" s="90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A26" s="117" t="s">
+      <c r="A26" s="113" t="s">
         <v>128</v>
       </c>
-      <c r="B26" s="118"/>
-[...7 lines deleted...]
-      <c r="J26" s="118"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="114"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J27" s="89" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A26:J26"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="F6:F8"/>
     <mergeCell ref="H6:H8"/>
     <mergeCell ref="I6:J6"/>
+    <mergeCell ref="A26:J26"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:J28"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
+    <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
+    <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
+    <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
+    <col min="9" max="10" width="9" style="81" customWidth="1"/>
+    <col min="11" max="11" width="5.42578125" style="81" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="81"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="108" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="106" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="104" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J6" s="89" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7" s="115"/>
+      <c r="B7" s="102" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="117"/>
+      <c r="D7" s="102" t="s">
+        <v>6</v>
+      </c>
+      <c r="E7" s="102" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="117"/>
+      <c r="G7" s="102" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
+        <v>94</v>
+      </c>
+      <c r="J7" s="117"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8" s="116"/>
+      <c r="B8" s="89" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="118"/>
+      <c r="D8" s="89">
+        <v>2021</v>
+      </c>
+      <c r="E8" s="89">
+        <v>2020</v>
+      </c>
+      <c r="F8" s="118"/>
+      <c r="G8" s="89">
+        <v>2020</v>
+      </c>
+      <c r="H8" s="118"/>
+      <c r="I8" s="102" t="s">
+        <v>80</v>
+      </c>
+      <c r="J8" s="102" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9" s="116"/>
+      <c r="B9" s="89"/>
+      <c r="C9" s="118"/>
+      <c r="D9" s="89"/>
+      <c r="E9" s="89"/>
+      <c r="F9" s="118"/>
+      <c r="G9" s="89"/>
+      <c r="H9" s="118"/>
+      <c r="I9" s="101" t="s">
+        <v>81</v>
+      </c>
+      <c r="J9" s="89" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10" s="100" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" s="96">
+        <v>100</v>
+      </c>
+      <c r="C10" s="97"/>
+      <c r="D10" s="99">
+        <v>101.4</v>
+      </c>
+      <c r="E10" s="96">
+        <v>100</v>
+      </c>
+      <c r="F10" s="97"/>
+      <c r="G10" s="98">
+        <v>100.3</v>
+      </c>
+      <c r="H10" s="97"/>
+      <c r="I10" s="109">
+        <v>1.381299999999996</v>
+      </c>
+      <c r="J10" s="109">
+        <v>1.099949880866008</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" s="92">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="C11" s="93"/>
+      <c r="D11" s="95">
+        <v>101.5</v>
+      </c>
+      <c r="E11" s="92">
+        <v>100</v>
+      </c>
+      <c r="F11" s="93"/>
+      <c r="G11" s="94">
+        <v>100.5</v>
+      </c>
+      <c r="H11" s="93"/>
+      <c r="I11" s="110">
+        <v>1.4637000000000029</v>
+      </c>
+      <c r="J11" s="110">
+        <v>0.93957768998184366</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12" s="88" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="92">
+        <v>41.8</v>
+      </c>
+      <c r="C12" s="93"/>
+      <c r="D12" s="95">
+        <v>101.3</v>
+      </c>
+      <c r="E12" s="92">
+        <v>100</v>
+      </c>
+      <c r="F12" s="93"/>
+      <c r="G12" s="94">
+        <v>100.2</v>
+      </c>
+      <c r="H12" s="93"/>
+      <c r="I12" s="110">
+        <v>1.3358000000000061</v>
+      </c>
+      <c r="J12" s="110">
+        <v>1.1144799069543441</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13" s="88" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="92">
+        <v>22.41</v>
+      </c>
+      <c r="C13" s="93"/>
+      <c r="D13" s="95">
+        <v>101.1</v>
+      </c>
+      <c r="E13" s="92">
+        <v>100</v>
+      </c>
+      <c r="F13" s="93"/>
+      <c r="G13" s="94">
+        <v>100.4</v>
+      </c>
+      <c r="H13" s="93"/>
+      <c r="I13" s="110">
+        <v>1.1308999999999969</v>
+      </c>
+      <c r="J13" s="110">
+        <v>0.70093477156885475</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14" s="88" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="92">
+        <v>6.02</v>
+      </c>
+      <c r="C14" s="93"/>
+      <c r="D14" s="95">
+        <v>102</v>
+      </c>
+      <c r="E14" s="92">
+        <v>100</v>
+      </c>
+      <c r="F14" s="93"/>
+      <c r="G14" s="94">
+        <v>99.2</v>
+      </c>
+      <c r="H14" s="93"/>
+      <c r="I14" s="110">
+        <v>2.0435999999999979</v>
+      </c>
+      <c r="J14" s="110">
+        <v>2.8310895405446814</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15" s="88" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="92">
+        <v>5.84</v>
+      </c>
+      <c r="C15" s="93"/>
+      <c r="D15" s="95">
+        <v>101.1</v>
+      </c>
+      <c r="E15" s="92">
+        <v>100</v>
+      </c>
+      <c r="F15" s="93"/>
+      <c r="G15" s="94">
+        <v>100.1</v>
+      </c>
+      <c r="H15" s="93"/>
+      <c r="I15" s="110">
+        <v>1.1385999999999967</v>
+      </c>
+      <c r="J15" s="110">
+        <v>1.0648933762606061</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16" s="88" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="92">
+        <v>3.5700000000000003</v>
+      </c>
+      <c r="C16" s="93"/>
+      <c r="D16" s="95">
+        <v>101.3</v>
+      </c>
+      <c r="E16" s="92">
+        <v>100</v>
+      </c>
+      <c r="F16" s="93"/>
+      <c r="G16" s="94">
+        <v>101</v>
+      </c>
+      <c r="H16" s="93"/>
+      <c r="I16" s="110">
+        <v>1.274799999999999</v>
+      </c>
+      <c r="J16" s="110">
+        <v>0.26461248132370035</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="88" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" s="92">
+        <v>3.9600000000000004</v>
+      </c>
+      <c r="C17" s="93"/>
+      <c r="D17" s="95">
+        <v>101.8</v>
+      </c>
+      <c r="E17" s="92">
+        <v>100</v>
+      </c>
+      <c r="F17" s="93"/>
+      <c r="G17" s="94">
+        <v>100</v>
+      </c>
+      <c r="H17" s="93"/>
+      <c r="I17" s="110">
+        <v>1.7639999999999958</v>
+      </c>
+      <c r="J17" s="110">
+        <v>1.7545758664241715</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="88" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" s="92">
+        <v>35.6</v>
+      </c>
+      <c r="C18" s="93"/>
+      <c r="D18" s="95">
+        <v>101.6</v>
+      </c>
+      <c r="E18" s="92">
+        <v>100</v>
+      </c>
+      <c r="F18" s="93"/>
+      <c r="G18" s="94">
+        <v>100.9</v>
+      </c>
+      <c r="H18" s="93"/>
+      <c r="I18" s="110">
+        <v>1.6137999999999977</v>
+      </c>
+      <c r="J18" s="110">
+        <v>0.7123228395110861</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="88" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" s="92">
+        <v>26.119999999999997</v>
+      </c>
+      <c r="C19" s="93"/>
+      <c r="D19" s="95">
+        <v>101.7</v>
+      </c>
+      <c r="E19" s="92">
+        <v>100</v>
+      </c>
+      <c r="F19" s="93"/>
+      <c r="G19" s="94">
+        <v>100.8</v>
+      </c>
+      <c r="H19" s="93"/>
+      <c r="I19" s="110">
+        <v>1.6611000000000047</v>
+      </c>
+      <c r="J19" s="110">
+        <v>0.83392937114587329</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="88" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="92">
+        <v>9.48</v>
+      </c>
+      <c r="C20" s="93"/>
+      <c r="D20" s="95">
+        <v>101.5</v>
+      </c>
+      <c r="E20" s="92">
+        <v>100</v>
+      </c>
+      <c r="F20" s="93"/>
+      <c r="G20" s="94">
+        <v>99.6</v>
+      </c>
+      <c r="H20" s="93"/>
+      <c r="I20" s="110">
+        <v>1.4838000000000022</v>
+      </c>
+      <c r="J20" s="110">
+        <v>1.9222615552827982</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="92">
+        <v>22.6</v>
+      </c>
+      <c r="C21" s="93"/>
+      <c r="D21" s="95">
+        <v>101.1</v>
+      </c>
+      <c r="E21" s="92">
+        <v>100</v>
+      </c>
+      <c r="F21" s="93"/>
+      <c r="G21" s="94">
+        <v>99.4</v>
+      </c>
+      <c r="H21" s="93"/>
+      <c r="I21" s="110">
+        <v>1.0992999999999995</v>
+      </c>
+      <c r="J21" s="110">
+        <v>1.7209956954500507</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="88" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="92">
+        <v>4.2799999999999994</v>
+      </c>
+      <c r="C22" s="93"/>
+      <c r="D22" s="95">
+        <v>101.2</v>
+      </c>
+      <c r="E22" s="92">
+        <v>100</v>
+      </c>
+      <c r="F22" s="93"/>
+      <c r="G22" s="94">
+        <v>99.4</v>
+      </c>
+      <c r="H22" s="93"/>
+      <c r="I22" s="110">
+        <v>1.1638999999999982</v>
+      </c>
+      <c r="J22" s="110">
+        <v>1.7949918286443851</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="88" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="92">
+        <v>1.94</v>
+      </c>
+      <c r="C23" s="93"/>
+      <c r="D23" s="95">
+        <v>102.1</v>
+      </c>
+      <c r="E23" s="92">
+        <v>100</v>
+      </c>
+      <c r="F23" s="93"/>
+      <c r="G23" s="94">
+        <v>99.4</v>
+      </c>
+      <c r="H23" s="93"/>
+      <c r="I23" s="110">
+        <v>2.0999000000000052</v>
+      </c>
+      <c r="J23" s="110">
+        <v>2.7055422886812015</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="88" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="92">
+        <v>0.08</v>
+      </c>
+      <c r="C24" s="93"/>
+      <c r="D24" s="95">
+        <v>101</v>
+      </c>
+      <c r="E24" s="92">
+        <v>100</v>
+      </c>
+      <c r="F24" s="93"/>
+      <c r="G24" s="94">
+        <v>99.6</v>
+      </c>
+      <c r="H24" s="93"/>
+      <c r="I24" s="110">
+        <v>0.99190000000000111</v>
+      </c>
+      <c r="J24" s="110">
+        <v>1.3762612804586962</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="88" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="92">
+        <v>16.3</v>
+      </c>
+      <c r="C25" s="93"/>
+      <c r="D25" s="95">
+        <v>101</v>
+      </c>
+      <c r="E25" s="92">
+        <v>100</v>
+      </c>
+      <c r="F25" s="93"/>
+      <c r="G25" s="94" t="s">
+        <v>79</v>
+      </c>
+      <c r="H25" s="93"/>
+      <c r="I25" s="110">
+        <v>0.96370000000000289</v>
+      </c>
+      <c r="J25" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="86" t="s">
+        <v>83</v>
+      </c>
+      <c r="B26" s="91"/>
+      <c r="C26" s="91"/>
+      <c r="D26" s="91"/>
+      <c r="E26" s="91"/>
+      <c r="F26" s="91"/>
+      <c r="G26" s="91"/>
+      <c r="H26" s="91"/>
+      <c r="I26" s="91"/>
+      <c r="J26" s="90" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="119" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="120"/>
+      <c r="C27" s="120"/>
+      <c r="D27" s="120"/>
+      <c r="E27" s="120"/>
+      <c r="F27" s="120"/>
+      <c r="G27" s="120"/>
+      <c r="H27" s="120"/>
+      <c r="I27" s="120"/>
+      <c r="J27" s="120"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J28" s="89" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A27:J27"/>
+    <mergeCell ref="A7:A9"/>
+    <mergeCell ref="C7:C9"/>
+    <mergeCell ref="F7:F9"/>
+    <mergeCell ref="H7:H9"/>
+    <mergeCell ref="I7:J7"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>74</v>
@@ -4452,51 +5096,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="82" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F28" s="83"/>
       <c r="M28" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>69</v>
@@ -5019,51 +5663,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="82" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F28" s="83"/>
       <c r="M28" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>72</v>
@@ -5566,51 +6210,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>71</v>
@@ -6113,51 +6757,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>70</v>
@@ -6660,51 +7304,51 @@
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>62</v>
@@ -7232,51 +7876,51 @@
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>61</v>
@@ -7804,51 +8448,51 @@
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>61</v>
@@ -8376,51 +9020,51 @@
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="2.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="0.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="0.85546875" style="1" customWidth="1"/>
     <col min="12" max="13" width="9" style="1" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -8948,51 +9592,618 @@
     </row>
     <row r="26" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="82" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="81" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F27" s="83"/>
       <c r="M27" s="83" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA4ADEF4-3719-4BF7-9ECF-9E944A226F1C}">
+  <dimension ref="A1:J27"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
+    <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
+    <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
+    <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
+    <col min="9" max="10" width="9" style="81" customWidth="1"/>
+    <col min="11" max="11" width="3" style="81" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="81"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="108" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="104" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J5" s="89" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A6" s="115"/>
+      <c r="B6" s="102" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" s="117"/>
+      <c r="D6" s="102" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="102" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="117"/>
+      <c r="G6" s="102" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="117"/>
+      <c r="I6" s="117" t="s">
+        <v>94</v>
+      </c>
+      <c r="J6" s="117"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7" s="116"/>
+      <c r="B7" s="89" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="118"/>
+      <c r="D7" s="89">
+        <v>2025</v>
+      </c>
+      <c r="E7" s="89">
+        <v>2024</v>
+      </c>
+      <c r="F7" s="118"/>
+      <c r="G7" s="89">
+        <v>2024</v>
+      </c>
+      <c r="H7" s="118"/>
+      <c r="I7" s="102" t="s">
+        <v>130</v>
+      </c>
+      <c r="J7" s="102" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8" s="116"/>
+      <c r="B8" s="89"/>
+      <c r="C8" s="118"/>
+      <c r="D8" s="89"/>
+      <c r="E8" s="89"/>
+      <c r="F8" s="118"/>
+      <c r="G8" s="89"/>
+      <c r="H8" s="118"/>
+      <c r="I8" s="101">
+        <v>45748</v>
+      </c>
+      <c r="J8" s="89" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9" s="100" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" s="96">
+        <v>100</v>
+      </c>
+      <c r="C9" s="97"/>
+      <c r="D9" s="99">
+        <v>115</v>
+      </c>
+      <c r="E9" s="96">
+        <v>114.5</v>
+      </c>
+      <c r="F9" s="97"/>
+      <c r="G9" s="98">
+        <v>114.4</v>
+      </c>
+      <c r="H9" s="97"/>
+      <c r="I9" s="109">
+        <v>0.49935963853211651</v>
+      </c>
+      <c r="J9" s="109">
+        <v>0.51551706361480865</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="92">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="C10" s="93"/>
+      <c r="D10" s="95">
+        <v>115.2</v>
+      </c>
+      <c r="E10" s="92">
+        <v>114.7</v>
+      </c>
+      <c r="F10" s="93"/>
+      <c r="G10" s="94">
+        <v>114.9</v>
+      </c>
+      <c r="H10" s="93"/>
+      <c r="I10" s="110">
+        <v>0.46219011164219392</v>
+      </c>
+      <c r="J10" s="110">
+        <v>0.34340294556837325</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11" s="88" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" s="92">
+        <v>41.8</v>
+      </c>
+      <c r="C11" s="93"/>
+      <c r="D11" s="95">
+        <v>115.7</v>
+      </c>
+      <c r="E11" s="92">
+        <v>115.1</v>
+      </c>
+      <c r="F11" s="93"/>
+      <c r="G11" s="94">
+        <v>115.4</v>
+      </c>
+      <c r="H11" s="93"/>
+      <c r="I11" s="110">
+        <v>0.54793330263192297</v>
+      </c>
+      <c r="J11" s="110">
+        <v>0.24125274711948394</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12" s="88" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" s="92">
+        <v>22.41</v>
+      </c>
+      <c r="C12" s="93"/>
+      <c r="D12" s="95">
+        <v>115.1</v>
+      </c>
+      <c r="E12" s="92">
+        <v>114.7</v>
+      </c>
+      <c r="F12" s="93"/>
+      <c r="G12" s="94">
+        <v>114.9</v>
+      </c>
+      <c r="H12" s="93"/>
+      <c r="I12" s="110">
+        <v>0.37878853937953022</v>
+      </c>
+      <c r="J12" s="110">
+        <v>0.19060583062365016</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13" s="88" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" s="92">
+        <v>6.02</v>
+      </c>
+      <c r="C13" s="93"/>
+      <c r="D13" s="95">
+        <v>116.4</v>
+      </c>
+      <c r="E13" s="92">
+        <v>114.8</v>
+      </c>
+      <c r="F13" s="93"/>
+      <c r="G13" s="94">
+        <v>115.5</v>
+      </c>
+      <c r="H13" s="93"/>
+      <c r="I13" s="110">
+        <v>1.3686902950661393</v>
+      </c>
+      <c r="J13" s="110">
+        <v>0.81328486536627087</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14" s="88" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" s="92">
+        <v>5.84</v>
+      </c>
+      <c r="C14" s="93"/>
+      <c r="D14" s="95">
+        <v>115.9</v>
+      </c>
+      <c r="E14" s="92">
+        <v>114.9</v>
+      </c>
+      <c r="F14" s="93"/>
+      <c r="G14" s="94">
+        <v>115.3</v>
+      </c>
+      <c r="H14" s="93"/>
+      <c r="I14" s="110">
+        <v>0.86238191870836023</v>
+      </c>
+      <c r="J14" s="110">
+        <v>0.45694367974057476</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15" s="88" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="92">
+        <v>3.5700000000000003</v>
+      </c>
+      <c r="C15" s="93"/>
+      <c r="D15" s="95">
+        <v>118.3</v>
+      </c>
+      <c r="E15" s="92">
+        <v>118.4</v>
+      </c>
+      <c r="F15" s="93"/>
+      <c r="G15" s="94">
+        <v>118.8</v>
+      </c>
+      <c r="H15" s="93"/>
+      <c r="I15" s="110">
+        <v>-6.8404709284198645E-2</v>
+      </c>
+      <c r="J15" s="110">
+        <v>-0.39829939960489191</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16" s="88" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" s="92">
+        <v>3.9600000000000004</v>
+      </c>
+      <c r="C16" s="93"/>
+      <c r="D16" s="95">
+        <v>115.5</v>
+      </c>
+      <c r="E16" s="92">
+        <v>115.1</v>
+      </c>
+      <c r="F16" s="93"/>
+      <c r="G16" s="94">
+        <v>115.6</v>
+      </c>
+      <c r="H16" s="93"/>
+      <c r="I16" s="110">
+        <v>0.36591881502074053</v>
+      </c>
+      <c r="J16" s="110">
+        <v>-6.6605712348091983E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="88" t="s">
+        <v>86</v>
+      </c>
+      <c r="B17" s="92">
+        <v>35.6</v>
+      </c>
+      <c r="C17" s="93"/>
+      <c r="D17" s="95">
+        <v>114.7</v>
+      </c>
+      <c r="E17" s="92">
+        <v>114.3</v>
+      </c>
+      <c r="F17" s="93"/>
+      <c r="G17" s="94">
+        <v>114.2</v>
+      </c>
+      <c r="H17" s="93"/>
+      <c r="I17" s="110">
+        <v>0.36105095053706776</v>
+      </c>
+      <c r="J17" s="110">
+        <v>0.46478830057945847</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="88" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" s="92">
+        <v>26.119999999999997</v>
+      </c>
+      <c r="C18" s="93"/>
+      <c r="D18" s="95">
+        <v>115.1</v>
+      </c>
+      <c r="E18" s="92">
+        <v>114.6</v>
+      </c>
+      <c r="F18" s="93"/>
+      <c r="G18" s="94">
+        <v>114.5</v>
+      </c>
+      <c r="H18" s="93"/>
+      <c r="I18" s="110">
+        <v>0.43757012901119874</v>
+      </c>
+      <c r="J18" s="110">
+        <v>0.53555286750480746</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="88" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="92">
+        <v>9.48</v>
+      </c>
+      <c r="C19" s="93"/>
+      <c r="D19" s="95">
+        <v>113.5</v>
+      </c>
+      <c r="E19" s="92">
+        <v>113.4</v>
+      </c>
+      <c r="F19" s="93"/>
+      <c r="G19" s="94">
+        <v>113.2</v>
+      </c>
+      <c r="H19" s="93"/>
+      <c r="I19" s="110">
+        <v>0.14766866116393659</v>
+      </c>
+      <c r="J19" s="110">
+        <v>0.26751711614959778</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" s="92">
+        <v>22.6</v>
+      </c>
+      <c r="C20" s="93"/>
+      <c r="D20" s="95">
+        <v>114.3</v>
+      </c>
+      <c r="E20" s="92">
+        <v>113.6</v>
+      </c>
+      <c r="F20" s="93"/>
+      <c r="G20" s="94">
+        <v>113.1</v>
+      </c>
+      <c r="H20" s="93"/>
+      <c r="I20" s="110">
+        <v>0.62790120457749388</v>
+      </c>
+      <c r="J20" s="110">
+        <v>1.1143539400371498</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="88" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" s="92">
+        <v>4.2799999999999994</v>
+      </c>
+      <c r="C21" s="93"/>
+      <c r="D21" s="95">
+        <v>115.2</v>
+      </c>
+      <c r="E21" s="92">
+        <v>114.3</v>
+      </c>
+      <c r="F21" s="93"/>
+      <c r="G21" s="94">
+        <v>113.8</v>
+      </c>
+      <c r="H21" s="93"/>
+      <c r="I21" s="110">
+        <v>0.81084651571343214</v>
+      </c>
+      <c r="J21" s="110">
+        <v>1.2157082862290169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="88" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" s="92">
+        <v>1.94</v>
+      </c>
+      <c r="C22" s="93"/>
+      <c r="D22" s="95">
+        <v>116.3</v>
+      </c>
+      <c r="E22" s="92">
+        <v>115.3</v>
+      </c>
+      <c r="F22" s="93"/>
+      <c r="G22" s="94">
+        <v>114.6</v>
+      </c>
+      <c r="H22" s="93"/>
+      <c r="I22" s="110">
+        <v>0.8739393455733937</v>
+      </c>
+      <c r="J22" s="110">
+        <v>1.4909885260909879</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="88" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="92">
+        <v>0.08</v>
+      </c>
+      <c r="C23" s="93"/>
+      <c r="D23" s="95">
+        <v>114.9</v>
+      </c>
+      <c r="E23" s="92">
+        <v>114.2</v>
+      </c>
+      <c r="F23" s="93"/>
+      <c r="G23" s="94">
+        <v>111.9</v>
+      </c>
+      <c r="H23" s="93"/>
+      <c r="I23" s="110">
+        <v>0.65638442019813659</v>
+      </c>
+      <c r="J23" s="110">
+        <v>2.6845157837268916</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="88" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" s="92">
+        <v>16.3</v>
+      </c>
+      <c r="C24" s="93"/>
+      <c r="D24" s="95">
+        <v>113.9</v>
+      </c>
+      <c r="E24" s="92">
+        <v>113.2</v>
+      </c>
+      <c r="F24" s="93"/>
+      <c r="G24" s="94">
+        <v>112.7</v>
+      </c>
+      <c r="H24" s="93"/>
+      <c r="I24" s="110">
+        <v>0.54938407342548012</v>
+      </c>
+      <c r="J24" s="110">
+        <v>1.0344096269221597</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="112"/>
+      <c r="B25" s="91"/>
+      <c r="C25" s="91"/>
+      <c r="D25" s="91"/>
+      <c r="E25" s="91"/>
+      <c r="F25" s="91"/>
+      <c r="G25" s="91"/>
+      <c r="H25" s="91"/>
+      <c r="I25" s="91"/>
+      <c r="J25" s="90" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="113" t="s">
+        <v>128</v>
+      </c>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="114"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J27" s="89" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A26:J26"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="C6:C8"/>
+    <mergeCell ref="F6:F8"/>
+    <mergeCell ref="H6:H8"/>
+    <mergeCell ref="I6:J6"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:N43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="3" style="6" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="6" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="6" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:14" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -9570,608 +10781,51 @@
     <row r="34" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" s="47"/>
     </row>
   </sheetData>
   <pageMargins left="0.47244094488188981" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch; www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...556 lines deleted...]
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="3" style="6" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="6" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="6" customWidth="1"/>
     <col min="14" max="14" width="5.7109375" style="6"/>
     <col min="15" max="15" width="6.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="5.7109375" style="6"/>
   </cols>
   <sheetData>
@@ -10767,51 +11421,51 @@
     <row r="34" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" s="47"/>
     </row>
   </sheetData>
   <pageMargins left="0.47244094488188981" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:R43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="3" style="6" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="6" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="6" customWidth="1"/>
     <col min="14" max="14" width="5.7109375" style="6"/>
     <col min="15" max="15" width="6.5703125" style="6" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="5.7109375" style="6"/>
   </cols>
   <sheetData>
@@ -11453,51 +12107,51 @@
     <row r="35" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="47"/>
       <c r="Q43" s="51"/>
     </row>
   </sheetData>
   <pageMargins left="0.47244094488188981" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:Q43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="3" style="6" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="6" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="6" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -12091,51 +12745,51 @@
     <row r="35" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="47"/>
       <c r="Q43" s="51"/>
     </row>
   </sheetData>
   <pageMargins left="0.47244094488188981" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:Q43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="6" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="6" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="6" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="6" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="6" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="6" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="6" customWidth="1"/>
     <col min="11" max="11" width="3" style="6" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="6" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="6" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -12729,51 +13383,51 @@
     <row r="35" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="47"/>
       <c r="Q43" s="51"/>
     </row>
   </sheetData>
   <pageMargins left="0.47244094488188981" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
   <dimension ref="A1:O847"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="12" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="12" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="12" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="12" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="12" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="12" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="12" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="12" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="12" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="12" customWidth="1"/>
     <col min="11" max="11" width="3" style="12" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="12" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="12" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -13276,3357 +13930,50 @@
       <c r="B22" s="34"/>
       <c r="C22" s="34" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="34"/>
       <c r="E22" s="35">
         <v>0.83</v>
       </c>
       <c r="F22" s="36"/>
       <c r="G22" s="37">
         <v>104.2</v>
       </c>
       <c r="H22" s="38">
         <v>103.8</v>
       </c>
       <c r="I22" s="38"/>
       <c r="J22" s="55">
         <v>103.1</v>
       </c>
       <c r="K22" s="38"/>
       <c r="L22" s="53">
         <v>0.3</v>
       </c>
       <c r="M22" s="53">
         <v>1.1000000000000001</v>
-      </c>
-[...3305 lines deleted...]
-        <v>2.2000000000000002</v>
       </c>
       <c r="N22" s="26"/>
       <c r="O22" s="26"/>
     </row>
     <row r="23" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="56"/>
       <c r="B23" s="42"/>
       <c r="C23" s="42"/>
       <c r="D23" s="42"/>
       <c r="E23" s="43"/>
       <c r="F23" s="43"/>
       <c r="J23" s="44"/>
       <c r="M23" s="57" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="42"/>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="43"/>
       <c r="F24" s="43"/>
     </row>
     <row r="25" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -19344,593 +16691,596 @@
     <row r="837" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="838" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="839" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="840" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="841" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="842" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="843" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="844" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="845" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="846" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="847" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="0.93" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:O847"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="12" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="12" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="12" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="12" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="12" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="12" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="12" customWidth="1"/>
     <col min="8" max="8" width="7.42578125" style="12" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="12" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="12" customWidth="1"/>
     <col min="11" max="11" width="3" style="12" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="12" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="12" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
     </row>
     <row r="3" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
     </row>
     <row r="4" spans="1:15" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
     </row>
     <row r="5" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="52" t="s">
+        <v>4</v>
+      </c>
       <c r="M5" s="13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="14"/>
       <c r="B6" s="14"/>
       <c r="C6" s="14"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F6" s="15"/>
       <c r="G6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="H6" s="15" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="I6" s="15"/>
       <c r="J6" s="15" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="K6" s="15"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="17"/>
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="18" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="18"/>
       <c r="G7" s="19">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="H7" s="19">
         <v>2012</v>
       </c>
       <c r="I7" s="19"/>
       <c r="J7" s="19">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="K7" s="20"/>
       <c r="L7" s="18" t="s">
         <v>11</v>
       </c>
       <c r="M7" s="18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="21" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="22"/>
       <c r="C8" s="22"/>
       <c r="D8" s="22"/>
       <c r="E8" s="23">
         <v>100</v>
       </c>
       <c r="F8" s="24"/>
       <c r="G8" s="25">
+        <v>101.7</v>
+      </c>
+      <c r="H8" s="26">
         <v>102.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.9</v>
       </c>
       <c r="I8" s="26"/>
       <c r="J8" s="54">
-        <v>101.8</v>
+        <v>101.9</v>
       </c>
       <c r="K8" s="26"/>
-      <c r="L8" s="41">
-[...3 lines deleted...]
-        <v>0.3</v>
+      <c r="L8" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" s="41" t="s">
+        <v>33</v>
       </c>
       <c r="N8" s="26"/>
       <c r="O8" s="26"/>
     </row>
     <row r="9" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="29" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="23">
         <v>79.83</v>
       </c>
       <c r="F9" s="24"/>
       <c r="G9" s="25">
+        <v>101.2</v>
+      </c>
+      <c r="H9" s="26">
         <v>101.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.8</v>
       </c>
       <c r="I9" s="26"/>
       <c r="J9" s="54">
-        <v>101.9</v>
+        <v>101.8</v>
       </c>
       <c r="K9" s="26"/>
-      <c r="L9" s="41">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L9" s="41" t="s">
+        <v>41</v>
+      </c>
+      <c r="M9" s="41" t="s">
+        <v>36</v>
       </c>
       <c r="N9" s="26"/>
       <c r="O9" s="26"/>
     </row>
     <row r="10" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="31"/>
       <c r="C10" s="31" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="31"/>
       <c r="E10" s="23">
         <v>41.21</v>
       </c>
       <c r="F10" s="24"/>
       <c r="G10" s="25">
-        <v>101.8</v>
+        <v>101.2</v>
       </c>
       <c r="H10" s="26">
         <v>101.8</v>
       </c>
       <c r="I10" s="26"/>
       <c r="J10" s="54">
-        <v>101.7</v>
+        <v>101.8</v>
       </c>
       <c r="K10" s="26"/>
-      <c r="L10" s="41">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L10" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="M10" s="41" t="s">
+        <v>36</v>
       </c>
       <c r="N10" s="26"/>
       <c r="O10" s="26"/>
     </row>
     <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="32"/>
       <c r="D11" s="32" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="23">
         <v>18.57</v>
       </c>
       <c r="F11" s="24"/>
       <c r="G11" s="25">
+        <v>100.7</v>
+      </c>
+      <c r="H11" s="26">
         <v>101.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.2</v>
       </c>
       <c r="I11" s="26"/>
       <c r="J11" s="54">
-        <v>101.3</v>
+        <v>101.2</v>
       </c>
       <c r="K11" s="26"/>
       <c r="L11" s="41" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="M11" s="41" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N11" s="26"/>
       <c r="O11" s="26"/>
     </row>
     <row r="12" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="32"/>
       <c r="D12" s="32" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="23">
         <v>4.7</v>
       </c>
       <c r="F12" s="24"/>
       <c r="G12" s="25">
+        <v>100.5</v>
+      </c>
+      <c r="H12" s="26">
         <v>101.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.4</v>
       </c>
       <c r="I12" s="26"/>
       <c r="J12" s="54">
-        <v>102.1</v>
+        <v>101.4</v>
       </c>
       <c r="K12" s="26"/>
-      <c r="L12" s="41">
-        <v>0.2</v>
+      <c r="L12" s="41" t="s">
+        <v>40</v>
       </c>
       <c r="M12" s="41" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="N12" s="26"/>
       <c r="O12" s="26"/>
     </row>
     <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="31"/>
       <c r="D13" s="31" t="s">
         <v>18</v>
       </c>
       <c r="E13" s="23">
         <v>8.39</v>
       </c>
       <c r="F13" s="24"/>
       <c r="G13" s="25">
+        <v>101.1</v>
+      </c>
+      <c r="H13" s="26">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.1</v>
       </c>
       <c r="I13" s="26"/>
       <c r="J13" s="54">
-        <v>101.7</v>
+        <v>102.1</v>
       </c>
       <c r="K13" s="26"/>
       <c r="L13" s="41" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>0.3</v>
+        <v>46</v>
+      </c>
+      <c r="M13" s="41" t="s">
+        <v>40</v>
       </c>
       <c r="N13" s="26"/>
       <c r="O13" s="26"/>
     </row>
     <row r="14" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="32"/>
       <c r="D14" s="32" t="s">
         <v>19</v>
       </c>
       <c r="E14" s="23">
         <v>4.22</v>
       </c>
       <c r="F14" s="24"/>
       <c r="G14" s="25">
+        <v>103.5</v>
+      </c>
+      <c r="H14" s="26">
         <v>103.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>103.3</v>
       </c>
       <c r="I14" s="26"/>
       <c r="J14" s="54">
-        <v>103.1</v>
+        <v>103.3</v>
       </c>
       <c r="K14" s="26"/>
-      <c r="L14" s="41">
-        <v>0.4</v>
+      <c r="L14" s="41" t="s">
+        <v>42</v>
       </c>
       <c r="M14" s="41">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
       <c r="N14" s="26"/>
       <c r="O14" s="26"/>
     </row>
     <row r="15" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="31"/>
       <c r="D15" s="31" t="s">
         <v>20</v>
       </c>
       <c r="E15" s="23">
         <v>5.33</v>
       </c>
       <c r="F15" s="24"/>
       <c r="G15" s="25">
+        <v>101.9</v>
+      </c>
+      <c r="H15" s="26">
         <v>102.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.4</v>
       </c>
       <c r="I15" s="26"/>
       <c r="J15" s="54">
-        <v>101.8</v>
+        <v>102.4</v>
       </c>
       <c r="K15" s="26"/>
       <c r="L15" s="41" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>0.6</v>
+        <v>35</v>
+      </c>
+      <c r="M15" s="41" t="s">
+        <v>34</v>
       </c>
       <c r="N15" s="26"/>
       <c r="O15" s="26"/>
     </row>
     <row r="16" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="31"/>
       <c r="C16" s="31" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="31"/>
       <c r="E16" s="23">
         <v>38.619999999999997</v>
       </c>
       <c r="F16" s="24"/>
       <c r="G16" s="25">
+        <v>101.1</v>
+      </c>
+      <c r="H16" s="26">
         <v>102.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.8</v>
       </c>
       <c r="I16" s="26"/>
       <c r="J16" s="54">
-        <v>102.1</v>
+        <v>101.8</v>
       </c>
       <c r="K16" s="26"/>
-      <c r="L16" s="41">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L16" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="M16" s="41" t="s">
+        <v>32</v>
       </c>
       <c r="N16" s="26"/>
       <c r="O16" s="26"/>
     </row>
     <row r="17" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="32"/>
       <c r="D17" s="32" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="23">
         <v>22.15</v>
       </c>
       <c r="F17" s="24"/>
       <c r="G17" s="25">
+        <v>100.5</v>
+      </c>
+      <c r="H17" s="26">
         <v>101.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.5</v>
       </c>
       <c r="I17" s="26"/>
       <c r="J17" s="54">
-        <v>102</v>
+        <v>101.5</v>
       </c>
       <c r="K17" s="26"/>
-      <c r="L17" s="41">
-        <v>0.1</v>
+      <c r="L17" s="41" t="s">
+        <v>43</v>
       </c>
       <c r="M17" s="41" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="N17" s="26"/>
       <c r="O17" s="26"/>
     </row>
     <row r="18" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="31"/>
       <c r="D18" s="31" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="23">
         <v>16.47</v>
       </c>
       <c r="F18" s="24"/>
       <c r="G18" s="25">
+        <v>101.9</v>
+      </c>
+      <c r="H18" s="26">
         <v>102.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.2</v>
       </c>
       <c r="I18" s="26"/>
       <c r="J18" s="54">
-        <v>102.3</v>
+        <v>102.2</v>
       </c>
       <c r="K18" s="26"/>
-      <c r="L18" s="41">
-[...3 lines deleted...]
-        <v>0.5</v>
+      <c r="L18" s="41" t="s">
+        <v>46</v>
+      </c>
+      <c r="M18" s="41" t="s">
+        <v>35</v>
       </c>
       <c r="N18" s="26"/>
       <c r="O18" s="26"/>
     </row>
     <row r="19" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="33" t="s">
         <v>24</v>
       </c>
       <c r="D19" s="33"/>
       <c r="E19" s="23">
         <v>20.170000000000002</v>
       </c>
       <c r="F19" s="24"/>
       <c r="G19" s="25">
+        <v>104</v>
+      </c>
+      <c r="H19" s="26">
         <v>102.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.5</v>
       </c>
       <c r="I19" s="26"/>
       <c r="J19" s="54">
-        <v>101.1</v>
+        <v>102.5</v>
       </c>
       <c r="K19" s="26"/>
       <c r="L19" s="41">
-        <v>0.2</v>
+        <v>1.3</v>
       </c>
       <c r="M19" s="41">
         <v>1.5</v>
       </c>
       <c r="N19" s="26"/>
       <c r="O19" s="26"/>
     </row>
     <row r="20" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="32"/>
       <c r="C20" s="32" t="s">
         <v>25</v>
       </c>
       <c r="D20" s="32"/>
       <c r="E20" s="23">
         <v>16.2</v>
       </c>
       <c r="F20" s="24"/>
       <c r="G20" s="25">
+        <v>104.3</v>
+      </c>
+      <c r="H20" s="26">
         <v>102.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>102.2</v>
       </c>
       <c r="I20" s="26"/>
       <c r="J20" s="54">
-        <v>100.8</v>
+        <v>102.2</v>
       </c>
       <c r="K20" s="26"/>
       <c r="L20" s="41">
-        <v>0.3</v>
+        <v>1.7</v>
       </c>
       <c r="M20" s="41">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="N20" s="26"/>
       <c r="O20" s="26"/>
     </row>
     <row r="21" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="32"/>
       <c r="C21" s="32" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="32"/>
       <c r="E21" s="23">
         <v>3.14</v>
       </c>
       <c r="F21" s="24"/>
       <c r="G21" s="25">
+        <v>103</v>
+      </c>
+      <c r="H21" s="26">
         <v>103.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>103.9</v>
       </c>
       <c r="I21" s="26"/>
       <c r="J21" s="54">
-        <v>102.5</v>
+        <v>103.9</v>
       </c>
       <c r="K21" s="26"/>
       <c r="L21" s="41" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>0.7</v>
+        <v>33</v>
+      </c>
+      <c r="M21" s="41" t="s">
+        <v>46</v>
       </c>
       <c r="N21" s="26"/>
       <c r="O21" s="26"/>
     </row>
     <row r="22" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="34"/>
       <c r="C22" s="34" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="34"/>
       <c r="E22" s="35">
         <v>0.83</v>
       </c>
       <c r="F22" s="36"/>
       <c r="G22" s="37">
+        <v>103.8</v>
+      </c>
+      <c r="H22" s="38">
         <v>103.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>101.7</v>
       </c>
       <c r="I22" s="38"/>
       <c r="J22" s="55">
-        <v>101</v>
+        <v>101.7</v>
       </c>
       <c r="K22" s="38"/>
       <c r="L22" s="53">
-        <v>1.4</v>
+        <v>0.8</v>
       </c>
       <c r="M22" s="53">
-        <v>2</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="N22" s="26"/>
       <c r="O22" s="26"/>
     </row>
     <row r="23" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="56"/>
       <c r="B23" s="42"/>
       <c r="C23" s="42"/>
       <c r="D23" s="42"/>
       <c r="E23" s="43"/>
       <c r="F23" s="43"/>
       <c r="J23" s="44"/>
       <c r="M23" s="57" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="42"/>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="43"/>
       <c r="F24" s="43"/>
     </row>
     <row r="25" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -22648,50 +19998,3354 @@
     <row r="837" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="838" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="839" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="840" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="841" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="842" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="843" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="844" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="845" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="846" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="847" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="0.93" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
+  <dimension ref="A1:O847"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.42578125" style="12" customWidth="1"/>
+    <col min="2" max="2" width="2.5703125" style="12" customWidth="1"/>
+    <col min="3" max="3" width="2.42578125" style="12" customWidth="1"/>
+    <col min="4" max="4" width="25.140625" style="12" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" style="12" customWidth="1"/>
+    <col min="6" max="6" width="2.7109375" style="12" customWidth="1"/>
+    <col min="7" max="7" width="8.7109375" style="12" customWidth="1"/>
+    <col min="8" max="8" width="7.42578125" style="12" customWidth="1"/>
+    <col min="9" max="9" width="2.42578125" style="12" customWidth="1"/>
+    <col min="10" max="10" width="8.5703125" style="12" customWidth="1"/>
+    <col min="11" max="11" width="3" style="12" customWidth="1"/>
+    <col min="12" max="12" width="9.5703125" style="12" customWidth="1"/>
+    <col min="13" max="13" width="9.28515625" style="12" customWidth="1"/>
+    <col min="14" max="16384" width="5.7109375" style="12"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+    </row>
+    <row r="3" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="7"/>
+    </row>
+    <row r="4" spans="1:15" s="8" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+    </row>
+    <row r="5" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M5" s="13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="14"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="14"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" s="15"/>
+      <c r="G6" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="H6" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K6" s="15"/>
+      <c r="L6" s="16"/>
+      <c r="M6" s="16" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
+      <c r="E7" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="18"/>
+      <c r="G7" s="19">
+        <v>2012</v>
+      </c>
+      <c r="H7" s="19">
+        <v>2012</v>
+      </c>
+      <c r="I7" s="19"/>
+      <c r="J7" s="19">
+        <v>2011</v>
+      </c>
+      <c r="K7" s="20"/>
+      <c r="L7" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="M7" s="18" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="22"/>
+      <c r="C8" s="22"/>
+      <c r="D8" s="22"/>
+      <c r="E8" s="23">
+        <v>100</v>
+      </c>
+      <c r="F8" s="24"/>
+      <c r="G8" s="25">
+        <v>102.1</v>
+      </c>
+      <c r="H8" s="26">
+        <v>101.9</v>
+      </c>
+      <c r="I8" s="26"/>
+      <c r="J8" s="54">
+        <v>101.8</v>
+      </c>
+      <c r="K8" s="26"/>
+      <c r="L8" s="41">
+        <v>0.1</v>
+      </c>
+      <c r="M8" s="41">
+        <v>0.3</v>
+      </c>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+    </row>
+    <row r="9" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="23">
+        <v>79.83</v>
+      </c>
+      <c r="F9" s="24"/>
+      <c r="G9" s="25">
+        <v>101.9</v>
+      </c>
+      <c r="H9" s="26">
+        <v>101.8</v>
+      </c>
+      <c r="I9" s="26"/>
+      <c r="J9" s="54">
+        <v>101.9</v>
+      </c>
+      <c r="K9" s="26"/>
+      <c r="L9" s="41">
+        <v>0.1</v>
+      </c>
+      <c r="M9" s="41">
+        <v>0</v>
+      </c>
+      <c r="N9" s="26"/>
+      <c r="O9" s="26"/>
+    </row>
+    <row r="10" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="31"/>
+      <c r="C10" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="31"/>
+      <c r="E10" s="23">
+        <v>41.21</v>
+      </c>
+      <c r="F10" s="24"/>
+      <c r="G10" s="25">
+        <v>101.8</v>
+      </c>
+      <c r="H10" s="26">
+        <v>101.8</v>
+      </c>
+      <c r="I10" s="26"/>
+      <c r="J10" s="54">
+        <v>101.7</v>
+      </c>
+      <c r="K10" s="26"/>
+      <c r="L10" s="41">
+        <v>0</v>
+      </c>
+      <c r="M10" s="41">
+        <v>0</v>
+      </c>
+      <c r="N10" s="26"/>
+      <c r="O10" s="26"/>
+    </row>
+    <row r="11" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="32"/>
+      <c r="D11" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="23">
+        <v>18.57</v>
+      </c>
+      <c r="F11" s="24"/>
+      <c r="G11" s="25">
+        <v>101.1</v>
+      </c>
+      <c r="H11" s="26">
+        <v>101.2</v>
+      </c>
+      <c r="I11" s="26"/>
+      <c r="J11" s="54">
+        <v>101.3</v>
+      </c>
+      <c r="K11" s="26"/>
+      <c r="L11" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="M11" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="N11" s="26"/>
+      <c r="O11" s="26"/>
+    </row>
+    <row r="12" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="32"/>
+      <c r="D12" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="23">
+        <v>4.7</v>
+      </c>
+      <c r="F12" s="24"/>
+      <c r="G12" s="25">
+        <v>101.5</v>
+      </c>
+      <c r="H12" s="26">
+        <v>101.4</v>
+      </c>
+      <c r="I12" s="26"/>
+      <c r="J12" s="54">
+        <v>102.1</v>
+      </c>
+      <c r="K12" s="26"/>
+      <c r="L12" s="41">
+        <v>0.2</v>
+      </c>
+      <c r="M12" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="N12" s="26"/>
+      <c r="O12" s="26"/>
+    </row>
+    <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="31"/>
+      <c r="D13" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="23">
+        <v>8.39</v>
+      </c>
+      <c r="F13" s="24"/>
+      <c r="G13" s="25">
+        <v>102</v>
+      </c>
+      <c r="H13" s="26">
+        <v>102.1</v>
+      </c>
+      <c r="I13" s="26"/>
+      <c r="J13" s="54">
+        <v>101.7</v>
+      </c>
+      <c r="K13" s="26"/>
+      <c r="L13" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="M13" s="41">
+        <v>0.3</v>
+      </c>
+      <c r="N13" s="26"/>
+      <c r="O13" s="26"/>
+    </row>
+    <row r="14" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="32"/>
+      <c r="D14" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" s="23">
+        <v>4.22</v>
+      </c>
+      <c r="F14" s="24"/>
+      <c r="G14" s="25">
+        <v>103.6</v>
+      </c>
+      <c r="H14" s="26">
+        <v>103.3</v>
+      </c>
+      <c r="I14" s="26"/>
+      <c r="J14" s="54">
+        <v>103.1</v>
+      </c>
+      <c r="K14" s="26"/>
+      <c r="L14" s="41">
+        <v>0.4</v>
+      </c>
+      <c r="M14" s="41">
+        <v>0.5</v>
+      </c>
+      <c r="N14" s="26"/>
+      <c r="O14" s="26"/>
+    </row>
+    <row r="15" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="31"/>
+      <c r="D15" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" s="23">
+        <v>5.33</v>
+      </c>
+      <c r="F15" s="24"/>
+      <c r="G15" s="25">
+        <v>102.3</v>
+      </c>
+      <c r="H15" s="26">
+        <v>102.4</v>
+      </c>
+      <c r="I15" s="26"/>
+      <c r="J15" s="54">
+        <v>101.8</v>
+      </c>
+      <c r="K15" s="26"/>
+      <c r="L15" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" s="41">
+        <v>0.6</v>
+      </c>
+      <c r="N15" s="26"/>
+      <c r="O15" s="26"/>
+    </row>
+    <row r="16" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="31"/>
+      <c r="C16" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="31"/>
+      <c r="E16" s="23">
+        <v>38.619999999999997</v>
+      </c>
+      <c r="F16" s="24"/>
+      <c r="G16" s="25">
+        <v>102.1</v>
+      </c>
+      <c r="H16" s="26">
+        <v>101.8</v>
+      </c>
+      <c r="I16" s="26"/>
+      <c r="J16" s="54">
+        <v>102.1</v>
+      </c>
+      <c r="K16" s="26"/>
+      <c r="L16" s="41">
+        <v>0.3</v>
+      </c>
+      <c r="M16" s="41">
+        <v>0</v>
+      </c>
+      <c r="N16" s="26"/>
+      <c r="O16" s="26"/>
+    </row>
+    <row r="17" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="32"/>
+      <c r="D17" s="32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" s="23">
+        <v>22.15</v>
+      </c>
+      <c r="F17" s="24"/>
+      <c r="G17" s="25">
+        <v>101.7</v>
+      </c>
+      <c r="H17" s="26">
+        <v>101.5</v>
+      </c>
+      <c r="I17" s="26"/>
+      <c r="J17" s="54">
+        <v>102</v>
+      </c>
+      <c r="K17" s="26"/>
+      <c r="L17" s="41">
+        <v>0.1</v>
+      </c>
+      <c r="M17" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" s="26"/>
+      <c r="O17" s="26"/>
+    </row>
+    <row r="18" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="31"/>
+      <c r="D18" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="23">
+        <v>16.47</v>
+      </c>
+      <c r="F18" s="24"/>
+      <c r="G18" s="25">
+        <v>102.8</v>
+      </c>
+      <c r="H18" s="26">
+        <v>102.2</v>
+      </c>
+      <c r="I18" s="26"/>
+      <c r="J18" s="54">
+        <v>102.3</v>
+      </c>
+      <c r="K18" s="26"/>
+      <c r="L18" s="41">
+        <v>0.5</v>
+      </c>
+      <c r="M18" s="41">
+        <v>0.5</v>
+      </c>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+    </row>
+    <row r="19" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="33"/>
+      <c r="E19" s="23">
+        <v>20.170000000000002</v>
+      </c>
+      <c r="F19" s="24"/>
+      <c r="G19" s="25">
+        <v>102.7</v>
+      </c>
+      <c r="H19" s="26">
+        <v>102.5</v>
+      </c>
+      <c r="I19" s="26"/>
+      <c r="J19" s="54">
+        <v>101.1</v>
+      </c>
+      <c r="K19" s="26"/>
+      <c r="L19" s="41">
+        <v>0.2</v>
+      </c>
+      <c r="M19" s="41">
+        <v>1.5</v>
+      </c>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+    </row>
+    <row r="20" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="32"/>
+      <c r="C20" s="32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" s="32"/>
+      <c r="E20" s="23">
+        <v>16.2</v>
+      </c>
+      <c r="F20" s="24"/>
+      <c r="G20" s="25">
+        <v>102.5</v>
+      </c>
+      <c r="H20" s="26">
+        <v>102.2</v>
+      </c>
+      <c r="I20" s="26"/>
+      <c r="J20" s="54">
+        <v>100.8</v>
+      </c>
+      <c r="K20" s="26"/>
+      <c r="L20" s="41">
+        <v>0.3</v>
+      </c>
+      <c r="M20" s="41">
+        <v>1.7</v>
+      </c>
+      <c r="N20" s="26"/>
+      <c r="O20" s="26"/>
+    </row>
+    <row r="21" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="32"/>
+      <c r="C21" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="D21" s="32"/>
+      <c r="E21" s="23">
+        <v>3.14</v>
+      </c>
+      <c r="F21" s="24"/>
+      <c r="G21" s="25">
+        <v>103.2</v>
+      </c>
+      <c r="H21" s="26">
+        <v>103.9</v>
+      </c>
+      <c r="I21" s="26"/>
+      <c r="J21" s="54">
+        <v>102.5</v>
+      </c>
+      <c r="K21" s="26"/>
+      <c r="L21" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="M21" s="41">
+        <v>0.7</v>
+      </c>
+      <c r="N21" s="26"/>
+      <c r="O21" s="26"/>
+    </row>
+    <row r="22" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="34"/>
+      <c r="C22" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="34"/>
+      <c r="E22" s="35">
+        <v>0.83</v>
+      </c>
+      <c r="F22" s="36"/>
+      <c r="G22" s="37">
+        <v>103.1</v>
+      </c>
+      <c r="H22" s="38">
+        <v>101.7</v>
+      </c>
+      <c r="I22" s="38"/>
+      <c r="J22" s="55">
+        <v>101</v>
+      </c>
+      <c r="K22" s="38"/>
+      <c r="L22" s="53">
+        <v>1.4</v>
+      </c>
+      <c r="M22" s="53">
+        <v>2</v>
+      </c>
+      <c r="N22" s="26"/>
+      <c r="O22" s="26"/>
+    </row>
+    <row r="23" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="56"/>
+      <c r="B23" s="42"/>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="43"/>
+      <c r="F23" s="43"/>
+      <c r="J23" s="44"/>
+      <c r="M23" s="57" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="42"/>
+      <c r="B24" s="42"/>
+      <c r="C24" s="42"/>
+      <c r="D24" s="42"/>
+      <c r="E24" s="43"/>
+      <c r="F24" s="43"/>
+    </row>
+    <row r="25" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="42"/>
+      <c r="B25" s="42"/>
+      <c r="C25" s="42"/>
+      <c r="D25" s="42"/>
+      <c r="E25" s="43"/>
+      <c r="F25" s="43"/>
+    </row>
+    <row r="26" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="42"/>
+      <c r="B26" s="42"/>
+      <c r="C26" s="42"/>
+      <c r="D26" s="42"/>
+      <c r="E26" s="43"/>
+      <c r="F26" s="43"/>
+    </row>
+    <row r="27" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="42"/>
+      <c r="B27" s="42"/>
+      <c r="C27" s="42"/>
+      <c r="D27" s="42"/>
+      <c r="E27" s="43"/>
+      <c r="F27" s="43"/>
+    </row>
+    <row r="28" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="42"/>
+      <c r="B28" s="42"/>
+      <c r="C28" s="42"/>
+      <c r="D28" s="42"/>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+    </row>
+    <row r="29" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="42"/>
+      <c r="B29" s="42"/>
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="43"/>
+      <c r="F29" s="43"/>
+    </row>
+    <row r="30" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="42"/>
+      <c r="B30" s="42"/>
+      <c r="C30" s="42"/>
+      <c r="D30" s="42"/>
+      <c r="E30" s="43"/>
+      <c r="F30" s="43"/>
+    </row>
+    <row r="31" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="42"/>
+      <c r="B31" s="42"/>
+      <c r="C31" s="42"/>
+      <c r="D31" s="42"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+    </row>
+    <row r="32" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="42"/>
+      <c r="B32" s="42"/>
+      <c r="C32" s="42"/>
+      <c r="D32" s="42"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+    </row>
+    <row r="33" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="42"/>
+      <c r="B33" s="42"/>
+      <c r="C33" s="42"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="43"/>
+    </row>
+    <row r="34" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="42"/>
+      <c r="B34" s="42"/>
+      <c r="C34" s="42"/>
+      <c r="D34" s="42"/>
+      <c r="E34" s="43"/>
+      <c r="F34" s="43"/>
+    </row>
+    <row r="35" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="42"/>
+      <c r="B35" s="42"/>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="43"/>
+      <c r="F35" s="43"/>
+    </row>
+    <row r="36" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="42"/>
+      <c r="B36" s="42"/>
+      <c r="C36" s="42"/>
+      <c r="D36" s="42"/>
+      <c r="E36" s="43"/>
+      <c r="F36" s="43"/>
+    </row>
+    <row r="37" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="42"/>
+      <c r="B37" s="42"/>
+      <c r="C37" s="42"/>
+      <c r="D37" s="42"/>
+      <c r="E37" s="43"/>
+      <c r="F37" s="43"/>
+    </row>
+    <row r="38" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="42"/>
+      <c r="B38" s="42"/>
+      <c r="C38" s="42"/>
+      <c r="D38" s="42"/>
+      <c r="E38" s="43"/>
+      <c r="F38" s="43"/>
+    </row>
+    <row r="39" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="42"/>
+      <c r="B39" s="42"/>
+      <c r="C39" s="42"/>
+      <c r="D39" s="42"/>
+      <c r="E39" s="43"/>
+      <c r="F39" s="43"/>
+    </row>
+    <row r="40" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="42"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="42"/>
+      <c r="E40" s="43"/>
+      <c r="F40" s="43"/>
+    </row>
+    <row r="41" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="42"/>
+      <c r="B41" s="42"/>
+      <c r="C41" s="42"/>
+      <c r="D41" s="42"/>
+      <c r="E41" s="43"/>
+      <c r="F41" s="43"/>
+    </row>
+    <row r="42" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="42"/>
+      <c r="B42" s="42"/>
+      <c r="C42" s="42"/>
+      <c r="D42" s="42"/>
+      <c r="E42" s="43"/>
+      <c r="F42" s="43"/>
+    </row>
+    <row r="43" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="42"/>
+      <c r="B43" s="42"/>
+      <c r="C43" s="42"/>
+      <c r="D43" s="42"/>
+      <c r="E43" s="43"/>
+      <c r="F43" s="43"/>
+    </row>
+    <row r="44" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="42"/>
+      <c r="B44" s="42"/>
+      <c r="C44" s="42"/>
+      <c r="D44" s="42"/>
+      <c r="E44" s="43"/>
+      <c r="F44" s="43"/>
+    </row>
+    <row r="45" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="42"/>
+      <c r="B45" s="42"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="43"/>
+      <c r="F45" s="43"/>
+    </row>
+    <row r="46" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="42"/>
+      <c r="B46" s="42"/>
+      <c r="C46" s="42"/>
+      <c r="D46" s="42"/>
+      <c r="E46" s="43"/>
+      <c r="F46" s="43"/>
+    </row>
+    <row r="47" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="42"/>
+      <c r="B47" s="42"/>
+      <c r="C47" s="42"/>
+      <c r="D47" s="42"/>
+      <c r="E47" s="43"/>
+      <c r="F47" s="43"/>
+    </row>
+    <row r="48" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="42"/>
+      <c r="B48" s="42"/>
+      <c r="C48" s="42"/>
+      <c r="D48" s="42"/>
+      <c r="E48" s="43"/>
+      <c r="F48" s="43"/>
+    </row>
+    <row r="49" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="42"/>
+      <c r="B49" s="42"/>
+      <c r="C49" s="42"/>
+      <c r="D49" s="42"/>
+      <c r="E49" s="43"/>
+      <c r="F49" s="43"/>
+    </row>
+    <row r="50" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="42"/>
+      <c r="B50" s="42"/>
+      <c r="C50" s="42"/>
+      <c r="D50" s="42"/>
+      <c r="E50" s="43"/>
+      <c r="F50" s="43"/>
+    </row>
+    <row r="51" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="42"/>
+      <c r="B51" s="42"/>
+      <c r="C51" s="42"/>
+      <c r="D51" s="42"/>
+      <c r="E51" s="43"/>
+      <c r="F51" s="43"/>
+    </row>
+    <row r="52" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="42"/>
+      <c r="B52" s="42"/>
+      <c r="C52" s="42"/>
+      <c r="D52" s="42"/>
+      <c r="E52" s="43"/>
+      <c r="F52" s="43"/>
+    </row>
+    <row r="53" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="42"/>
+      <c r="B53" s="42"/>
+      <c r="C53" s="42"/>
+      <c r="D53" s="42"/>
+      <c r="E53" s="43"/>
+      <c r="F53" s="43"/>
+    </row>
+    <row r="54" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="42"/>
+      <c r="B54" s="42"/>
+      <c r="C54" s="42"/>
+      <c r="D54" s="42"/>
+      <c r="E54" s="43"/>
+      <c r="F54" s="43"/>
+    </row>
+    <row r="55" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="42"/>
+      <c r="B55" s="42"/>
+      <c r="C55" s="42"/>
+      <c r="D55" s="42"/>
+      <c r="E55" s="43"/>
+      <c r="F55" s="43"/>
+    </row>
+    <row r="56" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="42"/>
+      <c r="B56" s="42"/>
+      <c r="C56" s="42"/>
+      <c r="D56" s="42"/>
+      <c r="E56" s="43"/>
+      <c r="F56" s="43"/>
+    </row>
+    <row r="57" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="42"/>
+      <c r="B57" s="42"/>
+      <c r="C57" s="42"/>
+      <c r="D57" s="42"/>
+      <c r="E57" s="43"/>
+      <c r="F57" s="43"/>
+    </row>
+    <row r="58" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="42"/>
+      <c r="B58" s="42"/>
+      <c r="C58" s="42"/>
+      <c r="D58" s="42"/>
+      <c r="E58" s="43"/>
+      <c r="F58" s="43"/>
+    </row>
+    <row r="59" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="42"/>
+      <c r="B59" s="42"/>
+      <c r="C59" s="42"/>
+      <c r="D59" s="42"/>
+      <c r="E59" s="43"/>
+      <c r="F59" s="43"/>
+    </row>
+    <row r="60" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="42"/>
+      <c r="B60" s="42"/>
+      <c r="C60" s="42"/>
+      <c r="D60" s="42"/>
+      <c r="E60" s="43"/>
+      <c r="F60" s="43"/>
+    </row>
+    <row r="61" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="42"/>
+      <c r="B61" s="42"/>
+      <c r="C61" s="42"/>
+      <c r="D61" s="42"/>
+      <c r="E61" s="43"/>
+      <c r="F61" s="43"/>
+    </row>
+    <row r="62" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="42"/>
+      <c r="B62" s="42"/>
+      <c r="C62" s="42"/>
+      <c r="D62" s="42"/>
+      <c r="E62" s="43"/>
+      <c r="F62" s="43"/>
+    </row>
+    <row r="63" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="42"/>
+      <c r="B63" s="42"/>
+      <c r="C63" s="42"/>
+      <c r="D63" s="42"/>
+      <c r="E63" s="43"/>
+      <c r="F63" s="43"/>
+    </row>
+    <row r="64" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="42"/>
+      <c r="B64" s="42"/>
+      <c r="C64" s="42"/>
+      <c r="D64" s="42"/>
+      <c r="E64" s="43"/>
+      <c r="F64" s="43"/>
+    </row>
+    <row r="65" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="42"/>
+      <c r="B65" s="42"/>
+      <c r="C65" s="42"/>
+      <c r="D65" s="42"/>
+      <c r="E65" s="43"/>
+      <c r="F65" s="43"/>
+    </row>
+    <row r="66" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="42"/>
+      <c r="B66" s="42"/>
+      <c r="C66" s="42"/>
+      <c r="D66" s="42"/>
+      <c r="E66" s="43"/>
+      <c r="F66" s="43"/>
+    </row>
+    <row r="67" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="42"/>
+      <c r="B67" s="42"/>
+      <c r="C67" s="42"/>
+      <c r="D67" s="42"/>
+      <c r="E67" s="43"/>
+      <c r="F67" s="43"/>
+    </row>
+    <row r="68" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="42"/>
+      <c r="B68" s="42"/>
+      <c r="C68" s="42"/>
+      <c r="D68" s="42"/>
+      <c r="E68" s="43"/>
+      <c r="F68" s="43"/>
+    </row>
+    <row r="69" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="42"/>
+      <c r="B69" s="42"/>
+      <c r="C69" s="42"/>
+      <c r="D69" s="42"/>
+      <c r="E69" s="43"/>
+      <c r="F69" s="43"/>
+    </row>
+    <row r="70" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="42"/>
+      <c r="B70" s="42"/>
+      <c r="C70" s="42"/>
+      <c r="D70" s="42"/>
+      <c r="E70" s="43"/>
+      <c r="F70" s="43"/>
+    </row>
+    <row r="71" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="42"/>
+      <c r="B71" s="42"/>
+      <c r="C71" s="42"/>
+      <c r="D71" s="42"/>
+      <c r="E71" s="43"/>
+      <c r="F71" s="43"/>
+    </row>
+    <row r="72" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="42"/>
+      <c r="B72" s="42"/>
+      <c r="C72" s="42"/>
+      <c r="D72" s="42"/>
+      <c r="E72" s="43"/>
+      <c r="F72" s="43"/>
+    </row>
+    <row r="73" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="42"/>
+      <c r="B73" s="42"/>
+      <c r="C73" s="42"/>
+      <c r="D73" s="42"/>
+      <c r="E73" s="43"/>
+      <c r="F73" s="43"/>
+    </row>
+    <row r="74" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="42"/>
+      <c r="B74" s="42"/>
+      <c r="C74" s="42"/>
+      <c r="D74" s="42"/>
+      <c r="E74" s="43"/>
+      <c r="F74" s="43"/>
+    </row>
+    <row r="75" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="42"/>
+      <c r="B75" s="42"/>
+      <c r="C75" s="42"/>
+      <c r="D75" s="42"/>
+      <c r="E75" s="43"/>
+      <c r="F75" s="43"/>
+    </row>
+    <row r="76" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="42"/>
+      <c r="B76" s="42"/>
+      <c r="C76" s="42"/>
+      <c r="D76" s="42"/>
+      <c r="E76" s="43"/>
+      <c r="F76" s="43"/>
+    </row>
+    <row r="77" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="42"/>
+      <c r="B77" s="42"/>
+      <c r="C77" s="42"/>
+      <c r="D77" s="42"/>
+      <c r="E77" s="43"/>
+      <c r="F77" s="43"/>
+    </row>
+    <row r="78" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="42"/>
+      <c r="B78" s="42"/>
+      <c r="C78" s="42"/>
+      <c r="D78" s="42"/>
+      <c r="E78" s="43"/>
+      <c r="F78" s="43"/>
+    </row>
+    <row r="79" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="42"/>
+      <c r="B79" s="42"/>
+      <c r="C79" s="42"/>
+      <c r="D79" s="42"/>
+      <c r="E79" s="43"/>
+      <c r="F79" s="43"/>
+    </row>
+    <row r="80" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="42"/>
+      <c r="B80" s="42"/>
+      <c r="C80" s="42"/>
+      <c r="D80" s="42"/>
+      <c r="E80" s="43"/>
+      <c r="F80" s="43"/>
+    </row>
+    <row r="81" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="42"/>
+      <c r="B81" s="42"/>
+      <c r="C81" s="42"/>
+      <c r="D81" s="42"/>
+      <c r="E81" s="43"/>
+      <c r="F81" s="43"/>
+    </row>
+    <row r="82" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="42"/>
+      <c r="B82" s="42"/>
+      <c r="C82" s="42"/>
+      <c r="D82" s="42"/>
+      <c r="E82" s="43"/>
+      <c r="F82" s="43"/>
+    </row>
+    <row r="83" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="42"/>
+      <c r="B83" s="42"/>
+      <c r="C83" s="42"/>
+      <c r="D83" s="42"/>
+      <c r="E83" s="43"/>
+      <c r="F83" s="43"/>
+    </row>
+    <row r="84" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="42"/>
+      <c r="B84" s="42"/>
+      <c r="C84" s="42"/>
+      <c r="D84" s="42"/>
+      <c r="E84" s="43"/>
+      <c r="F84" s="43"/>
+    </row>
+    <row r="85" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="42"/>
+      <c r="B85" s="42"/>
+      <c r="C85" s="42"/>
+      <c r="D85" s="42"/>
+      <c r="E85" s="43"/>
+      <c r="F85" s="43"/>
+    </row>
+    <row r="86" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="42"/>
+      <c r="B86" s="42"/>
+      <c r="C86" s="42"/>
+      <c r="D86" s="42"/>
+      <c r="E86" s="43"/>
+      <c r="F86" s="43"/>
+    </row>
+    <row r="87" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="42"/>
+      <c r="B87" s="42"/>
+      <c r="C87" s="42"/>
+      <c r="D87" s="42"/>
+      <c r="E87" s="43"/>
+      <c r="F87" s="43"/>
+    </row>
+    <row r="88" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="42"/>
+      <c r="B88" s="42"/>
+      <c r="C88" s="42"/>
+      <c r="D88" s="42"/>
+      <c r="E88" s="43"/>
+      <c r="F88" s="43"/>
+    </row>
+    <row r="89" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="42"/>
+      <c r="B89" s="42"/>
+      <c r="C89" s="42"/>
+      <c r="D89" s="42"/>
+      <c r="E89" s="43"/>
+      <c r="F89" s="43"/>
+    </row>
+    <row r="90" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="42"/>
+      <c r="B90" s="42"/>
+      <c r="C90" s="42"/>
+      <c r="D90" s="42"/>
+      <c r="E90" s="43"/>
+      <c r="F90" s="43"/>
+    </row>
+    <row r="91" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="42"/>
+      <c r="B91" s="42"/>
+      <c r="C91" s="42"/>
+      <c r="D91" s="42"/>
+      <c r="E91" s="43"/>
+      <c r="F91" s="43"/>
+    </row>
+    <row r="92" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="42"/>
+      <c r="B92" s="42"/>
+      <c r="C92" s="42"/>
+      <c r="D92" s="42"/>
+      <c r="E92" s="43"/>
+      <c r="F92" s="43"/>
+    </row>
+    <row r="93" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="42"/>
+      <c r="B93" s="42"/>
+      <c r="C93" s="42"/>
+      <c r="D93" s="42"/>
+      <c r="E93" s="43"/>
+      <c r="F93" s="43"/>
+    </row>
+    <row r="94" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="42"/>
+      <c r="B94" s="42"/>
+      <c r="C94" s="42"/>
+      <c r="D94" s="42"/>
+      <c r="E94" s="43"/>
+      <c r="F94" s="43"/>
+    </row>
+    <row r="95" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="42"/>
+      <c r="B95" s="42"/>
+      <c r="C95" s="42"/>
+      <c r="D95" s="42"/>
+      <c r="E95" s="43"/>
+      <c r="F95" s="43"/>
+    </row>
+    <row r="96" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="42"/>
+      <c r="B96" s="42"/>
+      <c r="C96" s="42"/>
+      <c r="D96" s="42"/>
+      <c r="E96" s="43"/>
+      <c r="F96" s="43"/>
+    </row>
+    <row r="97" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="42"/>
+      <c r="B97" s="42"/>
+      <c r="C97" s="42"/>
+      <c r="D97" s="42"/>
+      <c r="E97" s="43"/>
+      <c r="F97" s="43"/>
+    </row>
+    <row r="98" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="42"/>
+      <c r="B98" s="42"/>
+      <c r="C98" s="42"/>
+      <c r="D98" s="42"/>
+      <c r="E98" s="43"/>
+      <c r="F98" s="43"/>
+    </row>
+    <row r="99" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="42"/>
+      <c r="B99" s="42"/>
+      <c r="C99" s="42"/>
+      <c r="D99" s="42"/>
+      <c r="E99" s="43"/>
+      <c r="F99" s="43"/>
+    </row>
+    <row r="100" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="42"/>
+      <c r="B100" s="42"/>
+      <c r="C100" s="42"/>
+      <c r="D100" s="42"/>
+      <c r="E100" s="43"/>
+      <c r="F100" s="43"/>
+    </row>
+    <row r="101" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="42"/>
+      <c r="B101" s="42"/>
+      <c r="C101" s="42"/>
+      <c r="D101" s="42"/>
+      <c r="E101" s="43"/>
+      <c r="F101" s="43"/>
+    </row>
+    <row r="102" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="42"/>
+      <c r="B102" s="42"/>
+      <c r="C102" s="42"/>
+      <c r="D102" s="42"/>
+      <c r="E102" s="43"/>
+      <c r="F102" s="43"/>
+    </row>
+    <row r="103" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="42"/>
+      <c r="B103" s="42"/>
+      <c r="C103" s="42"/>
+      <c r="D103" s="42"/>
+      <c r="E103" s="43"/>
+      <c r="F103" s="43"/>
+    </row>
+    <row r="104" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="42"/>
+      <c r="B104" s="42"/>
+      <c r="C104" s="42"/>
+      <c r="D104" s="42"/>
+      <c r="E104" s="43"/>
+      <c r="F104" s="43"/>
+    </row>
+    <row r="105" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="42"/>
+      <c r="B105" s="42"/>
+      <c r="C105" s="42"/>
+      <c r="D105" s="42"/>
+      <c r="E105" s="43"/>
+      <c r="F105" s="43"/>
+    </row>
+    <row r="106" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="42"/>
+      <c r="B106" s="42"/>
+      <c r="C106" s="42"/>
+      <c r="D106" s="42"/>
+      <c r="E106" s="43"/>
+      <c r="F106" s="43"/>
+    </row>
+    <row r="107" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="42"/>
+      <c r="B107" s="42"/>
+      <c r="C107" s="42"/>
+      <c r="D107" s="42"/>
+      <c r="E107" s="43"/>
+      <c r="F107" s="43"/>
+    </row>
+    <row r="108" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="42"/>
+      <c r="B108" s="42"/>
+      <c r="C108" s="42"/>
+      <c r="D108" s="42"/>
+      <c r="E108" s="43"/>
+      <c r="F108" s="43"/>
+    </row>
+    <row r="109" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="42"/>
+      <c r="B109" s="42"/>
+      <c r="C109" s="42"/>
+      <c r="D109" s="42"/>
+      <c r="E109" s="43"/>
+      <c r="F109" s="43"/>
+    </row>
+    <row r="110" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="42"/>
+      <c r="B110" s="42"/>
+      <c r="C110" s="42"/>
+      <c r="D110" s="42"/>
+      <c r="E110" s="43"/>
+      <c r="F110" s="43"/>
+    </row>
+    <row r="111" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="42"/>
+      <c r="B111" s="42"/>
+      <c r="C111" s="42"/>
+      <c r="D111" s="42"/>
+      <c r="E111" s="43"/>
+      <c r="F111" s="43"/>
+    </row>
+    <row r="112" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="42"/>
+      <c r="B112" s="42"/>
+      <c r="C112" s="42"/>
+      <c r="D112" s="42"/>
+      <c r="E112" s="43"/>
+      <c r="F112" s="43"/>
+    </row>
+    <row r="113" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="42"/>
+      <c r="B113" s="42"/>
+      <c r="C113" s="42"/>
+      <c r="D113" s="42"/>
+      <c r="E113" s="43"/>
+      <c r="F113" s="43"/>
+    </row>
+    <row r="114" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="42"/>
+      <c r="B114" s="42"/>
+      <c r="C114" s="42"/>
+      <c r="D114" s="42"/>
+      <c r="E114" s="43"/>
+      <c r="F114" s="43"/>
+    </row>
+    <row r="115" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="42"/>
+      <c r="B115" s="42"/>
+      <c r="C115" s="42"/>
+      <c r="D115" s="42"/>
+      <c r="E115" s="43"/>
+      <c r="F115" s="43"/>
+    </row>
+    <row r="116" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="42"/>
+      <c r="B116" s="42"/>
+      <c r="C116" s="42"/>
+      <c r="D116" s="42"/>
+      <c r="E116" s="43"/>
+      <c r="F116" s="43"/>
+    </row>
+    <row r="117" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="42"/>
+      <c r="B117" s="42"/>
+      <c r="C117" s="42"/>
+      <c r="D117" s="42"/>
+      <c r="E117" s="43"/>
+      <c r="F117" s="43"/>
+    </row>
+    <row r="118" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="42"/>
+      <c r="B118" s="42"/>
+      <c r="C118" s="42"/>
+      <c r="D118" s="42"/>
+      <c r="E118" s="43"/>
+      <c r="F118" s="43"/>
+    </row>
+    <row r="119" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="42"/>
+      <c r="B119" s="42"/>
+      <c r="C119" s="42"/>
+      <c r="D119" s="42"/>
+      <c r="E119" s="43"/>
+      <c r="F119" s="43"/>
+    </row>
+    <row r="120" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="42"/>
+      <c r="B120" s="42"/>
+      <c r="C120" s="42"/>
+      <c r="D120" s="42"/>
+      <c r="E120" s="43"/>
+      <c r="F120" s="43"/>
+    </row>
+    <row r="121" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="42"/>
+      <c r="B121" s="42"/>
+      <c r="C121" s="42"/>
+      <c r="D121" s="42"/>
+      <c r="E121" s="43"/>
+      <c r="F121" s="43"/>
+    </row>
+    <row r="122" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="42"/>
+      <c r="B122" s="42"/>
+      <c r="C122" s="42"/>
+      <c r="D122" s="42"/>
+      <c r="E122" s="43"/>
+      <c r="F122" s="43"/>
+    </row>
+    <row r="123" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="42"/>
+      <c r="B123" s="42"/>
+      <c r="C123" s="42"/>
+      <c r="D123" s="42"/>
+      <c r="E123" s="43"/>
+      <c r="F123" s="43"/>
+    </row>
+    <row r="124" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="42"/>
+      <c r="B124" s="42"/>
+      <c r="C124" s="42"/>
+      <c r="D124" s="42"/>
+      <c r="E124" s="43"/>
+      <c r="F124" s="43"/>
+    </row>
+    <row r="125" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="42"/>
+      <c r="B125" s="42"/>
+      <c r="C125" s="42"/>
+      <c r="D125" s="42"/>
+      <c r="E125" s="43"/>
+      <c r="F125" s="43"/>
+    </row>
+    <row r="126" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="42"/>
+      <c r="B126" s="42"/>
+      <c r="C126" s="42"/>
+      <c r="D126" s="42"/>
+      <c r="E126" s="43"/>
+      <c r="F126" s="43"/>
+    </row>
+    <row r="127" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="42"/>
+      <c r="B127" s="42"/>
+      <c r="C127" s="42"/>
+      <c r="D127" s="42"/>
+      <c r="E127" s="43"/>
+      <c r="F127" s="43"/>
+    </row>
+    <row r="128" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="42"/>
+      <c r="B128" s="42"/>
+      <c r="C128" s="42"/>
+      <c r="D128" s="42"/>
+      <c r="E128" s="43"/>
+      <c r="F128" s="43"/>
+    </row>
+    <row r="129" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="42"/>
+      <c r="B129" s="42"/>
+      <c r="C129" s="42"/>
+      <c r="D129" s="42"/>
+      <c r="E129" s="43"/>
+      <c r="F129" s="43"/>
+    </row>
+    <row r="130" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="42"/>
+      <c r="B130" s="42"/>
+      <c r="C130" s="42"/>
+      <c r="D130" s="42"/>
+      <c r="E130" s="43"/>
+      <c r="F130" s="43"/>
+    </row>
+    <row r="131" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="42"/>
+      <c r="B131" s="42"/>
+      <c r="C131" s="42"/>
+      <c r="D131" s="42"/>
+      <c r="E131" s="43"/>
+      <c r="F131" s="43"/>
+    </row>
+    <row r="132" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="42"/>
+      <c r="B132" s="42"/>
+      <c r="C132" s="42"/>
+      <c r="D132" s="42"/>
+      <c r="E132" s="43"/>
+      <c r="F132" s="43"/>
+    </row>
+    <row r="133" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="42"/>
+      <c r="B133" s="42"/>
+      <c r="C133" s="42"/>
+      <c r="D133" s="42"/>
+      <c r="E133" s="43"/>
+      <c r="F133" s="43"/>
+    </row>
+    <row r="134" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="42"/>
+      <c r="B134" s="42"/>
+      <c r="C134" s="42"/>
+      <c r="D134" s="42"/>
+      <c r="E134" s="43"/>
+      <c r="F134" s="43"/>
+    </row>
+    <row r="135" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="42"/>
+      <c r="B135" s="42"/>
+      <c r="C135" s="42"/>
+      <c r="D135" s="42"/>
+      <c r="E135" s="43"/>
+      <c r="F135" s="43"/>
+    </row>
+    <row r="136" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="42"/>
+      <c r="B136" s="42"/>
+      <c r="C136" s="42"/>
+      <c r="D136" s="42"/>
+      <c r="E136" s="43"/>
+      <c r="F136" s="43"/>
+    </row>
+    <row r="137" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="42"/>
+      <c r="B137" s="42"/>
+      <c r="C137" s="42"/>
+      <c r="D137" s="42"/>
+      <c r="E137" s="43"/>
+      <c r="F137" s="43"/>
+    </row>
+    <row r="138" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="42"/>
+      <c r="B138" s="42"/>
+      <c r="C138" s="42"/>
+      <c r="D138" s="42"/>
+      <c r="E138" s="43"/>
+      <c r="F138" s="43"/>
+    </row>
+    <row r="139" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="42"/>
+      <c r="B139" s="42"/>
+      <c r="C139" s="42"/>
+      <c r="D139" s="42"/>
+      <c r="E139" s="43"/>
+      <c r="F139" s="43"/>
+    </row>
+    <row r="140" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="42"/>
+      <c r="B140" s="42"/>
+      <c r="C140" s="42"/>
+      <c r="D140" s="42"/>
+      <c r="E140" s="43"/>
+      <c r="F140" s="43"/>
+    </row>
+    <row r="141" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="42"/>
+      <c r="B141" s="42"/>
+      <c r="C141" s="42"/>
+      <c r="D141" s="42"/>
+      <c r="E141" s="43"/>
+      <c r="F141" s="43"/>
+    </row>
+    <row r="142" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="42"/>
+      <c r="B142" s="42"/>
+      <c r="C142" s="42"/>
+      <c r="D142" s="42"/>
+      <c r="E142" s="43"/>
+      <c r="F142" s="43"/>
+    </row>
+    <row r="143" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="42"/>
+      <c r="B143" s="42"/>
+      <c r="C143" s="42"/>
+      <c r="D143" s="42"/>
+      <c r="E143" s="43"/>
+      <c r="F143" s="43"/>
+    </row>
+    <row r="144" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="42"/>
+      <c r="B144" s="42"/>
+      <c r="C144" s="42"/>
+      <c r="D144" s="42"/>
+      <c r="E144" s="43"/>
+      <c r="F144" s="43"/>
+    </row>
+    <row r="145" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="42"/>
+      <c r="B145" s="42"/>
+      <c r="C145" s="42"/>
+      <c r="D145" s="42"/>
+      <c r="E145" s="43"/>
+      <c r="F145" s="43"/>
+    </row>
+    <row r="146" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="42"/>
+      <c r="B146" s="42"/>
+      <c r="C146" s="42"/>
+      <c r="D146" s="42"/>
+      <c r="E146" s="43"/>
+      <c r="F146" s="43"/>
+    </row>
+    <row r="147" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="42"/>
+      <c r="B147" s="42"/>
+      <c r="C147" s="42"/>
+      <c r="D147" s="42"/>
+      <c r="E147" s="43"/>
+      <c r="F147" s="43"/>
+    </row>
+    <row r="148" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="42"/>
+      <c r="B148" s="42"/>
+      <c r="C148" s="42"/>
+      <c r="D148" s="42"/>
+      <c r="E148" s="43"/>
+      <c r="F148" s="43"/>
+    </row>
+    <row r="149" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="42"/>
+      <c r="B149" s="42"/>
+      <c r="C149" s="42"/>
+      <c r="D149" s="42"/>
+      <c r="E149" s="43"/>
+      <c r="F149" s="43"/>
+    </row>
+    <row r="150" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="42"/>
+      <c r="B150" s="42"/>
+      <c r="C150" s="42"/>
+      <c r="D150" s="42"/>
+      <c r="E150" s="43"/>
+      <c r="F150" s="43"/>
+    </row>
+    <row r="151" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="42"/>
+      <c r="B151" s="42"/>
+      <c r="C151" s="42"/>
+      <c r="D151" s="42"/>
+      <c r="E151" s="43"/>
+      <c r="F151" s="43"/>
+    </row>
+    <row r="152" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="42"/>
+      <c r="B152" s="42"/>
+      <c r="C152" s="42"/>
+      <c r="D152" s="42"/>
+      <c r="E152" s="43"/>
+      <c r="F152" s="43"/>
+    </row>
+    <row r="153" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="42"/>
+      <c r="B153" s="42"/>
+      <c r="C153" s="42"/>
+      <c r="D153" s="42"/>
+      <c r="E153" s="43"/>
+      <c r="F153" s="43"/>
+    </row>
+    <row r="154" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="42"/>
+      <c r="B154" s="42"/>
+      <c r="C154" s="42"/>
+      <c r="D154" s="42"/>
+      <c r="E154" s="43"/>
+      <c r="F154" s="43"/>
+    </row>
+    <row r="155" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="42"/>
+      <c r="B155" s="42"/>
+      <c r="C155" s="42"/>
+      <c r="D155" s="42"/>
+      <c r="E155" s="43"/>
+      <c r="F155" s="43"/>
+    </row>
+    <row r="156" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="42"/>
+      <c r="B156" s="42"/>
+      <c r="C156" s="42"/>
+      <c r="D156" s="42"/>
+      <c r="E156" s="43"/>
+      <c r="F156" s="43"/>
+    </row>
+    <row r="157" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="42"/>
+      <c r="B157" s="42"/>
+      <c r="C157" s="42"/>
+      <c r="D157" s="42"/>
+      <c r="E157" s="43"/>
+      <c r="F157" s="43"/>
+    </row>
+    <row r="158" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="42"/>
+      <c r="B158" s="42"/>
+      <c r="C158" s="42"/>
+      <c r="D158" s="42"/>
+      <c r="E158" s="43"/>
+      <c r="F158" s="43"/>
+    </row>
+    <row r="159" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="42"/>
+      <c r="B159" s="42"/>
+      <c r="C159" s="42"/>
+      <c r="D159" s="42"/>
+      <c r="E159" s="43"/>
+      <c r="F159" s="43"/>
+    </row>
+    <row r="160" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="42"/>
+      <c r="B160" s="42"/>
+      <c r="C160" s="42"/>
+      <c r="D160" s="42"/>
+      <c r="E160" s="43"/>
+      <c r="F160" s="43"/>
+    </row>
+    <row r="161" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="42"/>
+      <c r="B161" s="42"/>
+      <c r="C161" s="42"/>
+      <c r="D161" s="42"/>
+      <c r="E161" s="43"/>
+      <c r="F161" s="43"/>
+    </row>
+    <row r="162" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="42"/>
+      <c r="B162" s="42"/>
+      <c r="C162" s="42"/>
+      <c r="D162" s="42"/>
+      <c r="E162" s="43"/>
+      <c r="F162" s="43"/>
+    </row>
+    <row r="163" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="42"/>
+      <c r="B163" s="42"/>
+      <c r="C163" s="42"/>
+      <c r="D163" s="42"/>
+      <c r="E163" s="43"/>
+      <c r="F163" s="43"/>
+    </row>
+    <row r="164" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="42"/>
+      <c r="B164" s="42"/>
+      <c r="C164" s="42"/>
+      <c r="D164" s="42"/>
+      <c r="E164" s="43"/>
+      <c r="F164" s="43"/>
+    </row>
+    <row r="165" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="42"/>
+      <c r="B165" s="42"/>
+      <c r="C165" s="42"/>
+      <c r="D165" s="42"/>
+      <c r="E165" s="43"/>
+      <c r="F165" s="43"/>
+    </row>
+    <row r="166" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="42"/>
+      <c r="B166" s="42"/>
+      <c r="C166" s="42"/>
+      <c r="D166" s="42"/>
+      <c r="E166" s="43"/>
+      <c r="F166" s="43"/>
+    </row>
+    <row r="167" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="42"/>
+      <c r="B167" s="42"/>
+      <c r="C167" s="42"/>
+      <c r="D167" s="42"/>
+      <c r="E167" s="43"/>
+      <c r="F167" s="43"/>
+    </row>
+    <row r="168" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="42"/>
+      <c r="B168" s="42"/>
+      <c r="C168" s="42"/>
+      <c r="D168" s="42"/>
+      <c r="E168" s="43"/>
+      <c r="F168" s="43"/>
+    </row>
+    <row r="169" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="42"/>
+      <c r="B169" s="42"/>
+      <c r="C169" s="42"/>
+      <c r="D169" s="42"/>
+      <c r="E169" s="43"/>
+      <c r="F169" s="43"/>
+    </row>
+    <row r="170" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="42"/>
+      <c r="B170" s="42"/>
+      <c r="C170" s="42"/>
+      <c r="D170" s="42"/>
+      <c r="E170" s="43"/>
+      <c r="F170" s="43"/>
+    </row>
+    <row r="171" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="42"/>
+      <c r="B171" s="42"/>
+      <c r="C171" s="42"/>
+      <c r="D171" s="42"/>
+      <c r="E171" s="43"/>
+      <c r="F171" s="43"/>
+    </row>
+    <row r="172" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="42"/>
+      <c r="B172" s="42"/>
+      <c r="C172" s="42"/>
+      <c r="D172" s="42"/>
+      <c r="E172" s="43"/>
+      <c r="F172" s="43"/>
+    </row>
+    <row r="173" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="42"/>
+      <c r="B173" s="42"/>
+      <c r="C173" s="42"/>
+      <c r="D173" s="42"/>
+      <c r="E173" s="43"/>
+      <c r="F173" s="43"/>
+    </row>
+    <row r="174" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="42"/>
+      <c r="B174" s="42"/>
+      <c r="C174" s="42"/>
+      <c r="D174" s="42"/>
+      <c r="E174" s="43"/>
+      <c r="F174" s="43"/>
+    </row>
+    <row r="175" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="42"/>
+      <c r="B175" s="42"/>
+      <c r="C175" s="42"/>
+      <c r="D175" s="42"/>
+      <c r="E175" s="43"/>
+      <c r="F175" s="43"/>
+    </row>
+    <row r="176" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="42"/>
+      <c r="B176" s="42"/>
+      <c r="C176" s="42"/>
+      <c r="D176" s="42"/>
+      <c r="E176" s="43"/>
+      <c r="F176" s="43"/>
+    </row>
+    <row r="177" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="42"/>
+      <c r="B177" s="42"/>
+      <c r="C177" s="42"/>
+      <c r="D177" s="42"/>
+      <c r="E177" s="43"/>
+      <c r="F177" s="43"/>
+    </row>
+    <row r="178" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="42"/>
+      <c r="B178" s="42"/>
+      <c r="C178" s="42"/>
+      <c r="D178" s="42"/>
+      <c r="E178" s="43"/>
+      <c r="F178" s="43"/>
+    </row>
+    <row r="179" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="42"/>
+      <c r="B179" s="42"/>
+      <c r="C179" s="42"/>
+      <c r="D179" s="42"/>
+      <c r="E179" s="43"/>
+      <c r="F179" s="43"/>
+    </row>
+    <row r="180" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="42"/>
+      <c r="B180" s="42"/>
+      <c r="C180" s="42"/>
+      <c r="D180" s="42"/>
+      <c r="E180" s="43"/>
+      <c r="F180" s="43"/>
+    </row>
+    <row r="181" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="42"/>
+      <c r="B181" s="42"/>
+      <c r="C181" s="42"/>
+      <c r="D181" s="42"/>
+      <c r="E181" s="43"/>
+      <c r="F181" s="43"/>
+    </row>
+    <row r="182" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="42"/>
+      <c r="B182" s="42"/>
+      <c r="C182" s="42"/>
+      <c r="D182" s="42"/>
+      <c r="E182" s="43"/>
+      <c r="F182" s="43"/>
+    </row>
+    <row r="183" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="42"/>
+      <c r="B183" s="42"/>
+      <c r="C183" s="42"/>
+      <c r="D183" s="42"/>
+      <c r="E183" s="43"/>
+      <c r="F183" s="43"/>
+    </row>
+    <row r="184" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="42"/>
+      <c r="B184" s="42"/>
+      <c r="C184" s="42"/>
+      <c r="D184" s="42"/>
+      <c r="E184" s="43"/>
+      <c r="F184" s="43"/>
+    </row>
+    <row r="185" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="42"/>
+      <c r="B185" s="42"/>
+      <c r="C185" s="42"/>
+      <c r="D185" s="42"/>
+      <c r="E185" s="43"/>
+      <c r="F185" s="43"/>
+    </row>
+    <row r="186" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="42"/>
+      <c r="B186" s="42"/>
+      <c r="C186" s="42"/>
+      <c r="D186" s="42"/>
+      <c r="E186" s="43"/>
+      <c r="F186" s="43"/>
+    </row>
+    <row r="187" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="42"/>
+      <c r="B187" s="42"/>
+      <c r="C187" s="42"/>
+      <c r="D187" s="42"/>
+      <c r="E187" s="43"/>
+      <c r="F187" s="43"/>
+    </row>
+    <row r="188" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="42"/>
+      <c r="B188" s="42"/>
+      <c r="C188" s="42"/>
+      <c r="D188" s="42"/>
+      <c r="E188" s="43"/>
+      <c r="F188" s="43"/>
+    </row>
+    <row r="189" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="42"/>
+      <c r="B189" s="42"/>
+      <c r="C189" s="42"/>
+      <c r="D189" s="42"/>
+      <c r="E189" s="43"/>
+      <c r="F189" s="43"/>
+    </row>
+    <row r="190" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="42"/>
+      <c r="B190" s="42"/>
+      <c r="C190" s="42"/>
+      <c r="D190" s="42"/>
+      <c r="E190" s="43"/>
+      <c r="F190" s="43"/>
+    </row>
+    <row r="191" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="42"/>
+      <c r="B191" s="42"/>
+      <c r="C191" s="42"/>
+      <c r="D191" s="42"/>
+      <c r="E191" s="43"/>
+      <c r="F191" s="43"/>
+    </row>
+    <row r="192" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="42"/>
+      <c r="B192" s="42"/>
+      <c r="C192" s="42"/>
+      <c r="D192" s="42"/>
+      <c r="E192" s="43"/>
+      <c r="F192" s="43"/>
+    </row>
+    <row r="193" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="42"/>
+      <c r="B193" s="42"/>
+      <c r="C193" s="42"/>
+      <c r="D193" s="42"/>
+      <c r="E193" s="43"/>
+      <c r="F193" s="43"/>
+    </row>
+    <row r="194" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="42"/>
+      <c r="B194" s="42"/>
+      <c r="C194" s="42"/>
+      <c r="D194" s="42"/>
+      <c r="E194" s="43"/>
+      <c r="F194" s="43"/>
+    </row>
+    <row r="195" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="42"/>
+      <c r="B195" s="42"/>
+      <c r="C195" s="42"/>
+      <c r="D195" s="42"/>
+      <c r="E195" s="43"/>
+      <c r="F195" s="43"/>
+    </row>
+    <row r="196" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="42"/>
+      <c r="B196" s="42"/>
+      <c r="C196" s="42"/>
+      <c r="D196" s="42"/>
+      <c r="E196" s="43"/>
+      <c r="F196" s="43"/>
+    </row>
+    <row r="197" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="42"/>
+      <c r="B197" s="42"/>
+      <c r="C197" s="42"/>
+      <c r="D197" s="42"/>
+      <c r="E197" s="43"/>
+      <c r="F197" s="43"/>
+    </row>
+    <row r="198" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="42"/>
+      <c r="B198" s="42"/>
+      <c r="C198" s="42"/>
+      <c r="D198" s="42"/>
+      <c r="E198" s="43"/>
+      <c r="F198" s="43"/>
+    </row>
+    <row r="199" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="42"/>
+      <c r="B199" s="42"/>
+      <c r="C199" s="42"/>
+      <c r="D199" s="42"/>
+      <c r="E199" s="43"/>
+      <c r="F199" s="43"/>
+    </row>
+    <row r="200" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="42"/>
+      <c r="B200" s="42"/>
+      <c r="C200" s="42"/>
+      <c r="D200" s="42"/>
+      <c r="E200" s="43"/>
+      <c r="F200" s="43"/>
+    </row>
+    <row r="201" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="42"/>
+      <c r="B201" s="42"/>
+      <c r="C201" s="42"/>
+      <c r="D201" s="42"/>
+      <c r="E201" s="43"/>
+      <c r="F201" s="43"/>
+    </row>
+    <row r="202" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="42"/>
+      <c r="B202" s="42"/>
+      <c r="C202" s="42"/>
+      <c r="D202" s="42"/>
+      <c r="E202" s="43"/>
+      <c r="F202" s="43"/>
+    </row>
+    <row r="203" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="42"/>
+      <c r="B203" s="42"/>
+      <c r="C203" s="42"/>
+      <c r="D203" s="42"/>
+      <c r="E203" s="43"/>
+      <c r="F203" s="43"/>
+    </row>
+    <row r="204" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="42"/>
+      <c r="B204" s="42"/>
+      <c r="C204" s="42"/>
+      <c r="D204" s="42"/>
+      <c r="E204" s="43"/>
+      <c r="F204" s="43"/>
+    </row>
+    <row r="205" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="42"/>
+      <c r="B205" s="42"/>
+      <c r="C205" s="42"/>
+      <c r="D205" s="42"/>
+      <c r="E205" s="43"/>
+      <c r="F205" s="43"/>
+    </row>
+    <row r="206" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="42"/>
+      <c r="B206" s="42"/>
+      <c r="C206" s="42"/>
+      <c r="D206" s="42"/>
+      <c r="E206" s="43"/>
+      <c r="F206" s="43"/>
+    </row>
+    <row r="207" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="42"/>
+      <c r="B207" s="42"/>
+      <c r="C207" s="42"/>
+      <c r="D207" s="42"/>
+      <c r="E207" s="43"/>
+      <c r="F207" s="43"/>
+    </row>
+    <row r="208" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="42"/>
+      <c r="B208" s="42"/>
+      <c r="C208" s="42"/>
+      <c r="D208" s="42"/>
+      <c r="E208" s="43"/>
+      <c r="F208" s="43"/>
+    </row>
+    <row r="209" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="42"/>
+      <c r="B209" s="42"/>
+      <c r="C209" s="42"/>
+      <c r="D209" s="42"/>
+      <c r="E209" s="43"/>
+      <c r="F209" s="43"/>
+    </row>
+    <row r="210" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="42"/>
+      <c r="B210" s="42"/>
+      <c r="C210" s="42"/>
+      <c r="D210" s="42"/>
+      <c r="E210" s="43"/>
+      <c r="F210" s="43"/>
+    </row>
+    <row r="211" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="42"/>
+      <c r="B211" s="42"/>
+      <c r="C211" s="42"/>
+      <c r="D211" s="42"/>
+      <c r="E211" s="43"/>
+      <c r="F211" s="43"/>
+    </row>
+    <row r="212" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="42"/>
+      <c r="B212" s="42"/>
+      <c r="C212" s="42"/>
+      <c r="D212" s="42"/>
+      <c r="E212" s="43"/>
+      <c r="F212" s="43"/>
+    </row>
+    <row r="213" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="42"/>
+      <c r="B213" s="42"/>
+      <c r="C213" s="42"/>
+      <c r="D213" s="42"/>
+      <c r="E213" s="43"/>
+      <c r="F213" s="43"/>
+    </row>
+    <row r="214" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="42"/>
+      <c r="B214" s="42"/>
+      <c r="C214" s="42"/>
+      <c r="D214" s="42"/>
+      <c r="E214" s="43"/>
+      <c r="F214" s="43"/>
+    </row>
+    <row r="215" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="42"/>
+      <c r="B215" s="42"/>
+      <c r="C215" s="42"/>
+      <c r="D215" s="42"/>
+      <c r="E215" s="43"/>
+      <c r="F215" s="43"/>
+    </row>
+    <row r="216" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="42"/>
+      <c r="B216" s="42"/>
+      <c r="C216" s="42"/>
+      <c r="D216" s="42"/>
+      <c r="E216" s="43"/>
+      <c r="F216" s="43"/>
+    </row>
+    <row r="217" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="42"/>
+      <c r="B217" s="42"/>
+      <c r="C217" s="42"/>
+      <c r="D217" s="42"/>
+      <c r="E217" s="43"/>
+      <c r="F217" s="43"/>
+    </row>
+    <row r="218" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="42"/>
+      <c r="B218" s="42"/>
+      <c r="C218" s="42"/>
+      <c r="D218" s="42"/>
+      <c r="E218" s="43"/>
+      <c r="F218" s="43"/>
+    </row>
+    <row r="219" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="42"/>
+      <c r="B219" s="42"/>
+      <c r="C219" s="42"/>
+      <c r="D219" s="42"/>
+      <c r="E219" s="43"/>
+      <c r="F219" s="43"/>
+    </row>
+    <row r="220" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="42"/>
+      <c r="B220" s="42"/>
+      <c r="C220" s="42"/>
+      <c r="D220" s="42"/>
+      <c r="E220" s="43"/>
+      <c r="F220" s="43"/>
+    </row>
+    <row r="221" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="42"/>
+      <c r="B221" s="42"/>
+      <c r="C221" s="42"/>
+      <c r="D221" s="42"/>
+      <c r="E221" s="43"/>
+      <c r="F221" s="43"/>
+    </row>
+    <row r="222" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="42"/>
+      <c r="B222" s="42"/>
+      <c r="C222" s="42"/>
+      <c r="D222" s="42"/>
+      <c r="E222" s="43"/>
+      <c r="F222" s="43"/>
+    </row>
+    <row r="223" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="42"/>
+      <c r="B223" s="42"/>
+      <c r="C223" s="42"/>
+      <c r="D223" s="42"/>
+      <c r="E223" s="43"/>
+      <c r="F223" s="43"/>
+    </row>
+    <row r="224" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="42"/>
+      <c r="B224" s="42"/>
+      <c r="C224" s="42"/>
+      <c r="D224" s="42"/>
+      <c r="E224" s="43"/>
+      <c r="F224" s="43"/>
+    </row>
+    <row r="225" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="42"/>
+      <c r="B225" s="42"/>
+      <c r="C225" s="42"/>
+      <c r="D225" s="42"/>
+      <c r="E225" s="43"/>
+      <c r="F225" s="43"/>
+    </row>
+    <row r="226" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="42"/>
+      <c r="B226" s="42"/>
+      <c r="C226" s="42"/>
+      <c r="D226" s="42"/>
+      <c r="E226" s="43"/>
+      <c r="F226" s="43"/>
+    </row>
+    <row r="227" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="42"/>
+      <c r="B227" s="42"/>
+      <c r="C227" s="42"/>
+      <c r="D227" s="42"/>
+      <c r="E227" s="43"/>
+      <c r="F227" s="43"/>
+    </row>
+    <row r="228" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="42"/>
+      <c r="B228" s="42"/>
+      <c r="C228" s="42"/>
+      <c r="D228" s="42"/>
+      <c r="E228" s="43"/>
+      <c r="F228" s="43"/>
+    </row>
+    <row r="229" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="42"/>
+      <c r="B229" s="42"/>
+      <c r="C229" s="42"/>
+      <c r="D229" s="42"/>
+      <c r="E229" s="43"/>
+      <c r="F229" s="43"/>
+    </row>
+    <row r="230" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="42"/>
+      <c r="B230" s="42"/>
+      <c r="C230" s="42"/>
+      <c r="D230" s="42"/>
+      <c r="E230" s="43"/>
+      <c r="F230" s="43"/>
+    </row>
+    <row r="231" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="42"/>
+      <c r="B231" s="42"/>
+      <c r="C231" s="42"/>
+      <c r="D231" s="42"/>
+      <c r="E231" s="43"/>
+      <c r="F231" s="43"/>
+    </row>
+    <row r="232" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="42"/>
+      <c r="B232" s="42"/>
+      <c r="C232" s="42"/>
+      <c r="D232" s="42"/>
+      <c r="E232" s="43"/>
+      <c r="F232" s="43"/>
+    </row>
+    <row r="233" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="42"/>
+      <c r="B233" s="42"/>
+      <c r="C233" s="42"/>
+      <c r="D233" s="42"/>
+      <c r="E233" s="43"/>
+      <c r="F233" s="43"/>
+    </row>
+    <row r="234" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="42"/>
+      <c r="B234" s="42"/>
+      <c r="C234" s="42"/>
+      <c r="D234" s="42"/>
+      <c r="E234" s="43"/>
+      <c r="F234" s="43"/>
+    </row>
+    <row r="235" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="42"/>
+      <c r="B235" s="42"/>
+      <c r="C235" s="42"/>
+      <c r="D235" s="42"/>
+      <c r="E235" s="43"/>
+      <c r="F235" s="43"/>
+    </row>
+    <row r="236" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="42"/>
+      <c r="B236" s="42"/>
+      <c r="C236" s="42"/>
+      <c r="D236" s="42"/>
+      <c r="E236" s="43"/>
+      <c r="F236" s="43"/>
+    </row>
+    <row r="237" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="42"/>
+      <c r="B237" s="42"/>
+      <c r="C237" s="42"/>
+      <c r="D237" s="42"/>
+      <c r="E237" s="43"/>
+      <c r="F237" s="43"/>
+    </row>
+    <row r="238" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="42"/>
+      <c r="B238" s="42"/>
+      <c r="C238" s="42"/>
+      <c r="D238" s="42"/>
+      <c r="E238" s="43"/>
+      <c r="F238" s="43"/>
+    </row>
+    <row r="239" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="42"/>
+      <c r="B239" s="42"/>
+      <c r="C239" s="42"/>
+      <c r="D239" s="42"/>
+      <c r="E239" s="43"/>
+      <c r="F239" s="43"/>
+    </row>
+    <row r="240" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="42"/>
+      <c r="B240" s="42"/>
+      <c r="C240" s="42"/>
+      <c r="D240" s="42"/>
+      <c r="E240" s="43"/>
+      <c r="F240" s="43"/>
+    </row>
+    <row r="241" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="42"/>
+      <c r="B241" s="42"/>
+      <c r="C241" s="42"/>
+      <c r="D241" s="42"/>
+      <c r="E241" s="43"/>
+      <c r="F241" s="43"/>
+    </row>
+    <row r="242" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="42"/>
+      <c r="B242" s="42"/>
+      <c r="C242" s="42"/>
+      <c r="D242" s="42"/>
+      <c r="E242" s="43"/>
+      <c r="F242" s="43"/>
+    </row>
+    <row r="243" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="42"/>
+      <c r="B243" s="42"/>
+      <c r="C243" s="42"/>
+      <c r="D243" s="42"/>
+      <c r="E243" s="43"/>
+      <c r="F243" s="43"/>
+    </row>
+    <row r="244" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="42"/>
+      <c r="B244" s="42"/>
+      <c r="C244" s="42"/>
+      <c r="D244" s="42"/>
+      <c r="E244" s="43"/>
+      <c r="F244" s="43"/>
+    </row>
+    <row r="245" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="42"/>
+      <c r="B245" s="42"/>
+      <c r="C245" s="42"/>
+      <c r="D245" s="42"/>
+      <c r="E245" s="43"/>
+      <c r="F245" s="43"/>
+    </row>
+    <row r="246" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="42"/>
+      <c r="B246" s="42"/>
+      <c r="C246" s="42"/>
+      <c r="D246" s="42"/>
+      <c r="E246" s="43"/>
+      <c r="F246" s="43"/>
+    </row>
+    <row r="247" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="42"/>
+      <c r="B247" s="42"/>
+      <c r="C247" s="42"/>
+      <c r="D247" s="42"/>
+      <c r="E247" s="43"/>
+      <c r="F247" s="43"/>
+    </row>
+    <row r="248" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="42"/>
+      <c r="B248" s="42"/>
+      <c r="C248" s="42"/>
+      <c r="D248" s="42"/>
+      <c r="E248" s="43"/>
+      <c r="F248" s="43"/>
+    </row>
+    <row r="249" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="42"/>
+      <c r="B249" s="42"/>
+      <c r="C249" s="42"/>
+      <c r="D249" s="42"/>
+      <c r="E249" s="43"/>
+      <c r="F249" s="43"/>
+    </row>
+    <row r="250" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="42"/>
+      <c r="B250" s="42"/>
+      <c r="C250" s="42"/>
+      <c r="D250" s="42"/>
+      <c r="E250" s="43"/>
+      <c r="F250" s="43"/>
+    </row>
+    <row r="251" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="42"/>
+      <c r="B251" s="42"/>
+      <c r="C251" s="42"/>
+      <c r="D251" s="42"/>
+      <c r="E251" s="43"/>
+      <c r="F251" s="43"/>
+    </row>
+    <row r="252" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="42"/>
+      <c r="B252" s="42"/>
+      <c r="C252" s="42"/>
+      <c r="D252" s="42"/>
+      <c r="E252" s="43"/>
+      <c r="F252" s="43"/>
+    </row>
+    <row r="253" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="42"/>
+      <c r="B253" s="42"/>
+      <c r="C253" s="42"/>
+      <c r="D253" s="42"/>
+      <c r="E253" s="43"/>
+      <c r="F253" s="43"/>
+    </row>
+    <row r="254" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="42"/>
+      <c r="B254" s="42"/>
+      <c r="C254" s="42"/>
+      <c r="D254" s="42"/>
+      <c r="E254" s="43"/>
+      <c r="F254" s="43"/>
+    </row>
+    <row r="255" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="42"/>
+      <c r="B255" s="42"/>
+      <c r="C255" s="42"/>
+      <c r="D255" s="42"/>
+      <c r="E255" s="43"/>
+      <c r="F255" s="43"/>
+    </row>
+    <row r="256" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="42"/>
+      <c r="B256" s="42"/>
+      <c r="C256" s="42"/>
+      <c r="D256" s="42"/>
+      <c r="E256" s="43"/>
+      <c r="F256" s="43"/>
+    </row>
+    <row r="257" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="42"/>
+      <c r="B257" s="42"/>
+      <c r="C257" s="42"/>
+      <c r="D257" s="42"/>
+      <c r="E257" s="43"/>
+      <c r="F257" s="43"/>
+    </row>
+    <row r="258" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="42"/>
+      <c r="B258" s="42"/>
+      <c r="C258" s="42"/>
+      <c r="D258" s="42"/>
+      <c r="E258" s="43"/>
+      <c r="F258" s="43"/>
+    </row>
+    <row r="259" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="42"/>
+      <c r="B259" s="42"/>
+      <c r="C259" s="42"/>
+      <c r="D259" s="42"/>
+      <c r="E259" s="43"/>
+      <c r="F259" s="43"/>
+    </row>
+    <row r="260" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="42"/>
+      <c r="B260" s="42"/>
+      <c r="C260" s="42"/>
+      <c r="D260" s="42"/>
+      <c r="E260" s="43"/>
+      <c r="F260" s="43"/>
+    </row>
+    <row r="261" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="42"/>
+      <c r="B261" s="42"/>
+      <c r="C261" s="42"/>
+      <c r="D261" s="42"/>
+      <c r="E261" s="43"/>
+      <c r="F261" s="43"/>
+    </row>
+    <row r="262" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="42"/>
+      <c r="B262" s="42"/>
+      <c r="C262" s="42"/>
+      <c r="D262" s="42"/>
+      <c r="E262" s="43"/>
+      <c r="F262" s="43"/>
+    </row>
+    <row r="263" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="42"/>
+      <c r="B263" s="42"/>
+      <c r="C263" s="42"/>
+      <c r="D263" s="42"/>
+      <c r="E263" s="43"/>
+      <c r="F263" s="43"/>
+    </row>
+    <row r="264" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="42"/>
+      <c r="B264" s="42"/>
+      <c r="C264" s="42"/>
+      <c r="D264" s="42"/>
+      <c r="E264" s="43"/>
+      <c r="F264" s="43"/>
+    </row>
+    <row r="265" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="42"/>
+      <c r="B265" s="42"/>
+      <c r="C265" s="42"/>
+      <c r="D265" s="42"/>
+      <c r="E265" s="43"/>
+      <c r="F265" s="43"/>
+    </row>
+    <row r="266" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="42"/>
+      <c r="B266" s="42"/>
+      <c r="C266" s="42"/>
+      <c r="D266" s="42"/>
+      <c r="E266" s="43"/>
+      <c r="F266" s="43"/>
+    </row>
+    <row r="267" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="42"/>
+      <c r="B267" s="42"/>
+      <c r="C267" s="42"/>
+      <c r="D267" s="42"/>
+      <c r="E267" s="43"/>
+      <c r="F267" s="43"/>
+    </row>
+    <row r="268" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="42"/>
+      <c r="B268" s="42"/>
+      <c r="C268" s="42"/>
+      <c r="D268" s="42"/>
+      <c r="E268" s="43"/>
+      <c r="F268" s="43"/>
+    </row>
+    <row r="269" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="42"/>
+      <c r="B269" s="42"/>
+      <c r="C269" s="42"/>
+      <c r="D269" s="42"/>
+      <c r="E269" s="43"/>
+      <c r="F269" s="43"/>
+    </row>
+    <row r="270" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="42"/>
+      <c r="B270" s="42"/>
+      <c r="C270" s="42"/>
+      <c r="D270" s="42"/>
+      <c r="E270" s="43"/>
+      <c r="F270" s="43"/>
+    </row>
+    <row r="271" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="42"/>
+      <c r="B271" s="42"/>
+      <c r="C271" s="42"/>
+      <c r="D271" s="42"/>
+      <c r="E271" s="43"/>
+      <c r="F271" s="43"/>
+    </row>
+    <row r="272" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="42"/>
+      <c r="B272" s="42"/>
+      <c r="C272" s="42"/>
+      <c r="D272" s="42"/>
+      <c r="E272" s="43"/>
+      <c r="F272" s="43"/>
+    </row>
+    <row r="273" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="42"/>
+      <c r="B273" s="42"/>
+      <c r="C273" s="42"/>
+      <c r="D273" s="42"/>
+      <c r="E273" s="43"/>
+      <c r="F273" s="43"/>
+    </row>
+    <row r="274" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="42"/>
+      <c r="B274" s="42"/>
+      <c r="C274" s="42"/>
+      <c r="D274" s="42"/>
+      <c r="E274" s="43"/>
+      <c r="F274" s="43"/>
+    </row>
+    <row r="275" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="42"/>
+      <c r="B275" s="42"/>
+      <c r="C275" s="42"/>
+      <c r="D275" s="42"/>
+      <c r="E275" s="43"/>
+      <c r="F275" s="43"/>
+    </row>
+    <row r="276" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="42"/>
+      <c r="B276" s="42"/>
+      <c r="C276" s="42"/>
+      <c r="D276" s="42"/>
+      <c r="E276" s="43"/>
+      <c r="F276" s="43"/>
+    </row>
+    <row r="277" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="42"/>
+      <c r="B277" s="42"/>
+      <c r="C277" s="42"/>
+      <c r="D277" s="42"/>
+      <c r="E277" s="43"/>
+      <c r="F277" s="43"/>
+    </row>
+    <row r="278" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="42"/>
+      <c r="B278" s="42"/>
+      <c r="C278" s="42"/>
+      <c r="D278" s="42"/>
+      <c r="E278" s="43"/>
+      <c r="F278" s="43"/>
+    </row>
+    <row r="279" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="42"/>
+      <c r="B279" s="42"/>
+      <c r="C279" s="42"/>
+      <c r="D279" s="42"/>
+      <c r="E279" s="43"/>
+      <c r="F279" s="43"/>
+    </row>
+    <row r="280" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="42"/>
+      <c r="B280" s="42"/>
+      <c r="C280" s="42"/>
+      <c r="D280" s="42"/>
+      <c r="E280" s="43"/>
+      <c r="F280" s="43"/>
+    </row>
+    <row r="281" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="42"/>
+      <c r="B281" s="42"/>
+      <c r="C281" s="42"/>
+      <c r="D281" s="42"/>
+      <c r="E281" s="43"/>
+      <c r="F281" s="43"/>
+    </row>
+    <row r="282" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="42"/>
+      <c r="B282" s="42"/>
+      <c r="C282" s="42"/>
+      <c r="D282" s="42"/>
+      <c r="E282" s="43"/>
+      <c r="F282" s="43"/>
+    </row>
+    <row r="283" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="42"/>
+      <c r="B283" s="42"/>
+      <c r="C283" s="42"/>
+      <c r="D283" s="42"/>
+      <c r="E283" s="43"/>
+      <c r="F283" s="43"/>
+    </row>
+    <row r="284" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="42"/>
+      <c r="B284" s="42"/>
+      <c r="C284" s="42"/>
+      <c r="D284" s="42"/>
+      <c r="E284" s="43"/>
+      <c r="F284" s="43"/>
+    </row>
+    <row r="285" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="42"/>
+      <c r="B285" s="42"/>
+      <c r="C285" s="42"/>
+      <c r="D285" s="42"/>
+      <c r="E285" s="43"/>
+      <c r="F285" s="43"/>
+    </row>
+    <row r="286" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="42"/>
+      <c r="B286" s="42"/>
+      <c r="C286" s="42"/>
+      <c r="D286" s="42"/>
+      <c r="E286" s="43"/>
+      <c r="F286" s="43"/>
+    </row>
+    <row r="287" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="42"/>
+      <c r="B287" s="42"/>
+      <c r="C287" s="42"/>
+      <c r="D287" s="42"/>
+      <c r="E287" s="43"/>
+      <c r="F287" s="43"/>
+    </row>
+    <row r="288" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="42"/>
+      <c r="B288" s="42"/>
+      <c r="C288" s="42"/>
+      <c r="D288" s="42"/>
+      <c r="E288" s="43"/>
+      <c r="F288" s="43"/>
+    </row>
+    <row r="289" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="42"/>
+      <c r="B289" s="42"/>
+      <c r="C289" s="42"/>
+      <c r="D289" s="42"/>
+      <c r="E289" s="43"/>
+      <c r="F289" s="43"/>
+    </row>
+    <row r="290" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="42"/>
+      <c r="B290" s="42"/>
+      <c r="C290" s="42"/>
+      <c r="D290" s="42"/>
+      <c r="E290" s="43"/>
+      <c r="F290" s="43"/>
+    </row>
+    <row r="291" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="42"/>
+      <c r="B291" s="42"/>
+      <c r="C291" s="42"/>
+      <c r="D291" s="42"/>
+      <c r="E291" s="43"/>
+      <c r="F291" s="43"/>
+    </row>
+    <row r="292" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="42"/>
+      <c r="B292" s="42"/>
+      <c r="C292" s="42"/>
+      <c r="D292" s="42"/>
+      <c r="E292" s="43"/>
+      <c r="F292" s="43"/>
+    </row>
+    <row r="293" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="42"/>
+      <c r="B293" s="42"/>
+      <c r="C293" s="42"/>
+      <c r="D293" s="42"/>
+      <c r="E293" s="43"/>
+      <c r="F293" s="43"/>
+    </row>
+    <row r="294" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="42"/>
+      <c r="B294" s="42"/>
+      <c r="C294" s="42"/>
+      <c r="D294" s="42"/>
+      <c r="E294" s="43"/>
+      <c r="F294" s="43"/>
+    </row>
+    <row r="295" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="42"/>
+      <c r="B295" s="42"/>
+      <c r="C295" s="42"/>
+      <c r="D295" s="42"/>
+    </row>
+    <row r="296" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="42"/>
+      <c r="B296" s="42"/>
+      <c r="C296" s="42"/>
+      <c r="D296" s="42"/>
+    </row>
+    <row r="297" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="298" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="299" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="300" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="301" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="302" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="303" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="304" spans="1:6" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="305" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="306" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="307" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="308" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="309" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="310" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="311" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="312" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="313" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="314" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="315" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="316" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="317" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="318" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="319" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="320" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="321" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="322" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="323" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="324" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="325" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="326" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="327" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="328" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="329" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="330" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="331" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="332" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="333" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="334" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="335" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="336" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="337" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="338" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="339" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="340" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="341" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="342" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="343" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="344" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="345" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="346" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="347" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="348" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="349" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="350" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="351" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="352" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="353" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="354" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="355" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="356" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="357" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="358" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="359" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="360" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="361" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="362" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="363" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="364" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="365" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="366" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="367" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="368" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="369" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="370" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="371" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="372" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="373" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="374" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="375" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="376" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="377" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="378" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="379" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="380" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="381" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="382" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="383" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="384" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="385" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="386" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="387" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="388" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="389" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="390" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="391" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="392" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="393" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="394" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="395" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="396" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="397" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="398" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="399" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="400" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="401" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="402" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="403" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="404" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="405" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="406" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="407" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="408" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="409" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="410" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="411" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="412" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="413" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="414" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="415" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="416" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="417" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="418" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="419" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="420" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="421" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="422" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="423" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="424" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="425" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="426" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="427" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="428" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="429" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="430" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="431" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="432" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="433" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="434" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="435" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="436" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="437" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="438" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="439" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="440" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="441" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="442" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="443" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="444" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="445" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="446" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="447" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="448" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="449" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="450" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="451" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="452" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="453" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="454" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="455" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="456" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="457" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="458" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="459" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="460" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="461" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="462" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="463" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="464" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="465" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="466" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="467" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="468" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="469" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="470" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="471" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="472" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="473" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="474" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="475" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="476" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="477" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="478" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="479" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="480" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="481" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="482" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="483" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="484" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="485" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="486" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="487" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="488" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="489" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="490" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="491" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="492" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="493" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="494" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="495" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="496" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="497" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="498" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="499" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="500" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="501" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="502" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="503" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="504" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="505" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="506" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="507" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="508" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="509" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="510" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="511" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="512" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="513" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="514" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="515" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="516" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="517" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="518" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="519" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="520" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="521" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="522" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="523" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="524" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="525" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="526" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="527" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="528" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="529" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="530" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="531" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="532" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="533" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="534" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="535" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="536" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="537" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="538" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="539" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="540" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="541" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="542" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="543" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="544" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="545" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="546" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="547" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="548" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="549" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="550" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="551" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="552" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="553" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="554" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="555" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="556" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="557" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="558" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="559" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="560" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="561" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="562" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="563" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="564" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="565" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="566" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="567" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="568" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="569" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="570" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="571" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="572" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="573" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="574" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="575" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="576" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="577" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="578" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="579" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="580" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="581" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="582" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="583" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="584" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="585" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="586" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="587" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="588" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="589" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="590" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="591" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="592" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="593" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="594" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="595" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="596" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="597" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="598" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="599" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="600" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="601" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="602" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="603" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="604" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="605" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="606" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="607" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="608" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="609" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="610" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="611" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="612" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="613" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="614" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="615" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="616" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="617" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="618" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="619" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="620" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="621" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="622" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="623" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="624" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="625" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="626" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="627" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="628" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="629" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="630" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="631" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="632" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="633" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="634" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="635" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="636" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="637" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="638" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="639" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="640" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="641" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="642" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="643" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="644" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="645" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="646" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="647" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="648" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="649" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="650" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="651" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="652" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="653" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="654" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="655" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="656" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="657" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="658" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="659" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="660" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="661" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="662" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="663" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="664" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="665" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="666" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="667" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="668" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="669" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="670" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="671" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="672" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="673" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="674" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="675" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="676" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="677" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="678" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="679" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="680" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="681" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="682" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="683" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="684" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="685" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="686" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="687" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="688" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="689" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="690" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="691" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="692" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="693" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="694" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="695" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="696" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="697" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="698" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="699" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="700" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="701" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="702" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="703" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="704" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="705" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="706" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="707" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="708" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="709" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="710" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="711" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="712" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="713" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="714" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="715" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="716" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="717" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="718" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="719" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="720" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="721" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="722" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="723" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="724" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="725" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="726" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="727" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="728" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="729" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="730" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="731" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="732" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="733" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="734" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="735" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="736" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="737" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="738" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="739" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="740" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="741" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="742" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="743" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="744" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="745" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="746" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="747" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="748" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="749" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="750" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="751" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="752" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="753" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="754" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="755" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="756" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="757" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="758" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="759" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="760" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="761" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="762" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="763" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="764" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="765" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="766" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="767" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="768" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="769" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="770" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="771" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="772" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="773" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="774" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="775" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="776" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="777" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="778" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="779" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="780" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="781" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="782" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="783" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="784" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="785" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="786" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="787" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="788" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="789" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="790" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="791" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="792" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="793" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="794" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="795" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="796" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="797" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="798" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="799" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="800" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="801" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="802" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="803" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="804" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="805" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="806" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="807" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="808" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="809" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="810" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="811" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="812" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="813" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="814" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="815" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="816" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="817" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="818" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="819" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="820" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="821" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="822" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="823" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="824" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="825" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="826" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="827" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="828" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="829" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="830" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="831" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="832" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="833" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="834" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="835" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="836" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="837" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="838" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="839" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="840" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="841" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="842" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="843" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="844" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="845" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="846" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="847" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  </sheetData>
+  <pageMargins left="0.74" right="0.17" top="0.33" bottom="0.93" header="0.18" footer="0.42"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
+&amp;6&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:O847"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="5.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="12" customWidth="1"/>
     <col min="2" max="2" width="2.5703125" style="12" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="12" customWidth="1"/>
     <col min="4" max="4" width="25.140625" style="12" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="12" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="12" customWidth="1"/>
     <col min="7" max="8" width="8.7109375" style="12" customWidth="1"/>
     <col min="9" max="9" width="2.28515625" style="12" customWidth="1"/>
     <col min="10" max="10" width="8.7109375" style="12" customWidth="1"/>
     <col min="11" max="11" width="2.7109375" style="12" customWidth="1"/>
     <col min="12" max="12" width="9.5703125" style="12" customWidth="1"/>
     <col min="13" max="13" width="9.28515625" style="12" customWidth="1"/>
     <col min="14" max="16384" width="5.7109375" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" s="8" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -26222,146 +26876,703 @@
     <row r="837" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="838" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="839" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="840" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="841" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="842" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="843" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="844" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="845" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="846" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="847" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="0.93" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2776EE36-8565-4FC4-8F8E-3DA2E7EFBA5C}">
+  <dimension ref="A1:J27"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
+    <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
+    <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
+    <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
+    <col min="9" max="10" width="9" style="81" customWidth="1"/>
+    <col min="11" max="11" width="3" style="81" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="81"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="108" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="106" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="104" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J6" s="89" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A7" s="115"/>
+      <c r="B7" s="102" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" s="117"/>
+      <c r="D7" s="102" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="102" t="s">
+        <v>6</v>
+      </c>
+      <c r="F7" s="117"/>
+      <c r="G7" s="102" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
+        <v>94</v>
+      </c>
+      <c r="J7" s="117"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A8" s="116"/>
+      <c r="B8" s="89" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="118"/>
+      <c r="D8" s="89">
+        <v>2024</v>
+      </c>
+      <c r="E8" s="89">
+        <v>2024</v>
+      </c>
+      <c r="F8" s="118"/>
+      <c r="G8" s="89">
+        <v>2023</v>
+      </c>
+      <c r="H8" s="118"/>
+      <c r="I8" s="102" t="s">
+        <v>125</v>
+      </c>
+      <c r="J8" s="102" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A9" s="116"/>
+      <c r="B9" s="89"/>
+      <c r="C9" s="118"/>
+      <c r="D9" s="89"/>
+      <c r="E9" s="89"/>
+      <c r="F9" s="118"/>
+      <c r="G9" s="89"/>
+      <c r="H9" s="118"/>
+      <c r="I9" s="101" t="s">
+        <v>126</v>
+      </c>
+      <c r="J9" s="89" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A10" s="100" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" s="96">
+        <v>100</v>
+      </c>
+      <c r="C10" s="97"/>
+      <c r="D10" s="99">
+        <v>114.5</v>
+      </c>
+      <c r="E10" s="96">
+        <v>114.4</v>
+      </c>
+      <c r="F10" s="97"/>
+      <c r="G10" s="98">
+        <v>113.2</v>
+      </c>
+      <c r="H10" s="97"/>
+      <c r="I10" s="109">
+        <v>1.6077142322902194E-2</v>
+      </c>
+      <c r="J10" s="109">
+        <v>1.0866675909890984</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A11" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" s="92">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="C11" s="93"/>
+      <c r="D11" s="95">
+        <v>114.7</v>
+      </c>
+      <c r="E11" s="92">
+        <v>114.9</v>
+      </c>
+      <c r="F11" s="93"/>
+      <c r="G11" s="94">
+        <v>113.7</v>
+      </c>
+      <c r="H11" s="93"/>
+      <c r="I11" s="110">
+        <v>-0.11824066939195149</v>
+      </c>
+      <c r="J11" s="110">
+        <v>0.89980183249964263</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A12" s="88" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="92">
+        <v>41.8</v>
+      </c>
+      <c r="C12" s="93"/>
+      <c r="D12" s="95">
+        <v>115.1</v>
+      </c>
+      <c r="E12" s="92">
+        <v>115.4</v>
+      </c>
+      <c r="F12" s="93"/>
+      <c r="G12" s="94">
+        <v>114.3</v>
+      </c>
+      <c r="H12" s="93"/>
+      <c r="I12" s="110">
+        <v>-0.30500930793811887</v>
+      </c>
+      <c r="J12" s="110">
+        <v>0.72731410166643595</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A13" s="88" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" s="92">
+        <v>22.41</v>
+      </c>
+      <c r="C13" s="93"/>
+      <c r="D13" s="95">
+        <v>114.7</v>
+      </c>
+      <c r="E13" s="92">
+        <v>114.9</v>
+      </c>
+      <c r="F13" s="93"/>
+      <c r="G13" s="94">
+        <v>113.9</v>
+      </c>
+      <c r="H13" s="93"/>
+      <c r="I13" s="110">
+        <v>-0.18747258409285766</v>
+      </c>
+      <c r="J13" s="110">
+        <v>0.68109030635894074</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A14" s="88" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="92">
+        <v>6.02</v>
+      </c>
+      <c r="C14" s="93"/>
+      <c r="D14" s="95">
+        <v>114.8</v>
+      </c>
+      <c r="E14" s="92">
+        <v>115.5</v>
+      </c>
+      <c r="F14" s="93"/>
+      <c r="G14" s="94">
+        <v>114.8</v>
+      </c>
+      <c r="H14" s="93"/>
+      <c r="I14" s="110">
+        <v>-0.54790628948956754</v>
+      </c>
+      <c r="J14" s="110">
+        <v>4.2168837403411041E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A15" s="88" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" s="92">
+        <v>5.84</v>
+      </c>
+      <c r="C15" s="93"/>
+      <c r="D15" s="95">
+        <v>114.9</v>
+      </c>
+      <c r="E15" s="92">
+        <v>115.3</v>
+      </c>
+      <c r="F15" s="93"/>
+      <c r="G15" s="94">
+        <v>113.9</v>
+      </c>
+      <c r="H15" s="93"/>
+      <c r="I15" s="110">
+        <v>-0.40197170764275114</v>
+      </c>
+      <c r="J15" s="110">
+        <v>0.82402125532458381</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A16" s="88" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" s="92">
+        <v>3.5700000000000003</v>
+      </c>
+      <c r="C16" s="93"/>
+      <c r="D16" s="95">
+        <v>118.4</v>
+      </c>
+      <c r="E16" s="92">
+        <v>118.8</v>
+      </c>
+      <c r="F16" s="93"/>
+      <c r="G16" s="94">
+        <v>116.4</v>
+      </c>
+      <c r="H16" s="93"/>
+      <c r="I16" s="110">
+        <v>-0.33012050829467976</v>
+      </c>
+      <c r="J16" s="110">
+        <v>1.7109456197764894</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A17" s="88" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" s="92">
+        <v>3.9600000000000004</v>
+      </c>
+      <c r="C17" s="93"/>
+      <c r="D17" s="95">
+        <v>115.1</v>
+      </c>
+      <c r="E17" s="92">
+        <v>115.6</v>
+      </c>
+      <c r="F17" s="93"/>
+      <c r="G17" s="94">
+        <v>114</v>
+      </c>
+      <c r="H17" s="93"/>
+      <c r="I17" s="110">
+        <v>-0.4309476089846756</v>
+      </c>
+      <c r="J17" s="110">
+        <v>0.98956304461499844</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A18" s="88" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" s="92">
+        <v>35.6</v>
+      </c>
+      <c r="C18" s="93"/>
+      <c r="D18" s="95">
+        <v>114.3</v>
+      </c>
+      <c r="E18" s="92">
+        <v>114.2</v>
+      </c>
+      <c r="F18" s="93"/>
+      <c r="G18" s="94">
+        <v>113</v>
+      </c>
+      <c r="H18" s="93"/>
+      <c r="I18" s="110">
+        <v>0.10336415278624136</v>
+      </c>
+      <c r="J18" s="110">
+        <v>1.1044943293364309</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A19" s="88" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" s="92">
+        <v>26.119999999999997</v>
+      </c>
+      <c r="C19" s="93"/>
+      <c r="D19" s="95">
+        <v>114.6</v>
+      </c>
+      <c r="E19" s="92">
+        <v>114.5</v>
+      </c>
+      <c r="F19" s="93"/>
+      <c r="G19" s="94">
+        <v>113.4</v>
+      </c>
+      <c r="H19" s="93"/>
+      <c r="I19" s="110">
+        <v>9.7555863177246002E-2</v>
+      </c>
+      <c r="J19" s="110">
+        <v>1.0532942558166676</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A20" s="88" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="92">
+        <v>9.48</v>
+      </c>
+      <c r="C20" s="93"/>
+      <c r="D20" s="95">
+        <v>113.4</v>
+      </c>
+      <c r="E20" s="92">
+        <v>113.2</v>
+      </c>
+      <c r="F20" s="93"/>
+      <c r="G20" s="94">
+        <v>112</v>
+      </c>
+      <c r="H20" s="93"/>
+      <c r="I20" s="110">
+        <v>0.11967173733334938</v>
+      </c>
+      <c r="J20" s="110">
+        <v>1.2473507417030156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A21" s="88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B21" s="92">
+        <v>22.6</v>
+      </c>
+      <c r="C21" s="93"/>
+      <c r="D21" s="95">
+        <v>113.6</v>
+      </c>
+      <c r="E21" s="92">
+        <v>113.1</v>
+      </c>
+      <c r="F21" s="93"/>
+      <c r="G21" s="94">
+        <v>111.7</v>
+      </c>
+      <c r="H21" s="93"/>
+      <c r="I21" s="110">
+        <v>0.48341735208279141</v>
+      </c>
+      <c r="J21" s="110">
+        <v>1.7380699096311123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A22" s="88" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" s="92">
+        <v>4.2799999999999994</v>
+      </c>
+      <c r="C22" s="93"/>
+      <c r="D22" s="95">
+        <v>114.3</v>
+      </c>
+      <c r="E22" s="92">
+        <v>113.8</v>
+      </c>
+      <c r="F22" s="93"/>
+      <c r="G22" s="94">
+        <v>112.3</v>
+      </c>
+      <c r="H22" s="93"/>
+      <c r="I22" s="110">
+        <v>0.40160536738720753</v>
+      </c>
+      <c r="J22" s="110">
+        <v>1.8086803474134094</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A23" s="88" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="92">
+        <v>1.94</v>
+      </c>
+      <c r="C23" s="93"/>
+      <c r="D23" s="95">
+        <v>115.3</v>
+      </c>
+      <c r="E23" s="92">
+        <v>114.6</v>
+      </c>
+      <c r="F23" s="93"/>
+      <c r="G23" s="94">
+        <v>114</v>
+      </c>
+      <c r="H23" s="93"/>
+      <c r="I23" s="110">
+        <v>0.61170326500654493</v>
+      </c>
+      <c r="J23" s="110">
+        <v>1.1241119603231973</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A24" s="88" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="92">
+        <v>0.08</v>
+      </c>
+      <c r="C24" s="93"/>
+      <c r="D24" s="95">
+        <v>114.2</v>
+      </c>
+      <c r="E24" s="92">
+        <v>111.9</v>
+      </c>
+      <c r="F24" s="93"/>
+      <c r="G24" s="94">
+        <v>113.2</v>
+      </c>
+      <c r="H24" s="93"/>
+      <c r="I24" s="110">
+        <v>2.0149058355425904</v>
+      </c>
+      <c r="J24" s="110">
+        <v>0.88843331227274103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A25" s="88" t="s">
+        <v>97</v>
+      </c>
+      <c r="B25" s="92">
+        <v>16.3</v>
+      </c>
+      <c r="C25" s="93"/>
+      <c r="D25" s="95">
+        <v>113.2</v>
+      </c>
+      <c r="E25" s="92">
+        <v>112.7</v>
+      </c>
+      <c r="F25" s="93"/>
+      <c r="G25" s="94">
+        <v>111.2</v>
+      </c>
+      <c r="H25" s="93"/>
+      <c r="I25" s="110">
+        <v>0.48237545954781103</v>
+      </c>
+      <c r="J25" s="110">
+        <v>1.7984382669545869</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A26" s="112"/>
+      <c r="B26" s="91"/>
+      <c r="C26" s="91"/>
+      <c r="D26" s="91"/>
+      <c r="E26" s="91"/>
+      <c r="F26" s="91"/>
+      <c r="G26" s="91"/>
+      <c r="H26" s="91"/>
+      <c r="I26" s="91"/>
+      <c r="J26" s="90" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J27" s="89" t="s">
+        <v>127</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A7:A9"/>
+    <mergeCell ref="C7:C9"/>
+    <mergeCell ref="F7:F9"/>
+    <mergeCell ref="H7:H9"/>
+    <mergeCell ref="I7:J7"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F87E773A-B03D-4D61-8A22-6DD78E360CDE}">
   <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="11" width="3" style="81" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2024</v>
       </c>
       <c r="E8" s="89">
         <v>2023</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2023</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>121</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101">
         <v>45383</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>114.4</v>
       </c>
       <c r="E10" s="96">
         <v>113.2</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>112.9</v>
       </c>
@@ -26778,146 +27989,146 @@
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J27" s="89" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:J7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E881E8D-20BF-4DA4-83D8-8779172E6B64}">
   <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2023</v>
       </c>
       <c r="E8" s="89">
         <v>2023</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2022</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101" t="s">
         <v>119</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>113.2</v>
       </c>
       <c r="E10" s="96">
         <v>112.9</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>112.7</v>
       </c>
@@ -27334,146 +28545,146 @@
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J27" s="89" t="s">
         <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:J7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A706706-EB23-4D98-971E-B44DB0D37F02}">
   <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2023</v>
       </c>
       <c r="E8" s="89">
         <v>2022</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2022</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>113</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101" t="s">
         <v>114</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>112.9</v>
       </c>
       <c r="E10" s="96">
         <v>112.7</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>109.6</v>
       </c>
@@ -27890,146 +29101,146 @@
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J27" s="89" t="s">
         <v>112</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:J7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D72C5C20-29DE-41A5-A9EF-2CBCF62C5E05}">
   <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2022</v>
       </c>
       <c r="E8" s="89">
         <v>2022</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2021</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>109</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101">
         <v>44835</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>112.7</v>
       </c>
       <c r="E10" s="96">
         <v>109.6</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>104.6</v>
       </c>
@@ -28448,146 +29659,146 @@
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J27" s="89" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:J7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A22E1F0F-57DE-497C-99B8-D828F7737B07}">
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2022</v>
       </c>
       <c r="E8" s="89">
         <v>2021</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2021</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>105</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101" t="s">
         <v>106</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>109.6</v>
       </c>
       <c r="E10" s="96">
         <v>104.6</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>101.4</v>
       </c>
@@ -29021,147 +30232,147 @@
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J28" s="89" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A27:J27"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:J7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07FBB326-1831-4996-8EBD-8727A0A3B39C}">
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.28515625" style="88" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="81" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="81" customWidth="1"/>
     <col min="4" max="5" width="7.7109375" style="81" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="81" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="81" customWidth="1"/>
     <col min="8" max="8" width="1.7109375" style="81" customWidth="1"/>
     <col min="9" max="10" width="9" style="81" customWidth="1"/>
     <col min="11" max="11" width="5.42578125" style="81" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="81"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:10" s="107" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="108" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="4" spans="1:10" s="105" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="106" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="103" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="104" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.2">
       <c r="J6" s="89" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A7" s="113"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="102" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="115"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="102" t="s">
         <v>7</v>
       </c>
       <c r="E7" s="102" t="s">
         <v>6</v>
       </c>
-      <c r="F7" s="115"/>
+      <c r="F7" s="117"/>
       <c r="G7" s="102" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="115"/>
-      <c r="I7" s="115" t="s">
+      <c r="H7" s="117"/>
+      <c r="I7" s="117" t="s">
         <v>94</v>
       </c>
-      <c r="J7" s="115"/>
+      <c r="J7" s="117"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A8" s="114"/>
+      <c r="A8" s="116"/>
       <c r="B8" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="116"/>
+      <c r="C8" s="118"/>
       <c r="D8" s="89">
         <v>2021</v>
       </c>
       <c r="E8" s="89">
         <v>2021</v>
       </c>
-      <c r="F8" s="116"/>
+      <c r="F8" s="118"/>
       <c r="G8" s="89">
         <v>2020</v>
       </c>
-      <c r="H8" s="116"/>
+      <c r="H8" s="118"/>
       <c r="I8" s="102" t="s">
         <v>102</v>
       </c>
       <c r="J8" s="102" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A9" s="114"/>
+      <c r="A9" s="116"/>
       <c r="B9" s="89"/>
-      <c r="C9" s="116"/>
+      <c r="C9" s="118"/>
       <c r="D9" s="89"/>
       <c r="E9" s="89"/>
-      <c r="F9" s="116"/>
+      <c r="F9" s="118"/>
       <c r="G9" s="89"/>
-      <c r="H9" s="116"/>
+      <c r="H9" s="118"/>
       <c r="I9" s="101" t="s">
         <v>103</v>
       </c>
       <c r="J9" s="89" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A10" s="100" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="96">
         <v>100</v>
       </c>
       <c r="C10" s="97"/>
       <c r="D10" s="99">
         <v>104.6</v>
       </c>
       <c r="E10" s="96">
         <v>101.4</v>
       </c>
       <c r="F10" s="97"/>
       <c r="G10" s="98">
         <v>100</v>
       </c>
@@ -29539,624 +30750,50 @@
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="88" t="s">
         <v>97</v>
       </c>
       <c r="B25" s="92">
         <v>16.3</v>
       </c>
       <c r="C25" s="93"/>
       <c r="D25" s="95">
         <v>103</v>
       </c>
       <c r="E25" s="92">
         <v>101</v>
       </c>
       <c r="F25" s="93"/>
       <c r="G25" s="94">
         <v>100</v>
       </c>
       <c r="H25" s="93"/>
       <c r="I25" s="110">
         <v>2.027362309424074</v>
       </c>
       <c r="J25" s="110">
         <v>3.0105999999999966</v>
-      </c>
-[...572 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A26" s="86" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="91"/>
       <c r="C26" s="91"/>
       <c r="D26" s="91"/>
       <c r="E26" s="91"/>
       <c r="F26" s="91"/>
       <c r="G26" s="91"/>
       <c r="H26" s="91"/>
       <c r="I26" s="91"/>
       <c r="J26" s="90" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="119" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="120"/>
       <c r="C27" s="120"/>
       <c r="D27" s="120"/>
@@ -30187,62 +30824,63 @@
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>27</vt:i4>
+        <vt:i4>28</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="45" baseType="lpstr">
+    <vt:vector size="46" baseType="lpstr">
+      <vt:lpstr>Okt 2025</vt:lpstr>
       <vt:lpstr>Apr 2025</vt:lpstr>
       <vt:lpstr>Okt 2024</vt:lpstr>
       <vt:lpstr>Apr 2024</vt:lpstr>
       <vt:lpstr>Okt 2023</vt:lpstr>
       <vt:lpstr>Apr 2023</vt:lpstr>
       <vt:lpstr>Okt 2022</vt:lpstr>
       <vt:lpstr>Apr 2022</vt:lpstr>
       <vt:lpstr>Okt 2021</vt:lpstr>
       <vt:lpstr>Apr 2021</vt:lpstr>
       <vt:lpstr>Okt 2020</vt:lpstr>
       <vt:lpstr>Apr 2020</vt:lpstr>
       <vt:lpstr>Okt 2019</vt:lpstr>
       <vt:lpstr>Apr 2019</vt:lpstr>
       <vt:lpstr>Okt 2018</vt:lpstr>
       <vt:lpstr>Apr 2018</vt:lpstr>
       <vt:lpstr>Okt 2017</vt:lpstr>
       <vt:lpstr>Apr 2017</vt:lpstr>
       <vt:lpstr>Okt 2016</vt:lpstr>
       <vt:lpstr>Apr 2016</vt:lpstr>
       <vt:lpstr>Okt 2015</vt:lpstr>
       <vt:lpstr>Apr 2015</vt:lpstr>
       <vt:lpstr>Okt 2014</vt:lpstr>
       <vt:lpstr>Apr 2014</vt:lpstr>
       <vt:lpstr>Okt 2013</vt:lpstr>
       <vt:lpstr>Apr 2013</vt:lpstr>