--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.04\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\04_Baupreise\2025.10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC1EE9C1-B1E3-4C32-A0DF-66DD4C93F02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E607CC7E-4541-4E9D-9BA1-2EC9F534C6D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1998" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1998'!$1:$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="94">
   <si>
     <t>Baupreisindex, Neubau Mehrfamilienhaus nach Kostenart seit 1998</t>
   </si>
   <si>
     <t>Espace Mittelland</t>
   </si>
   <si>
     <t>kosten</t>
   </si>
   <si>
     <t>Vorberei-</t>
   </si>
   <si>
     <t>tungs-</t>
   </si>
   <si>
     <t>arbeiten</t>
   </si>
   <si>
     <t>Bau-</t>
   </si>
   <si>
     <t>grube</t>
   </si>
   <si>
@@ -343,54 +343,57 @@
       <t xml:space="preserve">  bis zur Revision von Oktober 2020 wurden die Honorare nicht dem Gebäude zugezählt, sondern zusammen mit den Baunebenkosten summiert</t>
     </r>
   </si>
   <si>
     <t>Oktober 2021</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Oktober 2022</t>
   </si>
   <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Oktober 2023</t>
   </si>
   <si>
     <t>April 2024</t>
   </si>
   <si>
     <t>Oktober 2024</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 19.6.2025)</t>
-[...1 lines deleted...]
-  <si>
     <t>April 2025</t>
+  </si>
+  <si>
+    <t>Oktober 2025</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 18.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0"/>
     <numFmt numFmtId="165" formatCode="##0;\–\ ##0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -921,51 +924,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:R75"/>
+  <dimension ref="A1:R76"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.140625" style="7" customWidth="1"/>
     <col min="2" max="2" width="4.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="0.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="7.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="0.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="4.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="10" width="5" style="1" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="6.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="6" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="15" width="5" style="1" customWidth="1"/>
     <col min="16" max="16" width="4.85546875" style="1" customWidth="1"/>
     <col min="17" max="17" width="6.140625" style="1" customWidth="1"/>
     <col min="18" max="18" width="6.28515625" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
@@ -4155,153 +4158,205 @@
         <v>117.5</v>
       </c>
       <c r="L71" s="3">
         <v>116.1</v>
       </c>
       <c r="M71" s="3">
         <v>107.1</v>
       </c>
       <c r="N71" s="3">
         <v>115.7</v>
       </c>
       <c r="O71" s="3">
         <v>111.6</v>
       </c>
       <c r="P71" s="3">
         <v>101.1</v>
       </c>
       <c r="Q71" s="3">
         <v>108.8</v>
       </c>
       <c r="R71" s="3">
         <v>112</v>
       </c>
     </row>
     <row r="72" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A72" s="25" t="s">
-        <v>92</v>
+      <c r="A72" s="7" t="s">
+        <v>91</v>
       </c>
       <c r="B72" s="3">
         <v>115.1</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="3">
         <v>115.9</v>
       </c>
       <c r="G72" s="3">
         <v>113.6</v>
       </c>
       <c r="H72" s="3">
         <v>118.4</v>
       </c>
       <c r="I72" s="3">
         <v>117.7</v>
       </c>
       <c r="J72" s="3">
         <v>128</v>
       </c>
       <c r="K72" s="3">
         <v>117.1</v>
       </c>
       <c r="L72" s="3">
         <v>118.6</v>
       </c>
       <c r="M72" s="3">
         <v>110.2</v>
       </c>
       <c r="N72" s="3">
         <v>115.3</v>
       </c>
       <c r="O72" s="3">
         <v>112.8</v>
       </c>
       <c r="P72" s="3">
         <v>101.5</v>
       </c>
       <c r="Q72" s="3">
         <v>109</v>
       </c>
       <c r="R72" s="3">
         <v>107.1</v>
       </c>
     </row>
     <row r="73" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A73" s="26"/>
-[...16 lines deleted...]
-      <c r="R73" s="16" t="s">
+      <c r="A73" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="B73" s="3">
+        <v>115.1</v>
+      </c>
+      <c r="C73" s="3"/>
+      <c r="D73" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E73" s="4"/>
+      <c r="F73" s="3">
+        <v>116.2</v>
+      </c>
+      <c r="G73" s="3">
+        <v>114.5</v>
+      </c>
+      <c r="H73" s="3">
+        <v>118.6</v>
+      </c>
+      <c r="I73" s="3">
+        <v>117.3</v>
+      </c>
+      <c r="J73" s="3">
+        <v>128.5</v>
+      </c>
+      <c r="K73" s="3">
+        <v>116.5</v>
+      </c>
+      <c r="L73" s="3">
+        <v>118.2</v>
+      </c>
+      <c r="M73" s="3">
+        <v>113.6</v>
+      </c>
+      <c r="N73" s="3">
+        <v>116.3</v>
+      </c>
+      <c r="O73" s="3">
+        <v>113.9</v>
+      </c>
+      <c r="P73" s="3">
+        <v>102.3</v>
+      </c>
+      <c r="Q73" s="3">
+        <v>108.8</v>
+      </c>
+      <c r="R73" s="3">
+        <v>102.1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A74" s="26"/>
+      <c r="B74" s="15"/>
+      <c r="C74" s="15"/>
+      <c r="D74" s="15"/>
+      <c r="E74" s="15"/>
+      <c r="F74" s="15"/>
+      <c r="G74" s="15"/>
+      <c r="H74" s="15"/>
+      <c r="I74" s="15"/>
+      <c r="J74" s="15"/>
+      <c r="K74" s="15"/>
+      <c r="L74" s="15"/>
+      <c r="M74" s="15"/>
+      <c r="N74" s="15"/>
+      <c r="O74" s="15"/>
+      <c r="P74" s="16"/>
+      <c r="Q74" s="15"/>
+      <c r="R74" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="74" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="27" t="s">
+    <row r="75" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="27" t="s">
         <v>83</v>
       </c>
-      <c r="B74" s="28"/>
-[...19 lines deleted...]
-        <v>91</v>
+      <c r="B75" s="28"/>
+      <c r="C75" s="28"/>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="28"/>
+      <c r="G75" s="28"/>
+      <c r="H75" s="28"/>
+      <c r="I75" s="28"/>
+      <c r="J75" s="28"/>
+      <c r="K75" s="28"/>
+      <c r="L75" s="28"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="28"/>
+      <c r="P75" s="28"/>
+      <c r="Q75" s="28"/>
+      <c r="R75" s="28"/>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="R76" s="2" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A74:R74"/>
+    <mergeCell ref="A75:R75"/>
     <mergeCell ref="A62:R62"/>
     <mergeCell ref="A12:R12"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A50:R50"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="57" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>