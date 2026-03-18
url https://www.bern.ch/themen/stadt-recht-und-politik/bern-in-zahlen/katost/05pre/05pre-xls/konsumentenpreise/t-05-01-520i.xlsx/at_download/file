--- v0 (2026-02-25)
+++ v1 (2026-03-18)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A12FEAC8-433E-457B-B761-C59B923E5F45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E164AA0-1F71-41A6-9B14-9A66FC081F49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9D6FBEAC-877E-4815-B3E3-FB05DB25DD6B}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1939" sheetId="18" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1939'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5678" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5679" uniqueCount="21">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise seit 1939</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>T 05.01.520i</t>
   </si>
   <si>
     <t>Basis</t>
   </si>
   <si>
     <t>Dez
 2020 = 100</t>
   </si>
   <si>
     <t>Dez
 2015 = 100</t>
@@ -118,51 +118,51 @@
   </si>
   <si>
     <t>Aug
 1939 = 100</t>
   </si>
   <si>
     <t>Dez
 2025 = 100</t>
   </si>
   <si>
     <t>Jahres-
 durch-
 schnitt
 in %</t>
   </si>
   <si>
     <t>Die Datenqualität von März 2020 bis Mai 2021 ist aufgrund von Covid-19 beeinflusst. Seit Juni 2021 wird wieder die übliche Datenqualität erreicht.</t>
   </si>
   <si>
     <t>Veränderung
 in % gegen-
 über Vor-
 jahresmonat</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 13.2.2026)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 4.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yyyy"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -178,51 +178,51 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="6"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCD5B4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
@@ -231,61 +231,50 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...9 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -304,88 +293,88 @@
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="top"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00FF00"/>
       <color rgb="FFD9D9D9"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -752,190 +741,190 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F362ADAF-8AE6-46B3-B92A-43BAC1F16917}">
-  <dimension ref="A1:O1050"/>
+  <dimension ref="A1:O1051"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A1035" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.42578125" style="8" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" style="8" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" style="8" customWidth="1"/>
     <col min="4" max="4" width="2.28515625" style="8" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="1" customWidth="1"/>
     <col min="6" max="15" width="9.28515625" style="1" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:15" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
     </row>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="O5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="27"/>
-      <c r="B6" s="24" t="s">
+      <c r="A6" s="28"/>
+      <c r="B6" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="24" t="s">
+      <c r="C6" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="27"/>
-      <c r="E6" s="32" t="s">
+      <c r="D6" s="28"/>
+      <c r="E6" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="33"/>
-[...8 lines deleted...]
-      <c r="O6" s="33"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="24"/>
+      <c r="H6" s="24"/>
+      <c r="I6" s="24"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="24"/>
+      <c r="L6" s="24"/>
+      <c r="M6" s="24"/>
+      <c r="N6" s="24"/>
+      <c r="O6" s="24"/>
     </row>
     <row r="7" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="28"/>
-[...3 lines deleted...]
-      <c r="E7" s="24" t="s">
+      <c r="A7" s="29"/>
+      <c r="B7" s="26"/>
+      <c r="C7" s="26"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="F7" s="24" t="s">
+      <c r="F7" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="G7" s="24" t="s">
+      <c r="G7" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="24" t="s">
+      <c r="H7" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="I7" s="24" t="s">
+      <c r="I7" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="J7" s="24" t="s">
+      <c r="J7" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="K7" s="24" t="s">
+      <c r="K7" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="L7" s="24" t="s">
+      <c r="L7" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="M7" s="24" t="s">
+      <c r="M7" s="25" t="s">
         <v>13</v>
       </c>
-      <c r="N7" s="24" t="s">
+      <c r="N7" s="25" t="s">
         <v>14</v>
       </c>
-      <c r="O7" s="24" t="s">
+      <c r="O7" s="25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="28"/>
-[...13 lines deleted...]
-      <c r="O8" s="25"/>
+      <c r="A8" s="29"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
     </row>
     <row r="9" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="29"/>
-[...13 lines deleted...]
-      <c r="O9" s="26"/>
+      <c r="A9" s="30"/>
+      <c r="B9" s="27"/>
+      <c r="C9" s="27"/>
+      <c r="D9" s="30"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="10">
         <v>14458</v>
       </c>
       <c r="B10" s="12">
         <v>0.6</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="9"/>
       <c r="E10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>1</v>
       </c>
       <c r="I10" s="12" t="s">
@@ -47559,142 +47548,187 @@
         <v>104.9515</v>
       </c>
       <c r="I1046" s="13">
         <v>109.3466</v>
       </c>
       <c r="J1046" s="13">
         <v>115.07689999999999</v>
       </c>
       <c r="K1046" s="13">
         <v>122.0806</v>
       </c>
       <c r="L1046" s="13">
         <v>169.04300000000001</v>
       </c>
       <c r="M1046" s="13">
         <v>210.8</v>
       </c>
       <c r="N1046" s="13">
         <v>355.3</v>
       </c>
       <c r="O1046" s="13">
         <v>802.8</v>
       </c>
     </row>
     <row r="1047" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1047" s="21">
+      <c r="A1047" s="18">
         <v>46023</v>
       </c>
-      <c r="B1047" s="22">
+      <c r="B1047" s="19">
         <v>0.1</v>
       </c>
-      <c r="C1047" s="22" t="s">
-[...3 lines deleted...]
-      <c r="E1047" s="22">
+      <c r="C1047" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1047" s="20"/>
+      <c r="E1047" s="19">
         <v>99.941599999999994</v>
       </c>
-      <c r="F1047" s="22">
+      <c r="F1047" s="19">
         <v>106.8759</v>
       </c>
-      <c r="G1047" s="22">
+      <c r="G1047" s="19">
         <v>107.7948</v>
       </c>
-      <c r="H1047" s="22">
+      <c r="H1047" s="19">
         <v>104.8903</v>
       </c>
-      <c r="I1047" s="22">
+      <c r="I1047" s="19">
         <v>109.28270000000001</v>
       </c>
-      <c r="J1047" s="22">
+      <c r="J1047" s="19">
         <v>115.0097</v>
       </c>
-      <c r="K1047" s="22">
+      <c r="K1047" s="19">
         <v>122.0093</v>
       </c>
-      <c r="L1047" s="22">
+      <c r="L1047" s="19">
         <v>168.9442</v>
       </c>
-      <c r="M1047" s="22">
+      <c r="M1047" s="19">
         <v>210.6</v>
       </c>
-      <c r="N1047" s="22">
+      <c r="N1047" s="19">
         <v>355.1</v>
       </c>
-      <c r="O1047" s="22">
+      <c r="O1047" s="19">
         <v>802.3</v>
       </c>
     </row>
     <row r="1048" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="O1048" s="17" t="s">
+      <c r="A1048" s="31">
+        <v>46054</v>
+      </c>
+      <c r="B1048" s="32">
+        <v>0.1</v>
+      </c>
+      <c r="C1048" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1048" s="33"/>
+      <c r="E1048" s="32">
+        <v>100.57380000000001</v>
+      </c>
+      <c r="F1048" s="32">
+        <v>107.5519</v>
+      </c>
+      <c r="G1048" s="32">
+        <v>108.47669999999999</v>
+      </c>
+      <c r="H1048" s="32">
+        <v>105.5538</v>
+      </c>
+      <c r="I1048" s="32">
+        <v>109.974</v>
+      </c>
+      <c r="J1048" s="32">
+        <v>115.7372</v>
+      </c>
+      <c r="K1048" s="32">
+        <v>122.7811</v>
+      </c>
+      <c r="L1048" s="32">
+        <v>170.0129</v>
+      </c>
+      <c r="M1048" s="32">
+        <v>212</v>
+      </c>
+      <c r="N1048" s="32">
+        <v>357.4</v>
+      </c>
+      <c r="O1048" s="32">
+        <v>807.4</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="O1049" s="17" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1049" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1049" s="30" t="s">
+    <row r="1050" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1050" s="21" t="s">
         <v>18</v>
       </c>
-      <c r="B1049" s="30"/>
-[...15 lines deleted...]
-      <c r="O1050" s="2" t="s">
+      <c r="B1050" s="21"/>
+      <c r="C1050" s="21"/>
+      <c r="D1050" s="21"/>
+      <c r="E1050" s="22"/>
+      <c r="F1050" s="22"/>
+      <c r="G1050" s="22"/>
+      <c r="H1050" s="22"/>
+      <c r="I1050" s="22"/>
+      <c r="J1050" s="22"/>
+      <c r="K1050" s="22"/>
+      <c r="L1050" s="22"/>
+      <c r="M1050" s="22"/>
+      <c r="N1050" s="22"/>
+      <c r="O1050" s="22"/>
+    </row>
+    <row r="1051" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="O1051" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
-    <mergeCell ref="A1049:O1049"/>
+    <mergeCell ref="D6:D9"/>
+    <mergeCell ref="A1050:O1050"/>
     <mergeCell ref="E6:O6"/>
     <mergeCell ref="E7:E9"/>
     <mergeCell ref="F7:F9"/>
     <mergeCell ref="G7:G9"/>
     <mergeCell ref="H7:H9"/>
     <mergeCell ref="I7:I9"/>
     <mergeCell ref="J7:J9"/>
     <mergeCell ref="K7:K9"/>
     <mergeCell ref="L7:L9"/>
     <mergeCell ref="M7:M9"/>
     <mergeCell ref="N7:N9"/>
     <mergeCell ref="O7:O9"/>
     <mergeCell ref="A6:A9"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="C6:C9"/>
-    <mergeCell ref="D6:D9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">