--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr codeName="DieseArbeitsmappe" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DE930B2-756E-44F6-AFA2-2D74EE60F5B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10AEDB4E-D1B1-47ED-805E-2EA746829919}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1939" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1939'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -129,51 +129,51 @@
   <si>
     <t>1977 = 100</t>
   </si>
   <si>
     <t>1966 = 100</t>
   </si>
   <si>
     <t>1939 = 100</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>T 05.01.520i</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise seit 1939</t>
   </si>
   <si>
     <t>2020 = 100</t>
   </si>
   <si>
     <t>Die Datenqualität von März 2020 bis Mai 2021 ist aufgrund von Covid-19 beeinflusst. Seit Juni 2021 wird wieder die übliche Datenqualität erreicht.</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 2.10.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -44372,65 +44372,87 @@
         <v>109.8702</v>
       </c>
       <c r="I1043" s="19">
         <v>115.628</v>
       </c>
       <c r="J1043" s="19">
         <v>122.6653</v>
       </c>
       <c r="K1043" s="19">
         <v>169.85249999999999</v>
       </c>
       <c r="L1043" s="19">
         <v>211.8</v>
       </c>
       <c r="M1043" s="19">
         <v>357</v>
       </c>
       <c r="N1043" s="19">
         <v>806.6</v>
       </c>
     </row>
     <row r="1044" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1044" s="14">
         <v>45931</v>
       </c>
-      <c r="B1044" s="25"/>
+      <c r="B1044" s="25">
+        <v>0.1</v>
+      </c>
       <c r="C1044" s="16" t="s">
         <v>25</v>
       </c>
       <c r="D1044" s="17"/>
-      <c r="E1044" s="15"/>
-[...8 lines deleted...]
-      <c r="N1044" s="15"/>
+      <c r="E1044" s="15">
+        <v>107.1768</v>
+      </c>
+      <c r="F1044" s="15">
+        <v>108.09829999999999</v>
+      </c>
+      <c r="G1044" s="15">
+        <v>105.1855</v>
+      </c>
+      <c r="H1044" s="15">
+        <v>109.5904</v>
+      </c>
+      <c r="I1044" s="15">
+        <v>115.3335</v>
+      </c>
+      <c r="J1044" s="15">
+        <v>122.3528</v>
+      </c>
+      <c r="K1044" s="15">
+        <v>169.41990000000001</v>
+      </c>
+      <c r="L1044" s="15">
+        <v>211.2</v>
+      </c>
+      <c r="M1044" s="15">
+        <v>356.1</v>
+      </c>
+      <c r="N1044" s="15">
+        <v>804.6</v>
+      </c>
     </row>
     <row r="1045" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1045" s="18">
         <v>45962</v>
       </c>
       <c r="B1045" s="26"/>
       <c r="C1045" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D1045" s="20"/>
       <c r="E1045" s="19"/>
       <c r="F1045" s="19"/>
       <c r="G1045" s="19"/>
       <c r="H1045" s="19"/>
       <c r="I1045" s="19"/>
       <c r="J1045" s="19"/>
       <c r="K1045" s="19"/>
       <c r="L1045" s="19"/>
       <c r="M1045" s="19"/>
       <c r="N1045" s="19"/>
     </row>
     <row r="1046" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1046" s="37">
         <v>45992</v>
       </c>