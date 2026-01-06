--- v1 (2025-11-23)
+++ v2 (2026-01-06)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{10AEDB4E-D1B1-47ED-805E-2EA746829919}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{527118F0-8CD5-4280-AC12-7159842F002B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1939" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1939'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -129,51 +129,51 @@
   <si>
     <t>1977 = 100</t>
   </si>
   <si>
     <t>1966 = 100</t>
   </si>
   <si>
     <t>1939 = 100</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>T 05.01.520i</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise seit 1939</t>
   </si>
   <si>
     <t>2020 = 100</t>
   </si>
   <si>
     <t>Die Datenqualität von März 2020 bis Mai 2021 ist aufgrund von Covid-19 beeinflusst. Seit Juni 2021 wird wieder die übliche Datenqualität erreicht.</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.11.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -44414,65 +44414,87 @@
         <v>109.5904</v>
       </c>
       <c r="I1044" s="15">
         <v>115.3335</v>
       </c>
       <c r="J1044" s="15">
         <v>122.3528</v>
       </c>
       <c r="K1044" s="15">
         <v>169.41990000000001</v>
       </c>
       <c r="L1044" s="15">
         <v>211.2</v>
       </c>
       <c r="M1044" s="15">
         <v>356.1</v>
       </c>
       <c r="N1044" s="15">
         <v>804.6</v>
       </c>
     </row>
     <row r="1045" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1045" s="18">
         <v>45962</v>
       </c>
-      <c r="B1045" s="26"/>
+      <c r="B1045" s="26">
+        <v>0</v>
+      </c>
       <c r="C1045" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D1045" s="20"/>
-      <c r="E1045" s="19"/>
-[...8 lines deleted...]
-      <c r="N1045" s="19"/>
+      <c r="E1045" s="19">
+        <v>106.9522</v>
+      </c>
+      <c r="F1045" s="19">
+        <v>107.87179999999999</v>
+      </c>
+      <c r="G1045" s="19">
+        <v>104.9652</v>
+      </c>
+      <c r="H1045" s="19">
+        <v>109.3608</v>
+      </c>
+      <c r="I1045" s="19">
+        <v>115.0919</v>
+      </c>
+      <c r="J1045" s="19">
+        <v>122.09650000000001</v>
+      </c>
+      <c r="K1045" s="19">
+        <v>169.06489999999999</v>
+      </c>
+      <c r="L1045" s="19">
+        <v>210.8</v>
+      </c>
+      <c r="M1045" s="19">
+        <v>355.4</v>
+      </c>
+      <c r="N1045" s="19">
+        <v>802.9</v>
+      </c>
     </row>
     <row r="1046" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1046" s="37">
         <v>45992</v>
       </c>
       <c r="B1046" s="38"/>
       <c r="C1046" s="38"/>
       <c r="D1046" s="39"/>
       <c r="E1046" s="40"/>
       <c r="F1046" s="40"/>
       <c r="G1046" s="40"/>
       <c r="H1046" s="40"/>
       <c r="I1046" s="40"/>
       <c r="J1046" s="40"/>
       <c r="K1046" s="40"/>
       <c r="L1046" s="40"/>
       <c r="M1046" s="40"/>
       <c r="N1046" s="40"/>
     </row>
     <row r="1047" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1047" s="6"/>
       <c r="F1047" s="6"/>
       <c r="N1047" s="6" t="s">
         <v>0</v>
       </c>