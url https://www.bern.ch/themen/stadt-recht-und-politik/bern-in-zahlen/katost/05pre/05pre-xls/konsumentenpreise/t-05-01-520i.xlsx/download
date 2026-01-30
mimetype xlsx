--- v2 (2026-01-06)
+++ v3 (2026-01-30)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{527118F0-8CD5-4280-AC12-7159842F002B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E6E661B-627E-43DE-9F60-12E02DBA8359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1939" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1939'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -129,51 +129,51 @@
   <si>
     <t>1977 = 100</t>
   </si>
   <si>
     <t>1966 = 100</t>
   </si>
   <si>
     <t>1939 = 100</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>T 05.01.520i</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise seit 1939</t>
   </si>
   <si>
     <t>2020 = 100</t>
   </si>
   <si>
     <t>Die Datenqualität von März 2020 bis Mai 2021 ist aufgrund von Covid-19 beeinflusst. Seit Juni 2021 wird wieder die übliche Datenqualität erreicht.</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.12.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/yyyy"/>
     <numFmt numFmtId="165" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -44456,63 +44456,87 @@
         <v>109.3608</v>
       </c>
       <c r="I1045" s="19">
         <v>115.0919</v>
       </c>
       <c r="J1045" s="19">
         <v>122.09650000000001</v>
       </c>
       <c r="K1045" s="19">
         <v>169.06489999999999</v>
       </c>
       <c r="L1045" s="19">
         <v>210.8</v>
       </c>
       <c r="M1045" s="19">
         <v>355.4</v>
       </c>
       <c r="N1045" s="19">
         <v>802.9</v>
       </c>
     </row>
     <row r="1046" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1046" s="37">
         <v>45992</v>
       </c>
-      <c r="B1046" s="38"/>
-      <c r="C1046" s="38"/>
+      <c r="B1046" s="38">
+        <v>0.1</v>
+      </c>
+      <c r="C1046" s="38">
+        <v>0.2</v>
+      </c>
       <c r="D1046" s="39"/>
-      <c r="E1046" s="40"/>
-[...8 lines deleted...]
-      <c r="N1046" s="40"/>
+      <c r="E1046" s="40">
+        <v>106.9383</v>
+      </c>
+      <c r="F1046" s="40">
+        <v>107.8578</v>
+      </c>
+      <c r="G1046" s="40">
+        <v>104.9515</v>
+      </c>
+      <c r="H1046" s="40">
+        <v>109.3466</v>
+      </c>
+      <c r="I1046" s="40">
+        <v>115.07689999999999</v>
+      </c>
+      <c r="J1046" s="40">
+        <v>122.0806</v>
+      </c>
+      <c r="K1046" s="40">
+        <v>169.04300000000001</v>
+      </c>
+      <c r="L1046" s="40">
+        <v>210.8</v>
+      </c>
+      <c r="M1046" s="40">
+        <v>355.3</v>
+      </c>
+      <c r="N1046" s="40">
+        <v>802.8</v>
+      </c>
     </row>
     <row r="1047" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1047" s="6"/>
       <c r="F1047" s="6"/>
       <c r="N1047" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="1048" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1048" s="45" t="s">
         <v>29</v>
       </c>
       <c r="E1048" s="6"/>
       <c r="F1048" s="6"/>
       <c r="N1048" s="6"/>
     </row>
     <row r="1049" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1049" s="5"/>
       <c r="F1049" s="5"/>
       <c r="N1049" s="5" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>