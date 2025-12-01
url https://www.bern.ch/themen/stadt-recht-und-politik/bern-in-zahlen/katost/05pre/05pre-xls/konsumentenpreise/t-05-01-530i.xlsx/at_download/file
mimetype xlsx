--- v0 (2025-11-02)
+++ v1 (2025-12-01)
@@ -20,94 +20,94 @@
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA27BDBB-8D26-40D3-9F41-5359E893B223}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA7887EE-C58B-45A2-B43A-BD6BA70F267D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="19" r:id="rId1"/>
     <sheet name="2024" sheetId="18" r:id="rId2"/>
     <sheet name="2023" sheetId="17" r:id="rId3"/>
     <sheet name="2022" sheetId="16" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="76">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
@@ -281,60 +281,60 @@
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>Aug 2025/</t>
+    <t>Sep 2025/</t>
   </si>
   <si>
-    <t>September</t>
+    <t>Oktober</t>
   </si>
   <si>
-    <t>Sep 2025</t>
+    <t>Okt 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 2.10.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1480,637 +1480,637 @@
       </c>
       <c r="E12" s="17">
         <v>105.3013</v>
       </c>
       <c r="F12" s="17">
         <v>105.1717</v>
       </c>
       <c r="G12" s="17">
         <v>105.0677</v>
       </c>
       <c r="H12" s="17">
         <v>106.6632</v>
       </c>
       <c r="I12" s="17">
         <v>107.3158</v>
       </c>
       <c r="J12" s="17">
         <v>107.6241</v>
       </c>
       <c r="K12" s="17">
         <v>107.33410000000001</v>
       </c>
       <c r="L12" s="17">
         <v>106.9572</v>
       </c>
-      <c r="M12" s="17" t="s">
-        <v>70</v>
+      <c r="M12" s="17">
+        <v>106.45699999999999</v>
       </c>
       <c r="N12" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O12" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P12" s="17"/>
       <c r="Q12" s="37">
-        <v>-0.35114656013327189</v>
+        <v>-0.46766370099442267</v>
       </c>
       <c r="R12" s="33">
-        <v>-0.75926346897021457</v>
+        <v>-0.54744355072261863</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="18">
         <v>2.548</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17">
         <v>105.2186</v>
       </c>
       <c r="E13" s="17">
         <v>105.27460000000001</v>
       </c>
       <c r="F13" s="17">
         <v>104.9864</v>
       </c>
       <c r="G13" s="17">
         <v>105.7238</v>
       </c>
       <c r="H13" s="17">
         <v>105.8706</v>
       </c>
       <c r="I13" s="17">
         <v>106.2771</v>
       </c>
       <c r="J13" s="17">
         <v>106.3379</v>
       </c>
       <c r="K13" s="17">
         <v>106.30159999999999</v>
       </c>
       <c r="L13" s="17">
         <v>106.2492</v>
       </c>
-      <c r="M13" s="17" t="s">
-        <v>70</v>
+      <c r="M13" s="17">
+        <v>106.245</v>
       </c>
       <c r="N13" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O13" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P13" s="17"/>
       <c r="Q13" s="37">
-        <v>-4.9293707714645467E-2</v>
+        <v>-3.9529709400139643E-3</v>
       </c>
       <c r="R13" s="33">
-        <v>0.76267248328513326</v>
+        <v>1.2343067529557052</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18">
         <v>2.601</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17">
         <v>96.620400000000004</v>
       </c>
       <c r="E14" s="17">
         <v>99.733099999999993</v>
       </c>
       <c r="F14" s="17">
         <v>103.3653</v>
       </c>
       <c r="G14" s="17">
         <v>104.4233</v>
       </c>
       <c r="H14" s="17">
         <v>104.70959999999999</v>
       </c>
       <c r="I14" s="17">
         <v>103.348</v>
       </c>
       <c r="J14" s="17">
         <v>96.017200000000003</v>
       </c>
       <c r="K14" s="17">
         <v>100.3597</v>
       </c>
       <c r="L14" s="17">
         <v>101.94970000000001</v>
       </c>
-      <c r="M14" s="17" t="s">
-        <v>70</v>
+      <c r="M14" s="17">
+        <v>103.79049999999999</v>
       </c>
       <c r="N14" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O14" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P14" s="17"/>
       <c r="Q14" s="37">
-        <v>1.5843012683377924</v>
+        <v>1.8055962891504214</v>
       </c>
       <c r="R14" s="33">
-        <v>-0.14662182147984779</v>
+        <v>-0.35694296304901818</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="18">
         <v>27</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="17">
         <v>113.3944</v>
       </c>
       <c r="E15" s="17">
         <v>113.92189999999999</v>
       </c>
       <c r="F15" s="17">
         <v>113.9074</v>
       </c>
       <c r="G15" s="17">
         <v>113.9081</v>
       </c>
       <c r="H15" s="17">
         <v>114.217</v>
       </c>
       <c r="I15" s="17">
         <v>114.19889999999999</v>
       </c>
       <c r="J15" s="17">
         <v>114.2144</v>
       </c>
       <c r="K15" s="17">
         <v>114.3502</v>
       </c>
       <c r="L15" s="17">
         <v>114.3663</v>
       </c>
-      <c r="M15" s="17" t="s">
-        <v>70</v>
+      <c r="M15" s="17">
+        <v>114.45</v>
       </c>
       <c r="N15" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O15" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P15" s="17"/>
       <c r="Q15" s="37">
-        <v>1.4079555610741784E-2</v>
+        <v>7.3185894795938525E-2</v>
       </c>
       <c r="R15" s="33">
-        <v>0.69955746056679502</v>
+        <v>0.75631058473874047</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="18">
         <v>3.113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17">
         <v>105.3533</v>
       </c>
       <c r="E16" s="17">
         <v>105.6841</v>
       </c>
       <c r="F16" s="17">
         <v>105.50279999999999</v>
       </c>
       <c r="G16" s="17">
         <v>106.1712</v>
       </c>
       <c r="H16" s="17">
         <v>105.4605</v>
       </c>
       <c r="I16" s="17">
         <v>105.6435</v>
       </c>
       <c r="J16" s="17">
         <v>105.18899999999999</v>
       </c>
       <c r="K16" s="17">
         <v>104.4235</v>
       </c>
       <c r="L16" s="17">
         <v>104.2711</v>
       </c>
-      <c r="M16" s="17" t="s">
-        <v>70</v>
+      <c r="M16" s="17">
+        <v>103.7653</v>
       </c>
       <c r="N16" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O16" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P16" s="17"/>
       <c r="Q16" s="37">
-        <v>-0.14594416007890954</v>
+        <v>-0.48508167651440121</v>
       </c>
       <c r="R16" s="33">
-        <v>-0.50467557251907735</v>
+        <v>-1.7713574380067512</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="18">
         <v>15.637</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17">
         <v>98.198400000000007</v>
       </c>
       <c r="E17" s="17">
         <v>98.265100000000004</v>
       </c>
       <c r="F17" s="17">
         <v>98.271000000000001</v>
       </c>
       <c r="G17" s="17">
         <v>98.308700000000002</v>
       </c>
       <c r="H17" s="17">
         <v>98.407200000000003</v>
       </c>
       <c r="I17" s="17">
         <v>98.321700000000007</v>
       </c>
       <c r="J17" s="17">
         <v>98.367999999999995</v>
       </c>
       <c r="K17" s="17">
         <v>98.307100000000005</v>
       </c>
       <c r="L17" s="17">
         <v>98.2654</v>
       </c>
-      <c r="M17" s="17" t="s">
-        <v>70</v>
+      <c r="M17" s="17">
+        <v>98.130899999999997</v>
       </c>
       <c r="N17" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O17" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P17" s="17"/>
       <c r="Q17" s="37">
-        <v>-4.2418095946280425E-2</v>
+        <v>-0.13687422022400839</v>
       </c>
       <c r="R17" s="33">
-        <v>-2.7672479922184839E-2</v>
+        <v>-0.10719062830199023</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="18">
         <v>11.252000000000001</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17">
         <v>110.5089</v>
       </c>
       <c r="E18" s="17">
         <v>111.95869999999999</v>
       </c>
       <c r="F18" s="17">
         <v>111.60890000000001</v>
       </c>
       <c r="G18" s="17">
         <v>111.7296</v>
       </c>
       <c r="H18" s="17">
         <v>110.80889999999999</v>
       </c>
       <c r="I18" s="17">
         <v>110.4605</v>
       </c>
       <c r="J18" s="17">
         <v>111.0108</v>
       </c>
       <c r="K18" s="17">
         <v>109.6233</v>
       </c>
       <c r="L18" s="17">
         <v>109.0398</v>
       </c>
-      <c r="M18" s="17" t="s">
-        <v>70</v>
+      <c r="M18" s="17">
+        <v>108.4525</v>
       </c>
       <c r="N18" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O18" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P18" s="17"/>
       <c r="Q18" s="37">
-        <v>-0.53227735344584659</v>
+        <v>-0.53861067243336747</v>
       </c>
       <c r="R18" s="33">
-        <v>-1.5182332497597537</v>
+        <v>-1.7392076439607496</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18">
         <v>2.5920000000000001</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17">
         <v>97.987200000000001</v>
       </c>
       <c r="E19" s="17">
         <v>98.174300000000002</v>
       </c>
       <c r="F19" s="17">
         <v>98.37</v>
       </c>
       <c r="G19" s="17">
         <v>98.532799999999995</v>
       </c>
       <c r="H19" s="17">
         <v>98.409499999999994</v>
       </c>
       <c r="I19" s="17">
         <v>98.258700000000005</v>
       </c>
       <c r="J19" s="17">
         <v>98.297300000000007</v>
       </c>
       <c r="K19" s="17">
         <v>98.343299999999999</v>
       </c>
       <c r="L19" s="17">
         <v>97.742800000000003</v>
       </c>
-      <c r="M19" s="17" t="s">
-        <v>70</v>
+      <c r="M19" s="17">
+        <v>97.726299999999995</v>
       </c>
       <c r="N19" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O19" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P19" s="17"/>
       <c r="Q19" s="37">
-        <v>-0.61061607654003547</v>
+        <v>-1.6881038807981488E-2</v>
       </c>
       <c r="R19" s="33">
-        <v>-3.6830000900203077E-3</v>
+        <v>-2.1177120525443283E-2</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="18">
         <v>8.875</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17">
         <v>105.9165</v>
       </c>
       <c r="E20" s="17">
         <v>107.5795</v>
       </c>
       <c r="F20" s="17">
         <v>109.12050000000001</v>
       </c>
       <c r="G20" s="17">
         <v>108.7453</v>
       </c>
       <c r="H20" s="17">
         <v>109.57080000000001</v>
       </c>
       <c r="I20" s="17">
         <v>111.1234</v>
       </c>
       <c r="J20" s="17">
         <v>110.2848</v>
       </c>
       <c r="K20" s="17">
         <v>109.8956</v>
       </c>
       <c r="L20" s="17">
         <v>109.8296</v>
       </c>
-      <c r="M20" s="17" t="s">
-        <v>70</v>
+      <c r="M20" s="17">
+        <v>108.13500000000001</v>
       </c>
       <c r="N20" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O20" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P20" s="17"/>
       <c r="Q20" s="37">
-        <v>-6.0056999552304639E-2</v>
+        <v>-1.542935602059913</v>
       </c>
       <c r="R20" s="33">
-        <v>1.9452558572556953</v>
+        <v>0.68642001977694267</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="18">
         <v>0.78900000000000003</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17">
         <v>103.6207</v>
       </c>
       <c r="E21" s="17">
         <v>103.6207</v>
       </c>
       <c r="F21" s="17">
         <v>103.6207</v>
       </c>
       <c r="G21" s="17">
         <v>103.6207</v>
       </c>
       <c r="H21" s="17">
         <v>103.6207</v>
       </c>
       <c r="I21" s="17">
         <v>103.6207</v>
       </c>
       <c r="J21" s="17">
         <v>103.6207</v>
       </c>
       <c r="K21" s="17">
         <v>106.3091</v>
       </c>
       <c r="L21" s="17">
         <v>106.3091</v>
       </c>
-      <c r="M21" s="17" t="s">
-        <v>70</v>
+      <c r="M21" s="17">
+        <v>106.3091</v>
       </c>
       <c r="N21" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O21" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P21" s="17"/>
       <c r="Q21" s="37">
         <v>0</v>
       </c>
       <c r="R21" s="33">
         <v>2.5944623033814684</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="18">
         <v>9.4700000000000006</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17">
         <v>111.4068</v>
       </c>
       <c r="E22" s="17">
         <v>111.95310000000001</v>
       </c>
       <c r="F22" s="17">
         <v>110.74550000000001</v>
       </c>
       <c r="G22" s="17">
         <v>109.9905</v>
       </c>
       <c r="H22" s="17">
         <v>109.5665</v>
       </c>
       <c r="I22" s="17">
         <v>110.4991</v>
       </c>
       <c r="J22" s="17">
         <v>111.97020000000001</v>
       </c>
       <c r="K22" s="17">
         <v>111.79349999999999</v>
       </c>
       <c r="L22" s="17">
         <v>110.4958</v>
       </c>
-      <c r="M22" s="17" t="s">
-        <v>70</v>
+      <c r="M22" s="17">
+        <v>109.961</v>
       </c>
       <c r="N22" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O22" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P22" s="17"/>
       <c r="Q22" s="37">
-        <v>-1.1608009410207141</v>
+        <v>-0.4840002968438657</v>
       </c>
       <c r="R22" s="33">
-        <v>1.2729717368929065</v>
+        <v>1.2533160711934295</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="18">
         <v>5.7569999999999997</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17">
         <v>105.2075</v>
       </c>
       <c r="E23" s="17">
         <v>105.13330000000001</v>
       </c>
       <c r="F23" s="17">
         <v>104.9738</v>
       </c>
       <c r="G23" s="17">
         <v>105.48350000000001</v>
       </c>
       <c r="H23" s="17">
         <v>104.9038</v>
       </c>
       <c r="I23" s="17">
         <v>104.59650000000001</v>
       </c>
       <c r="J23" s="17">
         <v>104.6163</v>
       </c>
       <c r="K23" s="17">
         <v>104.752</v>
       </c>
       <c r="L23" s="17">
         <v>104.3419</v>
       </c>
-      <c r="M23" s="17" t="s">
-        <v>70</v>
+      <c r="M23" s="17">
+        <v>104.559</v>
       </c>
       <c r="N23" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O23" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P23" s="17"/>
       <c r="Q23" s="37">
-        <v>-0.39149610508629901</v>
+        <v>0.20806598308062443</v>
       </c>
       <c r="R23" s="33">
-        <v>-0.44519289943086648</v>
+        <v>1.463502822264404E-2</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="36"/>
       <c r="R24" s="33"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2126,377 +2126,377 @@
       </c>
       <c r="E25" s="17">
         <v>107.27889999999999</v>
       </c>
       <c r="F25" s="17">
         <v>107.379</v>
       </c>
       <c r="G25" s="17">
         <v>107.5716</v>
       </c>
       <c r="H25" s="17">
         <v>107.7774</v>
       </c>
       <c r="I25" s="17">
         <v>107.685</v>
       </c>
       <c r="J25" s="17">
         <v>107.2557</v>
       </c>
       <c r="K25" s="17">
         <v>107.297</v>
       </c>
       <c r="L25" s="17">
         <v>107.2029</v>
       </c>
-      <c r="M25" s="17" t="s">
-        <v>70</v>
+      <c r="M25" s="17">
+        <v>107.0351</v>
       </c>
       <c r="N25" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O25" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P25" s="17"/>
       <c r="Q25" s="36">
-        <v>-8.770049488801869E-2</v>
+        <v>-0.1565256163779149</v>
       </c>
       <c r="R25" s="33">
-        <v>-1.5852425922406812</v>
+        <v>-1.5797250836987666</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="18">
         <v>24.969000000000001</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17">
         <v>109.7313</v>
       </c>
       <c r="E26" s="17">
         <v>109.72410000000001</v>
       </c>
       <c r="F26" s="17">
         <v>109.47969999999999</v>
       </c>
       <c r="G26" s="17">
         <v>109.6484</v>
       </c>
       <c r="H26" s="17">
         <v>110.1212</v>
       </c>
       <c r="I26" s="17">
         <v>110.1512</v>
       </c>
       <c r="J26" s="17">
         <v>110.5565</v>
       </c>
       <c r="K26" s="17">
         <v>110.1305</v>
       </c>
       <c r="L26" s="17">
         <v>109.79219999999999</v>
       </c>
-      <c r="M26" s="17" t="s">
-        <v>70</v>
+      <c r="M26" s="17">
+        <v>109.50279999999999</v>
       </c>
       <c r="N26" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O26" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P26" s="17"/>
       <c r="Q26" s="36">
-        <v>-0.30718102614625725</v>
+        <v>-0.26358885239570806</v>
       </c>
       <c r="R26" s="33">
-        <v>-1.9636346751935208</v>
+        <v>-1.5702514253971118</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="18">
         <v>4.9569999999999999</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17">
         <v>100.6656</v>
       </c>
       <c r="E27" s="17">
         <v>102.3322</v>
       </c>
       <c r="F27" s="17">
         <v>104.053</v>
       </c>
       <c r="G27" s="17">
         <v>104.6765</v>
       </c>
       <c r="H27" s="17">
         <v>104.3762</v>
       </c>
       <c r="I27" s="17">
         <v>104.0616</v>
       </c>
       <c r="J27" s="17">
         <v>99.602000000000004</v>
       </c>
       <c r="K27" s="17">
         <v>102.36360000000001</v>
       </c>
       <c r="L27" s="17">
         <v>103.0772</v>
       </c>
-      <c r="M27" s="17" t="s">
-        <v>70</v>
+      <c r="M27" s="17">
+        <v>103.85339999999999</v>
       </c>
       <c r="N27" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O27" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P27" s="17"/>
       <c r="Q27" s="36">
-        <v>0.69712280537222171</v>
+        <v>0.75302782768642207</v>
       </c>
       <c r="R27" s="33">
-        <v>-0.32278964520215114</v>
+        <v>-0.77457313443674691</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="18">
         <v>8.15</v>
       </c>
       <c r="C28" s="17"/>
       <c r="D28" s="17">
         <v>102.9893</v>
       </c>
       <c r="E28" s="17">
         <v>103.0902</v>
       </c>
       <c r="F28" s="17">
         <v>103.2046</v>
       </c>
       <c r="G28" s="17">
         <v>103.20650000000001</v>
       </c>
       <c r="H28" s="17">
         <v>102.9495</v>
       </c>
       <c r="I28" s="17">
         <v>102.6392</v>
       </c>
       <c r="J28" s="17">
         <v>102.2377</v>
       </c>
       <c r="K28" s="17">
         <v>101.9845</v>
       </c>
       <c r="L28" s="17">
         <v>102.1065</v>
       </c>
-      <c r="M28" s="17" t="s">
-        <v>70</v>
+      <c r="M28" s="17">
+        <v>101.72</v>
       </c>
       <c r="N28" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O28" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P28" s="17"/>
       <c r="Q28" s="36">
-        <v>0.11962602160132166</v>
+        <v>-0.37852634259327084</v>
       </c>
       <c r="R28" s="33">
-        <v>-1.2784640254938648</v>
+        <v>-2.1327404083446972</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18">
         <v>61.923999999999999</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17">
         <v>106.2801</v>
       </c>
       <c r="E29" s="17">
         <v>107.0899</v>
       </c>
       <c r="F29" s="17">
         <v>107.113</v>
       </c>
       <c r="G29" s="17">
         <v>107.0111</v>
       </c>
       <c r="H29" s="17">
         <v>107.1253</v>
       </c>
       <c r="I29" s="17">
         <v>107.49120000000001</v>
       </c>
       <c r="J29" s="17">
         <v>107.68259999999999</v>
       </c>
       <c r="K29" s="17">
         <v>107.52</v>
       </c>
       <c r="L29" s="17">
         <v>107.1979</v>
       </c>
-      <c r="M29" s="17" t="s">
-        <v>70</v>
+      <c r="M29" s="17">
+        <v>106.86150000000001</v>
       </c>
       <c r="N29" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O29" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P29" s="17"/>
       <c r="Q29" s="36">
-        <v>-0.29957217261904001</v>
+        <v>-0.31381211758812211</v>
       </c>
       <c r="R29" s="33">
-        <v>1.3623671602190399</v>
+        <v>1.1492000749663522</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="18">
         <v>51.201000000000001</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17">
         <v>107.2572</v>
       </c>
       <c r="E30" s="17">
         <v>108.2157</v>
       </c>
       <c r="F30" s="17">
         <v>108.2268</v>
       </c>
       <c r="G30" s="17">
         <v>108.1014</v>
       </c>
       <c r="H30" s="17">
         <v>108.2042</v>
       </c>
       <c r="I30" s="17">
         <v>108.6305</v>
       </c>
       <c r="J30" s="17">
         <v>108.8629</v>
       </c>
       <c r="K30" s="17">
         <v>108.67100000000001</v>
       </c>
       <c r="L30" s="17">
         <v>108.2709</v>
       </c>
-      <c r="M30" s="17" t="s">
-        <v>70</v>
+      <c r="M30" s="17">
+        <v>107.85590000000001</v>
       </c>
       <c r="N30" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O30" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P30" s="17"/>
       <c r="Q30" s="36">
-        <v>-0.3681755022039081</v>
+        <v>-0.38329782055934886</v>
       </c>
       <c r="R30" s="33">
-        <v>1.553825331123496</v>
+        <v>1.2915967791316072</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="18">
         <v>10.723000000000001</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17">
         <v>101.989</v>
       </c>
       <c r="E31" s="17">
         <v>102.1216</v>
       </c>
       <c r="F31" s="17">
         <v>102.1999</v>
       </c>
       <c r="G31" s="17">
         <v>102.2045</v>
       </c>
       <c r="H31" s="17">
         <v>102.3711</v>
       </c>
       <c r="I31" s="17">
         <v>102.4623</v>
       </c>
       <c r="J31" s="17">
         <v>102.4666</v>
       </c>
       <c r="K31" s="17">
         <v>102.4375</v>
       </c>
       <c r="L31" s="17">
         <v>102.47069999999999</v>
       </c>
-      <c r="M31" s="17" t="s">
-        <v>70</v>
+      <c r="M31" s="17">
+        <v>102.4922</v>
       </c>
       <c r="N31" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O31" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P31" s="17"/>
       <c r="Q31" s="36">
-        <v>3.2410006101275098E-2</v>
+        <v>2.0981607425345182E-2</v>
       </c>
       <c r="R31" s="33">
-        <v>0.45802349919364643</v>
+        <v>0.48432227235382563</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="17"/>
       <c r="Q32" s="36"/>
       <c r="R32" s="33"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2512,208 +2512,208 @@
       </c>
       <c r="E33" s="17">
         <v>107.3117</v>
       </c>
       <c r="F33" s="17">
         <v>107.23</v>
       </c>
       <c r="G33" s="17">
         <v>107.1527</v>
       </c>
       <c r="H33" s="17">
         <v>107.32989999999999</v>
       </c>
       <c r="I33" s="17">
         <v>107.5667</v>
       </c>
       <c r="J33" s="17">
         <v>107.7881</v>
       </c>
       <c r="K33" s="17">
         <v>107.6935</v>
       </c>
       <c r="L33" s="17">
         <v>107.4181</v>
       </c>
-      <c r="M33" s="17" t="s">
-        <v>70</v>
+      <c r="M33" s="17">
+        <v>107.2092</v>
       </c>
       <c r="N33" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O33" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P33" s="17"/>
       <c r="Q33" s="36">
-        <v>-0.25572574017930955</v>
+        <v>-0.19447374325183547</v>
       </c>
       <c r="R33" s="33">
-        <v>0.57516680118123142</v>
+        <v>0.50557842465400005</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="18">
         <v>22.917000000000002</v>
       </c>
       <c r="C34" s="17"/>
       <c r="D34" s="17">
         <v>106.50279999999999</v>
       </c>
       <c r="E34" s="17">
         <v>107.4729</v>
       </c>
       <c r="F34" s="17">
         <v>107.9778</v>
       </c>
       <c r="G34" s="17">
         <v>108.2778</v>
       </c>
       <c r="H34" s="17">
         <v>108.3317</v>
       </c>
       <c r="I34" s="17">
         <v>108.38039999999999</v>
       </c>
       <c r="J34" s="17">
         <v>107.4462</v>
       </c>
       <c r="K34" s="17">
         <v>107.389</v>
       </c>
       <c r="L34" s="17">
         <v>107.2838</v>
       </c>
-      <c r="M34" s="17" t="s">
-        <v>70</v>
+      <c r="M34" s="17">
+        <v>106.79170000000001</v>
       </c>
       <c r="N34" s="17" t="s">
         <v>70</v>
       </c>
       <c r="O34" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P34" s="17"/>
       <c r="Q34" s="36">
-        <v>-9.7961616180424815E-2</v>
+        <v>-0.45868994200428542</v>
       </c>
       <c r="R34" s="33">
-        <v>-0.93173322695507033</v>
+        <v>-1.2576755470777601</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="30">
         <v>100</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29">
         <v>106.8138</v>
       </c>
       <c r="E35" s="29">
         <v>107.4115</v>
       </c>
       <c r="F35" s="29">
         <v>107.4637</v>
       </c>
       <c r="G35" s="29">
         <v>107.4725</v>
       </c>
       <c r="H35" s="29">
         <v>107.6215</v>
       </c>
       <c r="I35" s="29">
         <v>107.8156</v>
       </c>
       <c r="J35" s="29">
         <v>107.7734</v>
       </c>
       <c r="K35" s="29">
         <v>107.68729999999999</v>
       </c>
       <c r="L35" s="29">
         <v>107.4504</v>
       </c>
-      <c r="M35" s="29" t="s">
-        <v>70</v>
+      <c r="M35" s="29">
+        <v>107.1768</v>
       </c>
       <c r="N35" s="29" t="s">
         <v>70</v>
       </c>
       <c r="O35" s="29" t="s">
         <v>70</v>
       </c>
       <c r="P35" s="29"/>
       <c r="Q35" s="35">
-        <v>-0.2199888009078057</v>
+        <v>-0.25462911259520843</v>
       </c>
       <c r="R35" s="34">
-        <v>0.22441978251988212</v>
+        <v>9.5914885112271489E-2</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="34">
         <v>-5.3335429322136786E-2</v>
       </c>
       <c r="E36" s="34">
         <v>0.50593801113119863</v>
       </c>
       <c r="F36" s="34">
         <v>0.55478203587883701</v>
       </c>
       <c r="G36" s="34">
         <v>0.56301627759873973</v>
       </c>
       <c r="H36" s="34">
         <v>0.70243696126537347</v>
       </c>
       <c r="I36" s="34">
         <v>0.88405813374654318</v>
       </c>
       <c r="J36" s="34">
         <v>0.84457120186242873</v>
       </c>
       <c r="K36" s="34">
         <v>0.76400663230741295</v>
       </c>
       <c r="L36" s="34">
         <v>0.54233710237033805</v>
       </c>
-      <c r="M36" s="34" t="s">
-        <v>70</v>
+      <c r="M36" s="34">
+        <v>0.28632704162408945</v>
       </c>
       <c r="N36" s="34" t="s">
         <v>70</v>
       </c>
       <c r="O36" s="34" t="s">
         <v>70</v>
       </c>
       <c r="P36" s="29"/>
       <c r="Q36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="R36" s="24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="39"/>
       <c r="B37" s="39"/>
       <c r="C37" s="39"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">