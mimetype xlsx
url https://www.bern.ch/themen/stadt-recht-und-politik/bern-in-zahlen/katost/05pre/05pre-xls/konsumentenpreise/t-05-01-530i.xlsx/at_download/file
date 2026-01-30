--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -13,101 +13,101 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA7887EE-C58B-45A2-B43A-BD6BA70F267D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BEB9A1D-F41D-4AD7-BE60-0555485AE6AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="19" r:id="rId1"/>
     <sheet name="2024" sheetId="18" r:id="rId2"/>
     <sheet name="2023" sheetId="17" r:id="rId3"/>
     <sheet name="2022" sheetId="16" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="74">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
@@ -275,66 +275,60 @@
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2024)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>Sep 2025/</t>
+    <t>Nov 2025/</t>
   </si>
   <si>
-    <t>Oktober</t>
+    <t>Dez 2025</t>
   </si>
   <si>
-    <t>Okt 2025</t>
-[...2 lines deleted...]
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.11.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1393,78 +1387,78 @@
       <c r="O8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="Q8" s="19"/>
       <c r="R8" s="19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="Q9" s="20" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R9" s="22" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
       <c r="G10" s="21"/>
       <c r="H10" s="21"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="21"/>
       <c r="L10" s="21"/>
       <c r="M10" s="21"/>
       <c r="N10" s="21"/>
       <c r="O10" s="21"/>
       <c r="P10" s="16"/>
       <c r="Q10" s="28" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="R10" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
         <v>61</v>
       </c>
       <c r="B11" s="18"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="36"/>
       <c r="R11" s="36"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -1483,634 +1477,634 @@
       </c>
       <c r="F12" s="17">
         <v>105.1717</v>
       </c>
       <c r="G12" s="17">
         <v>105.0677</v>
       </c>
       <c r="H12" s="17">
         <v>106.6632</v>
       </c>
       <c r="I12" s="17">
         <v>107.3158</v>
       </c>
       <c r="J12" s="17">
         <v>107.6241</v>
       </c>
       <c r="K12" s="17">
         <v>107.33410000000001</v>
       </c>
       <c r="L12" s="17">
         <v>106.9572</v>
       </c>
       <c r="M12" s="17">
         <v>106.45699999999999</v>
       </c>
-      <c r="N12" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N12" s="17">
+        <v>105.5009</v>
+      </c>
+      <c r="O12" s="17">
+        <v>104.13679999999999</v>
       </c>
       <c r="P12" s="17"/>
       <c r="Q12" s="37">
-        <v>-0.46766370099442267</v>
+        <v>-1.2929747518741619</v>
       </c>
       <c r="R12" s="33">
-        <v>-0.54744355072261863</v>
+        <v>-0.82681777058235484</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="18">
         <v>2.548</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17">
         <v>105.2186</v>
       </c>
       <c r="E13" s="17">
         <v>105.27460000000001</v>
       </c>
       <c r="F13" s="17">
         <v>104.9864</v>
       </c>
       <c r="G13" s="17">
         <v>105.7238</v>
       </c>
       <c r="H13" s="17">
         <v>105.8706</v>
       </c>
       <c r="I13" s="17">
         <v>106.2771</v>
       </c>
       <c r="J13" s="17">
         <v>106.3379</v>
       </c>
       <c r="K13" s="17">
         <v>106.30159999999999</v>
       </c>
       <c r="L13" s="17">
         <v>106.2492</v>
       </c>
       <c r="M13" s="17">
         <v>106.245</v>
       </c>
-      <c r="N13" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N13" s="17">
+        <v>106.15689999999999</v>
+      </c>
+      <c r="O13" s="17">
+        <v>106.5389</v>
       </c>
       <c r="P13" s="17"/>
       <c r="Q13" s="37">
-        <v>-3.9529709400139643E-3</v>
+        <v>0.35984472040913501</v>
       </c>
       <c r="R13" s="33">
-        <v>1.2343067529557052</v>
+        <v>2.2509060057431496</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18">
         <v>2.601</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17">
         <v>96.620400000000004</v>
       </c>
       <c r="E14" s="17">
         <v>99.733099999999993</v>
       </c>
       <c r="F14" s="17">
         <v>103.3653</v>
       </c>
       <c r="G14" s="17">
         <v>104.4233</v>
       </c>
       <c r="H14" s="17">
         <v>104.70959999999999</v>
       </c>
       <c r="I14" s="17">
         <v>103.348</v>
       </c>
       <c r="J14" s="17">
         <v>96.017200000000003</v>
       </c>
       <c r="K14" s="17">
         <v>100.3597</v>
       </c>
       <c r="L14" s="17">
         <v>101.94970000000001</v>
       </c>
       <c r="M14" s="17">
         <v>103.79049999999999</v>
       </c>
-      <c r="N14" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N14" s="17">
+        <v>103.5522</v>
+      </c>
+      <c r="O14" s="17">
+        <v>101.721</v>
       </c>
       <c r="P14" s="17"/>
       <c r="Q14" s="37">
-        <v>1.8055962891504214</v>
+        <v>-1.7683834819540247</v>
       </c>
       <c r="R14" s="33">
-        <v>-0.35694296304901818</v>
+        <v>-1.6239813849489599</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="18">
         <v>27</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="17">
         <v>113.3944</v>
       </c>
       <c r="E15" s="17">
         <v>113.92189999999999</v>
       </c>
       <c r="F15" s="17">
         <v>113.9074</v>
       </c>
       <c r="G15" s="17">
         <v>113.9081</v>
       </c>
       <c r="H15" s="17">
         <v>114.217</v>
       </c>
       <c r="I15" s="17">
         <v>114.19889999999999</v>
       </c>
       <c r="J15" s="17">
         <v>114.2144</v>
       </c>
       <c r="K15" s="17">
         <v>114.3502</v>
       </c>
       <c r="L15" s="17">
         <v>114.3663</v>
       </c>
       <c r="M15" s="17">
         <v>114.45</v>
       </c>
-      <c r="N15" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N15" s="17">
+        <v>114.72629999999999</v>
+      </c>
+      <c r="O15" s="17">
+        <v>114.6048</v>
       </c>
       <c r="P15" s="17"/>
       <c r="Q15" s="37">
-        <v>7.3185894795938525E-2</v>
+        <v>-0.10590422597085193</v>
       </c>
       <c r="R15" s="33">
-        <v>0.75631058473874047</v>
+        <v>0.42930414871326317</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="18">
         <v>3.113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17">
         <v>105.3533</v>
       </c>
       <c r="E16" s="17">
         <v>105.6841</v>
       </c>
       <c r="F16" s="17">
         <v>105.50279999999999</v>
       </c>
       <c r="G16" s="17">
         <v>106.1712</v>
       </c>
       <c r="H16" s="17">
         <v>105.4605</v>
       </c>
       <c r="I16" s="17">
         <v>105.6435</v>
       </c>
       <c r="J16" s="17">
         <v>105.18899999999999</v>
       </c>
       <c r="K16" s="17">
         <v>104.4235</v>
       </c>
       <c r="L16" s="17">
         <v>104.2711</v>
       </c>
       <c r="M16" s="17">
         <v>103.7653</v>
       </c>
-      <c r="N16" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N16" s="17">
+        <v>103.78100000000001</v>
+      </c>
+      <c r="O16" s="17">
+        <v>103.9478</v>
       </c>
       <c r="P16" s="17"/>
       <c r="Q16" s="37">
-        <v>-0.48508167651440121</v>
+        <v>0.16072306106126838</v>
       </c>
       <c r="R16" s="33">
-        <v>-1.7713574380067512</v>
+        <v>-1.724188462865708</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="18">
         <v>15.637</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17">
         <v>98.198400000000007</v>
       </c>
       <c r="E17" s="17">
         <v>98.265100000000004</v>
       </c>
       <c r="F17" s="17">
         <v>98.271000000000001</v>
       </c>
       <c r="G17" s="17">
         <v>98.308700000000002</v>
       </c>
       <c r="H17" s="17">
         <v>98.407200000000003</v>
       </c>
       <c r="I17" s="17">
         <v>98.321700000000007</v>
       </c>
       <c r="J17" s="17">
         <v>98.367999999999995</v>
       </c>
       <c r="K17" s="17">
         <v>98.307100000000005</v>
       </c>
       <c r="L17" s="17">
         <v>98.2654</v>
       </c>
       <c r="M17" s="17">
         <v>98.130899999999997</v>
       </c>
-      <c r="N17" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N17" s="17">
+        <v>98.2042</v>
+      </c>
+      <c r="O17" s="17">
+        <v>98.085700000000003</v>
       </c>
       <c r="P17" s="17"/>
       <c r="Q17" s="37">
-        <v>-0.13687422022400839</v>
+        <v>-0.12066693685198533</v>
       </c>
       <c r="R17" s="33">
-        <v>-0.10719062830199023</v>
+        <v>3.92668021116351E-2</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="18">
         <v>11.252000000000001</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17">
         <v>110.5089</v>
       </c>
       <c r="E18" s="17">
         <v>111.95869999999999</v>
       </c>
       <c r="F18" s="17">
         <v>111.60890000000001</v>
       </c>
       <c r="G18" s="17">
         <v>111.7296</v>
       </c>
       <c r="H18" s="17">
         <v>110.80889999999999</v>
       </c>
       <c r="I18" s="17">
         <v>110.4605</v>
       </c>
       <c r="J18" s="17">
         <v>111.0108</v>
       </c>
       <c r="K18" s="17">
         <v>109.6233</v>
       </c>
       <c r="L18" s="17">
         <v>109.0398</v>
       </c>
       <c r="M18" s="17">
         <v>108.4525</v>
       </c>
-      <c r="N18" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N18" s="17">
+        <v>108.36660000000001</v>
+      </c>
+      <c r="O18" s="17">
+        <v>108.7552</v>
       </c>
       <c r="P18" s="17"/>
       <c r="Q18" s="37">
-        <v>-0.53861067243336747</v>
+        <v>0.35859757526765323</v>
       </c>
       <c r="R18" s="33">
-        <v>-1.7392076439607496</v>
+        <v>-1.4132360113203899</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18">
         <v>2.5920000000000001</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17">
         <v>97.987200000000001</v>
       </c>
       <c r="E19" s="17">
         <v>98.174300000000002</v>
       </c>
       <c r="F19" s="17">
         <v>98.37</v>
       </c>
       <c r="G19" s="17">
         <v>98.532799999999995</v>
       </c>
       <c r="H19" s="17">
         <v>98.409499999999994</v>
       </c>
       <c r="I19" s="17">
         <v>98.258700000000005</v>
       </c>
       <c r="J19" s="17">
         <v>98.297300000000007</v>
       </c>
       <c r="K19" s="17">
         <v>98.343299999999999</v>
       </c>
       <c r="L19" s="17">
         <v>97.742800000000003</v>
       </c>
       <c r="M19" s="17">
         <v>97.726299999999995</v>
       </c>
-      <c r="N19" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N19" s="17">
+        <v>97.7303</v>
+      </c>
+      <c r="O19" s="17">
+        <v>97.974800000000002</v>
       </c>
       <c r="P19" s="17"/>
       <c r="Q19" s="37">
-        <v>-1.6881038807981488E-2</v>
+        <v>0.25017829680252918</v>
       </c>
       <c r="R19" s="33">
-        <v>-2.1177120525443283E-2</v>
+        <v>0.6697286355743336</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="18">
         <v>8.875</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17">
         <v>105.9165</v>
       </c>
       <c r="E20" s="17">
         <v>107.5795</v>
       </c>
       <c r="F20" s="17">
         <v>109.12050000000001</v>
       </c>
       <c r="G20" s="17">
         <v>108.7453</v>
       </c>
       <c r="H20" s="17">
         <v>109.57080000000001</v>
       </c>
       <c r="I20" s="17">
         <v>111.1234</v>
       </c>
       <c r="J20" s="17">
         <v>110.2848</v>
       </c>
       <c r="K20" s="17">
         <v>109.8956</v>
       </c>
       <c r="L20" s="17">
         <v>109.8296</v>
       </c>
       <c r="M20" s="17">
         <v>108.13500000000001</v>
       </c>
-      <c r="N20" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N20" s="17">
+        <v>107.5354</v>
+      </c>
+      <c r="O20" s="17">
+        <v>106.9298</v>
       </c>
       <c r="P20" s="17"/>
       <c r="Q20" s="37">
-        <v>-1.542935602059913</v>
+        <v>-0.56316338619654127</v>
       </c>
       <c r="R20" s="33">
-        <v>0.68642001977694267</v>
+        <v>0.7338616383484593</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="18">
         <v>0.78900000000000003</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17">
         <v>103.6207</v>
       </c>
       <c r="E21" s="17">
         <v>103.6207</v>
       </c>
       <c r="F21" s="17">
         <v>103.6207</v>
       </c>
       <c r="G21" s="17">
         <v>103.6207</v>
       </c>
       <c r="H21" s="17">
         <v>103.6207</v>
       </c>
       <c r="I21" s="17">
         <v>103.6207</v>
       </c>
       <c r="J21" s="17">
         <v>103.6207</v>
       </c>
       <c r="K21" s="17">
         <v>106.3091</v>
       </c>
       <c r="L21" s="17">
         <v>106.3091</v>
       </c>
       <c r="M21" s="17">
         <v>106.3091</v>
       </c>
-      <c r="N21" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N21" s="17">
+        <v>106.3091</v>
+      </c>
+      <c r="O21" s="17">
+        <v>106.3091</v>
       </c>
       <c r="P21" s="17"/>
       <c r="Q21" s="37">
         <v>0</v>
       </c>
       <c r="R21" s="33">
         <v>2.5944623033814684</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="18">
         <v>9.4700000000000006</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17">
         <v>111.4068</v>
       </c>
       <c r="E22" s="17">
         <v>111.95310000000001</v>
       </c>
       <c r="F22" s="17">
         <v>110.74550000000001</v>
       </c>
       <c r="G22" s="17">
         <v>109.9905</v>
       </c>
       <c r="H22" s="17">
         <v>109.5665</v>
       </c>
       <c r="I22" s="17">
         <v>110.4991</v>
       </c>
       <c r="J22" s="17">
         <v>111.97020000000001</v>
       </c>
       <c r="K22" s="17">
         <v>111.79349999999999</v>
       </c>
       <c r="L22" s="17">
         <v>110.4958</v>
       </c>
       <c r="M22" s="17">
         <v>109.961</v>
       </c>
-      <c r="N22" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N22" s="17">
+        <v>108.59780000000001</v>
+      </c>
+      <c r="O22" s="17">
+        <v>110.7187</v>
       </c>
       <c r="P22" s="17"/>
       <c r="Q22" s="37">
-        <v>-0.4840002968438657</v>
+        <v>1.9529861562573014</v>
       </c>
       <c r="R22" s="33">
-        <v>1.2533160711934295</v>
+        <v>1.1048427158365397</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="18">
         <v>5.7569999999999997</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17">
         <v>105.2075</v>
       </c>
       <c r="E23" s="17">
         <v>105.13330000000001</v>
       </c>
       <c r="F23" s="17">
         <v>104.9738</v>
       </c>
       <c r="G23" s="17">
         <v>105.48350000000001</v>
       </c>
       <c r="H23" s="17">
         <v>104.9038</v>
       </c>
       <c r="I23" s="17">
         <v>104.59650000000001</v>
       </c>
       <c r="J23" s="17">
         <v>104.6163</v>
       </c>
       <c r="K23" s="17">
         <v>104.752</v>
       </c>
       <c r="L23" s="17">
         <v>104.3419</v>
       </c>
       <c r="M23" s="17">
         <v>104.559</v>
       </c>
-      <c r="N23" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N23" s="17">
+        <v>104.40519999999999</v>
+      </c>
+      <c r="O23" s="17">
+        <v>104.8081</v>
       </c>
       <c r="P23" s="17"/>
       <c r="Q23" s="37">
-        <v>0.20806598308062443</v>
+        <v>0.3859003191411946</v>
       </c>
       <c r="R23" s="33">
-        <v>1.463502822264404E-2</v>
+        <v>0.29243319537809942</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="36"/>
       <c r="R24" s="33"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2129,374 +2123,374 @@
       </c>
       <c r="F25" s="17">
         <v>107.379</v>
       </c>
       <c r="G25" s="17">
         <v>107.5716</v>
       </c>
       <c r="H25" s="17">
         <v>107.7774</v>
       </c>
       <c r="I25" s="17">
         <v>107.685</v>
       </c>
       <c r="J25" s="17">
         <v>107.2557</v>
       </c>
       <c r="K25" s="17">
         <v>107.297</v>
       </c>
       <c r="L25" s="17">
         <v>107.2029</v>
       </c>
       <c r="M25" s="17">
         <v>107.0351</v>
       </c>
-      <c r="N25" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N25" s="17">
+        <v>106.7572</v>
+      </c>
+      <c r="O25" s="17">
+        <v>106.07810000000001</v>
       </c>
       <c r="P25" s="17"/>
       <c r="Q25" s="36">
-        <v>-0.1565256163779149</v>
+        <v>-0.63611634625111113</v>
       </c>
       <c r="R25" s="33">
-        <v>-1.5797250836987666</v>
+        <v>-1.7366833128151198</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="18">
         <v>24.969000000000001</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17">
         <v>109.7313</v>
       </c>
       <c r="E26" s="17">
         <v>109.72410000000001</v>
       </c>
       <c r="F26" s="17">
         <v>109.47969999999999</v>
       </c>
       <c r="G26" s="17">
         <v>109.6484</v>
       </c>
       <c r="H26" s="17">
         <v>110.1212</v>
       </c>
       <c r="I26" s="17">
         <v>110.1512</v>
       </c>
       <c r="J26" s="17">
         <v>110.5565</v>
       </c>
       <c r="K26" s="17">
         <v>110.1305</v>
       </c>
       <c r="L26" s="17">
         <v>109.79219999999999</v>
       </c>
       <c r="M26" s="17">
         <v>109.50279999999999</v>
       </c>
-      <c r="N26" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N26" s="17">
+        <v>109.1677</v>
+      </c>
+      <c r="O26" s="17">
+        <v>108.53440000000001</v>
       </c>
       <c r="P26" s="17"/>
       <c r="Q26" s="36">
-        <v>-0.26358885239570806</v>
+        <v>-0.58011664622410419</v>
       </c>
       <c r="R26" s="33">
-        <v>-1.5702514253971118</v>
+        <v>-1.5343971505737757</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="18">
         <v>4.9569999999999999</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17">
         <v>100.6656</v>
       </c>
       <c r="E27" s="17">
         <v>102.3322</v>
       </c>
       <c r="F27" s="17">
         <v>104.053</v>
       </c>
       <c r="G27" s="17">
         <v>104.6765</v>
       </c>
       <c r="H27" s="17">
         <v>104.3762</v>
       </c>
       <c r="I27" s="17">
         <v>104.0616</v>
       </c>
       <c r="J27" s="17">
         <v>99.602000000000004</v>
       </c>
       <c r="K27" s="17">
         <v>102.36360000000001</v>
       </c>
       <c r="L27" s="17">
         <v>103.0772</v>
       </c>
       <c r="M27" s="17">
         <v>103.85339999999999</v>
       </c>
-      <c r="N27" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N27" s="17">
+        <v>104.0343</v>
+      </c>
+      <c r="O27" s="17">
+        <v>102.7393</v>
       </c>
       <c r="P27" s="17"/>
       <c r="Q27" s="36">
-        <v>0.75302782768642207</v>
+        <v>-1.2447817690896192</v>
       </c>
       <c r="R27" s="33">
-        <v>-0.77457313443674691</v>
+        <v>-1.6637074968294667</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="18">
         <v>8.15</v>
       </c>
       <c r="C28" s="17"/>
       <c r="D28" s="17">
         <v>102.9893</v>
       </c>
       <c r="E28" s="17">
         <v>103.0902</v>
       </c>
       <c r="F28" s="17">
         <v>103.2046</v>
       </c>
       <c r="G28" s="17">
         <v>103.20650000000001</v>
       </c>
       <c r="H28" s="17">
         <v>102.9495</v>
       </c>
       <c r="I28" s="17">
         <v>102.6392</v>
       </c>
       <c r="J28" s="17">
         <v>102.2377</v>
       </c>
       <c r="K28" s="17">
         <v>101.9845</v>
       </c>
       <c r="L28" s="17">
         <v>102.1065</v>
       </c>
       <c r="M28" s="17">
         <v>101.72</v>
       </c>
-      <c r="N28" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N28" s="17">
+        <v>101.3305</v>
+      </c>
+      <c r="O28" s="17">
+        <v>100.8916</v>
       </c>
       <c r="P28" s="17"/>
       <c r="Q28" s="36">
-        <v>-0.37852634259327084</v>
+        <v>-0.43313711074158701</v>
       </c>
       <c r="R28" s="33">
-        <v>-2.1327404083446972</v>
+        <v>-2.4008110403643554</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18">
         <v>61.923999999999999</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17">
         <v>106.2801</v>
       </c>
       <c r="E29" s="17">
         <v>107.0899</v>
       </c>
       <c r="F29" s="17">
         <v>107.113</v>
       </c>
       <c r="G29" s="17">
         <v>107.0111</v>
       </c>
       <c r="H29" s="17">
         <v>107.1253</v>
       </c>
       <c r="I29" s="17">
         <v>107.49120000000001</v>
       </c>
       <c r="J29" s="17">
         <v>107.68259999999999</v>
       </c>
       <c r="K29" s="17">
         <v>107.52</v>
       </c>
       <c r="L29" s="17">
         <v>107.1979</v>
       </c>
       <c r="M29" s="17">
         <v>106.86150000000001</v>
       </c>
-      <c r="N29" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N29" s="17">
+        <v>106.6699</v>
+      </c>
+      <c r="O29" s="17">
+        <v>107.057</v>
       </c>
       <c r="P29" s="17"/>
       <c r="Q29" s="36">
-        <v>-0.31381211758812211</v>
+        <v>0.3628952497377459</v>
       </c>
       <c r="R29" s="33">
-        <v>1.1492000749663522</v>
+        <v>1.1699222256872579</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="18">
         <v>51.201000000000001</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17">
         <v>107.2572</v>
       </c>
       <c r="E30" s="17">
         <v>108.2157</v>
       </c>
       <c r="F30" s="17">
         <v>108.2268</v>
       </c>
       <c r="G30" s="17">
         <v>108.1014</v>
       </c>
       <c r="H30" s="17">
         <v>108.2042</v>
       </c>
       <c r="I30" s="17">
         <v>108.6305</v>
       </c>
       <c r="J30" s="17">
         <v>108.8629</v>
       </c>
       <c r="K30" s="17">
         <v>108.67100000000001</v>
       </c>
       <c r="L30" s="17">
         <v>108.2709</v>
       </c>
       <c r="M30" s="17">
         <v>107.85590000000001</v>
       </c>
-      <c r="N30" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N30" s="17">
+        <v>107.62179999999999</v>
+      </c>
+      <c r="O30" s="17">
+        <v>108.1191</v>
       </c>
       <c r="P30" s="17"/>
       <c r="Q30" s="36">
-        <v>-0.38329782055934886</v>
+        <v>0.46208110252756401</v>
       </c>
       <c r="R30" s="33">
-        <v>1.2915967791316072</v>
+        <v>1.3171716793095596</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="18">
         <v>10.723000000000001</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17">
         <v>101.989</v>
       </c>
       <c r="E31" s="17">
         <v>102.1216</v>
       </c>
       <c r="F31" s="17">
         <v>102.1999</v>
       </c>
       <c r="G31" s="17">
         <v>102.2045</v>
       </c>
       <c r="H31" s="17">
         <v>102.3711</v>
       </c>
       <c r="I31" s="17">
         <v>102.4623</v>
       </c>
       <c r="J31" s="17">
         <v>102.4666</v>
       </c>
       <c r="K31" s="17">
         <v>102.4375</v>
       </c>
       <c r="L31" s="17">
         <v>102.47069999999999</v>
       </c>
       <c r="M31" s="17">
         <v>102.4922</v>
       </c>
-      <c r="N31" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N31" s="17">
+        <v>102.494</v>
+      </c>
+      <c r="O31" s="17">
+        <v>102.37909999999999</v>
       </c>
       <c r="P31" s="17"/>
       <c r="Q31" s="36">
-        <v>2.0981607425345182E-2</v>
+        <v>-0.11210412316819109</v>
       </c>
       <c r="R31" s="33">
-        <v>0.48432227235382563</v>
+        <v>0.46671605980167519</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="17"/>
       <c r="Q32" s="36"/>
       <c r="R32" s="33"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2515,233 +2509,233 @@
       </c>
       <c r="F33" s="17">
         <v>107.23</v>
       </c>
       <c r="G33" s="17">
         <v>107.1527</v>
       </c>
       <c r="H33" s="17">
         <v>107.32989999999999</v>
       </c>
       <c r="I33" s="17">
         <v>107.5667</v>
       </c>
       <c r="J33" s="17">
         <v>107.7881</v>
       </c>
       <c r="K33" s="17">
         <v>107.6935</v>
       </c>
       <c r="L33" s="17">
         <v>107.4181</v>
       </c>
       <c r="M33" s="17">
         <v>107.2092</v>
       </c>
-      <c r="N33" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N33" s="17">
+        <v>107.03749999999999</v>
+      </c>
+      <c r="O33" s="17">
+        <v>107.2715</v>
       </c>
       <c r="P33" s="17"/>
       <c r="Q33" s="36">
-        <v>-0.19447374325183547</v>
+        <v>0.21861497138854036</v>
       </c>
       <c r="R33" s="33">
-        <v>0.50557842465400005</v>
+        <v>0.54475430287477844</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="18">
         <v>22.917000000000002</v>
       </c>
       <c r="C34" s="17"/>
       <c r="D34" s="17">
         <v>106.50279999999999</v>
       </c>
       <c r="E34" s="17">
         <v>107.4729</v>
       </c>
       <c r="F34" s="17">
         <v>107.9778</v>
       </c>
       <c r="G34" s="17">
         <v>108.2778</v>
       </c>
       <c r="H34" s="17">
         <v>108.3317</v>
       </c>
       <c r="I34" s="17">
         <v>108.38039999999999</v>
       </c>
       <c r="J34" s="17">
         <v>107.4462</v>
       </c>
       <c r="K34" s="17">
         <v>107.389</v>
       </c>
       <c r="L34" s="17">
         <v>107.2838</v>
       </c>
       <c r="M34" s="17">
         <v>106.79170000000001</v>
       </c>
-      <c r="N34" s="17" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N34" s="17">
+        <v>106.3886</v>
+      </c>
+      <c r="O34" s="17">
+        <v>105.53700000000001</v>
       </c>
       <c r="P34" s="17"/>
       <c r="Q34" s="36">
-        <v>-0.45868994200428542</v>
+        <v>-0.80046170360357272</v>
       </c>
       <c r="R34" s="33">
-        <v>-1.2576755470777601</v>
+        <v>-1.556724023584517</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="30">
         <v>100</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29">
         <v>106.8138</v>
       </c>
       <c r="E35" s="29">
         <v>107.4115</v>
       </c>
       <c r="F35" s="29">
         <v>107.4637</v>
       </c>
       <c r="G35" s="29">
         <v>107.4725</v>
       </c>
       <c r="H35" s="29">
         <v>107.6215</v>
       </c>
       <c r="I35" s="29">
         <v>107.8156</v>
       </c>
       <c r="J35" s="29">
         <v>107.7734</v>
       </c>
       <c r="K35" s="29">
         <v>107.68729999999999</v>
       </c>
       <c r="L35" s="29">
         <v>107.4504</v>
       </c>
       <c r="M35" s="29">
         <v>107.1768</v>
       </c>
-      <c r="N35" s="29" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N35" s="29">
+        <v>106.9522</v>
+      </c>
+      <c r="O35" s="29">
+        <v>106.9383</v>
       </c>
       <c r="P35" s="29"/>
       <c r="Q35" s="35">
-        <v>-0.25462911259520843</v>
+        <v>-1.299646010087374E-2</v>
       </c>
       <c r="R35" s="34">
-        <v>9.5914885112271489E-2</v>
+        <v>6.3160376828839543E-2</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="34">
         <v>-5.3335429322136786E-2</v>
       </c>
       <c r="E36" s="34">
         <v>0.50593801113119863</v>
       </c>
       <c r="F36" s="34">
         <v>0.55478203587883701</v>
       </c>
       <c r="G36" s="34">
         <v>0.56301627759873973</v>
       </c>
       <c r="H36" s="34">
         <v>0.70243696126537347</v>
       </c>
       <c r="I36" s="34">
         <v>0.88405813374654318</v>
       </c>
       <c r="J36" s="34">
         <v>0.84457120186242873</v>
       </c>
       <c r="K36" s="34">
         <v>0.76400663230741295</v>
       </c>
       <c r="L36" s="34">
         <v>0.54233710237033805</v>
       </c>
       <c r="M36" s="34">
         <v>0.28632704162408945</v>
       </c>
-      <c r="N36" s="34" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="N36" s="34">
+        <v>7.6166735909155861E-2</v>
+      </c>
+      <c r="O36" s="34">
+        <v>6.3160376828839543E-2</v>
       </c>
       <c r="P36" s="29"/>
       <c r="Q36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="R36" s="24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="39"/>
       <c r="B37" s="39"/>
       <c r="C37" s="39"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2"/>
       <c r="R38" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A098096E-8952-40AD-9668-D8DB7D1E73BF}">
   <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>