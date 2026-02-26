--- v2 (2026-01-30)
+++ v3 (2026-02-26)
@@ -1,113 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BEB9A1D-F41D-4AD7-BE60-0555485AE6AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A2D783F-AD1C-46B7-993A-59A5D7422BEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="19" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="2019" sheetId="6" r:id="rId7"/>
+    <sheet name="2026" sheetId="20" r:id="rId1"/>
+    <sheet name="2025" sheetId="19" r:id="rId2"/>
+    <sheet name="2024" sheetId="18" r:id="rId3"/>
+    <sheet name="2023" sheetId="17" r:id="rId4"/>
+    <sheet name="2022" sheetId="16" r:id="rId5"/>
+    <sheet name="2021" sheetId="1" r:id="rId6"/>
+    <sheet name="2020" sheetId="4" r:id="rId7"/>
+    <sheet name="2019" sheetId="6" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
-[...7 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$10</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="86">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
@@ -278,57 +283,93 @@
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2024)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>Nov 2025/</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
   </si>
   <si>
-    <t>Dez 2025</t>
+    <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2026</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
+    <t>(Basis Dezember 2025 = 100)</t>
+  </si>
+  <si>
+    <t>Dez 2025/</t>
+  </si>
+  <si>
+    <t>Januar</t>
+  </si>
+  <si>
+    <t>Jan 2026</t>
+  </si>
+  <si>
+    <t>2025/2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 13.2.2026)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Gesundheit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Information und Kommunikation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Freizeit, Sport und Kultur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Bildung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Versicherungen und Finanzdienstleistungen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        nichtdauerhafte Waren</t>
+  </si>
+  <si>
+    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -547,82 +588,142 @@
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF009900"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>122566</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{459D303A-635A-471E-A981-C931D6AC419B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89D9402B-441D-45C2-B930-CF86768A9A9A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -634,51 +735,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0597D17C-D322-4726-91E4-0CC121EE0E8E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -690,51 +791,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AB0768D-CF7F-4BD9-9855-1597E830122A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -746,51 +847,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF91738B-3DD7-4622-AE54-0D5A023A684B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -802,51 +903,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{609E2532-6DFA-458E-96CB-F140459155C4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -858,51 +959,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B124A7DB-CA7A-4663-97FF-60E47FB0EF0C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -914,51 +1015,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>122566</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{612F664B-CB7C-44B5-A0FE-2FA5EBC92D28}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1259,119 +1360,123 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F803B0F8-938A-4925-9283-231FA5E2BF55}">
-  <dimension ref="A1:R38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCC06CD7-E918-42A8-AA1E-7F9826173C21}">
+  <dimension ref="A1:R39"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="18" width="9.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:18" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
-        <v>5</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q6" s="2"/>
       <c r="R6" s="2" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="12"/>
       <c r="B7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="12"/>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="14"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14" t="s">
         <v>39</v>
       </c>
       <c r="P7" s="12"/>
       <c r="Q7" s="12"/>
       <c r="R7" s="12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D8" s="14" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="14" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="14" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="14" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="14" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>34</v>
       </c>
@@ -1387,1372 +1492,2768 @@
       <c r="O8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="Q8" s="19"/>
       <c r="R8" s="19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="Q9" s="20" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="R9" s="22" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
       <c r="G10" s="21"/>
       <c r="H10" s="21"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="21"/>
       <c r="L10" s="21"/>
       <c r="M10" s="21"/>
       <c r="N10" s="21"/>
       <c r="O10" s="21"/>
       <c r="P10" s="16"/>
       <c r="Q10" s="28" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="R10" s="19" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
         <v>61</v>
       </c>
       <c r="B11" s="18"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="36"/>
       <c r="R11" s="36"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="18">
+        <v>10.307</v>
+      </c>
+      <c r="C12" s="17"/>
+      <c r="D12" s="17">
+        <v>100.7165</v>
+      </c>
+      <c r="E12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" s="17"/>
+      <c r="Q12" s="37">
+        <v>0.71649999999999636</v>
+      </c>
+      <c r="R12" s="33">
+        <v>-0.4033645687885396</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="18">
+        <v>3.468</v>
+      </c>
+      <c r="C13" s="17"/>
+      <c r="D13" s="17">
+        <v>100.6007</v>
+      </c>
+      <c r="E13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O13" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" s="17"/>
+      <c r="Q13" s="37">
+        <v>0.60070000000000334</v>
+      </c>
+      <c r="R13" s="33">
+        <v>1.8630892652644255</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="18">
+        <v>2.42</v>
+      </c>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17">
+        <v>94.087400000000002</v>
+      </c>
+      <c r="E14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O14" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" s="17"/>
+      <c r="Q14" s="37">
+        <v>-5.9125999999999976</v>
+      </c>
+      <c r="R14" s="33">
+        <v>-0.86138861112544818</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="18">
+        <v>25.594999999999999</v>
+      </c>
+      <c r="C15" s="17"/>
+      <c r="D15" s="17">
+        <v>99.712100000000007</v>
+      </c>
+      <c r="E15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O15" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P15" s="17"/>
+      <c r="Q15" s="37">
+        <v>-0.28789999999999338</v>
+      </c>
+      <c r="R15" s="33">
+        <v>0.77650140786993294</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="18">
+        <v>3.302</v>
+      </c>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17">
+        <v>100.0364</v>
+      </c>
+      <c r="E16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O16" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P16" s="17"/>
+      <c r="Q16" s="37">
+        <v>3.6400000000000432E-2</v>
+      </c>
+      <c r="R16" s="33">
+        <v>-1.2982451293607795</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="18">
+        <v>17.379000000000001</v>
+      </c>
+      <c r="C17" s="17"/>
+      <c r="D17" s="17">
+        <v>100.02889999999999</v>
+      </c>
+      <c r="E17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O17" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P17" s="17"/>
+      <c r="Q17" s="37">
+        <v>2.8899999999993042E-2</v>
+      </c>
+      <c r="R17" s="33">
+        <v>-8.5901299406994092E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="18">
+        <v>10.715</v>
+      </c>
+      <c r="C18" s="17"/>
+      <c r="D18" s="17">
+        <v>99.559299999999993</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O18" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P18" s="17"/>
+      <c r="Q18" s="37">
+        <v>-0.44070000000000675</v>
+      </c>
+      <c r="R18" s="33">
+        <v>-2.0136744835161222</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="18">
+        <v>3.2789999999999999</v>
+      </c>
+      <c r="C19" s="17"/>
+      <c r="D19" s="17">
+        <v>99.805400000000006</v>
+      </c>
+      <c r="E19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O19" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P19" s="17"/>
+      <c r="Q19" s="37">
+        <v>-0.19459999999999411</v>
+      </c>
+      <c r="R19" s="33">
+        <v>-2.1537281033457888E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" s="18">
+        <v>7.5010000000000003</v>
+      </c>
+      <c r="C20" s="17"/>
+      <c r="D20" s="17">
+        <v>100.5153</v>
+      </c>
+      <c r="E20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O20" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P20" s="17"/>
+      <c r="Q20" s="37">
+        <v>0.51529999999999632</v>
+      </c>
+      <c r="R20" s="33">
+        <v>1.5690791966653941</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B21" s="18">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="C21" s="17"/>
+      <c r="D21" s="17">
+        <v>100</v>
+      </c>
+      <c r="E21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O21" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P21" s="17"/>
+      <c r="Q21" s="37">
+        <v>0</v>
+      </c>
+      <c r="R21" s="33">
+        <v>2.5945126298974701</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" s="18">
+        <v>9.5679999999999996</v>
+      </c>
+      <c r="C22" s="17"/>
+      <c r="D22" s="17">
+        <v>100.18429999999999</v>
+      </c>
+      <c r="E22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O22" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P22" s="17"/>
+      <c r="Q22" s="37">
+        <v>0.18429999999999325</v>
+      </c>
+      <c r="R22" s="33">
+        <v>-0.43449958507873987</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" s="18">
+        <v>2.2519999999999998</v>
+      </c>
+      <c r="C23" s="17"/>
+      <c r="D23" s="17">
+        <v>102.3792</v>
+      </c>
+      <c r="E23" s="17"/>
+      <c r="F23" s="17"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="17"/>
+      <c r="I23" s="17"/>
+      <c r="J23" s="17"/>
+      <c r="K23" s="17"/>
+      <c r="L23" s="17"/>
+      <c r="M23" s="17"/>
+      <c r="N23" s="17"/>
+      <c r="O23" s="17"/>
+      <c r="P23" s="17"/>
+      <c r="Q23" s="37">
+        <v>2.3791999999999973</v>
+      </c>
+      <c r="R23" s="33">
+        <v>0.434191448410089</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="18">
+        <v>3.363</v>
+      </c>
+      <c r="C24" s="17"/>
+      <c r="D24" s="17">
+        <v>100.0355</v>
+      </c>
+      <c r="E24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O24" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P24" s="17"/>
+      <c r="Q24" s="37">
+        <v>3.5499999999998977E-2</v>
+      </c>
+      <c r="R24" s="33">
+        <v>0.76473438272779382</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B25" s="18"/>
+      <c r="C25" s="17"/>
+      <c r="D25" s="17"/>
+      <c r="E25" s="17"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="17"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="17"/>
+      <c r="K25" s="17"/>
+      <c r="L25" s="17"/>
+      <c r="M25" s="17"/>
+      <c r="N25" s="17"/>
+      <c r="O25" s="17"/>
+      <c r="P25" s="17"/>
+      <c r="Q25" s="36"/>
+      <c r="R25" s="33"/>
+    </row>
+    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" s="18">
+        <v>37.558</v>
+      </c>
+      <c r="C26" s="17"/>
+      <c r="D26" s="17">
+        <v>99.555099999999996</v>
+      </c>
+      <c r="E26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P26" s="17"/>
+      <c r="Q26" s="36">
+        <v>-0.44490000000000407</v>
+      </c>
+      <c r="R26" s="33">
+        <v>-1.3366196317680881</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B27" s="18">
+        <v>25.254000000000001</v>
+      </c>
+      <c r="C27" s="17"/>
+      <c r="D27" s="17">
+        <v>99.953299999999999</v>
+      </c>
+      <c r="E27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O27" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P27" s="17"/>
+      <c r="Q27" s="36">
+        <v>-4.6700000000001296E-2</v>
+      </c>
+      <c r="R27" s="33">
+        <v>-1.1369615876118202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B28" s="18">
+        <v>5.0330000000000004</v>
+      </c>
+      <c r="C28" s="17"/>
+      <c r="D28" s="17">
+        <v>96.869900000000001</v>
+      </c>
+      <c r="E28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O28" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P28" s="17"/>
+      <c r="Q28" s="36">
+        <v>-3.1300999999999988</v>
+      </c>
+      <c r="R28" s="33">
+        <v>-1.1346007821876751</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B29" s="18">
+        <v>7.2709999999999999</v>
+      </c>
+      <c r="C29" s="17"/>
+      <c r="D29" s="17">
+        <v>100.03100000000001</v>
+      </c>
+      <c r="E29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O29" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P29" s="17"/>
+      <c r="Q29" s="36">
+        <v>3.1000000000005912E-2</v>
+      </c>
+      <c r="R29" s="33">
+        <v>-2.0064812420159974</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="18">
+        <v>62.442</v>
+      </c>
+      <c r="C30" s="17"/>
+      <c r="D30" s="17">
+        <v>100.1741</v>
+      </c>
+      <c r="E30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O30" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P30" s="17"/>
+      <c r="Q30" s="36">
+        <v>0.1740999999999957</v>
+      </c>
+      <c r="R30" s="33">
+        <v>0.90637758211339603</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B31" s="18">
+        <v>49.485999999999997</v>
+      </c>
+      <c r="C31" s="17"/>
+      <c r="D31" s="17">
+        <v>100.1895</v>
+      </c>
+      <c r="E31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O31" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P31" s="17"/>
+      <c r="Q31" s="36">
+        <v>0.18949999999999534</v>
+      </c>
+      <c r="R31" s="33">
+        <v>0.9946291838536806</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="18">
+        <v>12.956</v>
+      </c>
+      <c r="C32" s="17"/>
+      <c r="D32" s="17">
+        <v>100.1152</v>
+      </c>
+      <c r="E32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O32" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P32" s="17"/>
+      <c r="Q32" s="36">
+        <v>0.11520000000000152</v>
+      </c>
+      <c r="R32" s="33">
+        <v>0.49809775243678589</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B33" s="18"/>
+      <c r="C33" s="17"/>
+      <c r="D33" s="17"/>
+      <c r="E33" s="17"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="17"/>
+      <c r="H33" s="17"/>
+      <c r="I33" s="17"/>
+      <c r="J33" s="17"/>
+      <c r="K33" s="17"/>
+      <c r="L33" s="17"/>
+      <c r="M33" s="17"/>
+      <c r="N33" s="17"/>
+      <c r="O33" s="17"/>
+      <c r="P33" s="17"/>
+      <c r="Q33" s="36"/>
+      <c r="R33" s="33"/>
+    </row>
+    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B34" s="18">
+        <v>77.84</v>
+      </c>
+      <c r="C34" s="17"/>
+      <c r="D34" s="17">
+        <v>100.10209999999999</v>
+      </c>
+      <c r="E34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O34" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P34" s="17"/>
+      <c r="Q34" s="36">
+        <v>0.10209999999999297</v>
+      </c>
+      <c r="R34" s="33">
+        <v>0.52086994418748056</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B35" s="18">
+        <v>22.16</v>
+      </c>
+      <c r="C35" s="17"/>
+      <c r="D35" s="17">
+        <v>99.378399999999999</v>
+      </c>
+      <c r="E35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="J35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="L35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="M35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="O35" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="P35" s="17"/>
+      <c r="Q35" s="36">
+        <v>-0.62160000000000082</v>
+      </c>
+      <c r="R35" s="33">
+        <v>-1.5227651758755589</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="30">
+        <v>100</v>
+      </c>
+      <c r="C36" s="29"/>
+      <c r="D36" s="29">
+        <v>99.941599999999994</v>
+      </c>
+      <c r="E36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="F36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="G36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="H36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="I36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="J36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="K36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="L36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="M36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="N36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="O36" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="P36" s="29"/>
+      <c r="Q36" s="35">
+        <v>-5.8400000000006003E-2</v>
+      </c>
+      <c r="R36" s="34">
+        <v>5.8067590675539051E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="C37" s="29"/>
+      <c r="D37" s="34">
+        <v>-5.8400000000006003E-2</v>
+      </c>
+      <c r="E37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="G37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="H37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="I37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="J37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="K37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="L37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="M37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="N37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="O37" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="P37" s="29"/>
+      <c r="Q37" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="R37" s="24" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="39"/>
+      <c r="B38" s="39"/>
+      <c r="C38" s="39"/>
+      <c r="Q38" s="9"/>
+      <c r="R38" s="9" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q39" s="2"/>
+      <c r="R39" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="24" max="16383" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F803B0F8-938A-4925-9283-231FA5E2BF55}">
+  <dimension ref="A1:Q38"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
+    <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q6" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="12"/>
+      <c r="B7" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" s="12"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="14"/>
+      <c r="F7" s="14"/>
+      <c r="G7" s="14"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="14"/>
+      <c r="L7" s="14"/>
+      <c r="M7" s="14"/>
+      <c r="N7" s="14"/>
+      <c r="O7" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="P7" s="12"/>
+      <c r="Q7" s="12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="15">
+        <v>2025</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="H8" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="I8" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="M8" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q8" s="20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
+      <c r="Q9" s="22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="16"/>
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="21"/>
+      <c r="F10" s="21"/>
+      <c r="G10" s="21"/>
+      <c r="H10" s="21"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="21"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="21"/>
+      <c r="N10" s="21"/>
+      <c r="O10" s="21"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="18"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
+      <c r="E11" s="17"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="17"/>
+      <c r="H11" s="17"/>
+      <c r="I11" s="17"/>
+      <c r="J11" s="17"/>
+      <c r="K11" s="17"/>
+      <c r="L11" s="17"/>
+      <c r="M11" s="17"/>
+      <c r="N11" s="17"/>
+      <c r="O11" s="17"/>
+      <c r="P11" s="17"/>
+      <c r="Q11" s="36"/>
+    </row>
+    <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="18">
         <v>10.366</v>
       </c>
       <c r="C12" s="17"/>
       <c r="D12" s="17">
         <v>105.3077</v>
       </c>
       <c r="E12" s="17">
         <v>105.3013</v>
       </c>
       <c r="F12" s="17">
         <v>105.1717</v>
       </c>
       <c r="G12" s="17">
         <v>105.0677</v>
       </c>
       <c r="H12" s="17">
         <v>106.6632</v>
       </c>
       <c r="I12" s="17">
         <v>107.3158</v>
       </c>
       <c r="J12" s="17">
         <v>107.6241</v>
       </c>
       <c r="K12" s="17">
         <v>107.33410000000001</v>
       </c>
       <c r="L12" s="17">
         <v>106.9572</v>
       </c>
       <c r="M12" s="17">
         <v>106.45699999999999</v>
       </c>
       <c r="N12" s="17">
         <v>105.5009</v>
       </c>
       <c r="O12" s="17">
         <v>104.13679999999999</v>
       </c>
       <c r="P12" s="17"/>
-      <c r="Q12" s="37">
-[...2 lines deleted...]
-      <c r="R12" s="33">
+      <c r="Q12" s="33">
         <v>-0.82681777058235484</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="18">
         <v>2.548</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17">
         <v>105.2186</v>
       </c>
       <c r="E13" s="17">
         <v>105.27460000000001</v>
       </c>
       <c r="F13" s="17">
         <v>104.9864</v>
       </c>
       <c r="G13" s="17">
         <v>105.7238</v>
       </c>
       <c r="H13" s="17">
         <v>105.8706</v>
       </c>
       <c r="I13" s="17">
         <v>106.2771</v>
       </c>
       <c r="J13" s="17">
         <v>106.3379</v>
       </c>
       <c r="K13" s="17">
         <v>106.30159999999999</v>
       </c>
       <c r="L13" s="17">
         <v>106.2492</v>
       </c>
       <c r="M13" s="17">
         <v>106.245</v>
       </c>
       <c r="N13" s="17">
         <v>106.15689999999999</v>
       </c>
       <c r="O13" s="17">
         <v>106.5389</v>
       </c>
       <c r="P13" s="17"/>
-      <c r="Q13" s="37">
-[...2 lines deleted...]
-      <c r="R13" s="33">
+      <c r="Q13" s="33">
         <v>2.2509060057431496</v>
       </c>
     </row>
-    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18">
         <v>2.601</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17">
         <v>96.620400000000004</v>
       </c>
       <c r="E14" s="17">
         <v>99.733099999999993</v>
       </c>
       <c r="F14" s="17">
         <v>103.3653</v>
       </c>
       <c r="G14" s="17">
         <v>104.4233</v>
       </c>
       <c r="H14" s="17">
         <v>104.70959999999999</v>
       </c>
       <c r="I14" s="17">
         <v>103.348</v>
       </c>
       <c r="J14" s="17">
         <v>96.017200000000003</v>
       </c>
       <c r="K14" s="17">
         <v>100.3597</v>
       </c>
       <c r="L14" s="17">
         <v>101.94970000000001</v>
       </c>
       <c r="M14" s="17">
         <v>103.79049999999999</v>
       </c>
       <c r="N14" s="17">
         <v>103.5522</v>
       </c>
       <c r="O14" s="17">
         <v>101.721</v>
       </c>
       <c r="P14" s="17"/>
-      <c r="Q14" s="37">
-[...2 lines deleted...]
-      <c r="R14" s="33">
+      <c r="Q14" s="33">
         <v>-1.6239813849489599</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="18">
         <v>27</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="17">
         <v>113.3944</v>
       </c>
       <c r="E15" s="17">
         <v>113.92189999999999</v>
       </c>
       <c r="F15" s="17">
         <v>113.9074</v>
       </c>
       <c r="G15" s="17">
         <v>113.9081</v>
       </c>
       <c r="H15" s="17">
         <v>114.217</v>
       </c>
       <c r="I15" s="17">
         <v>114.19889999999999</v>
       </c>
       <c r="J15" s="17">
         <v>114.2144</v>
       </c>
       <c r="K15" s="17">
         <v>114.3502</v>
       </c>
       <c r="L15" s="17">
         <v>114.3663</v>
       </c>
       <c r="M15" s="17">
         <v>114.45</v>
       </c>
       <c r="N15" s="17">
         <v>114.72629999999999</v>
       </c>
       <c r="O15" s="17">
         <v>114.6048</v>
       </c>
       <c r="P15" s="17"/>
-      <c r="Q15" s="37">
-[...2 lines deleted...]
-      <c r="R15" s="33">
+      <c r="Q15" s="33">
         <v>0.42930414871326317</v>
       </c>
     </row>
-    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="18">
         <v>3.113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17">
         <v>105.3533</v>
       </c>
       <c r="E16" s="17">
         <v>105.6841</v>
       </c>
       <c r="F16" s="17">
         <v>105.50279999999999</v>
       </c>
       <c r="G16" s="17">
         <v>106.1712</v>
       </c>
       <c r="H16" s="17">
         <v>105.4605</v>
       </c>
       <c r="I16" s="17">
         <v>105.6435</v>
       </c>
       <c r="J16" s="17">
         <v>105.18899999999999</v>
       </c>
       <c r="K16" s="17">
         <v>104.4235</v>
       </c>
       <c r="L16" s="17">
         <v>104.2711</v>
       </c>
       <c r="M16" s="17">
         <v>103.7653</v>
       </c>
       <c r="N16" s="17">
         <v>103.78100000000001</v>
       </c>
       <c r="O16" s="17">
         <v>103.9478</v>
       </c>
       <c r="P16" s="17"/>
-      <c r="Q16" s="37">
-[...2 lines deleted...]
-      <c r="R16" s="33">
+      <c r="Q16" s="33">
         <v>-1.724188462865708</v>
       </c>
     </row>
-    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="18">
         <v>15.637</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17">
         <v>98.198400000000007</v>
       </c>
       <c r="E17" s="17">
         <v>98.265100000000004</v>
       </c>
       <c r="F17" s="17">
         <v>98.271000000000001</v>
       </c>
       <c r="G17" s="17">
         <v>98.308700000000002</v>
       </c>
       <c r="H17" s="17">
         <v>98.407200000000003</v>
       </c>
       <c r="I17" s="17">
         <v>98.321700000000007</v>
       </c>
       <c r="J17" s="17">
         <v>98.367999999999995</v>
       </c>
       <c r="K17" s="17">
         <v>98.307100000000005</v>
       </c>
       <c r="L17" s="17">
         <v>98.2654</v>
       </c>
       <c r="M17" s="17">
         <v>98.130899999999997</v>
       </c>
       <c r="N17" s="17">
         <v>98.2042</v>
       </c>
       <c r="O17" s="17">
         <v>98.085700000000003</v>
       </c>
       <c r="P17" s="17"/>
-      <c r="Q17" s="37">
-[...2 lines deleted...]
-      <c r="R17" s="33">
+      <c r="Q17" s="33">
         <v>3.92668021116351E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="18">
         <v>11.252000000000001</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17">
         <v>110.5089</v>
       </c>
       <c r="E18" s="17">
         <v>111.95869999999999</v>
       </c>
       <c r="F18" s="17">
         <v>111.60890000000001</v>
       </c>
       <c r="G18" s="17">
         <v>111.7296</v>
       </c>
       <c r="H18" s="17">
         <v>110.80889999999999</v>
       </c>
       <c r="I18" s="17">
         <v>110.4605</v>
       </c>
       <c r="J18" s="17">
         <v>111.0108</v>
       </c>
       <c r="K18" s="17">
         <v>109.6233</v>
       </c>
       <c r="L18" s="17">
         <v>109.0398</v>
       </c>
       <c r="M18" s="17">
         <v>108.4525</v>
       </c>
       <c r="N18" s="17">
         <v>108.36660000000001</v>
       </c>
       <c r="O18" s="17">
         <v>108.7552</v>
       </c>
       <c r="P18" s="17"/>
-      <c r="Q18" s="37">
-[...2 lines deleted...]
-      <c r="R18" s="33">
+      <c r="Q18" s="33">
         <v>-1.4132360113203899</v>
       </c>
     </row>
-    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18">
         <v>2.5920000000000001</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17">
         <v>97.987200000000001</v>
       </c>
       <c r="E19" s="17">
         <v>98.174300000000002</v>
       </c>
       <c r="F19" s="17">
         <v>98.37</v>
       </c>
       <c r="G19" s="17">
         <v>98.532799999999995</v>
       </c>
       <c r="H19" s="17">
         <v>98.409499999999994</v>
       </c>
       <c r="I19" s="17">
         <v>98.258700000000005</v>
       </c>
       <c r="J19" s="17">
         <v>98.297300000000007</v>
       </c>
       <c r="K19" s="17">
         <v>98.343299999999999</v>
       </c>
       <c r="L19" s="17">
         <v>97.742800000000003</v>
       </c>
       <c r="M19" s="17">
         <v>97.726299999999995</v>
       </c>
       <c r="N19" s="17">
         <v>97.7303</v>
       </c>
       <c r="O19" s="17">
         <v>97.974800000000002</v>
       </c>
       <c r="P19" s="17"/>
-      <c r="Q19" s="37">
-[...2 lines deleted...]
-      <c r="R19" s="33">
+      <c r="Q19" s="33">
         <v>0.6697286355743336</v>
       </c>
     </row>
-    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="18">
         <v>8.875</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17">
         <v>105.9165</v>
       </c>
       <c r="E20" s="17">
         <v>107.5795</v>
       </c>
       <c r="F20" s="17">
         <v>109.12050000000001</v>
       </c>
       <c r="G20" s="17">
         <v>108.7453</v>
       </c>
       <c r="H20" s="17">
         <v>109.57080000000001</v>
       </c>
       <c r="I20" s="17">
         <v>111.1234</v>
       </c>
       <c r="J20" s="17">
         <v>110.2848</v>
       </c>
       <c r="K20" s="17">
         <v>109.8956</v>
       </c>
       <c r="L20" s="17">
         <v>109.8296</v>
       </c>
       <c r="M20" s="17">
         <v>108.13500000000001</v>
       </c>
       <c r="N20" s="17">
         <v>107.5354</v>
       </c>
       <c r="O20" s="17">
         <v>106.9298</v>
       </c>
       <c r="P20" s="17"/>
-      <c r="Q20" s="37">
-[...2 lines deleted...]
-      <c r="R20" s="33">
+      <c r="Q20" s="33">
         <v>0.7338616383484593</v>
       </c>
     </row>
-    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="18">
         <v>0.78900000000000003</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17">
         <v>103.6207</v>
       </c>
       <c r="E21" s="17">
         <v>103.6207</v>
       </c>
       <c r="F21" s="17">
         <v>103.6207</v>
       </c>
       <c r="G21" s="17">
         <v>103.6207</v>
       </c>
       <c r="H21" s="17">
         <v>103.6207</v>
       </c>
       <c r="I21" s="17">
         <v>103.6207</v>
       </c>
       <c r="J21" s="17">
         <v>103.6207</v>
       </c>
       <c r="K21" s="17">
         <v>106.3091</v>
       </c>
       <c r="L21" s="17">
         <v>106.3091</v>
       </c>
       <c r="M21" s="17">
         <v>106.3091</v>
       </c>
       <c r="N21" s="17">
         <v>106.3091</v>
       </c>
       <c r="O21" s="17">
         <v>106.3091</v>
       </c>
       <c r="P21" s="17"/>
-      <c r="Q21" s="37">
-[...2 lines deleted...]
-      <c r="R21" s="33">
+      <c r="Q21" s="33">
         <v>2.5944623033814684</v>
       </c>
     </row>
-    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="18">
         <v>9.4700000000000006</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17">
         <v>111.4068</v>
       </c>
       <c r="E22" s="17">
         <v>111.95310000000001</v>
       </c>
       <c r="F22" s="17">
         <v>110.74550000000001</v>
       </c>
       <c r="G22" s="17">
         <v>109.9905</v>
       </c>
       <c r="H22" s="17">
         <v>109.5665</v>
       </c>
       <c r="I22" s="17">
         <v>110.4991</v>
       </c>
       <c r="J22" s="17">
         <v>111.97020000000001</v>
       </c>
       <c r="K22" s="17">
         <v>111.79349999999999</v>
       </c>
       <c r="L22" s="17">
         <v>110.4958</v>
       </c>
       <c r="M22" s="17">
         <v>109.961</v>
       </c>
       <c r="N22" s="17">
         <v>108.59780000000001</v>
       </c>
       <c r="O22" s="17">
         <v>110.7187</v>
       </c>
       <c r="P22" s="17"/>
-      <c r="Q22" s="37">
-[...2 lines deleted...]
-      <c r="R22" s="33">
+      <c r="Q22" s="33">
         <v>1.1048427158365397</v>
       </c>
     </row>
-    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="18">
         <v>5.7569999999999997</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17">
         <v>105.2075</v>
       </c>
       <c r="E23" s="17">
         <v>105.13330000000001</v>
       </c>
       <c r="F23" s="17">
         <v>104.9738</v>
       </c>
       <c r="G23" s="17">
         <v>105.48350000000001</v>
       </c>
       <c r="H23" s="17">
         <v>104.9038</v>
       </c>
       <c r="I23" s="17">
         <v>104.59650000000001</v>
       </c>
       <c r="J23" s="17">
         <v>104.6163</v>
       </c>
       <c r="K23" s="17">
         <v>104.752</v>
       </c>
       <c r="L23" s="17">
         <v>104.3419</v>
       </c>
       <c r="M23" s="17">
         <v>104.559</v>
       </c>
       <c r="N23" s="17">
         <v>104.40519999999999</v>
       </c>
       <c r="O23" s="17">
         <v>104.8081</v>
       </c>
       <c r="P23" s="17"/>
-      <c r="Q23" s="37">
-[...2 lines deleted...]
-      <c r="R23" s="33">
+      <c r="Q23" s="33">
         <v>0.29243319537809942</v>
       </c>
     </row>
-    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
-      <c r="Q24" s="36"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q24" s="33"/>
+    </row>
+    <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="18">
         <v>38.076000000000001</v>
       </c>
       <c r="C25" s="17"/>
       <c r="D25" s="17">
         <v>107.0368</v>
       </c>
       <c r="E25" s="17">
         <v>107.27889999999999</v>
       </c>
       <c r="F25" s="17">
         <v>107.379</v>
       </c>
       <c r="G25" s="17">
         <v>107.5716</v>
       </c>
       <c r="H25" s="17">
         <v>107.7774</v>
       </c>
       <c r="I25" s="17">
         <v>107.685</v>
       </c>
       <c r="J25" s="17">
         <v>107.2557</v>
       </c>
       <c r="K25" s="17">
         <v>107.297</v>
       </c>
       <c r="L25" s="17">
         <v>107.2029</v>
       </c>
       <c r="M25" s="17">
         <v>107.0351</v>
       </c>
       <c r="N25" s="17">
         <v>106.7572</v>
       </c>
       <c r="O25" s="17">
         <v>106.07810000000001</v>
       </c>
       <c r="P25" s="17"/>
-      <c r="Q25" s="36">
-[...2 lines deleted...]
-      <c r="R25" s="33">
+      <c r="Q25" s="33">
         <v>-1.7366833128151198</v>
       </c>
     </row>
-    <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="18">
         <v>24.969000000000001</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17">
         <v>109.7313</v>
       </c>
       <c r="E26" s="17">
         <v>109.72410000000001</v>
       </c>
       <c r="F26" s="17">
         <v>109.47969999999999</v>
       </c>
       <c r="G26" s="17">
         <v>109.6484</v>
       </c>
       <c r="H26" s="17">
         <v>110.1212</v>
       </c>
       <c r="I26" s="17">
         <v>110.1512</v>
       </c>
       <c r="J26" s="17">
         <v>110.5565</v>
       </c>
       <c r="K26" s="17">
         <v>110.1305</v>
       </c>
       <c r="L26" s="17">
         <v>109.79219999999999</v>
       </c>
       <c r="M26" s="17">
         <v>109.50279999999999</v>
       </c>
       <c r="N26" s="17">
         <v>109.1677</v>
       </c>
       <c r="O26" s="17">
         <v>108.53440000000001</v>
       </c>
       <c r="P26" s="17"/>
-      <c r="Q26" s="36">
-[...2 lines deleted...]
-      <c r="R26" s="33">
+      <c r="Q26" s="33">
         <v>-1.5343971505737757</v>
       </c>
     </row>
-    <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="18">
         <v>4.9569999999999999</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17">
         <v>100.6656</v>
       </c>
       <c r="E27" s="17">
         <v>102.3322</v>
       </c>
       <c r="F27" s="17">
         <v>104.053</v>
       </c>
       <c r="G27" s="17">
         <v>104.6765</v>
       </c>
       <c r="H27" s="17">
         <v>104.3762</v>
       </c>
       <c r="I27" s="17">
         <v>104.0616</v>
       </c>
       <c r="J27" s="17">
         <v>99.602000000000004</v>
       </c>
       <c r="K27" s="17">
         <v>102.36360000000001</v>
       </c>
       <c r="L27" s="17">
         <v>103.0772</v>
       </c>
       <c r="M27" s="17">
         <v>103.85339999999999</v>
       </c>
       <c r="N27" s="17">
         <v>104.0343</v>
       </c>
       <c r="O27" s="17">
         <v>102.7393</v>
       </c>
       <c r="P27" s="17"/>
-      <c r="Q27" s="36">
-[...2 lines deleted...]
-      <c r="R27" s="33">
+      <c r="Q27" s="33">
         <v>-1.6637074968294667</v>
       </c>
     </row>
-    <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="18">
         <v>8.15</v>
       </c>
       <c r="C28" s="17"/>
       <c r="D28" s="17">
         <v>102.9893</v>
       </c>
       <c r="E28" s="17">
         <v>103.0902</v>
       </c>
       <c r="F28" s="17">
         <v>103.2046</v>
       </c>
       <c r="G28" s="17">
         <v>103.20650000000001</v>
       </c>
       <c r="H28" s="17">
         <v>102.9495</v>
       </c>
       <c r="I28" s="17">
         <v>102.6392</v>
       </c>
       <c r="J28" s="17">
         <v>102.2377</v>
       </c>
       <c r="K28" s="17">
         <v>101.9845</v>
       </c>
       <c r="L28" s="17">
         <v>102.1065</v>
       </c>
       <c r="M28" s="17">
         <v>101.72</v>
       </c>
       <c r="N28" s="17">
         <v>101.3305</v>
       </c>
       <c r="O28" s="17">
         <v>100.8916</v>
       </c>
       <c r="P28" s="17"/>
-      <c r="Q28" s="36">
-[...2 lines deleted...]
-      <c r="R28" s="33">
+      <c r="Q28" s="33">
         <v>-2.4008110403643554</v>
       </c>
     </row>
-    <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18">
         <v>61.923999999999999</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17">
         <v>106.2801</v>
       </c>
       <c r="E29" s="17">
         <v>107.0899</v>
       </c>
       <c r="F29" s="17">
         <v>107.113</v>
       </c>
       <c r="G29" s="17">
         <v>107.0111</v>
       </c>
       <c r="H29" s="17">
         <v>107.1253</v>
       </c>
       <c r="I29" s="17">
         <v>107.49120000000001</v>
       </c>
       <c r="J29" s="17">
         <v>107.68259999999999</v>
       </c>
       <c r="K29" s="17">
         <v>107.52</v>
       </c>
       <c r="L29" s="17">
         <v>107.1979</v>
       </c>
       <c r="M29" s="17">
         <v>106.86150000000001</v>
       </c>
       <c r="N29" s="17">
         <v>106.6699</v>
       </c>
       <c r="O29" s="17">
         <v>107.057</v>
       </c>
       <c r="P29" s="17"/>
-      <c r="Q29" s="36">
-[...2 lines deleted...]
-      <c r="R29" s="33">
+      <c r="Q29" s="33">
         <v>1.1699222256872579</v>
       </c>
     </row>
-    <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="18">
         <v>51.201000000000001</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17">
         <v>107.2572</v>
       </c>
       <c r="E30" s="17">
         <v>108.2157</v>
       </c>
       <c r="F30" s="17">
         <v>108.2268</v>
       </c>
       <c r="G30" s="17">
         <v>108.1014</v>
       </c>
       <c r="H30" s="17">
         <v>108.2042</v>
       </c>
       <c r="I30" s="17">
         <v>108.6305</v>
       </c>
       <c r="J30" s="17">
         <v>108.8629</v>
       </c>
       <c r="K30" s="17">
         <v>108.67100000000001</v>
       </c>
       <c r="L30" s="17">
         <v>108.2709</v>
       </c>
       <c r="M30" s="17">
         <v>107.85590000000001</v>
       </c>
       <c r="N30" s="17">
         <v>107.62179999999999</v>
       </c>
       <c r="O30" s="17">
         <v>108.1191</v>
       </c>
       <c r="P30" s="17"/>
-      <c r="Q30" s="36">
-[...2 lines deleted...]
-      <c r="R30" s="33">
+      <c r="Q30" s="33">
         <v>1.3171716793095596</v>
       </c>
     </row>
-    <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="18">
         <v>10.723000000000001</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17">
         <v>101.989</v>
       </c>
       <c r="E31" s="17">
         <v>102.1216</v>
       </c>
       <c r="F31" s="17">
         <v>102.1999</v>
       </c>
       <c r="G31" s="17">
         <v>102.2045</v>
       </c>
       <c r="H31" s="17">
         <v>102.3711</v>
       </c>
       <c r="I31" s="17">
         <v>102.4623</v>
       </c>
       <c r="J31" s="17">
         <v>102.4666</v>
       </c>
       <c r="K31" s="17">
         <v>102.4375</v>
       </c>
       <c r="L31" s="17">
         <v>102.47069999999999</v>
       </c>
       <c r="M31" s="17">
         <v>102.4922</v>
       </c>
       <c r="N31" s="17">
         <v>102.494</v>
       </c>
       <c r="O31" s="17">
         <v>102.37909999999999</v>
       </c>
       <c r="P31" s="17"/>
-      <c r="Q31" s="36">
-[...2 lines deleted...]
-      <c r="R31" s="33">
+      <c r="Q31" s="33">
         <v>0.46671605980167519</v>
       </c>
     </row>
-    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="17"/>
-      <c r="Q32" s="36"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q32" s="33"/>
+    </row>
+    <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B33" s="18">
         <v>77.082999999999998</v>
       </c>
       <c r="C33" s="17"/>
       <c r="D33" s="17">
         <v>106.8246</v>
       </c>
       <c r="E33" s="17">
         <v>107.3117</v>
       </c>
       <c r="F33" s="17">
         <v>107.23</v>
       </c>
       <c r="G33" s="17">
         <v>107.1527</v>
       </c>
       <c r="H33" s="17">
         <v>107.32989999999999</v>
       </c>
       <c r="I33" s="17">
         <v>107.5667</v>
       </c>
       <c r="J33" s="17">
         <v>107.7881</v>
       </c>
       <c r="K33" s="17">
         <v>107.6935</v>
       </c>
       <c r="L33" s="17">
         <v>107.4181</v>
       </c>
       <c r="M33" s="17">
         <v>107.2092</v>
       </c>
       <c r="N33" s="17">
         <v>107.03749999999999</v>
       </c>
       <c r="O33" s="17">
         <v>107.2715</v>
       </c>
       <c r="P33" s="17"/>
-      <c r="Q33" s="36">
-[...2 lines deleted...]
-      <c r="R33" s="33">
+      <c r="Q33" s="33">
         <v>0.54475430287477844</v>
       </c>
     </row>
-    <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="18">
         <v>22.917000000000002</v>
       </c>
       <c r="C34" s="17"/>
       <c r="D34" s="17">
         <v>106.50279999999999</v>
       </c>
       <c r="E34" s="17">
         <v>107.4729</v>
       </c>
       <c r="F34" s="17">
         <v>107.9778</v>
       </c>
       <c r="G34" s="17">
         <v>108.2778</v>
       </c>
       <c r="H34" s="17">
         <v>108.3317</v>
       </c>
       <c r="I34" s="17">
         <v>108.38039999999999</v>
       </c>
       <c r="J34" s="17">
         <v>107.4462</v>
       </c>
       <c r="K34" s="17">
         <v>107.389</v>
       </c>
       <c r="L34" s="17">
         <v>107.2838</v>
       </c>
       <c r="M34" s="17">
         <v>106.79170000000001</v>
       </c>
       <c r="N34" s="17">
         <v>106.3886</v>
       </c>
       <c r="O34" s="17">
         <v>105.53700000000001</v>
       </c>
       <c r="P34" s="17"/>
-      <c r="Q34" s="36">
-[...2 lines deleted...]
-      <c r="R34" s="33">
+      <c r="Q34" s="33">
         <v>-1.556724023584517</v>
       </c>
     </row>
-    <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="30">
         <v>100</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29">
         <v>106.8138</v>
       </c>
       <c r="E35" s="29">
         <v>107.4115</v>
       </c>
       <c r="F35" s="29">
         <v>107.4637</v>
       </c>
       <c r="G35" s="29">
         <v>107.4725</v>
       </c>
       <c r="H35" s="29">
         <v>107.6215</v>
       </c>
       <c r="I35" s="29">
         <v>107.8156</v>
       </c>
       <c r="J35" s="29">
         <v>107.7734</v>
       </c>
       <c r="K35" s="29">
         <v>107.68729999999999</v>
       </c>
       <c r="L35" s="29">
         <v>107.4504</v>
       </c>
       <c r="M35" s="29">
         <v>107.1768</v>
       </c>
       <c r="N35" s="29">
         <v>106.9522</v>
       </c>
       <c r="O35" s="29">
         <v>106.9383</v>
       </c>
       <c r="P35" s="29"/>
-      <c r="Q35" s="35">
-[...2 lines deleted...]
-      <c r="R35" s="34">
+      <c r="Q35" s="34">
         <v>6.3160376828839543E-2</v>
       </c>
     </row>
-    <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="34">
         <v>-5.3335429322136786E-2</v>
       </c>
       <c r="E36" s="34">
         <v>0.50593801113119863</v>
       </c>
       <c r="F36" s="34">
         <v>0.55478203587883701</v>
       </c>
       <c r="G36" s="34">
         <v>0.56301627759873973</v>
       </c>
       <c r="H36" s="34">
         <v>0.70243696126537347</v>
       </c>
       <c r="I36" s="34">
         <v>0.88405813374654318</v>
       </c>
       <c r="J36" s="34">
         <v>0.84457120186242873</v>
       </c>
       <c r="K36" s="34">
         <v>0.76400663230741295</v>
       </c>
       <c r="L36" s="34">
         <v>0.54233710237033805</v>
       </c>
       <c r="M36" s="34">
         <v>0.28632704162408945</v>
       </c>
       <c r="N36" s="34">
         <v>7.6166735909155861E-2</v>
       </c>
       <c r="O36" s="34">
         <v>6.3160376828839543E-2</v>
       </c>
       <c r="P36" s="29"/>
-      <c r="Q36" s="25" t="s">
+      <c r="Q36" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="R36" s="24" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="39"/>
       <c r="B37" s="39"/>
       <c r="C37" s="39"/>
-      <c r="Q37" s="9"/>
-      <c r="R37" s="9" t="s">
+      <c r="Q37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>73</v>
+    <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q38" s="2" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A098096E-8952-40AD-9668-D8DB7D1E73BF}">
   <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="9.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:18" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -4158,51 +5659,51 @@
       <c r="Q37" s="9"/>
       <c r="R37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2"/>
       <c r="R38" s="2" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B07CF07-3F80-4A96-912F-C5A2871A25B2}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
@@ -5522,51 +7023,51 @@
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="Q37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFF2346A-DC52-46C8-A107-08BA97BD6E2D}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
@@ -6888,51 +8389,51 @@
         <v>58</v>
       </c>
       <c r="Q37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -8255,51 +9756,51 @@
         <v>58</v>
       </c>
       <c r="Q37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B2684F7-F21C-4397-9DF8-819666F478FE}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
@@ -9621,51 +11122,51 @@
         <v>58</v>
       </c>
       <c r="Q37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83833BF5-FC3F-46AE-A5AB-E0CA469C7A6D}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
@@ -11003,72 +12504,75 @@
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="19" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>