--- v3 (2026-02-26)
+++ v4 (2026-03-23)
@@ -15,121 +15,118 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A2D783F-AD1C-46B7-993A-59A5D7422BEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A1ECCC5C-C92B-4F3D-8347-AFDFC98E2197}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="20" r:id="rId1"/>
     <sheet name="2025" sheetId="19" r:id="rId2"/>
     <sheet name="2024" sheetId="18" r:id="rId3"/>
     <sheet name="2023" sheetId="17" r:id="rId4"/>
     <sheet name="2022" sheetId="16" r:id="rId5"/>
     <sheet name="2021" sheetId="1" r:id="rId6"/>
     <sheet name="2020" sheetId="4" r:id="rId7"/>
     <sheet name="2019" sheetId="6" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$10</definedName>
-[...9 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$10</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$9</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$9</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="86">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
-  </si>
-[...1 lines deleted...]
-    <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
     <t xml:space="preserve">    Bekleidung und Schuhe</t>
   </si>
   <si>
     <t xml:space="preserve">    Wohnen und Energie</t>
   </si>
   <si>
     <t xml:space="preserve">    Hausrat und Haushaltsführung</t>
   </si>
   <si>
     <t xml:space="preserve">    Gesundheitspflege</t>
   </si>
   <si>
     <t xml:space="preserve">    Verkehr</t>
   </si>
   <si>
     <t xml:space="preserve">    Nachrichtenübermittlung</t>
   </si>
@@ -199,53 +196,50 @@
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Okt</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dez</t>
   </si>
   <si>
     <t>nach Monat</t>
   </si>
   <si>
     <t>Gewicht</t>
   </si>
   <si>
     <t>in %</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>(Basis Dezember 2015 = 100)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dezember</t>
   </si>
   <si>
     <t>2020/2021</t>
   </si>
   <si>
     <t>2019/2020</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise</t>
   </si>
   <si>
     <t>T 05.01.530i</t>
   </si>
   <si>
     <t>2018/2019</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>Veränderung seit Jahresbeginn in %</t>
   </si>
   <si>
     <t>Veränderung</t>
@@ -289,87 +283,93 @@
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2026</t>
   </si>
   <si>
-    <t>(Basis Dezember 2025 = 100)</t>
-[...10 lines deleted...]
-  <si>
     <t>2025/2026</t>
-  </si>
-[...1 lines deleted...]
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 13.2.2026)</t>
   </si>
   <si>
     <t xml:space="preserve">    Gesundheit</t>
   </si>
   <si>
     <t xml:space="preserve">    Information und Kommunikation</t>
   </si>
   <si>
     <t xml:space="preserve">    Freizeit, Sport und Kultur</t>
   </si>
   <si>
     <t xml:space="preserve">    Bildung</t>
   </si>
   <si>
     <t xml:space="preserve">    Versicherungen und Finanzdienstleistungen</t>
   </si>
   <si>
     <t xml:space="preserve">        nichtdauerhafte Waren</t>
   </si>
   <si>
     <t/>
+  </si>
+  <si>
+    <t>Basis Dezember 2025 = 100</t>
+  </si>
+  <si>
+    <t>Basis Dezember 2020 = 100</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 4.3.2026)</t>
+  </si>
+  <si>
+    <t>Jan 2026/</t>
+  </si>
+  <si>
+    <t>Februar</t>
+  </si>
+  <si>
+    <t>Feb 2026</t>
+  </si>
+  <si>
+    <t>Basis Dezember 2015 = 100</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -461,75 +461,74 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
@@ -558,50 +557,54 @@
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Komma 2" xfId="3" xr:uid="{011CADF9-7702-4A95-8837-198524052BD7}"/>
     <cellStyle name="Normal_Gewichtung Übergang EVE-LIK (V.2)" xfId="2" xr:uid="{462553F4-47AC-4A7D-9B88-94C21D34B668}"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{30F2A74A-1B89-452E-B6BB-F19E9C6C2519}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF009900"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1385,11146 +1388,11184 @@
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCC06CD7-E918-42A8-AA1E-7F9826173C21}">
   <dimension ref="A1:R39"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="18" width="9.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>72</v>
-[...8 lines deleted...]
-      <c r="A5" s="7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="B7" s="13" t="s">
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="14">
+        <v>2026</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="18"/>
+      <c r="R7" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C7" s="12"/>
-[...90 lines deleted...]
-      <c r="B10" s="16"/>
+    </row>
+    <row r="8" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="R8" s="21" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="R9" s="18" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="17"/>
       <c r="C10" s="16"/>
-      <c r="D10" s="21"/>
-[...10 lines deleted...]
-      <c r="O10" s="21"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
       <c r="P10" s="16"/>
-      <c r="Q10" s="28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="35"/>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="10" t="s">
-[...18 lines deleted...]
-      <c r="R11" s="36"/>
+      <c r="A11" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="17">
+        <v>10.307</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>100.7165</v>
+      </c>
+      <c r="E11" s="16">
+        <v>100.8168</v>
+      </c>
+      <c r="F11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O11" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="36">
+        <v>9.9586462992661856E-2</v>
+      </c>
+      <c r="R11" s="32">
+        <v>-0.29806701464227114</v>
+      </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...44 lines deleted...]
-        <v>-0.4033645687885396</v>
+      <c r="B12" s="17">
+        <v>3.468</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>100.6007</v>
+      </c>
+      <c r="E12" s="16">
+        <v>101.25069999999999</v>
+      </c>
+      <c r="F12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O12" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="36">
+        <v>0.64611876458115247</v>
+      </c>
+      <c r="R12" s="32">
+        <v>2.4666719965834525</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...44 lines deleted...]
-        <v>1.8630892652644255</v>
+      <c r="B13" s="17">
+        <v>2.42</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>94.087400000000002</v>
+      </c>
+      <c r="E13" s="16">
+        <v>96.957099999999997</v>
+      </c>
+      <c r="F13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O13" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="36">
+        <v>3.0500364554658694</v>
+      </c>
+      <c r="R13" s="32">
+        <v>-1.2449658482329329</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...44 lines deleted...]
-        <v>-0.86138861112544818</v>
+      <c r="B14" s="17">
+        <v>25.594999999999999</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>99.712100000000007</v>
+      </c>
+      <c r="E14" s="16">
+        <v>100.09820000000001</v>
+      </c>
+      <c r="F14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O14" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="36">
+        <v>0.38721479138439463</v>
+      </c>
+      <c r="R14" s="32">
+        <v>0.69826093692313085</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...44 lines deleted...]
-        <v>0.77650140786993294</v>
+      <c r="B15" s="17">
+        <v>3.302</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>100.0364</v>
+      </c>
+      <c r="E15" s="16">
+        <v>100.3856</v>
+      </c>
+      <c r="F15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O15" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="36">
+        <v>0.34907293745076412</v>
+      </c>
+      <c r="R15" s="32">
+        <v>-1.2636913005161818</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
-        <v>10</v>
-[...46 lines deleted...]
-        <v>-1.2982451293607795</v>
+        <v>72</v>
+      </c>
+      <c r="B16" s="17">
+        <v>17.379000000000001</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>100.02889999999999</v>
+      </c>
+      <c r="E16" s="16">
+        <v>99.988100000000003</v>
+      </c>
+      <c r="F16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O16" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="36">
+        <v>-4.0788212206662455E-2</v>
+      </c>
+      <c r="R16" s="32">
+        <v>-0.19444436126325026</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
-        <v>79</v>
-[...46 lines deleted...]
-        <v>-8.5901299406994092E-2</v>
+        <v>11</v>
+      </c>
+      <c r="B17" s="17">
+        <v>10.715</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>99.559299999999993</v>
+      </c>
+      <c r="E17" s="16">
+        <v>101.0964</v>
+      </c>
+      <c r="F17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O17" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="36">
+        <v>1.5439039848612932</v>
+      </c>
+      <c r="R17" s="32">
+        <v>-1.783599511523589</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
-        <v>12</v>
-[...46 lines deleted...]
-        <v>-2.0136744835161222</v>
+        <v>73</v>
+      </c>
+      <c r="B18" s="17">
+        <v>3.2789999999999999</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>99.805400000000006</v>
+      </c>
+      <c r="E18" s="16">
+        <v>99.744799999999998</v>
+      </c>
+      <c r="F18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O18" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="36">
+        <v>-6.0718157534570251E-2</v>
+      </c>
+      <c r="R18" s="32">
+        <v>-0.26078539601782624</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
-        <v>80</v>
-[...46 lines deleted...]
-        <v>-2.1537281033457888E-2</v>
+        <v>74</v>
+      </c>
+      <c r="B19" s="17">
+        <v>7.5010000000000003</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>100.5153</v>
+      </c>
+      <c r="E19" s="16">
+        <v>101.8142</v>
+      </c>
+      <c r="F19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O19" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="36">
+        <v>1.2922410817059724</v>
+      </c>
+      <c r="R19" s="32">
+        <v>1.1753786591461515</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
-        <v>81</v>
-[...46 lines deleted...]
-        <v>1.5690791966653941</v>
+        <v>75</v>
+      </c>
+      <c r="B20" s="17">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>100</v>
+      </c>
+      <c r="E20" s="16">
+        <v>100</v>
+      </c>
+      <c r="F20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O20" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="36">
+        <v>0</v>
+      </c>
+      <c r="R20" s="32">
+        <v>2.5945126298974701</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
-        <v>82</v>
-[...46 lines deleted...]
-        <v>2.5945126298974701</v>
+        <v>15</v>
+      </c>
+      <c r="B21" s="17">
+        <v>9.5679999999999996</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>100.18429999999999</v>
+      </c>
+      <c r="E21" s="16">
+        <v>101.9863</v>
+      </c>
+      <c r="F21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O21" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="36">
+        <v>1.7986850235016931</v>
+      </c>
+      <c r="R21" s="32">
+        <v>0.8616921327201752</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
-        <v>16</v>
-[...46 lines deleted...]
-        <v>-0.43449958507873987</v>
+        <v>76</v>
+      </c>
+      <c r="B22" s="17">
+        <v>2.2519999999999998</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>102.3792</v>
+      </c>
+      <c r="E22" s="16">
+        <v>102.3459</v>
+      </c>
+      <c r="F22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O22" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="36">
+        <v>-3.2526138121803064E-2</v>
+      </c>
+      <c r="R22" s="32">
+        <v>1.1589014503812261</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
-        <v>83</v>
-[...24 lines deleted...]
-        <v>0.434191448410089</v>
+        <v>16</v>
+      </c>
+      <c r="B23" s="17">
+        <v>3.363</v>
+      </c>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16">
+        <v>100.0355</v>
+      </c>
+      <c r="E23" s="16">
+        <v>99.881799999999998</v>
+      </c>
+      <c r="F23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O23" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="36">
+        <v>-0.15364545586316919</v>
+      </c>
+      <c r="R23" s="32">
+        <v>0.18516066649815965</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="5" t="s">
+      <c r="A24" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="17"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="16"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="16"/>
+      <c r="J24" s="16"/>
+      <c r="K24" s="16"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="16"/>
+      <c r="N24" s="16"/>
+      <c r="O24" s="16"/>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="35"/>
+      <c r="R24" s="32"/>
+    </row>
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="18">
-[...67 lines deleted...]
-      <c r="R25" s="33"/>
+      <c r="B25" s="17">
+        <v>37.558</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>99.555099999999996</v>
+      </c>
+      <c r="E25" s="16">
+        <v>99.748699999999999</v>
+      </c>
+      <c r="F25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O25" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="35">
+        <v>0.19446517556609713</v>
+      </c>
+      <c r="R25" s="32">
+        <v>-1.3678163192659154</v>
+      </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
-        <v>18</v>
-[...46 lines deleted...]
-        <v>-1.3366196317680881</v>
+        <v>77</v>
+      </c>
+      <c r="B26" s="17">
+        <v>25.254000000000001</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>99.953299999999999</v>
+      </c>
+      <c r="E26" s="16">
+        <v>99.9846</v>
+      </c>
+      <c r="F26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O26" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="35">
+        <v>3.131462392937668E-2</v>
+      </c>
+      <c r="R26" s="32">
+        <v>-1.0995467683256104</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
-        <v>84</v>
-[...46 lines deleted...]
-        <v>-1.1369615876118202</v>
+        <v>19</v>
+      </c>
+      <c r="B27" s="17">
+        <v>5.0330000000000004</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>96.869900000000001</v>
+      </c>
+      <c r="E27" s="16">
+        <v>98.056299999999993</v>
+      </c>
+      <c r="F27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O27" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="35">
+        <v>1.2247354441369216</v>
+      </c>
+      <c r="R27" s="32">
+        <v>-1.5536555834215295</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="18">
-[...44 lines deleted...]
-        <v>-1.1346007821876751</v>
+      <c r="B28" s="17">
+        <v>7.2709999999999999</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>100.03100000000001</v>
+      </c>
+      <c r="E28" s="16">
+        <v>100.10120000000001</v>
+      </c>
+      <c r="F28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O28" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="35">
+        <v>7.0178244744129134E-2</v>
+      </c>
+      <c r="R28" s="32">
+        <v>-2.0336820018164059</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B29" s="18">
-[...44 lines deleted...]
-        <v>-2.0064812420159974</v>
+      <c r="B29" s="17">
+        <v>62.442</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>100.1741</v>
+      </c>
+      <c r="E29" s="16">
+        <v>101.0701</v>
+      </c>
+      <c r="F29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O29" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="35">
+        <v>0.89444277512850212</v>
+      </c>
+      <c r="R29" s="32">
+        <v>1.039081002132346</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>22</v>
-[...46 lines deleted...]
-        <v>0.90637758211339603</v>
+        <v>57</v>
+      </c>
+      <c r="B30" s="17">
+        <v>49.485999999999997</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>100.1895</v>
+      </c>
+      <c r="E30" s="16">
+        <v>101.31059999999999</v>
+      </c>
+      <c r="F30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O30" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="35">
+        <v>1.1189795337834787</v>
+      </c>
+      <c r="R30" s="32">
+        <v>1.2202103521555245</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
-        <v>59</v>
-[...46 lines deleted...]
-        <v>0.9946291838536806</v>
+        <v>23</v>
+      </c>
+      <c r="B31" s="17">
+        <v>12.956</v>
+      </c>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16">
+        <v>100.1152</v>
+      </c>
+      <c r="E31" s="16">
+        <v>100.15130000000001</v>
+      </c>
+      <c r="F31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O31" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="35">
+        <v>3.6058460653332042E-2</v>
+      </c>
+      <c r="R31" s="32">
+        <v>0.40381559622450375</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="5" t="s">
+      <c r="A32" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B32" s="17"/>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16"/>
+      <c r="E32" s="16"/>
+      <c r="F32" s="16"/>
+      <c r="G32" s="16"/>
+      <c r="H32" s="16"/>
+      <c r="I32" s="16"/>
+      <c r="J32" s="16"/>
+      <c r="K32" s="16"/>
+      <c r="L32" s="16"/>
+      <c r="M32" s="16"/>
+      <c r="N32" s="16"/>
+      <c r="O32" s="16"/>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="35"/>
+      <c r="R32" s="32"/>
+    </row>
+    <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B32" s="18">
-[...67 lines deleted...]
-      <c r="R33" s="33"/>
+      <c r="B33" s="17">
+        <v>77.84</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>100.10209999999999</v>
+      </c>
+      <c r="E33" s="16">
+        <v>100.68300000000001</v>
+      </c>
+      <c r="F33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="35">
+        <v>0.58030750603635084</v>
+      </c>
+      <c r="R33" s="32">
+        <v>0.64525802823942291</v>
+      </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B34" s="18">
-[...44 lines deleted...]
-        <v>0.52086994418748056</v>
+      <c r="B34" s="17">
+        <v>22.16</v>
+      </c>
+      <c r="C34" s="16"/>
+      <c r="D34" s="16">
+        <v>99.378399999999999</v>
+      </c>
+      <c r="E34" s="16">
+        <v>100.19199999999999</v>
+      </c>
+      <c r="F34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="I34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="L34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="O34" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="P34" s="16"/>
+      <c r="Q34" s="35">
+        <v>0.81868897064150148</v>
+      </c>
+      <c r="R34" s="32">
+        <v>-1.6127179152800244</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="5" t="s">
-[...44 lines deleted...]
-        <v>-0.62160000000000082</v>
+      <c r="A35" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="29">
+        <v>100</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="28">
+        <v>99.941599999999994</v>
+      </c>
+      <c r="E35" s="28">
+        <v>100.57380000000001</v>
+      </c>
+      <c r="F35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="G35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="H35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="I35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="J35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="K35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="L35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="M35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="N35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="O35" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="34">
+        <v>0.63256942054160803</v>
       </c>
       <c r="R35" s="33">
-        <v>-1.5227651758755589</v>
-[...47 lines deleted...]
-      <c r="Q36" s="35">
+        <v>0.13072155710979932</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="28"/>
+      <c r="D36" s="33">
         <v>-5.8400000000006003E-2</v>
       </c>
-      <c r="R36" s="34">
-[...52 lines deleted...]
-        <v>50</v>
+      <c r="E36" s="33">
+        <v>0.57380000000000564</v>
+      </c>
+      <c r="F36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="H36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="I36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="J36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="K36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="L36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="M36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="N36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="O36" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="P36" s="28"/>
+      <c r="Q36" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="R36" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="38"/>
+      <c r="B37" s="38"/>
+      <c r="C37" s="38"/>
+      <c r="Q37" s="9"/>
+      <c r="R37" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="39"/>
-[...1 lines deleted...]
-      <c r="C38" s="39"/>
+      <c r="A38" s="38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="38"/>
+      <c r="C38" s="38"/>
       <c r="Q38" s="9"/>
-      <c r="R38" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R38" s="9"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q39" s="2"/>
       <c r="R39" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="24" max="16383" man="1"/>
+    <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F803B0F8-938A-4925-9283-231FA5E2BF55}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      <c r="A4" s="10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="14">
+        <v>2025</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="18" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="35"/>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...139 lines deleted...]
-      <c r="Q11" s="36"/>
+      <c r="B11" s="17">
+        <v>10.366</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>105.3077</v>
+      </c>
+      <c r="E11" s="16">
+        <v>105.3013</v>
+      </c>
+      <c r="F11" s="16">
+        <v>105.1717</v>
+      </c>
+      <c r="G11" s="16">
+        <v>105.0677</v>
+      </c>
+      <c r="H11" s="16">
+        <v>106.6632</v>
+      </c>
+      <c r="I11" s="16">
+        <v>107.3158</v>
+      </c>
+      <c r="J11" s="16">
+        <v>107.6241</v>
+      </c>
+      <c r="K11" s="16">
+        <v>107.33410000000001</v>
+      </c>
+      <c r="L11" s="16">
+        <v>106.9572</v>
+      </c>
+      <c r="M11" s="16">
+        <v>106.45699999999999</v>
+      </c>
+      <c r="N11" s="16">
+        <v>105.5009</v>
+      </c>
+      <c r="O11" s="16">
+        <v>104.13679999999999</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>-0.82681777058235484</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>-0.82681777058235484</v>
+      <c r="B12" s="17">
+        <v>2.548</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>105.2186</v>
+      </c>
+      <c r="E12" s="16">
+        <v>105.27460000000001</v>
+      </c>
+      <c r="F12" s="16">
+        <v>104.9864</v>
+      </c>
+      <c r="G12" s="16">
+        <v>105.7238</v>
+      </c>
+      <c r="H12" s="16">
+        <v>105.8706</v>
+      </c>
+      <c r="I12" s="16">
+        <v>106.2771</v>
+      </c>
+      <c r="J12" s="16">
+        <v>106.3379</v>
+      </c>
+      <c r="K12" s="16">
+        <v>106.30159999999999</v>
+      </c>
+      <c r="L12" s="16">
+        <v>106.2492</v>
+      </c>
+      <c r="M12" s="16">
+        <v>106.245</v>
+      </c>
+      <c r="N12" s="16">
+        <v>106.15689999999999</v>
+      </c>
+      <c r="O12" s="16">
+        <v>106.5389</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>2.2509060057431496</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>2.2509060057431496</v>
+      <c r="B13" s="17">
+        <v>2.601</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>96.620400000000004</v>
+      </c>
+      <c r="E13" s="16">
+        <v>99.733099999999993</v>
+      </c>
+      <c r="F13" s="16">
+        <v>103.3653</v>
+      </c>
+      <c r="G13" s="16">
+        <v>104.4233</v>
+      </c>
+      <c r="H13" s="16">
+        <v>104.70959999999999</v>
+      </c>
+      <c r="I13" s="16">
+        <v>103.348</v>
+      </c>
+      <c r="J13" s="16">
+        <v>96.017200000000003</v>
+      </c>
+      <c r="K13" s="16">
+        <v>100.3597</v>
+      </c>
+      <c r="L13" s="16">
+        <v>101.94970000000001</v>
+      </c>
+      <c r="M13" s="16">
+        <v>103.79049999999999</v>
+      </c>
+      <c r="N13" s="16">
+        <v>103.5522</v>
+      </c>
+      <c r="O13" s="16">
+        <v>101.721</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>-1.6239813849489599</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>-1.6239813849489599</v>
+      <c r="B14" s="17">
+        <v>27</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>113.3944</v>
+      </c>
+      <c r="E14" s="16">
+        <v>113.92189999999999</v>
+      </c>
+      <c r="F14" s="16">
+        <v>113.9074</v>
+      </c>
+      <c r="G14" s="16">
+        <v>113.9081</v>
+      </c>
+      <c r="H14" s="16">
+        <v>114.217</v>
+      </c>
+      <c r="I14" s="16">
+        <v>114.19889999999999</v>
+      </c>
+      <c r="J14" s="16">
+        <v>114.2144</v>
+      </c>
+      <c r="K14" s="16">
+        <v>114.3502</v>
+      </c>
+      <c r="L14" s="16">
+        <v>114.3663</v>
+      </c>
+      <c r="M14" s="16">
+        <v>114.45</v>
+      </c>
+      <c r="N14" s="16">
+        <v>114.72629999999999</v>
+      </c>
+      <c r="O14" s="16">
+        <v>114.6048</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>0.42930414871326317</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>0.42930414871326317</v>
+      <c r="B15" s="17">
+        <v>3.113</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>105.3533</v>
+      </c>
+      <c r="E15" s="16">
+        <v>105.6841</v>
+      </c>
+      <c r="F15" s="16">
+        <v>105.50279999999999</v>
+      </c>
+      <c r="G15" s="16">
+        <v>106.1712</v>
+      </c>
+      <c r="H15" s="16">
+        <v>105.4605</v>
+      </c>
+      <c r="I15" s="16">
+        <v>105.6435</v>
+      </c>
+      <c r="J15" s="16">
+        <v>105.18899999999999</v>
+      </c>
+      <c r="K15" s="16">
+        <v>104.4235</v>
+      </c>
+      <c r="L15" s="16">
+        <v>104.2711</v>
+      </c>
+      <c r="M15" s="16">
+        <v>103.7653</v>
+      </c>
+      <c r="N15" s="16">
+        <v>103.78100000000001</v>
+      </c>
+      <c r="O15" s="16">
+        <v>103.9478</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>-1.724188462865708</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>-1.724188462865708</v>
+      <c r="B16" s="17">
+        <v>15.637</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>98.198400000000007</v>
+      </c>
+      <c r="E16" s="16">
+        <v>98.265100000000004</v>
+      </c>
+      <c r="F16" s="16">
+        <v>98.271000000000001</v>
+      </c>
+      <c r="G16" s="16">
+        <v>98.308700000000002</v>
+      </c>
+      <c r="H16" s="16">
+        <v>98.407200000000003</v>
+      </c>
+      <c r="I16" s="16">
+        <v>98.321700000000007</v>
+      </c>
+      <c r="J16" s="16">
+        <v>98.367999999999995</v>
+      </c>
+      <c r="K16" s="16">
+        <v>98.307100000000005</v>
+      </c>
+      <c r="L16" s="16">
+        <v>98.2654</v>
+      </c>
+      <c r="M16" s="16">
+        <v>98.130899999999997</v>
+      </c>
+      <c r="N16" s="16">
+        <v>98.2042</v>
+      </c>
+      <c r="O16" s="16">
+        <v>98.085700000000003</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>3.92668021116351E-2</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>3.92668021116351E-2</v>
+      <c r="B17" s="17">
+        <v>11.252000000000001</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>110.5089</v>
+      </c>
+      <c r="E17" s="16">
+        <v>111.95869999999999</v>
+      </c>
+      <c r="F17" s="16">
+        <v>111.60890000000001</v>
+      </c>
+      <c r="G17" s="16">
+        <v>111.7296</v>
+      </c>
+      <c r="H17" s="16">
+        <v>110.80889999999999</v>
+      </c>
+      <c r="I17" s="16">
+        <v>110.4605</v>
+      </c>
+      <c r="J17" s="16">
+        <v>111.0108</v>
+      </c>
+      <c r="K17" s="16">
+        <v>109.6233</v>
+      </c>
+      <c r="L17" s="16">
+        <v>109.0398</v>
+      </c>
+      <c r="M17" s="16">
+        <v>108.4525</v>
+      </c>
+      <c r="N17" s="16">
+        <v>108.36660000000001</v>
+      </c>
+      <c r="O17" s="16">
+        <v>108.7552</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>-1.4132360113203899</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>-1.4132360113203899</v>
+      <c r="B18" s="17">
+        <v>2.5920000000000001</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>97.987200000000001</v>
+      </c>
+      <c r="E18" s="16">
+        <v>98.174300000000002</v>
+      </c>
+      <c r="F18" s="16">
+        <v>98.37</v>
+      </c>
+      <c r="G18" s="16">
+        <v>98.532799999999995</v>
+      </c>
+      <c r="H18" s="16">
+        <v>98.409499999999994</v>
+      </c>
+      <c r="I18" s="16">
+        <v>98.258700000000005</v>
+      </c>
+      <c r="J18" s="16">
+        <v>98.297300000000007</v>
+      </c>
+      <c r="K18" s="16">
+        <v>98.343299999999999</v>
+      </c>
+      <c r="L18" s="16">
+        <v>97.742800000000003</v>
+      </c>
+      <c r="M18" s="16">
+        <v>97.726299999999995</v>
+      </c>
+      <c r="N18" s="16">
+        <v>97.7303</v>
+      </c>
+      <c r="O18" s="16">
+        <v>97.974800000000002</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>0.6697286355743336</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>0.6697286355743336</v>
+      <c r="B19" s="17">
+        <v>8.875</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>105.9165</v>
+      </c>
+      <c r="E19" s="16">
+        <v>107.5795</v>
+      </c>
+      <c r="F19" s="16">
+        <v>109.12050000000001</v>
+      </c>
+      <c r="G19" s="16">
+        <v>108.7453</v>
+      </c>
+      <c r="H19" s="16">
+        <v>109.57080000000001</v>
+      </c>
+      <c r="I19" s="16">
+        <v>111.1234</v>
+      </c>
+      <c r="J19" s="16">
+        <v>110.2848</v>
+      </c>
+      <c r="K19" s="16">
+        <v>109.8956</v>
+      </c>
+      <c r="L19" s="16">
+        <v>109.8296</v>
+      </c>
+      <c r="M19" s="16">
+        <v>108.13500000000001</v>
+      </c>
+      <c r="N19" s="16">
+        <v>107.5354</v>
+      </c>
+      <c r="O19" s="16">
+        <v>106.9298</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>0.7338616383484593</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>0.7338616383484593</v>
+      <c r="B20" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="E20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="F20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="G20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="H20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="I20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="J20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="K20" s="16">
+        <v>106.3091</v>
+      </c>
+      <c r="L20" s="16">
+        <v>106.3091</v>
+      </c>
+      <c r="M20" s="16">
+        <v>106.3091</v>
+      </c>
+      <c r="N20" s="16">
+        <v>106.3091</v>
+      </c>
+      <c r="O20" s="16">
+        <v>106.3091</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>2.5944623033814684</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>2.5944623033814684</v>
+      <c r="B21" s="17">
+        <v>9.4700000000000006</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>111.4068</v>
+      </c>
+      <c r="E21" s="16">
+        <v>111.95310000000001</v>
+      </c>
+      <c r="F21" s="16">
+        <v>110.74550000000001</v>
+      </c>
+      <c r="G21" s="16">
+        <v>109.9905</v>
+      </c>
+      <c r="H21" s="16">
+        <v>109.5665</v>
+      </c>
+      <c r="I21" s="16">
+        <v>110.4991</v>
+      </c>
+      <c r="J21" s="16">
+        <v>111.97020000000001</v>
+      </c>
+      <c r="K21" s="16">
+        <v>111.79349999999999</v>
+      </c>
+      <c r="L21" s="16">
+        <v>110.4958</v>
+      </c>
+      <c r="M21" s="16">
+        <v>109.961</v>
+      </c>
+      <c r="N21" s="16">
+        <v>108.59780000000001</v>
+      </c>
+      <c r="O21" s="16">
+        <v>110.7187</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>1.1048427158365397</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>1.1048427158365397</v>
+      <c r="B22" s="17">
+        <v>5.7569999999999997</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>105.2075</v>
+      </c>
+      <c r="E22" s="16">
+        <v>105.13330000000001</v>
+      </c>
+      <c r="F22" s="16">
+        <v>104.9738</v>
+      </c>
+      <c r="G22" s="16">
+        <v>105.48350000000001</v>
+      </c>
+      <c r="H22" s="16">
+        <v>104.9038</v>
+      </c>
+      <c r="I22" s="16">
+        <v>104.59650000000001</v>
+      </c>
+      <c r="J22" s="16">
+        <v>104.6163</v>
+      </c>
+      <c r="K22" s="16">
+        <v>104.752</v>
+      </c>
+      <c r="L22" s="16">
+        <v>104.3419</v>
+      </c>
+      <c r="M22" s="16">
+        <v>104.559</v>
+      </c>
+      <c r="N22" s="16">
+        <v>104.40519999999999</v>
+      </c>
+      <c r="O22" s="16">
+        <v>104.8081</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>0.29243319537809942</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>38.076000000000001</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>107.0368</v>
+      </c>
+      <c r="E24" s="16">
+        <v>107.27889999999999</v>
+      </c>
+      <c r="F24" s="16">
+        <v>107.379</v>
+      </c>
+      <c r="G24" s="16">
+        <v>107.5716</v>
+      </c>
+      <c r="H24" s="16">
+        <v>107.7774</v>
+      </c>
+      <c r="I24" s="16">
+        <v>107.685</v>
+      </c>
+      <c r="J24" s="16">
+        <v>107.2557</v>
+      </c>
+      <c r="K24" s="16">
+        <v>107.297</v>
+      </c>
+      <c r="L24" s="16">
+        <v>107.2029</v>
+      </c>
+      <c r="M24" s="16">
+        <v>107.0351</v>
+      </c>
+      <c r="N24" s="16">
+        <v>106.7572</v>
+      </c>
+      <c r="O24" s="16">
+        <v>106.07810000000001</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>-1.7366833128151198</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>-1.7366833128151198</v>
+      <c r="B25" s="17">
+        <v>24.969000000000001</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>109.7313</v>
+      </c>
+      <c r="E25" s="16">
+        <v>109.72410000000001</v>
+      </c>
+      <c r="F25" s="16">
+        <v>109.47969999999999</v>
+      </c>
+      <c r="G25" s="16">
+        <v>109.6484</v>
+      </c>
+      <c r="H25" s="16">
+        <v>110.1212</v>
+      </c>
+      <c r="I25" s="16">
+        <v>110.1512</v>
+      </c>
+      <c r="J25" s="16">
+        <v>110.5565</v>
+      </c>
+      <c r="K25" s="16">
+        <v>110.1305</v>
+      </c>
+      <c r="L25" s="16">
+        <v>109.79219999999999</v>
+      </c>
+      <c r="M25" s="16">
+        <v>109.50279999999999</v>
+      </c>
+      <c r="N25" s="16">
+        <v>109.1677</v>
+      </c>
+      <c r="O25" s="16">
+        <v>108.53440000000001</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>-1.5343971505737757</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>-1.5343971505737757</v>
+      <c r="B26" s="17">
+        <v>4.9569999999999999</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>100.6656</v>
+      </c>
+      <c r="E26" s="16">
+        <v>102.3322</v>
+      </c>
+      <c r="F26" s="16">
+        <v>104.053</v>
+      </c>
+      <c r="G26" s="16">
+        <v>104.6765</v>
+      </c>
+      <c r="H26" s="16">
+        <v>104.3762</v>
+      </c>
+      <c r="I26" s="16">
+        <v>104.0616</v>
+      </c>
+      <c r="J26" s="16">
+        <v>99.602000000000004</v>
+      </c>
+      <c r="K26" s="16">
+        <v>102.36360000000001</v>
+      </c>
+      <c r="L26" s="16">
+        <v>103.0772</v>
+      </c>
+      <c r="M26" s="16">
+        <v>103.85339999999999</v>
+      </c>
+      <c r="N26" s="16">
+        <v>104.0343</v>
+      </c>
+      <c r="O26" s="16">
+        <v>102.7393</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>-1.6637074968294667</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>-1.6637074968294667</v>
+      <c r="B27" s="17">
+        <v>8.15</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>102.9893</v>
+      </c>
+      <c r="E27" s="16">
+        <v>103.0902</v>
+      </c>
+      <c r="F27" s="16">
+        <v>103.2046</v>
+      </c>
+      <c r="G27" s="16">
+        <v>103.20650000000001</v>
+      </c>
+      <c r="H27" s="16">
+        <v>102.9495</v>
+      </c>
+      <c r="I27" s="16">
+        <v>102.6392</v>
+      </c>
+      <c r="J27" s="16">
+        <v>102.2377</v>
+      </c>
+      <c r="K27" s="16">
+        <v>101.9845</v>
+      </c>
+      <c r="L27" s="16">
+        <v>102.1065</v>
+      </c>
+      <c r="M27" s="16">
+        <v>101.72</v>
+      </c>
+      <c r="N27" s="16">
+        <v>101.3305</v>
+      </c>
+      <c r="O27" s="16">
+        <v>100.8916</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>-2.4008110403643554</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>-2.4008110403643554</v>
+      <c r="B28" s="17">
+        <v>61.923999999999999</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>106.2801</v>
+      </c>
+      <c r="E28" s="16">
+        <v>107.0899</v>
+      </c>
+      <c r="F28" s="16">
+        <v>107.113</v>
+      </c>
+      <c r="G28" s="16">
+        <v>107.0111</v>
+      </c>
+      <c r="H28" s="16">
+        <v>107.1253</v>
+      </c>
+      <c r="I28" s="16">
+        <v>107.49120000000001</v>
+      </c>
+      <c r="J28" s="16">
+        <v>107.68259999999999</v>
+      </c>
+      <c r="K28" s="16">
+        <v>107.52</v>
+      </c>
+      <c r="L28" s="16">
+        <v>107.1979</v>
+      </c>
+      <c r="M28" s="16">
+        <v>106.86150000000001</v>
+      </c>
+      <c r="N28" s="16">
+        <v>106.6699</v>
+      </c>
+      <c r="O28" s="16">
+        <v>107.057</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>1.1699222256872579</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>22</v>
-[...43 lines deleted...]
-        <v>1.1699222256872579</v>
+        <v>57</v>
+      </c>
+      <c r="B29" s="17">
+        <v>51.201000000000001</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>107.2572</v>
+      </c>
+      <c r="E29" s="16">
+        <v>108.2157</v>
+      </c>
+      <c r="F29" s="16">
+        <v>108.2268</v>
+      </c>
+      <c r="G29" s="16">
+        <v>108.1014</v>
+      </c>
+      <c r="H29" s="16">
+        <v>108.2042</v>
+      </c>
+      <c r="I29" s="16">
+        <v>108.6305</v>
+      </c>
+      <c r="J29" s="16">
+        <v>108.8629</v>
+      </c>
+      <c r="K29" s="16">
+        <v>108.67100000000001</v>
+      </c>
+      <c r="L29" s="16">
+        <v>108.2709</v>
+      </c>
+      <c r="M29" s="16">
+        <v>107.85590000000001</v>
+      </c>
+      <c r="N29" s="16">
+        <v>107.62179999999999</v>
+      </c>
+      <c r="O29" s="16">
+        <v>108.1191</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>1.3171716793095596</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>59</v>
-[...43 lines deleted...]
-        <v>1.3171716793095596</v>
+        <v>23</v>
+      </c>
+      <c r="B30" s="17">
+        <v>10.723000000000001</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>101.989</v>
+      </c>
+      <c r="E30" s="16">
+        <v>102.1216</v>
+      </c>
+      <c r="F30" s="16">
+        <v>102.1999</v>
+      </c>
+      <c r="G30" s="16">
+        <v>102.2045</v>
+      </c>
+      <c r="H30" s="16">
+        <v>102.3711</v>
+      </c>
+      <c r="I30" s="16">
+        <v>102.4623</v>
+      </c>
+      <c r="J30" s="16">
+        <v>102.4666</v>
+      </c>
+      <c r="K30" s="16">
+        <v>102.4375</v>
+      </c>
+      <c r="L30" s="16">
+        <v>102.47069999999999</v>
+      </c>
+      <c r="M30" s="16">
+        <v>102.4922</v>
+      </c>
+      <c r="N30" s="16">
+        <v>102.494</v>
+      </c>
+      <c r="O30" s="16">
+        <v>102.37909999999999</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>0.46671605980167519</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>77.082999999999998</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>106.8246</v>
+      </c>
+      <c r="E32" s="16">
+        <v>107.3117</v>
+      </c>
+      <c r="F32" s="16">
+        <v>107.23</v>
+      </c>
+      <c r="G32" s="16">
+        <v>107.1527</v>
+      </c>
+      <c r="H32" s="16">
+        <v>107.32989999999999</v>
+      </c>
+      <c r="I32" s="16">
+        <v>107.5667</v>
+      </c>
+      <c r="J32" s="16">
+        <v>107.7881</v>
+      </c>
+      <c r="K32" s="16">
+        <v>107.6935</v>
+      </c>
+      <c r="L32" s="16">
+        <v>107.4181</v>
+      </c>
+      <c r="M32" s="16">
+        <v>107.2092</v>
+      </c>
+      <c r="N32" s="16">
+        <v>107.03749999999999</v>
+      </c>
+      <c r="O32" s="16">
+        <v>107.2715</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>0.54475430287477844</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...41 lines deleted...]
-        <v>0.54475430287477844</v>
+      <c r="B33" s="17">
+        <v>22.917000000000002</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>106.50279999999999</v>
+      </c>
+      <c r="E33" s="16">
+        <v>107.4729</v>
+      </c>
+      <c r="F33" s="16">
+        <v>107.9778</v>
+      </c>
+      <c r="G33" s="16">
+        <v>108.2778</v>
+      </c>
+      <c r="H33" s="16">
+        <v>108.3317</v>
+      </c>
+      <c r="I33" s="16">
+        <v>108.38039999999999</v>
+      </c>
+      <c r="J33" s="16">
+        <v>107.4462</v>
+      </c>
+      <c r="K33" s="16">
+        <v>107.389</v>
+      </c>
+      <c r="L33" s="16">
+        <v>107.2838</v>
+      </c>
+      <c r="M33" s="16">
+        <v>106.79170000000001</v>
+      </c>
+      <c r="N33" s="16">
+        <v>106.3886</v>
+      </c>
+      <c r="O33" s="16">
+        <v>105.53700000000001</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>-1.556724023584517</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...42 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>106.8138</v>
+      </c>
+      <c r="E34" s="28">
+        <v>107.4115</v>
+      </c>
+      <c r="F34" s="28">
+        <v>107.4637</v>
+      </c>
+      <c r="G34" s="28">
+        <v>107.4725</v>
+      </c>
+      <c r="H34" s="28">
+        <v>107.6215</v>
+      </c>
+      <c r="I34" s="28">
+        <v>107.8156</v>
+      </c>
+      <c r="J34" s="28">
+        <v>107.7734</v>
+      </c>
+      <c r="K34" s="28">
+        <v>107.68729999999999</v>
+      </c>
+      <c r="L34" s="28">
+        <v>107.4504</v>
+      </c>
+      <c r="M34" s="28">
+        <v>107.1768</v>
+      </c>
+      <c r="N34" s="28">
+        <v>106.9522</v>
+      </c>
+      <c r="O34" s="28">
+        <v>106.9383</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>-1.556724023584517</v>
-[...47 lines deleted...]
-      <c r="Q35" s="34">
         <v>6.3160376828839543E-2</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="34">
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="33">
         <v>-5.3335429322136786E-2</v>
       </c>
-      <c r="E36" s="34">
+      <c r="E35" s="33">
         <v>0.50593801113119863</v>
       </c>
-      <c r="F36" s="34">
+      <c r="F35" s="33">
         <v>0.55478203587883701</v>
       </c>
-      <c r="G36" s="34">
+      <c r="G35" s="33">
         <v>0.56301627759873973</v>
       </c>
-      <c r="H36" s="34">
+      <c r="H35" s="33">
         <v>0.70243696126537347</v>
       </c>
-      <c r="I36" s="34">
+      <c r="I35" s="33">
         <v>0.88405813374654318</v>
       </c>
-      <c r="J36" s="34">
+      <c r="J35" s="33">
         <v>0.84457120186242873</v>
       </c>
-      <c r="K36" s="34">
+      <c r="K35" s="33">
         <v>0.76400663230741295</v>
       </c>
-      <c r="L36" s="34">
+      <c r="L35" s="33">
         <v>0.54233710237033805</v>
       </c>
-      <c r="M36" s="34">
+      <c r="M35" s="33">
         <v>0.28632704162408945</v>
       </c>
-      <c r="N36" s="34">
+      <c r="N35" s="33">
         <v>7.6166735909155861E-2</v>
       </c>
-      <c r="O36" s="34">
+      <c r="O35" s="33">
         <v>6.3160376828839543E-2</v>
       </c>
-      <c r="P36" s="29"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="38"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="39"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A37" s="38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="38"/>
+      <c r="C37" s="38"/>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A098096E-8952-40AD-9668-D8DB7D1E73BF}">
   <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="9.7109375" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2"/>
+      <c r="R5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11"/>
+      <c r="R6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2024</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="18"/>
+      <c r="R7" s="19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="19" t="s">
         <v>64</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="10" t="s">
+      <c r="R8" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="R9" s="18" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="35"/>
+    </row>
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...149 lines deleted...]
-      <c r="R11" s="36"/>
+      <c r="B11" s="17">
+        <v>10.87</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>106.4301</v>
+      </c>
+      <c r="E11" s="16">
+        <v>105.9543</v>
+      </c>
+      <c r="F11" s="16">
+        <v>105.3931</v>
+      </c>
+      <c r="G11" s="16">
+        <v>105.9597</v>
+      </c>
+      <c r="H11" s="16">
+        <v>106.9318</v>
+      </c>
+      <c r="I11" s="16">
+        <v>107.3177</v>
+      </c>
+      <c r="J11" s="16">
+        <v>108.2384</v>
+      </c>
+      <c r="K11" s="16">
+        <v>107.91289999999999</v>
+      </c>
+      <c r="L11" s="16">
+        <v>107.77549999999999</v>
+      </c>
+      <c r="M11" s="16">
+        <v>107.04300000000001</v>
+      </c>
+      <c r="N11" s="16">
+        <v>105.896</v>
+      </c>
+      <c r="O11" s="16">
+        <v>105.005</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="36">
+        <v>-0.84139155397749243</v>
+      </c>
+      <c r="R11" s="32">
+        <v>-0.93166969361040763</v>
+      </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...44 lines deleted...]
-        <v>-0.93166969361040763</v>
+      <c r="B12" s="17">
+        <v>2.7850000000000001</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>104.4299</v>
+      </c>
+      <c r="E12" s="16">
+        <v>104.639</v>
+      </c>
+      <c r="F12" s="16">
+        <v>104.39879999999999</v>
+      </c>
+      <c r="G12" s="16">
+        <v>105.3026</v>
+      </c>
+      <c r="H12" s="16">
+        <v>104.18040000000001</v>
+      </c>
+      <c r="I12" s="16">
+        <v>104.4474</v>
+      </c>
+      <c r="J12" s="16">
+        <v>104.93899999999999</v>
+      </c>
+      <c r="K12" s="16">
+        <v>105.3313</v>
+      </c>
+      <c r="L12" s="16">
+        <v>105.44499999999999</v>
+      </c>
+      <c r="M12" s="16">
+        <v>104.9496</v>
+      </c>
+      <c r="N12" s="16">
+        <v>104.3409</v>
+      </c>
+      <c r="O12" s="16">
+        <v>104.1936</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="36">
+        <v>-0.14117187028289127</v>
+      </c>
+      <c r="R12" s="32">
+        <v>0.65691851119080669</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...44 lines deleted...]
-        <v>0.65691851119080669</v>
+      <c r="B13" s="17">
+        <v>3.1789999999999998</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>96.708699999999993</v>
+      </c>
+      <c r="E13" s="16">
+        <v>100.2762</v>
+      </c>
+      <c r="F13" s="16">
+        <v>103.6665</v>
+      </c>
+      <c r="G13" s="16">
+        <v>104.6297</v>
+      </c>
+      <c r="H13" s="16">
+        <v>105.0158</v>
+      </c>
+      <c r="I13" s="16">
+        <v>102.2846</v>
+      </c>
+      <c r="J13" s="16">
+        <v>95.865499999999997</v>
+      </c>
+      <c r="K13" s="16">
+        <v>98.148600000000002</v>
+      </c>
+      <c r="L13" s="16">
+        <v>102.0994</v>
+      </c>
+      <c r="M13" s="16">
+        <v>104.1623</v>
+      </c>
+      <c r="N13" s="16">
+        <v>103.816</v>
+      </c>
+      <c r="O13" s="16">
+        <v>103.4002</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="36">
+        <v>-0.40051629806581296</v>
+      </c>
+      <c r="R13" s="32">
+        <v>-1.3862171768855132</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...44 lines deleted...]
-        <v>-1.3862171768855132</v>
+      <c r="B14" s="17">
+        <v>25.254000000000001</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>111.6088</v>
+      </c>
+      <c r="E14" s="16">
+        <v>112.3874</v>
+      </c>
+      <c r="F14" s="16">
+        <v>112.37430000000001</v>
+      </c>
+      <c r="G14" s="16">
+        <v>112.3305</v>
+      </c>
+      <c r="H14" s="16">
+        <v>113.0136</v>
+      </c>
+      <c r="I14" s="16">
+        <v>113.0026</v>
+      </c>
+      <c r="J14" s="16">
+        <v>113.0539</v>
+      </c>
+      <c r="K14" s="16">
+        <v>113.6559</v>
+      </c>
+      <c r="L14" s="16">
+        <v>113.5718</v>
+      </c>
+      <c r="M14" s="16">
+        <v>113.5909</v>
+      </c>
+      <c r="N14" s="16">
+        <v>114.10169999999999</v>
+      </c>
+      <c r="O14" s="16">
+        <v>114.11490000000001</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="36">
+        <v>1.1568626935454835E-2</v>
+      </c>
+      <c r="R14" s="32">
+        <v>3.3782424913349383</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...44 lines deleted...]
-        <v>3.3782424913349383</v>
+      <c r="B15" s="17">
+        <v>3.444</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>106.8839</v>
+      </c>
+      <c r="E15" s="16">
+        <v>107.0166</v>
+      </c>
+      <c r="F15" s="16">
+        <v>106.2011</v>
+      </c>
+      <c r="G15" s="16">
+        <v>108.5528</v>
+      </c>
+      <c r="H15" s="16">
+        <v>108.2837</v>
+      </c>
+      <c r="I15" s="16">
+        <v>106.3505</v>
+      </c>
+      <c r="J15" s="16">
+        <v>106.5296</v>
+      </c>
+      <c r="K15" s="16">
+        <v>105.58669999999999</v>
+      </c>
+      <c r="L15" s="16">
+        <v>104.8</v>
+      </c>
+      <c r="M15" s="16">
+        <v>105.6365</v>
+      </c>
+      <c r="N15" s="16">
+        <v>106.5724</v>
+      </c>
+      <c r="O15" s="16">
+        <v>105.7715</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="36">
+        <v>-0.75150789510229532</v>
+      </c>
+      <c r="R15" s="32">
+        <v>-2.2878923509973763</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...44 lines deleted...]
-        <v>-2.2878923509973763</v>
+      <c r="B16" s="17">
+        <v>15.439</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>98.757800000000003</v>
+      </c>
+      <c r="E16" s="16">
+        <v>98.705299999999994</v>
+      </c>
+      <c r="F16" s="16">
+        <v>98.5886</v>
+      </c>
+      <c r="G16" s="16">
+        <v>98.555999999999997</v>
+      </c>
+      <c r="H16" s="16">
+        <v>98.586299999999994</v>
+      </c>
+      <c r="I16" s="16">
+        <v>98.458200000000005</v>
+      </c>
+      <c r="J16" s="16">
+        <v>98.438400000000001</v>
+      </c>
+      <c r="K16" s="16">
+        <v>98.3733</v>
+      </c>
+      <c r="L16" s="16">
+        <v>98.292599999999993</v>
+      </c>
+      <c r="M16" s="16">
+        <v>98.236199999999997</v>
+      </c>
+      <c r="N16" s="16">
+        <v>98.231999999999999</v>
+      </c>
+      <c r="O16" s="16">
+        <v>98.047200000000004</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="36">
+        <v>-0.18812606889811428</v>
+      </c>
+      <c r="R16" s="32">
+        <v>-0.75089331808197046</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...44 lines deleted...]
-        <v>-0.75089331808197046</v>
+      <c r="B17" s="17">
+        <v>11.446999999999999</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>111.34869999999999</v>
+      </c>
+      <c r="E17" s="16">
+        <v>113.19670000000001</v>
+      </c>
+      <c r="F17" s="16">
+        <v>113.9764</v>
+      </c>
+      <c r="G17" s="16">
+        <v>114.66549999999999</v>
+      </c>
+      <c r="H17" s="16">
+        <v>115.01130000000001</v>
+      </c>
+      <c r="I17" s="16">
+        <v>114.6623</v>
+      </c>
+      <c r="J17" s="16">
+        <v>113.7199</v>
+      </c>
+      <c r="K17" s="16">
+        <v>112.2996</v>
+      </c>
+      <c r="L17" s="16">
+        <v>110.7208</v>
+      </c>
+      <c r="M17" s="16">
+        <v>110.3721</v>
+      </c>
+      <c r="N17" s="16">
+        <v>110.28019999999999</v>
+      </c>
+      <c r="O17" s="16">
+        <v>110.3142</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="36">
+        <v>3.0830557071900511E-2</v>
+      </c>
+      <c r="R17" s="32">
+        <v>-1.8667819561312924</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...44 lines deleted...]
-        <v>-1.8667819561312924</v>
+      <c r="B18" s="17">
+        <v>2.7189999999999999</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>97.634699999999995</v>
+      </c>
+      <c r="E18" s="16">
+        <v>97.51</v>
+      </c>
+      <c r="F18" s="16">
+        <v>97.654300000000006</v>
+      </c>
+      <c r="G18" s="16">
+        <v>97.5946</v>
+      </c>
+      <c r="H18" s="16">
+        <v>97.466899999999995</v>
+      </c>
+      <c r="I18" s="16">
+        <v>97.366200000000006</v>
+      </c>
+      <c r="J18" s="16">
+        <v>97.323499999999996</v>
+      </c>
+      <c r="K18" s="16">
+        <v>97.892399999999995</v>
+      </c>
+      <c r="L18" s="16">
+        <v>97.746399999999994</v>
+      </c>
+      <c r="M18" s="16">
+        <v>97.747</v>
+      </c>
+      <c r="N18" s="16">
+        <v>97.309100000000001</v>
+      </c>
+      <c r="O18" s="16">
+        <v>97.322999999999993</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="36">
+        <v>1.4284378336653483E-2</v>
+      </c>
+      <c r="R18" s="32">
+        <v>-0.17764794935598358</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...44 lines deleted...]
-        <v>-0.17764794935598358</v>
+      <c r="B19" s="17">
+        <v>8.2769999999999992</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>105.38290000000001</v>
+      </c>
+      <c r="E19" s="16">
+        <v>106.56610000000001</v>
+      </c>
+      <c r="F19" s="16">
+        <v>108.0077</v>
+      </c>
+      <c r="G19" s="16">
+        <v>109.501</v>
+      </c>
+      <c r="H19" s="16">
+        <v>109.6433</v>
+      </c>
+      <c r="I19" s="16">
+        <v>111.1891</v>
+      </c>
+      <c r="J19" s="16">
+        <v>109.5318</v>
+      </c>
+      <c r="K19" s="16">
+        <v>109.34950000000001</v>
+      </c>
+      <c r="L19" s="16">
+        <v>107.73390000000001</v>
+      </c>
+      <c r="M19" s="16">
+        <v>107.3978</v>
+      </c>
+      <c r="N19" s="16">
+        <v>106.69629999999999</v>
+      </c>
+      <c r="O19" s="16">
+        <v>106.1508</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="36">
+        <v>-0.51126421441042469</v>
+      </c>
+      <c r="R19" s="32">
+        <v>1.10071803350824</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...44 lines deleted...]
-        <v>1.10071803350824</v>
+      <c r="B20" s="17">
+        <v>0.73699999999999999</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="E20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="F20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="G20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="H20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="I20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="J20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="K20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="L20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="M20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="N20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="O20" s="16">
+        <v>103.6207</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="36">
+        <v>0</v>
+      </c>
+      <c r="R20" s="32">
+        <v>0.84582624504144277</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...44 lines deleted...]
-        <v>0.84582624504144277</v>
+      <c r="B21" s="17">
+        <v>10.004</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>109.1035</v>
+      </c>
+      <c r="E21" s="16">
+        <v>110.5478</v>
+      </c>
+      <c r="F21" s="16">
+        <v>108.97020000000001</v>
+      </c>
+      <c r="G21" s="16">
+        <v>108.2467</v>
+      </c>
+      <c r="H21" s="16">
+        <v>108.1953</v>
+      </c>
+      <c r="I21" s="16">
+        <v>108.7855</v>
+      </c>
+      <c r="J21" s="16">
+        <v>110.2056</v>
+      </c>
+      <c r="K21" s="16">
+        <v>109.8215</v>
+      </c>
+      <c r="L21" s="16">
+        <v>109.1069</v>
+      </c>
+      <c r="M21" s="16">
+        <v>108.59990000000001</v>
+      </c>
+      <c r="N21" s="16">
+        <v>107.8545</v>
+      </c>
+      <c r="O21" s="16">
+        <v>109.50879999999999</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="36">
+        <v>1.5338256632778346</v>
+      </c>
+      <c r="R21" s="32">
+        <v>2.0619517523420989</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...44 lines deleted...]
-        <v>2.0619517523420989</v>
+      <c r="B22" s="17">
+        <v>5.8449999999999998</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>104.7158</v>
+      </c>
+      <c r="E22" s="16">
+        <v>104.4632</v>
+      </c>
+      <c r="F22" s="16">
+        <v>104.28</v>
+      </c>
+      <c r="G22" s="16">
+        <v>104.7924</v>
+      </c>
+      <c r="H22" s="16">
+        <v>104.8717</v>
+      </c>
+      <c r="I22" s="16">
+        <v>104.5859</v>
+      </c>
+      <c r="J22" s="16">
+        <v>104.3476</v>
+      </c>
+      <c r="K22" s="16">
+        <v>104.60469999999999</v>
+      </c>
+      <c r="L22" s="16">
+        <v>104.8085</v>
+      </c>
+      <c r="M22" s="16">
+        <v>104.5437</v>
+      </c>
+      <c r="N22" s="16">
+        <v>104.7016</v>
+      </c>
+      <c r="O22" s="16">
+        <v>104.5025</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="36">
+        <v>-0.19015946270162193</v>
+      </c>
+      <c r="R22" s="32">
+        <v>0.1697573170100434</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="35"/>
+      <c r="R23" s="32"/>
+    </row>
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...67 lines deleted...]
-      <c r="R24" s="33"/>
+      <c r="B24" s="17">
+        <v>39.591999999999999</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>108.9602</v>
+      </c>
+      <c r="E24" s="16">
+        <v>109.22</v>
+      </c>
+      <c r="F24" s="16">
+        <v>109.1297</v>
+      </c>
+      <c r="G24" s="16">
+        <v>109.80119999999999</v>
+      </c>
+      <c r="H24" s="16">
+        <v>109.8737</v>
+      </c>
+      <c r="I24" s="16">
+        <v>109.4191</v>
+      </c>
+      <c r="J24" s="16">
+        <v>109.0547</v>
+      </c>
+      <c r="K24" s="16">
+        <v>109.0119</v>
+      </c>
+      <c r="L24" s="16">
+        <v>108.9297</v>
+      </c>
+      <c r="M24" s="16">
+        <v>108.7531</v>
+      </c>
+      <c r="N24" s="16">
+        <v>108.43980000000001</v>
+      </c>
+      <c r="O24" s="16">
+        <v>107.9529</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="35">
+        <v>-0.4490048856600673</v>
+      </c>
+      <c r="R24" s="32">
+        <v>-0.85167000060617304</v>
+      </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...44 lines deleted...]
-        <v>-0.85167000060617304</v>
+      <c r="B25" s="17">
+        <v>25.690999999999999</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>111.834</v>
+      </c>
+      <c r="E25" s="16">
+        <v>111.816</v>
+      </c>
+      <c r="F25" s="16">
+        <v>111.4807</v>
+      </c>
+      <c r="G25" s="16">
+        <v>112.1433</v>
+      </c>
+      <c r="H25" s="16">
+        <v>112.3426</v>
+      </c>
+      <c r="I25" s="16">
+        <v>112.2351</v>
+      </c>
+      <c r="J25" s="16">
+        <v>112.708</v>
+      </c>
+      <c r="K25" s="16">
+        <v>112.3857</v>
+      </c>
+      <c r="L25" s="16">
+        <v>111.9913</v>
+      </c>
+      <c r="M25" s="16">
+        <v>111.2497</v>
+      </c>
+      <c r="N25" s="16">
+        <v>110.7414</v>
+      </c>
+      <c r="O25" s="16">
+        <v>110.2257</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="35">
+        <v>-0.46567950197486702</v>
+      </c>
+      <c r="R25" s="32">
+        <v>-0.14557952791285106</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...44 lines deleted...]
-        <v>-0.14557952791285106</v>
+      <c r="B26" s="17">
+        <v>5.9219999999999997</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>100.8216</v>
+      </c>
+      <c r="E26" s="16">
+        <v>103.0197</v>
+      </c>
+      <c r="F26" s="16">
+        <v>104.6879</v>
+      </c>
+      <c r="G26" s="16">
+        <v>105.45269999999999</v>
+      </c>
+      <c r="H26" s="16">
+        <v>105.5005</v>
+      </c>
+      <c r="I26" s="16">
+        <v>103.7403</v>
+      </c>
+      <c r="J26" s="16">
+        <v>100.0431</v>
+      </c>
+      <c r="K26" s="16">
+        <v>101.3506</v>
+      </c>
+      <c r="L26" s="16">
+        <v>103.411</v>
+      </c>
+      <c r="M26" s="16">
+        <v>104.6641</v>
+      </c>
+      <c r="N26" s="16">
+        <v>104.8788</v>
+      </c>
+      <c r="O26" s="16">
+        <v>104.47750000000001</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="35">
+        <v>-0.38263214300696807</v>
+      </c>
+      <c r="R26" s="32">
+        <v>-0.91678821594738147</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...44 lines deleted...]
-        <v>-0.91678821594738147</v>
+      <c r="B27" s="17">
+        <v>7.9790000000000001</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>106.0106</v>
+      </c>
+      <c r="E27" s="16">
+        <v>105.6788</v>
+      </c>
+      <c r="F27" s="16">
+        <v>105.03100000000001</v>
+      </c>
+      <c r="G27" s="16">
+        <v>105.65940000000001</v>
+      </c>
+      <c r="H27" s="16">
+        <v>105.35599999999999</v>
+      </c>
+      <c r="I27" s="16">
+        <v>104.8021</v>
+      </c>
+      <c r="J27" s="16">
+        <v>104.3352</v>
+      </c>
+      <c r="K27" s="16">
+        <v>104.1484</v>
+      </c>
+      <c r="L27" s="16">
+        <v>103.4288</v>
+      </c>
+      <c r="M27" s="16">
+        <v>103.9367</v>
+      </c>
+      <c r="N27" s="16">
+        <v>103.8342</v>
+      </c>
+      <c r="O27" s="16">
+        <v>103.3734</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="35">
+        <v>-0.44378441785075812</v>
+      </c>
+      <c r="R27" s="32">
+        <v>-3.0764730260110658</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...44 lines deleted...]
-        <v>-3.0764730260110658</v>
+      <c r="B28" s="17">
+        <v>60.408000000000001</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>104.4015</v>
+      </c>
+      <c r="E28" s="16">
+        <v>105.3381</v>
+      </c>
+      <c r="F28" s="16">
+        <v>105.4486</v>
+      </c>
+      <c r="G28" s="16">
+        <v>105.57729999999999</v>
+      </c>
+      <c r="H28" s="16">
+        <v>106.008</v>
+      </c>
+      <c r="I28" s="16">
+        <v>106.29730000000001</v>
+      </c>
+      <c r="J28" s="16">
+        <v>106.21299999999999</v>
+      </c>
+      <c r="K28" s="16">
+        <v>106.21510000000001</v>
+      </c>
+      <c r="L28" s="16">
+        <v>105.75709999999999</v>
+      </c>
+      <c r="M28" s="16">
+        <v>105.6474</v>
+      </c>
+      <c r="N28" s="16">
+        <v>105.6092</v>
+      </c>
+      <c r="O28" s="16">
+        <v>105.819</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="35">
+        <v>0.19865693519125352</v>
+      </c>
+      <c r="R28" s="32">
+        <v>1.5950828360100466</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="18">
-[...44 lines deleted...]
-        <v>1.5950828360100466</v>
+      <c r="B29" s="17">
+        <v>49.360999999999997</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>104.9649</v>
+      </c>
+      <c r="E29" s="16">
+        <v>106.1039</v>
+      </c>
+      <c r="F29" s="16">
+        <v>106.22539999999999</v>
+      </c>
+      <c r="G29" s="16">
+        <v>106.3801</v>
+      </c>
+      <c r="H29" s="16">
+        <v>106.90300000000001</v>
+      </c>
+      <c r="I29" s="16">
+        <v>107.2589</v>
+      </c>
+      <c r="J29" s="16">
+        <v>107.166</v>
+      </c>
+      <c r="K29" s="16">
+        <v>107.1859</v>
+      </c>
+      <c r="L29" s="16">
+        <v>106.6143</v>
+      </c>
+      <c r="M29" s="16">
+        <v>106.4806</v>
+      </c>
+      <c r="N29" s="16">
+        <v>106.43810000000001</v>
+      </c>
+      <c r="O29" s="16">
+        <v>106.7135</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="35">
+        <v>0.25874193545355517</v>
+      </c>
+      <c r="R29" s="32">
+        <v>1.9359651837671903</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="18">
-[...44 lines deleted...]
-        <v>1.9359651837671903</v>
+      <c r="B30" s="17">
+        <v>11.047000000000001</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>101.92529999999999</v>
+      </c>
+      <c r="E30" s="16">
+        <v>101.9821</v>
+      </c>
+      <c r="F30" s="16">
+        <v>102.04470000000001</v>
+      </c>
+      <c r="G30" s="16">
+        <v>102.0605</v>
+      </c>
+      <c r="H30" s="16">
+        <v>102.09059999999999</v>
+      </c>
+      <c r="I30" s="16">
+        <v>102.0899</v>
+      </c>
+      <c r="J30" s="16">
+        <v>102.04340000000001</v>
+      </c>
+      <c r="K30" s="16">
+        <v>101.968</v>
+      </c>
+      <c r="L30" s="16">
+        <v>102.0035</v>
+      </c>
+      <c r="M30" s="16">
+        <v>101.9982</v>
+      </c>
+      <c r="N30" s="16">
+        <v>101.97920000000001</v>
+      </c>
+      <c r="O30" s="16">
+        <v>101.90349999999999</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="35">
+        <v>-7.4230823540498328E-2</v>
+      </c>
+      <c r="R30" s="32">
+        <v>7.178602853371549E-2</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="35"/>
+      <c r="R31" s="32"/>
+    </row>
+    <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...67 lines deleted...]
-      <c r="R32" s="33"/>
+      <c r="B32" s="17">
+        <v>76.081999999999994</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>105.78959999999999</v>
+      </c>
+      <c r="E32" s="16">
+        <v>106.3597</v>
+      </c>
+      <c r="F32" s="16">
+        <v>106.18689999999999</v>
+      </c>
+      <c r="G32" s="16">
+        <v>106.27160000000001</v>
+      </c>
+      <c r="H32" s="16">
+        <v>106.6651</v>
+      </c>
+      <c r="I32" s="16">
+        <v>106.8302</v>
+      </c>
+      <c r="J32" s="16">
+        <v>107.02460000000001</v>
+      </c>
+      <c r="K32" s="16">
+        <v>107.04859999999999</v>
+      </c>
+      <c r="L32" s="16">
+        <v>106.8038</v>
+      </c>
+      <c r="M32" s="16">
+        <v>106.6699</v>
+      </c>
+      <c r="N32" s="16">
+        <v>106.6001</v>
+      </c>
+      <c r="O32" s="16">
+        <v>106.69029999999999</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="35">
+        <v>8.4615305238921759E-2</v>
+      </c>
+      <c r="R32" s="32">
+        <v>1.5040519687106955</v>
+      </c>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...44 lines deleted...]
-        <v>1.5040519687106955</v>
+      <c r="B33" s="17">
+        <v>23.917999999999999</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>108.10550000000001</v>
+      </c>
+      <c r="E33" s="16">
+        <v>109.1365</v>
+      </c>
+      <c r="F33" s="16">
+        <v>109.8527</v>
+      </c>
+      <c r="G33" s="16">
+        <v>111.03319999999999</v>
+      </c>
+      <c r="H33" s="16">
+        <v>110.9935</v>
+      </c>
+      <c r="I33" s="16">
+        <v>110.4579</v>
+      </c>
+      <c r="J33" s="16">
+        <v>108.9829</v>
+      </c>
+      <c r="K33" s="16">
+        <v>108.8359</v>
+      </c>
+      <c r="L33" s="16">
+        <v>108.2928</v>
+      </c>
+      <c r="M33" s="16">
+        <v>108.1519</v>
+      </c>
+      <c r="N33" s="16">
+        <v>107.759</v>
+      </c>
+      <c r="O33" s="16">
+        <v>107.2059</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="35">
+        <v>-0.51327499327202419</v>
+      </c>
+      <c r="R33" s="32">
+        <v>-2.167616342949334</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...44 lines deleted...]
-        <v>-0.51327499327202419</v>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>106.3866</v>
+      </c>
+      <c r="E34" s="28">
+        <v>107.0638</v>
+      </c>
+      <c r="F34" s="28">
+        <v>107.0971</v>
+      </c>
+      <c r="G34" s="28">
+        <v>107.4357</v>
+      </c>
+      <c r="H34" s="28">
+        <v>107.729</v>
+      </c>
+      <c r="I34" s="28">
+        <v>107.7316</v>
+      </c>
+      <c r="J34" s="28">
+        <v>107.539</v>
+      </c>
+      <c r="K34" s="28">
+        <v>107.52370000000001</v>
+      </c>
+      <c r="L34" s="28">
+        <v>107.2098</v>
+      </c>
+      <c r="M34" s="28">
+        <v>107.0741</v>
+      </c>
+      <c r="N34" s="28">
+        <v>106.92959999999999</v>
+      </c>
+      <c r="O34" s="28">
+        <v>106.8708</v>
+      </c>
+      <c r="P34" s="28"/>
+      <c r="Q34" s="34">
+        <v>-5.498945100326838E-2</v>
       </c>
       <c r="R34" s="33">
-        <v>-2.167616342949334</v>
-[...50 lines deleted...]
-      <c r="R35" s="34">
         <v>0.62642706827801009</v>
       </c>
     </row>
-    <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="34">
+    <row r="35" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="33">
         <v>0.1705184759734672</v>
       </c>
-      <c r="E36" s="34">
+      <c r="E35" s="33">
         <v>0.80815023704045441</v>
       </c>
-      <c r="F36" s="34">
+      <c r="F35" s="33">
         <v>0.83950454543314312</v>
       </c>
-      <c r="G36" s="34">
+      <c r="G35" s="33">
         <v>1.1583204259666366</v>
       </c>
-      <c r="H36" s="34">
+      <c r="H35" s="33">
         <v>1.434483148236201</v>
       </c>
-      <c r="I36" s="34">
+      <c r="I35" s="33">
         <v>1.4369312323749708</v>
       </c>
-      <c r="J36" s="34">
+      <c r="J35" s="33">
         <v>1.255584691941567</v>
       </c>
-      <c r="K36" s="34">
+      <c r="K35" s="33">
         <v>1.2411786583557392</v>
       </c>
-      <c r="L36" s="34">
+      <c r="L35" s="33">
         <v>0.94561957714054412</v>
       </c>
-      <c r="M36" s="34">
+      <c r="M35" s="33">
         <v>0.81784841651326978</v>
       </c>
-      <c r="N36" s="34">
+      <c r="N35" s="33">
         <v>0.68179143264707842</v>
       </c>
-      <c r="O36" s="34">
+      <c r="O35" s="33">
         <v>0.62642706827801009</v>
       </c>
-      <c r="P36" s="29"/>
-[...4 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="R35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="38"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="Q36" s="9"/>
+      <c r="R36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="39"/>
-[...1 lines deleted...]
-      <c r="C37" s="39"/>
+      <c r="A37" s="38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="38"/>
+      <c r="C37" s="38"/>
       <c r="Q37" s="9"/>
-      <c r="R37" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R37" s="9"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2"/>
       <c r="R38" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B07CF07-3F80-4A96-912F-C5A2871A25B2}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      <c r="A4" s="10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2023</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="18" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="35"/>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...139 lines deleted...]
-      <c r="Q11" s="36"/>
+      <c r="B11" s="17">
+        <v>10.991</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>104.0025</v>
+      </c>
+      <c r="E11" s="16">
+        <v>105.1093</v>
+      </c>
+      <c r="F11" s="16">
+        <v>105.8211</v>
+      </c>
+      <c r="G11" s="16">
+        <v>104.9162</v>
+      </c>
+      <c r="H11" s="16">
+        <v>106.6692</v>
+      </c>
+      <c r="I11" s="16">
+        <v>107.6711</v>
+      </c>
+      <c r="J11" s="16">
+        <v>108.1516</v>
+      </c>
+      <c r="K11" s="16">
+        <v>108.02979999999999</v>
+      </c>
+      <c r="L11" s="16">
+        <v>107.5294</v>
+      </c>
+      <c r="M11" s="16">
+        <v>107.3668</v>
+      </c>
+      <c r="N11" s="16">
+        <v>106.7645</v>
+      </c>
+      <c r="O11" s="16">
+        <v>105.99250000000001</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>3.3348314694375434</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>3.3348314694375434</v>
+      <c r="B12" s="17">
+        <v>2.8919999999999999</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>103.54130000000001</v>
+      </c>
+      <c r="E12" s="16">
+        <v>104.00749999999999</v>
+      </c>
+      <c r="F12" s="16">
+        <v>103.26</v>
+      </c>
+      <c r="G12" s="16">
+        <v>103.2817</v>
+      </c>
+      <c r="H12" s="16">
+        <v>103.929</v>
+      </c>
+      <c r="I12" s="16">
+        <v>103.6598</v>
+      </c>
+      <c r="J12" s="16">
+        <v>103.5416</v>
+      </c>
+      <c r="K12" s="16">
+        <v>103.87860000000001</v>
+      </c>
+      <c r="L12" s="16">
+        <v>103.4631</v>
+      </c>
+      <c r="M12" s="16">
+        <v>104.3968</v>
+      </c>
+      <c r="N12" s="16">
+        <v>103.5453</v>
+      </c>
+      <c r="O12" s="16">
+        <v>103.5136</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>0.98414903497201467</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>0.98414903497201467</v>
+      <c r="B13" s="17">
+        <v>2.9780000000000002</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>96.480400000000003</v>
+      </c>
+      <c r="E13" s="16">
+        <v>100.0034</v>
+      </c>
+      <c r="F13" s="16">
+        <v>103.8008</v>
+      </c>
+      <c r="G13" s="16">
+        <v>105.6323</v>
+      </c>
+      <c r="H13" s="16">
+        <v>106.2308</v>
+      </c>
+      <c r="I13" s="16">
+        <v>104.3789</v>
+      </c>
+      <c r="J13" s="16">
+        <v>97.620699999999999</v>
+      </c>
+      <c r="K13" s="16">
+        <v>100.7324</v>
+      </c>
+      <c r="L13" s="16">
+        <v>103.4468</v>
+      </c>
+      <c r="M13" s="16">
+        <v>105.24160000000001</v>
+      </c>
+      <c r="N13" s="16">
+        <v>105.4307</v>
+      </c>
+      <c r="O13" s="16">
+        <v>104.8537</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>1.7673012865805928</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>1.7673012865805928</v>
+      <c r="B14" s="17">
+        <v>25.349</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>108.8687</v>
+      </c>
+      <c r="E14" s="16">
+        <v>109.0504</v>
+      </c>
+      <c r="F14" s="16">
+        <v>108.935</v>
+      </c>
+      <c r="G14" s="16">
+        <v>108.7222</v>
+      </c>
+      <c r="H14" s="16">
+        <v>108.8347</v>
+      </c>
+      <c r="I14" s="16">
+        <v>108.8412</v>
+      </c>
+      <c r="J14" s="16">
+        <v>108.904</v>
+      </c>
+      <c r="K14" s="16">
+        <v>109.48009999999999</v>
+      </c>
+      <c r="L14" s="16">
+        <v>109.6133</v>
+      </c>
+      <c r="M14" s="16">
+        <v>109.7302</v>
+      </c>
+      <c r="N14" s="16">
+        <v>110.499</v>
+      </c>
+      <c r="O14" s="16">
+        <v>110.3858</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>3.2535603208381119</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>3.2535603208381119</v>
+      <c r="B15" s="17">
+        <v>3.7229999999999999</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>106.9593</v>
+      </c>
+      <c r="E15" s="16">
+        <v>107.9854</v>
+      </c>
+      <c r="F15" s="16">
+        <v>108.2075</v>
+      </c>
+      <c r="G15" s="16">
+        <v>109.14960000000001</v>
+      </c>
+      <c r="H15" s="16">
+        <v>109.2308</v>
+      </c>
+      <c r="I15" s="16">
+        <v>109.0359</v>
+      </c>
+      <c r="J15" s="16">
+        <v>108.1275</v>
+      </c>
+      <c r="K15" s="16">
+        <v>108.5137</v>
+      </c>
+      <c r="L15" s="16">
+        <v>108.5981</v>
+      </c>
+      <c r="M15" s="16">
+        <v>107.8314</v>
+      </c>
+      <c r="N15" s="16">
+        <v>107.24290000000001</v>
+      </c>
+      <c r="O15" s="16">
+        <v>108.24809999999999</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>0.48689423673177379</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>0.48689423673177379</v>
+      <c r="B16" s="17">
+        <v>15.302</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>99.088899999999995</v>
+      </c>
+      <c r="E16" s="16">
+        <v>99.080299999999994</v>
+      </c>
+      <c r="F16" s="16">
+        <v>99.072800000000001</v>
+      </c>
+      <c r="G16" s="16">
+        <v>99.103099999999998</v>
+      </c>
+      <c r="H16" s="16">
+        <v>99.060500000000005</v>
+      </c>
+      <c r="I16" s="16">
+        <v>98.990399999999994</v>
+      </c>
+      <c r="J16" s="16">
+        <v>99.031999999999996</v>
+      </c>
+      <c r="K16" s="16">
+        <v>99.087100000000007</v>
+      </c>
+      <c r="L16" s="16">
+        <v>98.997600000000006</v>
+      </c>
+      <c r="M16" s="16">
+        <v>99.054699999999997</v>
+      </c>
+      <c r="N16" s="16">
+        <v>99.000100000000003</v>
+      </c>
+      <c r="O16" s="16">
+        <v>98.789000000000001</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>-0.29712343339045288</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>-0.29712343339045288</v>
+      <c r="B17" s="17">
+        <v>12.032999999999999</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>112.2415</v>
+      </c>
+      <c r="E17" s="16">
+        <v>113.79900000000001</v>
+      </c>
+      <c r="F17" s="16">
+        <v>114.56789999999999</v>
+      </c>
+      <c r="G17" s="16">
+        <v>114.6558</v>
+      </c>
+      <c r="H17" s="16">
+        <v>114.2157</v>
+      </c>
+      <c r="I17" s="16">
+        <v>113.812</v>
+      </c>
+      <c r="J17" s="16">
+        <v>113.5052</v>
+      </c>
+      <c r="K17" s="16">
+        <v>113.1014</v>
+      </c>
+      <c r="L17" s="16">
+        <v>113.35590000000001</v>
+      </c>
+      <c r="M17" s="16">
+        <v>113.40819999999999</v>
+      </c>
+      <c r="N17" s="16">
+        <v>112.16679999999999</v>
+      </c>
+      <c r="O17" s="16">
+        <v>112.4127</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>-0.42712292583633621</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>-0.42712292583633621</v>
+      <c r="B18" s="17">
+        <v>2.6669999999999998</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>96.942099999999996</v>
+      </c>
+      <c r="E18" s="16">
+        <v>96.893900000000002</v>
+      </c>
+      <c r="F18" s="16">
+        <v>96.942700000000002</v>
+      </c>
+      <c r="G18" s="16">
+        <v>97.084000000000003</v>
+      </c>
+      <c r="H18" s="16">
+        <v>97.044899999999998</v>
+      </c>
+      <c r="I18" s="16">
+        <v>96.807199999999995</v>
+      </c>
+      <c r="J18" s="16">
+        <v>97.013400000000004</v>
+      </c>
+      <c r="K18" s="16">
+        <v>97.381600000000006</v>
+      </c>
+      <c r="L18" s="16">
+        <v>97.247699999999995</v>
+      </c>
+      <c r="M18" s="16">
+        <v>97.281400000000005</v>
+      </c>
+      <c r="N18" s="16">
+        <v>97.517499999999998</v>
+      </c>
+      <c r="O18" s="16">
+        <v>97.496200000000002</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>0.74481738127664365</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>0.74481738127664365</v>
+      <c r="B19" s="17">
+        <v>8.16</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>103.4332</v>
+      </c>
+      <c r="E19" s="16">
+        <v>104.8133</v>
+      </c>
+      <c r="F19" s="16">
+        <v>106.059</v>
+      </c>
+      <c r="G19" s="16">
+        <v>107.011</v>
+      </c>
+      <c r="H19" s="16">
+        <v>107.3566</v>
+      </c>
+      <c r="I19" s="16">
+        <v>107.7351</v>
+      </c>
+      <c r="J19" s="16">
+        <v>106.5492</v>
+      </c>
+      <c r="K19" s="16">
+        <v>106.2191</v>
+      </c>
+      <c r="L19" s="16">
+        <v>106.0827</v>
+      </c>
+      <c r="M19" s="16">
+        <v>106.38039999999999</v>
+      </c>
+      <c r="N19" s="16">
+        <v>105.41</v>
+      </c>
+      <c r="O19" s="16">
+        <v>104.99509999999999</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>1.7521570041216321</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>1.7521570041216321</v>
+      <c r="B20" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="E20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="F20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="G20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="H20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="I20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="J20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="K20" s="16">
+        <v>102.73480000000001</v>
+      </c>
+      <c r="L20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="M20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="N20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="O20" s="16">
+        <v>102.7516</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>1.7845450375977736</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>1.7845450375977736</v>
+      <c r="B21" s="17">
+        <v>9.2720000000000002</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>106.627</v>
+      </c>
+      <c r="E21" s="16">
+        <v>108.301</v>
+      </c>
+      <c r="F21" s="16">
+        <v>106.566</v>
+      </c>
+      <c r="G21" s="16">
+        <v>106.0489</v>
+      </c>
+      <c r="H21" s="16">
+        <v>106.0715</v>
+      </c>
+      <c r="I21" s="16">
+        <v>106.7334</v>
+      </c>
+      <c r="J21" s="16">
+        <v>108.1615</v>
+      </c>
+      <c r="K21" s="16">
+        <v>108.05</v>
+      </c>
+      <c r="L21" s="16">
+        <v>106.6716</v>
+      </c>
+      <c r="M21" s="16">
+        <v>106.48869999999999</v>
+      </c>
+      <c r="N21" s="16">
+        <v>105.3873</v>
+      </c>
+      <c r="O21" s="16">
+        <v>107.29640000000001</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>2.7552351382980649</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>2.7552351382980649</v>
+      <c r="B22" s="17">
+        <v>5.7960000000000003</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>103.10080000000001</v>
+      </c>
+      <c r="E22" s="16">
+        <v>103.4096</v>
+      </c>
+      <c r="F22" s="16">
+        <v>103.1189</v>
+      </c>
+      <c r="G22" s="16">
+        <v>103.3053</v>
+      </c>
+      <c r="H22" s="16">
+        <v>103.7867</v>
+      </c>
+      <c r="I22" s="16">
+        <v>103.7042</v>
+      </c>
+      <c r="J22" s="16">
+        <v>103.82559999999999</v>
+      </c>
+      <c r="K22" s="16">
+        <v>104.2933</v>
+      </c>
+      <c r="L22" s="16">
+        <v>104.2473</v>
+      </c>
+      <c r="M22" s="16">
+        <v>104.4041</v>
+      </c>
+      <c r="N22" s="16">
+        <v>104.11060000000001</v>
+      </c>
+      <c r="O22" s="16">
+        <v>104.3254</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>1.517823084767661</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>41.131999999999998</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>108.4939</v>
+      </c>
+      <c r="E24" s="16">
+        <v>109.08669999999999</v>
+      </c>
+      <c r="F24" s="16">
+        <v>109.4696</v>
+      </c>
+      <c r="G24" s="16">
+        <v>109.31959999999999</v>
+      </c>
+      <c r="H24" s="16">
+        <v>109.669</v>
+      </c>
+      <c r="I24" s="16">
+        <v>109.625</v>
+      </c>
+      <c r="J24" s="16">
+        <v>109.14360000000001</v>
+      </c>
+      <c r="K24" s="16">
+        <v>109.7668</v>
+      </c>
+      <c r="L24" s="16">
+        <v>109.9742</v>
+      </c>
+      <c r="M24" s="16">
+        <v>110.1395</v>
+      </c>
+      <c r="N24" s="16">
+        <v>109.40560000000001</v>
+      </c>
+      <c r="O24" s="16">
+        <v>108.8802</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>1.4158891431733012</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>1.4158891431733012</v>
+      <c r="B25" s="17">
+        <v>26.213000000000001</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>110.30719999999999</v>
+      </c>
+      <c r="E25" s="16">
+        <v>110.8398</v>
+      </c>
+      <c r="F25" s="16">
+        <v>110.8839</v>
+      </c>
+      <c r="G25" s="16">
+        <v>110.3456</v>
+      </c>
+      <c r="H25" s="16">
+        <v>110.883</v>
+      </c>
+      <c r="I25" s="16">
+        <v>111.1477</v>
+      </c>
+      <c r="J25" s="16">
+        <v>111.44329999999999</v>
+      </c>
+      <c r="K25" s="16">
+        <v>112.10590000000001</v>
+      </c>
+      <c r="L25" s="16">
+        <v>112.10980000000001</v>
+      </c>
+      <c r="M25" s="16">
+        <v>112.13379999999999</v>
+      </c>
+      <c r="N25" s="16">
+        <v>111.1917</v>
+      </c>
+      <c r="O25" s="16">
+        <v>110.38639999999999</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>2.5226083701819326</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>2.5226083701819326</v>
+      <c r="B26" s="17">
+        <v>5.7409999999999997</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>100.93040000000001</v>
+      </c>
+      <c r="E26" s="16">
+        <v>102.8009</v>
+      </c>
+      <c r="F26" s="16">
+        <v>105.0407</v>
+      </c>
+      <c r="G26" s="16">
+        <v>106.1782</v>
+      </c>
+      <c r="H26" s="16">
+        <v>106.6756</v>
+      </c>
+      <c r="I26" s="16">
+        <v>105.655</v>
+      </c>
+      <c r="J26" s="16">
+        <v>101.7878</v>
+      </c>
+      <c r="K26" s="16">
+        <v>103.4272</v>
+      </c>
+      <c r="L26" s="16">
+        <v>104.6902</v>
+      </c>
+      <c r="M26" s="16">
+        <v>105.76519999999999</v>
+      </c>
+      <c r="N26" s="16">
+        <v>105.6514</v>
+      </c>
+      <c r="O26" s="16">
+        <v>105.4442</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>1.0775488136993721</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>1.0775488136993721</v>
+      <c r="B27" s="17">
+        <v>9.1780000000000008</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>108.06740000000001</v>
+      </c>
+      <c r="E27" s="16">
+        <v>108.00230000000001</v>
+      </c>
+      <c r="F27" s="16">
+        <v>108.1523</v>
+      </c>
+      <c r="G27" s="16">
+        <v>108.2818</v>
+      </c>
+      <c r="H27" s="16">
+        <v>107.9948</v>
+      </c>
+      <c r="I27" s="16">
+        <v>107.6983</v>
+      </c>
+      <c r="J27" s="16">
+        <v>107.1836</v>
+      </c>
+      <c r="K27" s="16">
+        <v>107.0331</v>
+      </c>
+      <c r="L27" s="16">
+        <v>107.13930000000001</v>
+      </c>
+      <c r="M27" s="16">
+        <v>107.1199</v>
+      </c>
+      <c r="N27" s="16">
+        <v>106.5819</v>
+      </c>
+      <c r="O27" s="16">
+        <v>106.6546</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>-1.5333908812681454</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>-1.5333908812681454</v>
+      <c r="B28" s="17">
+        <v>58.868000000000002</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>102.48260000000001</v>
+      </c>
+      <c r="E28" s="16">
+        <v>103.39149999999999</v>
+      </c>
+      <c r="F28" s="16">
+        <v>103.4066</v>
+      </c>
+      <c r="G28" s="16">
+        <v>103.5004</v>
+      </c>
+      <c r="H28" s="16">
+        <v>103.7103</v>
+      </c>
+      <c r="I28" s="16">
+        <v>103.8518</v>
+      </c>
+      <c r="J28" s="16">
+        <v>103.9213</v>
+      </c>
+      <c r="K28" s="16">
+        <v>103.88379999999999</v>
+      </c>
+      <c r="L28" s="16">
+        <v>103.6097</v>
+      </c>
+      <c r="M28" s="16">
+        <v>103.66200000000001</v>
+      </c>
+      <c r="N28" s="16">
+        <v>103.7223</v>
+      </c>
+      <c r="O28" s="16">
+        <v>104.1576</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>1.9237374463875294</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="18">
-[...41 lines deleted...]
-        <v>1.9237374463875294</v>
+      <c r="B29" s="17">
+        <v>48.146999999999998</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>102.77549999999999</v>
+      </c>
+      <c r="E29" s="16">
+        <v>103.85080000000001</v>
+      </c>
+      <c r="F29" s="16">
+        <v>103.8847</v>
+      </c>
+      <c r="G29" s="16">
+        <v>103.9937</v>
+      </c>
+      <c r="H29" s="16">
+        <v>104.2487</v>
+      </c>
+      <c r="I29" s="16">
+        <v>104.4276</v>
+      </c>
+      <c r="J29" s="16">
+        <v>104.50839999999999</v>
+      </c>
+      <c r="K29" s="16">
+        <v>104.47799999999999</v>
+      </c>
+      <c r="L29" s="16">
+        <v>104.1275</v>
+      </c>
+      <c r="M29" s="16">
+        <v>104.19589999999999</v>
+      </c>
+      <c r="N29" s="16">
+        <v>104.291</v>
+      </c>
+      <c r="O29" s="16">
+        <v>104.68680000000001</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>2.2106449162587185</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="18">
-[...41 lines deleted...]
-        <v>2.2106449162587185</v>
+      <c r="B30" s="17">
+        <v>10.721</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>101.2032</v>
+      </c>
+      <c r="E30" s="16">
+        <v>101.37430000000001</v>
+      </c>
+      <c r="F30" s="16">
+        <v>101.3061</v>
+      </c>
+      <c r="G30" s="16">
+        <v>101.3323</v>
+      </c>
+      <c r="H30" s="16">
+        <v>101.3424</v>
+      </c>
+      <c r="I30" s="16">
+        <v>101.31789999999999</v>
+      </c>
+      <c r="J30" s="16">
+        <v>101.3374</v>
+      </c>
+      <c r="K30" s="16">
+        <v>101.26819999999999</v>
+      </c>
+      <c r="L30" s="16">
+        <v>101.33329999999999</v>
+      </c>
+      <c r="M30" s="16">
+        <v>101.3139</v>
+      </c>
+      <c r="N30" s="16">
+        <v>101.2196</v>
+      </c>
+      <c r="O30" s="16">
+        <v>101.8304</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>0.63515624922791081</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>75.471000000000004</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>103.73390000000001</v>
+      </c>
+      <c r="E32" s="16">
+        <v>104.4021</v>
+      </c>
+      <c r="F32" s="16">
+        <v>104.3034</v>
+      </c>
+      <c r="G32" s="16">
+        <v>104.2306</v>
+      </c>
+      <c r="H32" s="16">
+        <v>104.5487</v>
+      </c>
+      <c r="I32" s="16">
+        <v>104.72539999999999</v>
+      </c>
+      <c r="J32" s="16">
+        <v>104.925</v>
+      </c>
+      <c r="K32" s="16">
+        <v>104.9448</v>
+      </c>
+      <c r="L32" s="16">
+        <v>104.73820000000001</v>
+      </c>
+      <c r="M32" s="16">
+        <v>104.77419999999999</v>
+      </c>
+      <c r="N32" s="16">
+        <v>104.8104</v>
+      </c>
+      <c r="O32" s="16">
+        <v>105.10939999999999</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>2.3293171126826255</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...41 lines deleted...]
-        <v>2.3293171126826255</v>
+      <c r="B33" s="17">
+        <v>24.529</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>109.1238</v>
+      </c>
+      <c r="E33" s="16">
+        <v>110.2856</v>
+      </c>
+      <c r="F33" s="16">
+        <v>111.30540000000001</v>
+      </c>
+      <c r="G33" s="16">
+        <v>111.52930000000001</v>
+      </c>
+      <c r="H33" s="16">
+        <v>111.6238</v>
+      </c>
+      <c r="I33" s="16">
+        <v>111.33150000000001</v>
+      </c>
+      <c r="J33" s="16">
+        <v>110.0295</v>
+      </c>
+      <c r="K33" s="16">
+        <v>110.93689999999999</v>
+      </c>
+      <c r="L33" s="16">
+        <v>111.26560000000001</v>
+      </c>
+      <c r="M33" s="16">
+        <v>111.56489999999999</v>
+      </c>
+      <c r="N33" s="16">
+        <v>110.3424</v>
+      </c>
+      <c r="O33" s="16">
+        <v>109.5812</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>-0.17345105655744381</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...42 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>105.04349999999999</v>
+      </c>
+      <c r="E34" s="28">
+        <v>105.82729999999999</v>
+      </c>
+      <c r="F34" s="28">
+        <v>105.9896</v>
+      </c>
+      <c r="G34" s="28">
+        <v>105.986</v>
+      </c>
+      <c r="H34" s="28">
+        <v>106.252</v>
+      </c>
+      <c r="I34" s="28">
+        <v>106.31959999999999</v>
+      </c>
+      <c r="J34" s="28">
+        <v>106.1688</v>
+      </c>
+      <c r="K34" s="28">
+        <v>106.3955</v>
+      </c>
+      <c r="L34" s="28">
+        <v>106.31359999999999</v>
+      </c>
+      <c r="M34" s="28">
+        <v>106.41119999999999</v>
+      </c>
+      <c r="N34" s="28">
+        <v>106.15389999999999</v>
+      </c>
+      <c r="O34" s="28">
+        <v>106.2055</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>-0.17345105655744381</v>
-[...47 lines deleted...]
-      <c r="Q35" s="34">
         <v>1.7148893500831757</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="34">
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="33">
         <v>0.60202135902059151</v>
       </c>
-      <c r="E36" s="34">
+      <c r="E35" s="33">
         <v>1.3526805082416311</v>
       </c>
-      <c r="F36" s="34">
+      <c r="F35" s="33">
         <v>1.5081180942566557</v>
       </c>
-      <c r="G36" s="34">
+      <c r="G35" s="33">
         <v>1.5046703104633545</v>
       </c>
-      <c r="H36" s="34">
+      <c r="H35" s="33">
         <v>1.7594232240800809</v>
       </c>
-      <c r="I36" s="34">
+      <c r="I35" s="33">
         <v>1.8241649419766635</v>
       </c>
-      <c r="J36" s="34">
+      <c r="J35" s="33">
         <v>1.6797411097458328</v>
       </c>
-      <c r="K36" s="34">
+      <c r="K35" s="33">
         <v>1.8968557169522697</v>
       </c>
-      <c r="L36" s="34">
+      <c r="L35" s="33">
         <v>1.8184186356544811</v>
       </c>
-      <c r="M36" s="34">
+      <c r="M35" s="33">
         <v>1.9118918851619748</v>
       </c>
-      <c r="N36" s="34">
+      <c r="N35" s="33">
         <v>1.6654711157124031</v>
       </c>
-      <c r="O36" s="34">
+      <c r="O35" s="33">
         <v>1.7148893500831757</v>
       </c>
-      <c r="P36" s="29"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="1"/>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="A37" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFF2346A-DC52-46C8-A107-08BA97BD6E2D}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      <c r="A4" s="10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2022</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="18" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="35"/>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...139 lines deleted...]
-      <c r="Q11" s="36"/>
+      <c r="B11" s="17">
+        <v>12.608000000000001</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>98.468400000000003</v>
+      </c>
+      <c r="E11" s="16">
+        <v>98.709199999999996</v>
+      </c>
+      <c r="F11" s="16">
+        <v>99.534000000000006</v>
+      </c>
+      <c r="G11" s="16">
+        <v>99.493899999999996</v>
+      </c>
+      <c r="H11" s="16">
+        <v>101.32089999999999</v>
+      </c>
+      <c r="I11" s="16">
+        <v>102.40470000000001</v>
+      </c>
+      <c r="J11" s="16">
+        <v>102.69589999999999</v>
+      </c>
+      <c r="K11" s="16">
+        <v>103.7392</v>
+      </c>
+      <c r="L11" s="16">
+        <v>103.6005</v>
+      </c>
+      <c r="M11" s="16">
+        <v>103.9675</v>
+      </c>
+      <c r="N11" s="16">
+        <v>103.45350000000001</v>
+      </c>
+      <c r="O11" s="16">
+        <v>102.5719</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>4.040008560801474</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>4.040008560801474</v>
+      <c r="B12" s="17">
+        <v>3.4820000000000002</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>101.2675</v>
+      </c>
+      <c r="E12" s="16">
+        <v>101.7589</v>
+      </c>
+      <c r="F12" s="16">
+        <v>101.1448</v>
+      </c>
+      <c r="G12" s="16">
+        <v>101.25239999999999</v>
+      </c>
+      <c r="H12" s="16">
+        <v>102.99160000000001</v>
+      </c>
+      <c r="I12" s="16">
+        <v>101.7574</v>
+      </c>
+      <c r="J12" s="16">
+        <v>101.5014</v>
+      </c>
+      <c r="K12" s="16">
+        <v>103.46420000000001</v>
+      </c>
+      <c r="L12" s="16">
+        <v>102.2563</v>
+      </c>
+      <c r="M12" s="16">
+        <v>102.3445</v>
+      </c>
+      <c r="N12" s="16">
+        <v>103.1129</v>
+      </c>
+      <c r="O12" s="16">
+        <v>102.5048</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>1.6921778071431266</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>1.6921778071431266</v>
+      <c r="B13" s="17">
+        <v>2.6909999999999998</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>93.248500000000007</v>
+      </c>
+      <c r="E13" s="16">
+        <v>96.3703</v>
+      </c>
+      <c r="F13" s="16">
+        <v>100.56010000000001</v>
+      </c>
+      <c r="G13" s="16">
+        <v>102.5698</v>
+      </c>
+      <c r="H13" s="16">
+        <v>104.0205</v>
+      </c>
+      <c r="I13" s="16">
+        <v>102.8904</v>
+      </c>
+      <c r="J13" s="16">
+        <v>94.756600000000006</v>
+      </c>
+      <c r="K13" s="16">
+        <v>98.103700000000003</v>
+      </c>
+      <c r="L13" s="16">
+        <v>101.7294</v>
+      </c>
+      <c r="M13" s="16">
+        <v>103.7116</v>
+      </c>
+      <c r="N13" s="16">
+        <v>103.71559999999999</v>
+      </c>
+      <c r="O13" s="16">
+        <v>103.03279999999999</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>2.2052441382128785</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>2.2052441382128785</v>
+      <c r="B14" s="17">
+        <v>26.594999999999999</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>103.5611</v>
+      </c>
+      <c r="E14" s="16">
+        <v>104.12</v>
+      </c>
+      <c r="F14" s="16">
+        <v>104.47620000000001</v>
+      </c>
+      <c r="G14" s="16">
+        <v>104.8824</v>
+      </c>
+      <c r="H14" s="16">
+        <v>105.4948</v>
+      </c>
+      <c r="I14" s="16">
+        <v>105.8232</v>
+      </c>
+      <c r="J14" s="16">
+        <v>106.01949999999999</v>
+      </c>
+      <c r="K14" s="16">
+        <v>106.4208</v>
+      </c>
+      <c r="L14" s="16">
+        <v>106.20569999999999</v>
+      </c>
+      <c r="M14" s="16">
+        <v>106.9624</v>
+      </c>
+      <c r="N14" s="16">
+        <v>107.1178</v>
+      </c>
+      <c r="O14" s="16">
+        <v>106.9075</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>4.217541048009811</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>4.217541048009811</v>
+      <c r="B15" s="17">
+        <v>4.5179999999999998</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>101.70229999999999</v>
+      </c>
+      <c r="E15" s="16">
+        <v>103.3077</v>
+      </c>
+      <c r="F15" s="16">
+        <v>104.717</v>
+      </c>
+      <c r="G15" s="16">
+        <v>106.3107</v>
+      </c>
+      <c r="H15" s="16">
+        <v>106.0671</v>
+      </c>
+      <c r="I15" s="16">
+        <v>106.33</v>
+      </c>
+      <c r="J15" s="16">
+        <v>105.9273</v>
+      </c>
+      <c r="K15" s="16">
+        <v>106.7886</v>
+      </c>
+      <c r="L15" s="16">
+        <v>107.0231</v>
+      </c>
+      <c r="M15" s="16">
+        <v>106.98399999999999</v>
+      </c>
+      <c r="N15" s="16">
+        <v>107.467</v>
+      </c>
+      <c r="O15" s="16">
+        <v>107.7236</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>5.7131473634420686</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>5.7131473634420686</v>
+      <c r="B16" s="17">
+        <v>16.670999999999999</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>99.489500000000007</v>
+      </c>
+      <c r="E16" s="16">
+        <v>99.455200000000005</v>
+      </c>
+      <c r="F16" s="16">
+        <v>99.403999999999996</v>
+      </c>
+      <c r="G16" s="16">
+        <v>99.406800000000004</v>
+      </c>
+      <c r="H16" s="16">
+        <v>99.397199999999998</v>
+      </c>
+      <c r="I16" s="16">
+        <v>99.383499999999998</v>
+      </c>
+      <c r="J16" s="16">
+        <v>99.450500000000005</v>
+      </c>
+      <c r="K16" s="16">
+        <v>99.345799999999997</v>
+      </c>
+      <c r="L16" s="16">
+        <v>99.33</v>
+      </c>
+      <c r="M16" s="16">
+        <v>99.349800000000002</v>
+      </c>
+      <c r="N16" s="16">
+        <v>99.249899999999997</v>
+      </c>
+      <c r="O16" s="16">
+        <v>99.083399999999997</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>-0.43250282875340496</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>-0.43250282875340496</v>
+      <c r="B17" s="17">
+        <v>10.976000000000001</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>107.215</v>
+      </c>
+      <c r="E17" s="16">
+        <v>109.50409999999999</v>
+      </c>
+      <c r="F17" s="16">
+        <v>112.1356</v>
+      </c>
+      <c r="G17" s="16">
+        <v>113.8198</v>
+      </c>
+      <c r="H17" s="16">
+        <v>114.8039</v>
+      </c>
+      <c r="I17" s="16">
+        <v>117.6463</v>
+      </c>
+      <c r="J17" s="16">
+        <v>118.11920000000001</v>
+      </c>
+      <c r="K17" s="16">
+        <v>116.3404</v>
+      </c>
+      <c r="L17" s="16">
+        <v>115.0926</v>
+      </c>
+      <c r="M17" s="16">
+        <v>113.7278</v>
+      </c>
+      <c r="N17" s="16">
+        <v>114.11279999999999</v>
+      </c>
+      <c r="O17" s="16">
+        <v>112.89490000000001</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>5.268512103628443</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>5.268512103628443</v>
+      <c r="B18" s="17">
+        <v>3.0289999999999999</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>99.680599999999998</v>
+      </c>
+      <c r="E18" s="16">
+        <v>99.985600000000005</v>
+      </c>
+      <c r="F18" s="16">
+        <v>99.780600000000007</v>
+      </c>
+      <c r="G18" s="16">
+        <v>99.885499999999993</v>
+      </c>
+      <c r="H18" s="16">
+        <v>100.1254</v>
+      </c>
+      <c r="I18" s="16">
+        <v>100.09099999999999</v>
+      </c>
+      <c r="J18" s="16">
+        <v>100.0831</v>
+      </c>
+      <c r="K18" s="16">
+        <v>99.97</v>
+      </c>
+      <c r="L18" s="16">
+        <v>99.8489</v>
+      </c>
+      <c r="M18" s="16">
+        <v>96.512</v>
+      </c>
+      <c r="N18" s="16">
+        <v>96.728999999999999</v>
+      </c>
+      <c r="O18" s="16">
+        <v>96.775400000000005</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>-3.2530436051800677</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>-3.2530436051800677</v>
+      <c r="B19" s="17">
+        <v>6.7750000000000004</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>101.46899999999999</v>
+      </c>
+      <c r="E19" s="16">
+        <v>101.9127</v>
+      </c>
+      <c r="F19" s="16">
+        <v>102.5583</v>
+      </c>
+      <c r="G19" s="16">
+        <v>102.7645</v>
+      </c>
+      <c r="H19" s="16">
+        <v>103.294</v>
+      </c>
+      <c r="I19" s="16">
+        <v>103.9025</v>
+      </c>
+      <c r="J19" s="16">
+        <v>103.3271</v>
+      </c>
+      <c r="K19" s="16">
+        <v>102.9256</v>
+      </c>
+      <c r="L19" s="16">
+        <v>103.25839999999999</v>
+      </c>
+      <c r="M19" s="16">
+        <v>103.15130000000001</v>
+      </c>
+      <c r="N19" s="16">
+        <v>103.2782</v>
+      </c>
+      <c r="O19" s="16">
+        <v>103.1871</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>1.828504098320217</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>1.828504098320217</v>
+      <c r="B20" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="E20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="F20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="G20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="H20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="I20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="J20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="K20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="L20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="M20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="N20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="O20" s="16">
+        <v>100.95010000000001</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>0.2755463993714285</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>0.2755463993714285</v>
+      <c r="B21" s="17">
+        <v>5.8230000000000004</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>103.9469</v>
+      </c>
+      <c r="E21" s="16">
+        <v>104.6341</v>
+      </c>
+      <c r="F21" s="16">
+        <v>103.7174</v>
+      </c>
+      <c r="G21" s="16">
+        <v>102.8665</v>
+      </c>
+      <c r="H21" s="16">
+        <v>102.84139999999999</v>
+      </c>
+      <c r="I21" s="16">
+        <v>103.3329</v>
+      </c>
+      <c r="J21" s="16">
+        <v>105.1139</v>
+      </c>
+      <c r="K21" s="16">
+        <v>104.9645</v>
+      </c>
+      <c r="L21" s="16">
+        <v>103.8556</v>
+      </c>
+      <c r="M21" s="16">
+        <v>103.6129</v>
+      </c>
+      <c r="N21" s="16">
+        <v>102.6497</v>
+      </c>
+      <c r="O21" s="16">
+        <v>104.4194</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>2.722425530240423</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>2.722425530240423</v>
+      <c r="B22" s="17">
+        <v>5.883</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>100.4455</v>
+      </c>
+      <c r="E22" s="16">
+        <v>100.5528</v>
+      </c>
+      <c r="F22" s="16">
+        <v>100.1583</v>
+      </c>
+      <c r="G22" s="16">
+        <v>100.2089</v>
+      </c>
+      <c r="H22" s="16">
+        <v>100.9061</v>
+      </c>
+      <c r="I22" s="16">
+        <v>100.86320000000001</v>
+      </c>
+      <c r="J22" s="16">
+        <v>100.75579999999999</v>
+      </c>
+      <c r="K22" s="16">
+        <v>102.02460000000001</v>
+      </c>
+      <c r="L22" s="16">
+        <v>102.0615</v>
+      </c>
+      <c r="M22" s="16">
+        <v>102.3394</v>
+      </c>
+      <c r="N22" s="16">
+        <v>102.31959999999999</v>
+      </c>
+      <c r="O22" s="16">
+        <v>102.76560000000001</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>2.3843207893803551</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>43.984999999999999</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>102.4579</v>
+      </c>
+      <c r="E24" s="16">
+        <v>103.4502</v>
+      </c>
+      <c r="F24" s="16">
+        <v>104.7891</v>
+      </c>
+      <c r="G24" s="16">
+        <v>105.6691</v>
+      </c>
+      <c r="H24" s="16">
+        <v>106.8139</v>
+      </c>
+      <c r="I24" s="16">
+        <v>107.66379999999999</v>
+      </c>
+      <c r="J24" s="16">
+        <v>107.31610000000001</v>
+      </c>
+      <c r="K24" s="16">
+        <v>108.01300000000001</v>
+      </c>
+      <c r="L24" s="16">
+        <v>107.845</v>
+      </c>
+      <c r="M24" s="16">
+        <v>108.2467</v>
+      </c>
+      <c r="N24" s="16">
+        <v>108.1862</v>
+      </c>
+      <c r="O24" s="16">
+        <v>107.3601</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>4.9874877640208926</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>4.9874877640208926</v>
+      <c r="B25" s="17">
+        <v>28.597000000000001</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>103.07810000000001</v>
+      </c>
+      <c r="E25" s="16">
+        <v>103.8015</v>
+      </c>
+      <c r="F25" s="16">
+        <v>105.1181</v>
+      </c>
+      <c r="G25" s="16">
+        <v>105.7334</v>
+      </c>
+      <c r="H25" s="16">
+        <v>107.2</v>
+      </c>
+      <c r="I25" s="16">
+        <v>108.4966</v>
+      </c>
+      <c r="J25" s="16">
+        <v>108.809</v>
+      </c>
+      <c r="K25" s="16">
+        <v>109.3891</v>
+      </c>
+      <c r="L25" s="16">
+        <v>108.56780000000001</v>
+      </c>
+      <c r="M25" s="16">
+        <v>109.096</v>
+      </c>
+      <c r="N25" s="16">
+        <v>108.8669</v>
+      </c>
+      <c r="O25" s="16">
+        <v>107.6703</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>5.3507916208830126</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>5.3507916208830126</v>
+      <c r="B26" s="17">
+        <v>5.5940000000000003</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>97.528099999999995</v>
+      </c>
+      <c r="E26" s="16">
+        <v>99.243399999999994</v>
+      </c>
+      <c r="F26" s="16">
+        <v>101.79089999999999</v>
+      </c>
+      <c r="G26" s="16">
+        <v>103.10939999999999</v>
+      </c>
+      <c r="H26" s="16">
+        <v>104.006</v>
+      </c>
+      <c r="I26" s="16">
+        <v>103.41840000000001</v>
+      </c>
+      <c r="J26" s="16">
+        <v>99.153000000000006</v>
+      </c>
+      <c r="K26" s="16">
+        <v>101.2552</v>
+      </c>
+      <c r="L26" s="16">
+        <v>103.36490000000001</v>
+      </c>
+      <c r="M26" s="16">
+        <v>104.2817</v>
+      </c>
+      <c r="N26" s="16">
+        <v>104.74809999999999</v>
+      </c>
+      <c r="O26" s="16">
+        <v>104.3201</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>3.0338257197150695</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>3.0338257197150695</v>
+      <c r="B27" s="17">
+        <v>9.7940000000000005</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>103.5946</v>
+      </c>
+      <c r="E27" s="16">
+        <v>104.9597</v>
+      </c>
+      <c r="F27" s="16">
+        <v>105.6628</v>
+      </c>
+      <c r="G27" s="16">
+        <v>107.068</v>
+      </c>
+      <c r="H27" s="16">
+        <v>107.4101</v>
+      </c>
+      <c r="I27" s="16">
+        <v>107.7811</v>
+      </c>
+      <c r="J27" s="16">
+        <v>107.7675</v>
+      </c>
+      <c r="K27" s="16">
+        <v>107.99169999999999</v>
+      </c>
+      <c r="L27" s="16">
+        <v>108.42319999999999</v>
+      </c>
+      <c r="M27" s="16">
+        <v>108.15300000000001</v>
+      </c>
+      <c r="N27" s="16">
+        <v>108.28270000000001</v>
+      </c>
+      <c r="O27" s="16">
+        <v>108.3155</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>5.0422775880779014</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>5.0422775880779014</v>
+      <c r="B28" s="17">
+        <v>56.015000000000001</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>101.1808</v>
+      </c>
+      <c r="E28" s="16">
+        <v>101.6018</v>
+      </c>
+      <c r="F28" s="16">
+        <v>101.5966</v>
+      </c>
+      <c r="G28" s="16">
+        <v>101.5853</v>
+      </c>
+      <c r="H28" s="16">
+        <v>101.8905</v>
+      </c>
+      <c r="I28" s="16">
+        <v>102.1627</v>
+      </c>
+      <c r="J28" s="16">
+        <v>102.36199999999999</v>
+      </c>
+      <c r="K28" s="16">
+        <v>102.3107</v>
+      </c>
+      <c r="L28" s="16">
+        <v>102.1143</v>
+      </c>
+      <c r="M28" s="16">
+        <v>101.9021</v>
+      </c>
+      <c r="N28" s="16">
+        <v>101.9564</v>
+      </c>
+      <c r="O28" s="16">
+        <v>102.1917</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>1.1543620175104341</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="18">
-[...41 lines deleted...]
-        <v>1.1543620175104341</v>
+      <c r="B29" s="17">
+        <v>45.762</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>101.4271</v>
+      </c>
+      <c r="E29" s="16">
+        <v>101.95650000000001</v>
+      </c>
+      <c r="F29" s="16">
+        <v>101.97150000000001</v>
+      </c>
+      <c r="G29" s="16">
+        <v>101.95869999999999</v>
+      </c>
+      <c r="H29" s="16">
+        <v>102.32859999999999</v>
+      </c>
+      <c r="I29" s="16">
+        <v>102.6644</v>
+      </c>
+      <c r="J29" s="16">
+        <v>102.9038</v>
+      </c>
+      <c r="K29" s="16">
+        <v>102.5578</v>
+      </c>
+      <c r="L29" s="16">
+        <v>102.3193</v>
+      </c>
+      <c r="M29" s="16">
+        <v>102.0599</v>
+      </c>
+      <c r="N29" s="16">
+        <v>102.1311</v>
+      </c>
+      <c r="O29" s="16">
+        <v>102.4226</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>1.1537276404778447</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="18">
-[...41 lines deleted...]
-        <v>1.1537276404778447</v>
+      <c r="B30" s="17">
+        <v>10.253</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>100.1088</v>
+      </c>
+      <c r="E30" s="16">
+        <v>100.05159999999999</v>
+      </c>
+      <c r="F30" s="16">
+        <v>99.957599999999999</v>
+      </c>
+      <c r="G30" s="16">
+        <v>99.952799999999996</v>
+      </c>
+      <c r="H30" s="16">
+        <v>99.9726</v>
+      </c>
+      <c r="I30" s="16">
+        <v>99.964200000000005</v>
+      </c>
+      <c r="J30" s="16">
+        <v>99.986900000000006</v>
+      </c>
+      <c r="K30" s="16">
+        <v>101.2353</v>
+      </c>
+      <c r="L30" s="16">
+        <v>101.2243</v>
+      </c>
+      <c r="M30" s="16">
+        <v>101.2204</v>
+      </c>
+      <c r="N30" s="16">
+        <v>101.19970000000001</v>
+      </c>
+      <c r="O30" s="16">
+        <v>101.18770000000001</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>1.157352794161757</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>75.015000000000001</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>101.0967</v>
+      </c>
+      <c r="E32" s="16">
+        <v>101.50700000000001</v>
+      </c>
+      <c r="F32" s="16">
+        <v>101.5975</v>
+      </c>
+      <c r="G32" s="16">
+        <v>101.57640000000001</v>
+      </c>
+      <c r="H32" s="16">
+        <v>102.0628</v>
+      </c>
+      <c r="I32" s="16">
+        <v>102.33069999999999</v>
+      </c>
+      <c r="J32" s="16">
+        <v>102.5305</v>
+      </c>
+      <c r="K32" s="16">
+        <v>102.6969</v>
+      </c>
+      <c r="L32" s="16">
+        <v>102.6211</v>
+      </c>
+      <c r="M32" s="16">
+        <v>102.5682</v>
+      </c>
+      <c r="N32" s="16">
+        <v>102.6168</v>
+      </c>
+      <c r="O32" s="16">
+        <v>102.71680000000001</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>1.8657119764368801</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...41 lines deleted...]
-        <v>1.8657119764368801</v>
+      <c r="B33" s="17">
+        <v>24.984999999999999</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>103.6901</v>
+      </c>
+      <c r="E33" s="16">
+        <v>105.1652</v>
+      </c>
+      <c r="F33" s="16">
+        <v>107.2655</v>
+      </c>
+      <c r="G33" s="16">
+        <v>108.877</v>
+      </c>
+      <c r="H33" s="16">
+        <v>110.1219</v>
+      </c>
+      <c r="I33" s="16">
+        <v>111.4387</v>
+      </c>
+      <c r="J33" s="16">
+        <v>110.65940000000001</v>
+      </c>
+      <c r="K33" s="16">
+        <v>111.2727</v>
+      </c>
+      <c r="L33" s="16">
+        <v>110.7539</v>
+      </c>
+      <c r="M33" s="16">
+        <v>111.1468</v>
+      </c>
+      <c r="N33" s="16">
+        <v>111.0142</v>
+      </c>
+      <c r="O33" s="16">
+        <v>109.77160000000001</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>5.7683728557815384</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...42 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>101.705</v>
+      </c>
+      <c r="E34" s="28">
+        <v>102.3754</v>
+      </c>
+      <c r="F34" s="28">
+        <v>102.9572</v>
+      </c>
+      <c r="G34" s="28">
+        <v>103.3351</v>
+      </c>
+      <c r="H34" s="28">
+        <v>104.0068</v>
+      </c>
+      <c r="I34" s="28">
+        <v>104.5312</v>
+      </c>
+      <c r="J34" s="28">
+        <v>104.49160000000001</v>
+      </c>
+      <c r="K34" s="28">
+        <v>104.7671</v>
+      </c>
+      <c r="L34" s="28">
+        <v>104.5831</v>
+      </c>
+      <c r="M34" s="28">
+        <v>104.6392</v>
+      </c>
+      <c r="N34" s="28">
+        <v>104.64319999999999</v>
+      </c>
+      <c r="O34" s="28">
+        <v>104.4149</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>5.7683728557815384</v>
-[...47 lines deleted...]
-      <c r="Q35" s="34">
         <v>2.8403119832248525</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="34">
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="33">
         <v>0.17127756913891731</v>
       </c>
-      <c r="E36" s="34">
+      <c r="E35" s="33">
         <v>0.83156786442775077</v>
       </c>
-      <c r="F36" s="34">
+      <c r="F35" s="33">
         <v>1.4045942573260857</v>
       </c>
-      <c r="G36" s="34">
+      <c r="G35" s="33">
         <v>1.7767954843392835</v>
       </c>
-      <c r="H36" s="34">
+      <c r="H35" s="33">
         <v>2.4383661754871202</v>
       </c>
-      <c r="I36" s="34">
+      <c r="I35" s="33">
         <v>2.9548581666110221</v>
       </c>
-      <c r="J36" s="34">
+      <c r="J35" s="33">
         <v>2.9158553389060202</v>
       </c>
-      <c r="K36" s="34">
+      <c r="K35" s="33">
         <v>3.1872007690254556</v>
       </c>
-      <c r="L36" s="34">
+      <c r="L35" s="33">
         <v>3.0059755089819835</v>
       </c>
-      <c r="M36" s="34">
+      <c r="M35" s="33">
         <v>3.0612295148974131</v>
       </c>
-      <c r="N36" s="34">
+      <c r="N35" s="33">
         <v>3.0651691944635666</v>
       </c>
-      <c r="O36" s="34">
+      <c r="O35" s="33">
         <v>2.8403119832248525</v>
       </c>
-      <c r="P36" s="29"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="38" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A37" s="40" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      <c r="A4" s="10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2021</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="21" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="18" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="30"/>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...139 lines deleted...]
-      <c r="Q11" s="31"/>
+      <c r="B11" s="17">
+        <v>11.93</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>99.988299999999995</v>
+      </c>
+      <c r="E11" s="16">
+        <v>99.823700000000002</v>
+      </c>
+      <c r="F11" s="16">
+        <v>99.490499999999997</v>
+      </c>
+      <c r="G11" s="16">
+        <v>99.744900000000001</v>
+      </c>
+      <c r="H11" s="16">
+        <v>100.2662</v>
+      </c>
+      <c r="I11" s="16">
+        <v>100.50020000000001</v>
+      </c>
+      <c r="J11" s="16">
+        <v>100.7808</v>
+      </c>
+      <c r="K11" s="16">
+        <v>101.2516</v>
+      </c>
+      <c r="L11" s="16">
+        <v>100.7135</v>
+      </c>
+      <c r="M11" s="16">
+        <v>99.8108</v>
+      </c>
+      <c r="N11" s="16">
+        <v>99.091899999999995</v>
+      </c>
+      <c r="O11" s="16">
+        <v>98.588899999999995</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>-1.4111000000000047</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>-1.4111000000000047</v>
+      <c r="B12" s="17">
+        <v>3.0129999999999999</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>100.31529999999999</v>
+      </c>
+      <c r="E12" s="16">
+        <v>100.11279999999999</v>
+      </c>
+      <c r="F12" s="16">
+        <v>100.00700000000001</v>
+      </c>
+      <c r="G12" s="16">
+        <v>100.22799999999999</v>
+      </c>
+      <c r="H12" s="16">
+        <v>100.2513</v>
+      </c>
+      <c r="I12" s="16">
+        <v>100.464</v>
+      </c>
+      <c r="J12" s="16">
+        <v>99.900300000000001</v>
+      </c>
+      <c r="K12" s="16">
+        <v>101.71550000000001</v>
+      </c>
+      <c r="L12" s="16">
+        <v>100.42919999999999</v>
+      </c>
+      <c r="M12" s="16">
+        <v>100.82170000000001</v>
+      </c>
+      <c r="N12" s="16">
+        <v>101.7186</v>
+      </c>
+      <c r="O12" s="16">
+        <v>100.7991</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>0.7990999999999957</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>0.7990999999999957</v>
+      <c r="B13" s="17">
+        <v>2.762</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>93.349299999999999</v>
+      </c>
+      <c r="E13" s="16">
+        <v>95.490099999999998</v>
+      </c>
+      <c r="F13" s="16">
+        <v>99.8001</v>
+      </c>
+      <c r="G13" s="16">
+        <v>101.72029999999999</v>
+      </c>
+      <c r="H13" s="16">
+        <v>102.1944</v>
+      </c>
+      <c r="I13" s="16">
+        <v>100.2962</v>
+      </c>
+      <c r="J13" s="16">
+        <v>92.855900000000005</v>
+      </c>
+      <c r="K13" s="16">
+        <v>94.569100000000006</v>
+      </c>
+      <c r="L13" s="16">
+        <v>97.614599999999996</v>
+      </c>
+      <c r="M13" s="16">
+        <v>100.5466</v>
+      </c>
+      <c r="N13" s="16">
+        <v>101.91889999999999</v>
+      </c>
+      <c r="O13" s="16">
+        <v>100.80970000000001</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>0.80970000000000653</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>0.80970000000000653</v>
+      <c r="B14" s="17">
+        <v>27.164999999999999</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>100.1729</v>
+      </c>
+      <c r="E14" s="16">
+        <v>100.5311</v>
+      </c>
+      <c r="F14" s="16">
+        <v>100.7897</v>
+      </c>
+      <c r="G14" s="16">
+        <v>100.7343</v>
+      </c>
+      <c r="H14" s="16">
+        <v>101.1698</v>
+      </c>
+      <c r="I14" s="16">
+        <v>101.28700000000001</v>
+      </c>
+      <c r="J14" s="16">
+        <v>101.4053</v>
+      </c>
+      <c r="K14" s="16">
+        <v>101.629</v>
+      </c>
+      <c r="L14" s="16">
+        <v>101.74939999999999</v>
+      </c>
+      <c r="M14" s="16">
+        <v>102.3835</v>
+      </c>
+      <c r="N14" s="16">
+        <v>102.7137</v>
+      </c>
+      <c r="O14" s="16">
+        <v>102.58110000000001</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>2.5811000000000064</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>2.5811000000000064</v>
+      <c r="B15" s="17">
+        <v>3.81</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>99.9071</v>
+      </c>
+      <c r="E15" s="16">
+        <v>99.543700000000001</v>
+      </c>
+      <c r="F15" s="16">
+        <v>99.464799999999997</v>
+      </c>
+      <c r="G15" s="16">
+        <v>101.1563</v>
+      </c>
+      <c r="H15" s="16">
+        <v>100.9913</v>
+      </c>
+      <c r="I15" s="16">
+        <v>101.5817</v>
+      </c>
+      <c r="J15" s="16">
+        <v>100.871</v>
+      </c>
+      <c r="K15" s="16">
+        <v>100.73099999999999</v>
+      </c>
+      <c r="L15" s="16">
+        <v>101.6893</v>
+      </c>
+      <c r="M15" s="16">
+        <v>101.67829999999999</v>
+      </c>
+      <c r="N15" s="16">
+        <v>101.6161</v>
+      </c>
+      <c r="O15" s="16">
+        <v>101.90179999999999</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>1.9017999999999944</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>1.9017999999999944</v>
+      <c r="B16" s="17">
+        <v>17.579999999999998</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>100.0539</v>
+      </c>
+      <c r="E16" s="16">
+        <v>99.9589</v>
+      </c>
+      <c r="F16" s="16">
+        <v>99.9358</v>
+      </c>
+      <c r="G16" s="16">
+        <v>99.902799999999999</v>
+      </c>
+      <c r="H16" s="16">
+        <v>99.841499999999996</v>
+      </c>
+      <c r="I16" s="16">
+        <v>99.794899999999998</v>
+      </c>
+      <c r="J16" s="16">
+        <v>99.822800000000001</v>
+      </c>
+      <c r="K16" s="16">
+        <v>99.706800000000001</v>
+      </c>
+      <c r="L16" s="16">
+        <v>99.703500000000005</v>
+      </c>
+      <c r="M16" s="16">
+        <v>99.664699999999996</v>
+      </c>
+      <c r="N16" s="16">
+        <v>99.649900000000002</v>
+      </c>
+      <c r="O16" s="16">
+        <v>99.513800000000003</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>-0.48619999999999663</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>-0.48619999999999663</v>
+      <c r="B17" s="17">
+        <v>10.019</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>100.94629999999999</v>
+      </c>
+      <c r="E17" s="16">
+        <v>101.5825</v>
+      </c>
+      <c r="F17" s="16">
+        <v>102.91030000000001</v>
+      </c>
+      <c r="G17" s="16">
+        <v>103.4546</v>
+      </c>
+      <c r="H17" s="16">
+        <v>104.0642</v>
+      </c>
+      <c r="I17" s="16">
+        <v>104.04219999999999</v>
+      </c>
+      <c r="J17" s="16">
+        <v>105.0754</v>
+      </c>
+      <c r="K17" s="16">
+        <v>105.3365</v>
+      </c>
+      <c r="L17" s="16">
+        <v>105.367</v>
+      </c>
+      <c r="M17" s="16">
+        <v>106.55419999999999</v>
+      </c>
+      <c r="N17" s="16">
+        <v>107.29470000000001</v>
+      </c>
+      <c r="O17" s="16">
+        <v>107.24469999999999</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>7.2446999999999946</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>7.2446999999999946</v>
+      <c r="B18" s="17">
+        <v>3.1139999999999999</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>100.1053</v>
+      </c>
+      <c r="E18" s="16">
+        <v>99.938400000000001</v>
+      </c>
+      <c r="F18" s="16">
+        <v>99.875100000000003</v>
+      </c>
+      <c r="G18" s="16">
+        <v>99.957300000000004</v>
+      </c>
+      <c r="H18" s="16">
+        <v>99.453599999999994</v>
+      </c>
+      <c r="I18" s="16">
+        <v>99.544200000000004</v>
+      </c>
+      <c r="J18" s="16">
+        <v>99.551400000000001</v>
+      </c>
+      <c r="K18" s="16">
+        <v>99.555700000000002</v>
+      </c>
+      <c r="L18" s="16">
+        <v>99.580699999999993</v>
+      </c>
+      <c r="M18" s="16">
+        <v>99.581299999999999</v>
+      </c>
+      <c r="N18" s="16">
+        <v>99.366799999999998</v>
+      </c>
+      <c r="O18" s="16">
+        <v>100.0294</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>2.939999999999543E-2</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>2.939999999999543E-2</v>
+      <c r="B19" s="17">
+        <v>7.48</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>99.806700000000006</v>
+      </c>
+      <c r="E19" s="16">
+        <v>99.9726</v>
+      </c>
+      <c r="F19" s="16">
+        <v>100.3523</v>
+      </c>
+      <c r="G19" s="16">
+        <v>100.4943</v>
+      </c>
+      <c r="H19" s="16">
+        <v>100.77670000000001</v>
+      </c>
+      <c r="I19" s="16">
+        <v>101.5767</v>
+      </c>
+      <c r="J19" s="16">
+        <v>101.7591</v>
+      </c>
+      <c r="K19" s="16">
+        <v>101.6315</v>
+      </c>
+      <c r="L19" s="16">
+        <v>101.2329</v>
+      </c>
+      <c r="M19" s="16">
+        <v>101.4502</v>
+      </c>
+      <c r="N19" s="16">
+        <v>101.2992</v>
+      </c>
+      <c r="O19" s="16">
+        <v>101.3342</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>1.3341999999999956</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>1.3341999999999956</v>
+      <c r="B20" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>100</v>
+      </c>
+      <c r="E20" s="16">
+        <v>100</v>
+      </c>
+      <c r="F20" s="16">
+        <v>100</v>
+      </c>
+      <c r="G20" s="16">
+        <v>100</v>
+      </c>
+      <c r="H20" s="16">
+        <v>100</v>
+      </c>
+      <c r="I20" s="16">
+        <v>100</v>
+      </c>
+      <c r="J20" s="16">
+        <v>100</v>
+      </c>
+      <c r="K20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="L20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="M20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="N20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="O20" s="16">
+        <v>100.67270000000001</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>0.67270000000000607</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>0.67270000000000607</v>
+      <c r="B21" s="17">
+        <v>6.859</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>101.06180000000001</v>
+      </c>
+      <c r="E21" s="16">
+        <v>100.9353</v>
+      </c>
+      <c r="F21" s="16">
+        <v>101.3558</v>
+      </c>
+      <c r="G21" s="16">
+        <v>101.6931</v>
+      </c>
+      <c r="H21" s="16">
+        <v>101.8109</v>
+      </c>
+      <c r="I21" s="16">
+        <v>101.7088</v>
+      </c>
+      <c r="J21" s="16">
+        <v>101.6769</v>
+      </c>
+      <c r="K21" s="16">
+        <v>102.06910000000001</v>
+      </c>
+      <c r="L21" s="16">
+        <v>101.96250000000001</v>
+      </c>
+      <c r="M21" s="16">
+        <v>101.9679</v>
+      </c>
+      <c r="N21" s="16">
+        <v>101.17449999999999</v>
+      </c>
+      <c r="O21" s="16">
+        <v>101.652</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>1.652000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>1.652000000000001</v>
+      <c r="B22" s="17">
+        <v>5.7089999999999996</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>100.3775</v>
+      </c>
+      <c r="E22" s="16">
+        <v>100.41379999999999</v>
+      </c>
+      <c r="F22" s="16">
+        <v>100.5937</v>
+      </c>
+      <c r="G22" s="16">
+        <v>100.336</v>
+      </c>
+      <c r="H22" s="16">
+        <v>100.59269999999999</v>
+      </c>
+      <c r="I22" s="16">
+        <v>100.47580000000001</v>
+      </c>
+      <c r="J22" s="16">
+        <v>100.0928</v>
+      </c>
+      <c r="K22" s="16">
+        <v>100.2234</v>
+      </c>
+      <c r="L22" s="16">
+        <v>100.24290000000001</v>
+      </c>
+      <c r="M22" s="16">
+        <v>100.6093</v>
+      </c>
+      <c r="N22" s="16">
+        <v>100.1461</v>
+      </c>
+      <c r="O22" s="16">
+        <v>100.3724</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>0.37239999999999895</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>40.96</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>100.0431</v>
+      </c>
+      <c r="E24" s="16">
+        <v>100.2441</v>
+      </c>
+      <c r="F24" s="16">
+        <v>100.88330000000001</v>
+      </c>
+      <c r="G24" s="16">
+        <v>101.25709999999999</v>
+      </c>
+      <c r="H24" s="16">
+        <v>101.5471</v>
+      </c>
+      <c r="I24" s="16">
+        <v>101.64360000000001</v>
+      </c>
+      <c r="J24" s="16">
+        <v>101.3569</v>
+      </c>
+      <c r="K24" s="16">
+        <v>101.6708</v>
+      </c>
+      <c r="L24" s="16">
+        <v>101.8064</v>
+      </c>
+      <c r="M24" s="16">
+        <v>102.4355</v>
+      </c>
+      <c r="N24" s="16">
+        <v>102.62260000000001</v>
+      </c>
+      <c r="O24" s="16">
+        <v>102.2599</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>2.2599000000000018</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>2.2599000000000018</v>
+      <c r="B25" s="17">
+        <v>27.327999999999999</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>100.6499</v>
+      </c>
+      <c r="E25" s="16">
+        <v>100.8878</v>
+      </c>
+      <c r="F25" s="16">
+        <v>101.2992</v>
+      </c>
+      <c r="G25" s="16">
+        <v>101.3492</v>
+      </c>
+      <c r="H25" s="16">
+        <v>101.7051</v>
+      </c>
+      <c r="I25" s="16">
+        <v>102.0091</v>
+      </c>
+      <c r="J25" s="16">
+        <v>102.28830000000001</v>
+      </c>
+      <c r="K25" s="16">
+        <v>102.5806</v>
+      </c>
+      <c r="L25" s="16">
+        <v>102.256</v>
+      </c>
+      <c r="M25" s="16">
+        <v>102.78230000000001</v>
+      </c>
+      <c r="N25" s="16">
+        <v>102.7769</v>
+      </c>
+      <c r="O25" s="16">
+        <v>102.2017</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>2.2017000000000024</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>2.2017000000000024</v>
+      <c r="B26" s="17">
+        <v>5.3970000000000002</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>96.617500000000007</v>
+      </c>
+      <c r="E26" s="16">
+        <v>97.509799999999998</v>
+      </c>
+      <c r="F26" s="16">
+        <v>99.876599999999996</v>
+      </c>
+      <c r="G26" s="16">
+        <v>101.0677</v>
+      </c>
+      <c r="H26" s="16">
+        <v>101.3001</v>
+      </c>
+      <c r="I26" s="16">
+        <v>100.2774</v>
+      </c>
+      <c r="J26" s="16">
+        <v>96.379599999999996</v>
+      </c>
+      <c r="K26" s="16">
+        <v>97.194900000000004</v>
+      </c>
+      <c r="L26" s="16">
+        <v>98.995500000000007</v>
+      </c>
+      <c r="M26" s="16">
+        <v>100.5502</v>
+      </c>
+      <c r="N26" s="16">
+        <v>101.71299999999999</v>
+      </c>
+      <c r="O26" s="16">
+        <v>101.2484</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>1.2484000000000037</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>1.2484000000000037</v>
+      <c r="B27" s="17">
+        <v>8.2349999999999994</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>100.27419999999999</v>
+      </c>
+      <c r="E27" s="16">
+        <v>99.899699999999996</v>
+      </c>
+      <c r="F27" s="16">
+        <v>100.16289999999999</v>
+      </c>
+      <c r="G27" s="16">
+        <v>101.07559999999999</v>
+      </c>
+      <c r="H27" s="16">
+        <v>101.1844</v>
+      </c>
+      <c r="I27" s="16">
+        <v>101.3259</v>
+      </c>
+      <c r="J27" s="16">
+        <v>101.5277</v>
+      </c>
+      <c r="K27" s="16">
+        <v>101.5848</v>
+      </c>
+      <c r="L27" s="16">
+        <v>102.1566</v>
+      </c>
+      <c r="M27" s="16">
+        <v>102.52</v>
+      </c>
+      <c r="N27" s="16">
+        <v>102.70699999999999</v>
+      </c>
+      <c r="O27" s="16">
+        <v>103.1161</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>3.116100000000003</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>3.116100000000003</v>
+      <c r="B28" s="17">
+        <v>59.04</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>100.0638</v>
+      </c>
+      <c r="E28" s="16">
+        <v>100.203</v>
+      </c>
+      <c r="F28" s="16">
+        <v>100.3318</v>
+      </c>
+      <c r="G28" s="16">
+        <v>100.4278</v>
+      </c>
+      <c r="H28" s="16">
+        <v>100.678</v>
+      </c>
+      <c r="I28" s="16">
+        <v>100.7377</v>
+      </c>
+      <c r="J28" s="16">
+        <v>100.7915</v>
+      </c>
+      <c r="K28" s="16">
+        <v>100.99379999999999</v>
+      </c>
+      <c r="L28" s="16">
+        <v>100.92959999999999</v>
+      </c>
+      <c r="M28" s="16">
+        <v>101.0125</v>
+      </c>
+      <c r="N28" s="16">
+        <v>100.9492</v>
+      </c>
+      <c r="O28" s="16">
+        <v>101.02549999999999</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>1.0254999999999939</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>22</v>
-[...43 lines deleted...]
-        <v>1.0254999999999939</v>
+        <v>57</v>
+      </c>
+      <c r="B29" s="17">
+        <v>48.002000000000002</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>100.07989999999999</v>
+      </c>
+      <c r="E29" s="16">
+        <v>100.2495</v>
+      </c>
+      <c r="F29" s="16">
+        <v>100.4098</v>
+      </c>
+      <c r="G29" s="16">
+        <v>100.538</v>
+      </c>
+      <c r="H29" s="16">
+        <v>100.84180000000001</v>
+      </c>
+      <c r="I29" s="16">
+        <v>100.89149999999999</v>
+      </c>
+      <c r="J29" s="16">
+        <v>100.9478</v>
+      </c>
+      <c r="K29" s="16">
+        <v>101.20229999999999</v>
+      </c>
+      <c r="L29" s="16">
+        <v>101.1254</v>
+      </c>
+      <c r="M29" s="16">
+        <v>101.23269999999999</v>
+      </c>
+      <c r="N29" s="16">
+        <v>101.1575</v>
+      </c>
+      <c r="O29" s="16">
+        <v>101.2544</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>1.254400000000004</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>59</v>
-[...43 lines deleted...]
-        <v>1.254400000000004</v>
+        <v>23</v>
+      </c>
+      <c r="B30" s="17">
+        <v>11.038</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>99.993799999999993</v>
+      </c>
+      <c r="E30" s="16">
+        <v>100.001</v>
+      </c>
+      <c r="F30" s="16">
+        <v>99.992599999999996</v>
+      </c>
+      <c r="G30" s="16">
+        <v>99.948499999999996</v>
+      </c>
+      <c r="H30" s="16">
+        <v>99.965500000000006</v>
+      </c>
+      <c r="I30" s="16">
+        <v>100.06870000000001</v>
+      </c>
+      <c r="J30" s="16">
+        <v>100.1116</v>
+      </c>
+      <c r="K30" s="16">
+        <v>100.0872</v>
+      </c>
+      <c r="L30" s="16">
+        <v>100.0782</v>
+      </c>
+      <c r="M30" s="16">
+        <v>100.0551</v>
+      </c>
+      <c r="N30" s="16">
+        <v>100.04340000000001</v>
+      </c>
+      <c r="O30" s="16">
+        <v>100.03</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>3.0000000000001137E-2</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>76.423000000000002</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>100.1652</v>
+      </c>
+      <c r="E32" s="16">
+        <v>100.2097</v>
+      </c>
+      <c r="F32" s="16">
+        <v>100.2268</v>
+      </c>
+      <c r="G32" s="16">
+        <v>100.33320000000001</v>
+      </c>
+      <c r="H32" s="16">
+        <v>100.58110000000001</v>
+      </c>
+      <c r="I32" s="16">
+        <v>100.6159</v>
+      </c>
+      <c r="J32" s="16">
+        <v>100.6845</v>
+      </c>
+      <c r="K32" s="16">
+        <v>100.9149</v>
+      </c>
+      <c r="L32" s="16">
+        <v>100.8496</v>
+      </c>
+      <c r="M32" s="16">
+        <v>100.85080000000001</v>
+      </c>
+      <c r="N32" s="16">
+        <v>100.776</v>
+      </c>
+      <c r="O32" s="16">
+        <v>100.8355</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>0.83549999999999613</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...41 lines deleted...]
-        <v>0.83549999999999613</v>
+      <c r="B33" s="17">
+        <v>23.577000000000002</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>99.699299999999994</v>
+      </c>
+      <c r="E33" s="16">
+        <v>100.25320000000001</v>
+      </c>
+      <c r="F33" s="16">
+        <v>101.6305</v>
+      </c>
+      <c r="G33" s="16">
+        <v>102.1756</v>
+      </c>
+      <c r="H33" s="16">
+        <v>102.5018</v>
+      </c>
+      <c r="I33" s="16">
+        <v>102.70699999999999</v>
+      </c>
+      <c r="J33" s="16">
+        <v>102.1208</v>
+      </c>
+      <c r="K33" s="16">
+        <v>102.4264</v>
+      </c>
+      <c r="L33" s="16">
+        <v>102.71259999999999</v>
+      </c>
+      <c r="M33" s="16">
+        <v>104.009</v>
+      </c>
+      <c r="N33" s="16">
+        <v>104.4183</v>
+      </c>
+      <c r="O33" s="16">
+        <v>103.78489999999999</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>3.7848999999999933</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...42 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>100.0553</v>
+      </c>
+      <c r="E34" s="28">
+        <v>100.21980000000001</v>
+      </c>
+      <c r="F34" s="28">
+        <v>100.5577</v>
+      </c>
+      <c r="G34" s="28">
+        <v>100.7675</v>
+      </c>
+      <c r="H34" s="28">
+        <v>101.0339</v>
+      </c>
+      <c r="I34" s="28">
+        <v>101.1087</v>
+      </c>
+      <c r="J34" s="28">
+        <v>101.023</v>
+      </c>
+      <c r="K34" s="28">
+        <v>101.2711</v>
+      </c>
+      <c r="L34" s="28">
+        <v>101.28870000000001</v>
+      </c>
+      <c r="M34" s="28">
+        <v>101.5954</v>
+      </c>
+      <c r="N34" s="28">
+        <v>101.63460000000001</v>
+      </c>
+      <c r="O34" s="28">
+        <v>101.5311</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>3.7848999999999933</v>
-[...47 lines deleted...]
-      <c r="Q35" s="34">
         <v>1.531099999999995</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="35">
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="34">
         <v>5.5300000000002569E-2</v>
       </c>
-      <c r="E36" s="35">
+      <c r="E35" s="34">
         <v>0.21980000000000643</v>
       </c>
-      <c r="F36" s="35">
+      <c r="F35" s="34">
         <v>0.55769999999999698</v>
       </c>
-      <c r="G36" s="35">
+      <c r="G35" s="34">
         <v>0.76749999999999829</v>
       </c>
-      <c r="H36" s="35">
+      <c r="H35" s="34">
         <v>1.0339000000000027</v>
       </c>
-      <c r="I36" s="35">
+      <c r="I35" s="34">
         <v>1.1086999999999989</v>
       </c>
-      <c r="J36" s="35">
+      <c r="J35" s="34">
         <v>1.0229999999999961</v>
       </c>
-      <c r="K36" s="35">
+      <c r="K35" s="34">
         <v>1.2711000000000041</v>
       </c>
-      <c r="L36" s="35">
+      <c r="L35" s="34">
         <v>1.2887000000000057</v>
       </c>
-      <c r="M36" s="35">
+      <c r="M35" s="34">
         <v>1.5953999999999979</v>
       </c>
-      <c r="N36" s="35">
+      <c r="N35" s="34">
         <v>1.634600000000006</v>
       </c>
-      <c r="O36" s="35">
+      <c r="O35" s="34">
         <v>1.531099999999995</v>
       </c>
-      <c r="P36" s="29"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="38" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A37" s="40" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1B2684F7-F21C-4397-9DF8-819666F478FE}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      <c r="A4" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="22"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2020</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="26" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="26" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="17"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="35"/>
+    </row>
+    <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...139 lines deleted...]
-      <c r="Q11" s="36"/>
+      <c r="B11" s="17">
+        <v>10.539</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>102.1696</v>
+      </c>
+      <c r="E11" s="16">
+        <v>102.2439</v>
+      </c>
+      <c r="F11" s="16">
+        <v>102.9554</v>
+      </c>
+      <c r="G11" s="16">
+        <v>103.68170000000001</v>
+      </c>
+      <c r="H11" s="16">
+        <v>104.32980000000001</v>
+      </c>
+      <c r="I11" s="16">
+        <v>105.3536</v>
+      </c>
+      <c r="J11" s="16">
+        <v>104.83629999999999</v>
+      </c>
+      <c r="K11" s="16">
+        <v>104.3887</v>
+      </c>
+      <c r="L11" s="16">
+        <v>104.4401</v>
+      </c>
+      <c r="M11" s="16">
+        <v>103.7471</v>
+      </c>
+      <c r="N11" s="16">
+        <v>102.6815</v>
+      </c>
+      <c r="O11" s="16">
+        <v>101.90940000000001</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>-0.41978131504118033</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>-0.41982999673376842</v>
+      <c r="B12" s="17">
+        <v>2.7559999999999998</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>103.08880000000001</v>
+      </c>
+      <c r="E12" s="16">
+        <v>102.9421</v>
+      </c>
+      <c r="F12" s="16">
+        <v>103.3827</v>
+      </c>
+      <c r="G12" s="16">
+        <v>102.8921</v>
+      </c>
+      <c r="H12" s="16">
+        <v>103.316</v>
+      </c>
+      <c r="I12" s="16">
+        <v>103.6224</v>
+      </c>
+      <c r="J12" s="16">
+        <v>103.7313</v>
+      </c>
+      <c r="K12" s="16">
+        <v>103.7595</v>
+      </c>
+      <c r="L12" s="16">
+        <v>103.88079999999999</v>
+      </c>
+      <c r="M12" s="16">
+        <v>103.57680000000001</v>
+      </c>
+      <c r="N12" s="16">
+        <v>103.9276</v>
+      </c>
+      <c r="O12" s="16">
+        <v>103.1878</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>0.77415813842654235</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>0.77414699723273495</v>
+      <c r="B13" s="17">
+        <v>3.4039999999999999</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>99.995000000000005</v>
+      </c>
+      <c r="E13" s="16">
+        <v>102.60129999999999</v>
+      </c>
+      <c r="F13" s="16">
+        <v>107.1365</v>
+      </c>
+      <c r="G13" s="16">
+        <v>107.41079999999999</v>
+      </c>
+      <c r="H13" s="16">
+        <v>108.4084</v>
+      </c>
+      <c r="I13" s="16">
+        <v>106.157</v>
+      </c>
+      <c r="J13" s="16">
+        <v>98.561899999999994</v>
+      </c>
+      <c r="K13" s="16">
+        <v>101.00449999999999</v>
+      </c>
+      <c r="L13" s="16">
+        <v>105.88039999999999</v>
+      </c>
+      <c r="M13" s="16">
+        <v>107.8768</v>
+      </c>
+      <c r="N13" s="16">
+        <v>107.96259999999999</v>
+      </c>
+      <c r="O13" s="16">
+        <v>106.1233</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>-1.2085104006181204</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>-1.2085162210676739</v>
+      <c r="B14" s="17">
+        <v>24.959</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>103.99769999999999</v>
+      </c>
+      <c r="E14" s="16">
+        <v>103.83759999999999</v>
+      </c>
+      <c r="F14" s="16">
+        <v>103.5438</v>
+      </c>
+      <c r="G14" s="16">
+        <v>103.34869999999999</v>
+      </c>
+      <c r="H14" s="16">
+        <v>103.37439999999999</v>
+      </c>
+      <c r="I14" s="16">
+        <v>103.4336</v>
+      </c>
+      <c r="J14" s="16">
+        <v>103.48009999999999</v>
+      </c>
+      <c r="K14" s="16">
+        <v>103.33450000000001</v>
+      </c>
+      <c r="L14" s="16">
+        <v>103.2422</v>
+      </c>
+      <c r="M14" s="16">
+        <v>103.1866</v>
+      </c>
+      <c r="N14" s="16">
+        <v>103.31870000000001</v>
+      </c>
+      <c r="O14" s="16">
+        <v>103.5176</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>-0.50249710689309501</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>-0.50246256405153522</v>
+      <c r="B15" s="17">
+        <v>3.79</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>96.728999999999999</v>
+      </c>
+      <c r="E15" s="16">
+        <v>97.205699999999993</v>
+      </c>
+      <c r="F15" s="16">
+        <v>97.2804</v>
+      </c>
+      <c r="G15" s="16">
+        <v>96.499899999999997</v>
+      </c>
+      <c r="H15" s="16">
+        <v>95.954800000000006</v>
+      </c>
+      <c r="I15" s="16">
+        <v>95.988600000000005</v>
+      </c>
+      <c r="J15" s="16">
+        <v>96.451400000000007</v>
+      </c>
+      <c r="K15" s="16">
+        <v>97.006399999999999</v>
+      </c>
+      <c r="L15" s="16">
+        <v>97.094399999999993</v>
+      </c>
+      <c r="M15" s="16">
+        <v>96.703699999999998</v>
+      </c>
+      <c r="N15" s="16">
+        <v>97.142600000000002</v>
+      </c>
+      <c r="O15" s="16">
+        <v>97.259299999999996</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>-0.81654089333062019</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>-0.81657712056638021</v>
+      <c r="B16" s="17">
+        <v>15.689</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>97.435100000000006</v>
+      </c>
+      <c r="E16" s="16">
+        <v>97.431600000000003</v>
+      </c>
+      <c r="F16" s="16">
+        <v>97.418300000000002</v>
+      </c>
+      <c r="G16" s="16">
+        <v>97.337199999999996</v>
+      </c>
+      <c r="H16" s="16">
+        <v>97.329400000000007</v>
+      </c>
+      <c r="I16" s="16">
+        <v>97.275000000000006</v>
+      </c>
+      <c r="J16" s="16">
+        <v>97.316199999999995</v>
+      </c>
+      <c r="K16" s="16">
+        <v>97.183899999999994</v>
+      </c>
+      <c r="L16" s="16">
+        <v>97.147000000000006</v>
+      </c>
+      <c r="M16" s="16">
+        <v>97.338999999999999</v>
+      </c>
+      <c r="N16" s="16">
+        <v>97.328000000000003</v>
+      </c>
+      <c r="O16" s="16">
+        <v>97.148200000000003</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>-0.8217197822223119</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>-0.82169227946464074</v>
+      <c r="B17" s="17">
+        <v>10.968999999999999</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>102.3237</v>
+      </c>
+      <c r="E17" s="16">
+        <v>103.16079999999999</v>
+      </c>
+      <c r="F17" s="16">
+        <v>102.285</v>
+      </c>
+      <c r="G17" s="16">
+        <v>100.5089</v>
+      </c>
+      <c r="H17" s="16">
+        <v>99.943600000000004</v>
+      </c>
+      <c r="I17" s="16">
+        <v>99.265299999999996</v>
+      </c>
+      <c r="J17" s="16">
+        <v>100.0008</v>
+      </c>
+      <c r="K17" s="16">
+        <v>99.507800000000003</v>
+      </c>
+      <c r="L17" s="16">
+        <v>99.164299999999997</v>
+      </c>
+      <c r="M17" s="16">
+        <v>99.1798</v>
+      </c>
+      <c r="N17" s="16">
+        <v>99.228399999999993</v>
+      </c>
+      <c r="O17" s="16">
+        <v>99.905600000000007</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>-2.3626141115740138</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>-2.3625337703586378</v>
+      <c r="B18" s="17">
+        <v>2.944</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>99.614800000000002</v>
+      </c>
+      <c r="E18" s="16">
+        <v>99.559299999999993</v>
+      </c>
+      <c r="F18" s="16">
+        <v>99.736699999999999</v>
+      </c>
+      <c r="G18" s="16">
+        <v>99.677599999999998</v>
+      </c>
+      <c r="H18" s="16">
+        <v>99.500200000000007</v>
+      </c>
+      <c r="I18" s="16">
+        <v>99.490600000000001</v>
+      </c>
+      <c r="J18" s="16">
+        <v>98.426599999999993</v>
+      </c>
+      <c r="K18" s="16">
+        <v>99.542299999999997</v>
+      </c>
+      <c r="L18" s="16">
+        <v>99.436000000000007</v>
+      </c>
+      <c r="M18" s="16">
+        <v>98.749899999999997</v>
+      </c>
+      <c r="N18" s="16">
+        <v>98.697500000000005</v>
+      </c>
+      <c r="O18" s="16">
+        <v>98.747699999999995</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>-0.79456612811513094</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>-0.79463497385938819</v>
+      <c r="B19" s="17">
+        <v>8.3729999999999993</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>100.892</v>
+      </c>
+      <c r="E19" s="16">
+        <v>101.3339</v>
+      </c>
+      <c r="F19" s="16">
+        <v>101.26860000000001</v>
+      </c>
+      <c r="G19" s="16">
+        <v>100.3676</v>
+      </c>
+      <c r="H19" s="16">
+        <v>100.87520000000001</v>
+      </c>
+      <c r="I19" s="16">
+        <v>101.48690000000001</v>
+      </c>
+      <c r="J19" s="16">
+        <v>101.8918</v>
+      </c>
+      <c r="K19" s="16">
+        <v>101.584</v>
+      </c>
+      <c r="L19" s="16">
+        <v>100.68729999999999</v>
+      </c>
+      <c r="M19" s="16">
+        <v>100.93689999999999</v>
+      </c>
+      <c r="N19" s="16">
+        <v>99.639700000000005</v>
+      </c>
+      <c r="O19" s="16">
+        <v>99.045699999999997</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>-2.3468341450910075</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>-2.3468016624480468</v>
+      <c r="B20" s="17">
+        <v>0.997</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="E20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="F20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="G20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="H20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="I20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="J20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="K20" s="16">
+        <v>104.31699999999999</v>
+      </c>
+      <c r="L20" s="16">
+        <v>104.31699999999999</v>
+      </c>
+      <c r="M20" s="16">
+        <v>104.31699999999999</v>
+      </c>
+      <c r="N20" s="16">
+        <v>104.31699999999999</v>
+      </c>
+      <c r="O20" s="16">
+        <v>104.31699999999999</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>0.75072653291442493</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>0.75079492377194545</v>
+      <c r="B21" s="17">
+        <v>9.4640000000000004</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>104.0403</v>
+      </c>
+      <c r="E21" s="16">
+        <v>103.42749999999999</v>
+      </c>
+      <c r="F21" s="16">
+        <v>103.2504</v>
+      </c>
+      <c r="G21" s="16">
+        <v>102.4785</v>
+      </c>
+      <c r="H21" s="16">
+        <v>102.2658</v>
+      </c>
+      <c r="I21" s="16">
+        <v>102.1323</v>
+      </c>
+      <c r="J21" s="16">
+        <v>102.5508</v>
+      </c>
+      <c r="K21" s="16">
+        <v>103.16119999999999</v>
+      </c>
+      <c r="L21" s="16">
+        <v>102.5108</v>
+      </c>
+      <c r="M21" s="16">
+        <v>102.6426</v>
+      </c>
+      <c r="N21" s="16">
+        <v>101.72020000000001</v>
+      </c>
+      <c r="O21" s="16">
+        <v>102.0065</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>0.4763457308646577</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>0.47635841524669165</v>
+      <c r="B22" s="17">
+        <v>6.1159999999999997</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>98.652100000000004</v>
+      </c>
+      <c r="E22" s="16">
+        <v>98.496399999999994</v>
+      </c>
+      <c r="F22" s="16">
+        <v>98.953800000000001</v>
+      </c>
+      <c r="G22" s="16">
+        <v>98.862899999999996</v>
+      </c>
+      <c r="H22" s="16">
+        <v>98.731899999999996</v>
+      </c>
+      <c r="I22" s="16">
+        <v>98.839100000000002</v>
+      </c>
+      <c r="J22" s="16">
+        <v>98.474999999999994</v>
+      </c>
+      <c r="K22" s="16">
+        <v>98.917599999999993</v>
+      </c>
+      <c r="L22" s="16">
+        <v>98.813400000000001</v>
+      </c>
+      <c r="M22" s="16">
+        <v>98.906899999999993</v>
+      </c>
+      <c r="N22" s="16">
+        <v>98.795500000000004</v>
+      </c>
+      <c r="O22" s="16">
+        <v>98.522099999999995</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>-0.62215739734858055</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>39.424999999999997</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>101.07250000000001</v>
+      </c>
+      <c r="E24" s="16">
+        <v>100.9299</v>
+      </c>
+      <c r="F24" s="16">
+        <v>101.27460000000001</v>
+      </c>
+      <c r="G24" s="16">
+        <v>100.9512</v>
+      </c>
+      <c r="H24" s="16">
+        <v>100.9053</v>
+      </c>
+      <c r="I24" s="16">
+        <v>101.0723</v>
+      </c>
+      <c r="J24" s="16">
+        <v>100.4361</v>
+      </c>
+      <c r="K24" s="16">
+        <v>100.58750000000001</v>
+      </c>
+      <c r="L24" s="16">
+        <v>100.9772</v>
+      </c>
+      <c r="M24" s="16">
+        <v>100.9464</v>
+      </c>
+      <c r="N24" s="16">
+        <v>100.62730000000001</v>
+      </c>
+      <c r="O24" s="16">
+        <v>100.33240000000001</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>-1.5125651176510366</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>-1.5125699506971875</v>
+      <c r="B25" s="17">
+        <v>25.49</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>102.91330000000001</v>
+      </c>
+      <c r="E25" s="16">
+        <v>102.3476</v>
+      </c>
+      <c r="F25" s="16">
+        <v>102.0808</v>
+      </c>
+      <c r="G25" s="16">
+        <v>101.7189</v>
+      </c>
+      <c r="H25" s="16">
+        <v>101.6871</v>
+      </c>
+      <c r="I25" s="16">
+        <v>102.2315</v>
+      </c>
+      <c r="J25" s="16">
+        <v>102.1309</v>
+      </c>
+      <c r="K25" s="16">
+        <v>101.9374</v>
+      </c>
+      <c r="L25" s="16">
+        <v>101.8717</v>
+      </c>
+      <c r="M25" s="16">
+        <v>101.4662</v>
+      </c>
+      <c r="N25" s="16">
+        <v>101.0069</v>
+      </c>
+      <c r="O25" s="16">
+        <v>100.7041</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>-2.2663197440200005</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>-2.2662501905808083</v>
+      <c r="B26" s="17">
+        <v>6.2670000000000003</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>99.208100000000002</v>
+      </c>
+      <c r="E26" s="16">
+        <v>100.4264</v>
+      </c>
+      <c r="F26" s="16">
+        <v>103.2306</v>
+      </c>
+      <c r="G26" s="16">
+        <v>103.1784</v>
+      </c>
+      <c r="H26" s="16">
+        <v>103.6557</v>
+      </c>
+      <c r="I26" s="16">
+        <v>102.3762</v>
+      </c>
+      <c r="J26" s="16">
+        <v>98.413300000000007</v>
+      </c>
+      <c r="K26" s="16">
+        <v>99.791300000000007</v>
+      </c>
+      <c r="L26" s="16">
+        <v>102.464</v>
+      </c>
+      <c r="M26" s="16">
+        <v>103.6112</v>
+      </c>
+      <c r="N26" s="16">
+        <v>103.5698</v>
+      </c>
+      <c r="O26" s="16">
+        <v>102.51609999999999</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>-0.89365383964695222</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>-0.89364202981714402</v>
+      <c r="B27" s="17">
+        <v>7.6680000000000001</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>96.879099999999994</v>
+      </c>
+      <c r="E27" s="16">
+        <v>97.017700000000005</v>
+      </c>
+      <c r="F27" s="16">
+        <v>97.391900000000007</v>
+      </c>
+      <c r="G27" s="16">
+        <v>96.980400000000003</v>
+      </c>
+      <c r="H27" s="16">
+        <v>96.488500000000002</v>
+      </c>
+      <c r="I27" s="16">
+        <v>96.583200000000005</v>
+      </c>
+      <c r="J27" s="16">
+        <v>96.821200000000005</v>
+      </c>
+      <c r="K27" s="16">
+        <v>97.112399999999994</v>
+      </c>
+      <c r="L27" s="16">
+        <v>97.177400000000006</v>
+      </c>
+      <c r="M27" s="16">
+        <v>97.416600000000003</v>
+      </c>
+      <c r="N27" s="16">
+        <v>97.323499999999996</v>
+      </c>
+      <c r="O27" s="16">
+        <v>97.635099999999994</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>0.48702217638806095</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>0.4870607836182011</v>
+      <c r="B28" s="17">
+        <v>60.575000000000003</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>101.71939999999999</v>
+      </c>
+      <c r="E28" s="16">
+        <v>102.01909999999999</v>
+      </c>
+      <c r="F28" s="16">
+        <v>101.9242</v>
+      </c>
+      <c r="G28" s="16">
+        <v>101.5241</v>
+      </c>
+      <c r="H28" s="16">
+        <v>101.62390000000001</v>
+      </c>
+      <c r="I28" s="16">
+        <v>101.5504</v>
+      </c>
+      <c r="J28" s="16">
+        <v>101.6983</v>
+      </c>
+      <c r="K28" s="16">
+        <v>101.67359999999999</v>
+      </c>
+      <c r="L28" s="16">
+        <v>101.3492</v>
+      </c>
+      <c r="M28" s="16">
+        <v>101.3794</v>
+      </c>
+      <c r="N28" s="16">
+        <v>101.17230000000001</v>
+      </c>
+      <c r="O28" s="16">
+        <v>101.197</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>-0.35909205930975863</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>22</v>
-[...43 lines deleted...]
-        <v>-0.35910578275893529</v>
+        <v>57</v>
+      </c>
+      <c r="B29" s="17">
+        <v>50.482999999999997</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>102.5264</v>
+      </c>
+      <c r="E29" s="16">
+        <v>102.8817</v>
+      </c>
+      <c r="F29" s="16">
+        <v>102.7671</v>
+      </c>
+      <c r="G29" s="16">
+        <v>102.2868</v>
+      </c>
+      <c r="H29" s="16">
+        <v>102.4059</v>
+      </c>
+      <c r="I29" s="16">
+        <v>102.3588</v>
+      </c>
+      <c r="J29" s="16">
+        <v>102.5416</v>
+      </c>
+      <c r="K29" s="16">
+        <v>102.54430000000001</v>
+      </c>
+      <c r="L29" s="16">
+        <v>102.14790000000001</v>
+      </c>
+      <c r="M29" s="16">
+        <v>102.1795</v>
+      </c>
+      <c r="N29" s="16">
+        <v>101.9294</v>
+      </c>
+      <c r="O29" s="16">
+        <v>101.9592</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>-0.29834458359369803</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>59</v>
-[...43 lines deleted...]
-        <v>-0.29830746406750902</v>
+        <v>23</v>
+      </c>
+      <c r="B30" s="17">
+        <v>10.092000000000001</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>97.962599999999995</v>
+      </c>
+      <c r="E30" s="16">
+        <v>97.9953</v>
+      </c>
+      <c r="F30" s="16">
+        <v>97.9953</v>
+      </c>
+      <c r="G30" s="16">
+        <v>97.9803</v>
+      </c>
+      <c r="H30" s="16">
+        <v>97.987300000000005</v>
+      </c>
+      <c r="I30" s="16">
+        <v>97.787000000000006</v>
+      </c>
+      <c r="J30" s="16">
+        <v>97.766800000000003</v>
+      </c>
+      <c r="K30" s="16">
+        <v>97.610200000000006</v>
+      </c>
+      <c r="L30" s="16">
+        <v>97.631799999999998</v>
+      </c>
+      <c r="M30" s="16">
+        <v>97.655100000000004</v>
+      </c>
+      <c r="N30" s="16">
+        <v>97.655100000000004</v>
+      </c>
+      <c r="O30" s="16">
+        <v>97.655100000000004</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>-0.66322778314079145</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>75.674999999999997</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>101.5872</v>
+      </c>
+      <c r="E32" s="16">
+        <v>101.67100000000001</v>
+      </c>
+      <c r="F32" s="16">
+        <v>101.70950000000001</v>
+      </c>
+      <c r="G32" s="16">
+        <v>101.557</v>
+      </c>
+      <c r="H32" s="16">
+        <v>101.6283</v>
+      </c>
+      <c r="I32" s="16">
+        <v>101.64530000000001</v>
+      </c>
+      <c r="J32" s="16">
+        <v>101.65519999999999</v>
+      </c>
+      <c r="K32" s="16">
+        <v>101.6874</v>
+      </c>
+      <c r="L32" s="16">
+        <v>101.5303</v>
+      </c>
+      <c r="M32" s="16">
+        <v>101.5061</v>
+      </c>
+      <c r="N32" s="16">
+        <v>101.3347</v>
+      </c>
+      <c r="O32" s="16">
+        <v>101.28530000000001</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>-0.17700702410389557</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...36 lines deleted...]
-      <c r="O33" s="17">
+      <c r="B33" s="17">
+        <v>24.324999999999999</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>101.0934</v>
+      </c>
+      <c r="E33" s="16">
+        <v>101.3505</v>
+      </c>
+      <c r="F33" s="16">
+        <v>101.5532</v>
+      </c>
+      <c r="G33" s="16">
+        <v>100.5001</v>
+      </c>
+      <c r="H33" s="16">
+        <v>100.4521</v>
+      </c>
+      <c r="I33" s="16">
+        <v>100.4853</v>
+      </c>
+      <c r="J33" s="16">
+        <v>99.789299999999997</v>
+      </c>
+      <c r="K33" s="16">
+        <v>99.873400000000004</v>
+      </c>
+      <c r="L33" s="16">
+        <v>100.1871</v>
+      </c>
+      <c r="M33" s="16">
+        <v>100.2894</v>
+      </c>
+      <c r="N33" s="16">
+        <v>99.787800000000004</v>
+      </c>
+      <c r="O33" s="16">
+        <v>99.525000000000006</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>-2.7942324089547492</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
         <v>100</v>
       </c>
-      <c r="P33" s="17"/>
-[...48 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>101.4679</v>
+      </c>
+      <c r="E34" s="28">
+        <v>101.59350000000001</v>
+      </c>
+      <c r="F34" s="28">
+        <v>101.6716</v>
+      </c>
+      <c r="G34" s="28">
+        <v>101.3017</v>
+      </c>
+      <c r="H34" s="28">
+        <v>101.3442</v>
+      </c>
+      <c r="I34" s="28">
+        <v>101.3653</v>
+      </c>
+      <c r="J34" s="28">
+        <v>101.2046</v>
+      </c>
+      <c r="K34" s="28">
+        <v>101.2492</v>
+      </c>
+      <c r="L34" s="28">
+        <v>101.2058</v>
+      </c>
+      <c r="M34" s="28">
+        <v>101.212</v>
+      </c>
+      <c r="N34" s="28">
+        <v>100.9609</v>
+      </c>
+      <c r="O34" s="28">
+        <v>100.85980000000001</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>-2.7941812596902027</v>
-[...97 lines deleted...]
-        <v>50</v>
+        <v>-0.81386681142402073</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="39">
+        <v>-0.21585761854467367</v>
+      </c>
+      <c r="E35" s="39">
+        <v>-9.2341824060789016E-2</v>
+      </c>
+      <c r="F35" s="39">
+        <v>-1.5537814911187329E-2</v>
+      </c>
+      <c r="G35" s="39">
+        <v>-0.37929969691426857</v>
+      </c>
+      <c r="H35" s="39">
+        <v>-0.33750494161518141</v>
+      </c>
+      <c r="I35" s="39">
+        <v>-0.3167550748666913</v>
+      </c>
+      <c r="J35" s="39">
+        <v>-0.47478842019758344</v>
+      </c>
+      <c r="K35" s="39">
+        <v>-0.43092851228371937</v>
+      </c>
+      <c r="L35" s="39">
+        <v>-0.47360833298914151</v>
+      </c>
+      <c r="M35" s="39">
+        <v>-0.46751121574550375</v>
+      </c>
+      <c r="N35" s="39">
+        <v>-0.71444446411256601</v>
+      </c>
+      <c r="O35" s="39">
+        <v>-0.81386681142402073</v>
+      </c>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="37" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="38" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A37" s="40" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83833BF5-FC3F-46AE-A5AB-E0CA469C7A6D}">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="1" customWidth="1"/>
     <col min="4" max="15" width="6.5703125" style="1" customWidth="1"/>
     <col min="16" max="16" width="1.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="9.7109375" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:17" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:17" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>53</v>
-[...8 lines deleted...]
-      <c r="A5" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="B7" s="13" t="s">
+    <row r="5" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q5" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11"/>
+      <c r="B6" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="11"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
+      <c r="F6" s="13"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+      <c r="N6" s="13"/>
+      <c r="O6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="11"/>
+      <c r="Q6" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="14">
+        <v>2019</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="L7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="C7" s="12"/>
-[...85 lines deleted...]
-      <c r="B10" s="16"/>
+    </row>
+    <row r="8" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="Q8" s="26" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" s="14" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="20"/>
+      <c r="I9" s="20"/>
+      <c r="J9" s="20"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+      <c r="O9" s="20"/>
+      <c r="P9" s="15"/>
+      <c r="Q9" s="15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B10" s="17"/>
       <c r="C10" s="16"/>
-      <c r="D10" s="21"/>
-[...10 lines deleted...]
-      <c r="O10" s="21"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16"/>
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
       <c r="P10" s="16"/>
-      <c r="Q10" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q10" s="31"/>
     </row>
     <row r="11" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="10" t="s">
-[...17 lines deleted...]
-      <c r="Q11" s="32"/>
+      <c r="A11" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="17">
+        <v>10.673</v>
+      </c>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16">
+        <v>103.1722</v>
+      </c>
+      <c r="E11" s="16">
+        <v>103.5947</v>
+      </c>
+      <c r="F11" s="16">
+        <v>103.30029999999999</v>
+      </c>
+      <c r="G11" s="16">
+        <v>103.3944</v>
+      </c>
+      <c r="H11" s="16">
+        <v>103.92700000000001</v>
+      </c>
+      <c r="I11" s="16">
+        <v>104.32250000000001</v>
+      </c>
+      <c r="J11" s="16">
+        <v>104.1288</v>
+      </c>
+      <c r="K11" s="16">
+        <v>104.2154</v>
+      </c>
+      <c r="L11" s="16">
+        <v>103.958</v>
+      </c>
+      <c r="M11" s="16">
+        <v>102.9421</v>
+      </c>
+      <c r="N11" s="16">
+        <v>102.2942</v>
+      </c>
+      <c r="O11" s="16">
+        <v>102.339</v>
+      </c>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="32">
+        <v>-0.69516007894783505</v>
+      </c>
     </row>
     <row r="12" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="18">
-[...41 lines deleted...]
-        <v>-0.69516007894783505</v>
+      <c r="B12" s="17">
+        <v>2.8130000000000002</v>
+      </c>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16">
+        <v>102.3069</v>
+      </c>
+      <c r="E12" s="16">
+        <v>102.4298</v>
+      </c>
+      <c r="F12" s="16">
+        <v>101.84699999999999</v>
+      </c>
+      <c r="G12" s="16">
+        <v>101.90470000000001</v>
+      </c>
+      <c r="H12" s="16">
+        <v>102.1491</v>
+      </c>
+      <c r="I12" s="16">
+        <v>102.26349999999999</v>
+      </c>
+      <c r="J12" s="16">
+        <v>103.09910000000001</v>
+      </c>
+      <c r="K12" s="16">
+        <v>102.87730000000001</v>
+      </c>
+      <c r="L12" s="16">
+        <v>103.2788</v>
+      </c>
+      <c r="M12" s="16">
+        <v>102.7741</v>
+      </c>
+      <c r="N12" s="16">
+        <v>102.18</v>
+      </c>
+      <c r="O12" s="16">
+        <v>102.3951</v>
+      </c>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="32">
+        <v>1.330621817803969</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="18">
-[...41 lines deleted...]
-        <v>1.330621817803969</v>
+      <c r="B13" s="17">
+        <v>3.6440000000000001</v>
+      </c>
+      <c r="C13" s="16"/>
+      <c r="D13" s="16">
+        <v>97.658100000000005</v>
+      </c>
+      <c r="E13" s="16">
+        <v>100.2199</v>
+      </c>
+      <c r="F13" s="16">
+        <v>105.732</v>
+      </c>
+      <c r="G13" s="16">
+        <v>108.00749999999999</v>
+      </c>
+      <c r="H13" s="16">
+        <v>108.7088</v>
+      </c>
+      <c r="I13" s="16">
+        <v>107.19370000000001</v>
+      </c>
+      <c r="J13" s="16">
+        <v>98.308899999999994</v>
+      </c>
+      <c r="K13" s="16">
+        <v>101.35299999999999</v>
+      </c>
+      <c r="L13" s="16">
+        <v>105.48439999999999</v>
+      </c>
+      <c r="M13" s="16">
+        <v>107.4157</v>
+      </c>
+      <c r="N13" s="16">
+        <v>107.8826</v>
+      </c>
+      <c r="O13" s="16">
+        <v>107.42149999999999</v>
+      </c>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="32">
+        <v>1.3059629354742259</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B14" s="18">
-[...41 lines deleted...]
-        <v>1.3059629354742259</v>
+      <c r="B14" s="17">
+        <v>25.149000000000001</v>
+      </c>
+      <c r="C14" s="16"/>
+      <c r="D14" s="16">
+        <v>103.25539999999999</v>
+      </c>
+      <c r="E14" s="16">
+        <v>103.4902</v>
+      </c>
+      <c r="F14" s="16">
+        <v>103.6003</v>
+      </c>
+      <c r="G14" s="16">
+        <v>103.5575</v>
+      </c>
+      <c r="H14" s="16">
+        <v>103.83240000000001</v>
+      </c>
+      <c r="I14" s="16">
+        <v>103.5055</v>
+      </c>
+      <c r="J14" s="16">
+        <v>103.65389999999999</v>
+      </c>
+      <c r="K14" s="16">
+        <v>103.70959999999999</v>
+      </c>
+      <c r="L14" s="16">
+        <v>103.7996</v>
+      </c>
+      <c r="M14" s="16">
+        <v>103.6327</v>
+      </c>
+      <c r="N14" s="16">
+        <v>104.0234</v>
+      </c>
+      <c r="O14" s="16">
+        <v>104.04040000000001</v>
+      </c>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="32">
+        <v>0.57002997563091184</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="18">
-[...41 lines deleted...]
-        <v>0.57002997563091184</v>
+      <c r="B15" s="17">
+        <v>3.7269999999999999</v>
+      </c>
+      <c r="C15" s="16"/>
+      <c r="D15" s="16">
+        <v>96.377700000000004</v>
+      </c>
+      <c r="E15" s="16">
+        <v>96.255799999999994</v>
+      </c>
+      <c r="F15" s="16">
+        <v>96.204499999999996</v>
+      </c>
+      <c r="G15" s="16">
+        <v>97.903599999999997</v>
+      </c>
+      <c r="H15" s="16">
+        <v>97.349000000000004</v>
+      </c>
+      <c r="I15" s="16">
+        <v>97.312700000000007</v>
+      </c>
+      <c r="J15" s="16">
+        <v>97.167900000000003</v>
+      </c>
+      <c r="K15" s="16">
+        <v>97.499600000000001</v>
+      </c>
+      <c r="L15" s="16">
+        <v>97.590500000000006</v>
+      </c>
+      <c r="M15" s="16">
+        <v>96.698899999999995</v>
+      </c>
+      <c r="N15" s="16">
+        <v>97.356099999999998</v>
+      </c>
+      <c r="O15" s="16">
+        <v>98.06</v>
+      </c>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="32">
+        <v>1.0829878341686505</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="18">
-[...41 lines deleted...]
-        <v>1.0829878341686505</v>
+      <c r="B16" s="17">
+        <v>15.465999999999999</v>
+      </c>
+      <c r="C16" s="16"/>
+      <c r="D16" s="16">
+        <v>98.267200000000003</v>
+      </c>
+      <c r="E16" s="16">
+        <v>98.2453</v>
+      </c>
+      <c r="F16" s="16">
+        <v>98.228200000000001</v>
+      </c>
+      <c r="G16" s="16">
+        <v>98.078800000000001</v>
+      </c>
+      <c r="H16" s="16">
+        <v>98.036000000000001</v>
+      </c>
+      <c r="I16" s="16">
+        <v>97.997100000000003</v>
+      </c>
+      <c r="J16" s="16">
+        <v>98.256100000000004</v>
+      </c>
+      <c r="K16" s="16">
+        <v>97.992000000000004</v>
+      </c>
+      <c r="L16" s="16">
+        <v>97.957599999999999</v>
+      </c>
+      <c r="M16" s="16">
+        <v>97.9499</v>
+      </c>
+      <c r="N16" s="16">
+        <v>97.927599999999998</v>
+      </c>
+      <c r="O16" s="16">
+        <v>97.953100000000006</v>
+      </c>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="32">
+        <v>-0.56915883866016448</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="18">
-[...41 lines deleted...]
-        <v>-0.56915883866016448</v>
+      <c r="B17" s="17">
+        <v>10.752000000000001</v>
+      </c>
+      <c r="C17" s="16"/>
+      <c r="D17" s="16">
+        <v>102.176</v>
+      </c>
+      <c r="E17" s="16">
+        <v>103.44370000000001</v>
+      </c>
+      <c r="F17" s="16">
+        <v>104.43899999999999</v>
+      </c>
+      <c r="G17" s="16">
+        <v>105.5528</v>
+      </c>
+      <c r="H17" s="16">
+        <v>106.4273</v>
+      </c>
+      <c r="I17" s="16">
+        <v>105.976</v>
+      </c>
+      <c r="J17" s="16">
+        <v>104.866</v>
+      </c>
+      <c r="K17" s="16">
+        <v>103.83540000000001</v>
+      </c>
+      <c r="L17" s="16">
+        <v>102.9571</v>
+      </c>
+      <c r="M17" s="16">
+        <v>102.8809</v>
+      </c>
+      <c r="N17" s="16">
+        <v>102.5228</v>
+      </c>
+      <c r="O17" s="16">
+        <v>102.3231</v>
+      </c>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="32">
+        <v>-0.50165793132955594</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="18">
-[...41 lines deleted...]
-        <v>-0.50165793132955594</v>
+      <c r="B18" s="17">
+        <v>2.9689999999999999</v>
+      </c>
+      <c r="C18" s="16"/>
+      <c r="D18" s="16">
+        <v>99.473299999999995</v>
+      </c>
+      <c r="E18" s="16">
+        <v>99.458600000000004</v>
+      </c>
+      <c r="F18" s="16">
+        <v>99.759500000000003</v>
+      </c>
+      <c r="G18" s="16">
+        <v>99.862099999999998</v>
+      </c>
+      <c r="H18" s="16">
+        <v>100.8111</v>
+      </c>
+      <c r="I18" s="16">
+        <v>100.74509999999999</v>
+      </c>
+      <c r="J18" s="16">
+        <v>99.051599999999993</v>
+      </c>
+      <c r="K18" s="16">
+        <v>98.905500000000004</v>
+      </c>
+      <c r="L18" s="16">
+        <v>98.721500000000006</v>
+      </c>
+      <c r="M18" s="16">
+        <v>98.612099999999998</v>
+      </c>
+      <c r="N18" s="16">
+        <v>98.845200000000006</v>
+      </c>
+      <c r="O18" s="16">
+        <v>99.538600000000002</v>
+      </c>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="32">
+        <v>5.9277001427640438E-3</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="18">
-[...41 lines deleted...]
-        <v>5.9277001427640438E-3</v>
+      <c r="B19" s="17">
+        <v>8.7970000000000006</v>
+      </c>
+      <c r="C19" s="16"/>
+      <c r="D19" s="16">
+        <v>101.2595</v>
+      </c>
+      <c r="E19" s="16">
+        <v>102.503</v>
+      </c>
+      <c r="F19" s="16">
+        <v>104.64960000000001</v>
+      </c>
+      <c r="G19" s="16">
+        <v>105.1259</v>
+      </c>
+      <c r="H19" s="16">
+        <v>105.3831</v>
+      </c>
+      <c r="I19" s="16">
+        <v>106.47920000000001</v>
+      </c>
+      <c r="J19" s="16">
+        <v>105.2308</v>
+      </c>
+      <c r="K19" s="16">
+        <v>104.6561</v>
+      </c>
+      <c r="L19" s="16">
+        <v>103.1156</v>
+      </c>
+      <c r="M19" s="16">
+        <v>102.6152</v>
+      </c>
+      <c r="N19" s="16">
+        <v>101.46040000000001</v>
+      </c>
+      <c r="O19" s="16">
+        <v>101.426</v>
+      </c>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="32">
+        <v>5.5539278502360512E-2</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="18">
-[...41 lines deleted...]
-        <v>5.5539278502360512E-2</v>
+      <c r="B20" s="17">
+        <v>1.0649999999999999</v>
+      </c>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="E20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="F20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="G20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="H20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="I20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="J20" s="16">
+        <v>102.60299999999999</v>
+      </c>
+      <c r="K20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="L20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="M20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="N20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="O20" s="16">
+        <v>103.5397</v>
+      </c>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="32">
+        <v>0.912936268920014</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="18">
-[...41 lines deleted...]
-        <v>0.912936268920014</v>
+      <c r="B21" s="17">
+        <v>9.4280000000000008</v>
+      </c>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16">
+        <v>102.80549999999999</v>
+      </c>
+      <c r="E21" s="16">
+        <v>102.4718</v>
+      </c>
+      <c r="F21" s="16">
+        <v>103.03660000000001</v>
+      </c>
+      <c r="G21" s="16">
+        <v>102.39749999999999</v>
+      </c>
+      <c r="H21" s="16">
+        <v>102.2069</v>
+      </c>
+      <c r="I21" s="16">
+        <v>102.4384</v>
+      </c>
+      <c r="J21" s="16">
+        <v>102.4251</v>
+      </c>
+      <c r="K21" s="16">
+        <v>102.6619</v>
+      </c>
+      <c r="L21" s="16">
+        <v>102.2503</v>
+      </c>
+      <c r="M21" s="16">
+        <v>101.7182</v>
+      </c>
+      <c r="N21" s="16">
+        <v>101.1755</v>
+      </c>
+      <c r="O21" s="16">
+        <v>101.52290000000001</v>
+      </c>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="32">
+        <v>0.5963074124241724</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="B22" s="18">
-[...41 lines deleted...]
-        <v>0.5963074124241724</v>
+      <c r="B22" s="17">
+        <v>5.5170000000000003</v>
+      </c>
+      <c r="C22" s="16"/>
+      <c r="D22" s="16">
+        <v>98.451400000000007</v>
+      </c>
+      <c r="E22" s="16">
+        <v>98.359499999999997</v>
+      </c>
+      <c r="F22" s="16">
+        <v>98.649500000000003</v>
+      </c>
+      <c r="G22" s="16">
+        <v>98.061800000000005</v>
+      </c>
+      <c r="H22" s="16">
+        <v>99.144300000000001</v>
+      </c>
+      <c r="I22" s="16">
+        <v>99.096000000000004</v>
+      </c>
+      <c r="J22" s="16">
+        <v>98.831000000000003</v>
+      </c>
+      <c r="K22" s="16">
+        <v>99.325800000000001</v>
+      </c>
+      <c r="L22" s="16">
+        <v>99.552999999999997</v>
+      </c>
+      <c r="M22" s="16">
+        <v>99.683899999999994</v>
+      </c>
+      <c r="N22" s="16">
+        <v>99.662199999999999</v>
+      </c>
+      <c r="O22" s="16">
+        <v>99.138900000000007</v>
+      </c>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="32">
+        <v>0.58307174410182105</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="5" t="s">
+      <c r="A23" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="16"/>
+      <c r="D23" s="16"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+      <c r="G23" s="16"/>
+      <c r="H23" s="16"/>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="32"/>
+    </row>
+    <row r="24" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="18">
-[...63 lines deleted...]
-      <c r="Q24" s="33"/>
+      <c r="B24" s="17">
+        <v>40.356999999999999</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16">
+        <v>101.14879999999999</v>
+      </c>
+      <c r="E24" s="16">
+        <v>101.5817</v>
+      </c>
+      <c r="F24" s="16">
+        <v>102.2167</v>
+      </c>
+      <c r="G24" s="16">
+        <v>102.5934</v>
+      </c>
+      <c r="H24" s="16">
+        <v>103.0501</v>
+      </c>
+      <c r="I24" s="16">
+        <v>102.7585</v>
+      </c>
+      <c r="J24" s="16">
+        <v>101.97450000000001</v>
+      </c>
+      <c r="K24" s="16">
+        <v>102.1825</v>
+      </c>
+      <c r="L24" s="16">
+        <v>102.41</v>
+      </c>
+      <c r="M24" s="16">
+        <v>102.1741</v>
+      </c>
+      <c r="N24" s="16">
+        <v>101.9552</v>
+      </c>
+      <c r="O24" s="16">
+        <v>101.8733</v>
+      </c>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="32">
+        <v>-0.3220080937433924</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="18">
-[...41 lines deleted...]
-        <v>-0.3220080937433924</v>
+      <c r="B25" s="17">
+        <v>26.141999999999999</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16">
+        <v>103.31359999999999</v>
+      </c>
+      <c r="E25" s="16">
+        <v>103.58</v>
+      </c>
+      <c r="F25" s="16">
+        <v>103.7137</v>
+      </c>
+      <c r="G25" s="16">
+        <v>103.8502</v>
+      </c>
+      <c r="H25" s="16">
+        <v>104.5316</v>
+      </c>
+      <c r="I25" s="16">
+        <v>104.3083</v>
+      </c>
+      <c r="J25" s="16">
+        <v>104.43940000000001</v>
+      </c>
+      <c r="K25" s="16">
+        <v>104.2672</v>
+      </c>
+      <c r="L25" s="16">
+        <v>104.0321</v>
+      </c>
+      <c r="M25" s="16">
+        <v>103.5033</v>
+      </c>
+      <c r="N25" s="16">
+        <v>103.0959</v>
+      </c>
+      <c r="O25" s="16">
+        <v>103.0393</v>
+      </c>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="32">
+        <v>-0.65801017722407873</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="18">
-[...41 lines deleted...]
-        <v>-0.65801017722407873</v>
+      <c r="B26" s="17">
+        <v>6.4960000000000004</v>
+      </c>
+      <c r="C26" s="16"/>
+      <c r="D26" s="16">
+        <v>97.491299999999995</v>
+      </c>
+      <c r="E26" s="16">
+        <v>99.010599999999997</v>
+      </c>
+      <c r="F26" s="16">
+        <v>102.27200000000001</v>
+      </c>
+      <c r="G26" s="16">
+        <v>103.724</v>
+      </c>
+      <c r="H26" s="16">
+        <v>103.89490000000001</v>
+      </c>
+      <c r="I26" s="16">
+        <v>102.9691</v>
+      </c>
+      <c r="J26" s="16">
+        <v>97.715100000000007</v>
+      </c>
+      <c r="K26" s="16">
+        <v>99.625900000000001</v>
+      </c>
+      <c r="L26" s="16">
+        <v>102.0266</v>
+      </c>
+      <c r="M26" s="16">
+        <v>103.2898</v>
+      </c>
+      <c r="N26" s="16">
+        <v>103.67740000000001</v>
+      </c>
+      <c r="O26" s="16">
+        <v>103.4405</v>
+      </c>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="32">
+        <v>0.7728413439431393</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="18">
-[...41 lines deleted...]
-        <v>0.7728413439431393</v>
+      <c r="B27" s="17">
+        <v>7.7190000000000003</v>
+      </c>
+      <c r="C27" s="16"/>
+      <c r="D27" s="16">
+        <v>97.429900000000004</v>
+      </c>
+      <c r="E27" s="16">
+        <v>97.526200000000003</v>
+      </c>
+      <c r="F27" s="16">
+        <v>97.660799999999995</v>
+      </c>
+      <c r="G27" s="16">
+        <v>97.943399999999997</v>
+      </c>
+      <c r="H27" s="16">
+        <v>97.915599999999998</v>
+      </c>
+      <c r="I27" s="16">
+        <v>97.912499999999994</v>
+      </c>
+      <c r="J27" s="16">
+        <v>97.784700000000001</v>
+      </c>
+      <c r="K27" s="16">
+        <v>97.842699999999994</v>
+      </c>
+      <c r="L27" s="16">
+        <v>97.806799999999996</v>
+      </c>
+      <c r="M27" s="16">
+        <v>97.305300000000003</v>
+      </c>
+      <c r="N27" s="16">
+        <v>97.200699999999998</v>
+      </c>
+      <c r="O27" s="16">
+        <v>97.161900000000003</v>
+      </c>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="32">
+        <v>-0.10548555742331001</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="18">
-[...41 lines deleted...]
-        <v>-0.10548555742331001</v>
+      <c r="B28" s="17">
+        <v>59.643000000000001</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16">
+        <v>101.3382</v>
+      </c>
+      <c r="E28" s="16">
+        <v>101.7058</v>
+      </c>
+      <c r="F28" s="16">
+        <v>102.18429999999999</v>
+      </c>
+      <c r="G28" s="16">
+        <v>102.2529</v>
+      </c>
+      <c r="H28" s="16">
+        <v>102.4722</v>
+      </c>
+      <c r="I28" s="16">
+        <v>102.6164</v>
+      </c>
+      <c r="J28" s="16">
+        <v>102.2565</v>
+      </c>
+      <c r="K28" s="16">
+        <v>102.1001</v>
+      </c>
+      <c r="L28" s="16">
+        <v>101.761</v>
+      </c>
+      <c r="M28" s="16">
+        <v>101.5359</v>
+      </c>
+      <c r="N28" s="16">
+        <v>101.4562</v>
+      </c>
+      <c r="O28" s="16">
+        <v>101.5617</v>
+      </c>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="32">
+        <v>0.47903836165318819</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
-        <v>22</v>
-[...43 lines deleted...]
-        <v>0.47903836165318819</v>
+        <v>57</v>
+      </c>
+      <c r="B29" s="17">
+        <v>49.805999999999997</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="D29" s="16">
+        <v>101.87909999999999</v>
+      </c>
+      <c r="E29" s="16">
+        <v>102.3309</v>
+      </c>
+      <c r="F29" s="16">
+        <v>102.9067</v>
+      </c>
+      <c r="G29" s="16">
+        <v>102.99079999999999</v>
+      </c>
+      <c r="H29" s="16">
+        <v>103.2572</v>
+      </c>
+      <c r="I29" s="16">
+        <v>103.4726</v>
+      </c>
+      <c r="J29" s="16">
+        <v>103.03740000000001</v>
+      </c>
+      <c r="K29" s="16">
+        <v>102.9068</v>
+      </c>
+      <c r="L29" s="16">
+        <v>102.492</v>
+      </c>
+      <c r="M29" s="16">
+        <v>102.2428</v>
+      </c>
+      <c r="N29" s="16">
+        <v>102.1469</v>
+      </c>
+      <c r="O29" s="16">
+        <v>102.26430000000001</v>
+      </c>
+      <c r="P29" s="16"/>
+      <c r="Q29" s="32">
+        <v>0.69258937248488539</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
-        <v>59</v>
-[...43 lines deleted...]
-        <v>0.69258937248488539</v>
+        <v>23</v>
+      </c>
+      <c r="B30" s="17">
+        <v>9.8369999999999997</v>
+      </c>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16">
+        <v>98.880099999999999</v>
+      </c>
+      <c r="E30" s="16">
+        <v>98.833500000000001</v>
+      </c>
+      <c r="F30" s="16">
+        <v>98.833500000000001</v>
+      </c>
+      <c r="G30" s="16">
+        <v>98.825800000000001</v>
+      </c>
+      <c r="H30" s="16">
+        <v>98.812899999999999</v>
+      </c>
+      <c r="I30" s="16">
+        <v>98.606399999999994</v>
+      </c>
+      <c r="J30" s="16">
+        <v>98.617400000000004</v>
+      </c>
+      <c r="K30" s="16">
+        <v>98.332999999999998</v>
+      </c>
+      <c r="L30" s="16">
+        <v>98.366399999999999</v>
+      </c>
+      <c r="M30" s="16">
+        <v>98.259699999999995</v>
+      </c>
+      <c r="N30" s="16">
+        <v>98.259699999999995</v>
+      </c>
+      <c r="O30" s="16">
+        <v>98.307100000000005</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="32">
+        <v>-0.60180602473349087</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="5" t="s">
+      <c r="A31" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="16"/>
+      <c r="D31" s="16"/>
+      <c r="E31" s="16"/>
+      <c r="F31" s="16"/>
+      <c r="G31" s="16"/>
+      <c r="H31" s="16"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="16"/>
+      <c r="K31" s="16"/>
+      <c r="L31" s="16"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="16"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16"/>
+      <c r="Q31" s="32"/>
+    </row>
+    <row r="32" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="18">
-[...63 lines deleted...]
-      <c r="Q32" s="33"/>
+      <c r="B32" s="17">
+        <v>74.63</v>
+      </c>
+      <c r="C32" s="16"/>
+      <c r="D32" s="16">
+        <v>101.2694</v>
+      </c>
+      <c r="E32" s="16">
+        <v>101.4286</v>
+      </c>
+      <c r="F32" s="16">
+        <v>101.6653</v>
+      </c>
+      <c r="G32" s="16">
+        <v>101.6793</v>
+      </c>
+      <c r="H32" s="16">
+        <v>101.8656</v>
+      </c>
+      <c r="I32" s="16">
+        <v>101.9324</v>
+      </c>
+      <c r="J32" s="16">
+        <v>101.76690000000001</v>
+      </c>
+      <c r="K32" s="16">
+        <v>101.7366</v>
+      </c>
+      <c r="L32" s="16">
+        <v>101.59520000000001</v>
+      </c>
+      <c r="M32" s="16">
+        <v>101.3506</v>
+      </c>
+      <c r="N32" s="16">
+        <v>101.35509999999999</v>
+      </c>
+      <c r="O32" s="16">
+        <v>101.4649</v>
+      </c>
+      <c r="P32" s="16"/>
+      <c r="Q32" s="32">
+        <v>0.43662978426866328</v>
+      </c>
     </row>
     <row r="33" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B33" s="18">
-[...41 lines deleted...]
-        <v>0.43662978426866328</v>
+      <c r="B33" s="17">
+        <v>25.37</v>
+      </c>
+      <c r="C33" s="16"/>
+      <c r="D33" s="16">
+        <v>101.2744</v>
+      </c>
+      <c r="E33" s="16">
+        <v>102.3728</v>
+      </c>
+      <c r="F33" s="16">
+        <v>103.8288</v>
+      </c>
+      <c r="G33" s="16">
+        <v>104.5558</v>
+      </c>
+      <c r="H33" s="16">
+        <v>105.25490000000001</v>
+      </c>
+      <c r="I33" s="16">
+        <v>104.9331</v>
+      </c>
+      <c r="J33" s="16">
+        <v>103.3085</v>
+      </c>
+      <c r="K33" s="16">
+        <v>103.3574</v>
+      </c>
+      <c r="L33" s="16">
+        <v>103.3339</v>
+      </c>
+      <c r="M33" s="16">
+        <v>103.1499</v>
+      </c>
+      <c r="N33" s="16">
+        <v>102.59350000000001</v>
+      </c>
+      <c r="O33" s="16">
+        <v>102.38590000000001</v>
+      </c>
+      <c r="P33" s="16"/>
+      <c r="Q33" s="32">
+        <v>-0.67037328441191801</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="5" t="s">
-[...42 lines deleted...]
-      <c r="P34" s="17"/>
+      <c r="A34" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="29">
+        <v>100</v>
+      </c>
+      <c r="C34" s="28"/>
+      <c r="D34" s="28">
+        <v>101.26300000000001</v>
+      </c>
+      <c r="E34" s="28">
+        <v>101.6568</v>
+      </c>
+      <c r="F34" s="28">
+        <v>102.1981</v>
+      </c>
+      <c r="G34" s="28">
+        <v>102.39019999999999</v>
+      </c>
+      <c r="H34" s="28">
+        <v>102.7046</v>
+      </c>
+      <c r="I34" s="28">
+        <v>102.6742</v>
+      </c>
+      <c r="J34" s="28">
+        <v>102.1442</v>
+      </c>
+      <c r="K34" s="28">
+        <v>102.1339</v>
+      </c>
+      <c r="L34" s="28">
+        <v>102.0219</v>
+      </c>
+      <c r="M34" s="28">
+        <v>101.7925</v>
+      </c>
+      <c r="N34" s="28">
+        <v>101.657</v>
+      </c>
+      <c r="O34" s="28">
+        <v>101.6874</v>
+      </c>
+      <c r="P34" s="28"/>
       <c r="Q34" s="33">
-        <v>-0.67037328441191801</v>
-[...47 lines deleted...]
-      <c r="Q35" s="34">
         <v>0.15581724272425437</v>
       </c>
     </row>
-    <row r="36" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="D36" s="35">
+    <row r="35" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" s="28"/>
+      <c r="D35" s="34">
         <v>-0.26219058162577641</v>
       </c>
-      <c r="E36" s="35">
+      <c r="E35" s="34">
         <v>0.12567813003549821</v>
       </c>
-      <c r="F36" s="35">
+      <c r="F35" s="34">
         <v>0.65882524436319168</v>
       </c>
-      <c r="G36" s="35">
+      <c r="G35" s="34">
         <v>0.84803189624264741</v>
       </c>
-      <c r="H36" s="35">
+      <c r="H35" s="34">
         <v>1.1576965050448504</v>
       </c>
-      <c r="I36" s="35">
+      <c r="I35" s="34">
         <v>1.1277543800207193</v>
       </c>
-      <c r="J36" s="35">
+      <c r="J35" s="34">
         <v>0.6057370687447502</v>
       </c>
-      <c r="K36" s="35">
+      <c r="K35" s="34">
         <v>0.59559220401617863</v>
       </c>
-      <c r="L36" s="35">
+      <c r="L35" s="34">
         <v>0.48527911182201694</v>
       </c>
-      <c r="M36" s="35">
+      <c r="M35" s="34">
         <v>0.25933426048860914</v>
       </c>
-      <c r="N36" s="35">
+      <c r="N35" s="34">
         <v>0.12587511770012319</v>
       </c>
-      <c r="O36" s="35">
+      <c r="O35" s="34">
         <v>0.15581724272425437</v>
       </c>
-      <c r="P36" s="29"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="23" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="8"/>
+      <c r="Q36" s="9" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="A37" s="40" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q37" s="9"/>
     </row>
     <row r="38" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="16383" man="1"/>
+    <brk id="22" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>