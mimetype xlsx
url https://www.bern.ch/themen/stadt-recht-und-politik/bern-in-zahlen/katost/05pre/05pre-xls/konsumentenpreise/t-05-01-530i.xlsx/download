--- v1 (2025-11-23)
+++ v2 (2025-12-13)
@@ -13,101 +13,101 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA7887EE-C58B-45A2-B43A-BD6BA70F267D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2951F858-AF1F-43B0-8D45-DCB9AFEE3F3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="19" r:id="rId1"/>
     <sheet name="2024" sheetId="18" r:id="rId2"/>
     <sheet name="2023" sheetId="17" r:id="rId3"/>
     <sheet name="2022" sheetId="16" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="76">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
@@ -281,60 +281,60 @@
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>Sep 2025/</t>
+    <t>Okt 2025/</t>
   </si>
   <si>
-    <t>Oktober</t>
+    <t>November</t>
   </si>
   <si>
-    <t>Okt 2025</t>
+    <t>Nov 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.11.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1483,634 +1483,634 @@
       </c>
       <c r="F12" s="17">
         <v>105.1717</v>
       </c>
       <c r="G12" s="17">
         <v>105.0677</v>
       </c>
       <c r="H12" s="17">
         <v>106.6632</v>
       </c>
       <c r="I12" s="17">
         <v>107.3158</v>
       </c>
       <c r="J12" s="17">
         <v>107.6241</v>
       </c>
       <c r="K12" s="17">
         <v>107.33410000000001</v>
       </c>
       <c r="L12" s="17">
         <v>106.9572</v>
       </c>
       <c r="M12" s="17">
         <v>106.45699999999999</v>
       </c>
-      <c r="N12" s="17" t="s">
-        <v>70</v>
+      <c r="N12" s="17">
+        <v>105.5009</v>
       </c>
       <c r="O12" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P12" s="17"/>
       <c r="Q12" s="37">
-        <v>-0.46766370099442267</v>
+        <v>-0.89810909569121078</v>
       </c>
       <c r="R12" s="33">
-        <v>-0.54744355072261863</v>
+        <v>-0.37310191130920839</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="18">
         <v>2.548</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17">
         <v>105.2186</v>
       </c>
       <c r="E13" s="17">
         <v>105.27460000000001</v>
       </c>
       <c r="F13" s="17">
         <v>104.9864</v>
       </c>
       <c r="G13" s="17">
         <v>105.7238</v>
       </c>
       <c r="H13" s="17">
         <v>105.8706</v>
       </c>
       <c r="I13" s="17">
         <v>106.2771</v>
       </c>
       <c r="J13" s="17">
         <v>106.3379</v>
       </c>
       <c r="K13" s="17">
         <v>106.30159999999999</v>
       </c>
       <c r="L13" s="17">
         <v>106.2492</v>
       </c>
       <c r="M13" s="17">
         <v>106.245</v>
       </c>
-      <c r="N13" s="17" t="s">
-        <v>70</v>
+      <c r="N13" s="17">
+        <v>106.15689999999999</v>
       </c>
       <c r="O13" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P13" s="17"/>
       <c r="Q13" s="37">
-        <v>-3.9529709400139643E-3</v>
+        <v>-8.2921549249387161E-2</v>
       </c>
       <c r="R13" s="33">
-        <v>1.2343067529557052</v>
+        <v>1.7404488556261142</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18">
         <v>2.601</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17">
         <v>96.620400000000004</v>
       </c>
       <c r="E14" s="17">
         <v>99.733099999999993</v>
       </c>
       <c r="F14" s="17">
         <v>103.3653</v>
       </c>
       <c r="G14" s="17">
         <v>104.4233</v>
       </c>
       <c r="H14" s="17">
         <v>104.70959999999999</v>
       </c>
       <c r="I14" s="17">
         <v>103.348</v>
       </c>
       <c r="J14" s="17">
         <v>96.017200000000003</v>
       </c>
       <c r="K14" s="17">
         <v>100.3597</v>
       </c>
       <c r="L14" s="17">
         <v>101.94970000000001</v>
       </c>
       <c r="M14" s="17">
         <v>103.79049999999999</v>
       </c>
-      <c r="N14" s="17" t="s">
-        <v>70</v>
+      <c r="N14" s="17">
+        <v>103.5522</v>
       </c>
       <c r="O14" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P14" s="17"/>
       <c r="Q14" s="37">
-        <v>1.8055962891504214</v>
+        <v>-0.22959712112379776</v>
       </c>
       <c r="R14" s="33">
-        <v>-0.35694296304901818</v>
+        <v>-0.25410341373199058</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="18">
         <v>27</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="17">
         <v>113.3944</v>
       </c>
       <c r="E15" s="17">
         <v>113.92189999999999</v>
       </c>
       <c r="F15" s="17">
         <v>113.9074</v>
       </c>
       <c r="G15" s="17">
         <v>113.9081</v>
       </c>
       <c r="H15" s="17">
         <v>114.217</v>
       </c>
       <c r="I15" s="17">
         <v>114.19889999999999</v>
       </c>
       <c r="J15" s="17">
         <v>114.2144</v>
       </c>
       <c r="K15" s="17">
         <v>114.3502</v>
       </c>
       <c r="L15" s="17">
         <v>114.3663</v>
       </c>
       <c r="M15" s="17">
         <v>114.45</v>
       </c>
-      <c r="N15" s="17" t="s">
-        <v>70</v>
+      <c r="N15" s="17">
+        <v>114.72629999999999</v>
       </c>
       <c r="O15" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P15" s="17"/>
       <c r="Q15" s="37">
-        <v>7.3185894795938525E-2</v>
+        <v>0.24141546526866928</v>
       </c>
       <c r="R15" s="33">
-        <v>0.75631058473874047</v>
+        <v>0.54740639271807601</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="18">
         <v>3.113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17">
         <v>105.3533</v>
       </c>
       <c r="E16" s="17">
         <v>105.6841</v>
       </c>
       <c r="F16" s="17">
         <v>105.50279999999999</v>
       </c>
       <c r="G16" s="17">
         <v>106.1712</v>
       </c>
       <c r="H16" s="17">
         <v>105.4605</v>
       </c>
       <c r="I16" s="17">
         <v>105.6435</v>
       </c>
       <c r="J16" s="17">
         <v>105.18899999999999</v>
       </c>
       <c r="K16" s="17">
         <v>104.4235</v>
       </c>
       <c r="L16" s="17">
         <v>104.2711</v>
       </c>
       <c r="M16" s="17">
         <v>103.7653</v>
       </c>
-      <c r="N16" s="17" t="s">
-        <v>70</v>
+      <c r="N16" s="17">
+        <v>103.78100000000001</v>
       </c>
       <c r="O16" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P16" s="17"/>
       <c r="Q16" s="37">
-        <v>-0.48508167651440121</v>
+        <v>1.5130298857141641E-2</v>
       </c>
       <c r="R16" s="33">
-        <v>-1.7713574380067512</v>
+        <v>-2.6192522641884728</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="18">
         <v>15.637</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17">
         <v>98.198400000000007</v>
       </c>
       <c r="E17" s="17">
         <v>98.265100000000004</v>
       </c>
       <c r="F17" s="17">
         <v>98.271000000000001</v>
       </c>
       <c r="G17" s="17">
         <v>98.308700000000002</v>
       </c>
       <c r="H17" s="17">
         <v>98.407200000000003</v>
       </c>
       <c r="I17" s="17">
         <v>98.321700000000007</v>
       </c>
       <c r="J17" s="17">
         <v>98.367999999999995</v>
       </c>
       <c r="K17" s="17">
         <v>98.307100000000005</v>
       </c>
       <c r="L17" s="17">
         <v>98.2654</v>
       </c>
       <c r="M17" s="17">
         <v>98.130899999999997</v>
       </c>
-      <c r="N17" s="17" t="s">
-        <v>70</v>
+      <c r="N17" s="17">
+        <v>98.2042</v>
       </c>
       <c r="O17" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P17" s="17"/>
       <c r="Q17" s="37">
-        <v>-0.13687422022400839</v>
+        <v>7.4696145658506394E-2</v>
       </c>
       <c r="R17" s="33">
-        <v>-0.10719062830199023</v>
+        <v>-2.8300350191382807E-2</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="18">
         <v>11.252000000000001</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17">
         <v>110.5089</v>
       </c>
       <c r="E18" s="17">
         <v>111.95869999999999</v>
       </c>
       <c r="F18" s="17">
         <v>111.60890000000001</v>
       </c>
       <c r="G18" s="17">
         <v>111.7296</v>
       </c>
       <c r="H18" s="17">
         <v>110.80889999999999</v>
       </c>
       <c r="I18" s="17">
         <v>110.4605</v>
       </c>
       <c r="J18" s="17">
         <v>111.0108</v>
       </c>
       <c r="K18" s="17">
         <v>109.6233</v>
       </c>
       <c r="L18" s="17">
         <v>109.0398</v>
       </c>
       <c r="M18" s="17">
         <v>108.4525</v>
       </c>
-      <c r="N18" s="17" t="s">
-        <v>70</v>
+      <c r="N18" s="17">
+        <v>108.36660000000001</v>
       </c>
       <c r="O18" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P18" s="17"/>
       <c r="Q18" s="37">
-        <v>-0.53861067243336747</v>
+        <v>-7.9205181992111934E-2</v>
       </c>
       <c r="R18" s="33">
-        <v>-1.7392076439607496</v>
+        <v>-1.7352162944934706</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18">
         <v>2.5920000000000001</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17">
         <v>97.987200000000001</v>
       </c>
       <c r="E19" s="17">
         <v>98.174300000000002</v>
       </c>
       <c r="F19" s="17">
         <v>98.37</v>
       </c>
       <c r="G19" s="17">
         <v>98.532799999999995</v>
       </c>
       <c r="H19" s="17">
         <v>98.409499999999994</v>
       </c>
       <c r="I19" s="17">
         <v>98.258700000000005</v>
       </c>
       <c r="J19" s="17">
         <v>98.297300000000007</v>
       </c>
       <c r="K19" s="17">
         <v>98.343299999999999</v>
       </c>
       <c r="L19" s="17">
         <v>97.742800000000003</v>
       </c>
       <c r="M19" s="17">
         <v>97.726299999999995</v>
       </c>
-      <c r="N19" s="17" t="s">
-        <v>70</v>
+      <c r="N19" s="17">
+        <v>97.7303</v>
       </c>
       <c r="O19" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P19" s="17"/>
       <c r="Q19" s="37">
-        <v>-1.6881038807981488E-2</v>
+        <v>4.0930639960838474E-3</v>
       </c>
       <c r="R19" s="33">
-        <v>-2.1177120525443283E-2</v>
+        <v>0.43284749319436611</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="18">
         <v>8.875</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17">
         <v>105.9165</v>
       </c>
       <c r="E20" s="17">
         <v>107.5795</v>
       </c>
       <c r="F20" s="17">
         <v>109.12050000000001</v>
       </c>
       <c r="G20" s="17">
         <v>108.7453</v>
       </c>
       <c r="H20" s="17">
         <v>109.57080000000001</v>
       </c>
       <c r="I20" s="17">
         <v>111.1234</v>
       </c>
       <c r="J20" s="17">
         <v>110.2848</v>
       </c>
       <c r="K20" s="17">
         <v>109.8956</v>
       </c>
       <c r="L20" s="17">
         <v>109.8296</v>
       </c>
       <c r="M20" s="17">
         <v>108.13500000000001</v>
       </c>
-      <c r="N20" s="17" t="s">
-        <v>70</v>
+      <c r="N20" s="17">
+        <v>107.5354</v>
       </c>
       <c r="O20" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P20" s="17"/>
       <c r="Q20" s="37">
-        <v>-1.542935602059913</v>
+        <v>-0.55449207009757195</v>
       </c>
       <c r="R20" s="33">
-        <v>0.68642001977694267</v>
+        <v>0.78643776775764673</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="18">
         <v>0.78900000000000003</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17">
         <v>103.6207</v>
       </c>
       <c r="E21" s="17">
         <v>103.6207</v>
       </c>
       <c r="F21" s="17">
         <v>103.6207</v>
       </c>
       <c r="G21" s="17">
         <v>103.6207</v>
       </c>
       <c r="H21" s="17">
         <v>103.6207</v>
       </c>
       <c r="I21" s="17">
         <v>103.6207</v>
       </c>
       <c r="J21" s="17">
         <v>103.6207</v>
       </c>
       <c r="K21" s="17">
         <v>106.3091</v>
       </c>
       <c r="L21" s="17">
         <v>106.3091</v>
       </c>
       <c r="M21" s="17">
         <v>106.3091</v>
       </c>
-      <c r="N21" s="17" t="s">
-        <v>70</v>
+      <c r="N21" s="17">
+        <v>106.3091</v>
       </c>
       <c r="O21" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P21" s="17"/>
       <c r="Q21" s="37">
         <v>0</v>
       </c>
       <c r="R21" s="33">
         <v>2.5944623033814684</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="18">
         <v>9.4700000000000006</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17">
         <v>111.4068</v>
       </c>
       <c r="E22" s="17">
         <v>111.95310000000001</v>
       </c>
       <c r="F22" s="17">
         <v>110.74550000000001</v>
       </c>
       <c r="G22" s="17">
         <v>109.9905</v>
       </c>
       <c r="H22" s="17">
         <v>109.5665</v>
       </c>
       <c r="I22" s="17">
         <v>110.4991</v>
       </c>
       <c r="J22" s="17">
         <v>111.97020000000001</v>
       </c>
       <c r="K22" s="17">
         <v>111.79349999999999</v>
       </c>
       <c r="L22" s="17">
         <v>110.4958</v>
       </c>
       <c r="M22" s="17">
         <v>109.961</v>
       </c>
-      <c r="N22" s="17" t="s">
-        <v>70</v>
+      <c r="N22" s="17">
+        <v>108.59780000000001</v>
       </c>
       <c r="O22" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P22" s="17"/>
       <c r="Q22" s="37">
-        <v>-0.4840002968438657</v>
+        <v>-1.2397122616200216</v>
       </c>
       <c r="R22" s="33">
-        <v>1.2533160711934295</v>
+        <v>0.68916920480833432</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="18">
         <v>5.7569999999999997</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17">
         <v>105.2075</v>
       </c>
       <c r="E23" s="17">
         <v>105.13330000000001</v>
       </c>
       <c r="F23" s="17">
         <v>104.9738</v>
       </c>
       <c r="G23" s="17">
         <v>105.48350000000001</v>
       </c>
       <c r="H23" s="17">
         <v>104.9038</v>
       </c>
       <c r="I23" s="17">
         <v>104.59650000000001</v>
       </c>
       <c r="J23" s="17">
         <v>104.6163</v>
       </c>
       <c r="K23" s="17">
         <v>104.752</v>
       </c>
       <c r="L23" s="17">
         <v>104.3419</v>
       </c>
       <c r="M23" s="17">
         <v>104.559</v>
       </c>
-      <c r="N23" s="17" t="s">
-        <v>70</v>
+      <c r="N23" s="17">
+        <v>104.40519999999999</v>
       </c>
       <c r="O23" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P23" s="17"/>
       <c r="Q23" s="37">
-        <v>0.20806598308062443</v>
+        <v>-0.14709398521409342</v>
       </c>
       <c r="R23" s="33">
-        <v>1.463502822264404E-2</v>
+        <v>-0.28309022975771675</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="36"/>
       <c r="R24" s="33"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2129,374 +2129,374 @@
       </c>
       <c r="F25" s="17">
         <v>107.379</v>
       </c>
       <c r="G25" s="17">
         <v>107.5716</v>
       </c>
       <c r="H25" s="17">
         <v>107.7774</v>
       </c>
       <c r="I25" s="17">
         <v>107.685</v>
       </c>
       <c r="J25" s="17">
         <v>107.2557</v>
       </c>
       <c r="K25" s="17">
         <v>107.297</v>
       </c>
       <c r="L25" s="17">
         <v>107.2029</v>
       </c>
       <c r="M25" s="17">
         <v>107.0351</v>
       </c>
-      <c r="N25" s="17" t="s">
-        <v>70</v>
+      <c r="N25" s="17">
+        <v>106.7572</v>
       </c>
       <c r="O25" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P25" s="17"/>
       <c r="Q25" s="36">
-        <v>-0.1565256163779149</v>
+        <v>-0.25963445636057936</v>
       </c>
       <c r="R25" s="33">
-        <v>-1.5797250836987666</v>
+        <v>-1.5516443224720147</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="18">
         <v>24.969000000000001</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17">
         <v>109.7313</v>
       </c>
       <c r="E26" s="17">
         <v>109.72410000000001</v>
       </c>
       <c r="F26" s="17">
         <v>109.47969999999999</v>
       </c>
       <c r="G26" s="17">
         <v>109.6484</v>
       </c>
       <c r="H26" s="17">
         <v>110.1212</v>
       </c>
       <c r="I26" s="17">
         <v>110.1512</v>
       </c>
       <c r="J26" s="17">
         <v>110.5565</v>
       </c>
       <c r="K26" s="17">
         <v>110.1305</v>
       </c>
       <c r="L26" s="17">
         <v>109.79219999999999</v>
       </c>
       <c r="M26" s="17">
         <v>109.50279999999999</v>
       </c>
-      <c r="N26" s="17" t="s">
-        <v>70</v>
+      <c r="N26" s="17">
+        <v>109.1677</v>
       </c>
       <c r="O26" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P26" s="17"/>
       <c r="Q26" s="36">
-        <v>-0.26358885239570806</v>
+        <v>-0.30601957210226322</v>
       </c>
       <c r="R26" s="33">
-        <v>-1.5702514253971118</v>
+        <v>-1.4210584298193831</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="18">
         <v>4.9569999999999999</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17">
         <v>100.6656</v>
       </c>
       <c r="E27" s="17">
         <v>102.3322</v>
       </c>
       <c r="F27" s="17">
         <v>104.053</v>
       </c>
       <c r="G27" s="17">
         <v>104.6765</v>
       </c>
       <c r="H27" s="17">
         <v>104.3762</v>
       </c>
       <c r="I27" s="17">
         <v>104.0616</v>
       </c>
       <c r="J27" s="17">
         <v>99.602000000000004</v>
       </c>
       <c r="K27" s="17">
         <v>102.36360000000001</v>
       </c>
       <c r="L27" s="17">
         <v>103.0772</v>
       </c>
       <c r="M27" s="17">
         <v>103.85339999999999</v>
       </c>
-      <c r="N27" s="17" t="s">
-        <v>70</v>
+      <c r="N27" s="17">
+        <v>104.0343</v>
       </c>
       <c r="O27" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P27" s="17"/>
       <c r="Q27" s="36">
-        <v>0.75302782768642207</v>
+        <v>0.17418784555922895</v>
       </c>
       <c r="R27" s="33">
-        <v>-0.77457313443674691</v>
+        <v>-0.80521516264487814</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="18">
         <v>8.15</v>
       </c>
       <c r="C28" s="17"/>
       <c r="D28" s="17">
         <v>102.9893</v>
       </c>
       <c r="E28" s="17">
         <v>103.0902</v>
       </c>
       <c r="F28" s="17">
         <v>103.2046</v>
       </c>
       <c r="G28" s="17">
         <v>103.20650000000001</v>
       </c>
       <c r="H28" s="17">
         <v>102.9495</v>
       </c>
       <c r="I28" s="17">
         <v>102.6392</v>
       </c>
       <c r="J28" s="17">
         <v>102.2377</v>
       </c>
       <c r="K28" s="17">
         <v>101.9845</v>
       </c>
       <c r="L28" s="17">
         <v>102.1065</v>
       </c>
       <c r="M28" s="17">
         <v>101.72</v>
       </c>
-      <c r="N28" s="17" t="s">
-        <v>70</v>
+      <c r="N28" s="17">
+        <v>101.3305</v>
       </c>
       <c r="O28" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P28" s="17"/>
       <c r="Q28" s="36">
-        <v>-0.37852634259327084</v>
+        <v>-0.38291388124262504</v>
       </c>
       <c r="R28" s="33">
-        <v>-2.1327404083446972</v>
+        <v>-2.4112479317989592</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18">
         <v>61.923999999999999</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17">
         <v>106.2801</v>
       </c>
       <c r="E29" s="17">
         <v>107.0899</v>
       </c>
       <c r="F29" s="17">
         <v>107.113</v>
       </c>
       <c r="G29" s="17">
         <v>107.0111</v>
       </c>
       <c r="H29" s="17">
         <v>107.1253</v>
       </c>
       <c r="I29" s="17">
         <v>107.49120000000001</v>
       </c>
       <c r="J29" s="17">
         <v>107.68259999999999</v>
       </c>
       <c r="K29" s="17">
         <v>107.52</v>
       </c>
       <c r="L29" s="17">
         <v>107.1979</v>
       </c>
       <c r="M29" s="17">
         <v>106.86150000000001</v>
       </c>
-      <c r="N29" s="17" t="s">
-        <v>70</v>
+      <c r="N29" s="17">
+        <v>106.6699</v>
       </c>
       <c r="O29" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P29" s="17"/>
       <c r="Q29" s="36">
-        <v>-0.31381211758812211</v>
+        <v>-0.17929750190668126</v>
       </c>
       <c r="R29" s="33">
-        <v>1.1492000749663522</v>
+        <v>1.0043632562314619</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="18">
         <v>51.201000000000001</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17">
         <v>107.2572</v>
       </c>
       <c r="E30" s="17">
         <v>108.2157</v>
       </c>
       <c r="F30" s="17">
         <v>108.2268</v>
       </c>
       <c r="G30" s="17">
         <v>108.1014</v>
       </c>
       <c r="H30" s="17">
         <v>108.2042</v>
       </c>
       <c r="I30" s="17">
         <v>108.6305</v>
       </c>
       <c r="J30" s="17">
         <v>108.8629</v>
       </c>
       <c r="K30" s="17">
         <v>108.67100000000001</v>
       </c>
       <c r="L30" s="17">
         <v>108.2709</v>
       </c>
       <c r="M30" s="17">
         <v>107.85590000000001</v>
       </c>
-      <c r="N30" s="17" t="s">
-        <v>70</v>
+      <c r="N30" s="17">
+        <v>107.62179999999999</v>
       </c>
       <c r="O30" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P30" s="17"/>
       <c r="Q30" s="36">
-        <v>-0.38329782055934886</v>
+        <v>-0.21704885870871429</v>
       </c>
       <c r="R30" s="33">
-        <v>1.2915967791316072</v>
+        <v>1.1121017755859861</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="18">
         <v>10.723000000000001</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17">
         <v>101.989</v>
       </c>
       <c r="E31" s="17">
         <v>102.1216</v>
       </c>
       <c r="F31" s="17">
         <v>102.1999</v>
       </c>
       <c r="G31" s="17">
         <v>102.2045</v>
       </c>
       <c r="H31" s="17">
         <v>102.3711</v>
       </c>
       <c r="I31" s="17">
         <v>102.4623</v>
       </c>
       <c r="J31" s="17">
         <v>102.4666</v>
       </c>
       <c r="K31" s="17">
         <v>102.4375</v>
       </c>
       <c r="L31" s="17">
         <v>102.47069999999999</v>
       </c>
       <c r="M31" s="17">
         <v>102.4922</v>
       </c>
-      <c r="N31" s="17" t="s">
-        <v>70</v>
+      <c r="N31" s="17">
+        <v>102.494</v>
       </c>
       <c r="O31" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P31" s="17"/>
       <c r="Q31" s="36">
-        <v>2.0981607425345182E-2</v>
+        <v>1.7562312058897267E-3</v>
       </c>
       <c r="R31" s="33">
-        <v>0.48432227235382563</v>
+        <v>0.50480882376013336</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="17"/>
       <c r="Q32" s="36"/>
       <c r="R32" s="33"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2515,208 +2515,208 @@
       </c>
       <c r="F33" s="17">
         <v>107.23</v>
       </c>
       <c r="G33" s="17">
         <v>107.1527</v>
       </c>
       <c r="H33" s="17">
         <v>107.32989999999999</v>
       </c>
       <c r="I33" s="17">
         <v>107.5667</v>
       </c>
       <c r="J33" s="17">
         <v>107.7881</v>
       </c>
       <c r="K33" s="17">
         <v>107.6935</v>
       </c>
       <c r="L33" s="17">
         <v>107.4181</v>
       </c>
       <c r="M33" s="17">
         <v>107.2092</v>
       </c>
-      <c r="N33" s="17" t="s">
-        <v>70</v>
+      <c r="N33" s="17">
+        <v>107.03749999999999</v>
       </c>
       <c r="O33" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P33" s="17"/>
       <c r="Q33" s="36">
-        <v>-0.19447374325183547</v>
+        <v>-0.16015416587382547</v>
       </c>
       <c r="R33" s="33">
-        <v>0.50557842465400005</v>
+        <v>0.41031856442911097</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="18">
         <v>22.917000000000002</v>
       </c>
       <c r="C34" s="17"/>
       <c r="D34" s="17">
         <v>106.50279999999999</v>
       </c>
       <c r="E34" s="17">
         <v>107.4729</v>
       </c>
       <c r="F34" s="17">
         <v>107.9778</v>
       </c>
       <c r="G34" s="17">
         <v>108.2778</v>
       </c>
       <c r="H34" s="17">
         <v>108.3317</v>
       </c>
       <c r="I34" s="17">
         <v>108.38039999999999</v>
       </c>
       <c r="J34" s="17">
         <v>107.4462</v>
       </c>
       <c r="K34" s="17">
         <v>107.389</v>
       </c>
       <c r="L34" s="17">
         <v>107.2838</v>
       </c>
       <c r="M34" s="17">
         <v>106.79170000000001</v>
       </c>
-      <c r="N34" s="17" t="s">
-        <v>70</v>
+      <c r="N34" s="17">
+        <v>106.3886</v>
       </c>
       <c r="O34" s="17" t="s">
         <v>70</v>
       </c>
       <c r="P34" s="17"/>
       <c r="Q34" s="36">
-        <v>-0.45868994200428542</v>
+        <v>-0.37746379166172006</v>
       </c>
       <c r="R34" s="33">
-        <v>-1.2576755470777601</v>
+        <v>-1.2717267235219365</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="30">
         <v>100</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29">
         <v>106.8138</v>
       </c>
       <c r="E35" s="29">
         <v>107.4115</v>
       </c>
       <c r="F35" s="29">
         <v>107.4637</v>
       </c>
       <c r="G35" s="29">
         <v>107.4725</v>
       </c>
       <c r="H35" s="29">
         <v>107.6215</v>
       </c>
       <c r="I35" s="29">
         <v>107.8156</v>
       </c>
       <c r="J35" s="29">
         <v>107.7734</v>
       </c>
       <c r="K35" s="29">
         <v>107.68729999999999</v>
       </c>
       <c r="L35" s="29">
         <v>107.4504</v>
       </c>
       <c r="M35" s="29">
         <v>107.1768</v>
       </c>
-      <c r="N35" s="29" t="s">
-        <v>70</v>
+      <c r="N35" s="29">
+        <v>106.9522</v>
       </c>
       <c r="O35" s="29" t="s">
         <v>70</v>
       </c>
       <c r="P35" s="29"/>
       <c r="Q35" s="35">
-        <v>-0.25462911259520843</v>
+        <v>-0.20956027797060114</v>
       </c>
       <c r="R35" s="34">
-        <v>9.5914885112271489E-2</v>
+        <v>2.1135401235963924E-2</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="34">
         <v>-5.3335429322136786E-2</v>
       </c>
       <c r="E36" s="34">
         <v>0.50593801113119863</v>
       </c>
       <c r="F36" s="34">
         <v>0.55478203587883701</v>
       </c>
       <c r="G36" s="34">
         <v>0.56301627759873973</v>
       </c>
       <c r="H36" s="34">
         <v>0.70243696126537347</v>
       </c>
       <c r="I36" s="34">
         <v>0.88405813374654318</v>
       </c>
       <c r="J36" s="34">
         <v>0.84457120186242873</v>
       </c>
       <c r="K36" s="34">
         <v>0.76400663230741295</v>
       </c>
       <c r="L36" s="34">
         <v>0.54233710237033805</v>
       </c>
       <c r="M36" s="34">
         <v>0.28632704162408945</v>
       </c>
-      <c r="N36" s="34" t="s">
-        <v>70</v>
+      <c r="N36" s="34">
+        <v>7.6166735909155861E-2</v>
       </c>
       <c r="O36" s="34" t="s">
         <v>70</v>
       </c>
       <c r="P36" s="29"/>
       <c r="Q36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="R36" s="24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="39"/>
       <c r="B37" s="39"/>
       <c r="C37" s="39"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2"/>
       <c r="R38" s="2" t="s">
         <v>75</v>