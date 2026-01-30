--- v2 (2025-12-13)
+++ v3 (2026-01-30)
@@ -13,101 +13,101 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\01_Konsumentenpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2951F858-AF1F-43B0-8D45-DCB9AFEE3F3D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5BEB9A1D-F41D-4AD7-BE60-0555485AE6AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="19" r:id="rId1"/>
     <sheet name="2024" sheetId="18" r:id="rId2"/>
     <sheet name="2023" sheetId="17" r:id="rId3"/>
     <sheet name="2022" sheetId="16" r:id="rId4"/>
     <sheet name="2021" sheetId="1" r:id="rId5"/>
     <sheet name="2020" sheetId="4" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$10</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="74">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Hauptgruppen</t>
   </si>
   <si>
     <t>Art der Güter</t>
   </si>
   <si>
     <t>Herkunft der Güter</t>
   </si>
   <si>
     <t>Schweiz</t>
   </si>
   <si>
     <t>(Basis Dezember 2020 = 100)</t>
   </si>
   <si>
     <t xml:space="preserve">    Nahrungsmittel und alkoholfreie Getränke</t>
   </si>
   <si>
     <t xml:space="preserve">    alkoholische Getränke und Tabak</t>
   </si>
   <si>
@@ -275,66 +275,60 @@
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2023</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2024)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2024</t>
   </si>
   <si>
     <t>2023/2024</t>
   </si>
   <si>
     <t>Nov 2024/</t>
   </si>
   <si>
     <t>Dez 2024</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 7.1.2025)</t>
   </si>
   <si>
     <t>Landesindex der Konsumentenpreise nach Hauptgruppe, Art und Herkunft der Güter sowie nach Monat 2025</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>2024/2025</t>
   </si>
   <si>
-    <t>Okt 2025/</t>
+    <t>Nov 2025/</t>
   </si>
   <si>
-    <t>November</t>
+    <t>Dez 2025</t>
   </si>
   <si>
-    <t>Nov 2025</t>
-[...2 lines deleted...]
-    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 3.12.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Sektion Preise (Datenstand: 8.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="##0.000;\–\ ##0.000;\–"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1393,78 +1387,78 @@
       <c r="O8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="Q8" s="19"/>
       <c r="R8" s="19" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="Q9" s="20" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R9" s="22" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:18" s="15" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16"/>
       <c r="B10" s="16"/>
       <c r="C10" s="16"/>
       <c r="D10" s="21"/>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
       <c r="G10" s="21"/>
       <c r="H10" s="21"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="21"/>
       <c r="L10" s="21"/>
       <c r="M10" s="21"/>
       <c r="N10" s="21"/>
       <c r="O10" s="21"/>
       <c r="P10" s="16"/>
       <c r="Q10" s="28" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="R10" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
         <v>61</v>
       </c>
       <c r="B11" s="18"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="36"/>
       <c r="R11" s="36"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -1486,631 +1480,631 @@
       </c>
       <c r="G12" s="17">
         <v>105.0677</v>
       </c>
       <c r="H12" s="17">
         <v>106.6632</v>
       </c>
       <c r="I12" s="17">
         <v>107.3158</v>
       </c>
       <c r="J12" s="17">
         <v>107.6241</v>
       </c>
       <c r="K12" s="17">
         <v>107.33410000000001</v>
       </c>
       <c r="L12" s="17">
         <v>106.9572</v>
       </c>
       <c r="M12" s="17">
         <v>106.45699999999999</v>
       </c>
       <c r="N12" s="17">
         <v>105.5009</v>
       </c>
-      <c r="O12" s="17" t="s">
-        <v>70</v>
+      <c r="O12" s="17">
+        <v>104.13679999999999</v>
       </c>
       <c r="P12" s="17"/>
       <c r="Q12" s="37">
-        <v>-0.89810909569121078</v>
+        <v>-1.2929747518741619</v>
       </c>
       <c r="R12" s="33">
-        <v>-0.37310191130920839</v>
+        <v>-0.82681777058235484</v>
       </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="18">
         <v>2.548</v>
       </c>
       <c r="C13" s="17"/>
       <c r="D13" s="17">
         <v>105.2186</v>
       </c>
       <c r="E13" s="17">
         <v>105.27460000000001</v>
       </c>
       <c r="F13" s="17">
         <v>104.9864</v>
       </c>
       <c r="G13" s="17">
         <v>105.7238</v>
       </c>
       <c r="H13" s="17">
         <v>105.8706</v>
       </c>
       <c r="I13" s="17">
         <v>106.2771</v>
       </c>
       <c r="J13" s="17">
         <v>106.3379</v>
       </c>
       <c r="K13" s="17">
         <v>106.30159999999999</v>
       </c>
       <c r="L13" s="17">
         <v>106.2492</v>
       </c>
       <c r="M13" s="17">
         <v>106.245</v>
       </c>
       <c r="N13" s="17">
         <v>106.15689999999999</v>
       </c>
-      <c r="O13" s="17" t="s">
-        <v>70</v>
+      <c r="O13" s="17">
+        <v>106.5389</v>
       </c>
       <c r="P13" s="17"/>
       <c r="Q13" s="37">
-        <v>-8.2921549249387161E-2</v>
+        <v>0.35984472040913501</v>
       </c>
       <c r="R13" s="33">
-        <v>1.7404488556261142</v>
+        <v>2.2509060057431496</v>
       </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18">
         <v>2.601</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="17">
         <v>96.620400000000004</v>
       </c>
       <c r="E14" s="17">
         <v>99.733099999999993</v>
       </c>
       <c r="F14" s="17">
         <v>103.3653</v>
       </c>
       <c r="G14" s="17">
         <v>104.4233</v>
       </c>
       <c r="H14" s="17">
         <v>104.70959999999999</v>
       </c>
       <c r="I14" s="17">
         <v>103.348</v>
       </c>
       <c r="J14" s="17">
         <v>96.017200000000003</v>
       </c>
       <c r="K14" s="17">
         <v>100.3597</v>
       </c>
       <c r="L14" s="17">
         <v>101.94970000000001</v>
       </c>
       <c r="M14" s="17">
         <v>103.79049999999999</v>
       </c>
       <c r="N14" s="17">
         <v>103.5522</v>
       </c>
-      <c r="O14" s="17" t="s">
-        <v>70</v>
+      <c r="O14" s="17">
+        <v>101.721</v>
       </c>
       <c r="P14" s="17"/>
       <c r="Q14" s="37">
-        <v>-0.22959712112379776</v>
+        <v>-1.7683834819540247</v>
       </c>
       <c r="R14" s="33">
-        <v>-0.25410341373199058</v>
+        <v>-1.6239813849489599</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="18">
         <v>27</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="17">
         <v>113.3944</v>
       </c>
       <c r="E15" s="17">
         <v>113.92189999999999</v>
       </c>
       <c r="F15" s="17">
         <v>113.9074</v>
       </c>
       <c r="G15" s="17">
         <v>113.9081</v>
       </c>
       <c r="H15" s="17">
         <v>114.217</v>
       </c>
       <c r="I15" s="17">
         <v>114.19889999999999</v>
       </c>
       <c r="J15" s="17">
         <v>114.2144</v>
       </c>
       <c r="K15" s="17">
         <v>114.3502</v>
       </c>
       <c r="L15" s="17">
         <v>114.3663</v>
       </c>
       <c r="M15" s="17">
         <v>114.45</v>
       </c>
       <c r="N15" s="17">
         <v>114.72629999999999</v>
       </c>
-      <c r="O15" s="17" t="s">
-        <v>70</v>
+      <c r="O15" s="17">
+        <v>114.6048</v>
       </c>
       <c r="P15" s="17"/>
       <c r="Q15" s="37">
-        <v>0.24141546526866928</v>
+        <v>-0.10590422597085193</v>
       </c>
       <c r="R15" s="33">
-        <v>0.54740639271807601</v>
+        <v>0.42930414871326317</v>
       </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="18">
         <v>3.113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17">
         <v>105.3533</v>
       </c>
       <c r="E16" s="17">
         <v>105.6841</v>
       </c>
       <c r="F16" s="17">
         <v>105.50279999999999</v>
       </c>
       <c r="G16" s="17">
         <v>106.1712</v>
       </c>
       <c r="H16" s="17">
         <v>105.4605</v>
       </c>
       <c r="I16" s="17">
         <v>105.6435</v>
       </c>
       <c r="J16" s="17">
         <v>105.18899999999999</v>
       </c>
       <c r="K16" s="17">
         <v>104.4235</v>
       </c>
       <c r="L16" s="17">
         <v>104.2711</v>
       </c>
       <c r="M16" s="17">
         <v>103.7653</v>
       </c>
       <c r="N16" s="17">
         <v>103.78100000000001</v>
       </c>
-      <c r="O16" s="17" t="s">
-        <v>70</v>
+      <c r="O16" s="17">
+        <v>103.9478</v>
       </c>
       <c r="P16" s="17"/>
       <c r="Q16" s="37">
-        <v>1.5130298857141641E-2</v>
+        <v>0.16072306106126838</v>
       </c>
       <c r="R16" s="33">
-        <v>-2.6192522641884728</v>
+        <v>-1.724188462865708</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="18">
         <v>15.637</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17">
         <v>98.198400000000007</v>
       </c>
       <c r="E17" s="17">
         <v>98.265100000000004</v>
       </c>
       <c r="F17" s="17">
         <v>98.271000000000001</v>
       </c>
       <c r="G17" s="17">
         <v>98.308700000000002</v>
       </c>
       <c r="H17" s="17">
         <v>98.407200000000003</v>
       </c>
       <c r="I17" s="17">
         <v>98.321700000000007</v>
       </c>
       <c r="J17" s="17">
         <v>98.367999999999995</v>
       </c>
       <c r="K17" s="17">
         <v>98.307100000000005</v>
       </c>
       <c r="L17" s="17">
         <v>98.2654</v>
       </c>
       <c r="M17" s="17">
         <v>98.130899999999997</v>
       </c>
       <c r="N17" s="17">
         <v>98.2042</v>
       </c>
-      <c r="O17" s="17" t="s">
-        <v>70</v>
+      <c r="O17" s="17">
+        <v>98.085700000000003</v>
       </c>
       <c r="P17" s="17"/>
       <c r="Q17" s="37">
-        <v>7.4696145658506394E-2</v>
+        <v>-0.12066693685198533</v>
       </c>
       <c r="R17" s="33">
-        <v>-2.8300350191382807E-2</v>
+        <v>3.92668021116351E-2</v>
       </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="18">
         <v>11.252000000000001</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17">
         <v>110.5089</v>
       </c>
       <c r="E18" s="17">
         <v>111.95869999999999</v>
       </c>
       <c r="F18" s="17">
         <v>111.60890000000001</v>
       </c>
       <c r="G18" s="17">
         <v>111.7296</v>
       </c>
       <c r="H18" s="17">
         <v>110.80889999999999</v>
       </c>
       <c r="I18" s="17">
         <v>110.4605</v>
       </c>
       <c r="J18" s="17">
         <v>111.0108</v>
       </c>
       <c r="K18" s="17">
         <v>109.6233</v>
       </c>
       <c r="L18" s="17">
         <v>109.0398</v>
       </c>
       <c r="M18" s="17">
         <v>108.4525</v>
       </c>
       <c r="N18" s="17">
         <v>108.36660000000001</v>
       </c>
-      <c r="O18" s="17" t="s">
-        <v>70</v>
+      <c r="O18" s="17">
+        <v>108.7552</v>
       </c>
       <c r="P18" s="17"/>
       <c r="Q18" s="37">
-        <v>-7.9205181992111934E-2</v>
+        <v>0.35859757526765323</v>
       </c>
       <c r="R18" s="33">
-        <v>-1.7352162944934706</v>
+        <v>-1.4132360113203899</v>
       </c>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18">
         <v>2.5920000000000001</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17">
         <v>97.987200000000001</v>
       </c>
       <c r="E19" s="17">
         <v>98.174300000000002</v>
       </c>
       <c r="F19" s="17">
         <v>98.37</v>
       </c>
       <c r="G19" s="17">
         <v>98.532799999999995</v>
       </c>
       <c r="H19" s="17">
         <v>98.409499999999994</v>
       </c>
       <c r="I19" s="17">
         <v>98.258700000000005</v>
       </c>
       <c r="J19" s="17">
         <v>98.297300000000007</v>
       </c>
       <c r="K19" s="17">
         <v>98.343299999999999</v>
       </c>
       <c r="L19" s="17">
         <v>97.742800000000003</v>
       </c>
       <c r="M19" s="17">
         <v>97.726299999999995</v>
       </c>
       <c r="N19" s="17">
         <v>97.7303</v>
       </c>
-      <c r="O19" s="17" t="s">
-        <v>70</v>
+      <c r="O19" s="17">
+        <v>97.974800000000002</v>
       </c>
       <c r="P19" s="17"/>
       <c r="Q19" s="37">
-        <v>4.0930639960838474E-3</v>
+        <v>0.25017829680252918</v>
       </c>
       <c r="R19" s="33">
-        <v>0.43284749319436611</v>
+        <v>0.6697286355743336</v>
       </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="18">
         <v>8.875</v>
       </c>
       <c r="C20" s="17"/>
       <c r="D20" s="17">
         <v>105.9165</v>
       </c>
       <c r="E20" s="17">
         <v>107.5795</v>
       </c>
       <c r="F20" s="17">
         <v>109.12050000000001</v>
       </c>
       <c r="G20" s="17">
         <v>108.7453</v>
       </c>
       <c r="H20" s="17">
         <v>109.57080000000001</v>
       </c>
       <c r="I20" s="17">
         <v>111.1234</v>
       </c>
       <c r="J20" s="17">
         <v>110.2848</v>
       </c>
       <c r="K20" s="17">
         <v>109.8956</v>
       </c>
       <c r="L20" s="17">
         <v>109.8296</v>
       </c>
       <c r="M20" s="17">
         <v>108.13500000000001</v>
       </c>
       <c r="N20" s="17">
         <v>107.5354</v>
       </c>
-      <c r="O20" s="17" t="s">
-        <v>70</v>
+      <c r="O20" s="17">
+        <v>106.9298</v>
       </c>
       <c r="P20" s="17"/>
       <c r="Q20" s="37">
-        <v>-0.55449207009757195</v>
+        <v>-0.56316338619654127</v>
       </c>
       <c r="R20" s="33">
-        <v>0.78643776775764673</v>
+        <v>0.7338616383484593</v>
       </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="18">
         <v>0.78900000000000003</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17">
         <v>103.6207</v>
       </c>
       <c r="E21" s="17">
         <v>103.6207</v>
       </c>
       <c r="F21" s="17">
         <v>103.6207</v>
       </c>
       <c r="G21" s="17">
         <v>103.6207</v>
       </c>
       <c r="H21" s="17">
         <v>103.6207</v>
       </c>
       <c r="I21" s="17">
         <v>103.6207</v>
       </c>
       <c r="J21" s="17">
         <v>103.6207</v>
       </c>
       <c r="K21" s="17">
         <v>106.3091</v>
       </c>
       <c r="L21" s="17">
         <v>106.3091</v>
       </c>
       <c r="M21" s="17">
         <v>106.3091</v>
       </c>
       <c r="N21" s="17">
         <v>106.3091</v>
       </c>
-      <c r="O21" s="17" t="s">
-        <v>70</v>
+      <c r="O21" s="17">
+        <v>106.3091</v>
       </c>
       <c r="P21" s="17"/>
       <c r="Q21" s="37">
         <v>0</v>
       </c>
       <c r="R21" s="33">
         <v>2.5944623033814684</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="18">
         <v>9.4700000000000006</v>
       </c>
       <c r="C22" s="17"/>
       <c r="D22" s="17">
         <v>111.4068</v>
       </c>
       <c r="E22" s="17">
         <v>111.95310000000001</v>
       </c>
       <c r="F22" s="17">
         <v>110.74550000000001</v>
       </c>
       <c r="G22" s="17">
         <v>109.9905</v>
       </c>
       <c r="H22" s="17">
         <v>109.5665</v>
       </c>
       <c r="I22" s="17">
         <v>110.4991</v>
       </c>
       <c r="J22" s="17">
         <v>111.97020000000001</v>
       </c>
       <c r="K22" s="17">
         <v>111.79349999999999</v>
       </c>
       <c r="L22" s="17">
         <v>110.4958</v>
       </c>
       <c r="M22" s="17">
         <v>109.961</v>
       </c>
       <c r="N22" s="17">
         <v>108.59780000000001</v>
       </c>
-      <c r="O22" s="17" t="s">
-        <v>70</v>
+      <c r="O22" s="17">
+        <v>110.7187</v>
       </c>
       <c r="P22" s="17"/>
       <c r="Q22" s="37">
-        <v>-1.2397122616200216</v>
+        <v>1.9529861562573014</v>
       </c>
       <c r="R22" s="33">
-        <v>0.68916920480833432</v>
+        <v>1.1048427158365397</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="18">
         <v>5.7569999999999997</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17">
         <v>105.2075</v>
       </c>
       <c r="E23" s="17">
         <v>105.13330000000001</v>
       </c>
       <c r="F23" s="17">
         <v>104.9738</v>
       </c>
       <c r="G23" s="17">
         <v>105.48350000000001</v>
       </c>
       <c r="H23" s="17">
         <v>104.9038</v>
       </c>
       <c r="I23" s="17">
         <v>104.59650000000001</v>
       </c>
       <c r="J23" s="17">
         <v>104.6163</v>
       </c>
       <c r="K23" s="17">
         <v>104.752</v>
       </c>
       <c r="L23" s="17">
         <v>104.3419</v>
       </c>
       <c r="M23" s="17">
         <v>104.559</v>
       </c>
       <c r="N23" s="17">
         <v>104.40519999999999</v>
       </c>
-      <c r="O23" s="17" t="s">
-        <v>70</v>
+      <c r="O23" s="17">
+        <v>104.8081</v>
       </c>
       <c r="P23" s="17"/>
       <c r="Q23" s="37">
-        <v>-0.14709398521409342</v>
+        <v>0.3859003191411946</v>
       </c>
       <c r="R23" s="33">
-        <v>-0.28309022975771675</v>
+        <v>0.29243319537809942</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B24" s="18"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="36"/>
       <c r="R24" s="33"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2132,371 +2126,371 @@
       </c>
       <c r="G25" s="17">
         <v>107.5716</v>
       </c>
       <c r="H25" s="17">
         <v>107.7774</v>
       </c>
       <c r="I25" s="17">
         <v>107.685</v>
       </c>
       <c r="J25" s="17">
         <v>107.2557</v>
       </c>
       <c r="K25" s="17">
         <v>107.297</v>
       </c>
       <c r="L25" s="17">
         <v>107.2029</v>
       </c>
       <c r="M25" s="17">
         <v>107.0351</v>
       </c>
       <c r="N25" s="17">
         <v>106.7572</v>
       </c>
-      <c r="O25" s="17" t="s">
-        <v>70</v>
+      <c r="O25" s="17">
+        <v>106.07810000000001</v>
       </c>
       <c r="P25" s="17"/>
       <c r="Q25" s="36">
-        <v>-0.25963445636057936</v>
+        <v>-0.63611634625111113</v>
       </c>
       <c r="R25" s="33">
-        <v>-1.5516443224720147</v>
+        <v>-1.7366833128151198</v>
       </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B26" s="18">
         <v>24.969000000000001</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17">
         <v>109.7313</v>
       </c>
       <c r="E26" s="17">
         <v>109.72410000000001</v>
       </c>
       <c r="F26" s="17">
         <v>109.47969999999999</v>
       </c>
       <c r="G26" s="17">
         <v>109.6484</v>
       </c>
       <c r="H26" s="17">
         <v>110.1212</v>
       </c>
       <c r="I26" s="17">
         <v>110.1512</v>
       </c>
       <c r="J26" s="17">
         <v>110.5565</v>
       </c>
       <c r="K26" s="17">
         <v>110.1305</v>
       </c>
       <c r="L26" s="17">
         <v>109.79219999999999</v>
       </c>
       <c r="M26" s="17">
         <v>109.50279999999999</v>
       </c>
       <c r="N26" s="17">
         <v>109.1677</v>
       </c>
-      <c r="O26" s="17" t="s">
-        <v>70</v>
+      <c r="O26" s="17">
+        <v>108.53440000000001</v>
       </c>
       <c r="P26" s="17"/>
       <c r="Q26" s="36">
-        <v>-0.30601957210226322</v>
+        <v>-0.58011664622410419</v>
       </c>
       <c r="R26" s="33">
-        <v>-1.4210584298193831</v>
+        <v>-1.5343971505737757</v>
       </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B27" s="18">
         <v>4.9569999999999999</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17">
         <v>100.6656</v>
       </c>
       <c r="E27" s="17">
         <v>102.3322</v>
       </c>
       <c r="F27" s="17">
         <v>104.053</v>
       </c>
       <c r="G27" s="17">
         <v>104.6765</v>
       </c>
       <c r="H27" s="17">
         <v>104.3762</v>
       </c>
       <c r="I27" s="17">
         <v>104.0616</v>
       </c>
       <c r="J27" s="17">
         <v>99.602000000000004</v>
       </c>
       <c r="K27" s="17">
         <v>102.36360000000001</v>
       </c>
       <c r="L27" s="17">
         <v>103.0772</v>
       </c>
       <c r="M27" s="17">
         <v>103.85339999999999</v>
       </c>
       <c r="N27" s="17">
         <v>104.0343</v>
       </c>
-      <c r="O27" s="17" t="s">
-        <v>70</v>
+      <c r="O27" s="17">
+        <v>102.7393</v>
       </c>
       <c r="P27" s="17"/>
       <c r="Q27" s="36">
-        <v>0.17418784555922895</v>
+        <v>-1.2447817690896192</v>
       </c>
       <c r="R27" s="33">
-        <v>-0.80521516264487814</v>
+        <v>-1.6637074968294667</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B28" s="18">
         <v>8.15</v>
       </c>
       <c r="C28" s="17"/>
       <c r="D28" s="17">
         <v>102.9893</v>
       </c>
       <c r="E28" s="17">
         <v>103.0902</v>
       </c>
       <c r="F28" s="17">
         <v>103.2046</v>
       </c>
       <c r="G28" s="17">
         <v>103.20650000000001</v>
       </c>
       <c r="H28" s="17">
         <v>102.9495</v>
       </c>
       <c r="I28" s="17">
         <v>102.6392</v>
       </c>
       <c r="J28" s="17">
         <v>102.2377</v>
       </c>
       <c r="K28" s="17">
         <v>101.9845</v>
       </c>
       <c r="L28" s="17">
         <v>102.1065</v>
       </c>
       <c r="M28" s="17">
         <v>101.72</v>
       </c>
       <c r="N28" s="17">
         <v>101.3305</v>
       </c>
-      <c r="O28" s="17" t="s">
-        <v>70</v>
+      <c r="O28" s="17">
+        <v>100.8916</v>
       </c>
       <c r="P28" s="17"/>
       <c r="Q28" s="36">
-        <v>-0.38291388124262504</v>
+        <v>-0.43313711074158701</v>
       </c>
       <c r="R28" s="33">
-        <v>-2.4112479317989592</v>
+        <v>-2.4008110403643554</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B29" s="18">
         <v>61.923999999999999</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="17">
         <v>106.2801</v>
       </c>
       <c r="E29" s="17">
         <v>107.0899</v>
       </c>
       <c r="F29" s="17">
         <v>107.113</v>
       </c>
       <c r="G29" s="17">
         <v>107.0111</v>
       </c>
       <c r="H29" s="17">
         <v>107.1253</v>
       </c>
       <c r="I29" s="17">
         <v>107.49120000000001</v>
       </c>
       <c r="J29" s="17">
         <v>107.68259999999999</v>
       </c>
       <c r="K29" s="17">
         <v>107.52</v>
       </c>
       <c r="L29" s="17">
         <v>107.1979</v>
       </c>
       <c r="M29" s="17">
         <v>106.86150000000001</v>
       </c>
       <c r="N29" s="17">
         <v>106.6699</v>
       </c>
-      <c r="O29" s="17" t="s">
-        <v>70</v>
+      <c r="O29" s="17">
+        <v>107.057</v>
       </c>
       <c r="P29" s="17"/>
       <c r="Q29" s="36">
-        <v>-0.17929750190668126</v>
+        <v>0.3628952497377459</v>
       </c>
       <c r="R29" s="33">
-        <v>1.0043632562314619</v>
+        <v>1.1699222256872579</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="18">
         <v>51.201000000000001</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="17">
         <v>107.2572</v>
       </c>
       <c r="E30" s="17">
         <v>108.2157</v>
       </c>
       <c r="F30" s="17">
         <v>108.2268</v>
       </c>
       <c r="G30" s="17">
         <v>108.1014</v>
       </c>
       <c r="H30" s="17">
         <v>108.2042</v>
       </c>
       <c r="I30" s="17">
         <v>108.6305</v>
       </c>
       <c r="J30" s="17">
         <v>108.8629</v>
       </c>
       <c r="K30" s="17">
         <v>108.67100000000001</v>
       </c>
       <c r="L30" s="17">
         <v>108.2709</v>
       </c>
       <c r="M30" s="17">
         <v>107.85590000000001</v>
       </c>
       <c r="N30" s="17">
         <v>107.62179999999999</v>
       </c>
-      <c r="O30" s="17" t="s">
-        <v>70</v>
+      <c r="O30" s="17">
+        <v>108.1191</v>
       </c>
       <c r="P30" s="17"/>
       <c r="Q30" s="36">
-        <v>-0.21704885870871429</v>
+        <v>0.46208110252756401</v>
       </c>
       <c r="R30" s="33">
-        <v>1.1121017755859861</v>
+        <v>1.3171716793095596</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B31" s="18">
         <v>10.723000000000001</v>
       </c>
       <c r="C31" s="17"/>
       <c r="D31" s="17">
         <v>101.989</v>
       </c>
       <c r="E31" s="17">
         <v>102.1216</v>
       </c>
       <c r="F31" s="17">
         <v>102.1999</v>
       </c>
       <c r="G31" s="17">
         <v>102.2045</v>
       </c>
       <c r="H31" s="17">
         <v>102.3711</v>
       </c>
       <c r="I31" s="17">
         <v>102.4623</v>
       </c>
       <c r="J31" s="17">
         <v>102.4666</v>
       </c>
       <c r="K31" s="17">
         <v>102.4375</v>
       </c>
       <c r="L31" s="17">
         <v>102.47069999999999</v>
       </c>
       <c r="M31" s="17">
         <v>102.4922</v>
       </c>
       <c r="N31" s="17">
         <v>102.494</v>
       </c>
-      <c r="O31" s="17" t="s">
-        <v>70</v>
+      <c r="O31" s="17">
+        <v>102.37909999999999</v>
       </c>
       <c r="P31" s="17"/>
       <c r="Q31" s="36">
-        <v>1.7562312058897267E-3</v>
+        <v>-0.11210412316819109</v>
       </c>
       <c r="R31" s="33">
-        <v>0.50480882376013336</v>
+        <v>0.46671605980167519</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="17"/>
       <c r="Q32" s="36"/>
       <c r="R32" s="33"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
@@ -2518,230 +2512,230 @@
       </c>
       <c r="G33" s="17">
         <v>107.1527</v>
       </c>
       <c r="H33" s="17">
         <v>107.32989999999999</v>
       </c>
       <c r="I33" s="17">
         <v>107.5667</v>
       </c>
       <c r="J33" s="17">
         <v>107.7881</v>
       </c>
       <c r="K33" s="17">
         <v>107.6935</v>
       </c>
       <c r="L33" s="17">
         <v>107.4181</v>
       </c>
       <c r="M33" s="17">
         <v>107.2092</v>
       </c>
       <c r="N33" s="17">
         <v>107.03749999999999</v>
       </c>
-      <c r="O33" s="17" t="s">
-        <v>70</v>
+      <c r="O33" s="17">
+        <v>107.2715</v>
       </c>
       <c r="P33" s="17"/>
       <c r="Q33" s="36">
-        <v>-0.16015416587382547</v>
+        <v>0.21861497138854036</v>
       </c>
       <c r="R33" s="33">
-        <v>0.41031856442911097</v>
+        <v>0.54475430287477844</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B34" s="18">
         <v>22.917000000000002</v>
       </c>
       <c r="C34" s="17"/>
       <c r="D34" s="17">
         <v>106.50279999999999</v>
       </c>
       <c r="E34" s="17">
         <v>107.4729</v>
       </c>
       <c r="F34" s="17">
         <v>107.9778</v>
       </c>
       <c r="G34" s="17">
         <v>108.2778</v>
       </c>
       <c r="H34" s="17">
         <v>108.3317</v>
       </c>
       <c r="I34" s="17">
         <v>108.38039999999999</v>
       </c>
       <c r="J34" s="17">
         <v>107.4462</v>
       </c>
       <c r="K34" s="17">
         <v>107.389</v>
       </c>
       <c r="L34" s="17">
         <v>107.2838</v>
       </c>
       <c r="M34" s="17">
         <v>106.79170000000001</v>
       </c>
       <c r="N34" s="17">
         <v>106.3886</v>
       </c>
-      <c r="O34" s="17" t="s">
-        <v>70</v>
+      <c r="O34" s="17">
+        <v>105.53700000000001</v>
       </c>
       <c r="P34" s="17"/>
       <c r="Q34" s="36">
-        <v>-0.37746379166172006</v>
+        <v>-0.80046170360357272</v>
       </c>
       <c r="R34" s="33">
-        <v>-1.2717267235219365</v>
+        <v>-1.556724023584517</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="30">
         <v>100</v>
       </c>
       <c r="C35" s="29"/>
       <c r="D35" s="29">
         <v>106.8138</v>
       </c>
       <c r="E35" s="29">
         <v>107.4115</v>
       </c>
       <c r="F35" s="29">
         <v>107.4637</v>
       </c>
       <c r="G35" s="29">
         <v>107.4725</v>
       </c>
       <c r="H35" s="29">
         <v>107.6215</v>
       </c>
       <c r="I35" s="29">
         <v>107.8156</v>
       </c>
       <c r="J35" s="29">
         <v>107.7734</v>
       </c>
       <c r="K35" s="29">
         <v>107.68729999999999</v>
       </c>
       <c r="L35" s="29">
         <v>107.4504</v>
       </c>
       <c r="M35" s="29">
         <v>107.1768</v>
       </c>
       <c r="N35" s="29">
         <v>106.9522</v>
       </c>
-      <c r="O35" s="29" t="s">
-        <v>70</v>
+      <c r="O35" s="29">
+        <v>106.9383</v>
       </c>
       <c r="P35" s="29"/>
       <c r="Q35" s="35">
-        <v>-0.20956027797060114</v>
+        <v>-1.299646010087374E-2</v>
       </c>
       <c r="R35" s="34">
-        <v>2.1135401235963924E-2</v>
+        <v>6.3160376828839543E-2</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="29"/>
       <c r="D36" s="34">
         <v>-5.3335429322136786E-2</v>
       </c>
       <c r="E36" s="34">
         <v>0.50593801113119863</v>
       </c>
       <c r="F36" s="34">
         <v>0.55478203587883701</v>
       </c>
       <c r="G36" s="34">
         <v>0.56301627759873973</v>
       </c>
       <c r="H36" s="34">
         <v>0.70243696126537347</v>
       </c>
       <c r="I36" s="34">
         <v>0.88405813374654318</v>
       </c>
       <c r="J36" s="34">
         <v>0.84457120186242873</v>
       </c>
       <c r="K36" s="34">
         <v>0.76400663230741295</v>
       </c>
       <c r="L36" s="34">
         <v>0.54233710237033805</v>
       </c>
       <c r="M36" s="34">
         <v>0.28632704162408945</v>
       </c>
       <c r="N36" s="34">
         <v>7.6166735909155861E-2</v>
       </c>
-      <c r="O36" s="34" t="s">
-        <v>70</v>
+      <c r="O36" s="34">
+        <v>6.3160376828839543E-2</v>
       </c>
       <c r="P36" s="29"/>
       <c r="Q36" s="25" t="s">
         <v>50</v>
       </c>
       <c r="R36" s="24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="39"/>
       <c r="B37" s="39"/>
       <c r="C37" s="39"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q38" s="2"/>
       <c r="R38" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="23" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A098096E-8952-40AD-9668-D8DB7D1E73BF}">
   <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.7109375" style="5" customWidth="1"/>