--- v0 (2025-10-09)
+++ v1 (2026-02-25)
@@ -1,136 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\03_Mietpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{601569E6-A51F-47B2-B19D-786146963727}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26F8881E-99D2-4969-85AE-7CBB53D5DB42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="25" r:id="rId1"/>
-[...13 lines deleted...]
-    <sheet name="2010" sheetId="12" r:id="rId15"/>
+    <sheet name="2025" sheetId="27" r:id="rId1"/>
+    <sheet name="2024" sheetId="25" r:id="rId2"/>
+    <sheet name="2023" sheetId="20" r:id="rId3"/>
+    <sheet name="2022" sheetId="21" r:id="rId4"/>
+    <sheet name="2021" sheetId="22" r:id="rId5"/>
+    <sheet name="2020" sheetId="23" r:id="rId6"/>
+    <sheet name="2019" sheetId="24" r:id="rId7"/>
+    <sheet name="2018" sheetId="14" r:id="rId8"/>
+    <sheet name="2017" sheetId="13" r:id="rId9"/>
+    <sheet name="2016" sheetId="6" r:id="rId10"/>
+    <sheet name="2015" sheetId="7" r:id="rId11"/>
+    <sheet name="2014" sheetId="8" r:id="rId12"/>
+    <sheet name="2013" sheetId="9" r:id="rId13"/>
+    <sheet name="2012" sheetId="10" r:id="rId14"/>
+    <sheet name="2011" sheetId="11" r:id="rId15"/>
+    <sheet name="2010" sheetId="12" r:id="rId16"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="14">'2010'!$1:$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="6">'2018'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="15">'2010'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="14">'2011'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="13">'2012'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="12">'2013'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'2014'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'2015'!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'2016'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'2017'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="7">'2018'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="49">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Berner Index der Wohnungsmietpreise nach Wohnungsgrösse, November 2014 und 2015</t>
   </si>
   <si>
     <t>(Basis: November 1982=100 und November 2003=100)</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>T 05.1.i020</t>
   </si>
   <si>
     <t>Wohnungsgrösse</t>
   </si>
   <si>
     <t>Basis November 2003=100</t>
   </si>
   <si>
     <t>Basis November 1982=100</t>
   </si>
   <si>
@@ -232,50 +235,53 @@
  Vorjahr in %</t>
   </si>
   <si>
     <t>November 2021 und 2022</t>
   </si>
   <si>
     <t>November 2020 und 2021</t>
   </si>
   <si>
     <t>November 2019 und 2020</t>
   </si>
   <si>
     <t>Berner Index der Wohnungsmietpreise nach Wohnungsgrösse,</t>
   </si>
   <si>
     <t>November 2018 und 2019</t>
   </si>
   <si>
     <t>Jahres-</t>
   </si>
   <si>
     <t>teuerung</t>
   </si>
   <si>
     <t>November 2023 und 2024</t>
+  </si>
+  <si>
+    <t>November 2024 und 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–\ "/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="##0.0;\–\ ##0.0;0.0"/>
     <numFmt numFmtId="167" formatCode="\–\ ##0.0;\–\ ##0.0"/>
     <numFmt numFmtId="168" formatCode="##0.0;\–\ ##0.0"/>
     <numFmt numFmtId="169" formatCode="##0;\–\ ##0"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -836,103 +842,107 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
@@ -951,86 +961,141 @@
 
 <file path=xl/drawings/_rels/vmlDrawing8.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3667746-0CD7-4D2D-B76D-954CF09AF7A0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CC67366-4F6E-414D-B64F-E711B2558F01}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>503801</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>85851</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1" y="1"/>
+          <a:ext cx="6037825" cy="1162175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>542925</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1040,51 +1105,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="28575"/>
           <a:ext cx="5953125" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>542925</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1094,51 +1159,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="28575"/>
           <a:ext cx="5953125" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>542925</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>21336</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1148,51 +1213,51 @@
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect r="6725"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="28575" y="28575"/>
           <a:ext cx="5953125" cy="1240536"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1214,51 +1279,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="19050" y="0"/>
           <a:ext cx="5857875" cy="1047750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1280,51 +1345,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="19050" y="0"/>
           <a:ext cx="5857875" cy="1047750"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1047750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="AdresseXLSoben">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1366,86 +1431,141 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3667746-0CD7-4D2D-B76D-954CF09AF7A0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>560325</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D774882-51FC-4B0A-A150-B19F60518047}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{690FEB59-DFB0-47E0-9508-A97050ABF96C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1456,51 +1576,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C20AA7D0-9702-4A1E-8363-0F0DAA9D19D6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1511,51 +1631,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55014E38-E6D0-45C9-815C-85DB86980363}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1566,51 +1686,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>560325</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82AC8F43-60E6-4BC2-9DA2-421AF16F7344}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1621,51 +1741,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>503801</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -1676,126 +1796,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>503801</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>85851</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
-            </a:ext>
-[...53 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="1"/>
           <a:ext cx="6037825" cy="1162175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -2076,427 +2141,731 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E42C454-B945-4E65-8D8A-88E5E2B9F8DE}">
-  <dimension ref="A1:L18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E70D103C-6D5C-40CC-9703-1F3BD56F3237}">
+  <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" s="66" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="65" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:12" s="66" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="65" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-      <c r="A6" s="69" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="69" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L6" s="71" t="s">
+        <v>33</v>
+      </c>
+    </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="L7" s="71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A7" s="72"/>
+      <c r="B7" s="90" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="90"/>
+      <c r="D7" s="90"/>
+      <c r="E7" s="90"/>
+      <c r="F7" s="90"/>
+      <c r="G7" s="90"/>
+      <c r="H7" s="90"/>
+      <c r="I7" s="74"/>
+      <c r="J7" s="90" t="s">
+        <v>30</v>
+      </c>
+      <c r="K7" s="90"/>
+      <c r="L7" s="90"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A8" s="72"/>
-[...1 lines deleted...]
-        <v>29</v>
+      <c r="B8" s="90">
+        <v>2025</v>
       </c>
       <c r="C8" s="90"/>
       <c r="D8" s="90"/>
-      <c r="E8" s="90"/>
-      <c r="F8" s="90"/>
+      <c r="E8" s="74"/>
+      <c r="F8" s="90">
+        <v>2024</v>
+      </c>
       <c r="G8" s="90"/>
       <c r="H8" s="90"/>
-      <c r="I8" s="74"/>
+      <c r="I8" s="71"/>
       <c r="J8" s="90" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="K8" s="90"/>
       <c r="L8" s="90"/>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="B9" s="90">
+    <row r="9" spans="1:12" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="73" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="73"/>
+      <c r="D9" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="77"/>
+      <c r="F9" s="73" t="s">
+        <v>8</v>
+      </c>
+      <c r="G9" s="73"/>
+      <c r="H9" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="I9" s="71"/>
+      <c r="J9" s="73">
+        <v>2025</v>
+      </c>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73">
         <v>2024</v>
       </c>
-      <c r="C9" s="90"/>
-[...37 lines deleted...]
-        <v>2023</v>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="72" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="79">
+        <v>129.5</v>
+      </c>
+      <c r="C10" s="80"/>
+      <c r="D10" s="79">
+        <v>2.5</v>
+      </c>
+      <c r="E10" s="80"/>
+      <c r="F10" s="81">
+        <v>126.3</v>
+      </c>
+      <c r="G10" s="80"/>
+      <c r="H10" s="81">
+        <v>3.5</v>
+      </c>
+      <c r="I10" s="80"/>
+      <c r="J10" s="81">
+        <v>196.8</v>
+      </c>
+      <c r="K10" s="80"/>
+      <c r="L10" s="81">
+        <v>191.9</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A11" s="72" t="s">
-[...23 lines deleted...]
-        <v>185.3</v>
+      <c r="A11" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="82">
+        <v>137.4</v>
+      </c>
+      <c r="C11" s="83"/>
+      <c r="D11" s="82">
+        <v>1</v>
+      </c>
+      <c r="E11" s="83"/>
+      <c r="F11" s="84">
+        <v>136</v>
+      </c>
+      <c r="G11" s="83"/>
+      <c r="H11" s="84">
+        <v>3.1</v>
+      </c>
+      <c r="I11" s="83"/>
+      <c r="J11" s="84">
+        <v>241.8</v>
+      </c>
+      <c r="K11" s="83"/>
+      <c r="L11" s="84">
+        <v>239.4</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B12" s="82">
-        <v>136</v>
+        <v>135.30000000000001</v>
       </c>
       <c r="C12" s="83"/>
       <c r="D12" s="82">
-        <v>3.1</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E12" s="83"/>
       <c r="F12" s="84">
-        <v>131.9</v>
+        <v>132.4</v>
       </c>
       <c r="G12" s="83"/>
       <c r="H12" s="84">
-        <v>3</v>
+        <v>3.4</v>
       </c>
       <c r="I12" s="83"/>
       <c r="J12" s="84">
-        <v>239.4</v>
+        <v>233.2</v>
       </c>
       <c r="K12" s="83"/>
       <c r="L12" s="84">
-        <v>232.1</v>
+        <v>228.2</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="63" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B13" s="82">
-        <v>132.4</v>
+        <v>127.6</v>
       </c>
       <c r="C13" s="83"/>
       <c r="D13" s="82">
-        <v>3.4</v>
+        <v>1</v>
       </c>
       <c r="E13" s="83"/>
       <c r="F13" s="84">
-        <v>128.1</v>
+        <v>126.3</v>
       </c>
       <c r="G13" s="83"/>
       <c r="H13" s="84">
-        <v>2.8</v>
+        <v>3.3</v>
       </c>
       <c r="I13" s="83"/>
       <c r="J13" s="84">
-        <v>228.2</v>
+        <v>213.3</v>
       </c>
       <c r="K13" s="83"/>
       <c r="L13" s="84">
-        <v>220.8</v>
+        <v>211.1</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="63" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B14" s="82">
-        <v>126.3</v>
+        <v>124.7</v>
       </c>
       <c r="C14" s="83"/>
       <c r="D14" s="82">
-        <v>3.3</v>
+        <v>0.5</v>
       </c>
       <c r="E14" s="83"/>
       <c r="F14" s="84">
-        <v>122.3</v>
+        <v>124</v>
       </c>
       <c r="G14" s="83"/>
       <c r="H14" s="84">
         <v>2.4</v>
       </c>
       <c r="I14" s="83"/>
       <c r="J14" s="84">
-        <v>211.1</v>
+        <v>188.4</v>
       </c>
       <c r="K14" s="83"/>
       <c r="L14" s="84">
-        <v>204.4</v>
+        <v>187.4</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="63" t="s">
-        <v>15</v>
-[...22 lines deleted...]
-        <v>183</v>
+        <v>31</v>
+      </c>
+      <c r="B15" s="79">
+        <v>134</v>
+      </c>
+      <c r="C15" s="80"/>
+      <c r="D15" s="79">
+        <v>1.4</v>
+      </c>
+      <c r="E15" s="80"/>
+      <c r="F15" s="81">
+        <v>132.1</v>
+      </c>
+      <c r="G15" s="80"/>
+      <c r="H15" s="81">
+        <v>3.2</v>
+      </c>
+      <c r="I15" s="80"/>
+      <c r="J15" s="81">
+        <v>224.8</v>
+      </c>
+      <c r="K15" s="80"/>
+      <c r="L15" s="81">
+        <v>221.6</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A16" s="63" t="s">
-[...38 lines deleted...]
-      <c r="L17" s="86" t="s">
+      <c r="A16" s="72"/>
+      <c r="B16" s="85"/>
+      <c r="C16" s="85"/>
+      <c r="D16" s="85"/>
+      <c r="E16" s="85"/>
+      <c r="F16" s="85"/>
+      <c r="G16" s="85"/>
+      <c r="H16" s="85"/>
+      <c r="I16" s="85"/>
+      <c r="J16" s="85"/>
+      <c r="K16" s="85"/>
+      <c r="L16" s="86" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="L18" s="71" t="s">
+    <row r="17" spans="12:12" x14ac:dyDescent="0.2">
+      <c r="L17" s="71" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B8:H8"/>
+    <mergeCell ref="B7:H7"/>
+    <mergeCell ref="J7:L7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="F8:H8"/>
     <mergeCell ref="J8:L8"/>
-    <mergeCell ref="B9:D9"/>
-[...1 lines deleted...]
-    <mergeCell ref="J9:L9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220497" right="0.27559055118110198" top="0.23622047244094502" bottom="0.78740157480314998" header="0.31496062992126" footer="0.35433070866141703"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:K18"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="3.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="8" style="1" customWidth="1"/>
+    <col min="6" max="6" width="6.5703125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="3.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8" style="1" customWidth="1"/>
+    <col min="10" max="11" width="11.28515625" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:11" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" s="60" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="A4" s="59" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K6" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49"/>
+      <c r="B7" s="54"/>
+      <c r="C7" s="54"/>
+      <c r="D7" s="52"/>
+      <c r="E7" s="52"/>
+      <c r="F7" s="52"/>
+      <c r="G7" s="52"/>
+      <c r="H7" s="52" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" s="49"/>
+      <c r="J7" s="52"/>
+      <c r="K7" s="53" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="4"/>
+      <c r="B8" s="52"/>
+      <c r="C8" s="52"/>
+      <c r="D8" s="52">
+        <v>2016</v>
+      </c>
+      <c r="E8" s="4"/>
+      <c r="F8" s="52"/>
+      <c r="G8" s="52"/>
+      <c r="H8" s="52">
+        <v>2015</v>
+      </c>
+      <c r="I8" s="4"/>
+      <c r="J8" s="53"/>
+      <c r="K8" s="52" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="4"/>
+      <c r="B9" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="4"/>
+      <c r="D9" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="4"/>
+      <c r="F9" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="G9" s="4"/>
+      <c r="H9" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="I9" s="4"/>
+      <c r="J9" s="4">
+        <v>2016</v>
+      </c>
+      <c r="K9" s="4">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="51"/>
+      <c r="B10" s="51"/>
+      <c r="C10" s="51"/>
+      <c r="D10" s="51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="51"/>
+      <c r="F10" s="51"/>
+      <c r="G10" s="51"/>
+      <c r="H10" s="51" t="s">
+        <v>10</v>
+      </c>
+      <c r="I10" s="51"/>
+      <c r="J10" s="51"/>
+      <c r="K10" s="51"/>
+    </row>
+    <row r="11" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="57">
+        <v>110.6</v>
+      </c>
+      <c r="C11" s="55"/>
+      <c r="D11" s="57">
+        <v>0.8</v>
+      </c>
+      <c r="E11" s="55"/>
+      <c r="F11" s="55">
+        <v>109.7</v>
+      </c>
+      <c r="G11" s="55"/>
+      <c r="H11" s="55">
+        <v>0.2</v>
+      </c>
+      <c r="I11" s="55"/>
+      <c r="J11" s="55">
+        <v>168</v>
+      </c>
+      <c r="K11" s="55">
+        <v>166.6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="57">
+        <v>119.2</v>
+      </c>
+      <c r="C12" s="55"/>
+      <c r="D12" s="57">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E12" s="55"/>
+      <c r="F12" s="55">
+        <v>117.9</v>
+      </c>
+      <c r="G12" s="55"/>
+      <c r="H12" s="55">
+        <v>0.9</v>
+      </c>
+      <c r="I12" s="55"/>
+      <c r="J12" s="55">
+        <v>209.7</v>
+      </c>
+      <c r="K12" s="55">
+        <v>207.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="57">
+        <v>117.4</v>
+      </c>
+      <c r="C13" s="55"/>
+      <c r="D13" s="57">
+        <v>1.3</v>
+      </c>
+      <c r="E13" s="55"/>
+      <c r="F13" s="55">
+        <v>115.9</v>
+      </c>
+      <c r="G13" s="55"/>
+      <c r="H13" s="55">
+        <v>1.3</v>
+      </c>
+      <c r="I13" s="55"/>
+      <c r="J13" s="55">
+        <v>202.4</v>
+      </c>
+      <c r="K13" s="55">
+        <v>199.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="57">
+        <v>113.6</v>
+      </c>
+      <c r="C14" s="55"/>
+      <c r="D14" s="57">
+        <v>1</v>
+      </c>
+      <c r="E14" s="55"/>
+      <c r="F14" s="55">
+        <v>112.5</v>
+      </c>
+      <c r="G14" s="55"/>
+      <c r="H14" s="55">
+        <v>0.4</v>
+      </c>
+      <c r="I14" s="55"/>
+      <c r="J14" s="55">
+        <v>189.8</v>
+      </c>
+      <c r="K14" s="55">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="57">
+        <v>112.2</v>
+      </c>
+      <c r="C15" s="55"/>
+      <c r="D15" s="57">
+        <v>1.6</v>
+      </c>
+      <c r="E15" s="55"/>
+      <c r="F15" s="55">
+        <v>110.4</v>
+      </c>
+      <c r="G15" s="55"/>
+      <c r="H15" s="55">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I15" s="55"/>
+      <c r="J15" s="55">
+        <v>169.4</v>
+      </c>
+      <c r="K15" s="55">
+        <v>166.8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="58">
+        <v>117.4</v>
+      </c>
+      <c r="C16" s="56"/>
+      <c r="D16" s="58">
+        <v>1.2</v>
+      </c>
+      <c r="E16" s="56"/>
+      <c r="F16" s="56">
+        <v>116</v>
+      </c>
+      <c r="G16" s="56"/>
+      <c r="H16" s="56">
+        <v>0.9</v>
+      </c>
+      <c r="I16" s="56"/>
+      <c r="J16" s="56">
+        <v>196.9</v>
+      </c>
+      <c r="K16" s="56">
+        <v>194.6</v>
+      </c>
+    </row>
+    <row r="17" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K17" s="5" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="K18" s="48" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
+&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -2806,51 +3175,51 @@
       </c>
     </row>
     <row r="17" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K17" s="11" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:Q43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -3201,51 +3570,51 @@
     <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="41"/>
       <c r="Q43" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="C26:I26"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:Q43"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -3596,51 +3965,51 @@
     <row r="41" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" s="41"/>
       <c r="Q43" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="C26:I26"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0" top="0.31496062992125984" bottom="1.0236220472440944" header="0.19685039370078741" footer="0.43307086614173229"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, E-Mail: statistik@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:Q41"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -3933,51 +4302,51 @@
     <row r="38" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="41"/>
       <c r="Q41" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:Q41"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -4272,51 +4641,51 @@
     <row r="40" spans="1:17" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="41"/>
       <c r="Q41" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="J9:K9"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:Q41"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="6" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="6" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="6" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="13" style="6" customWidth="1"/>
     <col min="8" max="8" width="4.140625" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="6" customWidth="1"/>
     <col min="10" max="10" width="2.7109375" style="6" customWidth="1"/>
     <col min="11" max="11" width="8.42578125" style="6" customWidth="1"/>
     <col min="12" max="18" width="8.7109375" style="6" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="98.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
@@ -4612,50 +4981,371 @@
     <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" s="41"/>
       <c r="Q41" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="J9:K9"/>
   </mergeCells>
   <pageMargins left="0.74" right="0.17" top="0.33" bottom="1.04" header="0.18" footer="0.42"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;8Statistikdienste der Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, Telefax 031 321 75 39, E-Mail: statistikdienste@bern.ch; Internet: www.bern.ch/statistik&amp;R&amp;G
 &amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E42C454-B945-4E65-8D8A-88E5E2B9F8DE}">
+  <dimension ref="A1:L18"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
+    <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
+    <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
+    <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
+    <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
+    <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
+    <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
+    <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
+    <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
+    <col min="13" max="13" width="14" style="64" customWidth="1"/>
+    <col min="14" max="16384" width="11.42578125" style="64"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:12" s="66" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="65" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" s="66" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="65" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" s="68" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="67" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" s="70" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="69" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L7" s="71" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A8" s="72"/>
+      <c r="B8" s="90" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="90"/>
+      <c r="D8" s="90"/>
+      <c r="E8" s="90"/>
+      <c r="F8" s="90"/>
+      <c r="G8" s="90"/>
+      <c r="H8" s="90"/>
+      <c r="I8" s="74"/>
+      <c r="J8" s="90" t="s">
+        <v>30</v>
+      </c>
+      <c r="K8" s="90"/>
+      <c r="L8" s="90"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="B9" s="90">
+        <v>2024</v>
+      </c>
+      <c r="C9" s="90"/>
+      <c r="D9" s="90"/>
+      <c r="E9" s="74"/>
+      <c r="F9" s="90">
+        <v>2023</v>
+      </c>
+      <c r="G9" s="90"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="71"/>
+      <c r="J9" s="90" t="s">
+        <v>8</v>
+      </c>
+      <c r="K9" s="90"/>
+      <c r="L9" s="90"/>
+    </row>
+    <row r="10" spans="1:12" s="78" customFormat="1" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A10" s="75"/>
+      <c r="B10" s="73" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="73"/>
+      <c r="D10" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" s="77"/>
+      <c r="F10" s="73" t="s">
+        <v>8</v>
+      </c>
+      <c r="G10" s="73"/>
+      <c r="H10" s="76" t="s">
+        <v>39</v>
+      </c>
+      <c r="I10" s="77"/>
+      <c r="J10" s="73">
+        <v>2024</v>
+      </c>
+      <c r="K10" s="73"/>
+      <c r="L10" s="73">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="72" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" s="79">
+        <v>126.3</v>
+      </c>
+      <c r="C11" s="80"/>
+      <c r="D11" s="79">
+        <v>3.5</v>
+      </c>
+      <c r="E11" s="80"/>
+      <c r="F11" s="81">
+        <v>122</v>
+      </c>
+      <c r="G11" s="80"/>
+      <c r="H11" s="81">
+        <v>3.5</v>
+      </c>
+      <c r="I11" s="80"/>
+      <c r="J11" s="81">
+        <v>191.9</v>
+      </c>
+      <c r="K11" s="80"/>
+      <c r="L11" s="81">
+        <v>185.3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="82">
+        <v>136</v>
+      </c>
+      <c r="C12" s="83"/>
+      <c r="D12" s="82">
+        <v>3.1</v>
+      </c>
+      <c r="E12" s="83"/>
+      <c r="F12" s="84">
+        <v>131.9</v>
+      </c>
+      <c r="G12" s="83"/>
+      <c r="H12" s="84">
+        <v>3</v>
+      </c>
+      <c r="I12" s="83"/>
+      <c r="J12" s="84">
+        <v>239.4</v>
+      </c>
+      <c r="K12" s="83"/>
+      <c r="L12" s="84">
+        <v>232.1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A13" s="63" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="82">
+        <v>132.4</v>
+      </c>
+      <c r="C13" s="83"/>
+      <c r="D13" s="82">
+        <v>3.4</v>
+      </c>
+      <c r="E13" s="83"/>
+      <c r="F13" s="84">
+        <v>128.1</v>
+      </c>
+      <c r="G13" s="83"/>
+      <c r="H13" s="84">
+        <v>2.8</v>
+      </c>
+      <c r="I13" s="83"/>
+      <c r="J13" s="84">
+        <v>228.2</v>
+      </c>
+      <c r="K13" s="83"/>
+      <c r="L13" s="84">
+        <v>220.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="82">
+        <v>126.3</v>
+      </c>
+      <c r="C14" s="83"/>
+      <c r="D14" s="82">
+        <v>3.3</v>
+      </c>
+      <c r="E14" s="83"/>
+      <c r="F14" s="84">
+        <v>122.3</v>
+      </c>
+      <c r="G14" s="83"/>
+      <c r="H14" s="84">
+        <v>2.4</v>
+      </c>
+      <c r="I14" s="83"/>
+      <c r="J14" s="84">
+        <v>211.1</v>
+      </c>
+      <c r="K14" s="83"/>
+      <c r="L14" s="84">
+        <v>204.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A15" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="82">
+        <v>124</v>
+      </c>
+      <c r="C15" s="83"/>
+      <c r="D15" s="82">
+        <v>2.4</v>
+      </c>
+      <c r="E15" s="83"/>
+      <c r="F15" s="84">
+        <v>121.1</v>
+      </c>
+      <c r="G15" s="83"/>
+      <c r="H15" s="84">
+        <v>3.6</v>
+      </c>
+      <c r="I15" s="83"/>
+      <c r="J15" s="84">
+        <v>187.4</v>
+      </c>
+      <c r="K15" s="83"/>
+      <c r="L15" s="84">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="63" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="79">
+        <v>132.1</v>
+      </c>
+      <c r="C16" s="80"/>
+      <c r="D16" s="79">
+        <v>3.2</v>
+      </c>
+      <c r="E16" s="80"/>
+      <c r="F16" s="81">
+        <v>128</v>
+      </c>
+      <c r="G16" s="80"/>
+      <c r="H16" s="81">
+        <v>3</v>
+      </c>
+      <c r="I16" s="80"/>
+      <c r="J16" s="81">
+        <v>221.6</v>
+      </c>
+      <c r="K16" s="80"/>
+      <c r="L16" s="81">
+        <v>214.7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A17" s="72"/>
+      <c r="B17" s="85"/>
+      <c r="C17" s="85"/>
+      <c r="D17" s="85"/>
+      <c r="E17" s="85"/>
+      <c r="F17" s="85"/>
+      <c r="G17" s="85"/>
+      <c r="H17" s="85"/>
+      <c r="I17" s="85"/>
+      <c r="J17" s="85"/>
+      <c r="K17" s="85"/>
+      <c r="L17" s="86" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="L18" s="71" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="B8:H8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="F9:H9"/>
+    <mergeCell ref="J9:L9"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220497" right="0.27559055118110198" top="0.23622047244094502" bottom="0.78740157480314998" header="0.31496062992126" footer="0.35433070866141703"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A294BDDD-8F9E-483E-AB5E-CCD72CE72852}">
   <dimension ref="A1:L18"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -4932,51 +5622,51 @@
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L18" s="71" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:L9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220497" right="0.27559055118110198" top="0.23622047244094502" bottom="0.78740157480314998" header="0.31496062992126" footer="0.35433070866141703"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9C86936E-F62B-47C7-805D-F008C7B053E9}">
   <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -5261,51 +5951,51 @@
       <c r="L18" s="87"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L19" s="71" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:L9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220497" right="0.27559055118110198" top="0.23622047244094502" bottom="0.78740157480314998" header="0.31496062992126" footer="0.35433070866141703"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1238A3E9-D9AF-4AD0-B25A-19275A6ADA12}">
   <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -5590,51 +6280,51 @@
       <c r="L18" s="87"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L19" s="71" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:L9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1AA406E5-EEB0-4BBC-967B-D4273E7A1FAE}">
   <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -5919,51 +6609,51 @@
       <c r="L18" s="87"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="L19" s="71" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:L9"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA9D5B5B-BCC4-4326-96B9-2B4E46ED8AF3}">
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="63" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="64" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="64" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="64" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="64" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="64" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="64" customWidth="1"/>
     <col min="9" max="9" width="3.7109375" style="64" customWidth="1"/>
     <col min="10" max="10" width="10.140625" style="64" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="64" customWidth="1"/>
     <col min="12" max="12" width="10.140625" style="64" customWidth="1"/>
     <col min="13" max="13" width="14" style="64" customWidth="1"/>
     <col min="14" max="16384" width="11.42578125" style="64"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:12" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -6286,51 +6976,51 @@
     <mergeCell ref="I10:I12"/>
     <mergeCell ref="J10:J12"/>
     <mergeCell ref="K10:K12"/>
     <mergeCell ref="L10:L12"/>
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:L9"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="C10:C12"/>
     <mergeCell ref="E10:E12"/>
     <mergeCell ref="F10:F12"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="1" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="11" width="11.28515625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>34</v>
@@ -6590,51 +7280,51 @@
       <c r="K16" s="56">
         <v>198.1</v>
       </c>
     </row>
     <row r="17" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K17" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="K18" s="48" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="6.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="8" style="1" customWidth="1"/>
     <col min="6" max="6" width="6.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="3.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="11" width="11.28515625" style="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>32</v>
@@ -6896,386 +7586,81 @@
       </c>
     </row>
     <row r="17" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="K17" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="11:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="K18" s="48" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;G
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-[...304 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="25" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>'2010'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2011'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2012'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2013'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2014'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2015'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2016'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2017'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2018'!Drucktitel</vt:lpstr>
     </vt:vector>