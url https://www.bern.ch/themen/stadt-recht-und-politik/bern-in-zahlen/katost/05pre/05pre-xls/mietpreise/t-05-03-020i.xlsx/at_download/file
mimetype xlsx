--- v0 (2025-12-18)
+++ v1 (2026-02-26)
@@ -1,165 +1,168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\05\Aktuell\03_Mietpreise\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC966788-BC9D-4384-8A62-079A970ADB62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C94BC9CC-B5BC-48C8-BC8C-C068F7E28C04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="seit 1940" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'seit 1940'!$1:$8</definedName>
     <definedName name="Print_Titles" localSheetId="0">'seit 1940'!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="20">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Berner Index der Wohnungsmietpreise seit 1940</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Datenquelle: Statistik Stadt Bern, Mietpreiserhebung</t>
   </si>
   <si>
     <t>Jahresdurchschnitt</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>Mai 1939 = 100</t>
   </si>
   <si>
     <t>Mai 1966 = 100</t>
   </si>
   <si>
     <t>Mai 1977 = 100</t>
   </si>
   <si>
     <t>Nov 1982 = 100</t>
   </si>
   <si>
     <t>Nov 2003 = 100</t>
   </si>
   <si>
     <t>T 05.03.020i</t>
   </si>
   <si>
-    <t>Berner Index der Wohnungsmietpreise mit Basisjahr…</t>
-[...1 lines deleted...]
-  <si>
     <t>Veränderung</t>
   </si>
   <si>
     <t>gegenüber</t>
   </si>
   <si>
     <r>
       <t>Vorjahr in %</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1  </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>vor 1982 berechnet anhand der Indexreihe Mai 1939 = 100 mit einer Stelle hinter dem Komma</t>
     </r>
+  </si>
+  <si>
+    <t>Basis</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;0.0"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -722,126 +725,126 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H88"/>
+  <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="14.7109375" style="1" customWidth="1"/>
     <col min="3" max="7" width="12.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="11" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:8" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:8" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A3" s="19" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="20" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A4" s="21" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="H5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="12"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="11" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="13"/>
       <c r="B7" s="13"/>
       <c r="C7" s="14" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="14" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>8</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15"/>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="3">
         <v>1940</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="4">
         <v>100.8</v>
       </c>
       <c r="H9" s="4">
@@ -2752,132 +2755,158 @@
       </c>
       <c r="B83" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C83" s="4">
         <v>124.3</v>
       </c>
       <c r="D83" s="4">
         <v>208.5</v>
       </c>
       <c r="E83" s="4">
         <v>252.8</v>
       </c>
       <c r="F83" s="4">
         <v>489.2</v>
       </c>
       <c r="G83" s="4">
         <v>865.4</v>
       </c>
       <c r="H83" s="4">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="84" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C84" s="4">
         <v>128</v>
       </c>
       <c r="D84" s="4">
         <v>214.7</v>
       </c>
       <c r="E84" s="4">
         <v>260.3</v>
       </c>
       <c r="F84" s="4">
         <v>503.7</v>
       </c>
       <c r="G84" s="4">
         <v>891.1</v>
       </c>
       <c r="H84" s="4">
         <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="16">
+      <c r="A85" s="3">
         <v>2024</v>
       </c>
-      <c r="B85" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="18">
+      <c r="B85" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" s="4">
         <v>132.1</v>
       </c>
-      <c r="D85" s="18">
+      <c r="D85" s="4">
         <v>221.6</v>
       </c>
-      <c r="E85" s="18">
+      <c r="E85" s="4">
         <v>268.7</v>
       </c>
-      <c r="F85" s="18">
+      <c r="F85" s="4">
         <v>519.9</v>
       </c>
-      <c r="G85" s="18">
+      <c r="G85" s="4">
         <v>919.7</v>
       </c>
-      <c r="H85" s="18">
+      <c r="H85" s="4">
         <v>3.2</v>
       </c>
     </row>
     <row r="86" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="H86" s="22" t="s">
+      <c r="A86" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B86" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" s="18">
+        <v>134</v>
+      </c>
+      <c r="D86" s="18">
+        <v>224.8</v>
+      </c>
+      <c r="E86" s="18">
+        <v>272.5</v>
+      </c>
+      <c r="F86" s="18">
+        <v>527.4</v>
+      </c>
+      <c r="G86" s="18">
+        <v>932.9</v>
+      </c>
+      <c r="H86" s="18">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H87" s="22" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-    </row>
     <row r="88" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="23"/>
-[...6 lines deleted...]
-      <c r="H88" s="25" t="s">
+      <c r="A88" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B88" s="27"/>
+      <c r="C88" s="27"/>
+      <c r="D88" s="27"/>
+      <c r="E88" s="27"/>
+      <c r="F88" s="27"/>
+      <c r="G88" s="27"/>
+      <c r="H88" s="27"/>
+    </row>
+    <row r="89" spans="1:8" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="23"/>
+      <c r="B89" s="24"/>
+      <c r="C89" s="24"/>
+      <c r="D89" s="24"/>
+      <c r="E89" s="24"/>
+      <c r="F89" s="24"/>
+      <c r="G89" s="24"/>
+      <c r="H89" s="25" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="A88:H88"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>