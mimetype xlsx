--- v0 (2026-02-26)
+++ v1 (2026-03-24)
@@ -12,96 +12,96 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\06\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16C61689-C414-4146-B3EA-2D09BD110967}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9F852E63-80F5-4783-A2CB-C05A82F633B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="43" r:id="rId1"/>
     <sheet name="2025" sheetId="42" r:id="rId2"/>
     <sheet name="2024" sheetId="41" r:id="rId3"/>
     <sheet name="2023" sheetId="40" r:id="rId4"/>
     <sheet name="2022" sheetId="39" r:id="rId5"/>
     <sheet name="2021" sheetId="38" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F24" i="43" l="1"/>
-  <c r="G24" i="43"/>
+  <c r="G24" i="43" l="1"/>
+  <c r="F24" i="43"/>
   <c r="E24" i="43"/>
   <c r="C24" i="43"/>
-  <c r="F23" i="43"/>
   <c r="G23" i="43"/>
   <c r="E23" i="43"/>
+  <c r="F23" i="43"/>
   <c r="C23" i="43"/>
   <c r="G22" i="43"/>
   <c r="F22" i="43"/>
   <c r="E22" i="43"/>
   <c r="C20" i="43"/>
   <c r="C19" i="43"/>
   <c r="C18" i="43"/>
   <c r="C17" i="43"/>
   <c r="C16" i="43"/>
   <c r="C15" i="43"/>
   <c r="C14" i="43"/>
   <c r="C13" i="43"/>
   <c r="C12" i="43"/>
   <c r="C11" i="43"/>
   <c r="C10" i="43"/>
   <c r="C9" i="43"/>
   <c r="F23" i="42"/>
   <c r="G23" i="42"/>
   <c r="E23" i="42"/>
   <c r="F24" i="42"/>
   <c r="G24" i="42"/>
   <c r="E24" i="42"/>
   <c r="C24" i="42"/>
   <c r="C23" i="42"/>
   <c r="C18" i="42"/>
@@ -326,54 +326,54 @@
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.1.2023)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2023</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.1.2024)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2024</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 6.1.2025)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2025</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 8.1.2026)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2026</t>
   </si>
   <si>
-    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 5.2.2026)</t>
+    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 5.3.2026)</t>
   </si>
   <si>
-    <t>Total (Januar)</t>
+    <t>Total (Januar bis Februar)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1331,58 +1331,64 @@
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22">
         <f>IF(SUM(E9:G9)=0,"",SUM(E9:G9))</f>
         <v>52</v>
       </c>
       <c r="D9" s="19"/>
       <c r="E9" s="20">
         <v>32</v>
       </c>
       <c r="F9" s="20">
         <v>1</v>
       </c>
       <c r="G9" s="20">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="22" t="str">
+      <c r="C10" s="22">
         <f>IF(SUM(E10:G10)=0,"",SUM(E10:G10))</f>
-        <v/>
+        <v>54</v>
       </c>
       <c r="D10" s="19"/>
-      <c r="E10" s="19"/>
-[...1 lines deleted...]
-      <c r="G10" s="19"/>
+      <c r="E10" s="19">
+        <v>37</v>
+      </c>
+      <c r="F10" s="19">
+        <v>0</v>
+      </c>
+      <c r="G10" s="19">
+        <v>17</v>
+      </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="22" t="str">
         <f>IF(SUM(E11:G11)=0,"",SUM(E11:G11))</f>
         <v/>
       </c>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="19"/>
       <c r="G11" s="19"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="22" t="str">
         <f>IF(SUM(E12:G12)=0,"",SUM(E12:G12))</f>
         <v/>
       </c>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
@@ -1488,109 +1494,109 @@
         <v/>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="22"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14"/>
       <c r="B22" s="4">
         <v>2026</v>
       </c>
       <c r="C22" s="22">
         <f>SUM(C9:C20)</f>
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="D22" s="19"/>
       <c r="E22" s="19">
         <f>SUM(E9:E20)</f>
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
         <v>1</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4">
         <v>2025</v>
       </c>
       <c r="C23" s="22">
-        <f>'2025'!C9</f>
-        <v>27</v>
+        <f>'2025'!C9+'2025'!C10</f>
+        <v>56</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="19">
-        <f>'2025'!E9</f>
-        <v>10</v>
+        <f>'2025'!E9+'2025'!E10</f>
+        <v>17</v>
       </c>
       <c r="F23" s="19">
-        <f>'2025'!F9</f>
+        <f>'2025'!F9+'2025'!F10</f>
         <v>1</v>
       </c>
       <c r="G23" s="19">
-        <f>'2025'!G9</f>
-        <v>16</v>
+        <f>'2025'!G9+'2025'!G10</f>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12">
         <v>2024</v>
       </c>
       <c r="C24" s="23">
-        <f>'2024'!C9</f>
-        <v>29</v>
+        <f>'2024'!C9+'2024'!C10</f>
+        <v>69</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21">
-        <f>'2024'!E9</f>
-        <v>17</v>
+        <f>'2024'!E9+'2024'!E10</f>
+        <v>29</v>
       </c>
       <c r="F24" s="21">
-        <f>'2024'!F9</f>
-        <v>2</v>
+        <f>'2024'!F9+'2024'!F10</f>
+        <v>3</v>
       </c>
       <c r="G24" s="21">
-        <f>'2024'!G9</f>
-        <v>10</v>
+        <f>'2024'!G9+'2024'!G10</f>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="G25" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="G26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">