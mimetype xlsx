--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -17,103 +17,103 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\06\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E32AF7DD-16E6-4BB1-AEDC-322AA312A7DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D21B5A0B-4D0B-4DCB-986F-0A90F83B002F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="42" r:id="rId1"/>
     <sheet name="2024" sheetId="41" r:id="rId2"/>
     <sheet name="2023" sheetId="40" r:id="rId3"/>
     <sheet name="2022" sheetId="39" r:id="rId4"/>
     <sheet name="2021" sheetId="38" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G24" i="42" l="1"/>
   <c r="F24" i="42"/>
   <c r="E24" i="42"/>
   <c r="C24" i="42"/>
-  <c r="C23" i="42"/>
   <c r="G23" i="42"/>
   <c r="F23" i="42"/>
   <c r="E23" i="42"/>
+  <c r="C23" i="42"/>
+  <c r="C17" i="42"/>
   <c r="E22" i="42"/>
   <c r="C11" i="42"/>
   <c r="F24" i="39"/>
   <c r="G24" i="39"/>
   <c r="E24" i="39"/>
   <c r="C24" i="39"/>
   <c r="C24" i="38"/>
   <c r="C23" i="38"/>
   <c r="G22" i="42"/>
   <c r="F22" i="42"/>
   <c r="C20" i="42"/>
   <c r="C19" i="42"/>
   <c r="C18" i="42"/>
-  <c r="C17" i="42"/>
   <c r="C16" i="42"/>
   <c r="C15" i="42"/>
   <c r="C14" i="42"/>
   <c r="C13" i="42"/>
   <c r="C12" i="42"/>
   <c r="C10" i="42"/>
   <c r="C9" i="42"/>
   <c r="F24" i="41"/>
   <c r="G24" i="41"/>
   <c r="E24" i="41"/>
   <c r="C24" i="41"/>
   <c r="F23" i="41"/>
   <c r="G23" i="41"/>
   <c r="E23" i="41"/>
   <c r="C23" i="41"/>
   <c r="F22" i="41"/>
   <c r="G22" i="41"/>
   <c r="E22" i="41"/>
   <c r="C22" i="41"/>
   <c r="F23" i="40"/>
   <c r="G23" i="40"/>
   <c r="E23" i="40"/>
   <c r="C23" i="40"/>
   <c r="F24" i="40"/>
   <c r="G24" i="40"/>
@@ -293,54 +293,54 @@
   <si>
     <t>T 06.02.510i</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2022</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.1.2023)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2023</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.1.2024)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2024</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 6.1.2025)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2025</t>
   </si>
   <si>
-    <t>Total (Januar bis August)</t>
+    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.10.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.9.2025)</t>
+    <t>Total (Januar bis September)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1368,201 +1368,207 @@
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="16" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="22">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="D16" s="19"/>
       <c r="E16" s="19">
         <v>4</v>
       </c>
       <c r="F16" s="19">
         <v>2</v>
       </c>
       <c r="G16" s="19">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="22" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="C17" s="22">
+        <f t="shared" si="0"/>
+        <v>24</v>
       </c>
       <c r="D17" s="19"/>
-      <c r="E17" s="19"/>
-[...1 lines deleted...]
-      <c r="G17" s="19"/>
+      <c r="E17" s="19">
+        <v>5</v>
+      </c>
+      <c r="F17" s="19">
+        <v>1</v>
+      </c>
+      <c r="G17" s="19">
+        <v>18</v>
+      </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="16" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="22" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D18" s="19"/>
       <c r="E18" s="19"/>
       <c r="F18" s="19"/>
       <c r="G18" s="19"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="16" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="22" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="16" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="23" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="22"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14"/>
       <c r="B22" s="4">
         <v>2025</v>
       </c>
       <c r="C22" s="22">
         <f>SUM(C9:C20)</f>
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="D22" s="19"/>
       <c r="E22" s="19">
         <f>SUM(E9:E20)</f>
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>143</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4">
         <v>2024</v>
       </c>
       <c r="C23" s="22">
-        <f>'2024'!C9+'2024'!C10+'2024'!C11+'2024'!C12+'2024'!C13+'2024'!C14+'2024'!C15+'2024'!C16</f>
-        <v>238</v>
+        <f>'2024'!C9+'2024'!C10+'2024'!C11+'2024'!C12+'2024'!C13+'2024'!C14+'2024'!C15+'2024'!C16+'2024'!C17</f>
+        <v>263</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="19">
-        <f>'2024'!E9+'2024'!E10+'2024'!E11+'2024'!E12+'2024'!E13+'2024'!E14+'2024'!E15+'2024'!E16</f>
-        <v>83</v>
+        <f>'2024'!E9+'2024'!E10+'2024'!E11+'2024'!E12+'2024'!E13+'2024'!E14+'2024'!E15+'2024'!E16+'2024'!E17</f>
+        <v>95</v>
       </c>
       <c r="F23" s="19">
-        <f>'2024'!F9+'2024'!F10+'2024'!F11+'2024'!F12+'2024'!F13+'2024'!F14+'2024'!F15+'2024'!F16</f>
-        <v>10</v>
+        <f>'2024'!F9+'2024'!F10+'2024'!F11+'2024'!F12+'2024'!F13+'2024'!F14+'2024'!F15+'2024'!F16+'2024'!F17</f>
+        <v>11</v>
       </c>
       <c r="G23" s="19">
-        <f>'2024'!G9+'2024'!G10+'2024'!G11+'2024'!G12+'2024'!G13+'2024'!G14+'2024'!G15+'2024'!G16</f>
-        <v>145</v>
+        <f>'2024'!G9+'2024'!G10+'2024'!G11+'2024'!G12+'2024'!G13+'2024'!G14+'2024'!G15+'2024'!G16+'2024'!G17</f>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12">
         <v>2023</v>
       </c>
       <c r="C24" s="23">
-        <f>'2023'!C9+'2023'!C10+'2023'!C11+'2023'!C12+'2023'!C13+'2023'!C14+'2023'!C15+'2023'!C16</f>
-        <v>237</v>
+        <f>'2023'!C9+'2023'!C10+'2023'!C11+'2023'!C12+'2023'!C13+'2023'!C14+'2023'!C15+'2023'!C16+'2023'!C17</f>
+        <v>259</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21">
-        <f>'2023'!E9+'2023'!E10+'2023'!E11+'2023'!E12+'2023'!E13+'2023'!E14+'2023'!E15+'2023'!E16</f>
-        <v>59</v>
+        <f>'2023'!E9+'2023'!E10+'2023'!E11+'2023'!E12+'2023'!E13+'2023'!E14+'2023'!E15+'2023'!E16+'2023'!E17</f>
+        <v>64</v>
       </c>
       <c r="F24" s="21">
-        <f>'2023'!F9+'2023'!F10+'2023'!F11+'2023'!F12+'2023'!F13+'2023'!F14+'2023'!F15+'2023'!F16</f>
-        <v>11</v>
+        <f>'2023'!F9+'2023'!F10+'2023'!F11+'2023'!F12+'2023'!F13+'2023'!F14+'2023'!F15+'2023'!F16+'2023'!F17</f>
+        <v>12</v>
       </c>
       <c r="G24" s="21">
-        <f>'2023'!G9+'2023'!G10+'2023'!G11+'2023'!G12+'2023'!G13+'2023'!G14+'2023'!G15+'2023'!G16</f>
-        <v>167</v>
+        <f>'2023'!G9+'2023'!G10+'2023'!G11+'2023'!G12+'2023'!G13+'2023'!G14+'2023'!G15+'2023'!G16+'2023'!G17</f>
+        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="G25" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="G26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E057165-9ED9-4872-8437-C1DFD5C70500}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>