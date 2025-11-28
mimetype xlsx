--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -10,110 +10,110 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\06\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D21B5A0B-4D0B-4DCB-986F-0A90F83B002F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9010984C-CD87-472E-8B38-CEFA970087A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="42" r:id="rId1"/>
     <sheet name="2024" sheetId="41" r:id="rId2"/>
     <sheet name="2023" sheetId="40" r:id="rId3"/>
     <sheet name="2022" sheetId="39" r:id="rId4"/>
     <sheet name="2021" sheetId="38" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G24" i="42" l="1"/>
   <c r="F24" i="42"/>
   <c r="E24" i="42"/>
   <c r="C24" i="42"/>
   <c r="G23" i="42"/>
   <c r="F23" i="42"/>
   <c r="E23" i="42"/>
   <c r="C23" i="42"/>
+  <c r="C18" i="42"/>
   <c r="C17" i="42"/>
   <c r="E22" i="42"/>
   <c r="C11" i="42"/>
   <c r="F24" i="39"/>
   <c r="G24" i="39"/>
   <c r="E24" i="39"/>
   <c r="C24" i="39"/>
   <c r="C24" i="38"/>
   <c r="C23" i="38"/>
   <c r="G22" i="42"/>
   <c r="F22" i="42"/>
   <c r="C20" i="42"/>
   <c r="C19" i="42"/>
-  <c r="C18" i="42"/>
   <c r="C16" i="42"/>
   <c r="C15" i="42"/>
   <c r="C14" i="42"/>
   <c r="C13" i="42"/>
   <c r="C12" i="42"/>
   <c r="C10" i="42"/>
   <c r="C9" i="42"/>
   <c r="F24" i="41"/>
   <c r="G24" i="41"/>
   <c r="E24" i="41"/>
   <c r="C24" i="41"/>
   <c r="F23" i="41"/>
   <c r="G23" i="41"/>
   <c r="E23" i="41"/>
   <c r="C23" i="41"/>
   <c r="F22" i="41"/>
   <c r="G22" i="41"/>
   <c r="E22" i="41"/>
   <c r="C22" i="41"/>
   <c r="F23" i="40"/>
   <c r="G23" i="40"/>
   <c r="E23" i="40"/>
   <c r="C23" i="40"/>
   <c r="F24" i="40"/>
   <c r="G24" i="40"/>
@@ -293,54 +293,54 @@
   <si>
     <t>T 06.02.510i</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2022</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.1.2023)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2023</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.1.2024)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2024</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 6.1.2025)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.10.2025)</t>
+    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.11.2025)</t>
   </si>
   <si>
-    <t>Total (Januar bis September)</t>
+    <t>Total (Januar bis Oktober)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1387,162 +1387,168 @@
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="16" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="22">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="D17" s="19"/>
       <c r="E17" s="19">
         <v>5</v>
       </c>
       <c r="F17" s="19">
         <v>1</v>
       </c>
       <c r="G17" s="19">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="22" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="C18" s="22">
+        <f t="shared" si="0"/>
+        <v>47</v>
       </c>
       <c r="D18" s="19"/>
-      <c r="E18" s="19"/>
-[...1 lines deleted...]
-      <c r="G18" s="19"/>
+      <c r="E18" s="19">
+        <v>17</v>
+      </c>
+      <c r="F18" s="19">
+        <v>1</v>
+      </c>
+      <c r="G18" s="19">
+        <v>29</v>
+      </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="16" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="22" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="16" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="23" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="D20" s="21"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="22"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14"/>
       <c r="B22" s="4">
         <v>2025</v>
       </c>
       <c r="C22" s="22">
         <f>SUM(C9:C20)</f>
-        <v>251</v>
+        <v>298</v>
       </c>
       <c r="D22" s="19"/>
       <c r="E22" s="19">
         <f>SUM(E9:E20)</f>
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>161</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4">
         <v>2024</v>
       </c>
       <c r="C23" s="22">
-        <f>'2024'!C9+'2024'!C10+'2024'!C11+'2024'!C12+'2024'!C13+'2024'!C14+'2024'!C15+'2024'!C16+'2024'!C17</f>
-        <v>263</v>
+        <f>'2024'!C9+'2024'!C10+'2024'!C11+'2024'!C12+'2024'!C13+'2024'!C14+'2024'!C15+'2024'!C16+'2024'!C17+'2024'!C18</f>
+        <v>292</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="19">
-        <f>'2024'!E9+'2024'!E10+'2024'!E11+'2024'!E12+'2024'!E13+'2024'!E14+'2024'!E15+'2024'!E16+'2024'!E17</f>
-        <v>95</v>
+        <f>'2024'!E9+'2024'!E10+'2024'!E11+'2024'!E12+'2024'!E13+'2024'!E14+'2024'!E15+'2024'!E16+'2024'!E17+'2024'!E18</f>
+        <v>103</v>
       </c>
       <c r="F23" s="19">
-        <f>'2024'!F9+'2024'!F10+'2024'!F11+'2024'!F12+'2024'!F13+'2024'!F14+'2024'!F15+'2024'!F16+'2024'!F17</f>
+        <f>'2024'!F9+'2024'!F10+'2024'!F11+'2024'!F12+'2024'!F13+'2024'!F14+'2024'!F15+'2024'!F16+'2024'!F17+'2024'!F18</f>
         <v>11</v>
       </c>
       <c r="G23" s="19">
-        <f>'2024'!G9+'2024'!G10+'2024'!G11+'2024'!G12+'2024'!G13+'2024'!G14+'2024'!G15+'2024'!G16+'2024'!G17</f>
-        <v>157</v>
+        <f>'2024'!G9+'2024'!G10+'2024'!G11+'2024'!G12+'2024'!G13+'2024'!G14+'2024'!G15+'2024'!G16+'2024'!G17+'2024'!G18</f>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12">
         <v>2023</v>
       </c>
       <c r="C24" s="23">
-        <f>'2023'!C9+'2023'!C10+'2023'!C11+'2023'!C12+'2023'!C13+'2023'!C14+'2023'!C15+'2023'!C16+'2023'!C17</f>
-        <v>259</v>
+        <f>'2023'!C9+'2023'!C10+'2023'!C11+'2023'!C12+'2023'!C13+'2023'!C14+'2023'!C15+'2023'!C16+'2023'!C17+'2023'!C18</f>
+        <v>298</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21">
-        <f>'2023'!E9+'2023'!E10+'2023'!E11+'2023'!E12+'2023'!E13+'2023'!E14+'2023'!E15+'2023'!E16+'2023'!E17</f>
-        <v>64</v>
+        <f>'2023'!E9+'2023'!E10+'2023'!E11+'2023'!E12+'2023'!E13+'2023'!E14+'2023'!E15+'2023'!E16+'2023'!E17+'2023'!E18</f>
+        <v>72</v>
       </c>
       <c r="F24" s="21">
-        <f>'2023'!F9+'2023'!F10+'2023'!F11+'2023'!F12+'2023'!F13+'2023'!F14+'2023'!F15+'2023'!F16+'2023'!F17</f>
-        <v>12</v>
+        <f>'2023'!F9+'2023'!F10+'2023'!F11+'2023'!F12+'2023'!F13+'2023'!F14+'2023'!F15+'2023'!F16+'2023'!F17+'2023'!F18</f>
+        <v>15</v>
       </c>
       <c r="G24" s="21">
-        <f>'2023'!G9+'2023'!G10+'2023'!G11+'2023'!G12+'2023'!G13+'2023'!G14+'2023'!G15+'2023'!G16+'2023'!G17</f>
-        <v>183</v>
+        <f>'2023'!G9+'2023'!G10+'2023'!G11+'2023'!G12+'2023'!G13+'2023'!G14+'2023'!G15+'2023'!G16+'2023'!G17+'2023'!G18</f>
+        <v>211</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="G25" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="G26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">