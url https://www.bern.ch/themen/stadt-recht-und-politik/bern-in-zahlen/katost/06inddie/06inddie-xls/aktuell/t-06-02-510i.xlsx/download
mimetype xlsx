--- v2 (2025-11-28)
+++ v3 (2026-01-21)
@@ -10,95 +10,95 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\06\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9010984C-CD87-472E-8B38-CEFA970087A0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96FFEA75-01CB-4F0A-80BF-49A8895E6DD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="16440" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="42" r:id="rId1"/>
     <sheet name="2024" sheetId="41" r:id="rId2"/>
     <sheet name="2023" sheetId="40" r:id="rId3"/>
     <sheet name="2022" sheetId="39" r:id="rId4"/>
     <sheet name="2021" sheetId="38" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G24" i="42" l="1"/>
+  <c r="F23" i="42" l="1"/>
+  <c r="G23" i="42"/>
+  <c r="E23" i="42"/>
   <c r="F24" i="42"/>
+  <c r="G24" i="42"/>
   <c r="E24" i="42"/>
   <c r="C24" i="42"/>
-  <c r="G23" i="42"/>
-[...1 lines deleted...]
-  <c r="E23" i="42"/>
   <c r="C23" i="42"/>
   <c r="C18" i="42"/>
   <c r="C17" i="42"/>
   <c r="E22" i="42"/>
   <c r="C11" i="42"/>
   <c r="F24" i="39"/>
   <c r="G24" i="39"/>
   <c r="E24" i="39"/>
   <c r="C24" i="39"/>
   <c r="C24" i="38"/>
   <c r="C23" i="38"/>
   <c r="G22" i="42"/>
   <c r="F22" i="42"/>
   <c r="C20" i="42"/>
   <c r="C19" i="42"/>
   <c r="C16" i="42"/>
   <c r="C15" i="42"/>
   <c r="C14" i="42"/>
   <c r="C13" i="42"/>
   <c r="C12" i="42"/>
   <c r="C10" i="42"/>
   <c r="C9" i="42"/>
   <c r="F24" i="41"/>
   <c r="G24" i="41"/>
   <c r="E24" i="41"/>
@@ -166,51 +166,51 @@
   <c r="C20" i="39"/>
   <c r="C19" i="39"/>
   <c r="C17" i="39"/>
   <c r="C16" i="39"/>
   <c r="C15" i="39"/>
   <c r="C13" i="39"/>
   <c r="C11" i="39"/>
   <c r="C9" i="39"/>
   <c r="C18" i="38"/>
   <c r="C22" i="42" l="1"/>
   <c r="C17" i="38"/>
   <c r="C15" i="38" l="1"/>
   <c r="C20" i="38" l="1"/>
   <c r="C19" i="38"/>
   <c r="C16" i="38"/>
   <c r="C14" i="38"/>
   <c r="C13" i="38"/>
   <c r="C12" i="38"/>
   <c r="C11" i="38"/>
   <c r="C10" i="38"/>
   <c r="C9" i="38"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="32">
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2021</t>
   </si>
   <si>
     <t>Privatkonkurse</t>
   </si>
   <si>
     <t>ausgeschlagene
 Verlassenschaften</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
@@ -293,54 +293,51 @@
   <si>
     <t>T 06.02.510i</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2022</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.1.2023)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2023</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.1.2024)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2024</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 6.1.2025)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2025</t>
   </si>
   <si>
-    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.11.2025)</t>
-[...2 lines deleted...]
-    <t>Total (Januar bis Oktober)</t>
+    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 8.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1406,149 +1403,161 @@
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="16" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="22">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="D18" s="19"/>
       <c r="E18" s="19">
         <v>17</v>
       </c>
       <c r="F18" s="19">
         <v>1</v>
       </c>
       <c r="G18" s="19">
         <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="C19" s="22" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="C19" s="22">
+        <f t="shared" si="0"/>
+        <v>48</v>
       </c>
       <c r="D19" s="19"/>
-      <c r="E19" s="19"/>
-[...1 lines deleted...]
-      <c r="G19" s="19"/>
+      <c r="E19" s="19">
+        <v>26</v>
+      </c>
+      <c r="F19" s="19">
+        <v>4</v>
+      </c>
+      <c r="G19" s="19">
+        <v>18</v>
+      </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="C20" s="23" t="str">
-[...1 lines deleted...]
-        <v/>
+      <c r="C20" s="23">
+        <f t="shared" si="0"/>
+        <v>32</v>
       </c>
       <c r="D20" s="21"/>
-      <c r="E20" s="21"/>
-[...1 lines deleted...]
-      <c r="G20" s="21"/>
+      <c r="E20" s="21">
+        <v>13</v>
+      </c>
+      <c r="F20" s="21">
+        <v>0</v>
+      </c>
+      <c r="G20" s="21">
+        <v>19</v>
+      </c>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="22"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14"/>
       <c r="B22" s="4">
         <v>2025</v>
       </c>
       <c r="C22" s="22">
         <f>SUM(C9:C20)</f>
-        <v>298</v>
+        <v>378</v>
       </c>
       <c r="D22" s="19"/>
       <c r="E22" s="19">
         <f>SUM(E9:E20)</f>
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>190</v>
+        <v>227</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4">
         <v>2024</v>
       </c>
       <c r="C23" s="22">
-        <f>'2024'!C9+'2024'!C10+'2024'!C11+'2024'!C12+'2024'!C13+'2024'!C14+'2024'!C15+'2024'!C16+'2024'!C17+'2024'!C18</f>
-        <v>292</v>
+        <f>'2024'!C22</f>
+        <v>344</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="19">
-        <f>'2024'!E9+'2024'!E10+'2024'!E11+'2024'!E12+'2024'!E13+'2024'!E14+'2024'!E15+'2024'!E16+'2024'!E17+'2024'!E18</f>
-        <v>103</v>
+        <f>'2024'!E22</f>
+        <v>118</v>
       </c>
       <c r="F23" s="19">
-        <f>'2024'!F9+'2024'!F10+'2024'!F11+'2024'!F12+'2024'!F13+'2024'!F14+'2024'!F15+'2024'!F16+'2024'!F17+'2024'!F18</f>
-        <v>11</v>
+        <f>'2024'!F22</f>
+        <v>16</v>
       </c>
       <c r="G23" s="19">
-        <f>'2024'!G9+'2024'!G10+'2024'!G11+'2024'!G12+'2024'!G13+'2024'!G14+'2024'!G15+'2024'!G16+'2024'!G17+'2024'!G18</f>
-        <v>178</v>
+        <f>'2024'!G22</f>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12">
         <v>2023</v>
       </c>
       <c r="C24" s="23">
-        <f>'2023'!C9+'2023'!C10+'2023'!C11+'2023'!C12+'2023'!C13+'2023'!C14+'2023'!C15+'2023'!C16+'2023'!C17+'2023'!C18</f>
-        <v>298</v>
+        <f>'2023'!C22</f>
+        <v>340</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21">
-        <f>'2023'!E9+'2023'!E10+'2023'!E11+'2023'!E12+'2023'!E13+'2023'!E14+'2023'!E15+'2023'!E16+'2023'!E17+'2023'!E18</f>
-        <v>72</v>
+        <f>'2023'!E22</f>
+        <v>79</v>
       </c>
       <c r="F24" s="21">
-        <f>'2023'!F9+'2023'!F10+'2023'!F11+'2023'!F12+'2023'!F13+'2023'!F14+'2023'!F15+'2023'!F16+'2023'!F17+'2023'!F18</f>
-        <v>15</v>
+        <f>'2023'!F22</f>
+        <v>16</v>
       </c>
       <c r="G24" s="21">
-        <f>'2023'!G9+'2023'!G10+'2023'!G11+'2023'!G12+'2023'!G13+'2023'!G14+'2023'!G15+'2023'!G16+'2023'!G17+'2023'!G18</f>
-        <v>211</v>
+        <f>'2023'!G22</f>
+        <v>245</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="G25" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="G26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">