--- v3 (2026-01-21)
+++ v4 (2026-02-15)
@@ -1,98 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\06\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96FFEA75-01CB-4F0A-80BF-49A8895E6DD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16C61689-C414-4146-B3EA-2D09BD110967}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="42" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="2021" sheetId="38" r:id="rId5"/>
+    <sheet name="2026" sheetId="43" r:id="rId1"/>
+    <sheet name="2025" sheetId="42" r:id="rId2"/>
+    <sheet name="2024" sheetId="41" r:id="rId3"/>
+    <sheet name="2023" sheetId="40" r:id="rId4"/>
+    <sheet name="2022" sheetId="39" r:id="rId5"/>
+    <sheet name="2021" sheetId="38" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F23" i="42" l="1"/>
+  <c r="F24" i="43" l="1"/>
+  <c r="G24" i="43"/>
+  <c r="E24" i="43"/>
+  <c r="C24" i="43"/>
+  <c r="F23" i="43"/>
+  <c r="G23" i="43"/>
+  <c r="E23" i="43"/>
+  <c r="C23" i="43"/>
+  <c r="G22" i="43"/>
+  <c r="F22" i="43"/>
+  <c r="E22" i="43"/>
+  <c r="C20" i="43"/>
+  <c r="C19" i="43"/>
+  <c r="C18" i="43"/>
+  <c r="C17" i="43"/>
+  <c r="C16" i="43"/>
+  <c r="C15" i="43"/>
+  <c r="C14" i="43"/>
+  <c r="C13" i="43"/>
+  <c r="C12" i="43"/>
+  <c r="C11" i="43"/>
+  <c r="C10" i="43"/>
+  <c r="C9" i="43"/>
+  <c r="F23" i="42"/>
   <c r="G23" i="42"/>
   <c r="E23" i="42"/>
   <c r="F24" i="42"/>
   <c r="G24" i="42"/>
   <c r="E24" i="42"/>
   <c r="C24" i="42"/>
   <c r="C23" i="42"/>
   <c r="C18" i="42"/>
   <c r="C17" i="42"/>
   <c r="E22" i="42"/>
   <c r="C11" i="42"/>
   <c r="F24" i="39"/>
   <c r="G24" i="39"/>
   <c r="E24" i="39"/>
   <c r="C24" i="39"/>
   <c r="C24" i="38"/>
   <c r="C23" i="38"/>
   <c r="G22" i="42"/>
   <c r="F22" i="42"/>
   <c r="C20" i="42"/>
   <c r="C19" i="42"/>
   <c r="C16" i="42"/>
   <c r="C15" i="42"/>
   <c r="C14" i="42"/>
   <c r="C13" i="42"/>
@@ -150,67 +176,68 @@
   <c r="C20" i="40"/>
   <c r="C19" i="40"/>
   <c r="C18" i="40"/>
   <c r="C17" i="40"/>
   <c r="C16" i="40"/>
   <c r="C15" i="40"/>
   <c r="C14" i="40"/>
   <c r="C13" i="40"/>
   <c r="C12" i="40"/>
   <c r="C11" i="40"/>
   <c r="C10" i="40"/>
   <c r="C9" i="40"/>
   <c r="C18" i="39"/>
   <c r="C14" i="39"/>
   <c r="C12" i="39"/>
   <c r="C10" i="39"/>
   <c r="C20" i="39"/>
   <c r="C19" i="39"/>
   <c r="C17" i="39"/>
   <c r="C16" i="39"/>
   <c r="C15" i="39"/>
   <c r="C13" i="39"/>
   <c r="C11" i="39"/>
   <c r="C9" i="39"/>
   <c r="C18" i="38"/>
-  <c r="C22" i="42" l="1"/>
+  <c r="C22" i="43" l="1"/>
+  <c r="C22" i="42"/>
   <c r="C17" i="38"/>
   <c r="C15" i="38" l="1"/>
   <c r="C20" i="38" l="1"/>
   <c r="C19" i="38"/>
   <c r="C16" i="38"/>
   <c r="C14" i="38"/>
   <c r="C13" i="38"/>
   <c r="C12" i="38"/>
   <c r="C11" i="38"/>
   <c r="C10" i="38"/>
   <c r="C9" i="38"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="35">
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2021</t>
   </si>
   <si>
     <t>Privatkonkurse</t>
   </si>
   <si>
     <t>ausgeschlagene
 Verlassenschaften</t>
   </si>
   <si>
     <t>Januar</t>
   </si>
   <si>
     <t>Februar</t>
   </si>
@@ -294,50 +321,59 @@
     <t>T 06.02.510i</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2022</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 4.1.2023)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2023</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 3.1.2024)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2024</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 6.1.2025)</t>
   </si>
   <si>
     <t>Konkurseröffnungen 2025</t>
   </si>
   <si>
     <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 8.1.2026)</t>
+  </si>
+  <si>
+    <t>Konkurseröffnungen 2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: Konkursamt Bern-Mittelland, Dienststelle Mittelland (Datenstand: 5.2.2026)</t>
+  </si>
+  <si>
+    <t>Total (Januar)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -547,74 +583,133 @@
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFCD5B4"/>
       <color rgb="FFDD052B"/>
       <color rgb="FFFF8C5F"/>
       <color rgb="FF00FF00"/>
       <color rgb="FFFF8B8B"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>646050</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C1BB464-200A-47D7-8F5C-BD01615F1786}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>646050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5168E1B3-195F-48DD-99C3-CD1BBB19A042}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -625,51 +720,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>646050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAAEC196-7641-4644-8407-771065FB28D3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -680,51 +775,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>646050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CA42BD3-C188-4080-A1DD-9FF4F54E402B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -735,51 +830,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>646050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F4E48D2-6E78-4691-BA8A-3717A2093347}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -790,51 +885,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>646050</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1126,72 +1221,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9232E196-02ED-4723-A1C4-4243AD3B625B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DCB5A3C-A89C-46D9-AE12-A4BFEB47C88E}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="3" style="4" customWidth="1"/>
     <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
     <row r="4" spans="1:7" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="13"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="G5" s="27" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24"/>
       <c r="B6" s="9"/>
@@ -1215,394 +1314,760 @@
       </c>
       <c r="F7" s="33"/>
       <c r="G7" s="33"/>
     </row>
     <row r="8" spans="1:7" s="3" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
       <c r="A8" s="17"/>
       <c r="B8" s="17"/>
       <c r="C8" s="31"/>
       <c r="D8" s="18"/>
       <c r="E8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="22">
         <f>IF(SUM(E9:G9)=0,"",SUM(E9:G9))</f>
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="D9" s="19"/>
       <c r="E9" s="20">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="F9" s="20">
         <v>1</v>
       </c>
       <c r="G9" s="20">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="22">
+      <c r="C10" s="22" t="str">
         <f>IF(SUM(E10:G10)=0,"",SUM(E10:G10))</f>
-        <v>29</v>
+        <v/>
       </c>
       <c r="D10" s="19"/>
-      <c r="E10" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E10" s="19"/>
+      <c r="F10" s="19"/>
+      <c r="G10" s="19"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="22">
+      <c r="C11" s="22" t="str">
         <f>IF(SUM(E11:G11)=0,"",SUM(E11:G11))</f>
-        <v>34</v>
+        <v/>
       </c>
       <c r="D11" s="19"/>
-      <c r="E11" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E11" s="19"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="19"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="22">
+      <c r="C12" s="22" t="str">
         <f>IF(SUM(E12:G12)=0,"",SUM(E12:G12))</f>
-        <v>29</v>
+        <v/>
       </c>
       <c r="D12" s="19"/>
-      <c r="E12" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E12" s="19"/>
+      <c r="F12" s="19"/>
+      <c r="G12" s="19"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="C13" s="22">
+      <c r="C13" s="22" t="str">
         <f t="shared" ref="C13:C20" si="0">IF(SUM(E13:G13)=0,"",SUM(E13:G13))</f>
-        <v>20</v>
+        <v/>
       </c>
       <c r="D13" s="19"/>
-      <c r="E13" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E13" s="19"/>
+      <c r="F13" s="19"/>
+      <c r="G13" s="19"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="22">
-[...1 lines deleted...]
-        <v>40</v>
+      <c r="C14" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D14" s="19"/>
-      <c r="E14" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E14" s="19"/>
+      <c r="F14" s="19"/>
+      <c r="G14" s="19"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="C15" s="22">
-[...1 lines deleted...]
-        <v>27</v>
+      <c r="C15" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D15" s="19"/>
-      <c r="E15" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="C16" s="22">
-[...1 lines deleted...]
-        <v>21</v>
+      <c r="C16" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D16" s="19"/>
-      <c r="E16" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="22">
-[...1 lines deleted...]
-        <v>24</v>
+      <c r="C17" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D17" s="19"/>
-      <c r="E17" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E17" s="19"/>
+      <c r="F17" s="19"/>
+      <c r="G17" s="19"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="C18" s="22">
-[...1 lines deleted...]
-        <v>47</v>
+      <c r="C18" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D18" s="19"/>
-      <c r="E18" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="C19" s="22">
-[...1 lines deleted...]
-        <v>48</v>
+      <c r="C19" s="22" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D19" s="19"/>
-      <c r="E19" s="19">
-[...7 lines deleted...]
-      </c>
+      <c r="E19" s="19"/>
+      <c r="F19" s="19"/>
+      <c r="G19" s="19"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="C20" s="23">
-[...1 lines deleted...]
-        <v>32</v>
+      <c r="C20" s="23" t="str">
+        <f t="shared" si="0"/>
+        <v/>
       </c>
       <c r="D20" s="21"/>
-      <c r="E20" s="21">
-[...7 lines deleted...]
-      </c>
+      <c r="E20" s="21"/>
+      <c r="F20" s="21"/>
+      <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="22"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="F21" s="19"/>
       <c r="G21" s="19"/>
     </row>
     <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14"/>
       <c r="B22" s="4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C22" s="22">
         <f>SUM(C9:C20)</f>
-        <v>378</v>
+        <v>52</v>
       </c>
       <c r="D22" s="19"/>
       <c r="E22" s="19">
         <f>SUM(E9:E20)</f>
-        <v>136</v>
+        <v>32</v>
       </c>
       <c r="F22" s="19">
         <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G22" s="19">
         <f t="shared" si="1"/>
-        <v>227</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C23" s="22">
-        <f>'2024'!C22</f>
-        <v>344</v>
+        <f>'2025'!C9</f>
+        <v>27</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="19">
-        <f>'2024'!E22</f>
-        <v>118</v>
+        <f>'2025'!E9</f>
+        <v>10</v>
       </c>
       <c r="F23" s="19">
-        <f>'2024'!F22</f>
+        <f>'2025'!F9</f>
+        <v>1</v>
+      </c>
+      <c r="G23" s="19">
+        <f>'2025'!G9</f>
         <v>16</v>
-      </c>
-[...2 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C24" s="23">
-        <f>'2023'!C22</f>
-        <v>340</v>
+        <f>'2024'!C9</f>
+        <v>29</v>
       </c>
       <c r="D24" s="21"/>
       <c r="E24" s="21">
-        <f>'2023'!E22</f>
-        <v>79</v>
+        <f>'2024'!E9</f>
+        <v>17</v>
       </c>
       <c r="F24" s="21">
-        <f>'2023'!F22</f>
-        <v>16</v>
+        <f>'2024'!F9</f>
+        <v>2</v>
       </c>
       <c r="G24" s="21">
-        <f>'2023'!G22</f>
-        <v>245</v>
+        <f>'2024'!G9</f>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="9"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="G25" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="G26" s="11"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9232E196-02ED-4723-A1C4-4243AD3B625B}">
+  <dimension ref="A1:G27"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
+    <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
+    <col min="4" max="4" width="3" style="4" customWidth="1"/>
+    <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" s="5"/>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+    </row>
+    <row r="4" spans="1:7" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="6"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="13"/>
+      <c r="B5" s="1"/>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
+      <c r="G5" s="27" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="24"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+    </row>
+    <row r="7" spans="1:7" s="3" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="25"/>
+      <c r="B7" s="25"/>
+      <c r="C7" s="30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="15"/>
+      <c r="E7" s="32" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="33"/>
+      <c r="G7" s="33"/>
+    </row>
+    <row r="8" spans="1:7" s="3" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="G8" s="15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="22">
+        <f>IF(SUM(E9:G9)=0,"",SUM(E9:G9))</f>
+        <v>27</v>
+      </c>
+      <c r="D9" s="19"/>
+      <c r="E9" s="20">
+        <v>10</v>
+      </c>
+      <c r="F9" s="20">
+        <v>1</v>
+      </c>
+      <c r="G9" s="20">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="22">
+        <f>IF(SUM(E10:G10)=0,"",SUM(E10:G10))</f>
+        <v>29</v>
+      </c>
+      <c r="D10" s="19"/>
+      <c r="E10" s="19">
+        <v>7</v>
+      </c>
+      <c r="F10" s="19">
+        <v>0</v>
+      </c>
+      <c r="G10" s="19">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="22">
+        <f>IF(SUM(E11:G11)=0,"",SUM(E11:G11))</f>
+        <v>34</v>
+      </c>
+      <c r="D11" s="19"/>
+      <c r="E11" s="19">
+        <v>8</v>
+      </c>
+      <c r="F11" s="19">
+        <v>2</v>
+      </c>
+      <c r="G11" s="19">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A12" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="22">
+        <f>IF(SUM(E12:G12)=0,"",SUM(E12:G12))</f>
+        <v>29</v>
+      </c>
+      <c r="D12" s="19"/>
+      <c r="E12" s="19">
+        <v>10</v>
+      </c>
+      <c r="F12" s="19">
+        <v>1</v>
+      </c>
+      <c r="G12" s="19">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A13" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="22">
+        <f t="shared" ref="C13:C20" si="0">IF(SUM(E13:G13)=0,"",SUM(E13:G13))</f>
+        <v>20</v>
+      </c>
+      <c r="D13" s="19"/>
+      <c r="E13" s="19">
+        <v>14</v>
+      </c>
+      <c r="F13" s="19">
+        <v>2</v>
+      </c>
+      <c r="G13" s="19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="22">
+        <f t="shared" si="0"/>
+        <v>40</v>
+      </c>
+      <c r="D14" s="19"/>
+      <c r="E14" s="19">
+        <v>17</v>
+      </c>
+      <c r="F14" s="19">
+        <v>1</v>
+      </c>
+      <c r="G14" s="19">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A15" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="22">
+        <f t="shared" si="0"/>
+        <v>27</v>
+      </c>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19">
+        <v>5</v>
+      </c>
+      <c r="F15" s="19">
+        <v>0</v>
+      </c>
+      <c r="G15" s="19">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A16" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" s="22">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19">
+        <v>4</v>
+      </c>
+      <c r="F16" s="19">
+        <v>2</v>
+      </c>
+      <c r="G16" s="19">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A17" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" s="22">
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
+      <c r="D17" s="19"/>
+      <c r="E17" s="19">
+        <v>5</v>
+      </c>
+      <c r="F17" s="19">
+        <v>1</v>
+      </c>
+      <c r="G17" s="19">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A18" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="22">
+        <f t="shared" si="0"/>
+        <v>47</v>
+      </c>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19">
+        <v>17</v>
+      </c>
+      <c r="F18" s="19">
+        <v>1</v>
+      </c>
+      <c r="G18" s="19">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A19" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="22">
+        <f t="shared" si="0"/>
+        <v>48</v>
+      </c>
+      <c r="D19" s="19"/>
+      <c r="E19" s="19">
+        <v>26</v>
+      </c>
+      <c r="F19" s="19">
+        <v>4</v>
+      </c>
+      <c r="G19" s="19">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A20" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" s="23">
+        <f t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c r="D20" s="21"/>
+      <c r="E20" s="21">
+        <v>13</v>
+      </c>
+      <c r="F20" s="21">
+        <v>0</v>
+      </c>
+      <c r="G20" s="21">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="14"/>
+      <c r="C21" s="22"/>
+      <c r="D21" s="19"/>
+      <c r="E21" s="19"/>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19"/>
+    </row>
+    <row r="22" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="14"/>
+      <c r="B22" s="4">
+        <v>2025</v>
+      </c>
+      <c r="C22" s="22">
+        <f>SUM(C9:C20)</f>
+        <v>378</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19">
+        <f>SUM(E9:E20)</f>
+        <v>136</v>
+      </c>
+      <c r="F22" s="19">
+        <f t="shared" ref="F22:G22" si="1">SUM(F9:F20)</f>
+        <v>15</v>
+      </c>
+      <c r="G22" s="19">
+        <f t="shared" si="1"/>
+        <v>227</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C23" s="22">
+        <f>'2024'!C22</f>
+        <v>344</v>
+      </c>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19">
+        <f>'2024'!E22</f>
+        <v>118</v>
+      </c>
+      <c r="F23" s="19">
+        <f>'2024'!F22</f>
+        <v>16</v>
+      </c>
+      <c r="G23" s="19">
+        <f>'2024'!G22</f>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="12"/>
+      <c r="B24" s="12">
+        <v>2023</v>
+      </c>
+      <c r="C24" s="23">
+        <f>'2023'!C22</f>
+        <v>340</v>
+      </c>
+      <c r="D24" s="21"/>
+      <c r="E24" s="21">
+        <f>'2023'!E22</f>
+        <v>79</v>
+      </c>
+      <c r="F24" s="21">
+        <f>'2023'!F22</f>
+        <v>16</v>
+      </c>
+      <c r="G24" s="21">
+        <f>'2023'!G22</f>
+        <v>245</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A25" s="8"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="G25" s="11" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A26" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26" s="1"/>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="G26" s="11"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="B27" s="1"/>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
+      <c r="G27" s="26" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="C6:G6"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="E7:G7"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E057165-9ED9-4872-8437-C1DFD5C70500}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="3" style="4" customWidth="1"/>
     <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
@@ -1990,51 +2455,51 @@
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{143080C1-8E5B-47E3-961B-383F16700004}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="3" style="4" customWidth="1"/>
     <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
@@ -2422,51 +2887,51 @@
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3BB2AC01-140F-4C8F-BD6E-D1EE90CE6752}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="3" style="4" customWidth="1"/>
     <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
@@ -2854,51 +3319,51 @@
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="G27" s="26" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="21.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="9.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="3" style="4" customWidth="1"/>
     <col min="5" max="7" width="14.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.140625" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:7" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
@@ -3298,55 +3763,56 @@
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tinguely Urban, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>