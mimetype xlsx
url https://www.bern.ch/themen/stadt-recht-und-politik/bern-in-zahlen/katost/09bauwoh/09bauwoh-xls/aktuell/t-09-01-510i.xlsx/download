--- v0 (2025-10-08)
+++ v1 (2026-02-27)
@@ -1,142 +1,163 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\09\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\09\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20769B17-0BE9-4D69-AE9A-D9FDDBF3407A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D68EA4D1-E914-470A-B3B8-DF2A4015D4C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="21" r:id="rId1"/>
-[...13 lines deleted...]
-    <sheet name="2010" sheetId="16" r:id="rId15"/>
+    <sheet name="2025" sheetId="22" r:id="rId1"/>
+    <sheet name="2024" sheetId="21" r:id="rId2"/>
+    <sheet name="2023" sheetId="20" r:id="rId3"/>
+    <sheet name="2022" sheetId="18" r:id="rId4"/>
+    <sheet name="2021" sheetId="19" r:id="rId5"/>
+    <sheet name="2020" sheetId="17" r:id="rId6"/>
+    <sheet name="2019" sheetId="6" r:id="rId7"/>
+    <sheet name="2018" sheetId="9" r:id="rId8"/>
+    <sheet name="2017" sheetId="8" r:id="rId9"/>
+    <sheet name="2016" sheetId="10" r:id="rId10"/>
+    <sheet name="2015" sheetId="11" r:id="rId11"/>
+    <sheet name="2014" sheetId="12" r:id="rId12"/>
+    <sheet name="2013" sheetId="13" r:id="rId13"/>
+    <sheet name="2012" sheetId="14" r:id="rId14"/>
+    <sheet name="2011" sheetId="15" r:id="rId15"/>
+    <sheet name="2010" sheetId="16" r:id="rId16"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="14">'2010'!$1:$2</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2024'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="15">'2010'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="14">'2011'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="13">'2012'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="12">'2013'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'2014'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'2015'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'2016'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'2017'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="7">'2018'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="6">'2019'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="5">'2020'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2021'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I21" i="21" l="1"/>
+  <c r="I21" i="22" l="1"/>
+  <c r="H21" i="22"/>
+  <c r="G21" i="22"/>
+  <c r="F21" i="22"/>
+  <c r="E21" i="22"/>
+  <c r="D21" i="22"/>
+  <c r="C21" i="22"/>
+  <c r="C20" i="22"/>
+  <c r="C19" i="22"/>
+  <c r="C18" i="22"/>
+  <c r="C17" i="22"/>
+  <c r="C16" i="22"/>
+  <c r="C15" i="22"/>
+  <c r="C13" i="22"/>
+  <c r="C12" i="22"/>
+  <c r="C11" i="22"/>
+  <c r="C10" i="22"/>
+  <c r="I21" i="21"/>
   <c r="H21" i="21"/>
   <c r="G21" i="21"/>
   <c r="F21" i="21"/>
   <c r="E21" i="21"/>
   <c r="D21" i="21"/>
   <c r="C21" i="21" s="1"/>
   <c r="C20" i="21"/>
   <c r="C19" i="21"/>
   <c r="C18" i="21"/>
   <c r="C17" i="21"/>
   <c r="C16" i="21"/>
   <c r="C15" i="21"/>
   <c r="C13" i="21"/>
   <c r="C12" i="21"/>
   <c r="C11" i="21"/>
   <c r="C10" i="21"/>
   <c r="I21" i="20"/>
   <c r="H21" i="20"/>
   <c r="G21" i="20"/>
   <c r="F21" i="20"/>
   <c r="E21" i="20"/>
   <c r="D21" i="20"/>
   <c r="C20" i="20"/>
   <c r="C19" i="20"/>
   <c r="C18" i="20"/>
@@ -164,51 +185,50 @@
   <c r="C11" i="19"/>
   <c r="C10" i="19"/>
   <c r="I21" i="18"/>
   <c r="H21" i="18"/>
   <c r="G21" i="18"/>
   <c r="F21" i="18"/>
   <c r="E21" i="18"/>
   <c r="D21" i="18"/>
   <c r="C21" i="18" s="1"/>
   <c r="C20" i="18"/>
   <c r="C19" i="18"/>
   <c r="C18" i="18"/>
   <c r="C17" i="18"/>
   <c r="C16" i="18"/>
   <c r="C15" i="18"/>
   <c r="C13" i="18"/>
   <c r="C12" i="18"/>
   <c r="C11" i="18"/>
   <c r="C10" i="18"/>
   <c r="I21" i="17"/>
   <c r="H21" i="17"/>
   <c r="G21" i="17"/>
   <c r="F21" i="17"/>
   <c r="E21" i="17"/>
   <c r="D21" i="17"/>
-  <c r="C21" i="17" s="1"/>
   <c r="C20" i="17"/>
   <c r="C19" i="17"/>
   <c r="C18" i="17"/>
   <c r="C17" i="17"/>
   <c r="C16" i="17"/>
   <c r="C15" i="17"/>
   <c r="C13" i="17"/>
   <c r="C12" i="17"/>
   <c r="C11" i="17"/>
   <c r="C10" i="17"/>
   <c r="I21" i="16"/>
   <c r="H21" i="16"/>
   <c r="G21" i="16"/>
   <c r="F21" i="16"/>
   <c r="E21" i="16"/>
   <c r="D21" i="16"/>
   <c r="C20" i="16"/>
   <c r="C19" i="16"/>
   <c r="C18" i="16"/>
   <c r="C17" i="16"/>
   <c r="C16" i="16"/>
   <c r="C15" i="16"/>
   <c r="C13" i="16"/>
   <c r="C12" i="16"/>
   <c r="C11" i="16"/>
@@ -287,51 +307,52 @@
   <c r="C19" i="11"/>
   <c r="C18" i="11"/>
   <c r="C17" i="11"/>
   <c r="C16" i="11"/>
   <c r="C15" i="11"/>
   <c r="C13" i="11"/>
   <c r="C12" i="11"/>
   <c r="C11" i="11"/>
   <c r="C10" i="11"/>
   <c r="I21" i="10"/>
   <c r="H21" i="10"/>
   <c r="G21" i="10"/>
   <c r="F21" i="10"/>
   <c r="E21" i="10"/>
   <c r="D21" i="10"/>
   <c r="C20" i="10"/>
   <c r="C19" i="10"/>
   <c r="C18" i="10"/>
   <c r="C17" i="10"/>
   <c r="C16" i="10"/>
   <c r="C15" i="10"/>
   <c r="C13" i="10"/>
   <c r="C12" i="10"/>
   <c r="C11" i="10"/>
   <c r="C10" i="10"/>
-  <c r="C21" i="19" l="1"/>
+  <c r="C21" i="17" l="1"/>
+  <c r="C21" i="19"/>
   <c r="C21" i="20"/>
   <c r="C21" i="16"/>
   <c r="C21" i="10"/>
   <c r="C21" i="11"/>
   <c r="C21" i="12"/>
   <c r="C21" i="13"/>
   <c r="C21" i="14"/>
   <c r="C21" i="15"/>
   <c r="I21" i="9"/>
   <c r="H21" i="9"/>
   <c r="G21" i="9"/>
   <c r="F21" i="9"/>
   <c r="E21" i="9"/>
   <c r="D21" i="9"/>
   <c r="C20" i="9"/>
   <c r="C19" i="9"/>
   <c r="C18" i="9"/>
   <c r="C17" i="9"/>
   <c r="C16" i="9"/>
   <c r="C15" i="9"/>
   <c r="C13" i="9"/>
   <c r="C12" i="9"/>
   <c r="C11" i="9"/>
   <c r="C10" i="9"/>
   <c r="C21" i="9" l="1"/>
@@ -351,51 +372,51 @@
   <c r="C12" i="6"/>
   <c r="C13" i="6"/>
   <c r="C10" i="6"/>
   <c r="C21" i="6" l="1"/>
   <c r="C20" i="8"/>
   <c r="C19" i="8"/>
   <c r="C18" i="8"/>
   <c r="C17" i="8"/>
   <c r="C16" i="8"/>
   <c r="C15" i="8"/>
   <c r="C13" i="8"/>
   <c r="C12" i="8"/>
   <c r="C11" i="8"/>
   <c r="C10" i="8"/>
   <c r="I21" i="8"/>
   <c r="H21" i="8"/>
   <c r="G21" i="8"/>
   <c r="F21" i="8"/>
   <c r="E21" i="8"/>
   <c r="D21" i="8"/>
   <c r="C21" i="8" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="52">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Anzahl der Wohnungen mit ... Zimmer(n)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>6 und</t>
   </si>
   <si>
     <t>mehr</t>
   </si>
   <si>
     <t>Bauperiode</t>
   </si>
   <si>
     <t>1947–1970</t>
   </si>
   <si>
     <t>Stadtteil</t>
   </si>
   <si>
@@ -497,54 +518,60 @@
   <si>
     <t>1971–2020</t>
   </si>
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Wohnungsbestand nach Bauperiode und Stadtteil Ende Dezember 2022</t>
   </si>
   <si>
     <t>1971–2021</t>
   </si>
   <si>
     <t>Wohnungsbestand nach Bauperiode und Stadtteil Ende Dezember 2023</t>
   </si>
   <si>
     <t>1971–2022</t>
   </si>
   <si>
     <t>Wohnungen nach Anzahl Zimmer</t>
   </si>
   <si>
     <t>Wohnungsbestand nach Bauperiode und Stadtteil Ende Dezember 2024</t>
   </si>
   <si>
-    <t>Datenquelle: Bauinspektorat der Stadt Bern (Datenstand: 13.1.2025)</t>
+    <t>1971–2023</t>
   </si>
   <si>
-    <t>1971–2023</t>
+    <t>1971–2024</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bauinspektorat der Stadt Bern (Datenstand: 16.1.2026)</t>
+  </si>
+  <si>
+    <t>Wohnungsbestand nach Bauperiode und Stadtteil Ende Dezember 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -708,78 +735,82 @@
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -791,86 +822,141 @@
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE8065F4-05D0-4D2F-9075-B118A4CEAFFE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B97CCEC-D39E-430B-949C-B7EBA551DDF0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>484125</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D295FB44-A4C7-4D12-9F00-9386A0EE441B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5396FEB3-49D8-4948-B3B4-5676CB2BB0A3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -881,51 +967,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E51D341-9465-4F54-9223-2A741A14C4CD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -936,51 +1022,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F807022C-C128-490D-9E6D-80FC471FFC13}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -991,51 +1077,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0BCAD53-D3C9-4180-BB1A-59D4D75CDF31}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1046,51 +1132,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04EFFA87-73F4-436E-A219-B0935B894B5F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1101,51 +1187,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A741B9D-B8AB-4C3A-A76F-DC3E22686B32}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1176,86 +1262,141 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE8065F4-05D0-4D2F-9075-B118A4CEAFFE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="6037200" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>484125</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6FFDBC5-0481-4E5F-BAA5-9BF60F2D4476}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E281B7E5-A63D-4DF2-A322-4B32CEFE9122}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1266,51 +1407,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{835D38C3-829B-4B8B-9942-8BACD205134A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1321,51 +1462,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3F254F2-A112-414D-AE3C-E8AFF65EBDF1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1376,51 +1517,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF81AFD0-FD24-476B-B41A-8CF13E94EE85}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1431,51 +1572,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{454F4117-8333-4850-AE5B-769FEB7D1AB1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
@@ -1486,126 +1627,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>484125</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{169C459C-1E77-44B0-8905-758B5AC1E112}"/>
-            </a:ext>
-[...53 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D295FB44-A4C7-4D12-9F00-9386A0EE441B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="6037200" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -1909,101 +1995,105 @@
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C961998-36E7-4575-B2C7-8756F2FFFFFB}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B28D081-9427-4D4C-8A8D-F17A7A09D9DA}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I5" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10" t="s">
         <v>46</v>
@@ -2042,389 +2132,828 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32572</v>
+        <v>32604</v>
       </c>
       <c r="D10" s="15">
-        <v>2350</v>
+        <v>2361</v>
       </c>
       <c r="E10" s="15">
-        <v>8899</v>
+        <v>8891</v>
       </c>
       <c r="F10" s="15">
-        <v>12676</v>
+        <v>12679</v>
       </c>
       <c r="G10" s="15">
-        <v>5363</v>
+        <v>5380</v>
       </c>
       <c r="H10" s="15">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="I10" s="15">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>29442</v>
+        <v>29404</v>
       </c>
       <c r="D11" s="15">
-        <v>4221</v>
+        <v>4218</v>
       </c>
       <c r="E11" s="15">
-        <v>6088</v>
+        <v>6108</v>
       </c>
       <c r="F11" s="15">
-        <v>12078</v>
+        <v>12052</v>
       </c>
       <c r="G11" s="15">
-        <v>5033</v>
+        <v>5007</v>
       </c>
       <c r="H11" s="15">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="I11" s="15">
-        <v>930</v>
+        <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>17631</v>
+        <v>17659</v>
       </c>
       <c r="D12" s="15">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="E12" s="15">
-        <v>3317</v>
+        <v>3328</v>
       </c>
       <c r="F12" s="15">
-        <v>4789</v>
+        <v>4799</v>
       </c>
       <c r="G12" s="15">
-        <v>5372</v>
+        <v>5366</v>
       </c>
       <c r="H12" s="15">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="I12" s="15">
-        <v>432</v>
+        <v>431</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
+        <v>130</v>
+      </c>
+      <c r="D13" s="17">
+        <v>33</v>
+      </c>
+      <c r="E13" s="17">
+        <v>57</v>
+      </c>
+      <c r="F13" s="17">
+        <v>25</v>
+      </c>
+      <c r="G13" s="17">
+        <v>11</v>
+      </c>
+      <c r="H13" s="17">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I13" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>3043</v>
+        <v>3058</v>
       </c>
       <c r="D15" s="15">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="E15" s="15">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="F15" s="15">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="G15" s="15">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H15" s="15">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I15" s="15">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
-        <v>11103</v>
+        <v>11129</v>
       </c>
       <c r="D16" s="15">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="E16" s="15">
-        <v>2551</v>
+        <v>2558</v>
       </c>
       <c r="F16" s="15">
-        <v>4351</v>
+        <v>4370</v>
       </c>
       <c r="G16" s="15">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="H16" s="15">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="I16" s="15">
-        <v>310</v>
+        <v>305</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>18471</v>
+        <v>18441</v>
       </c>
       <c r="D17" s="15">
-        <v>2398</v>
+        <v>2414</v>
       </c>
       <c r="E17" s="15">
-        <v>4801</v>
+        <v>4807</v>
       </c>
       <c r="F17" s="15">
-        <v>6789</v>
+        <v>6748</v>
       </c>
       <c r="G17" s="15">
-        <v>3131</v>
+        <v>3117</v>
       </c>
       <c r="H17" s="15">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="I17" s="15">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>14151</v>
+        <v>14154</v>
       </c>
       <c r="D18" s="15">
         <v>1101</v>
       </c>
       <c r="E18" s="15">
         <v>2548</v>
       </c>
       <c r="F18" s="15">
         <v>4493</v>
       </c>
       <c r="G18" s="15">
-        <v>3492</v>
+        <v>3490</v>
       </c>
       <c r="H18" s="15">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="I18" s="15">
-        <v>1026</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>15343</v>
+        <v>15384</v>
       </c>
       <c r="D19" s="15">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="E19" s="15">
-        <v>4085</v>
+        <v>4123</v>
       </c>
       <c r="F19" s="15">
-        <v>5851</v>
+        <v>5850</v>
       </c>
       <c r="G19" s="15">
-        <v>2456</v>
+        <v>2455</v>
       </c>
       <c r="H19" s="15">
         <v>687</v>
       </c>
       <c r="I19" s="15">
         <v>307</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17537</v>
+        <v>17631</v>
       </c>
       <c r="D20" s="15">
-        <v>1178</v>
+        <v>1204</v>
       </c>
       <c r="E20" s="15">
-        <v>3126</v>
+        <v>3153</v>
       </c>
       <c r="F20" s="15">
-        <v>7369</v>
+        <v>7398</v>
       </c>
       <c r="G20" s="15">
-        <v>4501</v>
+        <v>4502</v>
       </c>
       <c r="H20" s="15">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="I20" s="15">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>79648</v>
+        <v>79797</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8781</v>
+        <v>8824</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
-        <v>18304</v>
+        <v>18384</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29545</v>
+        <v>29555</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15768</v>
+        <v>15764</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
-        <v>4741</v>
+        <v>4765</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2509</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+  <dimension ref="A1:I23"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
+    <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="3"/>
+    </row>
+    <row r="5" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I5" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+      <c r="I6" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="4">
+        <v>1</v>
+      </c>
+      <c r="E7" s="4">
+        <v>2</v>
+      </c>
+      <c r="F7" s="4">
+        <v>3</v>
+      </c>
+      <c r="G7" s="4">
+        <v>4</v>
+      </c>
+      <c r="H7" s="4">
+        <v>5</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="11"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="11" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+    </row>
+    <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="14">
+        <f>SUM(D10:I10)</f>
+        <v>32166</v>
+      </c>
+      <c r="D10" s="15">
+        <v>2295</v>
+      </c>
+      <c r="E10" s="15">
+        <v>8743</v>
+      </c>
+      <c r="F10" s="15">
+        <v>12647</v>
+      </c>
+      <c r="G10" s="15">
+        <v>5306</v>
+      </c>
+      <c r="H10" s="15">
+        <v>2068</v>
+      </c>
+      <c r="I10" s="15">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="14">
+        <f>SUM(D11:I11)</f>
+        <v>28921</v>
+      </c>
+      <c r="D11" s="15">
+        <v>3997</v>
+      </c>
+      <c r="E11" s="15">
+        <v>5862</v>
+      </c>
+      <c r="F11" s="15">
+        <v>12081</v>
+      </c>
+      <c r="G11" s="15">
+        <v>4975</v>
+      </c>
+      <c r="H11" s="15">
+        <v>1078</v>
+      </c>
+      <c r="I11" s="15">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" s="14">
+        <f>SUM(D12:I12)</f>
+        <v>15280</v>
+      </c>
+      <c r="D12" s="15">
+        <v>1938</v>
+      </c>
+      <c r="E12" s="15">
+        <v>2676</v>
+      </c>
+      <c r="F12" s="15">
+        <v>4131</v>
+      </c>
+      <c r="G12" s="15">
+        <v>4789</v>
+      </c>
+      <c r="H12" s="15">
+        <v>1341</v>
+      </c>
+      <c r="I12" s="15">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="9"/>
+      <c r="B13" s="9">
+        <v>2016</v>
+      </c>
+      <c r="C13" s="16">
+        <f>SUM(D13:I13)</f>
+        <v>163</v>
+      </c>
+      <c r="D13" s="17">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17">
+        <v>25</v>
+      </c>
+      <c r="F13" s="17">
+        <v>64</v>
+      </c>
+      <c r="G13" s="17">
+        <v>52</v>
+      </c>
+      <c r="H13" s="17">
+        <v>20</v>
+      </c>
+      <c r="I13" s="17">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="15"/>
+      <c r="E14" s="15"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15"/>
+      <c r="I14" s="15"/>
+    </row>
+    <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4"/>
+      <c r="B15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="14">
+        <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
+        <v>2908</v>
+      </c>
+      <c r="D15" s="15">
+        <v>633</v>
+      </c>
+      <c r="E15" s="15">
+        <v>1129</v>
+      </c>
+      <c r="F15" s="15">
+        <v>659</v>
+      </c>
+      <c r="G15" s="15">
+        <v>321</v>
+      </c>
+      <c r="H15" s="15">
+        <v>112</v>
+      </c>
+      <c r="I15" s="15">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4"/>
+      <c r="B16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="14">
+        <f t="shared" si="0"/>
+        <v>10889</v>
+      </c>
+      <c r="D16" s="15">
+        <v>1492</v>
+      </c>
+      <c r="E16" s="15">
+        <v>2502</v>
+      </c>
+      <c r="F16" s="15">
+        <v>4327</v>
+      </c>
+      <c r="G16" s="15">
+        <v>1775</v>
+      </c>
+      <c r="H16" s="15">
+        <v>496</v>
+      </c>
+      <c r="I16" s="15">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="4"/>
+      <c r="B17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="14">
+        <f t="shared" si="0"/>
+        <v>17211</v>
+      </c>
+      <c r="D17" s="15">
+        <v>2089</v>
+      </c>
+      <c r="E17" s="15">
+        <v>4366</v>
+      </c>
+      <c r="F17" s="15">
+        <v>6576</v>
+      </c>
+      <c r="G17" s="15">
+        <v>2910</v>
+      </c>
+      <c r="H17" s="15">
+        <v>835</v>
+      </c>
+      <c r="I17" s="15">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="4"/>
+      <c r="B18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="14">
+        <f t="shared" si="0"/>
+        <v>13897</v>
+      </c>
+      <c r="D18" s="15">
+        <v>1052</v>
+      </c>
+      <c r="E18" s="15">
+        <v>2488</v>
+      </c>
+      <c r="F18" s="15">
+        <v>4431</v>
+      </c>
+      <c r="G18" s="15">
+        <v>3442</v>
+      </c>
+      <c r="H18" s="15">
+        <v>1466</v>
+      </c>
+      <c r="I18" s="15">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="4"/>
+      <c r="B19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="14">
+        <f t="shared" si="0"/>
+        <v>14780</v>
+      </c>
+      <c r="D19" s="15">
+        <v>1926</v>
+      </c>
+      <c r="E19" s="15">
+        <v>3866</v>
+      </c>
+      <c r="F19" s="15">
+        <v>5710</v>
+      </c>
+      <c r="G19" s="15">
+        <v>2338</v>
+      </c>
+      <c r="H19" s="15">
+        <v>648</v>
+      </c>
+      <c r="I19" s="15">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="4"/>
+      <c r="B20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="14">
+        <f t="shared" si="0"/>
+        <v>16845</v>
+      </c>
+      <c r="D20" s="15">
+        <v>1038</v>
+      </c>
+      <c r="E20" s="15">
+        <v>2955</v>
+      </c>
+      <c r="F20" s="15">
+        <v>7220</v>
+      </c>
+      <c r="G20" s="15">
+        <v>4336</v>
+      </c>
+      <c r="H20" s="15">
+        <v>950</v>
+      </c>
+      <c r="I20" s="15">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="8"/>
+      <c r="C21" s="18">
+        <f>SUM(C15:C20)</f>
+        <v>76530</v>
+      </c>
+      <c r="D21" s="19">
+        <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
+        <v>8230</v>
+      </c>
+      <c r="E21" s="19">
+        <f t="shared" si="1"/>
+        <v>17306</v>
+      </c>
+      <c r="F21" s="19">
+        <f t="shared" si="1"/>
+        <v>28923</v>
+      </c>
+      <c r="G21" s="19">
+        <f t="shared" si="1"/>
+        <v>15122</v>
+      </c>
+      <c r="H21" s="19">
+        <f t="shared" si="1"/>
+        <v>4507</v>
+      </c>
+      <c r="I21" s="19">
+        <f t="shared" si="1"/>
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I22" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I23" s="5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -2481,120 +3010,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32142</v>
+        <v>32151</v>
       </c>
       <c r="D10" s="15">
-        <v>2281</v>
+        <v>2288</v>
       </c>
       <c r="E10" s="15">
-        <v>8741</v>
+        <v>8730</v>
       </c>
       <c r="F10" s="15">
-        <v>12666</v>
+        <v>12679</v>
       </c>
       <c r="G10" s="15">
-        <v>5295</v>
+        <v>5297</v>
       </c>
       <c r="H10" s="15">
         <v>2063</v>
       </c>
       <c r="I10" s="15">
-        <v>1096</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28906</v>
+        <v>28907</v>
       </c>
       <c r="D11" s="15">
         <v>3996</v>
       </c>
       <c r="E11" s="15">
-        <v>5846</v>
+        <v>5847</v>
       </c>
       <c r="F11" s="15">
-        <v>12060</v>
+        <v>12061</v>
       </c>
       <c r="G11" s="15">
-        <v>4996</v>
+        <v>4995</v>
       </c>
       <c r="H11" s="15">
         <v>1077</v>
       </c>
       <c r="I11" s="15">
         <v>931</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>14859</v>
+        <v>14868</v>
       </c>
       <c r="D12" s="15">
         <v>1929</v>
       </c>
       <c r="E12" s="15">
-        <v>2586</v>
+        <v>2592</v>
       </c>
       <c r="F12" s="15">
-        <v>3987</v>
+        <v>3988</v>
       </c>
       <c r="G12" s="15">
-        <v>4647</v>
+        <v>4650</v>
       </c>
       <c r="H12" s="15">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="I12" s="15">
         <v>397</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2015</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>385</v>
       </c>
       <c r="D13" s="17">
         <v>4</v>
       </c>
       <c r="E13" s="17">
         <v>77</v>
       </c>
       <c r="F13" s="17">
         <v>137</v>
       </c>
       <c r="G13" s="17">
         <v>139</v>
@@ -2603,267 +3132,267 @@
         <v>21</v>
       </c>
       <c r="I13" s="17">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2888</v>
+        <v>2892</v>
       </c>
       <c r="D15" s="15">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E15" s="15">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F15" s="15">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G15" s="15">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="H15" s="15">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I15" s="15">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10860</v>
+        <v>10863</v>
       </c>
       <c r="D16" s="15">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="E16" s="15">
         <v>2494</v>
       </c>
       <c r="F16" s="15">
-        <v>4303</v>
+        <v>4306</v>
       </c>
       <c r="G16" s="15">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="H16" s="15">
         <v>491</v>
       </c>
       <c r="I16" s="15">
         <v>294</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>17223</v>
+        <v>17229</v>
       </c>
       <c r="D17" s="15">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="E17" s="15">
-        <v>4354</v>
+        <v>4356</v>
       </c>
       <c r="F17" s="15">
-        <v>6590</v>
+        <v>6599</v>
       </c>
       <c r="G17" s="15">
         <v>2922</v>
       </c>
       <c r="H17" s="15">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="I17" s="15">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13791</v>
+        <v>13796</v>
       </c>
       <c r="D18" s="15">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="E18" s="15">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="F18" s="15">
-        <v>4402</v>
+        <v>4403</v>
       </c>
       <c r="G18" s="15">
-        <v>3418</v>
+        <v>3420</v>
       </c>
       <c r="H18" s="15">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="I18" s="15">
-        <v>1011</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
         <v>14749</v>
       </c>
       <c r="D19" s="15">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="E19" s="15">
-        <v>3865</v>
+        <v>3860</v>
       </c>
       <c r="F19" s="15">
         <v>5703</v>
       </c>
       <c r="G19" s="15">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="H19" s="15">
         <v>644</v>
       </c>
       <c r="I19" s="15">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16781</v>
+        <v>16782</v>
       </c>
       <c r="D20" s="15">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="E20" s="15">
-        <v>2956</v>
+        <v>2952</v>
       </c>
       <c r="F20" s="15">
-        <v>7197</v>
+        <v>7198</v>
       </c>
       <c r="G20" s="15">
-        <v>4311</v>
+        <v>4312</v>
       </c>
       <c r="H20" s="15">
         <v>942</v>
       </c>
       <c r="I20" s="15">
         <v>347</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>76292</v>
+        <v>76311</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8210</v>
+        <v>8217</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>17250</v>
+        <v>17246</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28850</v>
+        <v>28865</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>15077</v>
+        <v>15081</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4474</v>
+        <v>4473</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2431</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -2920,120 +3449,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32099</v>
+        <v>32105</v>
       </c>
       <c r="D10" s="15">
-        <v>2267</v>
+        <v>2277</v>
       </c>
       <c r="E10" s="15">
-        <v>8714</v>
+        <v>8701</v>
       </c>
       <c r="F10" s="15">
-        <v>12683</v>
+        <v>12694</v>
       </c>
       <c r="G10" s="15">
         <v>5285</v>
       </c>
       <c r="H10" s="15">
         <v>2057</v>
       </c>
       <c r="I10" s="15">
-        <v>1093</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28892</v>
+        <v>28893</v>
       </c>
       <c r="D11" s="15">
         <v>3995</v>
       </c>
       <c r="E11" s="15">
-        <v>5811</v>
+        <v>5812</v>
       </c>
       <c r="F11" s="15">
-        <v>12112</v>
+        <v>12113</v>
       </c>
       <c r="G11" s="15">
-        <v>4968</v>
+        <v>4967</v>
       </c>
       <c r="H11" s="15">
         <v>1076</v>
       </c>
       <c r="I11" s="15">
         <v>930</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>14286</v>
+        <v>14293</v>
       </c>
       <c r="D12" s="15">
         <v>1931</v>
       </c>
       <c r="E12" s="15">
-        <v>2403</v>
+        <v>2408</v>
       </c>
       <c r="F12" s="15">
-        <v>3783</v>
+        <v>3784</v>
       </c>
       <c r="G12" s="15">
-        <v>4508</v>
+        <v>4510</v>
       </c>
       <c r="H12" s="15">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="I12" s="15">
         <v>390</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2014</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>580</v>
       </c>
       <c r="D13" s="17">
         <v>4</v>
       </c>
       <c r="E13" s="17">
         <v>182</v>
       </c>
       <c r="F13" s="17">
         <v>205</v>
       </c>
       <c r="G13" s="17">
         <v>140</v>
@@ -3042,267 +3571,267 @@
         <v>42</v>
       </c>
       <c r="I13" s="17">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2852</v>
+        <v>2856</v>
       </c>
       <c r="D15" s="15">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E15" s="15">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="F15" s="15">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="G15" s="15">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="H15" s="15">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I15" s="15">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10828</v>
+        <v>10829</v>
       </c>
       <c r="D16" s="15">
         <v>1501</v>
       </c>
       <c r="E16" s="15">
-        <v>2494</v>
+        <v>2493</v>
       </c>
       <c r="F16" s="15">
-        <v>4279</v>
+        <v>4281</v>
       </c>
       <c r="G16" s="15">
         <v>1770</v>
       </c>
       <c r="H16" s="15">
         <v>490</v>
       </c>
       <c r="I16" s="15">
         <v>294</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>17035</v>
+        <v>17042</v>
       </c>
       <c r="D17" s="15">
-        <v>2082</v>
+        <v>2081</v>
       </c>
       <c r="E17" s="15">
-        <v>4302</v>
+        <v>4304</v>
       </c>
       <c r="F17" s="15">
-        <v>6557</v>
+        <v>6567</v>
       </c>
       <c r="G17" s="15">
-        <v>2844</v>
+        <v>2842</v>
       </c>
       <c r="H17" s="15">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="I17" s="15">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13682</v>
+        <v>13687</v>
       </c>
       <c r="D18" s="15">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="E18" s="15">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="F18" s="15">
-        <v>4368</v>
+        <v>4369</v>
       </c>
       <c r="G18" s="15">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="H18" s="15">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="I18" s="15">
-        <v>1006</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
-        <v>14732</v>
+        <v>14728</v>
       </c>
       <c r="D19" s="15">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="E19" s="15">
-        <v>3856</v>
+        <v>3849</v>
       </c>
       <c r="F19" s="15">
-        <v>5703</v>
+        <v>5701</v>
       </c>
       <c r="G19" s="15">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="H19" s="15">
         <v>643</v>
       </c>
       <c r="I19" s="15">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16728</v>
+        <v>16729</v>
       </c>
       <c r="D20" s="15">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="E20" s="15">
-        <v>2910</v>
+        <v>2906</v>
       </c>
       <c r="F20" s="15">
-        <v>7224</v>
+        <v>7225</v>
       </c>
       <c r="G20" s="15">
-        <v>4281</v>
+        <v>4282</v>
       </c>
       <c r="H20" s="15">
         <v>940</v>
       </c>
       <c r="I20" s="15">
         <v>347</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>75857</v>
+        <v>75871</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8197</v>
+        <v>8207</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>17110</v>
+        <v>17103</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28783</v>
+        <v>28796</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>14901</v>
+        <v>14902</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4446</v>
+        <v>4445</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2420</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -3359,120 +3888,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32177</v>
+        <v>32158</v>
       </c>
       <c r="D10" s="15">
-        <v>2279</v>
+        <v>2277</v>
       </c>
       <c r="E10" s="15">
-        <v>8763</v>
+        <v>8742</v>
       </c>
       <c r="F10" s="15">
-        <v>12726</v>
+        <v>12730</v>
       </c>
       <c r="G10" s="15">
         <v>5272</v>
       </c>
       <c r="H10" s="15">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="I10" s="15">
-        <v>1086</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28934</v>
+        <v>28935</v>
       </c>
       <c r="D11" s="15">
         <v>4034</v>
       </c>
       <c r="E11" s="15">
-        <v>5797</v>
+        <v>5798</v>
       </c>
       <c r="F11" s="15">
-        <v>12147</v>
+        <v>12148</v>
       </c>
       <c r="G11" s="15">
-        <v>4963</v>
+        <v>4962</v>
       </c>
       <c r="H11" s="15">
         <v>1066</v>
       </c>
       <c r="I11" s="15">
         <v>927</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>14005</v>
+        <v>14012</v>
       </c>
       <c r="D12" s="15">
         <v>1939</v>
       </c>
       <c r="E12" s="15">
-        <v>2340</v>
+        <v>2345</v>
       </c>
       <c r="F12" s="15">
-        <v>3682</v>
+        <v>3683</v>
       </c>
       <c r="G12" s="15">
-        <v>4433</v>
+        <v>4435</v>
       </c>
       <c r="H12" s="15">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="I12" s="15">
         <v>386</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2013</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>280</v>
       </c>
       <c r="D13" s="17">
         <v>6</v>
       </c>
       <c r="E13" s="17">
         <v>49</v>
       </c>
       <c r="F13" s="17">
         <v>99</v>
       </c>
       <c r="G13" s="17">
         <v>76</v>
@@ -3481,267 +4010,267 @@
         <v>46</v>
       </c>
       <c r="I13" s="17">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2849</v>
+        <v>2852</v>
       </c>
       <c r="D15" s="15">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E15" s="15">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="F15" s="15">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G15" s="15">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="H15" s="15">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I15" s="15">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10829</v>
+        <v>10830</v>
       </c>
       <c r="D16" s="15">
         <v>1516</v>
       </c>
       <c r="E16" s="15">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="F16" s="15">
-        <v>4283</v>
+        <v>4285</v>
       </c>
       <c r="G16" s="15">
         <v>1762</v>
       </c>
       <c r="H16" s="15">
         <v>491</v>
       </c>
       <c r="I16" s="15">
         <v>291</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>16886</v>
+        <v>16890</v>
       </c>
       <c r="D17" s="15">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="E17" s="15">
-        <v>4241</v>
+        <v>4243</v>
       </c>
       <c r="F17" s="15">
-        <v>6529</v>
+        <v>6532</v>
       </c>
       <c r="G17" s="15">
-        <v>2799</v>
+        <v>2797</v>
       </c>
       <c r="H17" s="15">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="I17" s="15">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13533</v>
+        <v>13538</v>
       </c>
       <c r="D18" s="15">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="E18" s="15">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="F18" s="15">
-        <v>4320</v>
+        <v>4321</v>
       </c>
       <c r="G18" s="15">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="H18" s="15">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="I18" s="15">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
-        <v>14715</v>
+        <v>14705</v>
       </c>
       <c r="D19" s="15">
-        <v>1925</v>
+        <v>1916</v>
       </c>
       <c r="E19" s="15">
-        <v>3853</v>
+        <v>3850</v>
       </c>
       <c r="F19" s="15">
-        <v>5691</v>
+        <v>5692</v>
       </c>
       <c r="G19" s="15">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="H19" s="15">
         <v>644</v>
       </c>
       <c r="I19" s="15">
         <v>292</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16584</v>
+        <v>16570</v>
       </c>
       <c r="D20" s="15">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="E20" s="15">
-        <v>2859</v>
+        <v>2843</v>
       </c>
       <c r="F20" s="15">
-        <v>7180</v>
+        <v>7178</v>
       </c>
       <c r="G20" s="15">
-        <v>4239</v>
+        <v>4240</v>
       </c>
       <c r="H20" s="15">
         <v>926</v>
       </c>
       <c r="I20" s="15">
         <v>344</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>75396</v>
+        <v>75385</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8258</v>
+        <v>8256</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>16949</v>
+        <v>16934</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28654</v>
+        <v>28660</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>14744</v>
+        <v>14745</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
         <v>4388</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2403</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -3798,120 +4327,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32187</v>
+        <v>32194</v>
       </c>
       <c r="D10" s="15">
-        <v>2288</v>
+        <v>2294</v>
       </c>
       <c r="E10" s="15">
-        <v>8787</v>
+        <v>8783</v>
       </c>
       <c r="F10" s="15">
-        <v>12747</v>
+        <v>12752</v>
       </c>
       <c r="G10" s="15">
-        <v>5255</v>
+        <v>5257</v>
       </c>
       <c r="H10" s="15">
         <v>2039</v>
       </c>
       <c r="I10" s="15">
-        <v>1071</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28928</v>
+        <v>28929</v>
       </c>
       <c r="D11" s="15">
         <v>4042</v>
       </c>
       <c r="E11" s="15">
-        <v>5785</v>
+        <v>5786</v>
       </c>
       <c r="F11" s="15">
-        <v>12162</v>
+        <v>12163</v>
       </c>
       <c r="G11" s="15">
-        <v>4955</v>
+        <v>4954</v>
       </c>
       <c r="H11" s="15">
         <v>1058</v>
       </c>
       <c r="I11" s="15">
         <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>13787</v>
+        <v>13794</v>
       </c>
       <c r="D12" s="15">
         <v>1947</v>
       </c>
       <c r="E12" s="15">
-        <v>2290</v>
+        <v>2295</v>
       </c>
       <c r="F12" s="15">
-        <v>3609</v>
+        <v>3610</v>
       </c>
       <c r="G12" s="15">
-        <v>4356</v>
+        <v>4358</v>
       </c>
       <c r="H12" s="15">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="I12" s="15">
         <v>386</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2012</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>229</v>
       </c>
       <c r="D13" s="17">
         <v>0</v>
       </c>
       <c r="E13" s="17">
         <v>47</v>
       </c>
       <c r="F13" s="17">
         <v>76</v>
       </c>
       <c r="G13" s="17">
         <v>79</v>
@@ -3920,267 +4449,267 @@
         <v>27</v>
       </c>
       <c r="I13" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2844</v>
+        <v>2847</v>
       </c>
       <c r="D15" s="15">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E15" s="15">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="F15" s="15">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G15" s="15">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H15" s="15">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I15" s="15">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10830</v>
+        <v>10831</v>
       </c>
       <c r="D16" s="15">
         <v>1523</v>
       </c>
       <c r="E16" s="15">
-        <v>2484</v>
+        <v>2483</v>
       </c>
       <c r="F16" s="15">
-        <v>4291</v>
+        <v>4293</v>
       </c>
       <c r="G16" s="15">
         <v>1757</v>
       </c>
       <c r="H16" s="15">
         <v>487</v>
       </c>
       <c r="I16" s="15">
         <v>288</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>16880</v>
+        <v>16885</v>
       </c>
       <c r="D17" s="15">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="E17" s="15">
-        <v>4250</v>
+        <v>4252</v>
       </c>
       <c r="F17" s="15">
-        <v>6534</v>
+        <v>6537</v>
       </c>
       <c r="G17" s="15">
         <v>2781</v>
       </c>
       <c r="H17" s="15">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="I17" s="15">
         <v>423</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13403</v>
+        <v>13408</v>
       </c>
       <c r="D18" s="15">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="E18" s="15">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="F18" s="15">
-        <v>4263</v>
+        <v>4264</v>
       </c>
       <c r="G18" s="15">
-        <v>3298</v>
+        <v>3300</v>
       </c>
       <c r="H18" s="15">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="I18" s="15">
-        <v>990</v>
+        <v>988</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
-        <v>14696</v>
+        <v>14695</v>
       </c>
       <c r="D19" s="15">
         <v>1933</v>
       </c>
       <c r="E19" s="15">
         <v>3858</v>
       </c>
       <c r="F19" s="15">
-        <v>5689</v>
+        <v>5688</v>
       </c>
       <c r="G19" s="15">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="H19" s="15">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="I19" s="15">
         <v>288</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16478</v>
+        <v>16480</v>
       </c>
       <c r="D20" s="15">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="E20" s="15">
-        <v>2832</v>
+        <v>2830</v>
       </c>
       <c r="F20" s="15">
-        <v>7166</v>
+        <v>7167</v>
       </c>
       <c r="G20" s="15">
-        <v>4203</v>
+        <v>4204</v>
       </c>
       <c r="H20" s="15">
         <v>904</v>
       </c>
       <c r="I20" s="15">
         <v>339</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>75131</v>
+        <v>75146</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8277</v>
+        <v>8283</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>16909</v>
+        <v>16911</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28594</v>
+        <v>28601</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>14645</v>
+        <v>14648</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4323</v>
+        <v>4322</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2383</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -4237,120 +4766,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32193</v>
+        <v>32169</v>
       </c>
       <c r="D10" s="15">
-        <v>2291</v>
+        <v>2297</v>
       </c>
       <c r="E10" s="15">
-        <v>8775</v>
+        <v>8759</v>
       </c>
       <c r="F10" s="15">
-        <v>12777</v>
+        <v>12763</v>
       </c>
       <c r="G10" s="15">
-        <v>5253</v>
+        <v>5255</v>
       </c>
       <c r="H10" s="15">
         <v>2030</v>
       </c>
       <c r="I10" s="15">
-        <v>1067</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28951</v>
+        <v>28952</v>
       </c>
       <c r="D11" s="15">
-        <v>4047</v>
+        <v>4046</v>
       </c>
       <c r="E11" s="15">
-        <v>5782</v>
+        <v>5784</v>
       </c>
       <c r="F11" s="15">
-        <v>12182</v>
+        <v>12183</v>
       </c>
       <c r="G11" s="15">
-        <v>4961</v>
+        <v>4960</v>
       </c>
       <c r="H11" s="15">
         <v>1053</v>
       </c>
       <c r="I11" s="15">
         <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>13411</v>
+        <v>13418</v>
       </c>
       <c r="D12" s="15">
         <v>1927</v>
       </c>
       <c r="E12" s="15">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="F12" s="15">
-        <v>3485</v>
+        <v>3486</v>
       </c>
       <c r="G12" s="15">
-        <v>4213</v>
+        <v>4215</v>
       </c>
       <c r="H12" s="15">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="I12" s="15">
         <v>383</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2011</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>383</v>
       </c>
       <c r="D13" s="17">
         <v>21</v>
       </c>
       <c r="E13" s="17">
         <v>63</v>
       </c>
       <c r="F13" s="17">
         <v>126</v>
       </c>
       <c r="G13" s="17">
         <v>147</v>
@@ -4359,267 +4888,267 @@
         <v>23</v>
       </c>
       <c r="I13" s="17">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2848</v>
+        <v>2851</v>
       </c>
       <c r="D15" s="15">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E15" s="15">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="F15" s="15">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="G15" s="15">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="H15" s="15">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I15" s="15">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10863</v>
+        <v>10832</v>
       </c>
       <c r="D16" s="15">
         <v>1521</v>
       </c>
       <c r="E16" s="15">
-        <v>2500</v>
+        <v>2487</v>
       </c>
       <c r="F16" s="15">
-        <v>4313</v>
+        <v>4295</v>
       </c>
       <c r="G16" s="15">
         <v>1757</v>
       </c>
       <c r="H16" s="15">
         <v>485</v>
       </c>
       <c r="I16" s="15">
         <v>287</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>16845</v>
+        <v>16850</v>
       </c>
       <c r="D17" s="15">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="E17" s="15">
-        <v>4222</v>
+        <v>4224</v>
       </c>
       <c r="F17" s="15">
-        <v>6533</v>
+        <v>6536</v>
       </c>
       <c r="G17" s="15">
         <v>2777</v>
       </c>
       <c r="H17" s="15">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="I17" s="15">
         <v>423</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13279</v>
+        <v>13284</v>
       </c>
       <c r="D18" s="15">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E18" s="15">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="F18" s="15">
-        <v>4235</v>
+        <v>4236</v>
       </c>
       <c r="G18" s="15">
-        <v>3249</v>
+        <v>3251</v>
       </c>
       <c r="H18" s="15">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="I18" s="15">
-        <v>988</v>
+        <v>986</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
         <v>14712</v>
       </c>
       <c r="D19" s="15">
         <v>1932</v>
       </c>
       <c r="E19" s="15">
         <v>3855</v>
       </c>
       <c r="F19" s="15">
         <v>5709</v>
       </c>
       <c r="G19" s="15">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="H19" s="15">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="I19" s="15">
         <v>287</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16391</v>
+        <v>16393</v>
       </c>
       <c r="D20" s="15">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E20" s="15">
-        <v>2806</v>
+        <v>2805</v>
       </c>
       <c r="F20" s="15">
-        <v>7128</v>
+        <v>7129</v>
       </c>
       <c r="G20" s="15">
-        <v>4183</v>
+        <v>4184</v>
       </c>
       <c r="H20" s="15">
         <v>898</v>
       </c>
       <c r="I20" s="15">
         <v>339</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>74938</v>
+        <v>74922</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8286</v>
+        <v>8291</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>16847</v>
+        <v>16838</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28570</v>
+        <v>28558</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>14574</v>
+        <v>14577</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4282</v>
+        <v>4281</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2379</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -4676,120 +5205,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32206</v>
+        <v>32180</v>
       </c>
       <c r="D10" s="15">
-        <v>2304</v>
+        <v>2310</v>
       </c>
       <c r="E10" s="15">
-        <v>8790</v>
+        <v>8773</v>
       </c>
       <c r="F10" s="15">
-        <v>12787</v>
+        <v>12773</v>
       </c>
       <c r="G10" s="15">
-        <v>5256</v>
+        <v>5257</v>
       </c>
       <c r="H10" s="15">
         <v>2005</v>
       </c>
       <c r="I10" s="15">
-        <v>1064</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28960</v>
+        <v>28961</v>
       </c>
       <c r="D11" s="15">
-        <v>4041</v>
+        <v>4040</v>
       </c>
       <c r="E11" s="15">
-        <v>5789</v>
+        <v>5791</v>
       </c>
       <c r="F11" s="15">
-        <v>12182</v>
+        <v>12183</v>
       </c>
       <c r="G11" s="15">
-        <v>4971</v>
+        <v>4970</v>
       </c>
       <c r="H11" s="15">
         <v>1051</v>
       </c>
       <c r="I11" s="15">
         <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>13145</v>
+        <v>13152</v>
       </c>
       <c r="D12" s="15">
         <v>1933</v>
       </c>
       <c r="E12" s="15">
-        <v>2206</v>
+        <v>2211</v>
       </c>
       <c r="F12" s="15">
-        <v>3372</v>
+        <v>3373</v>
       </c>
       <c r="G12" s="15">
-        <v>4103</v>
+        <v>4105</v>
       </c>
       <c r="H12" s="15">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="I12" s="15">
         <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2010</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>274</v>
       </c>
       <c r="D13" s="17">
         <v>4</v>
       </c>
       <c r="E13" s="17">
         <v>30</v>
       </c>
       <c r="F13" s="17">
         <v>104</v>
       </c>
       <c r="G13" s="17">
         <v>107</v>
@@ -4798,267 +5327,706 @@
         <v>26</v>
       </c>
       <c r="I13" s="17">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2849</v>
+        <v>2851</v>
       </c>
       <c r="D15" s="15">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E15" s="15">
         <v>1085</v>
       </c>
       <c r="F15" s="15">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G15" s="15">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="H15" s="15">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I15" s="15">
         <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10867</v>
+        <v>10836</v>
       </c>
       <c r="D16" s="15">
         <v>1526</v>
       </c>
       <c r="E16" s="15">
-        <v>2510</v>
+        <v>2497</v>
       </c>
       <c r="F16" s="15">
-        <v>4312</v>
+        <v>4294</v>
       </c>
       <c r="G16" s="15">
         <v>1756</v>
       </c>
       <c r="H16" s="15">
         <v>476</v>
       </c>
       <c r="I16" s="15">
         <v>287</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>16690</v>
+        <v>16694</v>
       </c>
       <c r="D17" s="15">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="E17" s="15">
-        <v>4211</v>
+        <v>4213</v>
       </c>
       <c r="F17" s="15">
-        <v>6476</v>
+        <v>6479</v>
       </c>
       <c r="G17" s="15">
-        <v>2705</v>
+        <v>2704</v>
       </c>
       <c r="H17" s="15">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="I17" s="15">
         <v>419</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13212</v>
+        <v>13217</v>
       </c>
       <c r="D18" s="15">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E18" s="15">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="F18" s="15">
-        <v>4224</v>
+        <v>4225</v>
       </c>
       <c r="G18" s="15">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="H18" s="15">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="I18" s="15">
-        <v>988</v>
+        <v>986</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
         <v>14706</v>
       </c>
       <c r="D19" s="15">
         <v>1932</v>
       </c>
       <c r="E19" s="15">
         <v>3851</v>
       </c>
       <c r="F19" s="15">
         <v>5714</v>
       </c>
       <c r="G19" s="15">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="H19" s="15">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="I19" s="15">
         <v>286</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
-        <v>16261</v>
+        <v>16263</v>
       </c>
       <c r="D20" s="15">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E20" s="15">
-        <v>2778</v>
+        <v>2777</v>
       </c>
       <c r="F20" s="15">
-        <v>7068</v>
+        <v>7069</v>
       </c>
       <c r="G20" s="15">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="H20" s="15">
         <v>887</v>
       </c>
       <c r="I20" s="15">
         <v>339</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>74585</v>
+        <v>74567</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8282</v>
+        <v>8287</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>16815</v>
+        <v>16805</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>28445</v>
+        <v>28433</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>14437</v>
+        <v>14439</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4233</v>
+        <v>4232</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2373</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C961998-36E7-4575-B2C7-8756F2FFFFFB}">
+  <dimension ref="A1:I23"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
+    <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="3"/>
+    </row>
+    <row r="5" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I5" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="10"/>
+      <c r="I6" s="10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="4">
+        <v>1</v>
+      </c>
+      <c r="E7" s="4">
+        <v>2</v>
+      </c>
+      <c r="F7" s="4">
+        <v>3</v>
+      </c>
+      <c r="G7" s="4">
+        <v>4</v>
+      </c>
+      <c r="H7" s="4">
+        <v>5</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="11"/>
+      <c r="G8" s="11"/>
+      <c r="H8" s="11"/>
+      <c r="I8" s="11" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+    </row>
+    <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="14">
+        <f>SUM(D10:I10)</f>
+        <v>32588</v>
+      </c>
+      <c r="D10" s="15">
+        <v>2355</v>
+      </c>
+      <c r="E10" s="15">
+        <v>8893</v>
+      </c>
+      <c r="F10" s="15">
+        <v>12691</v>
+      </c>
+      <c r="G10" s="15">
+        <v>5362</v>
+      </c>
+      <c r="H10" s="15">
+        <v>2143</v>
+      </c>
+      <c r="I10" s="15">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="14">
+        <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
+        <v>29444</v>
+      </c>
+      <c r="D11" s="15">
+        <v>4222</v>
+      </c>
+      <c r="E11" s="15">
+        <v>6090</v>
+      </c>
+      <c r="F11" s="15">
+        <v>12080</v>
+      </c>
+      <c r="G11" s="15">
+        <v>5030</v>
+      </c>
+      <c r="H11" s="15">
+        <v>1094</v>
+      </c>
+      <c r="I11" s="15">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="14">
+        <f t="shared" si="0"/>
+        <v>17644</v>
+      </c>
+      <c r="D12" s="15">
+        <v>2209</v>
+      </c>
+      <c r="E12" s="15">
+        <v>3325</v>
+      </c>
+      <c r="F12" s="15">
+        <v>4794</v>
+      </c>
+      <c r="G12" s="15">
+        <v>5364</v>
+      </c>
+      <c r="H12" s="15">
+        <v>1522</v>
+      </c>
+      <c r="I12" s="15">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="9"/>
+      <c r="B13" s="9">
+        <v>2024</v>
+      </c>
+      <c r="C13" s="16">
+        <f t="shared" si="0"/>
+        <v>3</v>
+      </c>
+      <c r="D13" s="17">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17">
+        <v>0</v>
+      </c>
+      <c r="F13" s="17">
+        <v>2</v>
+      </c>
+      <c r="G13" s="17">
+        <v>0</v>
+      </c>
+      <c r="H13" s="17">
+        <v>0</v>
+      </c>
+      <c r="I13" s="17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="15"/>
+      <c r="E14" s="15"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15"/>
+      <c r="I14" s="15"/>
+    </row>
+    <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="4"/>
+      <c r="B15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="14">
+        <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
+        <v>3056</v>
+      </c>
+      <c r="D15" s="15">
+        <v>642</v>
+      </c>
+      <c r="E15" s="15">
+        <v>1196</v>
+      </c>
+      <c r="F15" s="15">
+        <v>696</v>
+      </c>
+      <c r="G15" s="15">
+        <v>342</v>
+      </c>
+      <c r="H15" s="15">
+        <v>121</v>
+      </c>
+      <c r="I15" s="15">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="4"/>
+      <c r="B16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="14">
+        <f t="shared" si="1"/>
+        <v>11107</v>
+      </c>
+      <c r="D16" s="15">
+        <v>1506</v>
+      </c>
+      <c r="E16" s="15">
+        <v>2548</v>
+      </c>
+      <c r="F16" s="15">
+        <v>4358</v>
+      </c>
+      <c r="G16" s="15">
+        <v>1848</v>
+      </c>
+      <c r="H16" s="15">
+        <v>538</v>
+      </c>
+      <c r="I16" s="15">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="4"/>
+      <c r="B17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C17" s="14">
+        <f t="shared" si="1"/>
+        <v>18476</v>
+      </c>
+      <c r="D17" s="15">
+        <v>2396</v>
+      </c>
+      <c r="E17" s="15">
+        <v>4803</v>
+      </c>
+      <c r="F17" s="15">
+        <v>6798</v>
+      </c>
+      <c r="G17" s="15">
+        <v>3127</v>
+      </c>
+      <c r="H17" s="15">
+        <v>904</v>
+      </c>
+      <c r="I17" s="15">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="4"/>
+      <c r="B18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="14">
+        <f t="shared" si="1"/>
+        <v>14160</v>
+      </c>
+      <c r="D18" s="15">
+        <v>1102</v>
+      </c>
+      <c r="E18" s="15">
+        <v>2555</v>
+      </c>
+      <c r="F18" s="15">
+        <v>4492</v>
+      </c>
+      <c r="G18" s="15">
+        <v>3492</v>
+      </c>
+      <c r="H18" s="15">
+        <v>1494</v>
+      </c>
+      <c r="I18" s="15">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="4"/>
+      <c r="B19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="14">
+        <f t="shared" si="1"/>
+        <v>15341</v>
+      </c>
+      <c r="D19" s="15">
+        <v>1962</v>
+      </c>
+      <c r="E19" s="15">
+        <v>4080</v>
+      </c>
+      <c r="F19" s="15">
+        <v>5850</v>
+      </c>
+      <c r="G19" s="15">
+        <v>2457</v>
+      </c>
+      <c r="H19" s="15">
+        <v>687</v>
+      </c>
+      <c r="I19" s="15">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="4"/>
+      <c r="B20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" s="14">
+        <f t="shared" si="1"/>
+        <v>17539</v>
+      </c>
+      <c r="D20" s="15">
+        <v>1178</v>
+      </c>
+      <c r="E20" s="15">
+        <v>3126</v>
+      </c>
+      <c r="F20" s="15">
+        <v>7373</v>
+      </c>
+      <c r="G20" s="15">
+        <v>4490</v>
+      </c>
+      <c r="H20" s="15">
+        <v>1015</v>
+      </c>
+      <c r="I20" s="15">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="8"/>
+      <c r="C21" s="18">
+        <f>SUM(D21:I21)</f>
+        <v>79679</v>
+      </c>
+      <c r="D21" s="19">
+        <f>SUM(D15:D20)</f>
+        <v>8786</v>
+      </c>
+      <c r="E21" s="19">
+        <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
+        <v>18308</v>
+      </c>
+      <c r="F21" s="19">
+        <f t="shared" si="2"/>
+        <v>29567</v>
+      </c>
+      <c r="G21" s="19">
+        <f t="shared" si="2"/>
+        <v>15756</v>
+      </c>
+      <c r="H21" s="19">
+        <f t="shared" si="2"/>
+        <v>4759</v>
+      </c>
+      <c r="I21" s="19">
+        <f t="shared" si="2"/>
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I22" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I23" s="5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C6CF992-84D1-4B6D-8421-B91FD80EC25E}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -5115,389 +6083,389 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32540</v>
+        <v>32547</v>
       </c>
       <c r="D10" s="15">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="E10" s="15">
-        <v>8888</v>
+        <v>8879</v>
       </c>
       <c r="F10" s="15">
-        <v>12680</v>
+        <v>12694</v>
       </c>
       <c r="G10" s="15">
-        <v>5353</v>
+        <v>5352</v>
       </c>
       <c r="H10" s="15">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="I10" s="15">
-        <v>1148</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>29393</v>
+        <v>29394</v>
       </c>
       <c r="D11" s="15">
-        <v>4192</v>
+        <v>4193</v>
       </c>
       <c r="E11" s="15">
-        <v>6070</v>
+        <v>6071</v>
       </c>
       <c r="F11" s="15">
         <v>12076</v>
       </c>
       <c r="G11" s="15">
-        <v>5032</v>
+        <v>5029</v>
       </c>
       <c r="H11" s="15">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="I11" s="15">
-        <v>930</v>
+        <v>929</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>17054</v>
+        <v>17072</v>
       </c>
       <c r="D12" s="15">
         <v>2160</v>
       </c>
       <c r="E12" s="15">
-        <v>3133</v>
+        <v>3141</v>
       </c>
       <c r="F12" s="15">
-        <v>4653</v>
+        <v>4658</v>
       </c>
       <c r="G12" s="15">
-        <v>5221</v>
+        <v>5225</v>
       </c>
       <c r="H12" s="15">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="I12" s="15">
         <v>427</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2023</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D13" s="17">
         <v>47</v>
       </c>
       <c r="E13" s="17">
         <v>181</v>
       </c>
       <c r="F13" s="17">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G13" s="17">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H13" s="17">
         <v>52</v>
       </c>
       <c r="I13" s="17">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>3031</v>
+        <v>3039</v>
       </c>
       <c r="D15" s="15">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="E15" s="15">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="F15" s="15">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="G15" s="15">
         <v>338</v>
       </c>
       <c r="H15" s="15">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I15" s="15">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
-        <v>11098</v>
+        <v>11100</v>
       </c>
       <c r="D16" s="15">
-        <v>1513</v>
+        <v>1510</v>
       </c>
       <c r="E16" s="15">
-        <v>2544</v>
+        <v>2543</v>
       </c>
       <c r="F16" s="15">
-        <v>4350</v>
+        <v>4354</v>
       </c>
       <c r="G16" s="15">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="H16" s="15">
         <v>537</v>
       </c>
       <c r="I16" s="15">
         <v>311</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>18424</v>
+        <v>18426</v>
       </c>
       <c r="D17" s="15">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="E17" s="15">
-        <v>4777</v>
+        <v>4779</v>
       </c>
       <c r="F17" s="15">
-        <v>6789</v>
+        <v>6798</v>
       </c>
       <c r="G17" s="15">
-        <v>3126</v>
+        <v>3121</v>
       </c>
       <c r="H17" s="15">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="I17" s="15">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>14132</v>
+        <v>14143</v>
       </c>
       <c r="D18" s="15">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="E18" s="15">
-        <v>2547</v>
+        <v>2551</v>
       </c>
       <c r="F18" s="15">
         <v>4491</v>
       </c>
       <c r="G18" s="15">
-        <v>3492</v>
+        <v>3493</v>
       </c>
       <c r="H18" s="15">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="I18" s="15">
-        <v>1027</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>15333</v>
+        <v>15331</v>
       </c>
       <c r="D19" s="15">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="E19" s="15">
-        <v>4089</v>
+        <v>4084</v>
       </c>
       <c r="F19" s="15">
-        <v>5849</v>
+        <v>5848</v>
       </c>
       <c r="G19" s="15">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="H19" s="15">
         <v>684</v>
       </c>
       <c r="I19" s="15">
-        <v>304</v>
+        <v>302</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17537</v>
+        <v>17544</v>
       </c>
       <c r="D20" s="15">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="E20" s="15">
-        <v>3129</v>
+        <v>3127</v>
       </c>
       <c r="F20" s="15">
-        <v>7369</v>
+        <v>7374</v>
       </c>
       <c r="G20" s="15">
-        <v>4500</v>
+        <v>4502</v>
       </c>
       <c r="H20" s="15">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="I20" s="15">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>79555</v>
+        <v>79583</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8749</v>
+        <v>8755</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
         <v>18272</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29542</v>
+        <v>29562</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15756</v>
+        <v>15757</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
-        <v>4726</v>
+        <v>4731</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2510</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3891CDD6-5D04-47D7-AF4C-3528CCC10EAE}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -5554,120 +6522,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32470</v>
+        <v>32483</v>
       </c>
       <c r="D10" s="15">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="E10" s="15">
-        <v>8878</v>
+        <v>8869</v>
       </c>
       <c r="F10" s="15">
-        <v>12691</v>
+        <v>12704</v>
       </c>
       <c r="G10" s="15">
-        <v>5340</v>
+        <v>5344</v>
       </c>
       <c r="H10" s="15">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="I10" s="15">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>29344</v>
+        <v>29345</v>
       </c>
       <c r="D11" s="15">
-        <v>4192</v>
+        <v>4193</v>
       </c>
       <c r="E11" s="15">
-        <v>6039</v>
+        <v>6040</v>
       </c>
       <c r="F11" s="15">
         <v>12068</v>
       </c>
       <c r="G11" s="15">
-        <v>5014</v>
+        <v>5011</v>
       </c>
       <c r="H11" s="15">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="I11" s="15">
-        <v>938</v>
+        <v>937</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>16813</v>
+        <v>16831</v>
       </c>
       <c r="D12" s="15">
         <v>2187</v>
       </c>
       <c r="E12" s="15">
-        <v>3092</v>
+        <v>3100</v>
       </c>
       <c r="F12" s="15">
-        <v>4558</v>
+        <v>4563</v>
       </c>
       <c r="G12" s="15">
-        <v>5101</v>
+        <v>5105</v>
       </c>
       <c r="H12" s="15">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="I12" s="15">
         <v>427</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2022</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
         <v>292</v>
       </c>
       <c r="D13" s="17">
         <v>19</v>
       </c>
       <c r="E13" s="17">
         <v>47</v>
       </c>
       <c r="F13" s="17">
         <v>98</v>
       </c>
       <c r="G13" s="17">
         <v>119</v>
@@ -5676,270 +6644,270 @@
         <v>9</v>
       </c>
       <c r="I13" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>3032</v>
+        <v>3040</v>
       </c>
       <c r="D15" s="15">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E15" s="15">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="F15" s="15">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="G15" s="15">
         <v>335</v>
       </c>
       <c r="H15" s="15">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I15" s="15">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
         <v>11006</v>
       </c>
       <c r="D16" s="15">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="E16" s="15">
-        <v>2540</v>
+        <v>2539</v>
       </c>
       <c r="F16" s="15">
-        <v>4336</v>
+        <v>4339</v>
       </c>
       <c r="G16" s="15">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="H16" s="15">
         <v>515</v>
       </c>
       <c r="I16" s="15">
         <v>307</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>18029</v>
+        <v>18037</v>
       </c>
       <c r="D17" s="15">
-        <v>2350</v>
+        <v>2348</v>
       </c>
       <c r="E17" s="15">
-        <v>4601</v>
+        <v>4603</v>
       </c>
       <c r="F17" s="15">
-        <v>6714</v>
+        <v>6722</v>
       </c>
       <c r="G17" s="15">
         <v>3047</v>
       </c>
       <c r="H17" s="15">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="I17" s="15">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>14111</v>
+        <v>14122</v>
       </c>
       <c r="D18" s="15">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="E18" s="15">
-        <v>2541</v>
+        <v>2545</v>
       </c>
       <c r="F18" s="15">
         <v>4488</v>
       </c>
       <c r="G18" s="15">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="H18" s="15">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="I18" s="15">
-        <v>1032</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>15271</v>
+        <v>15269</v>
       </c>
       <c r="D19" s="15">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="E19" s="15">
-        <v>4075</v>
+        <v>4070</v>
       </c>
       <c r="F19" s="15">
-        <v>5843</v>
+        <v>5842</v>
       </c>
       <c r="G19" s="15">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="H19" s="15">
         <v>677</v>
       </c>
       <c r="I19" s="15">
-        <v>304</v>
+        <v>302</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17470</v>
+        <v>17477</v>
       </c>
       <c r="D20" s="15">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="E20" s="15">
-        <v>3118</v>
+        <v>3116</v>
       </c>
       <c r="F20" s="15">
-        <v>7338</v>
+        <v>7343</v>
       </c>
       <c r="G20" s="15">
-        <v>4479</v>
+        <v>4481</v>
       </c>
       <c r="H20" s="15">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="I20" s="15">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>78919</v>
+        <v>78951</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8707</v>
+        <v>8715</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
         <v>18056</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29415</v>
+        <v>29433</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15574</v>
+        <v>15579</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
-        <v>4659</v>
+        <v>4664</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2508</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="20" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F27BF4BA-262A-4F04-BF3F-45C1EE7174F4}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -5996,120 +6964,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32440</v>
+        <v>32453</v>
       </c>
       <c r="D10" s="15">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="E10" s="15">
-        <v>8843</v>
+        <v>8833</v>
       </c>
       <c r="F10" s="15">
-        <v>12700</v>
+        <v>12714</v>
       </c>
       <c r="G10" s="15">
-        <v>5332</v>
+        <v>5336</v>
       </c>
       <c r="H10" s="15">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="I10" s="15">
-        <v>1141</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>29099</v>
+        <v>29096</v>
       </c>
       <c r="D11" s="15">
-        <v>4022</v>
+        <v>4019</v>
       </c>
       <c r="E11" s="15">
-        <v>5986</v>
+        <v>5987</v>
       </c>
       <c r="F11" s="15">
-        <v>12059</v>
+        <v>12060</v>
       </c>
       <c r="G11" s="15">
-        <v>5003</v>
+        <v>5000</v>
       </c>
       <c r="H11" s="15">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="I11" s="15">
-        <v>940</v>
+        <v>939</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>16664</v>
+        <v>16680</v>
       </c>
       <c r="D12" s="15">
         <v>2148</v>
       </c>
       <c r="E12" s="15">
-        <v>3071</v>
+        <v>3079</v>
       </c>
       <c r="F12" s="15">
-        <v>4528</v>
+        <v>4533</v>
       </c>
       <c r="G12" s="15">
-        <v>5069</v>
+        <v>5071</v>
       </c>
       <c r="H12" s="15">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="I12" s="15">
         <v>424</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2021</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
         <v>140</v>
       </c>
       <c r="D13" s="17">
         <v>32</v>
       </c>
       <c r="E13" s="17">
         <v>21</v>
       </c>
       <c r="F13" s="17">
         <v>26</v>
       </c>
       <c r="G13" s="17">
         <v>36</v>
@@ -6118,270 +7086,271 @@
         <v>22</v>
       </c>
       <c r="I13" s="17">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>2975</v>
+        <v>2983</v>
       </c>
       <c r="D15" s="15">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E15" s="15">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F15" s="15">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="G15" s="15">
         <v>329</v>
       </c>
       <c r="H15" s="15">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I15" s="15">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
         <v>11005</v>
       </c>
       <c r="D16" s="15">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="E16" s="15">
-        <v>2539</v>
+        <v>2538</v>
       </c>
       <c r="F16" s="15">
-        <v>4342</v>
+        <v>4345</v>
       </c>
       <c r="G16" s="15">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="H16" s="15">
         <v>512</v>
       </c>
       <c r="I16" s="15">
         <v>308</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>17748</v>
+        <v>17756</v>
       </c>
       <c r="D17" s="15">
-        <v>2176</v>
+        <v>2174</v>
       </c>
       <c r="E17" s="15">
-        <v>4547</v>
+        <v>4549</v>
       </c>
       <c r="F17" s="15">
-        <v>6685</v>
+        <v>6694</v>
       </c>
       <c r="G17" s="15">
         <v>3029</v>
       </c>
       <c r="H17" s="15">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="I17" s="15">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>14110</v>
+        <v>14117</v>
       </c>
       <c r="D18" s="15">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="E18" s="15">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="F18" s="15">
-        <v>4490</v>
+        <v>4491</v>
       </c>
       <c r="G18" s="15">
-        <v>3484</v>
+        <v>3485</v>
       </c>
       <c r="H18" s="15">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="I18" s="15">
-        <v>1033</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>15175</v>
+        <v>15171</v>
       </c>
       <c r="D19" s="15">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="E19" s="15">
-        <v>4041</v>
+        <v>4036</v>
       </c>
       <c r="F19" s="15">
-        <v>5829</v>
+        <v>5828</v>
       </c>
       <c r="G19" s="15">
-        <v>2393</v>
+        <v>2392</v>
       </c>
       <c r="H19" s="15">
         <v>673</v>
       </c>
       <c r="I19" s="15">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17330</v>
+        <v>17337</v>
       </c>
       <c r="D20" s="15">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="E20" s="15">
-        <v>3097</v>
+        <v>3095</v>
       </c>
       <c r="F20" s="15">
-        <v>7289</v>
+        <v>7294</v>
       </c>
       <c r="G20" s="15">
-        <v>4416</v>
+        <v>4418</v>
       </c>
       <c r="H20" s="15">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="I20" s="15">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>78343</v>
+        <v>78369</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8524</v>
+        <v>8528</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
-        <v>17921</v>
+        <v>17920</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29313</v>
+        <v>29333</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15440</v>
+        <v>15443</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
-        <v>4637</v>
+        <v>4641</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2508</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="20" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection objects="1" scenarios="1"/>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -6438,392 +7407,392 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32361</v>
+        <v>32371</v>
       </c>
       <c r="D10" s="15">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="E10" s="15">
-        <v>8817</v>
+        <v>8806</v>
       </c>
       <c r="F10" s="15">
-        <v>12679</v>
+        <v>12692</v>
       </c>
       <c r="G10" s="15">
-        <v>5330</v>
+        <v>5333</v>
       </c>
       <c r="H10" s="15">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="I10" s="15">
-        <v>1131</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>28919</v>
+        <v>28920</v>
       </c>
       <c r="D11" s="15">
-        <v>3993</v>
+        <v>3994</v>
       </c>
       <c r="E11" s="15">
-        <v>5915</v>
+        <v>5916</v>
       </c>
       <c r="F11" s="15">
-        <v>12016</v>
+        <v>12017</v>
       </c>
       <c r="G11" s="15">
-        <v>4986</v>
+        <v>4983</v>
       </c>
       <c r="H11" s="15">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="I11" s="15">
-        <v>932</v>
+        <v>931</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>16351</v>
+        <v>16361</v>
       </c>
       <c r="D12" s="15">
         <v>2125</v>
       </c>
       <c r="E12" s="15">
-        <v>2974</v>
+        <v>2980</v>
       </c>
       <c r="F12" s="15">
-        <v>4414</v>
+        <v>4415</v>
       </c>
       <c r="G12" s="15">
-        <v>5003</v>
+        <v>5007</v>
       </c>
       <c r="H12" s="15">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="I12" s="15">
         <v>423</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2020</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="D13" s="17">
         <v>23</v>
       </c>
       <c r="E13" s="17">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F13" s="17">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G13" s="17">
         <v>73</v>
       </c>
       <c r="H13" s="17">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I13" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>2945</v>
+        <v>2951</v>
       </c>
       <c r="D15" s="15">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E15" s="15">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="F15" s="15">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="G15" s="15">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H15" s="15">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" s="15">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
-        <v>11000</v>
+        <v>11003</v>
       </c>
       <c r="D16" s="15">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E16" s="15">
         <v>2533</v>
       </c>
       <c r="F16" s="15">
-        <v>4337</v>
+        <v>4340</v>
       </c>
       <c r="G16" s="15">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="H16" s="15">
         <v>510</v>
       </c>
       <c r="I16" s="15">
         <v>307</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>17507</v>
+        <v>17515</v>
       </c>
       <c r="D17" s="15">
-        <v>2131</v>
+        <v>2129</v>
       </c>
       <c r="E17" s="15">
-        <v>4478</v>
+        <v>4480</v>
       </c>
       <c r="F17" s="15">
-        <v>6641</v>
+        <v>6650</v>
       </c>
       <c r="G17" s="15">
         <v>2978</v>
       </c>
       <c r="H17" s="15">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="I17" s="15">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>14097</v>
+        <v>14103</v>
       </c>
       <c r="D18" s="15">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E18" s="15">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="F18" s="15">
-        <v>4487</v>
+        <v>4488</v>
       </c>
       <c r="G18" s="15">
-        <v>3490</v>
+        <v>3491</v>
       </c>
       <c r="H18" s="15">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="I18" s="15">
-        <v>1029</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>15101</v>
+        <v>15099</v>
       </c>
       <c r="D19" s="15">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="E19" s="15">
-        <v>4010</v>
+        <v>4005</v>
       </c>
       <c r="F19" s="15">
-        <v>5802</v>
+        <v>5801</v>
       </c>
       <c r="G19" s="15">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="H19" s="15">
         <v>673</v>
       </c>
       <c r="I19" s="15">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17297</v>
+        <v>17305</v>
       </c>
       <c r="D20" s="15">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="E20" s="15">
-        <v>3105</v>
+        <v>3102</v>
       </c>
       <c r="F20" s="15">
-        <v>7280</v>
+        <v>7285</v>
       </c>
       <c r="G20" s="15">
-        <v>4417</v>
+        <v>4419</v>
       </c>
       <c r="H20" s="15">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="I20" s="15">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>77947</v>
+        <v>77976</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8449</v>
+        <v>8457</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
-        <v>17800</v>
+        <v>17798</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29221</v>
+        <v>29240</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15392</v>
+        <v>15396</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
-        <v>4599</v>
+        <v>4603</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2486</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="20" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -6880,120 +7849,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32284</v>
+        <v>32295</v>
       </c>
       <c r="D10" s="15">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="E10" s="15">
-        <v>8781</v>
+        <v>8770</v>
       </c>
       <c r="F10" s="15">
-        <v>12666</v>
+        <v>12680</v>
       </c>
       <c r="G10" s="15">
-        <v>5304</v>
+        <v>5306</v>
       </c>
       <c r="H10" s="15">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="I10" s="15">
-        <v>1128</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
         <v>28982</v>
       </c>
       <c r="D11" s="15">
-        <v>3996</v>
+        <v>3997</v>
       </c>
       <c r="E11" s="15">
-        <v>5914</v>
+        <v>5915</v>
       </c>
       <c r="F11" s="15">
-        <v>12055</v>
+        <v>12056</v>
       </c>
       <c r="G11" s="15">
-        <v>5008</v>
+        <v>5006</v>
       </c>
       <c r="H11" s="15">
         <v>1079</v>
       </c>
       <c r="I11" s="15">
-        <v>930</v>
+        <v>929</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>16013</v>
+        <v>16022</v>
       </c>
       <c r="D12" s="15">
         <v>2071</v>
       </c>
       <c r="E12" s="15">
-        <v>2848</v>
+        <v>2854</v>
       </c>
       <c r="F12" s="15">
-        <v>4330</v>
+        <v>4331</v>
       </c>
       <c r="G12" s="15">
-        <v>4952</v>
+        <v>4955</v>
       </c>
       <c r="H12" s="15">
-        <v>1395</v>
+        <v>1394</v>
       </c>
       <c r="I12" s="15">
         <v>417</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2019</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
         <v>179</v>
       </c>
       <c r="D13" s="17">
         <v>51</v>
       </c>
       <c r="E13" s="17">
         <v>34</v>
       </c>
       <c r="F13" s="17">
         <v>36</v>
       </c>
       <c r="G13" s="17">
         <v>34</v>
@@ -7002,267 +7971,267 @@
         <v>18</v>
       </c>
       <c r="I13" s="17">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>2946</v>
+        <v>2951</v>
       </c>
       <c r="D15" s="15">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E15" s="15">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="F15" s="15">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="G15" s="15">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="H15" s="15">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" s="15">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
-        <v>11002</v>
+        <v>11005</v>
       </c>
       <c r="D16" s="15">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="E16" s="15">
         <v>2534</v>
       </c>
       <c r="F16" s="15">
-        <v>4339</v>
+        <v>4342</v>
       </c>
       <c r="G16" s="15">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="H16" s="15">
         <v>511</v>
       </c>
       <c r="I16" s="15">
         <v>305</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>17402</v>
+        <v>17409</v>
       </c>
       <c r="D17" s="15">
-        <v>2126</v>
+        <v>2124</v>
       </c>
       <c r="E17" s="15">
-        <v>4428</v>
+        <v>4430</v>
       </c>
       <c r="F17" s="15">
-        <v>6620</v>
+        <v>6629</v>
       </c>
       <c r="G17" s="15">
-        <v>2953</v>
+        <v>2952</v>
       </c>
       <c r="H17" s="15">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="I17" s="15">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>13908</v>
+        <v>13914</v>
       </c>
       <c r="D18" s="15">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="E18" s="15">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="F18" s="15">
-        <v>4425</v>
+        <v>4426</v>
       </c>
       <c r="G18" s="15">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="H18" s="15">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="I18" s="15">
-        <v>1028</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>14907</v>
+        <v>14906</v>
       </c>
       <c r="D19" s="15">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="E19" s="15">
-        <v>3881</v>
+        <v>3876</v>
       </c>
       <c r="F19" s="15">
         <v>5750</v>
       </c>
       <c r="G19" s="15">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="H19" s="15">
         <v>671</v>
       </c>
       <c r="I19" s="15">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
         <v>17293</v>
       </c>
       <c r="D20" s="15">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="E20" s="15">
-        <v>3103</v>
+        <v>3099</v>
       </c>
       <c r="F20" s="15">
-        <v>7280</v>
+        <v>7281</v>
       </c>
       <c r="G20" s="15">
         <v>4419</v>
       </c>
       <c r="H20" s="15">
         <v>984</v>
       </c>
       <c r="I20" s="15">
         <v>360</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>77458</v>
+        <v>77478</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8432</v>
+        <v>8440</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
-        <v>17577</v>
+        <v>17573</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29087</v>
+        <v>29103</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15298</v>
+        <v>15301</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
         <v>4583</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2481</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -7319,120 +8288,120 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32242</v>
+        <v>32251</v>
       </c>
       <c r="D10" s="15">
-        <v>2305</v>
+        <v>2312</v>
       </c>
       <c r="E10" s="15">
-        <v>8772</v>
+        <v>8761</v>
       </c>
       <c r="F10" s="15">
-        <v>12671</v>
+        <v>12683</v>
       </c>
       <c r="G10" s="15">
-        <v>5298</v>
+        <v>5300</v>
       </c>
       <c r="H10" s="15">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="I10" s="15">
-        <v>1116</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f t="shared" ref="C11:C13" si="0">SUM(D11:I11)</f>
-        <v>28962</v>
+        <v>28963</v>
       </c>
       <c r="D11" s="15">
-        <v>3991</v>
+        <v>3992</v>
       </c>
       <c r="E11" s="15">
-        <v>5906</v>
+        <v>5907</v>
       </c>
       <c r="F11" s="15">
-        <v>12051</v>
+        <v>12052</v>
       </c>
       <c r="G11" s="15">
-        <v>5006</v>
+        <v>5005</v>
       </c>
       <c r="H11" s="15">
         <v>1081</v>
       </c>
       <c r="I11" s="15">
-        <v>927</v>
+        <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="14">
         <f t="shared" si="0"/>
-        <v>15957</v>
+        <v>15967</v>
       </c>
       <c r="D12" s="15">
         <v>2066</v>
       </c>
       <c r="E12" s="15">
-        <v>2826</v>
+        <v>2832</v>
       </c>
       <c r="F12" s="15">
-        <v>4319</v>
+        <v>4320</v>
       </c>
       <c r="G12" s="15">
-        <v>4951</v>
+        <v>4955</v>
       </c>
       <c r="H12" s="15">
-        <v>1385</v>
+        <v>1384</v>
       </c>
       <c r="I12" s="15">
         <v>410</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2018</v>
       </c>
       <c r="C13" s="16">
         <f t="shared" si="0"/>
         <v>45</v>
       </c>
       <c r="D13" s="17">
         <v>23</v>
       </c>
       <c r="E13" s="17">
         <v>6</v>
       </c>
       <c r="F13" s="17">
         <v>3</v>
       </c>
       <c r="G13" s="17">
         <v>5</v>
@@ -7441,267 +8410,267 @@
         <v>3</v>
       </c>
       <c r="I13" s="17">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="1">SUM(D15:I15)</f>
-        <v>2932</v>
+        <v>2937</v>
       </c>
       <c r="D15" s="15">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E15" s="15">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="F15" s="15">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="G15" s="15">
         <v>323</v>
       </c>
       <c r="H15" s="15">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I15" s="15">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="1"/>
-        <v>10918</v>
+        <v>10921</v>
       </c>
       <c r="D16" s="15">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="E16" s="15">
         <v>2512</v>
       </c>
       <c r="F16" s="15">
-        <v>4335</v>
+        <v>4338</v>
       </c>
       <c r="G16" s="15">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="H16" s="15">
         <v>502</v>
       </c>
       <c r="I16" s="15">
         <v>297</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="1"/>
-        <v>17337</v>
+        <v>17343</v>
       </c>
       <c r="D17" s="15">
-        <v>2095</v>
+        <v>2093</v>
       </c>
       <c r="E17" s="15">
-        <v>4402</v>
+        <v>4404</v>
       </c>
       <c r="F17" s="15">
-        <v>6614</v>
+        <v>6622</v>
       </c>
       <c r="G17" s="15">
-        <v>2953</v>
+        <v>2952</v>
       </c>
       <c r="H17" s="15">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="I17" s="15">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="1"/>
-        <v>13904</v>
+        <v>13910</v>
       </c>
       <c r="D18" s="15">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="E18" s="15">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="15">
-        <v>4429</v>
+        <v>4430</v>
       </c>
       <c r="G18" s="15">
-        <v>3434</v>
+        <v>3437</v>
       </c>
       <c r="H18" s="15">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="I18" s="15">
-        <v>1024</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="1"/>
-        <v>14812</v>
+        <v>14811</v>
       </c>
       <c r="D19" s="15">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="E19" s="15">
-        <v>3874</v>
+        <v>3869</v>
       </c>
       <c r="F19" s="15">
         <v>5717</v>
       </c>
       <c r="G19" s="15">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="H19" s="15">
         <v>652</v>
       </c>
       <c r="I19" s="15">
-        <v>295</v>
+        <v>293</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="1"/>
-        <v>17303</v>
+        <v>17304</v>
       </c>
       <c r="D20" s="15">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="E20" s="15">
-        <v>3102</v>
+        <v>3098</v>
       </c>
       <c r="F20" s="15">
-        <v>7276</v>
+        <v>7277</v>
       </c>
       <c r="G20" s="15">
-        <v>4428</v>
+        <v>4429</v>
       </c>
       <c r="H20" s="15">
         <v>977</v>
       </c>
       <c r="I20" s="15">
         <v>354</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(D21:I21)</f>
-        <v>77206</v>
+        <v>77226</v>
       </c>
       <c r="D21" s="19">
         <f>SUM(D15:D20)</f>
-        <v>8385</v>
+        <v>8393</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" ref="E21:I21" si="2">SUM(E15:E20)</f>
-        <v>17510</v>
+        <v>17506</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="2"/>
-        <v>29044</v>
+        <v>29058</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="2"/>
-        <v>15260</v>
+        <v>15265</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="2"/>
         <v>4549</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="2"/>
-        <v>2458</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="1" customWidth="1"/>
     <col min="3" max="9" width="10.140625" style="1" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:9" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
@@ -7758,884 +8727,447 @@
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="12"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
     </row>
     <row r="10" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="14">
         <f>SUM(D10:I10)</f>
-        <v>32213</v>
+        <v>32183</v>
       </c>
       <c r="D10" s="15">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="E10" s="15">
-        <v>8754</v>
+        <v>8738</v>
       </c>
       <c r="F10" s="15">
-        <v>12668</v>
+        <v>12655</v>
       </c>
       <c r="G10" s="15">
-        <v>5298</v>
+        <v>5297</v>
       </c>
       <c r="H10" s="15">
-        <v>2080</v>
+        <v>2078</v>
       </c>
       <c r="I10" s="15">
-        <v>1118</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="14">
         <f>SUM(D11:I11)</f>
-        <v>28946</v>
+        <v>28944</v>
       </c>
       <c r="D11" s="15">
-        <v>4019</v>
+        <v>4018</v>
       </c>
       <c r="E11" s="15">
         <v>5886</v>
       </c>
       <c r="F11" s="15">
-        <v>12034</v>
+        <v>12035</v>
       </c>
       <c r="G11" s="15">
-        <v>5003</v>
+        <v>5002</v>
       </c>
       <c r="H11" s="15">
         <v>1077</v>
       </c>
       <c r="I11" s="15">
-        <v>927</v>
+        <v>926</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="14">
         <f>SUM(D12:I12)</f>
-        <v>15441</v>
+        <v>15450</v>
       </c>
       <c r="D12" s="15">
         <v>1939</v>
       </c>
       <c r="E12" s="15">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="F12" s="15">
-        <v>4195</v>
+        <v>4196</v>
       </c>
       <c r="G12" s="15">
-        <v>4840</v>
+        <v>4843</v>
       </c>
       <c r="H12" s="15">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="I12" s="15">
         <v>407</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9"/>
       <c r="B13" s="9">
         <v>2017</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D13" s="17">
         <v>112</v>
       </c>
       <c r="E13" s="17">
         <v>121</v>
       </c>
       <c r="F13" s="17">
         <v>123</v>
       </c>
       <c r="G13" s="17">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H13" s="17">
         <v>23</v>
       </c>
       <c r="I13" s="17">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
     </row>
     <row r="15" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4"/>
       <c r="B15" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="14">
         <f t="shared" ref="C15:C20" si="0">SUM(D15:I15)</f>
-        <v>2918</v>
+        <v>2923</v>
       </c>
       <c r="D15" s="15">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E15" s="15">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="F15" s="15">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="G15" s="15">
         <v>321</v>
       </c>
       <c r="H15" s="15">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" s="15">
         <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="4"/>
       <c r="B16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="14">
         <f t="shared" si="0"/>
-        <v>10900</v>
+        <v>10903</v>
       </c>
       <c r="D16" s="15">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="E16" s="15">
         <v>2504</v>
       </c>
       <c r="F16" s="15">
-        <v>4333</v>
+        <v>4336</v>
       </c>
       <c r="G16" s="15">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="H16" s="15">
         <v>497</v>
       </c>
       <c r="I16" s="15">
         <v>299</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="14">
         <f t="shared" si="0"/>
-        <v>17323</v>
+        <v>17298</v>
       </c>
       <c r="D17" s="15">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="E17" s="15">
-        <v>4386</v>
+        <v>4384</v>
       </c>
       <c r="F17" s="15">
-        <v>6618</v>
+        <v>6606</v>
       </c>
       <c r="G17" s="15">
-        <v>2949</v>
+        <v>2946</v>
       </c>
       <c r="H17" s="15">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="I17" s="15">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="4"/>
       <c r="B18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="14">
         <f t="shared" si="0"/>
-        <v>13898</v>
+        <v>13904</v>
       </c>
       <c r="D18" s="15">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E18" s="15">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="F18" s="15">
-        <v>4431</v>
+        <v>4432</v>
       </c>
       <c r="G18" s="15">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="H18" s="15">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="I18" s="15">
-        <v>1022</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="4"/>
       <c r="B19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="14">
         <f t="shared" si="0"/>
-        <v>14806</v>
+        <v>14795</v>
       </c>
       <c r="D19" s="15">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="E19" s="15">
-        <v>3872</v>
+        <v>3865</v>
       </c>
       <c r="F19" s="15">
-        <v>5716</v>
+        <v>5711</v>
       </c>
       <c r="G19" s="15">
         <v>2343</v>
       </c>
       <c r="H19" s="15">
         <v>650</v>
       </c>
       <c r="I19" s="15">
-        <v>296</v>
+        <v>294</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="4"/>
       <c r="B20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="14">
         <f t="shared" si="0"/>
         <v>17242</v>
       </c>
       <c r="D20" s="15">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="E20" s="15">
-        <v>3083</v>
+        <v>3079</v>
       </c>
       <c r="F20" s="15">
-        <v>7263</v>
+        <v>7264</v>
       </c>
       <c r="G20" s="15">
-        <v>4422</v>
+        <v>4423</v>
       </c>
       <c r="H20" s="15">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="I20" s="15">
         <v>352</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="18">
         <f>SUM(C15:C20)</f>
-        <v>77087</v>
+        <v>77065</v>
       </c>
       <c r="D21" s="19">
         <f t="shared" ref="D21:I21" si="1">SUM(D15:D20)</f>
-        <v>8365</v>
+        <v>8368</v>
       </c>
       <c r="E21" s="19">
         <f t="shared" si="1"/>
-        <v>17459</v>
+        <v>17449</v>
       </c>
       <c r="F21" s="19">
         <f t="shared" si="1"/>
-        <v>29020</v>
+        <v>29009</v>
       </c>
       <c r="G21" s="19">
         <f t="shared" si="1"/>
-        <v>15246</v>
+        <v>15248</v>
       </c>
       <c r="H21" s="19">
         <f t="shared" si="1"/>
-        <v>4542</v>
+        <v>4539</v>
       </c>
       <c r="I21" s="19">
         <f t="shared" si="1"/>
-        <v>2455</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I22" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I23" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Statistik Stadt Bern, Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;6&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="C14" formulaRange="1"/>
   </ignoredErrors>
-  <drawing r:id="rId2"/>
-[...437 lines deleted...]
-  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="30" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
+      <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>'2010'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2011'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2012'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2013'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2014'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2015'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2016'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2017'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2018'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2020'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2021'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2022'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>