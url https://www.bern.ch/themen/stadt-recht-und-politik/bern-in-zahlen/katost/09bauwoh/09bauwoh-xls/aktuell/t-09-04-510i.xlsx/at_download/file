--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -43,58 +43,58 @@
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\09\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75FBBBB7-29D3-4DED-97D8-717C1AF66CBE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A1F81F01-52D7-4550-8E8B-56714EBC7473}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="27" r:id="rId1"/>
     <sheet name="2024" sheetId="26" r:id="rId2"/>
     <sheet name="2023" sheetId="25" r:id="rId3"/>
     <sheet name="2022" sheetId="24" r:id="rId4"/>
     <sheet name="2021" sheetId="21" r:id="rId5"/>
     <sheet name="2020" sheetId="19" r:id="rId6"/>
     <sheet name="2019" sheetId="6" r:id="rId7"/>
     <sheet name="2018" sheetId="7" r:id="rId8"/>
     <sheet name="2017" sheetId="8" r:id="rId9"/>
     <sheet name="2016" sheetId="9" r:id="rId10"/>
     <sheet name="2015" sheetId="10" r:id="rId11"/>
     <sheet name="2014" sheetId="11" r:id="rId12"/>
     <sheet name="2013" sheetId="12" r:id="rId13"/>
     <sheet name="2012" sheetId="13" r:id="rId14"/>
     <sheet name="2011" sheetId="14" r:id="rId15"/>
     <sheet name="2010" sheetId="15" r:id="rId16"/>
     <sheet name="2009" sheetId="16" r:id="rId17"/>
     <sheet name="2008" sheetId="17" r:id="rId18"/>
     <sheet name="2007" sheetId="22" r:id="rId19"/>
     <sheet name="2006" sheetId="18" r:id="rId20"/>
   </sheets>
@@ -103,50 +103,57 @@
     <definedName name="_xlnm.Print_Titles" localSheetId="16">'2009'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="14">'2011'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="13">'2012'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="11">'2014'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'2019'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'2020'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'2021'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D45" i="17" l="1"/>
+  <c r="E45" i="17"/>
+  <c r="F45" i="17"/>
+  <c r="H45" i="17"/>
+  <c r="I45" i="17"/>
+  <c r="G45" i="17"/>
+  <c r="C44" i="17"/>
   <c r="C15" i="26" l="1"/>
   <c r="C14" i="26"/>
   <c r="C13" i="26"/>
   <c r="C12" i="26"/>
   <c r="C11" i="26"/>
   <c r="C10" i="26"/>
   <c r="C9" i="26"/>
   <c r="E45" i="22"/>
   <c r="C44" i="22"/>
   <c r="I43" i="22"/>
   <c r="I45" i="22" s="1"/>
   <c r="H43" i="22"/>
   <c r="H45" i="22" s="1"/>
   <c r="G43" i="22"/>
   <c r="G45" i="22" s="1"/>
   <c r="F43" i="22"/>
   <c r="F45" i="22" s="1"/>
   <c r="E43" i="22"/>
   <c r="D43" i="22"/>
   <c r="D45" i="22" s="1"/>
   <c r="C42" i="22"/>
   <c r="C41" i="22"/>
   <c r="C40" i="22"/>
   <c r="C39" i="22"/>
   <c r="C38" i="22"/>
@@ -291,51 +298,50 @@
   <c r="D21" i="18"/>
   <c r="C20" i="18"/>
   <c r="C19" i="18"/>
   <c r="C18" i="18"/>
   <c r="C21" i="18" s="1"/>
   <c r="J18" i="18" s="1"/>
   <c r="I16" i="18"/>
   <c r="H16" i="18"/>
   <c r="G16" i="18"/>
   <c r="F16" i="18"/>
   <c r="E16" i="18"/>
   <c r="D16" i="18"/>
   <c r="C15" i="18"/>
   <c r="C14" i="18"/>
   <c r="C13" i="18"/>
   <c r="I11" i="18"/>
   <c r="H11" i="18"/>
   <c r="G11" i="18"/>
   <c r="F11" i="18"/>
   <c r="E11" i="18"/>
   <c r="D11" i="18"/>
   <c r="C10" i="18"/>
   <c r="C9" i="18"/>
   <c r="C11" i="18" s="1"/>
   <c r="C8" i="18"/>
-  <c r="C44" i="17"/>
   <c r="C44" i="16"/>
   <c r="C44" i="15"/>
   <c r="C44" i="14"/>
   <c r="I43" i="14"/>
   <c r="H43" i="14"/>
   <c r="G43" i="14"/>
   <c r="F43" i="14"/>
   <c r="E43" i="14"/>
   <c r="D43" i="14"/>
   <c r="C42" i="14"/>
   <c r="C41" i="14"/>
   <c r="C40" i="14"/>
   <c r="C39" i="14"/>
   <c r="C38" i="14"/>
   <c r="C37" i="14"/>
   <c r="I28" i="14"/>
   <c r="H28" i="14"/>
   <c r="G28" i="14"/>
   <c r="F28" i="14"/>
   <c r="E28" i="14"/>
   <c r="D28" i="14"/>
   <c r="C27" i="14"/>
   <c r="C26" i="14"/>
   <c r="C25" i="14"/>
   <c r="C24" i="14"/>
@@ -8365,113 +8371,113 @@
         <v>22</v>
       </c>
       <c r="C8" s="16">
         <f>SUM(D8:I8)</f>
         <v>158</v>
       </c>
       <c r="D8" s="17">
         <v>27</v>
       </c>
       <c r="E8" s="17">
         <v>44</v>
       </c>
       <c r="F8" s="17">
         <v>61</v>
       </c>
       <c r="G8" s="17">
         <v>19</v>
       </c>
       <c r="H8" s="17">
         <v>6</v>
       </c>
       <c r="I8" s="17">
         <v>1</v>
       </c>
       <c r="J8" s="15">
-        <v>54.4</v>
+        <v>53.198653198653204</v>
       </c>
     </row>
     <row r="9" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6"/>
       <c r="B9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="16">
         <f>SUM(D9:I9)</f>
         <v>50</v>
       </c>
       <c r="D9" s="17">
         <v>0</v>
       </c>
       <c r="E9" s="17">
         <v>1</v>
       </c>
       <c r="F9" s="17">
         <v>14</v>
       </c>
       <c r="G9" s="17">
         <v>32</v>
       </c>
       <c r="H9" s="17">
         <v>3</v>
       </c>
       <c r="I9" s="17">
         <v>0</v>
       </c>
       <c r="J9" s="15">
-        <v>12.9</v>
+        <v>16.835016835016837</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="18"/>
       <c r="B10" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="19">
         <f>SUM(D10:I10)</f>
         <v>89</v>
       </c>
       <c r="D10" s="20">
         <v>7</v>
       </c>
       <c r="E10" s="38">
         <v>23</v>
       </c>
       <c r="F10" s="38">
         <v>42</v>
       </c>
       <c r="G10" s="38">
         <v>11</v>
       </c>
       <c r="H10" s="20">
         <v>5</v>
       </c>
       <c r="I10" s="20">
         <v>1</v>
       </c>
-      <c r="J10" s="60">
-        <v>32.700000000000003</v>
+      <c r="J10" s="15">
+        <v>29.966329966329969</v>
       </c>
       <c r="K10" s="54"/>
     </row>
     <row r="11" spans="1:11" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="21" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="11"/>
       <c r="C11" s="22">
         <f>SUM(D11:I11)</f>
         <v>297</v>
       </c>
       <c r="D11" s="23">
         <f t="shared" ref="D11:I11" si="0">SUM(D8:D10)</f>
         <v>34</v>
       </c>
       <c r="E11" s="23">
         <f t="shared" si="0"/>
         <v>68</v>
       </c>
       <c r="F11" s="23">
         <f t="shared" si="0"/>
         <v>117</v>
       </c>
       <c r="G11" s="23">
@@ -8511,113 +8517,113 @@
         <v>27</v>
       </c>
       <c r="C13" s="16">
         <f>SUM(D13:I13)</f>
         <v>176</v>
       </c>
       <c r="D13" s="25">
         <v>26</v>
       </c>
       <c r="E13" s="25">
         <v>45</v>
       </c>
       <c r="F13" s="25">
         <v>74</v>
       </c>
       <c r="G13" s="25">
         <v>22</v>
       </c>
       <c r="H13" s="25">
         <v>8</v>
       </c>
       <c r="I13" s="25">
         <v>1</v>
       </c>
       <c r="J13" s="15">
-        <v>75.400000000000006</v>
+        <v>59.259259259259267</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="6"/>
       <c r="B14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="16">
         <f>SUM(D14:I14)</f>
         <v>93</v>
       </c>
       <c r="D14" s="25">
         <v>5</v>
       </c>
       <c r="E14" s="25">
         <v>22</v>
       </c>
       <c r="F14" s="25">
         <v>24</v>
       </c>
       <c r="G14" s="25">
         <v>35</v>
       </c>
       <c r="H14" s="25">
         <v>6</v>
       </c>
       <c r="I14" s="25">
         <v>1</v>
       </c>
       <c r="J14" s="15">
-        <v>20.7</v>
+        <v>31.313131313131315</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="18"/>
       <c r="B15" s="18" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="19">
         <f>SUM(D15:I15)</f>
         <v>28</v>
       </c>
       <c r="D15" s="20">
         <v>3</v>
       </c>
       <c r="E15" s="20">
         <v>1</v>
       </c>
       <c r="F15" s="20">
         <v>19</v>
       </c>
       <c r="G15" s="20">
         <v>5</v>
       </c>
       <c r="H15" s="20">
         <v>0</v>
       </c>
       <c r="I15" s="20">
         <v>0</v>
       </c>
-      <c r="J15" s="60">
-        <v>3.9</v>
+      <c r="J15" s="15">
+        <v>9.4276094276094291</v>
       </c>
       <c r="K15" s="54"/>
     </row>
     <row r="16" spans="1:11" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="22">
         <f>SUM(D16:I16)</f>
         <v>297</v>
       </c>
       <c r="D16" s="23">
         <f t="shared" ref="D16:I16" si="1">SUM(D13:D15)</f>
         <v>34</v>
       </c>
       <c r="E16" s="23">
         <f t="shared" si="1"/>
         <v>68</v>
       </c>
       <c r="F16" s="23">
         <f t="shared" si="1"/>
         <v>117</v>
       </c>
       <c r="G16" s="23">
@@ -8657,113 +8663,113 @@
         <v>32</v>
       </c>
       <c r="C18" s="16">
         <f>SUM(D18:I18)</f>
         <v>98</v>
       </c>
       <c r="D18" s="25">
         <v>9</v>
       </c>
       <c r="E18" s="25">
         <v>35</v>
       </c>
       <c r="F18" s="25">
         <v>40</v>
       </c>
       <c r="G18" s="25">
         <v>9</v>
       </c>
       <c r="H18" s="25">
         <v>4</v>
       </c>
       <c r="I18" s="25">
         <v>1</v>
       </c>
       <c r="J18" s="4">
-        <v>27</v>
+        <v>32.996632996632997</v>
       </c>
     </row>
     <row r="19" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6"/>
       <c r="B19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C19" s="16">
         <f>SUM(D19:I19)</f>
         <v>149</v>
       </c>
       <c r="D19" s="25">
         <v>25</v>
       </c>
       <c r="E19" s="25">
         <v>32</v>
       </c>
       <c r="F19" s="25">
         <v>63</v>
       </c>
       <c r="G19" s="25">
         <v>21</v>
       </c>
       <c r="H19" s="25">
         <v>7</v>
       </c>
       <c r="I19" s="25">
         <v>1</v>
       </c>
       <c r="J19" s="4">
-        <v>60.1</v>
+        <v>50.168350168350173</v>
       </c>
     </row>
     <row r="20" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="18"/>
       <c r="B20" s="18" t="s">
         <v>69</v>
       </c>
       <c r="C20" s="19">
         <f>SUM(D20:I20)</f>
         <v>50</v>
       </c>
       <c r="D20" s="20">
         <v>0</v>
       </c>
       <c r="E20" s="20">
         <v>1</v>
       </c>
       <c r="F20" s="20">
         <v>14</v>
       </c>
       <c r="G20" s="20">
         <v>32</v>
       </c>
       <c r="H20" s="20">
         <v>3</v>
       </c>
       <c r="I20" s="20">
         <v>0</v>
       </c>
-      <c r="J20" s="36">
-        <v>12.9</v>
+      <c r="J20" s="4">
+        <v>16.835016835016837</v>
       </c>
       <c r="K20" s="54"/>
     </row>
     <row r="21" spans="1:11" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="21" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="21"/>
       <c r="C21" s="22">
         <f>SUM(D21:I21)</f>
         <v>297</v>
       </c>
       <c r="D21" s="23">
         <f t="shared" ref="D21:I21" si="2">SUM(D18:D20)</f>
         <v>34</v>
       </c>
       <c r="E21" s="23">
         <f t="shared" si="2"/>
         <v>68</v>
       </c>
       <c r="F21" s="23">
         <f t="shared" si="2"/>
         <v>117</v>
       </c>
       <c r="G21" s="23">
@@ -8803,175 +8809,175 @@
         <v>53</v>
       </c>
       <c r="C23" s="16">
         <f t="shared" ref="C23:C28" si="3">SUM(D23:I23)</f>
         <v>24</v>
       </c>
       <c r="D23" s="25">
         <v>12</v>
       </c>
       <c r="E23" s="25">
         <v>5</v>
       </c>
       <c r="F23" s="25">
         <v>7</v>
       </c>
       <c r="G23" s="25">
         <v>0</v>
       </c>
       <c r="H23" s="25">
         <v>0</v>
       </c>
       <c r="I23" s="25">
         <v>0</v>
       </c>
       <c r="J23" s="4">
-        <v>3.4</v>
+        <v>8.3333333333333321</v>
       </c>
     </row>
     <row r="24" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="6"/>
       <c r="B24" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C24" s="16">
         <f t="shared" si="3"/>
         <v>75</v>
       </c>
       <c r="D24" s="25">
         <v>14</v>
       </c>
       <c r="E24" s="25">
         <v>24</v>
       </c>
       <c r="F24" s="25">
         <v>33</v>
       </c>
       <c r="G24" s="25">
         <v>4</v>
       </c>
       <c r="H24" s="25">
         <v>0</v>
       </c>
       <c r="I24" s="25">
         <v>0</v>
       </c>
       <c r="J24" s="4">
-        <v>23.4</v>
+        <v>26.041666666666664</v>
       </c>
     </row>
     <row r="25" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="6"/>
       <c r="B25" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="16">
         <f t="shared" si="3"/>
         <v>86</v>
       </c>
       <c r="D25" s="25">
         <v>1</v>
       </c>
       <c r="E25" s="25">
         <v>30</v>
       </c>
       <c r="F25" s="25">
         <v>44</v>
       </c>
       <c r="G25" s="25">
         <v>10</v>
       </c>
       <c r="H25" s="25">
         <v>1</v>
       </c>
       <c r="I25" s="25">
         <v>0</v>
       </c>
       <c r="J25" s="4">
-        <v>35.9</v>
+        <v>29.861111111111111</v>
       </c>
     </row>
     <row r="26" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="6"/>
       <c r="B26" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="16">
         <f t="shared" si="3"/>
         <v>41</v>
       </c>
       <c r="D26" s="25">
         <v>2</v>
       </c>
       <c r="E26" s="25">
         <v>6</v>
       </c>
       <c r="F26" s="25">
         <v>20</v>
       </c>
       <c r="G26" s="25">
         <v>11</v>
       </c>
       <c r="H26" s="25">
         <v>1</v>
       </c>
       <c r="I26" s="25">
         <v>1</v>
       </c>
       <c r="J26" s="4">
-        <v>19.7</v>
+        <v>14.236111111111111</v>
       </c>
     </row>
     <row r="27" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="18"/>
       <c r="B27" s="18" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="19">
         <f t="shared" si="3"/>
         <v>62</v>
       </c>
       <c r="D27" s="20">
         <v>1</v>
       </c>
       <c r="E27" s="20">
         <v>1</v>
       </c>
       <c r="F27" s="20">
         <v>11</v>
       </c>
       <c r="G27" s="20">
         <v>37</v>
       </c>
       <c r="H27" s="20">
         <v>11</v>
       </c>
       <c r="I27" s="20">
         <v>1</v>
       </c>
-      <c r="J27" s="36">
-        <v>17.5</v>
+      <c r="J27" s="4">
+        <v>21.527777777777779</v>
       </c>
       <c r="K27" s="54"/>
     </row>
     <row r="28" spans="1:11" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="21" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="11"/>
       <c r="C28" s="22">
         <f t="shared" si="3"/>
         <v>288</v>
       </c>
       <c r="D28" s="26">
         <f t="shared" ref="D28:I28" si="4">SUM(D23:D27)</f>
         <v>30</v>
       </c>
       <c r="E28" s="26">
         <f t="shared" si="4"/>
         <v>66</v>
       </c>
       <c r="F28" s="26">
         <f t="shared" si="4"/>
         <v>115</v>
       </c>
       <c r="G28" s="26">
@@ -9574,638 +9580,638 @@
       <c r="A8" s="57"/>
       <c r="B8" s="57" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="16">
         <v>181</v>
       </c>
       <c r="D8" s="71">
         <v>24</v>
       </c>
       <c r="E8" s="71">
         <v>32</v>
       </c>
       <c r="F8" s="71">
         <v>71</v>
       </c>
       <c r="G8" s="71">
         <v>40</v>
       </c>
       <c r="H8" s="71">
         <v>12</v>
       </c>
       <c r="I8" s="71">
         <v>2</v>
       </c>
-      <c r="J8" s="70">
-        <v>54.4</v>
+      <c r="J8" s="15">
+        <v>54.354354354354356</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="57"/>
       <c r="B9" s="57" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="16">
         <v>43</v>
       </c>
       <c r="D9" s="71">
         <v>1</v>
       </c>
       <c r="E9" s="71">
         <v>2</v>
       </c>
       <c r="F9" s="71">
         <v>29</v>
       </c>
       <c r="G9" s="71">
         <v>11</v>
       </c>
       <c r="H9" s="71">
         <v>0</v>
       </c>
       <c r="I9" s="71">
         <v>0</v>
       </c>
-      <c r="J9" s="70">
-        <v>12.9</v>
+      <c r="J9" s="15">
+        <v>12.912912912912914</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58"/>
       <c r="B10" s="58" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="19">
         <v>109</v>
       </c>
       <c r="D10" s="72">
         <v>11</v>
       </c>
       <c r="E10" s="73">
         <v>18</v>
       </c>
       <c r="F10" s="73">
         <v>54</v>
       </c>
       <c r="G10" s="73">
         <v>22</v>
       </c>
       <c r="H10" s="72">
         <v>2</v>
       </c>
       <c r="I10" s="72">
         <v>2</v>
       </c>
-      <c r="J10" s="74">
-        <v>32.700000000000003</v>
+      <c r="J10" s="15">
+        <v>32.732732732732735</v>
       </c>
       <c r="K10" s="75"/>
     </row>
     <row r="11" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="67"/>
       <c r="C11" s="22">
         <f>SUM(C8:C10)</f>
         <v>333</v>
       </c>
       <c r="D11" s="77">
         <f t="shared" ref="D11:I11" si="0">SUM(D8:D10)</f>
         <v>36</v>
       </c>
       <c r="E11" s="77">
         <f t="shared" si="0"/>
         <v>52</v>
       </c>
       <c r="F11" s="77">
         <f t="shared" si="0"/>
         <v>154</v>
       </c>
       <c r="G11" s="77">
         <f t="shared" si="0"/>
         <v>73</v>
       </c>
       <c r="H11" s="77">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="I11" s="77">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="J11" s="78">
+      <c r="J11" s="24">
         <v>100</v>
       </c>
       <c r="K11" s="79"/>
     </row>
     <row r="12" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="57" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="57"/>
       <c r="C12" s="14"/>
       <c r="D12" s="71"/>
       <c r="E12" s="71"/>
       <c r="F12" s="71"/>
       <c r="G12" s="71"/>
       <c r="H12" s="71"/>
       <c r="I12" s="71"/>
-      <c r="J12" s="70"/>
+      <c r="J12" s="15"/>
     </row>
     <row r="13" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="57"/>
       <c r="B13" s="57" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="16">
         <v>251</v>
       </c>
       <c r="D13" s="80">
         <v>30</v>
       </c>
       <c r="E13" s="80">
         <v>42</v>
       </c>
       <c r="F13" s="80">
         <v>116</v>
       </c>
       <c r="G13" s="80">
         <v>48</v>
       </c>
       <c r="H13" s="80">
         <v>13</v>
       </c>
       <c r="I13" s="80">
         <v>2</v>
       </c>
-      <c r="J13" s="70">
-        <v>75.400000000000006</v>
+      <c r="J13" s="15">
+        <v>75.37537537537537</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="57"/>
       <c r="B14" s="57" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="16">
         <v>69</v>
       </c>
       <c r="D14" s="80">
         <v>6</v>
       </c>
       <c r="E14" s="80">
         <v>10</v>
       </c>
       <c r="F14" s="80">
         <v>33</v>
       </c>
       <c r="G14" s="80">
         <v>20</v>
       </c>
       <c r="H14" s="80">
         <v>0</v>
       </c>
       <c r="I14" s="80">
         <v>0</v>
       </c>
-      <c r="J14" s="70">
-        <v>20.7</v>
+      <c r="J14" s="15">
+        <v>20.72072072072072</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58"/>
       <c r="B15" s="58" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="19">
         <v>13</v>
       </c>
       <c r="D15" s="72">
         <v>0</v>
       </c>
       <c r="E15" s="72">
         <v>0</v>
       </c>
       <c r="F15" s="72">
         <v>5</v>
       </c>
       <c r="G15" s="72">
         <v>5</v>
       </c>
       <c r="H15" s="72">
         <v>1</v>
       </c>
       <c r="I15" s="72">
         <v>2</v>
       </c>
-      <c r="J15" s="74">
-        <v>3.9</v>
+      <c r="J15" s="15">
+        <v>3.9039039039039038</v>
       </c>
       <c r="K15" s="75"/>
     </row>
     <row r="16" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B16" s="67"/>
       <c r="C16" s="22">
         <f t="shared" ref="C16:I16" si="1">SUM(C13:C15)</f>
         <v>333</v>
       </c>
       <c r="D16" s="77">
         <f t="shared" si="1"/>
         <v>36</v>
       </c>
       <c r="E16" s="77">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="F16" s="77">
         <f t="shared" si="1"/>
         <v>154</v>
       </c>
       <c r="G16" s="77">
         <f t="shared" si="1"/>
         <v>73</v>
       </c>
       <c r="H16" s="77">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
       <c r="I16" s="77">
         <f t="shared" si="1"/>
         <v>4</v>
       </c>
-      <c r="J16" s="78">
+      <c r="J16" s="24">
         <v>100</v>
       </c>
       <c r="K16" s="79"/>
     </row>
     <row r="17" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="57" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="57"/>
       <c r="C17" s="14"/>
       <c r="D17" s="71"/>
       <c r="E17" s="71"/>
       <c r="F17" s="71"/>
       <c r="G17" s="71"/>
       <c r="H17" s="71"/>
       <c r="I17" s="71"/>
-      <c r="J17" s="70"/>
+      <c r="J17" s="15"/>
     </row>
     <row r="18" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="57"/>
       <c r="B18" s="57" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="16">
         <v>90</v>
       </c>
       <c r="D18" s="80">
         <v>11</v>
       </c>
       <c r="E18" s="80">
         <v>20</v>
       </c>
       <c r="F18" s="80">
         <v>38</v>
       </c>
       <c r="G18" s="80">
         <v>16</v>
       </c>
       <c r="H18" s="80">
         <v>3</v>
       </c>
       <c r="I18" s="80">
         <v>2</v>
       </c>
-      <c r="J18" s="63">
-        <v>27</v>
+      <c r="J18" s="4">
+        <v>27.027027027027028</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="57"/>
       <c r="B19" s="57" t="s">
         <v>74</v>
       </c>
       <c r="C19" s="16">
         <v>200</v>
       </c>
       <c r="D19" s="80">
         <v>24</v>
       </c>
       <c r="E19" s="80">
         <v>30</v>
       </c>
       <c r="F19" s="80">
         <v>87</v>
       </c>
       <c r="G19" s="80">
         <v>46</v>
       </c>
       <c r="H19" s="80">
         <v>11</v>
       </c>
       <c r="I19" s="80">
         <v>2</v>
       </c>
-      <c r="J19" s="63">
-        <v>60.1</v>
+      <c r="J19" s="4">
+        <v>60.06006006006006</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58"/>
       <c r="B20" s="58" t="s">
         <v>75</v>
       </c>
       <c r="C20" s="19">
         <v>43</v>
       </c>
       <c r="D20" s="72">
         <v>1</v>
       </c>
       <c r="E20" s="72">
         <v>2</v>
       </c>
       <c r="F20" s="72">
         <v>29</v>
       </c>
       <c r="G20" s="72">
         <v>11</v>
       </c>
       <c r="H20" s="72">
         <v>0</v>
       </c>
       <c r="I20" s="72">
         <v>0</v>
       </c>
-      <c r="J20" s="81">
-        <v>12.9</v>
+      <c r="J20" s="4">
+        <v>12.912912912912914</v>
       </c>
       <c r="K20" s="75"/>
     </row>
     <row r="21" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="76"/>
       <c r="C21" s="22">
         <f t="shared" ref="C21:I21" si="2">SUM(C18:C20)</f>
         <v>333</v>
       </c>
       <c r="D21" s="77">
         <f t="shared" si="2"/>
         <v>36</v>
       </c>
       <c r="E21" s="77">
         <f t="shared" si="2"/>
         <v>52</v>
       </c>
       <c r="F21" s="77">
         <f t="shared" si="2"/>
         <v>154</v>
       </c>
       <c r="G21" s="77">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
       <c r="H21" s="77">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="I21" s="77">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
-      <c r="J21" s="78">
+      <c r="J21" s="24">
         <v>100</v>
       </c>
       <c r="K21" s="79"/>
     </row>
     <row r="22" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="57" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="57"/>
       <c r="C22" s="14"/>
       <c r="D22" s="80"/>
       <c r="E22" s="80"/>
       <c r="F22" s="80"/>
       <c r="G22" s="80"/>
       <c r="H22" s="80"/>
       <c r="I22" s="80"/>
-      <c r="J22" s="63"/>
+      <c r="J22" s="4"/>
     </row>
     <row r="23" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="57"/>
       <c r="B23" s="56" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="16">
         <v>11</v>
       </c>
       <c r="D23" s="80">
         <v>9</v>
       </c>
       <c r="E23" s="80">
         <v>1</v>
       </c>
       <c r="F23" s="80">
         <v>1</v>
       </c>
       <c r="G23" s="80">
         <v>0</v>
       </c>
       <c r="H23" s="80">
         <v>0</v>
       </c>
       <c r="I23" s="80">
         <v>0</v>
       </c>
-      <c r="J23" s="63">
-        <v>3.4</v>
+      <c r="J23" s="4">
+        <v>3.4375</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="57"/>
       <c r="B24" s="57" t="s">
         <v>37</v>
       </c>
       <c r="C24" s="16">
         <v>75</v>
       </c>
       <c r="D24" s="80">
         <v>24</v>
       </c>
       <c r="E24" s="80">
         <v>18</v>
       </c>
       <c r="F24" s="80">
         <v>28</v>
       </c>
       <c r="G24" s="80">
         <v>5</v>
       </c>
       <c r="H24" s="80">
         <v>0</v>
       </c>
       <c r="I24" s="80">
         <v>0</v>
       </c>
-      <c r="J24" s="63">
-        <v>23.4</v>
+      <c r="J24" s="4">
+        <v>23.4375</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="57"/>
       <c r="B25" s="57" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="16">
         <v>115</v>
       </c>
       <c r="D25" s="80">
         <v>0</v>
       </c>
       <c r="E25" s="80">
         <v>23</v>
       </c>
       <c r="F25" s="80">
         <v>75</v>
       </c>
       <c r="G25" s="80">
         <v>14</v>
       </c>
       <c r="H25" s="80">
         <v>3</v>
       </c>
       <c r="I25" s="80">
         <v>0</v>
       </c>
-      <c r="J25" s="63">
-        <v>35.9</v>
+      <c r="J25" s="4">
+        <v>35.9375</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="57"/>
       <c r="B26" s="57" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="16">
         <v>63</v>
       </c>
       <c r="D26" s="80">
         <v>1</v>
       </c>
       <c r="E26" s="80">
         <v>8</v>
       </c>
       <c r="F26" s="80">
         <v>29</v>
       </c>
       <c r="G26" s="80">
         <v>21</v>
       </c>
       <c r="H26" s="80">
         <v>4</v>
       </c>
       <c r="I26" s="80">
         <v>0</v>
       </c>
-      <c r="J26" s="63">
-        <v>19.7</v>
+      <c r="J26" s="4">
+        <v>19.6875</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58"/>
       <c r="B27" s="58" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="19">
         <v>56</v>
       </c>
       <c r="D27" s="72">
         <v>0</v>
       </c>
       <c r="E27" s="72">
         <v>1</v>
       </c>
       <c r="F27" s="72">
         <v>17</v>
       </c>
       <c r="G27" s="72">
         <v>30</v>
       </c>
       <c r="H27" s="72">
         <v>5</v>
       </c>
       <c r="I27" s="72">
         <v>3</v>
       </c>
-      <c r="J27" s="81">
+      <c r="J27" s="4">
         <v>17.5</v>
       </c>
       <c r="K27" s="75"/>
     </row>
     <row r="28" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="67"/>
       <c r="C28" s="22">
         <f>SUM(C23:C27)</f>
         <v>320</v>
       </c>
       <c r="D28" s="82">
         <f t="shared" ref="D28:I28" si="3">SUM(D23:D27)</f>
         <v>34</v>
       </c>
       <c r="E28" s="82">
         <f t="shared" si="3"/>
         <v>51</v>
       </c>
       <c r="F28" s="82">
         <f t="shared" si="3"/>
         <v>150</v>
       </c>
       <c r="G28" s="82">
         <f t="shared" si="3"/>
         <v>70</v>
       </c>
       <c r="H28" s="82">
         <f t="shared" si="3"/>
         <v>12</v>
       </c>
       <c r="I28" s="82">
         <f t="shared" si="3"/>
         <v>3</v>
       </c>
-      <c r="J28" s="78">
+      <c r="J28" s="24">
         <v>100</v>
       </c>
       <c r="K28" s="79"/>
     </row>
     <row r="29" spans="1:11" s="7" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="27"/>
       <c r="B29" s="6"/>
       <c r="C29" s="28"/>
       <c r="D29" s="28"/>
       <c r="E29" s="28"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
       <c r="J29" s="29" t="s">
         <v>0</v>
       </c>
       <c r="K29" s="55"/>
     </row>
     <row r="30" spans="1:11" s="7" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="27"/>
       <c r="B30" s="27"/>
       <c r="C30" s="27"/>
       <c r="D30" s="30"/>
       <c r="E30" s="30"/>
@@ -15016,290 +15022,296 @@
       <c r="B37" s="57" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="16">
         <v>12</v>
       </c>
       <c r="D37" s="71">
         <v>3</v>
       </c>
       <c r="E37" s="71">
         <v>7</v>
       </c>
       <c r="F37" s="71">
         <v>2</v>
       </c>
       <c r="G37" s="71">
         <v>0</v>
       </c>
       <c r="H37" s="71">
         <v>0</v>
       </c>
       <c r="I37" s="80" t="s">
         <v>30</v>
       </c>
       <c r="J37" s="89">
-        <v>0.6</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="57"/>
       <c r="B38" s="57" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="16">
         <v>34</v>
       </c>
       <c r="D38" s="71">
         <v>7</v>
       </c>
       <c r="E38" s="71">
         <v>9</v>
       </c>
       <c r="F38" s="71">
         <v>12</v>
       </c>
       <c r="G38" s="71">
         <v>6</v>
       </c>
       <c r="H38" s="71">
         <v>0</v>
       </c>
       <c r="I38" s="80" t="s">
         <v>30</v>
       </c>
       <c r="J38" s="89">
-        <v>0.19</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="57"/>
       <c r="B39" s="57" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="16">
         <v>85</v>
       </c>
       <c r="D39" s="71">
         <v>17</v>
       </c>
       <c r="E39" s="71">
         <v>25</v>
       </c>
       <c r="F39" s="71">
         <v>28</v>
       </c>
       <c r="G39" s="71">
         <v>12</v>
       </c>
       <c r="H39" s="71">
         <v>3</v>
       </c>
       <c r="I39" s="80" t="s">
         <v>30</v>
       </c>
       <c r="J39" s="89">
-        <v>0.54</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A40" s="57"/>
       <c r="B40" s="57" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="16">
         <v>30</v>
       </c>
       <c r="D40" s="71">
         <v>4</v>
       </c>
       <c r="E40" s="71">
         <v>10</v>
       </c>
       <c r="F40" s="71">
         <v>5</v>
       </c>
       <c r="G40" s="71">
         <v>9</v>
       </c>
       <c r="H40" s="71">
         <v>2</v>
       </c>
       <c r="I40" s="71">
         <v>0</v>
       </c>
       <c r="J40" s="89">
-        <v>0.28999999999999998</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A41" s="57"/>
       <c r="B41" s="57" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="16">
         <v>52</v>
       </c>
       <c r="D41" s="71">
         <v>9</v>
       </c>
       <c r="E41" s="71">
         <v>9</v>
       </c>
       <c r="F41" s="71">
         <v>25</v>
       </c>
       <c r="G41" s="71">
         <v>6</v>
       </c>
       <c r="H41" s="71">
         <v>1</v>
       </c>
       <c r="I41" s="80">
         <v>2</v>
       </c>
       <c r="J41" s="89">
-        <v>0.32</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A42" s="58"/>
       <c r="B42" s="58" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="16">
         <v>64</v>
       </c>
       <c r="D42" s="73">
         <v>3</v>
       </c>
       <c r="E42" s="73">
         <v>16</v>
       </c>
       <c r="F42" s="73">
         <v>31</v>
       </c>
       <c r="G42" s="73">
         <v>13</v>
       </c>
       <c r="H42" s="72">
         <v>0</v>
       </c>
       <c r="I42" s="73">
         <v>1</v>
       </c>
       <c r="J42" s="90">
-        <v>0.56999999999999995</v>
+        <v>0.41</v>
       </c>
       <c r="K42" s="75"/>
     </row>
     <row r="43" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="76" t="s">
         <v>17</v>
       </c>
       <c r="B43" s="67"/>
       <c r="C43" s="22">
         <v>277</v>
       </c>
       <c r="D43" s="77">
         <v>43</v>
       </c>
       <c r="E43" s="77">
         <v>76</v>
       </c>
       <c r="F43" s="77">
         <v>103</v>
       </c>
       <c r="G43" s="77">
         <v>46</v>
       </c>
       <c r="H43" s="77">
         <v>6</v>
       </c>
       <c r="I43" s="77">
         <v>3</v>
       </c>
       <c r="J43" s="91">
         <v>0.37567472265169394</v>
       </c>
       <c r="K43" s="79"/>
     </row>
     <row r="44" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="57" t="s">
         <v>98</v>
       </c>
       <c r="B44" s="57"/>
       <c r="C44" s="41">
         <f>SUM(D44:I44)</f>
-        <v>78734</v>
+        <v>73734</v>
       </c>
       <c r="D44" s="92">
         <v>8526</v>
       </c>
       <c r="E44" s="92">
         <v>16773</v>
       </c>
       <c r="F44" s="92">
         <v>28306</v>
       </c>
       <c r="G44" s="92">
-        <v>18805</v>
+        <v>13805</v>
       </c>
       <c r="H44" s="92">
         <v>4024</v>
       </c>
       <c r="I44" s="92">
         <v>2300</v>
       </c>
       <c r="J44" s="43" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="67" t="s">
         <v>18</v>
       </c>
       <c r="B45" s="67"/>
       <c r="C45" s="44">
         <v>0.38</v>
       </c>
       <c r="D45" s="93">
+        <f t="shared" ref="D45:F45" si="0">D43/D44*100</f>
         <v>0.50433966690124321</v>
       </c>
       <c r="E45" s="93">
+        <f t="shared" si="0"/>
         <v>0.45310916353663627</v>
       </c>
       <c r="F45" s="93">
+        <f t="shared" si="0"/>
         <v>0.36388044937469088</v>
       </c>
       <c r="G45" s="93">
-        <v>0.24461579367189576</v>
+        <f t="shared" ref="G45:I45" si="1">G43/G44*100</f>
+        <v>0.33321260412893883</v>
       </c>
       <c r="H45" s="93">
+        <f t="shared" si="1"/>
         <v>0.14910536779324055</v>
       </c>
       <c r="I45" s="93">
+        <f t="shared" si="1"/>
         <v>0.13043478260869568</v>
       </c>
       <c r="J45" s="46" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A46" s="6"/>
       <c r="B46" s="6"/>
       <c r="C46" s="37"/>
       <c r="D46" s="37"/>
       <c r="E46" s="37"/>
       <c r="F46" s="37"/>
       <c r="G46" s="37"/>
       <c r="H46" s="37"/>
       <c r="I46" s="37"/>
       <c r="J46" s="47" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11" s="7" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A47" s="51" t="s">
         <v>60</v>
       </c>
       <c r="B47" s="52"/>