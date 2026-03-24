--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -7,205 +7,277 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing23.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AE103650-1959-4BF5-8795-5D1BBB54EFF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9EEC0919-BCB3-44A9-8FDA-7BA5F82D1306}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="40" r:id="rId1"/>
-[...20 lines deleted...]
-    <sheet name="2004" sheetId="35" r:id="rId22"/>
+    <sheet name="2026" sheetId="41" r:id="rId1"/>
+    <sheet name="2025" sheetId="40" r:id="rId2"/>
+    <sheet name="2024" sheetId="39" r:id="rId3"/>
+    <sheet name="2023" sheetId="37" r:id="rId4"/>
+    <sheet name="2022" sheetId="20" r:id="rId5"/>
+    <sheet name="2021" sheetId="13" r:id="rId6"/>
+    <sheet name="2020" sheetId="18" r:id="rId7"/>
+    <sheet name="2019" sheetId="19" r:id="rId8"/>
+    <sheet name="2018" sheetId="21" r:id="rId9"/>
+    <sheet name="2017" sheetId="22" r:id="rId10"/>
+    <sheet name="2016" sheetId="23" r:id="rId11"/>
+    <sheet name="2015" sheetId="24" r:id="rId12"/>
+    <sheet name="2014" sheetId="25" r:id="rId13"/>
+    <sheet name="2013" sheetId="26" r:id="rId14"/>
+    <sheet name="2012" sheetId="27" r:id="rId15"/>
+    <sheet name="2011" sheetId="28" r:id="rId16"/>
+    <sheet name="2010" sheetId="29" r:id="rId17"/>
+    <sheet name="2009" sheetId="30" r:id="rId18"/>
+    <sheet name="2008" sheetId="31" r:id="rId19"/>
+    <sheet name="2007" sheetId="32" r:id="rId20"/>
+    <sheet name="2006" sheetId="33" r:id="rId21"/>
+    <sheet name="2005" sheetId="34" r:id="rId22"/>
+    <sheet name="2004" sheetId="35" r:id="rId23"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$8</definedName>
-[...9 lines deleted...]
-    <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="4">'2022'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="3">'2023'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">'2025'!$1:$8</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2026'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="7">'2019'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="6">'2020'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="5">'2021'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="4">'2022'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="3">'2023'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="2">'2024'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="1">'2025'!$1:$8</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2026'!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S46" i="40" l="1"/>
-[...3 lines deleted...]
-  <c r="S41" i="40"/>
+  <c r="S45" i="41" l="1"/>
+  <c r="S43" i="41"/>
+  <c r="S42" i="41"/>
+  <c r="S41" i="41"/>
+  <c r="S40" i="41"/>
+  <c r="S38" i="41"/>
+  <c r="S31" i="41"/>
+  <c r="S30" i="41"/>
+  <c r="S29" i="41"/>
+  <c r="S28" i="41"/>
+  <c r="S27" i="41"/>
+  <c r="S26" i="41"/>
+  <c r="S25" i="41"/>
+  <c r="S24" i="41"/>
+  <c r="S23" i="41"/>
+  <c r="S22" i="41"/>
+  <c r="S21" i="41"/>
+  <c r="S20" i="41"/>
+  <c r="S19" i="41"/>
+  <c r="S18" i="41"/>
+  <c r="S17" i="41"/>
+  <c r="S16" i="41"/>
+  <c r="S15" i="41"/>
+  <c r="S14" i="41"/>
+  <c r="S13" i="41"/>
+  <c r="S11" i="41"/>
+  <c r="S10" i="41"/>
+  <c r="D37" i="41"/>
+  <c r="D35" i="41"/>
+  <c r="D34" i="41"/>
+  <c r="D33" i="41"/>
+  <c r="D32" i="41"/>
+  <c r="D39" i="41"/>
+  <c r="D45" i="41"/>
+  <c r="D43" i="41"/>
+  <c r="D42" i="41"/>
+  <c r="D41" i="41"/>
+  <c r="D40" i="41"/>
+  <c r="D38" i="41" l="1"/>
+  <c r="D31" i="41"/>
+  <c r="D30" i="41"/>
+  <c r="D29" i="41"/>
+  <c r="D28" i="41"/>
+  <c r="D27" i="41"/>
+  <c r="D26" i="41"/>
+  <c r="D25" i="41"/>
+  <c r="D24" i="41"/>
+  <c r="D23" i="41"/>
+  <c r="D22" i="41"/>
+  <c r="D21" i="41"/>
+  <c r="D20" i="41"/>
+  <c r="D19" i="41"/>
+  <c r="D18" i="41"/>
+  <c r="D17" i="41"/>
+  <c r="D16" i="41"/>
+  <c r="D15" i="41"/>
+  <c r="D14" i="41"/>
+  <c r="D13" i="41"/>
+  <c r="F12" i="41"/>
+  <c r="S12" i="41" s="1"/>
+  <c r="D11" i="41"/>
+  <c r="D10" i="41"/>
+  <c r="F9" i="41"/>
+  <c r="S9" i="41" s="1"/>
+  <c r="D9" i="41"/>
+  <c r="D39" i="40"/>
+  <c r="D32" i="40"/>
+  <c r="D12" i="41" l="1"/>
   <c r="S39" i="40"/>
   <c r="S32" i="40"/>
   <c r="S31" i="40"/>
   <c r="S30" i="40"/>
   <c r="S28" i="40"/>
   <c r="S27" i="40"/>
   <c r="S26" i="40"/>
   <c r="S25" i="40"/>
   <c r="S24" i="40"/>
   <c r="S23" i="40"/>
   <c r="S22" i="40"/>
   <c r="S21" i="40"/>
   <c r="S20" i="40"/>
   <c r="S19" i="40"/>
   <c r="S18" i="40"/>
   <c r="S17" i="40"/>
   <c r="S16" i="40"/>
   <c r="S15" i="40"/>
   <c r="S14" i="40"/>
   <c r="S13" i="40"/>
   <c r="S12" i="40"/>
   <c r="S11" i="40"/>
   <c r="S10" i="40"/>
   <c r="S9" i="40"/>
+  <c r="D31" i="40" l="1"/>
+  <c r="D30" i="40"/>
+  <c r="Q12" i="40"/>
+  <c r="Q9" i="40"/>
   <c r="P12" i="40"/>
   <c r="P9" i="40"/>
   <c r="O12" i="40"/>
   <c r="O9" i="40"/>
   <c r="N12" i="40"/>
   <c r="N9" i="40"/>
   <c r="M12" i="40"/>
   <c r="M9" i="40"/>
   <c r="S29" i="40"/>
   <c r="L12" i="40"/>
   <c r="L9" i="40"/>
   <c r="K12" i="40"/>
   <c r="K9" i="40"/>
   <c r="J12" i="40"/>
   <c r="J9" i="40"/>
   <c r="I12" i="40"/>
   <c r="I9" i="40"/>
   <c r="H12" i="40"/>
   <c r="H9" i="40"/>
-  <c r="D46" i="40"/>
+  <c r="S46" i="40"/>
   <c r="S28" i="39"/>
   <c r="S29" i="39"/>
   <c r="G12" i="40"/>
   <c r="G9" i="40"/>
   <c r="S26" i="19"/>
   <c r="S25" i="19"/>
   <c r="D26" i="19"/>
   <c r="D25" i="19"/>
   <c r="D26" i="18"/>
   <c r="D25" i="18"/>
   <c r="D26" i="13"/>
   <c r="D25" i="13"/>
   <c r="S34" i="19" l="1"/>
   <c r="S27" i="19"/>
   <c r="S14" i="19"/>
   <c r="S13" i="19"/>
   <c r="S12" i="19"/>
   <c r="S11" i="19"/>
   <c r="S10" i="19"/>
   <c r="S9" i="19"/>
   <c r="S41" i="18"/>
   <c r="S39" i="18"/>
   <c r="S38" i="18"/>
   <c r="S37" i="18"/>
   <c r="S36" i="18"/>
@@ -284,108 +356,106 @@
   <c r="S44" i="37"/>
   <c r="S43" i="37"/>
   <c r="S42" i="37"/>
   <c r="S40" i="37"/>
   <c r="S33" i="37"/>
   <c r="S32" i="37"/>
   <c r="S31" i="37"/>
   <c r="S29" i="37"/>
   <c r="S28" i="37"/>
   <c r="S26" i="37"/>
   <c r="S25" i="37"/>
   <c r="S24" i="37"/>
   <c r="S23" i="37"/>
   <c r="S22" i="37"/>
   <c r="S20" i="37"/>
   <c r="S19" i="37"/>
   <c r="S18" i="37"/>
   <c r="S17" i="37"/>
   <c r="S16" i="37"/>
   <c r="S14" i="37"/>
   <c r="S13" i="37"/>
   <c r="S12" i="37"/>
   <c r="S11" i="37"/>
   <c r="S10" i="37"/>
   <c r="S9" i="37"/>
-  <c r="D44" i="40" l="1"/>
-[...2 lines deleted...]
-  <c r="D41" i="40"/>
+  <c r="S44" i="40" l="1"/>
+  <c r="S43" i="40"/>
+  <c r="S42" i="40"/>
+  <c r="S41" i="40"/>
   <c r="F12" i="40"/>
   <c r="F9" i="40" l="1"/>
+  <c r="D9" i="40" s="1"/>
   <c r="S33" i="39"/>
   <c r="S32" i="39"/>
   <c r="S48" i="39"/>
   <c r="S46" i="39"/>
   <c r="S45" i="39"/>
   <c r="S44" i="39"/>
   <c r="S43" i="39"/>
   <c r="S41" i="39"/>
   <c r="S34" i="39"/>
   <c r="S31" i="39"/>
   <c r="S30" i="39"/>
   <c r="S27" i="39"/>
   <c r="S26" i="39"/>
   <c r="S25" i="39"/>
   <c r="S24" i="39"/>
   <c r="S23" i="39"/>
   <c r="S22" i="39"/>
   <c r="S21" i="39"/>
   <c r="S20" i="39"/>
   <c r="S19" i="39"/>
   <c r="S18" i="39"/>
   <c r="S17" i="39"/>
   <c r="S16" i="39"/>
   <c r="S15" i="39"/>
   <c r="S14" i="39"/>
   <c r="S13" i="39"/>
   <c r="S12" i="39"/>
   <c r="S11" i="39"/>
   <c r="S10" i="39"/>
   <c r="S9" i="39"/>
-  <c r="D31" i="40"/>
-  <c r="D30" i="40"/>
   <c r="D29" i="40"/>
   <c r="D28" i="40"/>
   <c r="D27" i="40"/>
   <c r="D26" i="40"/>
   <c r="D25" i="40"/>
   <c r="D24" i="40"/>
   <c r="D23" i="40"/>
   <c r="D22" i="40"/>
   <c r="D21" i="40"/>
   <c r="D20" i="40"/>
   <c r="D19" i="40"/>
   <c r="D18" i="40"/>
   <c r="D17" i="40"/>
   <c r="D16" i="40"/>
   <c r="D15" i="40"/>
   <c r="D14" i="40"/>
   <c r="D13" i="40"/>
   <c r="D11" i="40"/>
   <c r="D10" i="40"/>
-  <c r="D9" i="40"/>
   <c r="D28" i="39"/>
   <c r="D33" i="39"/>
   <c r="D32" i="39"/>
   <c r="D31" i="39"/>
   <c r="D30" i="39"/>
   <c r="D29" i="39"/>
   <c r="D27" i="39"/>
   <c r="D26" i="39"/>
   <c r="D25" i="39"/>
   <c r="D24" i="39"/>
   <c r="D23" i="39"/>
   <c r="D22" i="39"/>
   <c r="D21" i="39"/>
   <c r="D20" i="39"/>
   <c r="D19" i="39"/>
   <c r="D18" i="39"/>
   <c r="D17" i="39"/>
   <c r="D16" i="39"/>
   <c r="D15" i="39"/>
   <c r="D14" i="39"/>
   <c r="D13" i="39"/>
   <c r="D11" i="39"/>
   <c r="D10" i="39"/>
   <c r="D12" i="40" l="1"/>
   <c r="D12" i="39"/>
@@ -964,51 +1034,51 @@
   <c r="L21" i="26"/>
   <c r="L21" i="29"/>
   <c r="L21" i="33"/>
   <c r="P21" i="21"/>
   <c r="L21" i="28"/>
   <c r="L21" i="30"/>
   <c r="P21" i="32"/>
   <c r="P21" i="34"/>
   <c r="P21" i="35"/>
   <c r="L21" i="21"/>
   <c r="P21" i="22"/>
   <c r="P21" i="24"/>
   <c r="L21" i="31"/>
   <c r="L21" i="32"/>
   <c r="L21" i="35"/>
   <c r="L21" i="23"/>
   <c r="L21" i="25"/>
   <c r="L21" i="22"/>
   <c r="L21" i="24"/>
   <c r="L21" i="27"/>
   <c r="L21" i="34"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1100" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1178" uniqueCount="130">
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>Veränderung in %</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mrz</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>Mai</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
@@ -1537,60 +1607,85 @@
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 20.2.2025)</t>
   </si>
   <si>
     <t>Ankünfte und Übernachtungen sowie Betten- und Zimmerauslastung in Hotelleriebetrieben nach Monat 2025</t>
   </si>
   <si>
     <t>2024/2025</t>
   </si>
   <si>
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
-    <t>provisorische Zahlen</t>
-[...1 lines deleted...]
-  <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 1.7.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 13.4.2018)</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 15.1.2026)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 25.2.2026)</t>
+  </si>
+  <si>
+    <t>Ankünfte und Übernachtungen sowie Betten- und Zimmerauslastung in Hotelleriebetrieben nach Monat 2026</t>
+  </si>
+  <si>
+    <t>2025/2026</t>
+  </si>
+  <si>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 9.3.2026)</t>
+  </si>
+  <si>
+    <r>
+      <t>2026</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>provisorische Zahlen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="#\ ##0.0;\–\ #\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="#\ ##0\ ##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -2058,51 +2153,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF99FF"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FF0000FF"/>
       <color rgb="FF00FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -2118,50 +2213,54 @@
 <file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -2221,51 +2320,51 @@
 
 <file path=xl/drawings/_rels/vmlDrawing9.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>113041</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56190599-2737-4DB6-9085-C6C15C070031}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E039A4B-7445-4A5B-8E94-A77E313B7258}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -2277,87 +2376,143 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918C85C5-F147-459B-AF4C-57E9A120944E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>16</xdr:col>
+      <xdr:colOff>417841</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF52497D-651A-4105-A7A7-9E6C6E6976EA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Grafik 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{315834B2-00B7-42A6-9725-4C5A0C463459}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2369,51 +2524,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73AD626A-5189-4B72-9DD7-7DD3FE2FD3CD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2425,51 +2580,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C3E2298-F18A-4AE2-B2B8-B87FF6C82436}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2481,51 +2636,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9657661-97C1-4872-8781-19C5EA2AFADD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2537,51 +2692,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{252AA364-0968-47F2-A2B2-55B7362B2193}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2593,51 +2748,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D31E3A26-7829-498B-9EEA-1B68F37FE623}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2649,51 +2804,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33A5ED0B-7314-427E-9D28-8BBFEE0B2E0F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2705,51 +2860,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EBC7F51-DAD7-468D-AABF-924C8A4895FB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2761,51 +2916,107 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>113041</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56190599-2737-4DB6-9085-C6C15C070031}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71E7E0B7-950A-4AA6-ACE1-6F3D4871ABA8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2817,107 +3028,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-<file path=xl/drawings/drawing20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DBBA428-B2D0-4CAE-B5A6-7ECD5BE867BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2929,51 +3084,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3134859-91E1-47AF-B0BB-64C4BAE5C6D4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -2985,51 +3140,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing23.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BCA4BA6-CB00-4B42-A81F-06068E2B521B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -3061,87 +3216,143 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
       <xdr:colOff>113041</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2314768C-C7BD-4222-878E-AFE680F28A31}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:alphaModFix/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="8228341" cy="1162800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>17</xdr:col>
+      <xdr:colOff>113041</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>86475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69C91C4D-E2D1-419A-8F1D-CBEEC599D40F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15569286-5BA0-49E2-938A-8E674826F4EF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -3153,51 +3364,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B02E06A7-4512-46A6-ACAD-5A46EDED1FE7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -3209,51 +3420,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC013188-6A34-4118-97F2-4E64F2B900BC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -3265,51 +3476,51 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>74941</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B31A3A4-73B2-4166-8F5B-D93E1E0B323D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -3321,127 +3532,71 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>417841</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>86475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Grafik 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53C39968-FCDF-4DA4-BD3F-80137A5E1AF7}"/>
-            </a:ext>
-[...54 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{918C85C5-F147-459B-AF4C-57E9A120944E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:alphaModFix/>
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="8228341" cy="1162800"/>
         </a:xfrm>
@@ -3699,2250 +3854,2315 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing6.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing7.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing8.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings17.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing9.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings18.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing10.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings19.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing11.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings20.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing12.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings21.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing13.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings22.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings23.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD8E2223-B6F7-4C2E-88E7-614F587CC913}">
-  <dimension ref="A1:U53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1CF9C40D-3FD5-43D6-9AAB-B3B5D368E12F}">
+  <dimension ref="A1:U52"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
     </row>
     <row r="4" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.2">
       <c r="S5" s="16" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8" t="s">
         <v>52</v>
       </c>
       <c r="E6" s="7"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="R6" s="7"/>
       <c r="S6" s="7" t="s">
         <v>1</v>
       </c>
       <c r="U6" s="1"/>
     </row>
     <row r="7" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D7" s="23" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>4</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="U7" s="1"/>
     </row>
     <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11"/>
       <c r="S8" s="12" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="24">
         <f>SUM(F9:Q9)</f>
-        <v>574749</v>
+        <v>33567</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24">
-        <f t="shared" ref="F9:P9" si="0">SUM(F10:F11)</f>
-[...41 lines deleted...]
-      </c>
+        <f t="shared" ref="F9" si="0">SUM(F10:F11)</f>
+        <v>33567</v>
+      </c>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="25"/>
       <c r="S9" s="26">
-        <f>100*(P9-'2024'!P9)/'2024'!P9</f>
-        <v>-4.3063903087494616E-2</v>
+        <f>100*(F9-'2025'!F9)/'2025'!F9</f>
+        <v>-5.8244255534045957</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="27">
-        <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
-        <v>290226</v>
+        <f t="shared" ref="D10:D26" si="1">SUM(F10:Q10)</f>
+        <v>18996</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="27">
-        <v>19272</v>
-[...30 lines deleted...]
-      </c>
+        <v>18996</v>
+      </c>
+      <c r="G10" s="27"/>
+      <c r="H10" s="27"/>
+      <c r="I10" s="27"/>
+      <c r="J10" s="27"/>
+      <c r="K10" s="27"/>
+      <c r="L10" s="27"/>
+      <c r="M10" s="27"/>
+      <c r="N10" s="27"/>
+      <c r="O10" s="27"/>
+      <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="28"/>
       <c r="S10" s="29">
-        <f>100*(P10-'2024'!P10)/'2024'!P10</f>
-        <v>2.988573972399466</v>
+        <f>100*(F10-'2025'!F10)/'2025'!F10</f>
+        <v>-4.4707065627357307</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="27">
-        <f t="shared" si="1"/>
-        <v>284523</v>
+        <f>SUM(F11:Q11)</f>
+        <v>14571</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="27">
-        <v>14457</v>
-[...30 lines deleted...]
-      </c>
+        <v>14571</v>
+      </c>
+      <c r="G11" s="27"/>
+      <c r="H11" s="27"/>
+      <c r="I11" s="27"/>
+      <c r="J11" s="27"/>
+      <c r="K11" s="27"/>
+      <c r="L11" s="27"/>
+      <c r="M11" s="27"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="27"/>
+      <c r="P11" s="27"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
-        <f>100*(P11-'2024'!P11)/'2024'!P11</f>
-        <v>-5.224713401643502</v>
+        <f>100*(F11-'2025'!F11)/'2025'!F11</f>
+        <v>-7.5326818124127426</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="27">
+      <c r="D12" s="92">
         <f t="shared" si="1"/>
-        <v>989228</v>
+        <v>57315</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="27">
-        <f t="shared" ref="F12:P12" si="2">SUM(F13:F14)</f>
-[...41 lines deleted...]
-      </c>
+        <f t="shared" ref="F12" si="2">SUM(F13:F14)</f>
+        <v>57315</v>
+      </c>
+      <c r="G12" s="27"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="27"/>
+      <c r="J12" s="27"/>
+      <c r="K12" s="27"/>
+      <c r="L12" s="27"/>
+      <c r="M12" s="27"/>
+      <c r="N12" s="27"/>
+      <c r="O12" s="27"/>
+      <c r="P12" s="27"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
-        <f>100*(P12-'2024'!P12)/'2024'!P12</f>
-        <v>-1.5614005289593089</v>
+        <f>100*(F12-'2025'!F12)/'2025'!F12</f>
+        <v>-2.2011773739442027</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="27">
         <f t="shared" si="1"/>
-        <v>453382</v>
+        <v>27888</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="27">
-        <v>28823</v>
-[...30 lines deleted...]
-      </c>
+        <v>27888</v>
+      </c>
+      <c r="G13" s="27"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="27"/>
+      <c r="J13" s="27"/>
+      <c r="K13" s="27"/>
+      <c r="L13" s="27"/>
+      <c r="M13" s="27"/>
+      <c r="N13" s="27"/>
+      <c r="O13" s="27"/>
+      <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="28"/>
       <c r="S13" s="29">
-        <f>100*(P13-'2024'!P13)/'2024'!P13</f>
-        <v>3.3691115086463923</v>
+        <f>100*(F13-'2025'!F13)/'2025'!F13</f>
+        <v>-2.2810890360559233</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="27">
-        <f t="shared" si="1"/>
-        <v>535846</v>
+        <f>SUM(F14:Q14)</f>
+        <v>29427</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="27">
-        <v>28313</v>
-[...30 lines deleted...]
-      </c>
+        <v>29427</v>
+      </c>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
-        <f>100*(P14-'2024'!P14)/'2024'!P14</f>
-        <v>-8.0885255145193113</v>
+        <f>100*(F14-'2025'!F14)/'2025'!F14</f>
+        <v>-2.1253242865695472</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="27">
         <f t="shared" si="1"/>
-        <v>6308</v>
+        <v>426</v>
       </c>
       <c r="E15" s="27"/>
       <c r="F15" s="27">
-        <v>370</v>
-[...30 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="27"/>
+      <c r="K15" s="27"/>
+      <c r="L15" s="27"/>
+      <c r="M15" s="27"/>
+      <c r="N15" s="27"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
-        <f>100*(P15-'2024'!P15)/'2024'!P15</f>
-        <v>-32.689655172413794</v>
+        <f>100*(F15-'2025'!F15)/'2025'!F15</f>
+        <v>6.2344139650872821</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="27">
         <f t="shared" si="1"/>
-        <v>95284</v>
+        <v>6754</v>
       </c>
       <c r="E16" s="27"/>
       <c r="F16" s="27">
-        <v>6042</v>
-[...30 lines deleted...]
-      </c>
+        <v>6754</v>
+      </c>
+      <c r="G16" s="27"/>
+      <c r="H16" s="27"/>
+      <c r="I16" s="27"/>
+      <c r="J16" s="27"/>
+      <c r="K16" s="27"/>
+      <c r="L16" s="27"/>
+      <c r="M16" s="27"/>
+      <c r="N16" s="27"/>
+      <c r="O16" s="27"/>
+      <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
-        <f>100*(P16-'2024'!P16)/'2024'!P16</f>
-        <v>4.3990989797270439</v>
+        <f>100*(F16-'2025'!F16)/'2025'!F16</f>
+        <v>1.1229225932025753</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C17" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="27">
         <f t="shared" si="1"/>
-        <v>28461</v>
+        <v>1751</v>
       </c>
       <c r="E17" s="27"/>
       <c r="F17" s="27">
-        <v>1575</v>
-[...30 lines deleted...]
-      </c>
+        <v>1751</v>
+      </c>
+      <c r="G17" s="27"/>
+      <c r="H17" s="27"/>
+      <c r="I17" s="27"/>
+      <c r="J17" s="27"/>
+      <c r="K17" s="27"/>
+      <c r="L17" s="27"/>
+      <c r="M17" s="27"/>
+      <c r="N17" s="27"/>
+      <c r="O17" s="27"/>
+      <c r="P17" s="27"/>
       <c r="Q17" s="27"/>
       <c r="R17" s="28"/>
       <c r="S17" s="29">
-        <f>100*(P17-'2024'!P17)/'2024'!P17</f>
-        <v>-8.5274378207658899</v>
+        <f>100*(F17-'2025'!F17)/'2025'!F17</f>
+        <v>0.63218390804597702</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="27">
         <f t="shared" si="1"/>
-        <v>23049</v>
+        <v>2361</v>
       </c>
       <c r="E18" s="27"/>
       <c r="F18" s="27">
-        <v>2378</v>
-[...30 lines deleted...]
-      </c>
+        <v>2361</v>
+      </c>
+      <c r="G18" s="27"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="27"/>
+      <c r="K18" s="27"/>
+      <c r="L18" s="27"/>
+      <c r="M18" s="27"/>
+      <c r="N18" s="27"/>
+      <c r="O18" s="27"/>
+      <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
-        <f>100*(P18-'2024'!P18)/'2024'!P18</f>
-        <v>-28.562945368171022</v>
+        <f>100*(F18-'2025'!F18)/'2025'!F18</f>
+        <v>-8.559256390395042</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C19" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="27">
         <f t="shared" si="1"/>
-        <v>15323</v>
+        <v>699</v>
       </c>
       <c r="E19" s="27"/>
       <c r="F19" s="27">
-        <v>712</v>
-[...30 lines deleted...]
-      </c>
+        <v>699</v>
+      </c>
+      <c r="G19" s="27"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="27"/>
+      <c r="J19" s="27"/>
+      <c r="K19" s="27"/>
+      <c r="L19" s="27"/>
+      <c r="M19" s="27"/>
+      <c r="N19" s="27"/>
+      <c r="O19" s="27"/>
+      <c r="P19" s="27"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="28"/>
       <c r="S19" s="29">
-        <f>100*(P19-'2024'!P19)/'2024'!P19</f>
-        <v>-0.24968789013732834</v>
+        <f>100*(F19-'2025'!F19)/'2025'!F19</f>
+        <v>-3.8514442916093534</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="27">
         <f t="shared" si="1"/>
-        <v>10030</v>
+        <v>739</v>
       </c>
       <c r="E20" s="27"/>
       <c r="F20" s="27">
-        <v>678</v>
-[...30 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="G20" s="27"/>
+      <c r="H20" s="27"/>
+      <c r="I20" s="27"/>
+      <c r="J20" s="27"/>
+      <c r="K20" s="27"/>
+      <c r="L20" s="27"/>
+      <c r="M20" s="27"/>
+      <c r="N20" s="27"/>
+      <c r="O20" s="27"/>
+      <c r="P20" s="27"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="28"/>
       <c r="S20" s="29">
-        <f>100*(P20-'2024'!P20)/'2024'!P20</f>
-        <v>-0.46783625730994149</v>
+        <f>100*(F20-'2025'!F20)/'2025'!F20</f>
+        <v>0.81855388813096863</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C21" s="17" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="D21" s="27">
         <f t="shared" si="1"/>
-        <v>4502</v>
+        <v>825</v>
       </c>
       <c r="E21" s="27"/>
       <c r="F21" s="27">
-        <v>226</v>
-[...30 lines deleted...]
-      </c>
+        <v>825</v>
+      </c>
+      <c r="G21" s="27"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="27"/>
+      <c r="J21" s="27"/>
+      <c r="K21" s="27"/>
+      <c r="L21" s="27"/>
+      <c r="M21" s="27"/>
+      <c r="N21" s="27"/>
+      <c r="O21" s="27"/>
+      <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="28"/>
       <c r="S21" s="29">
-        <f>100*(P21-'2024'!P21)/'2024'!P21</f>
-        <v>36.764705882352942</v>
+        <f>100*(F21-'2025'!F22)/'2025'!F22</f>
+        <v>-19.038272816486753</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C22" s="17" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D22" s="27">
         <f t="shared" si="1"/>
-        <v>19445</v>
+        <v>1380</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="27">
-        <v>1015</v>
-[...30 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="27"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+      <c r="N22" s="27"/>
+      <c r="O22" s="27"/>
+      <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="28"/>
       <c r="S22" s="29">
-        <f>100*(P22-'2024'!P22)/'2024'!P22</f>
-        <v>-16.062176165803109</v>
+        <f>100*(F22-'2025'!F23)/'2025'!F23</f>
+        <v>7.8125</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C23" s="17" t="s">
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="1"/>
-        <v>29728</v>
+        <v>1300</v>
       </c>
       <c r="E23" s="27"/>
       <c r="F23" s="27">
-        <v>1241</v>
-[...30 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="G23" s="27"/>
+      <c r="H23" s="27"/>
+      <c r="I23" s="27"/>
+      <c r="J23" s="27"/>
+      <c r="K23" s="27"/>
+      <c r="L23" s="27"/>
+      <c r="M23" s="27"/>
+      <c r="N23" s="27"/>
+      <c r="O23" s="27"/>
+      <c r="P23" s="27"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="28"/>
       <c r="S23" s="29">
-        <f>100*(P23-'2024'!P23)/'2024'!P23</f>
-        <v>4.3478260869565215</v>
+        <f>100*(F23-'2025'!F24)/'2025'!F24</f>
+        <v>5.691056910569106</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C24" s="17" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="D24" s="27">
         <f t="shared" si="1"/>
-        <v>13489</v>
+        <v>2189</v>
       </c>
       <c r="E24" s="27"/>
       <c r="F24" s="27">
-        <v>1188</v>
-[...30 lines deleted...]
-      </c>
+        <v>2189</v>
+      </c>
+      <c r="G24" s="27"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="27"/>
+      <c r="J24" s="27"/>
+      <c r="K24" s="27"/>
+      <c r="L24" s="27"/>
+      <c r="M24" s="27"/>
+      <c r="N24" s="27"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="28"/>
       <c r="S24" s="29">
-        <f>100*(P24-'2024'!P24)/'2024'!P24</f>
-[...1 lines deleted...]
-      </c>
+        <f>100*(F24-'2025'!F25)/'2025'!F25</f>
+        <v>-6.132075471698113</v>
+      </c>
+      <c r="T24" s="28"/>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C25" s="17" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D25" s="27">
         <f t="shared" si="1"/>
-        <v>76582</v>
+        <v>817</v>
       </c>
       <c r="E25" s="27"/>
       <c r="F25" s="27">
-        <v>2214</v>
-[...30 lines deleted...]
-      </c>
+        <v>817</v>
+      </c>
+      <c r="G25" s="27"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="27"/>
+      <c r="J25" s="27"/>
+      <c r="K25" s="27"/>
+      <c r="L25" s="27"/>
+      <c r="M25" s="27"/>
+      <c r="N25" s="27"/>
+      <c r="O25" s="27"/>
+      <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="28"/>
       <c r="S25" s="29">
-        <f>100*(P25-'2024'!P25)/'2024'!P25</f>
-[...2 lines deleted...]
-      <c r="T25" s="28"/>
+        <f>100*(F25-'2025'!F26)/'2025'!F26</f>
+        <v>-28.832752613240419</v>
+      </c>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C26" s="17" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="D26" s="27">
         <f t="shared" si="1"/>
-        <v>26244</v>
+        <v>336</v>
       </c>
       <c r="E26" s="27"/>
       <c r="F26" s="27">
-        <v>1079</v>
-[...30 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="27"/>
+      <c r="K26" s="27"/>
+      <c r="L26" s="27"/>
+      <c r="M26" s="27"/>
+      <c r="N26" s="27"/>
+      <c r="O26" s="27"/>
+      <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
-        <f>100*(P26-'2024'!P26)/'2024'!P26</f>
-        <v>-10.292953285827394</v>
+        <f>100*(F26-'2025'!F27)/'2025'!F27</f>
+        <v>-20.941176470588236</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="C27" s="17" t="s">
-[...47 lines deleted...]
-    <row r="28" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A27" s="15"/>
+      <c r="B27" s="15"/>
+      <c r="C27" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="30">
+        <f>SUM(F27:Q27)</f>
+        <v>827</v>
+      </c>
+      <c r="E27" s="30"/>
+      <c r="F27" s="30">
+        <v>827</v>
+      </c>
+      <c r="G27" s="30"/>
+      <c r="H27" s="30"/>
+      <c r="I27" s="30"/>
+      <c r="J27" s="30"/>
+      <c r="K27" s="30"/>
+      <c r="L27" s="30"/>
+      <c r="M27" s="30"/>
+      <c r="N27" s="30"/>
+      <c r="O27" s="30"/>
+      <c r="P27" s="30"/>
+      <c r="Q27" s="30"/>
+      <c r="R27" s="31"/>
+      <c r="S27" s="32">
+        <f>100*(F27-'2025'!F28)/'2025'!F28</f>
+        <v>13.132694938440492</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D28" s="30">
+      <c r="D28" s="27">
         <f>SUM(F28:Q28)</f>
-        <v>9601</v>
+        <v>0</v>
       </c>
       <c r="E28" s="30"/>
-      <c r="F28" s="30">
-[...31 lines deleted...]
-      </c>
+      <c r="F28" s="30"/>
+      <c r="G28" s="30"/>
+      <c r="H28" s="30"/>
+      <c r="I28" s="30"/>
+      <c r="J28" s="30"/>
+      <c r="K28" s="30"/>
+      <c r="L28" s="30"/>
+      <c r="M28" s="30"/>
+      <c r="N28" s="30"/>
+      <c r="O28" s="30"/>
+      <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="31"/>
-      <c r="S28" s="32">
-[...30 lines deleted...]
-        <v>-100</v>
+      <c r="S28" s="32" t="e">
+        <f>100*(F28-'2025'!F29)/'2025'!F29</f>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A29" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="22"/>
+      <c r="C29" s="22"/>
+      <c r="D29" s="90">
+        <f>AVERAGE(F29:Q29)</f>
+        <v>38</v>
+      </c>
+      <c r="E29" s="24"/>
+      <c r="F29" s="90">
+        <v>38</v>
+      </c>
+      <c r="G29" s="90"/>
+      <c r="H29" s="90"/>
+      <c r="I29" s="90"/>
+      <c r="J29" s="90"/>
+      <c r="K29" s="90"/>
+      <c r="L29" s="90"/>
+      <c r="M29" s="90"/>
+      <c r="N29" s="90"/>
+      <c r="O29" s="90"/>
+      <c r="P29" s="90"/>
+      <c r="Q29" s="90"/>
+      <c r="R29" s="25"/>
+      <c r="S29" s="26">
+        <f>100*(F29-'2025'!F30)/'2025'!F30</f>
+        <v>-2.5641025641025643</v>
       </c>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A30" s="21" t="s">
-[...4 lines deleted...]
-      <c r="D30" s="90">
+      <c r="A30" s="15"/>
+      <c r="B30" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" s="34">
         <f>AVERAGE(F30:Q30)</f>
-        <v>39</v>
-[...39 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="E30" s="30"/>
+      <c r="F30" s="33">
+        <v>38</v>
+      </c>
+      <c r="G30" s="33"/>
+      <c r="H30" s="33"/>
+      <c r="I30" s="33"/>
+      <c r="J30" s="33"/>
+      <c r="K30" s="33"/>
+      <c r="L30" s="33"/>
+      <c r="M30" s="33"/>
+      <c r="N30" s="33"/>
+      <c r="O30" s="33"/>
+      <c r="P30" s="33"/>
+      <c r="Q30" s="33"/>
+      <c r="R30" s="31"/>
+      <c r="S30" s="29">
+        <f>100*(F30-'2025'!F31)/'2025'!F31</f>
+        <v>-2.5641025641025643</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A31" s="15"/>
-[...48 lines deleted...]
-        <v>0</v>
+      <c r="A31" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="22"/>
+      <c r="C31" s="22"/>
+      <c r="D31" s="35">
+        <f t="shared" ref="D31" si="3">AVERAGE(F31:Q31)</f>
+        <v>5386.7419354838712</v>
+      </c>
+      <c r="E31" s="24"/>
+      <c r="F31" s="24">
+        <v>5386.7419354838712</v>
+      </c>
+      <c r="G31" s="24"/>
+      <c r="H31" s="24"/>
+      <c r="I31" s="24"/>
+      <c r="J31" s="24"/>
+      <c r="K31" s="24"/>
+      <c r="L31" s="24"/>
+      <c r="M31" s="24"/>
+      <c r="N31" s="24"/>
+      <c r="O31" s="24"/>
+      <c r="P31" s="24"/>
+      <c r="Q31" s="35"/>
+      <c r="R31" s="25"/>
+      <c r="S31" s="26">
+        <f>100*(F31-'2025'!F32)/'2025'!F32</f>
+        <v>-0.85849140618041497</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
-      <c r="A32" s="21" t="s">
-[...45 lines deleted...]
-        <v>0</v>
+      <c r="B32" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" s="28">
+        <f t="shared" ref="D32:D35" si="4">AVERAGE(F32:R32)</f>
+        <v>34.322620052817797</v>
+      </c>
+      <c r="E32" s="29"/>
+      <c r="F32" s="29">
+        <v>34.322620052817797</v>
+      </c>
+      <c r="G32" s="29"/>
+      <c r="H32" s="29"/>
+      <c r="I32" s="29"/>
+      <c r="J32" s="29"/>
+      <c r="K32" s="29"/>
+      <c r="L32" s="29"/>
+      <c r="M32" s="29"/>
+      <c r="N32" s="29"/>
+      <c r="O32" s="29"/>
+      <c r="P32" s="28"/>
+      <c r="Q32" s="28"/>
+      <c r="R32" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S32" s="29" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A33" s="1"/>
       <c r="B33" s="17" t="s">
-        <v>101</v>
+        <v>37</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>41</v>
       </c>
       <c r="D33" s="28">
-        <v>53.502554982973997</v>
+        <f t="shared" si="4"/>
+        <v>38.324380662230404</v>
       </c>
       <c r="E33" s="29"/>
       <c r="F33" s="29">
-        <v>33.921690859975698</v>
-[...30 lines deleted...]
-      </c>
+        <v>38.324380662230404</v>
+      </c>
+      <c r="G33" s="29"/>
+      <c r="H33" s="29"/>
+      <c r="I33" s="29"/>
+      <c r="J33" s="29"/>
+      <c r="K33" s="29"/>
+      <c r="L33" s="29"/>
+      <c r="M33" s="29"/>
+      <c r="N33" s="29"/>
+      <c r="O33" s="29"/>
+      <c r="P33" s="28"/>
       <c r="Q33" s="28"/>
       <c r="R33" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S33" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
-      <c r="B34" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D34" s="28">
-        <v>58.649101796407201</v>
+        <f t="shared" si="4"/>
+        <v>36.823631819841097</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="29">
-        <v>37.511290322580599</v>
-[...30 lines deleted...]
-      </c>
+        <v>36.823631819841097</v>
+      </c>
+      <c r="G34" s="29"/>
+      <c r="H34" s="29"/>
+      <c r="I34" s="29"/>
+      <c r="J34" s="29"/>
+      <c r="K34" s="29"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="29"/>
+      <c r="N34" s="29"/>
+      <c r="O34" s="29"/>
+      <c r="P34" s="28"/>
       <c r="Q34" s="28"/>
       <c r="R34" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S34" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="C35" s="17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D35" s="28">
-        <v>56.127202498023102</v>
+        <f t="shared" si="4"/>
+        <v>32.768591307490702</v>
       </c>
       <c r="E35" s="29"/>
       <c r="F35" s="29">
-        <v>37.046087401261602</v>
-[...30 lines deleted...]
-      </c>
+        <v>32.768591307490702</v>
+      </c>
+      <c r="G35" s="29"/>
+      <c r="H35" s="29"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
+      <c r="K35" s="29"/>
+      <c r="L35" s="29"/>
+      <c r="M35" s="29"/>
+      <c r="N35" s="29"/>
+      <c r="O35" s="29"/>
+      <c r="P35" s="28"/>
       <c r="Q35" s="28"/>
       <c r="R35" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="C36" s="17" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D36" s="28"/>
       <c r="E36" s="29"/>
-      <c r="F36" s="29">
-[...31 lines deleted...]
-      </c>
+      <c r="F36" s="29"/>
+      <c r="G36" s="29"/>
+      <c r="H36" s="29"/>
+      <c r="I36" s="29"/>
+      <c r="J36" s="29"/>
+      <c r="K36" s="29"/>
+      <c r="L36" s="29"/>
+      <c r="M36" s="29"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
+      <c r="P36" s="28"/>
       <c r="Q36" s="28"/>
-      <c r="R36" s="28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="R36" s="28"/>
+      <c r="S36" s="29"/>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A37" s="1"/>
-[...14 lines deleted...]
-      <c r="O37" s="28"/>
+      <c r="A37" s="20"/>
+      <c r="B37" s="15"/>
+      <c r="C37" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D37" s="28">
+        <f t="shared" ref="D37:D43" si="5">AVERAGE(F37:R37)</f>
+        <v>27.832412483734</v>
+      </c>
+      <c r="E37" s="32"/>
+      <c r="F37" s="32">
+        <v>27.832412483734</v>
+      </c>
+      <c r="G37" s="32"/>
+      <c r="H37" s="32"/>
+      <c r="I37" s="32"/>
+      <c r="J37" s="32"/>
+      <c r="K37" s="32"/>
+      <c r="L37" s="32"/>
+      <c r="M37" s="32"/>
+      <c r="N37" s="32"/>
+      <c r="O37" s="32"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="28"/>
-      <c r="R37" s="28"/>
-      <c r="S37" s="29"/>
+      <c r="R37" s="31"/>
+      <c r="S37" s="32" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A38" s="20"/>
-[...43 lines deleted...]
-      <c r="S38" s="32" t="s">
+      <c r="A38" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B38" s="22"/>
+      <c r="C38" s="22"/>
+      <c r="D38" s="35">
+        <f t="shared" ref="D38" si="6">AVERAGE(F38:Q38)</f>
+        <v>2786.0645161290322</v>
+      </c>
+      <c r="E38" s="24"/>
+      <c r="F38" s="24">
+        <v>2786.0645161290322</v>
+      </c>
+      <c r="G38" s="24"/>
+      <c r="H38" s="24"/>
+      <c r="I38" s="24"/>
+      <c r="J38" s="24"/>
+      <c r="K38" s="24"/>
+      <c r="L38" s="24"/>
+      <c r="M38" s="24"/>
+      <c r="N38" s="24"/>
+      <c r="O38" s="24"/>
+      <c r="P38" s="24"/>
+      <c r="Q38" s="24"/>
+      <c r="R38" s="25"/>
+      <c r="S38" s="26">
+        <f>100*(F38-'2025'!F39)/'2025'!F39</f>
+        <v>-1.4693803048279623</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A39" s="15"/>
+      <c r="B39" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C39" s="15"/>
+      <c r="D39" s="28">
+        <f t="shared" si="5"/>
+        <v>47.609068173397603</v>
+      </c>
+      <c r="E39" s="30"/>
+      <c r="F39" s="31">
+        <v>47.609068173397603</v>
+      </c>
+      <c r="G39" s="31"/>
+      <c r="H39" s="31"/>
+      <c r="I39" s="31"/>
+      <c r="J39" s="31"/>
+      <c r="K39" s="31"/>
+      <c r="L39" s="31"/>
+      <c r="M39" s="31"/>
+      <c r="N39" s="31"/>
+      <c r="O39" s="31"/>
+      <c r="P39" s="31"/>
+      <c r="Q39" s="31"/>
+      <c r="R39" s="31"/>
+      <c r="S39" s="32" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="39" spans="1:19" x14ac:dyDescent="0.2">
-[...48 lines deleted...]
-    </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A40" s="15"/>
-[...44 lines deleted...]
-        <v>99</v>
+      <c r="A40" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" s="22"/>
+      <c r="C40" s="22"/>
+      <c r="D40" s="25">
+        <f>AVERAGE(F40:R40)</f>
+        <v>1.7074805612655286</v>
+      </c>
+      <c r="E40" s="24"/>
+      <c r="F40" s="25">
+        <v>1.7074805612655286</v>
+      </c>
+      <c r="G40" s="25"/>
+      <c r="H40" s="25"/>
+      <c r="I40" s="25"/>
+      <c r="J40" s="25"/>
+      <c r="K40" s="25"/>
+      <c r="L40" s="25"/>
+      <c r="M40" s="25"/>
+      <c r="N40" s="25"/>
+      <c r="O40" s="25"/>
+      <c r="P40" s="25"/>
+      <c r="Q40" s="25"/>
+      <c r="R40" s="25"/>
+      <c r="S40" s="26">
+        <f>100*(F40-'2025'!F41)/'2025'!F41</f>
+        <v>3.8473332398041808</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A41" s="21" t="s">
-[...46 lines deleted...]
-        <v>-1.5189907625817178</v>
+      <c r="A41" s="1"/>
+      <c r="B41" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D41" s="28">
+        <f t="shared" si="5"/>
+        <v>1.580858522389047</v>
+      </c>
+      <c r="E41" s="27"/>
+      <c r="F41" s="28">
+        <v>1.580858522389047</v>
+      </c>
+      <c r="G41" s="28"/>
+      <c r="H41" s="28"/>
+      <c r="I41" s="28"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+      <c r="M41" s="28"/>
+      <c r="N41" s="28"/>
+      <c r="O41" s="28"/>
+      <c r="P41" s="28"/>
+      <c r="Q41" s="28"/>
+      <c r="R41" s="28"/>
+      <c r="S41" s="29">
+        <f>100*(F41-'2025'!F42)/'2025'!F42</f>
+        <v>0.31115676712089751</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
-      <c r="B42" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D42" s="28">
-        <f>AVERAGE(F42:Q42)</f>
-        <v>1.6284543574944477</v>
+        <f t="shared" si="5"/>
+        <v>1.8287547064565612</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="28">
-        <v>1.5815708942536553</v>
-[...30 lines deleted...]
-      </c>
+        <v>1.8287547064565612</v>
+      </c>
+      <c r="G42" s="28"/>
+      <c r="H42" s="28"/>
+      <c r="I42" s="28"/>
+      <c r="J42" s="28"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+      <c r="M42" s="28"/>
+      <c r="N42" s="28"/>
+      <c r="O42" s="28"/>
+      <c r="P42" s="28"/>
       <c r="Q42" s="28"/>
       <c r="R42" s="28"/>
       <c r="S42" s="29">
-        <f>100*(P42-'2024'!P44)/'2024'!P44</f>
-        <v>-0.47511189681575106</v>
+        <f>100*(F42-'2025'!F43)/'2025'!F43</f>
+        <v>7.035073613617068</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="C43" s="17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D43" s="28">
-        <f t="shared" si="3"/>
-        <v>1.751036349647775</v>
+        <f t="shared" si="5"/>
+        <v>1.7873336619024149</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="28">
-        <v>1.7058746565484757</v>
-[...30 lines deleted...]
-      </c>
+        <v>1.7873336619024149</v>
+      </c>
+      <c r="G43" s="28"/>
+      <c r="H43" s="28"/>
+      <c r="I43" s="28"/>
+      <c r="J43" s="28"/>
+      <c r="K43" s="28"/>
+      <c r="L43" s="28"/>
+      <c r="M43" s="28"/>
+      <c r="N43" s="28"/>
+      <c r="O43" s="28"/>
+      <c r="P43" s="28"/>
       <c r="Q43" s="28"/>
       <c r="R43" s="28"/>
       <c r="S43" s="29">
-        <f>100*(P43-'2024'!P45)/'2024'!P45</f>
-        <v>13.542903476892855</v>
+        <f>100*(F43-'2025'!F44)/'2025'!F44</f>
+        <v>24.668862359659286</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="C44" s="17" t="s">
-        <v>36</v>
-[...44 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="28"/>
+      <c r="H44" s="28"/>
+      <c r="I44" s="28"/>
+      <c r="J44" s="28"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="28"/>
+      <c r="M44" s="28"/>
+      <c r="N44" s="28"/>
+      <c r="O44" s="28"/>
+      <c r="P44" s="28"/>
+      <c r="Q44" s="29"/>
+      <c r="R44" s="29"/>
+      <c r="S44" s="29"/>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A45" s="1"/>
-[...23 lines deleted...]
-      <c r="C46" s="15" t="s">
+      <c r="A45" s="20"/>
+      <c r="B45" s="15"/>
+      <c r="C45" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D46" s="31">
-[...41 lines deleted...]
-        <v>-2.8113450335947308</v>
+      <c r="D45" s="31">
+        <f>AVERAGE(F45:R45)</f>
+        <v>1.8073140324144619</v>
+      </c>
+      <c r="E45" s="30"/>
+      <c r="F45" s="31">
+        <v>1.8073140324144619</v>
+      </c>
+      <c r="G45" s="31"/>
+      <c r="H45" s="31"/>
+      <c r="I45" s="31"/>
+      <c r="J45" s="31"/>
+      <c r="K45" s="31"/>
+      <c r="L45" s="31"/>
+      <c r="M45" s="31"/>
+      <c r="N45" s="31"/>
+      <c r="O45" s="31"/>
+      <c r="P45" s="31"/>
+      <c r="Q45" s="31"/>
+      <c r="R45" s="31"/>
+      <c r="S45" s="32">
+        <f>100*(F45-'2025'!F46)/'2025'!F46</f>
+        <v>-2.9462153779691498</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="1"/>
+      <c r="B46" s="1"/>
+      <c r="C46" s="1"/>
+      <c r="S46" s="6" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="1"/>
+      <c r="A47" s="1" t="s">
+        <v>129</v>
+      </c>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
-      <c r="S47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S47" s="6"/>
     </row>
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="1" t="s">
-[...4 lines deleted...]
-      <c r="S48" s="6"/>
+      <c r="A48" s="93" t="s">
+        <v>51</v>
+      </c>
+      <c r="B48" s="94"/>
+      <c r="C48" s="94"/>
+      <c r="D48" s="94"/>
+      <c r="E48" s="94"/>
+      <c r="F48" s="94"/>
+      <c r="G48" s="94"/>
+      <c r="H48" s="94"/>
+      <c r="I48" s="94"/>
+      <c r="J48" s="94"/>
+      <c r="K48" s="94"/>
+      <c r="L48" s="94"/>
+      <c r="M48" s="94"/>
+      <c r="N48" s="94"/>
+      <c r="O48" s="94"/>
+      <c r="P48" s="94"/>
+      <c r="Q48" s="94"/>
+      <c r="R48" s="94"/>
+      <c r="S48" s="94"/>
     </row>
     <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="93" t="s">
-[...19 lines deleted...]
-      <c r="S49" s="94"/>
+      <c r="A49" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49"/>
+      <c r="D49"/>
+      <c r="E49"/>
+      <c r="F49"/>
+      <c r="G49"/>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49"/>
+      <c r="K49"/>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49"/>
+      <c r="O49"/>
+      <c r="P49"/>
+      <c r="Q49"/>
+      <c r="R49"/>
+      <c r="S49"/>
     </row>
     <row r="50" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="17" t="s">
-[...19 lines deleted...]
-      <c r="S50"/>
+      <c r="A50" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="B50" s="94"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="94"/>
+      <c r="L50" s="94"/>
+      <c r="M50" s="94"/>
+      <c r="N50" s="94"/>
+      <c r="O50" s="94"/>
+      <c r="P50" s="94"/>
+      <c r="Q50" s="94"/>
+      <c r="R50" s="94"/>
+      <c r="S50" s="94"/>
     </row>
     <row r="51" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="93" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="94"/>
       <c r="O51" s="94"/>
       <c r="P51" s="94"/>
       <c r="Q51" s="94"/>
       <c r="R51" s="94"/>
       <c r="S51" s="94"/>
     </row>
-    <row r="52" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-        <v>125</v>
+    <row r="52" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="S52" s="19" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="A49:S49"/>
+    <mergeCell ref="A48:S48"/>
+    <mergeCell ref="A50:S50"/>
     <mergeCell ref="A51:S51"/>
-    <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="29" max="16383" man="1"/>
+    <brk id="28" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
+    <ignoredError sqref="F12" formulaRange="1"/>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
-    <ignoredError sqref="F12:P12" formulaRange="1"/>
+    <ignoredError sqref="D38" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAAEB42A-95D9-46B6-A721-1BD317B50189}">
+  <dimension ref="A1:R25"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
+    <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
+    <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
+    <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
+    <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
+    <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
+    <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
+    <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
+    <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
+    <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
+    <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
+    <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
+    <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
+    <col min="19" max="19" width="8.7109375" style="45" customWidth="1"/>
+    <col min="20" max="16384" width="11.5703125" style="45"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="62" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="61" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" s="62" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="63" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R5" s="67" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="82"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="83" t="s">
+        <v>80</v>
+      </c>
+      <c r="E6" s="84"/>
+      <c r="F6" s="84" t="s">
+        <v>79</v>
+      </c>
+      <c r="G6" s="84"/>
+      <c r="H6" s="84" t="s">
+        <v>78</v>
+      </c>
+      <c r="I6" s="84"/>
+      <c r="J6" s="84" t="s">
+        <v>77</v>
+      </c>
+      <c r="K6" s="84"/>
+      <c r="L6" s="84"/>
+      <c r="M6" s="83"/>
+      <c r="N6" s="83" t="s">
+        <v>76</v>
+      </c>
+      <c r="O6" s="84"/>
+      <c r="P6" s="84"/>
+      <c r="Q6" s="83"/>
+      <c r="R6" s="83" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="85"/>
+      <c r="B7" s="84" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" s="84"/>
+      <c r="D7" s="84" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" s="86"/>
+      <c r="F7" s="86" t="s">
+        <v>72</v>
+      </c>
+      <c r="G7" s="86"/>
+      <c r="H7" s="86" t="s">
+        <v>72</v>
+      </c>
+      <c r="I7" s="86"/>
+      <c r="J7" s="86" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" s="86"/>
+      <c r="L7" s="84" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" s="84" t="s">
+        <v>17</v>
+      </c>
+      <c r="N7" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="O7" s="86"/>
+      <c r="P7" s="84" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q7" s="84" t="s">
+        <v>17</v>
+      </c>
+      <c r="R7" s="84" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="87"/>
+      <c r="B8" s="87"/>
+      <c r="C8" s="87"/>
+      <c r="D8" s="87"/>
+      <c r="E8" s="87"/>
+      <c r="F8" s="87"/>
+      <c r="G8" s="87"/>
+      <c r="H8" s="87"/>
+      <c r="I8" s="87"/>
+      <c r="J8" s="87" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" s="87"/>
+      <c r="L8" s="87"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="87"/>
+      <c r="O8" s="87"/>
+      <c r="P8" s="87"/>
+      <c r="Q8" s="87"/>
+      <c r="R8" s="87"/>
+    </row>
+    <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" s="68">
+        <v>32</v>
+      </c>
+      <c r="C9" s="36"/>
+      <c r="D9" s="68">
+        <v>29</v>
+      </c>
+      <c r="E9" s="36"/>
+      <c r="F9" s="36">
+        <v>3304</v>
+      </c>
+      <c r="G9" s="36"/>
+      <c r="H9" s="36">
+        <v>1905</v>
+      </c>
+      <c r="I9" s="36"/>
+      <c r="J9" s="37">
+        <v>45.684605170663097</v>
+      </c>
+      <c r="K9" s="36"/>
+      <c r="L9" s="36">
+        <f t="shared" ref="L9:L20" si="0">SUM(M9:N9)</f>
+        <v>28420</v>
+      </c>
+      <c r="M9" s="36">
+        <v>15470</v>
+      </c>
+      <c r="N9" s="36">
+        <v>12950</v>
+      </c>
+      <c r="O9" s="36"/>
+      <c r="P9" s="36">
+        <f t="shared" ref="P9:P20" si="1">SUM(Q9:R9)</f>
+        <v>46792</v>
+      </c>
+      <c r="Q9" s="36">
+        <v>23012</v>
+      </c>
+      <c r="R9" s="36">
+        <v>23780</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" s="68">
+        <v>32</v>
+      </c>
+      <c r="C10" s="36"/>
+      <c r="D10" s="68">
+        <v>29</v>
+      </c>
+      <c r="E10" s="36"/>
+      <c r="F10" s="36">
+        <v>3352.5</v>
+      </c>
+      <c r="G10" s="69"/>
+      <c r="H10" s="36">
+        <v>1936</v>
+      </c>
+      <c r="I10" s="36"/>
+      <c r="J10" s="37">
+        <v>44.585064450836299</v>
+      </c>
+      <c r="K10" s="69"/>
+      <c r="L10" s="36">
+        <f t="shared" si="0"/>
+        <v>25384</v>
+      </c>
+      <c r="M10" s="36">
+        <v>13328</v>
+      </c>
+      <c r="N10" s="36">
+        <v>12056</v>
+      </c>
+      <c r="O10" s="36"/>
+      <c r="P10" s="36">
+        <f t="shared" si="1"/>
+        <v>41852</v>
+      </c>
+      <c r="Q10" s="36">
+        <v>19983</v>
+      </c>
+      <c r="R10" s="36">
+        <v>21869</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" s="68">
+        <v>32</v>
+      </c>
+      <c r="C11" s="36"/>
+      <c r="D11" s="68">
+        <v>29</v>
+      </c>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36">
+        <v>3380</v>
+      </c>
+      <c r="G11" s="69"/>
+      <c r="H11" s="36">
+        <v>1952</v>
+      </c>
+      <c r="I11" s="36"/>
+      <c r="J11" s="37">
+        <v>51.293185722466099</v>
+      </c>
+      <c r="K11" s="69"/>
+      <c r="L11" s="36">
+        <f t="shared" si="0"/>
+        <v>33745</v>
+      </c>
+      <c r="M11" s="36">
+        <v>18977</v>
+      </c>
+      <c r="N11" s="36">
+        <v>14768</v>
+      </c>
+      <c r="O11" s="36"/>
+      <c r="P11" s="36">
+        <f t="shared" si="1"/>
+        <v>53745</v>
+      </c>
+      <c r="Q11" s="36">
+        <v>27185</v>
+      </c>
+      <c r="R11" s="36">
+        <v>26560</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="39" t="s">
+        <v>66</v>
+      </c>
+      <c r="B12" s="36">
+        <v>32</v>
+      </c>
+      <c r="C12" s="36"/>
+      <c r="D12" s="36">
+        <v>30</v>
+      </c>
+      <c r="E12" s="36"/>
+      <c r="F12" s="36">
+        <v>3412.8666666666668</v>
+      </c>
+      <c r="G12" s="69"/>
+      <c r="H12" s="36">
+        <v>1968</v>
+      </c>
+      <c r="I12" s="36"/>
+      <c r="J12" s="37">
+        <v>55.939288574609797</v>
+      </c>
+      <c r="K12" s="69"/>
+      <c r="L12" s="36">
+        <f t="shared" si="0"/>
+        <v>34831</v>
+      </c>
+      <c r="M12" s="36">
+        <v>16020</v>
+      </c>
+      <c r="N12" s="36">
+        <v>18811</v>
+      </c>
+      <c r="O12" s="36"/>
+      <c r="P12" s="36">
+        <f t="shared" si="1"/>
+        <v>57274</v>
+      </c>
+      <c r="Q12" s="36">
+        <v>25014</v>
+      </c>
+      <c r="R12" s="36">
+        <v>32260</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="36">
+        <v>32</v>
+      </c>
+      <c r="C13" s="36"/>
+      <c r="D13" s="36">
+        <v>30</v>
+      </c>
+      <c r="E13" s="36"/>
+      <c r="F13" s="36">
+        <v>3413</v>
+      </c>
+      <c r="G13" s="69"/>
+      <c r="H13" s="36">
+        <v>1970</v>
+      </c>
+      <c r="I13" s="36"/>
+      <c r="J13" s="37">
+        <v>61.9320813209455</v>
+      </c>
+      <c r="K13" s="69"/>
+      <c r="L13" s="36">
+        <f t="shared" si="0"/>
+        <v>39961</v>
+      </c>
+      <c r="M13" s="36">
+        <v>18991</v>
+      </c>
+      <c r="N13" s="36">
+        <v>20970</v>
+      </c>
+      <c r="O13" s="36"/>
+      <c r="P13" s="36">
+        <f t="shared" si="1"/>
+        <v>65526</v>
+      </c>
+      <c r="Q13" s="36">
+        <v>29109</v>
+      </c>
+      <c r="R13" s="36">
+        <v>36417</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" s="36">
+        <v>32</v>
+      </c>
+      <c r="C14" s="36"/>
+      <c r="D14" s="36">
+        <v>30</v>
+      </c>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36">
+        <v>3413</v>
+      </c>
+      <c r="G14" s="69"/>
+      <c r="H14" s="36">
+        <v>1970</v>
+      </c>
+      <c r="I14" s="36"/>
+      <c r="J14" s="37">
+        <v>67.653091122179902</v>
+      </c>
+      <c r="K14" s="69"/>
+      <c r="L14" s="36">
+        <f t="shared" si="0"/>
+        <v>43273</v>
+      </c>
+      <c r="M14" s="36">
+        <v>19560</v>
+      </c>
+      <c r="N14" s="36">
+        <v>23713</v>
+      </c>
+      <c r="O14" s="36"/>
+      <c r="P14" s="36">
+        <f t="shared" si="1"/>
+        <v>69270</v>
+      </c>
+      <c r="Q14" s="36">
+        <v>30165</v>
+      </c>
+      <c r="R14" s="36">
+        <v>39105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="36">
+        <v>32</v>
+      </c>
+      <c r="C15" s="36"/>
+      <c r="D15" s="36">
+        <v>30</v>
+      </c>
+      <c r="E15" s="36"/>
+      <c r="F15" s="36">
+        <v>3413</v>
+      </c>
+      <c r="G15" s="69"/>
+      <c r="H15" s="36">
+        <v>1970</v>
+      </c>
+      <c r="I15" s="36"/>
+      <c r="J15" s="37">
+        <v>73.912838010264394</v>
+      </c>
+      <c r="K15" s="69"/>
+      <c r="L15" s="36">
+        <f t="shared" si="0"/>
+        <v>46356</v>
+      </c>
+      <c r="M15" s="36">
+        <v>15683</v>
+      </c>
+      <c r="N15" s="36">
+        <v>30673</v>
+      </c>
+      <c r="O15" s="36"/>
+      <c r="P15" s="36">
+        <f t="shared" si="1"/>
+        <v>78202</v>
+      </c>
+      <c r="Q15" s="36">
+        <v>27630</v>
+      </c>
+      <c r="R15" s="36">
+        <v>50572</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="39" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" s="36">
+        <v>32</v>
+      </c>
+      <c r="C16" s="36"/>
+      <c r="D16" s="36">
+        <v>30</v>
+      </c>
+      <c r="E16" s="36"/>
+      <c r="F16" s="36">
+        <v>3413</v>
+      </c>
+      <c r="G16" s="69"/>
+      <c r="H16" s="36">
+        <v>1970</v>
+      </c>
+      <c r="I16" s="36"/>
+      <c r="J16" s="37">
+        <v>78.119713051614795</v>
+      </c>
+      <c r="K16" s="69"/>
+      <c r="L16" s="36">
+        <f t="shared" si="0"/>
+        <v>46723</v>
+      </c>
+      <c r="M16" s="36">
+        <v>16616</v>
+      </c>
+      <c r="N16" s="36">
+        <v>30107</v>
+      </c>
+      <c r="O16" s="36"/>
+      <c r="P16" s="36">
+        <f t="shared" si="1"/>
+        <v>82653</v>
+      </c>
+      <c r="Q16" s="36">
+        <v>28904</v>
+      </c>
+      <c r="R16" s="36">
+        <v>53749</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="39" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="36">
+        <v>33</v>
+      </c>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36">
+        <v>31</v>
+      </c>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36">
+        <v>3470.5</v>
+      </c>
+      <c r="G17" s="69"/>
+      <c r="H17" s="36">
+        <v>1984.5</v>
+      </c>
+      <c r="I17" s="36"/>
+      <c r="J17" s="37">
+        <v>66.653219997118597</v>
+      </c>
+      <c r="K17" s="69"/>
+      <c r="L17" s="36">
+        <f t="shared" si="0"/>
+        <v>43024</v>
+      </c>
+      <c r="M17" s="36">
+        <v>20442</v>
+      </c>
+      <c r="N17" s="36">
+        <v>22582</v>
+      </c>
+      <c r="O17" s="36"/>
+      <c r="P17" s="36">
+        <f t="shared" si="1"/>
+        <v>69396</v>
+      </c>
+      <c r="Q17" s="36">
+        <v>30540</v>
+      </c>
+      <c r="R17" s="36">
+        <v>38856</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="36">
+        <v>33</v>
+      </c>
+      <c r="C18" s="36"/>
+      <c r="D18" s="36">
+        <v>31</v>
+      </c>
+      <c r="E18" s="36"/>
+      <c r="F18" s="36">
+        <v>3530</v>
+      </c>
+      <c r="G18" s="69"/>
+      <c r="H18" s="36">
+        <v>2001</v>
+      </c>
+      <c r="I18" s="36"/>
+      <c r="J18" s="37">
+        <v>61.4365347710865</v>
+      </c>
+      <c r="K18" s="69"/>
+      <c r="L18" s="36">
+        <f t="shared" si="0"/>
+        <v>40895</v>
+      </c>
+      <c r="M18" s="36">
+        <v>19342</v>
+      </c>
+      <c r="N18" s="36">
+        <v>21553</v>
+      </c>
+      <c r="O18" s="36"/>
+      <c r="P18" s="36">
+        <f t="shared" si="1"/>
+        <v>67230</v>
+      </c>
+      <c r="Q18" s="36">
+        <v>28869</v>
+      </c>
+      <c r="R18" s="36">
+        <v>38361</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" s="36">
+        <v>33</v>
+      </c>
+      <c r="C19" s="36"/>
+      <c r="D19" s="36">
+        <v>31</v>
+      </c>
+      <c r="E19" s="36"/>
+      <c r="F19" s="36">
+        <v>3530</v>
+      </c>
+      <c r="G19" s="69"/>
+      <c r="H19" s="36">
+        <v>2001</v>
+      </c>
+      <c r="I19" s="36"/>
+      <c r="J19" s="37">
+        <v>56.802644003777097</v>
+      </c>
+      <c r="K19" s="36"/>
+      <c r="L19" s="36">
+        <f t="shared" si="0"/>
+        <v>37285</v>
+      </c>
+      <c r="M19" s="36">
+        <v>23381</v>
+      </c>
+      <c r="N19" s="36">
+        <v>13904</v>
+      </c>
+      <c r="O19" s="36"/>
+      <c r="P19" s="36">
+        <f t="shared" si="1"/>
+        <v>60154</v>
+      </c>
+      <c r="Q19" s="36">
+        <v>33867</v>
+      </c>
+      <c r="R19" s="36">
+        <v>26287</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="36">
+        <v>33</v>
+      </c>
+      <c r="C20" s="36"/>
+      <c r="D20" s="36">
+        <v>31</v>
+      </c>
+      <c r="E20" s="36"/>
+      <c r="F20" s="36">
+        <v>3545</v>
+      </c>
+      <c r="G20" s="36"/>
+      <c r="H20" s="36">
+        <v>2007</v>
+      </c>
+      <c r="I20" s="36"/>
+      <c r="J20" s="37">
+        <v>51.4309113244461</v>
+      </c>
+      <c r="K20" s="36"/>
+      <c r="L20" s="36">
+        <f t="shared" si="0"/>
+        <v>36621</v>
+      </c>
+      <c r="M20" s="36">
+        <v>18995</v>
+      </c>
+      <c r="N20" s="36">
+        <v>17626</v>
+      </c>
+      <c r="O20" s="36"/>
+      <c r="P20" s="36">
+        <f t="shared" si="1"/>
+        <v>56520</v>
+      </c>
+      <c r="Q20" s="36">
+        <v>26025</v>
+      </c>
+      <c r="R20" s="36">
+        <v>30495</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="43" t="s">
+        <v>60</v>
+      </c>
+      <c r="B21" s="40">
+        <f>AVERAGE(B9:B20)</f>
+        <v>32.333333333333336</v>
+      </c>
+      <c r="C21" s="42">
+        <v>1</v>
+      </c>
+      <c r="D21" s="40">
+        <f>AVERAGE(D9:D20)</f>
+        <v>30.083333333333332</v>
+      </c>
+      <c r="E21" s="42">
+        <v>1</v>
+      </c>
+      <c r="F21" s="40">
+        <v>3431.7780821917809</v>
+      </c>
+      <c r="G21" s="42">
+        <v>1</v>
+      </c>
+      <c r="H21" s="40">
+        <f>AVERAGE(H9:H20)</f>
+        <v>1969.5416666666667</v>
+      </c>
+      <c r="I21" s="42">
+        <v>1</v>
+      </c>
+      <c r="J21" s="41">
+        <v>59.764856909513703</v>
+      </c>
+      <c r="K21" s="40"/>
+      <c r="L21" s="40">
+        <f>SUM(L9:L20)</f>
+        <v>456518</v>
+      </c>
+      <c r="M21" s="40">
+        <f>SUM(M9:M20)</f>
+        <v>216805</v>
+      </c>
+      <c r="N21" s="40">
+        <f>SUM(N9:N20)</f>
+        <v>239713</v>
+      </c>
+      <c r="O21" s="40"/>
+      <c r="P21" s="40">
+        <f>SUM(P9:P20)</f>
+        <v>748614</v>
+      </c>
+      <c r="Q21" s="40">
+        <f>SUM(Q9:Q20)</f>
+        <v>330303</v>
+      </c>
+      <c r="R21" s="40">
+        <f>SUM(R9:R20)</f>
+        <v>418311</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="39"/>
+      <c r="B22" s="36"/>
+      <c r="C22" s="38"/>
+      <c r="D22" s="36"/>
+      <c r="E22" s="38"/>
+      <c r="F22" s="36"/>
+      <c r="G22" s="38"/>
+      <c r="H22" s="36"/>
+      <c r="I22" s="38"/>
+      <c r="J22" s="37"/>
+      <c r="K22" s="36"/>
+      <c r="L22" s="36"/>
+      <c r="M22" s="36"/>
+      <c r="N22" s="36"/>
+      <c r="O22" s="36"/>
+      <c r="P22" s="36"/>
+      <c r="Q22" s="36"/>
+      <c r="R22" s="70" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="71" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="72" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R25" s="44" t="s">
+        <v>122</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+  <legacyDrawingHF r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0505C59D-2FCA-4791-9370-0026A63EEEF4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" style="45" customWidth="1"/>
     <col min="20" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
@@ -6685,66 +6905,66 @@
       <c r="I22" s="38"/>
       <c r="J22" s="37"/>
       <c r="K22" s="36"/>
       <c r="L22" s="36"/>
       <c r="M22" s="36"/>
       <c r="N22" s="36"/>
       <c r="O22" s="36"/>
       <c r="P22" s="36"/>
       <c r="Q22" s="36"/>
       <c r="R22" s="70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="71" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="72" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C34248A-C630-4087-9440-30935CA7155E}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" style="45" customWidth="1"/>
     <col min="20" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
@@ -7486,66 +7706,66 @@
       <c r="I22" s="38"/>
       <c r="J22" s="37"/>
       <c r="K22" s="36"/>
       <c r="L22" s="36"/>
       <c r="M22" s="36"/>
       <c r="N22" s="36"/>
       <c r="O22" s="36"/>
       <c r="P22" s="36"/>
       <c r="Q22" s="36"/>
       <c r="R22" s="70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="74" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="81" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFA84900-F5B3-4BA5-8F06-C1B370D935A4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" style="45" customWidth="1"/>
     <col min="20" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
@@ -8288,66 +8508,66 @@
       <c r="I22" s="38"/>
       <c r="J22" s="37"/>
       <c r="K22" s="36"/>
       <c r="L22" s="36"/>
       <c r="M22" s="36"/>
       <c r="N22" s="36"/>
       <c r="O22" s="36"/>
       <c r="P22" s="36"/>
       <c r="Q22" s="36"/>
       <c r="R22" s="70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="74" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="81" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{410108A1-C4DF-4710-AA34-44740DF954B2}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -9089,66 +9309,66 @@
       <c r="I22" s="49"/>
       <c r="J22" s="48"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="47"/>
       <c r="O22" s="47"/>
       <c r="P22" s="47"/>
       <c r="Q22" s="47"/>
       <c r="R22" s="70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="79" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0BF4FB9D-FD6C-4963-A372-5A310A8B236B}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -9907,66 +10127,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04672388-D65A-4A4E-AEAF-3E67FB2A8BA0}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -10724,66 +10944,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E2ACCBB-991A-4D75-AEF1-7D7F7DD2CDBD}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -11541,66 +11761,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52634F8A-12D9-4009-B490-5B49D8D259BC}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -12359,66 +12579,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0174F6F9-6958-4116-87A7-8096888E0E67}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -13177,66 +13397,2243 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD8E2223-B6F7-4C2E-88E7-614F587CC913}">
+  <dimension ref="A1:U52"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
+    <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
+    <col min="4" max="4" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
+    <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+    </row>
+    <row r="4" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="S5" s="16" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
+      <c r="O6" s="9"/>
+      <c r="P6" s="9"/>
+      <c r="Q6" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="R6" s="7"/>
+      <c r="S6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U6" s="1"/>
+    </row>
+    <row r="7" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D7" s="23" t="s">
+        <v>121</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="P7" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q7" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="S7" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="U7" s="1"/>
+    </row>
+    <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="11"/>
+      <c r="B8" s="11"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="11"/>
+      <c r="S8" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="U8" s="1"/>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A9" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="24">
+        <f>SUM(F9:Q9)</f>
+        <v>623942</v>
+      </c>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24">
+        <f t="shared" ref="F9:Q9" si="0">SUM(F10:F11)</f>
+        <v>35643</v>
+      </c>
+      <c r="G9" s="24">
+        <f t="shared" si="0"/>
+        <v>32080</v>
+      </c>
+      <c r="H9" s="24">
+        <f t="shared" si="0"/>
+        <v>41282</v>
+      </c>
+      <c r="I9" s="24">
+        <f t="shared" si="0"/>
+        <v>46605</v>
+      </c>
+      <c r="J9" s="24">
+        <f t="shared" si="0"/>
+        <v>56869</v>
+      </c>
+      <c r="K9" s="24">
+        <f t="shared" si="0"/>
+        <v>63389</v>
+      </c>
+      <c r="L9" s="24">
+        <f t="shared" si="0"/>
+        <v>63987</v>
+      </c>
+      <c r="M9" s="24">
+        <f t="shared" si="0"/>
+        <v>69622</v>
+      </c>
+      <c r="N9" s="24">
+        <f t="shared" si="0"/>
+        <v>55683</v>
+      </c>
+      <c r="O9" s="24">
+        <f t="shared" si="0"/>
+        <v>55048</v>
+      </c>
+      <c r="P9" s="24">
+        <f t="shared" si="0"/>
+        <v>52763</v>
+      </c>
+      <c r="Q9" s="24">
+        <f t="shared" si="0"/>
+        <v>50971</v>
+      </c>
+      <c r="R9" s="25"/>
+      <c r="S9" s="26">
+        <f>100*(D9-'2024'!D9)/'2024'!D9</f>
+        <v>-1.8164079403919842</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B10" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="27">
+        <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
+        <v>315018</v>
+      </c>
+      <c r="E10" s="27"/>
+      <c r="F10" s="27">
+        <v>19885</v>
+      </c>
+      <c r="G10" s="27">
+        <v>17609</v>
+      </c>
+      <c r="H10" s="27">
+        <v>24486</v>
+      </c>
+      <c r="I10" s="27">
+        <v>23823</v>
+      </c>
+      <c r="J10" s="27">
+        <v>28694</v>
+      </c>
+      <c r="K10" s="27">
+        <v>29536</v>
+      </c>
+      <c r="L10" s="27">
+        <v>25608</v>
+      </c>
+      <c r="M10" s="27">
+        <v>27508</v>
+      </c>
+      <c r="N10" s="27">
+        <v>28002</v>
+      </c>
+      <c r="O10" s="27">
+        <v>28643</v>
+      </c>
+      <c r="P10" s="27">
+        <v>34300</v>
+      </c>
+      <c r="Q10" s="27">
+        <v>26924</v>
+      </c>
+      <c r="R10" s="28"/>
+      <c r="S10" s="29">
+        <f>100*(D10-'2024'!D10)/'2024'!D10</f>
+        <v>1.3832389289392379</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B11" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="27">
+        <f>SUM(F11:Q11)</f>
+        <v>308924</v>
+      </c>
+      <c r="E11" s="27"/>
+      <c r="F11" s="27">
+        <v>15758</v>
+      </c>
+      <c r="G11" s="27">
+        <v>14471</v>
+      </c>
+      <c r="H11" s="27">
+        <v>16796</v>
+      </c>
+      <c r="I11" s="27">
+        <v>22782</v>
+      </c>
+      <c r="J11" s="27">
+        <v>28175</v>
+      </c>
+      <c r="K11" s="27">
+        <v>33853</v>
+      </c>
+      <c r="L11" s="27">
+        <v>38379</v>
+      </c>
+      <c r="M11" s="27">
+        <v>42114</v>
+      </c>
+      <c r="N11" s="27">
+        <v>27681</v>
+      </c>
+      <c r="O11" s="27">
+        <v>26405</v>
+      </c>
+      <c r="P11" s="27">
+        <v>18463</v>
+      </c>
+      <c r="Q11" s="27">
+        <v>24047</v>
+      </c>
+      <c r="R11" s="28"/>
+      <c r="S11" s="29">
+        <f>100*(D11-'2024'!D11)/'2024'!D11</f>
+        <v>-4.8776807845673025</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="92">
+        <f t="shared" si="1"/>
+        <v>1071967</v>
+      </c>
+      <c r="E12" s="27"/>
+      <c r="F12" s="27">
+        <f t="shared" ref="F12:Q12" si="2">SUM(F13:F14)</f>
+        <v>58605</v>
+      </c>
+      <c r="G12" s="27">
+        <f t="shared" si="2"/>
+        <v>54175</v>
+      </c>
+      <c r="H12" s="27">
+        <f t="shared" si="2"/>
+        <v>68404</v>
+      </c>
+      <c r="I12" s="27">
+        <f t="shared" si="2"/>
+        <v>81453</v>
+      </c>
+      <c r="J12" s="27">
+        <f t="shared" si="2"/>
+        <v>99690</v>
+      </c>
+      <c r="K12" s="27">
+        <f t="shared" si="2"/>
+        <v>108744</v>
+      </c>
+      <c r="L12" s="27">
+        <f t="shared" si="2"/>
+        <v>117116</v>
+      </c>
+      <c r="M12" s="27">
+        <f t="shared" si="2"/>
+        <v>125901</v>
+      </c>
+      <c r="N12" s="27">
+        <f t="shared" si="2"/>
+        <v>99844</v>
+      </c>
+      <c r="O12" s="27">
+        <f t="shared" si="2"/>
+        <v>96208</v>
+      </c>
+      <c r="P12" s="27">
+        <f t="shared" si="2"/>
+        <v>80025</v>
+      </c>
+      <c r="Q12" s="27">
+        <f t="shared" si="2"/>
+        <v>81802</v>
+      </c>
+      <c r="R12" s="28"/>
+      <c r="S12" s="29">
+        <f>100*(D12-'2024'!D12)/'2024'!D12</f>
+        <v>-1.8681330753020486</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B13" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="27">
+        <f t="shared" si="1"/>
+        <v>486295</v>
+      </c>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27">
+        <v>28539</v>
+      </c>
+      <c r="G13" s="27">
+        <v>26215</v>
+      </c>
+      <c r="H13" s="27">
+        <v>37427</v>
+      </c>
+      <c r="I13" s="27">
+        <v>37509</v>
+      </c>
+      <c r="J13" s="27">
+        <v>45321</v>
+      </c>
+      <c r="K13" s="27">
+        <v>45652</v>
+      </c>
+      <c r="L13" s="27">
+        <v>42624</v>
+      </c>
+      <c r="M13" s="27">
+        <v>44806</v>
+      </c>
+      <c r="N13" s="27">
+        <v>46070</v>
+      </c>
+      <c r="O13" s="27">
+        <v>45933</v>
+      </c>
+      <c r="P13" s="27">
+        <v>47953</v>
+      </c>
+      <c r="Q13" s="27">
+        <v>38246</v>
+      </c>
+      <c r="R13" s="28"/>
+      <c r="S13" s="29">
+        <f>100*(D13-'2024'!D13)/'2024'!D13</f>
+        <v>1.9347468374330541</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B14" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="27">
+        <f>SUM(F14:Q14)</f>
+        <v>585672</v>
+      </c>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27">
+        <v>30066</v>
+      </c>
+      <c r="G14" s="27">
+        <v>27960</v>
+      </c>
+      <c r="H14" s="27">
+        <v>30977</v>
+      </c>
+      <c r="I14" s="27">
+        <v>43944</v>
+      </c>
+      <c r="J14" s="27">
+        <v>54369</v>
+      </c>
+      <c r="K14" s="27">
+        <v>63092</v>
+      </c>
+      <c r="L14" s="27">
+        <v>74492</v>
+      </c>
+      <c r="M14" s="27">
+        <v>81095</v>
+      </c>
+      <c r="N14" s="27">
+        <v>53774</v>
+      </c>
+      <c r="O14" s="27">
+        <v>50275</v>
+      </c>
+      <c r="P14" s="27">
+        <v>32072</v>
+      </c>
+      <c r="Q14" s="27">
+        <v>43556</v>
+      </c>
+      <c r="R14" s="28"/>
+      <c r="S14" s="29">
+        <f>100*(D14-'2024'!D14)/'2024'!D14</f>
+        <v>-4.8166043402583094</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B15" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="27">
+        <f t="shared" si="1"/>
+        <v>6890</v>
+      </c>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27">
+        <v>401</v>
+      </c>
+      <c r="G15" s="27">
+        <v>457</v>
+      </c>
+      <c r="H15" s="27">
+        <v>378</v>
+      </c>
+      <c r="I15" s="27">
+        <v>470</v>
+      </c>
+      <c r="J15" s="27">
+        <v>528</v>
+      </c>
+      <c r="K15" s="27">
+        <v>648</v>
+      </c>
+      <c r="L15" s="27">
+        <v>902</v>
+      </c>
+      <c r="M15" s="27">
+        <v>1010</v>
+      </c>
+      <c r="N15" s="27">
+        <v>603</v>
+      </c>
+      <c r="O15" s="27">
+        <v>404</v>
+      </c>
+      <c r="P15" s="27">
+        <v>484</v>
+      </c>
+      <c r="Q15" s="27">
+        <v>605</v>
+      </c>
+      <c r="R15" s="28"/>
+      <c r="S15" s="29">
+        <f>100*(D15-'2024'!D15)/'2024'!D15</f>
+        <v>-5.1225557697603969</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B16" s="1"/>
+      <c r="C16" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="27">
+        <f t="shared" si="1"/>
+        <v>104078</v>
+      </c>
+      <c r="E16" s="27"/>
+      <c r="F16" s="27">
+        <v>6679</v>
+      </c>
+      <c r="G16" s="27">
+        <v>5856</v>
+      </c>
+      <c r="H16" s="27">
+        <v>7619</v>
+      </c>
+      <c r="I16" s="27">
+        <v>8486</v>
+      </c>
+      <c r="J16" s="27">
+        <v>9497</v>
+      </c>
+      <c r="K16" s="27">
+        <v>10549</v>
+      </c>
+      <c r="L16" s="27">
+        <v>8969</v>
+      </c>
+      <c r="M16" s="27">
+        <v>12371</v>
+      </c>
+      <c r="N16" s="27">
+        <v>8874</v>
+      </c>
+      <c r="O16" s="27">
+        <v>10277</v>
+      </c>
+      <c r="P16" s="27">
+        <v>7715</v>
+      </c>
+      <c r="Q16" s="27">
+        <v>7186</v>
+      </c>
+      <c r="R16" s="28"/>
+      <c r="S16" s="29">
+        <f>100*(D16-'2024'!D16)/'2024'!D16</f>
+        <v>-4.5138055222088837E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C17" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="27">
+        <f t="shared" si="1"/>
+        <v>32029</v>
+      </c>
+      <c r="E17" s="27"/>
+      <c r="F17" s="27">
+        <v>1740</v>
+      </c>
+      <c r="G17" s="27">
+        <v>2038</v>
+      </c>
+      <c r="H17" s="27">
+        <v>1914</v>
+      </c>
+      <c r="I17" s="27">
+        <v>2623</v>
+      </c>
+      <c r="J17" s="27">
+        <v>2792</v>
+      </c>
+      <c r="K17" s="27">
+        <v>2337</v>
+      </c>
+      <c r="L17" s="27">
+        <v>3267</v>
+      </c>
+      <c r="M17" s="27">
+        <v>5480</v>
+      </c>
+      <c r="N17" s="27">
+        <v>2060</v>
+      </c>
+      <c r="O17" s="27">
+        <v>2379</v>
+      </c>
+      <c r="P17" s="27">
+        <v>2289</v>
+      </c>
+      <c r="Q17" s="27">
+        <v>3110</v>
+      </c>
+      <c r="R17" s="28"/>
+      <c r="S17" s="29">
+        <f>100*(D17-'2024'!D17)/'2024'!D17</f>
+        <v>-4.9133119581997384</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C18" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" s="27">
+        <f t="shared" si="1"/>
+        <v>28243</v>
+      </c>
+      <c r="E18" s="27"/>
+      <c r="F18" s="27">
+        <v>2582</v>
+      </c>
+      <c r="G18" s="27">
+        <v>1329</v>
+      </c>
+      <c r="H18" s="27">
+        <v>1609</v>
+      </c>
+      <c r="I18" s="27">
+        <v>2397</v>
+      </c>
+      <c r="J18" s="27">
+        <v>1929</v>
+      </c>
+      <c r="K18" s="27">
+        <v>1624</v>
+      </c>
+      <c r="L18" s="27">
+        <v>2037</v>
+      </c>
+      <c r="M18" s="27">
+        <v>4189</v>
+      </c>
+      <c r="N18" s="27">
+        <v>1484</v>
+      </c>
+      <c r="O18" s="27">
+        <v>1901</v>
+      </c>
+      <c r="P18" s="27">
+        <v>2355</v>
+      </c>
+      <c r="Q18" s="27">
+        <v>4807</v>
+      </c>
+      <c r="R18" s="28"/>
+      <c r="S18" s="29">
+        <f>100*(D18-'2024'!D18)/'2024'!D18</f>
+        <v>-2.8080801128738084</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C19" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="27">
+        <f t="shared" si="1"/>
+        <v>16625</v>
+      </c>
+      <c r="E19" s="27"/>
+      <c r="F19" s="27">
+        <v>727</v>
+      </c>
+      <c r="G19" s="27">
+        <v>1151</v>
+      </c>
+      <c r="H19" s="27">
+        <v>809</v>
+      </c>
+      <c r="I19" s="27">
+        <v>1223</v>
+      </c>
+      <c r="J19" s="27">
+        <v>1474</v>
+      </c>
+      <c r="K19" s="27">
+        <v>1494</v>
+      </c>
+      <c r="L19" s="27">
+        <v>2468</v>
+      </c>
+      <c r="M19" s="27">
+        <v>2753</v>
+      </c>
+      <c r="N19" s="27">
+        <v>1112</v>
+      </c>
+      <c r="O19" s="27">
+        <v>1351</v>
+      </c>
+      <c r="P19" s="27">
+        <v>790</v>
+      </c>
+      <c r="Q19" s="27">
+        <v>1273</v>
+      </c>
+      <c r="R19" s="28"/>
+      <c r="S19" s="29">
+        <f>100*(D19-'2024'!D19)/'2024'!D19</f>
+        <v>-12.083553675304072</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C20" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="27">
+        <f t="shared" si="1"/>
+        <v>10895</v>
+      </c>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27">
+        <v>733</v>
+      </c>
+      <c r="G20" s="27">
+        <v>671</v>
+      </c>
+      <c r="H20" s="27">
+        <v>758</v>
+      </c>
+      <c r="I20" s="27">
+        <v>839</v>
+      </c>
+      <c r="J20" s="27">
+        <v>1110</v>
+      </c>
+      <c r="K20" s="27">
+        <v>1257</v>
+      </c>
+      <c r="L20" s="27">
+        <v>936</v>
+      </c>
+      <c r="M20" s="27">
+        <v>1230</v>
+      </c>
+      <c r="N20" s="27">
+        <v>919</v>
+      </c>
+      <c r="O20" s="27">
+        <v>996</v>
+      </c>
+      <c r="P20" s="27">
+        <v>837</v>
+      </c>
+      <c r="Q20" s="27">
+        <v>609</v>
+      </c>
+      <c r="R20" s="28"/>
+      <c r="S20" s="29">
+        <f>100*(D20-'2024'!D20)/'2024'!D20</f>
+        <v>-21.91643374184763</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C21" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" s="27">
+        <f t="shared" si="1"/>
+        <v>4929</v>
+      </c>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27">
+        <v>281</v>
+      </c>
+      <c r="G21" s="27">
+        <v>371</v>
+      </c>
+      <c r="H21" s="27">
+        <v>252</v>
+      </c>
+      <c r="I21" s="27">
+        <v>350</v>
+      </c>
+      <c r="J21" s="27">
+        <v>425</v>
+      </c>
+      <c r="K21" s="27">
+        <v>465</v>
+      </c>
+      <c r="L21" s="27">
+        <v>644</v>
+      </c>
+      <c r="M21" s="27">
+        <v>712</v>
+      </c>
+      <c r="N21" s="27">
+        <v>501</v>
+      </c>
+      <c r="O21" s="27">
+        <v>418</v>
+      </c>
+      <c r="P21" s="27">
+        <v>278</v>
+      </c>
+      <c r="Q21" s="27">
+        <v>232</v>
+      </c>
+      <c r="R21" s="28"/>
+      <c r="S21" s="29">
+        <f>100*(D21-'2024'!D21)/'2024'!D21</f>
+        <v>3.7247474747474749</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C22" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="27">
+        <f t="shared" si="1"/>
+        <v>21933</v>
+      </c>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27">
+        <v>1019</v>
+      </c>
+      <c r="G22" s="27">
+        <v>930</v>
+      </c>
+      <c r="H22" s="27">
+        <v>1033</v>
+      </c>
+      <c r="I22" s="27">
+        <v>2247</v>
+      </c>
+      <c r="J22" s="27">
+        <v>1433</v>
+      </c>
+      <c r="K22" s="27">
+        <v>1369</v>
+      </c>
+      <c r="L22" s="27">
+        <v>2782</v>
+      </c>
+      <c r="M22" s="27">
+        <v>5065</v>
+      </c>
+      <c r="N22" s="27">
+        <v>1610</v>
+      </c>
+      <c r="O22" s="27">
+        <v>1415</v>
+      </c>
+      <c r="P22" s="27">
+        <v>957</v>
+      </c>
+      <c r="Q22" s="27">
+        <v>2073</v>
+      </c>
+      <c r="R22" s="28"/>
+      <c r="S22" s="29">
+        <f>100*(D22-'2024'!D22)/'2024'!D22</f>
+        <v>-16.860619385163563</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C23" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="27">
+        <f t="shared" si="1"/>
+        <v>32404</v>
+      </c>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27">
+        <v>1280</v>
+      </c>
+      <c r="G23" s="27">
+        <v>1618</v>
+      </c>
+      <c r="H23" s="27">
+        <v>1676</v>
+      </c>
+      <c r="I23" s="27">
+        <v>2389</v>
+      </c>
+      <c r="J23" s="27">
+        <v>2777</v>
+      </c>
+      <c r="K23" s="27">
+        <v>3226</v>
+      </c>
+      <c r="L23" s="27">
+        <v>6092</v>
+      </c>
+      <c r="M23" s="27">
+        <v>4688</v>
+      </c>
+      <c r="N23" s="27">
+        <v>2715</v>
+      </c>
+      <c r="O23" s="27">
+        <v>2277</v>
+      </c>
+      <c r="P23" s="27">
+        <v>1588</v>
+      </c>
+      <c r="Q23" s="27">
+        <v>2078</v>
+      </c>
+      <c r="R23" s="28"/>
+      <c r="S23" s="29">
+        <f>100*(D23-'2024'!D23)/'2024'!D23</f>
+        <v>2.7165816083938252</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C24" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="27">
+        <f t="shared" si="1"/>
+        <v>14751</v>
+      </c>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27">
+        <v>1230</v>
+      </c>
+      <c r="G24" s="27">
+        <v>554</v>
+      </c>
+      <c r="H24" s="27">
+        <v>815</v>
+      </c>
+      <c r="I24" s="27">
+        <v>1359</v>
+      </c>
+      <c r="J24" s="27">
+        <v>1357</v>
+      </c>
+      <c r="K24" s="27">
+        <v>1382</v>
+      </c>
+      <c r="L24" s="27">
+        <v>1588</v>
+      </c>
+      <c r="M24" s="27">
+        <v>1018</v>
+      </c>
+      <c r="N24" s="27">
+        <v>1367</v>
+      </c>
+      <c r="O24" s="27">
+        <v>2315</v>
+      </c>
+      <c r="P24" s="27">
+        <v>580</v>
+      </c>
+      <c r="Q24" s="27">
+        <v>1186</v>
+      </c>
+      <c r="R24" s="28"/>
+      <c r="S24" s="29">
+        <f>100*(D24-'2024'!D24)/'2024'!D24</f>
+        <v>-10.142543859649123</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C25" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="27">
+        <f t="shared" si="1"/>
+        <v>81282</v>
+      </c>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27">
+        <v>2332</v>
+      </c>
+      <c r="G25" s="27">
+        <v>2061</v>
+      </c>
+      <c r="H25" s="27">
+        <v>2954</v>
+      </c>
+      <c r="I25" s="27">
+        <v>4633</v>
+      </c>
+      <c r="J25" s="27">
+        <v>8757</v>
+      </c>
+      <c r="K25" s="27">
+        <v>11888</v>
+      </c>
+      <c r="L25" s="27">
+        <v>12166</v>
+      </c>
+      <c r="M25" s="27">
+        <v>11466</v>
+      </c>
+      <c r="N25" s="27">
+        <v>11464</v>
+      </c>
+      <c r="O25" s="27">
+        <v>6664</v>
+      </c>
+      <c r="P25" s="27">
+        <v>2817</v>
+      </c>
+      <c r="Q25" s="27">
+        <v>4080</v>
+      </c>
+      <c r="R25" s="28"/>
+      <c r="S25" s="29">
+        <f>100*(D25-'2024'!D25)/'2024'!D25</f>
+        <v>-10.302588889624579</v>
+      </c>
+      <c r="T25" s="28"/>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C26" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="27">
+        <f t="shared" si="1"/>
+        <v>27567</v>
+      </c>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27">
+        <v>1148</v>
+      </c>
+      <c r="G26" s="27">
+        <v>836</v>
+      </c>
+      <c r="H26" s="27">
+        <v>861</v>
+      </c>
+      <c r="I26" s="27">
+        <v>1717</v>
+      </c>
+      <c r="J26" s="27">
+        <v>2615</v>
+      </c>
+      <c r="K26" s="27">
+        <v>3440</v>
+      </c>
+      <c r="L26" s="27">
+        <v>4801</v>
+      </c>
+      <c r="M26" s="27">
+        <v>4571</v>
+      </c>
+      <c r="N26" s="27">
+        <v>2500</v>
+      </c>
+      <c r="O26" s="27">
+        <v>2996</v>
+      </c>
+      <c r="P26" s="27">
+        <v>1133</v>
+      </c>
+      <c r="Q26" s="27">
+        <v>949</v>
+      </c>
+      <c r="R26" s="28"/>
+      <c r="S26" s="29">
+        <f>100*(D26-'2024'!D26)/'2024'!D26</f>
+        <v>18.455654864214505</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C27" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="27">
+        <f t="shared" si="1"/>
+        <v>14315</v>
+      </c>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27">
+        <v>425</v>
+      </c>
+      <c r="G27" s="27">
+        <v>449</v>
+      </c>
+      <c r="H27" s="27">
+        <v>561</v>
+      </c>
+      <c r="I27" s="27">
+        <v>1176</v>
+      </c>
+      <c r="J27" s="27">
+        <v>2199</v>
+      </c>
+      <c r="K27" s="27">
+        <v>3239</v>
+      </c>
+      <c r="L27" s="27">
+        <v>1586</v>
+      </c>
+      <c r="M27" s="27">
+        <v>1554</v>
+      </c>
+      <c r="N27" s="27">
+        <v>1033</v>
+      </c>
+      <c r="O27" s="27">
+        <v>973</v>
+      </c>
+      <c r="P27" s="27">
+        <v>397</v>
+      </c>
+      <c r="Q27" s="27">
+        <v>723</v>
+      </c>
+      <c r="R27" s="28"/>
+      <c r="S27" s="29">
+        <f>100*(D27-'2024'!D27)/'2024'!D27</f>
+        <v>-4.9153105280637659</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A28" s="15"/>
+      <c r="B28" s="15"/>
+      <c r="C28" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" s="30">
+        <f>SUM(F28:Q28)</f>
+        <v>11277</v>
+      </c>
+      <c r="E28" s="30"/>
+      <c r="F28" s="30">
+        <v>731</v>
+      </c>
+      <c r="G28" s="30">
+        <v>362</v>
+      </c>
+      <c r="H28" s="30">
+        <v>323</v>
+      </c>
+      <c r="I28" s="30">
+        <v>888</v>
+      </c>
+      <c r="J28" s="30">
+        <v>1075</v>
+      </c>
+      <c r="K28" s="30">
+        <v>1200</v>
+      </c>
+      <c r="L28" s="30">
+        <v>1535</v>
+      </c>
+      <c r="M28" s="30">
+        <v>1175</v>
+      </c>
+      <c r="N28" s="30">
+        <v>1330</v>
+      </c>
+      <c r="O28" s="30">
+        <v>885</v>
+      </c>
+      <c r="P28" s="30">
+        <v>358</v>
+      </c>
+      <c r="Q28" s="30">
+        <v>1415</v>
+      </c>
+      <c r="R28" s="31"/>
+      <c r="S28" s="32">
+        <f>100*(D28-'2024'!D30)/'2024'!D30</f>
+        <v>-15.146726862302483</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="15"/>
+      <c r="B29" s="15"/>
+      <c r="C29" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D29" s="27">
+        <f>SUM(F29:Q29)</f>
+        <v>0</v>
+      </c>
+      <c r="E29" s="30"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
+      <c r="H29" s="30"/>
+      <c r="I29" s="30"/>
+      <c r="J29" s="30"/>
+      <c r="K29" s="30"/>
+      <c r="L29" s="30"/>
+      <c r="M29" s="30"/>
+      <c r="N29" s="30"/>
+      <c r="O29" s="30"/>
+      <c r="P29" s="30"/>
+      <c r="Q29" s="30"/>
+      <c r="R29" s="31"/>
+      <c r="S29" s="32">
+        <f>100*(L29-'2024'!L29)/'2024'!L29</f>
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A30" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B30" s="22"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="90">
+        <f>AVERAGE(F30:Q30)</f>
+        <v>38.833333333333336</v>
+      </c>
+      <c r="E30" s="24"/>
+      <c r="F30" s="90">
+        <v>39</v>
+      </c>
+      <c r="G30" s="90">
+        <v>39</v>
+      </c>
+      <c r="H30" s="90">
+        <v>39</v>
+      </c>
+      <c r="I30" s="90">
+        <v>39</v>
+      </c>
+      <c r="J30" s="90">
+        <v>39</v>
+      </c>
+      <c r="K30" s="90">
+        <v>39</v>
+      </c>
+      <c r="L30" s="90">
+        <v>39</v>
+      </c>
+      <c r="M30" s="90">
+        <v>39</v>
+      </c>
+      <c r="N30" s="90">
+        <v>39</v>
+      </c>
+      <c r="O30" s="90">
+        <v>39</v>
+      </c>
+      <c r="P30" s="90">
+        <v>38</v>
+      </c>
+      <c r="Q30" s="90">
+        <v>38</v>
+      </c>
+      <c r="R30" s="25"/>
+      <c r="S30" s="26">
+        <f>100*(D30-'2024'!D32)/'2024'!D32</f>
+        <v>1.3043478260869565</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A31" s="15"/>
+      <c r="B31" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" s="34">
+        <f>AVERAGE(F31:Q31)</f>
+        <v>38.833333333333336</v>
+      </c>
+      <c r="E31" s="30"/>
+      <c r="F31" s="33">
+        <v>39</v>
+      </c>
+      <c r="G31" s="33">
+        <v>39</v>
+      </c>
+      <c r="H31" s="33">
+        <v>39</v>
+      </c>
+      <c r="I31" s="33">
+        <v>39</v>
+      </c>
+      <c r="J31" s="33">
+        <v>39</v>
+      </c>
+      <c r="K31" s="33">
+        <v>39</v>
+      </c>
+      <c r="L31" s="33">
+        <v>39</v>
+      </c>
+      <c r="M31" s="33">
+        <v>39</v>
+      </c>
+      <c r="N31" s="33">
+        <v>39</v>
+      </c>
+      <c r="O31" s="33">
+        <v>39</v>
+      </c>
+      <c r="P31" s="33">
+        <v>38</v>
+      </c>
+      <c r="Q31" s="33">
+        <v>38</v>
+      </c>
+      <c r="R31" s="31"/>
+      <c r="S31" s="29">
+        <f>100*(D31-'2024'!D33)/'2024'!D33</f>
+        <v>1.7467248908297068</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A32" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="22"/>
+      <c r="C32" s="22"/>
+      <c r="D32" s="35">
+        <f t="shared" ref="D32" si="3">AVERAGE(F32:Q32)</f>
+        <v>5511.9677419354839</v>
+      </c>
+      <c r="E32" s="24"/>
+      <c r="F32" s="24">
+        <v>5433.3870967741932</v>
+      </c>
+      <c r="G32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="H32" s="24">
+        <v>5539.2580645161288</v>
+      </c>
+      <c r="I32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="J32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="K32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="L32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="M32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="N32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="O32" s="24">
+        <v>5547</v>
+      </c>
+      <c r="P32" s="24">
+        <v>5459</v>
+      </c>
+      <c r="Q32" s="35">
+        <v>5335.9677419354839</v>
+      </c>
+      <c r="R32" s="25"/>
+      <c r="S32" s="26">
+        <f>100*(D32-'2024'!D34)/'2024'!D34</f>
+        <v>0.11757720173175649</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="B33" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" s="28">
+        <v>53.286331883655201</v>
+      </c>
+      <c r="E33" s="29"/>
+      <c r="F33" s="29">
+        <v>34.793837385341497</v>
+      </c>
+      <c r="G33" s="29">
+        <v>34.880501686883498</v>
+      </c>
+      <c r="H33" s="29">
+        <v>39.8353104235457</v>
+      </c>
+      <c r="I33" s="29">
+        <v>48.947178655128901</v>
+      </c>
+      <c r="J33" s="29">
+        <v>57.973795774525001</v>
+      </c>
+      <c r="K33" s="29">
+        <v>65.347034433026906</v>
+      </c>
+      <c r="L33" s="29">
+        <v>68.107724605569999</v>
+      </c>
+      <c r="M33" s="29">
+        <v>73.216559953941996</v>
+      </c>
+      <c r="N33" s="29">
+        <v>59.9987981491497</v>
+      </c>
+      <c r="O33" s="29">
+        <v>55.948870938664903</v>
+      </c>
+      <c r="P33" s="28">
+        <v>48.864260853636203</v>
+      </c>
+      <c r="Q33" s="28">
+        <v>49.452588942961597</v>
+      </c>
+      <c r="R33" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S33" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A34" s="1"/>
+      <c r="B34" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34" s="28">
+        <v>58.594657534246601</v>
+      </c>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29">
+        <v>38.267741935483897</v>
+      </c>
+      <c r="G34" s="29">
+        <v>38.458928571428601</v>
+      </c>
+      <c r="H34" s="29">
+        <v>41.2338709677419</v>
+      </c>
+      <c r="I34" s="29">
+        <v>53.216666666666697</v>
+      </c>
+      <c r="J34" s="29">
+        <v>61.875806451612902</v>
+      </c>
+      <c r="K34" s="29">
+        <v>74.211666666666702</v>
+      </c>
+      <c r="L34" s="29">
+        <v>77.885483870967704</v>
+      </c>
+      <c r="M34" s="29">
+        <v>82.901612903225796</v>
+      </c>
+      <c r="N34" s="29">
+        <v>66.033333333333303</v>
+      </c>
+      <c r="O34" s="29">
+        <v>59.922580645161297</v>
+      </c>
+      <c r="P34" s="28">
+        <v>51.343333333333298</v>
+      </c>
+      <c r="Q34" s="28">
+        <v>56.172580645161297</v>
+      </c>
+      <c r="R34" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S34" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A35" s="1"/>
+      <c r="C35" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="28">
+        <v>55.553428699484598</v>
+      </c>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29">
+        <v>37.1625845314542</v>
+      </c>
+      <c r="G35" s="29">
+        <v>35.015658877378897</v>
+      </c>
+      <c r="H35" s="29">
+        <v>42.982647010825197</v>
+      </c>
+      <c r="I35" s="29">
+        <v>49.1371557054525</v>
+      </c>
+      <c r="J35" s="29">
+        <v>62.3674046673557</v>
+      </c>
+      <c r="K35" s="29">
+        <v>68.237774030354103</v>
+      </c>
+      <c r="L35" s="29">
+        <v>68.332154708154306</v>
+      </c>
+      <c r="M35" s="29">
+        <v>75.344067888810301</v>
+      </c>
+      <c r="N35" s="29">
+        <v>64.030354131534594</v>
+      </c>
+      <c r="O35" s="29">
+        <v>58.904966545177601</v>
+      </c>
+      <c r="P35" s="28">
+        <v>53.476672287802103</v>
+      </c>
+      <c r="Q35" s="28">
+        <v>48.740837077323199</v>
+      </c>
+      <c r="R35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S35" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A36" s="1"/>
+      <c r="C36" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" s="28">
+        <v>48.995433789954298</v>
+      </c>
+      <c r="E36" s="29"/>
+      <c r="F36" s="29">
+        <v>34.517032619499403</v>
+      </c>
+      <c r="G36" s="29">
+        <v>36.289515806322498</v>
+      </c>
+      <c r="H36" s="29">
+        <v>39.897894641727703</v>
+      </c>
+      <c r="I36" s="29">
+        <v>47.889822595704999</v>
+      </c>
+      <c r="J36" s="29">
+        <v>53.162555344718498</v>
+      </c>
+      <c r="K36" s="29">
+        <v>55.373482726423902</v>
+      </c>
+      <c r="L36" s="29">
+        <v>52.606849191289399</v>
+      </c>
+      <c r="M36" s="29">
+        <v>57.459112677329003</v>
+      </c>
+      <c r="N36" s="29">
+        <v>48.734827264239001</v>
+      </c>
+      <c r="O36" s="29">
+        <v>59.130749073823097</v>
+      </c>
+      <c r="P36" s="28">
+        <v>49.4724556489262</v>
+      </c>
+      <c r="Q36" s="28">
+        <v>52.3583626999187</v>
+      </c>
+      <c r="R36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S36" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A37" s="1"/>
+      <c r="C37" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" s="28"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="29"/>
+      <c r="H37" s="29"/>
+      <c r="I37" s="29"/>
+      <c r="J37" s="29"/>
+      <c r="K37" s="29"/>
+      <c r="L37" s="29"/>
+      <c r="M37" s="29"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="28"/>
+      <c r="P37" s="28"/>
+      <c r="Q37" s="28"/>
+      <c r="R37" s="28"/>
+      <c r="S37" s="29"/>
+    </row>
+    <row r="38" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A38" s="20"/>
+      <c r="B38" s="15"/>
+      <c r="C38" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" s="28">
+        <v>46.996627395536201</v>
+      </c>
+      <c r="E38" s="32"/>
+      <c r="F38" s="32">
+        <v>28.834992974525001</v>
+      </c>
+      <c r="G38" s="32">
+        <v>29.8269581056466</v>
+      </c>
+      <c r="H38" s="32">
+        <v>35.824625617411499</v>
+      </c>
+      <c r="I38" s="32">
+        <v>44.084193483100599</v>
+      </c>
+      <c r="J38" s="32">
+        <v>52.157392717942699</v>
+      </c>
+      <c r="K38" s="32">
+        <v>56.824529447480302</v>
+      </c>
+      <c r="L38" s="32">
+        <v>62.792565172258499</v>
+      </c>
+      <c r="M38" s="32">
+        <v>66.754803454962101</v>
+      </c>
+      <c r="N38" s="32">
+        <v>54.6508803885853</v>
+      </c>
+      <c r="O38" s="32">
+        <v>47.615410227784601</v>
+      </c>
+      <c r="P38" s="28">
+        <v>41.896514859953001</v>
+      </c>
+      <c r="Q38" s="28">
+        <v>39.823810828468503</v>
+      </c>
+      <c r="R38" s="31"/>
+      <c r="S38" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A39" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B39" s="22"/>
+      <c r="C39" s="22"/>
+      <c r="D39" s="35">
+        <f t="shared" ref="D39" si="4">AVERAGE(F39:Q39)</f>
+        <v>2858.1666666666665</v>
+      </c>
+      <c r="E39" s="24"/>
+      <c r="F39" s="24">
+        <v>2827.6129032258063</v>
+      </c>
+      <c r="G39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="H39" s="24">
+        <v>2874.6774193548385</v>
+      </c>
+      <c r="I39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="J39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="K39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="L39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="M39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="N39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="O39" s="24">
+        <v>2877</v>
+      </c>
+      <c r="P39" s="24">
+        <v>2822</v>
+      </c>
+      <c r="Q39" s="24">
+        <v>2757.7096774193546</v>
+      </c>
+      <c r="R39" s="25"/>
+      <c r="S39" s="26">
+        <f>100*(D39-'2024'!D41)/'2024'!D41</f>
+        <v>9.2620854427369906E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A40" s="15"/>
+      <c r="B40" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C40" s="15"/>
+      <c r="D40" s="28">
+        <v>65.325829168080602</v>
+      </c>
+      <c r="E40" s="30"/>
+      <c r="F40" s="31">
+        <v>45.772109153965502</v>
+      </c>
+      <c r="G40" s="31">
+        <v>46.9710511942003</v>
+      </c>
+      <c r="H40" s="31">
+        <v>54.900970655894099</v>
+      </c>
+      <c r="I40" s="31">
+        <v>57.681612791101799</v>
+      </c>
+      <c r="J40" s="31">
+        <v>71.444268783567097</v>
+      </c>
+      <c r="K40" s="31">
+        <v>78.415015641292996</v>
+      </c>
+      <c r="L40" s="31">
+        <v>75.005325888302096</v>
+      </c>
+      <c r="M40" s="31">
+        <v>79.371433056387104</v>
+      </c>
+      <c r="N40" s="31">
+        <v>76.604101494612394</v>
+      </c>
+      <c r="O40" s="31">
+        <v>70.357787569937301</v>
+      </c>
+      <c r="P40" s="31">
+        <v>67.734467280888296</v>
+      </c>
+      <c r="Q40" s="31">
+        <v>57.884640129139399</v>
+      </c>
+      <c r="R40" s="31"/>
+      <c r="S40" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A41" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B41" s="22"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="25">
+        <v>1.7180555243916902</v>
+      </c>
+      <c r="E41" s="24"/>
+      <c r="F41" s="25">
+        <v>1.644221866846225</v>
+      </c>
+      <c r="G41" s="25">
+        <v>1.6887468827930174</v>
+      </c>
+      <c r="H41" s="25">
+        <v>1.6569933627246742</v>
+      </c>
+      <c r="I41" s="25">
+        <v>1.7477309301577084</v>
+      </c>
+      <c r="J41" s="25">
+        <v>1.7529761381420457</v>
+      </c>
+      <c r="K41" s="25">
+        <v>1.7155026897411223</v>
+      </c>
+      <c r="L41" s="25">
+        <v>1.8303092815728195</v>
+      </c>
+      <c r="M41" s="25">
+        <v>1.8083508086524374</v>
+      </c>
+      <c r="N41" s="25">
+        <v>1.7930786775137835</v>
+      </c>
+      <c r="O41" s="25">
+        <v>1.7477110885045779</v>
+      </c>
+      <c r="P41" s="25">
+        <v>1.5166878304872733</v>
+      </c>
+      <c r="Q41" s="25">
+        <v>1.6048733593612055</v>
+      </c>
+      <c r="R41" s="25"/>
+      <c r="S41" s="26">
+        <f>100*(D41-'2024'!D43)/'2024'!D43</f>
+        <v>-5.2682055957643095E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A42" s="1"/>
+      <c r="B42" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D42" s="28">
+        <v>1.6345769499738232</v>
+      </c>
+      <c r="E42" s="27"/>
+      <c r="F42" s="28">
+        <v>1.5759548322816339</v>
+      </c>
+      <c r="G42" s="28">
+        <v>1.6179851250845165</v>
+      </c>
+      <c r="H42" s="28">
+        <v>1.5410814395081078</v>
+      </c>
+      <c r="I42" s="28">
+        <v>1.6115681623176703</v>
+      </c>
+      <c r="J42" s="28">
+        <v>1.6352514919011083</v>
+      </c>
+      <c r="K42" s="28">
+        <v>1.6071248105103588</v>
+      </c>
+      <c r="L42" s="28">
+        <v>1.7862982280915918</v>
+      </c>
+      <c r="M42" s="28">
+        <v>1.717593984962406</v>
+      </c>
+      <c r="N42" s="28">
+        <v>1.6837363477965237</v>
+      </c>
+      <c r="O42" s="28">
+        <v>1.628616517622304</v>
+      </c>
+      <c r="P42" s="28">
+        <v>1.5084712564881011</v>
+      </c>
+      <c r="Q42" s="28">
+        <v>1.5811767910651049</v>
+      </c>
+      <c r="R42" s="28"/>
+      <c r="S42" s="29">
+        <f>100*(D42-'2024'!D44)/'2024'!D44</f>
+        <v>-1.0270138747720734</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A43" s="1"/>
+      <c r="C43" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D43" s="28">
+        <v>1.7524447717231222</v>
+      </c>
+      <c r="E43" s="27"/>
+      <c r="F43" s="28">
+        <v>1.7085564990202482</v>
+      </c>
+      <c r="G43" s="28">
+        <v>1.6960326721120187</v>
+      </c>
+      <c r="H43" s="28">
+        <v>1.6461458333333334</v>
+      </c>
+      <c r="I43" s="28">
+        <v>1.7262045813586098</v>
+      </c>
+      <c r="J43" s="28">
+        <v>1.7402853673345478</v>
+      </c>
+      <c r="K43" s="28">
+        <v>1.8001779491362053</v>
+      </c>
+      <c r="L43" s="28">
+        <v>1.8755505785740949</v>
+      </c>
+      <c r="M43" s="28">
+        <v>1.8358406786400689</v>
+      </c>
+      <c r="N43" s="28">
+        <v>1.848288171345124</v>
+      </c>
+      <c r="O43" s="28">
+        <v>1.7801249383527864</v>
+      </c>
+      <c r="P43" s="28">
+        <v>1.6068744193902542</v>
+      </c>
+      <c r="Q43" s="28">
+        <v>1.6357504215851602</v>
+      </c>
+      <c r="R43" s="28"/>
+      <c r="S43" s="29">
+        <f>100*(D43-'2024'!D45)/'2024'!D45</f>
+        <v>4.4172049768977235</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A44" s="1"/>
+      <c r="C44" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D44" s="28">
+        <v>1.7128618571083627</v>
+      </c>
+      <c r="E44" s="27"/>
+      <c r="F44" s="28">
+        <v>1.4336648526928129</v>
+      </c>
+      <c r="G44" s="28">
+        <v>1.520964360587002</v>
+      </c>
+      <c r="H44" s="28">
+        <v>1.8062998568214359</v>
+      </c>
+      <c r="I44" s="28">
+        <v>1.9621270084162203</v>
+      </c>
+      <c r="J44" s="28">
+        <v>1.9789774638412378</v>
+      </c>
+      <c r="K44" s="28">
+        <v>1.7046565104915206</v>
+      </c>
+      <c r="L44" s="28">
+        <v>1.9176548089591567</v>
+      </c>
+      <c r="M44" s="28">
+        <v>2.0241922648416359</v>
+      </c>
+      <c r="N44" s="28">
+        <v>2.0313290523448142</v>
+      </c>
+      <c r="O44" s="28">
+        <v>1.7727211160774752</v>
+      </c>
+      <c r="P44" s="28">
+        <v>1.1951054471636404</v>
+      </c>
+      <c r="Q44" s="28">
+        <v>1.50859151262692</v>
+      </c>
+      <c r="R44" s="28"/>
+      <c r="S44" s="29">
+        <f>100*(D44-'2024'!D46)/'2024'!D46</f>
+        <v>4.5284337828075332</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A45" s="1"/>
+      <c r="C45" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="28"/>
+      <c r="I45" s="28"/>
+      <c r="J45" s="28"/>
+      <c r="K45" s="28"/>
+      <c r="L45" s="28"/>
+      <c r="M45" s="28"/>
+      <c r="N45" s="28"/>
+      <c r="O45" s="28"/>
+      <c r="P45" s="28"/>
+      <c r="Q45" s="29"/>
+      <c r="R45" s="29"/>
+      <c r="S45" s="29"/>
+    </row>
+    <row r="46" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A46" s="20"/>
+      <c r="B46" s="15"/>
+      <c r="C46" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D46" s="31">
+        <v>1.8336613719694825</v>
+      </c>
+      <c r="E46" s="30"/>
+      <c r="F46" s="31">
+        <v>1.8621778011572856</v>
+      </c>
+      <c r="G46" s="31">
+        <v>1.9256614867702646</v>
+      </c>
+      <c r="H46" s="31">
+        <v>1.7841042728341827</v>
+      </c>
+      <c r="I46" s="31">
+        <v>1.9046869534802378</v>
+      </c>
+      <c r="J46" s="31">
+        <v>1.8639322460978511</v>
+      </c>
+      <c r="K46" s="31">
+        <v>1.8425646410290064</v>
+      </c>
+      <c r="L46" s="31">
+        <v>1.833361926002173</v>
+      </c>
+      <c r="M46" s="31">
+        <v>1.859918144611187</v>
+      </c>
+      <c r="N46" s="31">
+        <v>1.8385647170967523</v>
+      </c>
+      <c r="O46" s="31">
+        <v>1.9162134468353433</v>
+      </c>
+      <c r="P46" s="31">
+        <v>1.6844322186882146</v>
+      </c>
+      <c r="Q46" s="31">
+        <v>1.6898587014845288</v>
+      </c>
+      <c r="R46" s="31"/>
+      <c r="S46" s="32">
+        <f>100*(D46-'2024'!D48)/'2024'!D48</f>
+        <v>-1.8332356386607997</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="1"/>
+      <c r="B47" s="1"/>
+      <c r="C47" s="1"/>
+      <c r="S47" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="93" t="s">
+        <v>51</v>
+      </c>
+      <c r="B48" s="94"/>
+      <c r="C48" s="94"/>
+      <c r="D48" s="94"/>
+      <c r="E48" s="94"/>
+      <c r="F48" s="94"/>
+      <c r="G48" s="94"/>
+      <c r="H48" s="94"/>
+      <c r="I48" s="94"/>
+      <c r="J48" s="94"/>
+      <c r="K48" s="94"/>
+      <c r="L48" s="94"/>
+      <c r="M48" s="94"/>
+      <c r="N48" s="94"/>
+      <c r="O48" s="94"/>
+      <c r="P48" s="94"/>
+      <c r="Q48" s="94"/>
+      <c r="R48" s="94"/>
+      <c r="S48" s="94"/>
+    </row>
+    <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49"/>
+      <c r="D49"/>
+      <c r="E49"/>
+      <c r="F49"/>
+      <c r="G49"/>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49"/>
+      <c r="K49"/>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49"/>
+      <c r="O49"/>
+      <c r="P49"/>
+      <c r="Q49"/>
+      <c r="R49"/>
+      <c r="S49"/>
+    </row>
+    <row r="50" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="B50" s="94"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="94"/>
+      <c r="L50" s="94"/>
+      <c r="M50" s="94"/>
+      <c r="N50" s="94"/>
+      <c r="O50" s="94"/>
+      <c r="P50" s="94"/>
+      <c r="Q50" s="94"/>
+      <c r="R50" s="94"/>
+      <c r="S50" s="94"/>
+    </row>
+    <row r="51" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="93" t="s">
+        <v>43</v>
+      </c>
+      <c r="B51" s="94"/>
+      <c r="C51" s="94"/>
+      <c r="D51" s="94"/>
+      <c r="E51" s="94"/>
+      <c r="F51" s="94"/>
+      <c r="G51" s="94"/>
+      <c r="H51" s="94"/>
+      <c r="I51" s="94"/>
+      <c r="J51" s="94"/>
+      <c r="K51" s="94"/>
+      <c r="L51" s="94"/>
+      <c r="M51" s="94"/>
+      <c r="N51" s="94"/>
+      <c r="O51" s="94"/>
+      <c r="P51" s="94"/>
+      <c r="Q51" s="94"/>
+      <c r="R51" s="94"/>
+      <c r="S51" s="94"/>
+    </row>
+    <row r="52" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="S52" s="19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A48:S48"/>
+    <mergeCell ref="A50:S50"/>
+    <mergeCell ref="A51:S51"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="29" max="16383" man="1"/>
+  </rowBreaks>
+  <ignoredErrors>
+    <ignoredError sqref="D7" numberStoredAsText="1"/>
+    <ignoredError sqref="F12:Q12" formulaRange="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D75EF2C6-F308-4D11-B6A8-4A4BBC67FC1C}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -13994,2342 +16391,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2275 lines deleted...]
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6710249-EAEF-492F-85E5-584700EAADD5}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="46" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="46" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="46" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="46" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="46" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="46" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="46" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="46" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="46" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="46" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="46" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="46" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="46" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="46" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="46"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -17087,66 +17208,66 @@
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="55"/>
       <c r="E23" s="57"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="55"/>
       <c r="I23" s="57"/>
       <c r="J23" s="56"/>
       <c r="K23" s="55"/>
       <c r="L23" s="55"/>
       <c r="M23" s="55"/>
       <c r="N23" s="55"/>
       <c r="O23" s="55"/>
       <c r="P23" s="55"/>
       <c r="Q23" s="55"/>
       <c r="R23" s="55"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAAE4507-7184-4DB0-A292-1AD20FA21F4B}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -17904,66 +18025,66 @@
       <c r="B23" s="58"/>
       <c r="C23" s="58"/>
       <c r="D23" s="58"/>
       <c r="E23" s="60"/>
       <c r="F23" s="58"/>
       <c r="G23" s="60"/>
       <c r="H23" s="58"/>
       <c r="I23" s="60"/>
       <c r="J23" s="59"/>
       <c r="K23" s="58"/>
       <c r="L23" s="58"/>
       <c r="M23" s="58"/>
       <c r="N23" s="58"/>
       <c r="O23" s="58"/>
       <c r="P23" s="58"/>
       <c r="Q23" s="58"/>
       <c r="R23" s="58"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F71737D-32FB-4911-AF13-757B92A33597}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -18719,65 +18840,2341 @@
       </c>
       <c r="B23" s="58"/>
       <c r="C23" s="58"/>
       <c r="D23" s="58"/>
       <c r="E23" s="60"/>
       <c r="F23" s="58"/>
       <c r="G23" s="60"/>
       <c r="H23" s="58"/>
       <c r="I23" s="60"/>
       <c r="J23" s="59"/>
       <c r="K23" s="58"/>
       <c r="L23" s="58"/>
       <c r="M23" s="58"/>
       <c r="N23" s="58"/>
       <c r="O23" s="58"/>
       <c r="P23" s="58"/>
       <c r="Q23" s="58"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="75" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7836765-C995-4F07-996E-82908EBE5B47}">
+  <dimension ref="A1:U54"/>
+  <sheetViews>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
+    <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
+    <col min="4" max="4" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
+    <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+    </row>
+    <row r="4" spans="1:21" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="5"/>
+      <c r="C4" s="5"/>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="S5" s="16" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" s="7"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="9"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="9"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="9"/>
+      <c r="N6" s="9"/>
+      <c r="O6" s="9"/>
+      <c r="P6" s="9"/>
+      <c r="Q6" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="R6" s="7"/>
+      <c r="S6" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="U6" s="1"/>
+    </row>
+    <row r="7" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D7" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="O7" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="P7" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q7" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="S7" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="U7" s="1"/>
+    </row>
+    <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="11"/>
+      <c r="B8" s="11"/>
+      <c r="C8" s="11"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="11"/>
+      <c r="S8" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="U8" s="1"/>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A9" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="22"/>
+      <c r="C9" s="22"/>
+      <c r="D9" s="24">
+        <f>SUM(F9:Q9)</f>
+        <v>635485</v>
+      </c>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24">
+        <v>32907</v>
+      </c>
+      <c r="G9" s="24">
+        <v>34433</v>
+      </c>
+      <c r="H9" s="24">
+        <v>42224</v>
+      </c>
+      <c r="I9" s="24">
+        <v>44915</v>
+      </c>
+      <c r="J9" s="24">
+        <v>61528</v>
+      </c>
+      <c r="K9" s="24">
+        <v>64455</v>
+      </c>
+      <c r="L9" s="24">
+        <v>66636</v>
+      </c>
+      <c r="M9" s="24">
+        <v>71649</v>
+      </c>
+      <c r="N9" s="24">
+        <v>59745</v>
+      </c>
+      <c r="O9" s="24">
+        <v>54606</v>
+      </c>
+      <c r="P9" s="24">
+        <v>53409</v>
+      </c>
+      <c r="Q9" s="24">
+        <v>48978</v>
+      </c>
+      <c r="R9" s="25"/>
+      <c r="S9" s="26">
+        <f>100*(D9-'2023'!D9)/'2023'!D9</f>
+        <v>6.1246472169803443</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B10" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="27">
+        <f t="shared" ref="D10:D29" si="0">SUM(F10:Q10)</f>
+        <v>310720</v>
+      </c>
+      <c r="E10" s="27"/>
+      <c r="F10" s="27">
+        <v>18885</v>
+      </c>
+      <c r="G10" s="27">
+        <v>19325</v>
+      </c>
+      <c r="H10" s="27">
+        <v>23580</v>
+      </c>
+      <c r="I10" s="27">
+        <v>22247</v>
+      </c>
+      <c r="J10" s="27">
+        <v>29399</v>
+      </c>
+      <c r="K10" s="27">
+        <v>30669</v>
+      </c>
+      <c r="L10" s="27">
+        <v>25385</v>
+      </c>
+      <c r="M10" s="27">
+        <v>27473</v>
+      </c>
+      <c r="N10" s="27">
+        <v>27151</v>
+      </c>
+      <c r="O10" s="27">
+        <v>26815</v>
+      </c>
+      <c r="P10" s="27">
+        <v>33695</v>
+      </c>
+      <c r="Q10" s="27">
+        <v>26096</v>
+      </c>
+      <c r="R10" s="28"/>
+      <c r="S10" s="29">
+        <f>100*(D10-'2023'!D10)/'2023'!D10</f>
+        <v>-0.12503656274810437</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B11" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="27">
+        <f t="shared" si="0"/>
+        <v>324765</v>
+      </c>
+      <c r="E11" s="27"/>
+      <c r="F11" s="27">
+        <v>14022</v>
+      </c>
+      <c r="G11" s="27">
+        <v>15108</v>
+      </c>
+      <c r="H11" s="27">
+        <v>18644</v>
+      </c>
+      <c r="I11" s="27">
+        <v>22668</v>
+      </c>
+      <c r="J11" s="27">
+        <v>32129</v>
+      </c>
+      <c r="K11" s="27">
+        <v>33786</v>
+      </c>
+      <c r="L11" s="27">
+        <v>41251</v>
+      </c>
+      <c r="M11" s="27">
+        <v>44176</v>
+      </c>
+      <c r="N11" s="27">
+        <v>32594</v>
+      </c>
+      <c r="O11" s="27">
+        <v>27791</v>
+      </c>
+      <c r="P11" s="27">
+        <v>19714</v>
+      </c>
+      <c r="Q11" s="27">
+        <v>22882</v>
+      </c>
+      <c r="R11" s="28"/>
+      <c r="S11" s="29">
+        <f>100*(D11-'2023'!D11)/'2023'!D11</f>
+        <v>12.88281931588698</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="92">
+        <f t="shared" si="0"/>
+        <v>1092374</v>
+      </c>
+      <c r="E12" s="27"/>
+      <c r="F12" s="27">
+        <v>57244</v>
+      </c>
+      <c r="G12" s="27">
+        <v>58720</v>
+      </c>
+      <c r="H12" s="27">
+        <v>72813</v>
+      </c>
+      <c r="I12" s="27">
+        <v>78500</v>
+      </c>
+      <c r="J12" s="27">
+        <v>105434</v>
+      </c>
+      <c r="K12" s="27">
+        <v>110541</v>
+      </c>
+      <c r="L12" s="27">
+        <v>121214</v>
+      </c>
+      <c r="M12" s="27">
+        <v>127065</v>
+      </c>
+      <c r="N12" s="27">
+        <v>103908</v>
+      </c>
+      <c r="O12" s="27">
+        <v>94386</v>
+      </c>
+      <c r="P12" s="27">
+        <v>82426</v>
+      </c>
+      <c r="Q12" s="27">
+        <v>80123</v>
+      </c>
+      <c r="R12" s="28"/>
+      <c r="S12" s="29">
+        <f>100*(D12-'2023'!D12)/'2023'!D12</f>
+        <v>5.441912903138622</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B13" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="27">
+        <f t="shared" si="0"/>
+        <v>477065</v>
+      </c>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27">
+        <v>28570</v>
+      </c>
+      <c r="G13" s="27">
+        <v>29695</v>
+      </c>
+      <c r="H13" s="27">
+        <v>35991</v>
+      </c>
+      <c r="I13" s="27">
+        <v>34638</v>
+      </c>
+      <c r="J13" s="27">
+        <v>45363</v>
+      </c>
+      <c r="K13" s="27">
+        <v>47012</v>
+      </c>
+      <c r="L13" s="27">
+        <v>42553</v>
+      </c>
+      <c r="M13" s="27">
+        <v>43234</v>
+      </c>
+      <c r="N13" s="27">
+        <v>42632</v>
+      </c>
+      <c r="O13" s="27">
+        <v>41588</v>
+      </c>
+      <c r="P13" s="27">
+        <v>46956</v>
+      </c>
+      <c r="Q13" s="27">
+        <v>38833</v>
+      </c>
+      <c r="R13" s="28"/>
+      <c r="S13" s="29">
+        <f>100*(D13-'2023'!D13)/'2023'!D13</f>
+        <v>-0.36756643867801386</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B14" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" s="27">
+        <f t="shared" si="0"/>
+        <v>615309</v>
+      </c>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27">
+        <v>28674</v>
+      </c>
+      <c r="G14" s="27">
+        <v>29025</v>
+      </c>
+      <c r="H14" s="27">
+        <v>36822</v>
+      </c>
+      <c r="I14" s="27">
+        <v>43862</v>
+      </c>
+      <c r="J14" s="27">
+        <v>60071</v>
+      </c>
+      <c r="K14" s="27">
+        <v>63529</v>
+      </c>
+      <c r="L14" s="27">
+        <v>78661</v>
+      </c>
+      <c r="M14" s="27">
+        <v>83831</v>
+      </c>
+      <c r="N14" s="27">
+        <v>61276</v>
+      </c>
+      <c r="O14" s="27">
+        <v>52798</v>
+      </c>
+      <c r="P14" s="27">
+        <v>35470</v>
+      </c>
+      <c r="Q14" s="27">
+        <v>41290</v>
+      </c>
+      <c r="R14" s="28"/>
+      <c r="S14" s="29">
+        <f>100*(D14-'2023'!D14)/'2023'!D14</f>
+        <v>10.434498565072483</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B15" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="27">
+        <f t="shared" si="0"/>
+        <v>7262</v>
+      </c>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27">
+        <v>374</v>
+      </c>
+      <c r="G15" s="27">
+        <v>448</v>
+      </c>
+      <c r="H15" s="27">
+        <v>512</v>
+      </c>
+      <c r="I15" s="27">
+        <v>450</v>
+      </c>
+      <c r="J15" s="27">
+        <v>510</v>
+      </c>
+      <c r="K15" s="27">
+        <v>503</v>
+      </c>
+      <c r="L15" s="27">
+        <v>958</v>
+      </c>
+      <c r="M15" s="27">
+        <v>1090</v>
+      </c>
+      <c r="N15" s="27">
+        <v>533</v>
+      </c>
+      <c r="O15" s="27">
+        <v>557</v>
+      </c>
+      <c r="P15" s="27">
+        <v>725</v>
+      </c>
+      <c r="Q15" s="27">
+        <v>602</v>
+      </c>
+      <c r="R15" s="28"/>
+      <c r="S15" s="29">
+        <f>100*(D15-'2023'!D15)/'2023'!D15</f>
+        <v>13.646322378716745</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="B16" s="1"/>
+      <c r="C16" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="27">
+        <f t="shared" si="0"/>
+        <v>104125</v>
+      </c>
+      <c r="E16" s="27"/>
+      <c r="F16" s="27">
+        <v>5935</v>
+      </c>
+      <c r="G16" s="27">
+        <v>6372</v>
+      </c>
+      <c r="H16" s="27">
+        <v>7912</v>
+      </c>
+      <c r="I16" s="27">
+        <v>7023</v>
+      </c>
+      <c r="J16" s="27">
+        <v>10257</v>
+      </c>
+      <c r="K16" s="27">
+        <v>8856</v>
+      </c>
+      <c r="L16" s="27">
+        <v>10246</v>
+      </c>
+      <c r="M16" s="27">
+        <v>12803</v>
+      </c>
+      <c r="N16" s="27">
+        <v>10032</v>
+      </c>
+      <c r="O16" s="27">
+        <v>10016</v>
+      </c>
+      <c r="P16" s="27">
+        <v>7547</v>
+      </c>
+      <c r="Q16" s="27">
+        <v>7126</v>
+      </c>
+      <c r="R16" s="28"/>
+      <c r="S16" s="29">
+        <f>100*(D16-'2023'!D16)/'2023'!D16</f>
+        <v>2.0203207822619365</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C17" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="27">
+        <f t="shared" si="0"/>
+        <v>33684</v>
+      </c>
+      <c r="E17" s="27"/>
+      <c r="F17" s="27">
+        <v>1641</v>
+      </c>
+      <c r="G17" s="27">
+        <v>2008</v>
+      </c>
+      <c r="H17" s="27">
+        <v>2150</v>
+      </c>
+      <c r="I17" s="27">
+        <v>2498</v>
+      </c>
+      <c r="J17" s="27">
+        <v>3801</v>
+      </c>
+      <c r="K17" s="27">
+        <v>2042</v>
+      </c>
+      <c r="L17" s="27">
+        <v>3657</v>
+      </c>
+      <c r="M17" s="27">
+        <v>5608</v>
+      </c>
+      <c r="N17" s="27">
+        <v>2080</v>
+      </c>
+      <c r="O17" s="27">
+        <v>2934</v>
+      </c>
+      <c r="P17" s="27">
+        <v>2533</v>
+      </c>
+      <c r="Q17" s="27">
+        <v>2732</v>
+      </c>
+      <c r="R17" s="28"/>
+      <c r="S17" s="29">
+        <f>100*(D17-'2023'!D17)/'2023'!D17</f>
+        <v>10.966891780596278</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C18" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" s="27">
+        <f t="shared" si="0"/>
+        <v>29059</v>
+      </c>
+      <c r="E18" s="27"/>
+      <c r="F18" s="27">
+        <v>2145</v>
+      </c>
+      <c r="G18" s="27">
+        <v>1729</v>
+      </c>
+      <c r="H18" s="27">
+        <v>2119</v>
+      </c>
+      <c r="I18" s="27">
+        <v>2601</v>
+      </c>
+      <c r="J18" s="27">
+        <v>1871</v>
+      </c>
+      <c r="K18" s="27">
+        <v>1656</v>
+      </c>
+      <c r="L18" s="27">
+        <v>1999</v>
+      </c>
+      <c r="M18" s="27">
+        <v>3590</v>
+      </c>
+      <c r="N18" s="27">
+        <v>1463</v>
+      </c>
+      <c r="O18" s="27">
+        <v>2615</v>
+      </c>
+      <c r="P18" s="27">
+        <v>3368</v>
+      </c>
+      <c r="Q18" s="27">
+        <v>3903</v>
+      </c>
+      <c r="R18" s="28"/>
+      <c r="S18" s="29">
+        <f>100*(D18-'2023'!D18)/'2023'!D18</f>
+        <v>7.3119391410317958</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C19" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="27">
+        <f t="shared" si="0"/>
+        <v>18910</v>
+      </c>
+      <c r="E19" s="27"/>
+      <c r="F19" s="27">
+        <v>976</v>
+      </c>
+      <c r="G19" s="27">
+        <v>1078</v>
+      </c>
+      <c r="H19" s="27">
+        <v>1582</v>
+      </c>
+      <c r="I19" s="27">
+        <v>1167</v>
+      </c>
+      <c r="J19" s="27">
+        <v>1722</v>
+      </c>
+      <c r="K19" s="27">
+        <v>1579</v>
+      </c>
+      <c r="L19" s="27">
+        <v>2958</v>
+      </c>
+      <c r="M19" s="27">
+        <v>3079</v>
+      </c>
+      <c r="N19" s="27">
+        <v>1600</v>
+      </c>
+      <c r="O19" s="27">
+        <v>1280</v>
+      </c>
+      <c r="P19" s="27">
+        <v>801</v>
+      </c>
+      <c r="Q19" s="27">
+        <v>1088</v>
+      </c>
+      <c r="R19" s="28"/>
+      <c r="S19" s="29">
+        <f>100*(D19-'2023'!D19)/'2023'!D19</f>
+        <v>9.5089182302524904</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C20" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="27">
+        <f t="shared" si="0"/>
+        <v>13953</v>
+      </c>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27">
+        <v>1099</v>
+      </c>
+      <c r="G20" s="27">
+        <v>1006</v>
+      </c>
+      <c r="H20" s="27">
+        <v>1127</v>
+      </c>
+      <c r="I20" s="27">
+        <v>1099</v>
+      </c>
+      <c r="J20" s="27">
+        <v>1577</v>
+      </c>
+      <c r="K20" s="27">
+        <v>1364</v>
+      </c>
+      <c r="L20" s="27">
+        <v>1498</v>
+      </c>
+      <c r="M20" s="27">
+        <v>1440</v>
+      </c>
+      <c r="N20" s="27">
+        <v>1024</v>
+      </c>
+      <c r="O20" s="27">
+        <v>1257</v>
+      </c>
+      <c r="P20" s="27">
+        <v>855</v>
+      </c>
+      <c r="Q20" s="27">
+        <v>607</v>
+      </c>
+      <c r="R20" s="28"/>
+      <c r="S20" s="29">
+        <f>100*(D20-'2023'!D20)/'2023'!D20</f>
+        <v>-10.350809560524286</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C21" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" s="27">
+        <f t="shared" si="0"/>
+        <v>4752</v>
+      </c>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27">
+        <v>310</v>
+      </c>
+      <c r="G21" s="27">
+        <v>336</v>
+      </c>
+      <c r="H21" s="27">
+        <v>308</v>
+      </c>
+      <c r="I21" s="27">
+        <v>338</v>
+      </c>
+      <c r="J21" s="27">
+        <v>571</v>
+      </c>
+      <c r="K21" s="27">
+        <v>467</v>
+      </c>
+      <c r="L21" s="27">
+        <v>592</v>
+      </c>
+      <c r="M21" s="27">
+        <v>659</v>
+      </c>
+      <c r="N21" s="27">
+        <v>448</v>
+      </c>
+      <c r="O21" s="27">
+        <v>307</v>
+      </c>
+      <c r="P21" s="27">
+        <v>204</v>
+      </c>
+      <c r="Q21" s="27">
+        <v>212</v>
+      </c>
+      <c r="R21" s="28"/>
+      <c r="S21" s="29">
+        <f>100*(D21-'2023'!D21)/'2023'!D21</f>
+        <v>-18.153634171546678</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C22" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="27">
+        <f t="shared" si="0"/>
+        <v>26381</v>
+      </c>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27">
+        <v>880</v>
+      </c>
+      <c r="G22" s="27">
+        <v>925</v>
+      </c>
+      <c r="H22" s="27">
+        <v>1616</v>
+      </c>
+      <c r="I22" s="27">
+        <v>1765</v>
+      </c>
+      <c r="J22" s="27">
+        <v>1952</v>
+      </c>
+      <c r="K22" s="27">
+        <v>2020</v>
+      </c>
+      <c r="L22" s="27">
+        <v>3458</v>
+      </c>
+      <c r="M22" s="27">
+        <v>6882</v>
+      </c>
+      <c r="N22" s="27">
+        <v>2235</v>
+      </c>
+      <c r="O22" s="27">
+        <v>1307</v>
+      </c>
+      <c r="P22" s="27">
+        <v>1158</v>
+      </c>
+      <c r="Q22" s="27">
+        <v>2183</v>
+      </c>
+      <c r="R22" s="28"/>
+      <c r="S22" s="29">
+        <f>100*(D22-'2023'!D22)/'2023'!D22</f>
+        <v>27.413668196087901</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C23" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="27">
+        <f t="shared" si="0"/>
+        <v>31547</v>
+      </c>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27">
+        <v>1649</v>
+      </c>
+      <c r="G23" s="27">
+        <v>1483</v>
+      </c>
+      <c r="H23" s="27">
+        <v>2248</v>
+      </c>
+      <c r="I23" s="27">
+        <v>2010</v>
+      </c>
+      <c r="J23" s="27">
+        <v>2502</v>
+      </c>
+      <c r="K23" s="27">
+        <v>3124</v>
+      </c>
+      <c r="L23" s="27">
+        <v>4325</v>
+      </c>
+      <c r="M23" s="27">
+        <v>4846</v>
+      </c>
+      <c r="N23" s="27">
+        <v>3471</v>
+      </c>
+      <c r="O23" s="27">
+        <v>2435</v>
+      </c>
+      <c r="P23" s="27">
+        <v>1518</v>
+      </c>
+      <c r="Q23" s="27">
+        <v>1936</v>
+      </c>
+      <c r="R23" s="28"/>
+      <c r="S23" s="29">
+        <f>100*(D23-'2023'!D23)/'2023'!D23</f>
+        <v>-15.647477205272867</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C24" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="27">
+        <f t="shared" si="0"/>
+        <v>16416</v>
+      </c>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27">
+        <v>1164</v>
+      </c>
+      <c r="G24" s="27">
+        <v>802</v>
+      </c>
+      <c r="H24" s="27">
+        <v>682</v>
+      </c>
+      <c r="I24" s="27">
+        <v>1317</v>
+      </c>
+      <c r="J24" s="27">
+        <v>1973</v>
+      </c>
+      <c r="K24" s="27">
+        <v>1543</v>
+      </c>
+      <c r="L24" s="27">
+        <v>1986</v>
+      </c>
+      <c r="M24" s="27">
+        <v>1363</v>
+      </c>
+      <c r="N24" s="27">
+        <v>1602</v>
+      </c>
+      <c r="O24" s="27">
+        <v>2137</v>
+      </c>
+      <c r="P24" s="27">
+        <v>599</v>
+      </c>
+      <c r="Q24" s="27">
+        <v>1248</v>
+      </c>
+      <c r="R24" s="28"/>
+      <c r="S24" s="29">
+        <f>100*(D24-'2023'!D24)/'2023'!D24</f>
+        <v>36.300232480903354</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C25" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="27">
+        <f t="shared" si="0"/>
+        <v>90618</v>
+      </c>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27">
+        <v>2273</v>
+      </c>
+      <c r="G25" s="27">
+        <v>2210</v>
+      </c>
+      <c r="H25" s="27">
+        <v>4814</v>
+      </c>
+      <c r="I25" s="27">
+        <v>5201</v>
+      </c>
+      <c r="J25" s="27">
+        <v>9295</v>
+      </c>
+      <c r="K25" s="27">
+        <v>12295</v>
+      </c>
+      <c r="L25" s="27">
+        <v>14765</v>
+      </c>
+      <c r="M25" s="27">
+        <v>12543</v>
+      </c>
+      <c r="N25" s="27">
+        <v>13232</v>
+      </c>
+      <c r="O25" s="27">
+        <v>7108</v>
+      </c>
+      <c r="P25" s="27">
+        <v>2689</v>
+      </c>
+      <c r="Q25" s="27">
+        <v>4193</v>
+      </c>
+      <c r="R25" s="28"/>
+      <c r="S25" s="29">
+        <f>100*(D25-'2023'!D25)/'2023'!D25</f>
+        <v>15.638758087362659</v>
+      </c>
+      <c r="T25" s="28"/>
+    </row>
+    <row r="26" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C26" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="D26" s="27">
+        <f t="shared" si="0"/>
+        <v>23272</v>
+      </c>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27">
+        <v>868</v>
+      </c>
+      <c r="G26" s="27">
+        <v>745</v>
+      </c>
+      <c r="H26" s="27">
+        <v>802</v>
+      </c>
+      <c r="I26" s="27">
+        <v>1201</v>
+      </c>
+      <c r="J26" s="27">
+        <v>2461</v>
+      </c>
+      <c r="K26" s="27">
+        <v>2204</v>
+      </c>
+      <c r="L26" s="27">
+        <v>3721</v>
+      </c>
+      <c r="M26" s="27">
+        <v>3455</v>
+      </c>
+      <c r="N26" s="27">
+        <v>2791</v>
+      </c>
+      <c r="O26" s="27">
+        <v>3008</v>
+      </c>
+      <c r="P26" s="27">
+        <v>1263</v>
+      </c>
+      <c r="Q26" s="27">
+        <v>753</v>
+      </c>
+      <c r="R26" s="28"/>
+      <c r="S26" s="29">
+        <f>100*(D26-'2023'!D26)/'2023'!D26</f>
+        <v>77.229457010128698</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C27" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="27">
+        <f t="shared" si="0"/>
+        <v>15055</v>
+      </c>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27">
+        <v>327</v>
+      </c>
+      <c r="G27" s="27">
+        <v>378</v>
+      </c>
+      <c r="H27" s="27">
+        <v>439</v>
+      </c>
+      <c r="I27" s="27">
+        <v>817</v>
+      </c>
+      <c r="J27" s="27">
+        <v>2147</v>
+      </c>
+      <c r="K27" s="27">
+        <v>3331</v>
+      </c>
+      <c r="L27" s="27">
+        <v>1595</v>
+      </c>
+      <c r="M27" s="27">
+        <v>1696</v>
+      </c>
+      <c r="N27" s="27">
+        <v>1874</v>
+      </c>
+      <c r="O27" s="27">
+        <v>886</v>
+      </c>
+      <c r="P27" s="27">
+        <v>686</v>
+      </c>
+      <c r="Q27" s="27">
+        <v>879</v>
+      </c>
+      <c r="R27" s="28"/>
+      <c r="S27" s="29">
+        <f>100*(D27-'2023'!D27)/'2023'!D27</f>
+        <v>23.950271694384984</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C28" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28" s="27">
+        <f t="shared" si="0"/>
+        <v>10186</v>
+      </c>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27">
+        <v>264</v>
+      </c>
+      <c r="G28" s="27">
+        <v>461</v>
+      </c>
+      <c r="H28" s="27">
+        <v>652</v>
+      </c>
+      <c r="I28" s="27">
+        <v>657</v>
+      </c>
+      <c r="J28" s="27">
+        <v>817</v>
+      </c>
+      <c r="K28" s="27">
+        <v>1260</v>
+      </c>
+      <c r="L28" s="27">
+        <v>1168</v>
+      </c>
+      <c r="M28" s="27">
+        <v>1735</v>
+      </c>
+      <c r="N28" s="27">
+        <v>1232</v>
+      </c>
+      <c r="O28" s="27">
+        <v>926</v>
+      </c>
+      <c r="P28" s="27">
+        <v>565</v>
+      </c>
+      <c r="Q28" s="27">
+        <v>449</v>
+      </c>
+      <c r="R28" s="28"/>
+      <c r="S28" s="29">
+        <f>100*(D28-'2023'!D28)/'2023'!D28</f>
+        <v>33.499344692005245</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="C29" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="27">
+        <f t="shared" si="0"/>
+        <v>12873</v>
+      </c>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27">
+        <v>679</v>
+      </c>
+      <c r="G29" s="27">
+        <v>589</v>
+      </c>
+      <c r="H29" s="27">
+        <v>406</v>
+      </c>
+      <c r="I29" s="27">
+        <v>997</v>
+      </c>
+      <c r="J29" s="27">
+        <v>1623</v>
+      </c>
+      <c r="K29" s="27">
+        <v>1743</v>
+      </c>
+      <c r="L29" s="27">
+        <v>1666</v>
+      </c>
+      <c r="M29" s="27">
+        <v>1918</v>
+      </c>
+      <c r="N29" s="27">
+        <v>1335</v>
+      </c>
+      <c r="O29" s="27">
+        <v>955</v>
+      </c>
+      <c r="P29" s="27">
+        <v>399</v>
+      </c>
+      <c r="Q29" s="27">
+        <v>563</v>
+      </c>
+      <c r="R29" s="28"/>
+      <c r="S29" s="29">
+        <f>100*(D29-'2023'!D29)/'2023'!D29</f>
+        <v>9.5388019060585432</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A30" s="15"/>
+      <c r="B30" s="15"/>
+      <c r="C30" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D30" s="30">
+        <f>SUM(F30:Q30)</f>
+        <v>13290</v>
+      </c>
+      <c r="E30" s="30"/>
+      <c r="F30" s="30">
+        <v>853</v>
+      </c>
+      <c r="G30" s="30">
+        <v>312</v>
+      </c>
+      <c r="H30" s="30">
+        <v>493</v>
+      </c>
+      <c r="I30" s="30">
+        <v>915</v>
+      </c>
+      <c r="J30" s="30">
+        <v>1361</v>
+      </c>
+      <c r="K30" s="30">
+        <v>1399</v>
+      </c>
+      <c r="L30" s="30">
+        <v>1645</v>
+      </c>
+      <c r="M30" s="30">
+        <v>1442</v>
+      </c>
+      <c r="N30" s="30">
+        <v>1856</v>
+      </c>
+      <c r="O30" s="30">
+        <v>1203</v>
+      </c>
+      <c r="P30" s="30">
+        <v>520</v>
+      </c>
+      <c r="Q30" s="30">
+        <v>1291</v>
+      </c>
+      <c r="R30" s="31"/>
+      <c r="S30" s="29">
+        <f>100*(D30-'2023'!D30)/'2023'!D30</f>
+        <v>-5.051082374794599</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="15"/>
+      <c r="B31" s="15"/>
+      <c r="C31" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" s="27">
+        <f>SUM(F31:Q31)</f>
+        <v>13997</v>
+      </c>
+      <c r="E31" s="30"/>
+      <c r="F31" s="30">
+        <v>930</v>
+      </c>
+      <c r="G31" s="30">
+        <v>431</v>
+      </c>
+      <c r="H31" s="30">
+        <v>576</v>
+      </c>
+      <c r="I31" s="30">
+        <v>917</v>
+      </c>
+      <c r="J31" s="30">
+        <v>1303</v>
+      </c>
+      <c r="K31" s="30">
+        <v>1527</v>
+      </c>
+      <c r="L31" s="30">
+        <v>1891</v>
+      </c>
+      <c r="M31" s="30">
+        <v>1668</v>
+      </c>
+      <c r="N31" s="30">
+        <v>1941</v>
+      </c>
+      <c r="O31" s="30">
+        <v>1010</v>
+      </c>
+      <c r="P31" s="30">
+        <v>461</v>
+      </c>
+      <c r="Q31" s="30">
+        <v>1342</v>
+      </c>
+      <c r="R31" s="31"/>
+      <c r="S31" s="32">
+        <f>100*(D31-'2023'!D31)/'2023'!D31</f>
+        <v>36734.210526315786</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A32" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="22"/>
+      <c r="C32" s="22"/>
+      <c r="D32" s="90">
+        <f t="shared" ref="D32:D33" si="1">AVERAGE(F32:Q32)</f>
+        <v>38.333333333333336</v>
+      </c>
+      <c r="E32" s="24"/>
+      <c r="F32" s="90">
+        <v>38</v>
+      </c>
+      <c r="G32" s="90">
+        <v>38</v>
+      </c>
+      <c r="H32" s="90">
+        <v>38</v>
+      </c>
+      <c r="I32" s="90">
+        <v>38</v>
+      </c>
+      <c r="J32" s="90">
+        <v>38</v>
+      </c>
+      <c r="K32" s="90">
+        <v>38</v>
+      </c>
+      <c r="L32" s="90">
+        <v>38</v>
+      </c>
+      <c r="M32" s="90">
+        <v>38</v>
+      </c>
+      <c r="N32" s="90">
+        <v>39</v>
+      </c>
+      <c r="O32" s="90">
+        <v>39</v>
+      </c>
+      <c r="P32" s="90">
+        <v>39</v>
+      </c>
+      <c r="Q32" s="90">
+        <v>39</v>
+      </c>
+      <c r="R32" s="25"/>
+      <c r="S32" s="26">
+        <f>100*(D32-'2023'!D31)/'2023'!D31</f>
+        <v>0.87719298245614663</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A33" s="15"/>
+      <c r="B33" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" s="34">
+        <f t="shared" si="1"/>
+        <v>38.166666666666664</v>
+      </c>
+      <c r="E33" s="30"/>
+      <c r="F33" s="33">
+        <v>37</v>
+      </c>
+      <c r="G33" s="33">
+        <v>37</v>
+      </c>
+      <c r="H33" s="33">
+        <v>38</v>
+      </c>
+      <c r="I33" s="33">
+        <v>38</v>
+      </c>
+      <c r="J33" s="33">
+        <v>38</v>
+      </c>
+      <c r="K33" s="33">
+        <v>38</v>
+      </c>
+      <c r="L33" s="33">
+        <v>38</v>
+      </c>
+      <c r="M33" s="33">
+        <v>38</v>
+      </c>
+      <c r="N33" s="33">
+        <v>39</v>
+      </c>
+      <c r="O33" s="33">
+        <v>39</v>
+      </c>
+      <c r="P33" s="33">
+        <v>39</v>
+      </c>
+      <c r="Q33" s="33">
+        <v>39</v>
+      </c>
+      <c r="R33" s="31"/>
+      <c r="S33" s="29">
+        <f>100*(D33-'2023'!D32)/'2023'!D32</f>
+        <v>0.43859649122806393</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A34" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" s="22"/>
+      <c r="C34" s="22"/>
+      <c r="D34" s="35">
+        <v>5505.4945355191257</v>
+      </c>
+      <c r="E34" s="24"/>
+      <c r="F34" s="35">
+        <v>5466.4516129032254</v>
+      </c>
+      <c r="G34" s="35">
+        <v>5476</v>
+      </c>
+      <c r="H34" s="35">
+        <v>5511</v>
+      </c>
+      <c r="I34" s="35">
+        <v>5509</v>
+      </c>
+      <c r="J34" s="35">
+        <v>5506.4193548387093</v>
+      </c>
+      <c r="K34" s="35">
+        <v>5511</v>
+      </c>
+      <c r="L34" s="35">
+        <v>5515</v>
+      </c>
+      <c r="M34" s="35">
+        <v>5515</v>
+      </c>
+      <c r="N34" s="35">
+        <v>5537.4</v>
+      </c>
+      <c r="O34" s="35">
+        <v>5544.4193548387093</v>
+      </c>
+      <c r="P34" s="35">
+        <v>5547</v>
+      </c>
+      <c r="Q34" s="35">
+        <v>5428</v>
+      </c>
+      <c r="R34" s="25"/>
+      <c r="S34" s="26">
+        <f>100*(D34-'2023'!D33)/'2023'!D33</f>
+        <v>-7.5359458479995367E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="B35" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D35" s="29">
+        <v>54.211813235759003</v>
+      </c>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29">
+        <v>33.780243125221297</v>
+      </c>
+      <c r="G35" s="29">
+        <v>36.976398579380898</v>
+      </c>
+      <c r="H35" s="29">
+        <v>42.620331185137097</v>
+      </c>
+      <c r="I35" s="29">
+        <v>47.498033520905203</v>
+      </c>
+      <c r="J35" s="29">
+        <v>61.766032607103703</v>
+      </c>
+      <c r="K35" s="29">
+        <v>66.860823806931606</v>
+      </c>
+      <c r="L35" s="29">
+        <v>70.899891790717405</v>
+      </c>
+      <c r="M35" s="29">
+        <v>74.322229696136603</v>
+      </c>
+      <c r="N35" s="29">
+        <v>62.549210820962898</v>
+      </c>
+      <c r="O35" s="29">
+        <v>54.914851899905202</v>
+      </c>
+      <c r="P35" s="28">
+        <v>49.531879093804498</v>
+      </c>
+      <c r="Q35" s="28">
+        <v>47.616302564955902</v>
+      </c>
+      <c r="R35" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S35" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A36" s="1"/>
+      <c r="B36" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="29">
+        <v>58.775512999643801</v>
+      </c>
+      <c r="E36" s="29"/>
+      <c r="F36" s="29">
+        <v>37.917575479279101</v>
+      </c>
+      <c r="G36" s="29">
+        <v>38.819837666321902</v>
+      </c>
+      <c r="H36" s="29">
+        <v>44.258064516128997</v>
+      </c>
+      <c r="I36" s="29">
+        <v>53.086666666666702</v>
+      </c>
+      <c r="J36" s="29">
+        <v>63.683870967741903</v>
+      </c>
+      <c r="K36" s="29">
+        <v>74.116666666666703</v>
+      </c>
+      <c r="L36" s="29">
+        <v>78.391935483870995</v>
+      </c>
+      <c r="M36" s="29">
+        <v>81.291935483871001</v>
+      </c>
+      <c r="N36" s="29">
+        <v>68.296666666666695</v>
+      </c>
+      <c r="O36" s="29">
+        <v>54.896774193548403</v>
+      </c>
+      <c r="P36" s="28">
+        <v>52.465000000000003</v>
+      </c>
+      <c r="Q36" s="28">
+        <v>56.556451612903203</v>
+      </c>
+      <c r="R36" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S36" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A37" s="1"/>
+      <c r="C37" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D37" s="29">
+        <v>56.321574361271502</v>
+      </c>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29">
+        <v>34.156512185377501</v>
+      </c>
+      <c r="G37" s="29">
+        <v>36.752476296414002</v>
+      </c>
+      <c r="H37" s="29">
+        <v>42.252613844705401</v>
+      </c>
+      <c r="I37" s="29">
+        <v>46.0394265232975</v>
+      </c>
+      <c r="J37" s="29">
+        <v>66.688964867945103</v>
+      </c>
+      <c r="K37" s="29">
+        <v>68.128520225294395</v>
+      </c>
+      <c r="L37" s="29">
+        <v>71.205589415787102</v>
+      </c>
+      <c r="M37" s="29">
+        <v>76.034388781527198</v>
+      </c>
+      <c r="N37" s="29">
+        <v>66.692268305171496</v>
+      </c>
+      <c r="O37" s="29">
+        <v>60.286903523115797</v>
+      </c>
+      <c r="P37" s="28">
+        <v>55.681003584229401</v>
+      </c>
+      <c r="Q37" s="28">
+        <v>50.4408464251363</v>
+      </c>
+      <c r="R37" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S37" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A38" s="1"/>
+      <c r="C38" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D38" s="29">
+        <v>51.6228640818805</v>
+      </c>
+      <c r="E38" s="29"/>
+      <c r="F38" s="29">
+        <v>34.8899129544291</v>
+      </c>
+      <c r="G38" s="29">
+        <v>41.839080459770102</v>
+      </c>
+      <c r="H38" s="29">
+        <v>46.697388632872503</v>
+      </c>
+      <c r="I38" s="29">
+        <v>38.328042328042301</v>
+      </c>
+      <c r="J38" s="29">
+        <v>59.662058371735803</v>
+      </c>
+      <c r="K38" s="29">
+        <v>59.534391534391503</v>
+      </c>
+      <c r="L38" s="29">
+        <v>58.422939068100398</v>
+      </c>
+      <c r="M38" s="29">
+        <v>70.547875064004103</v>
+      </c>
+      <c r="N38" s="29">
+        <v>59.640211640211596</v>
+      </c>
+      <c r="O38" s="29">
+        <v>58.6687147977471</v>
+      </c>
+      <c r="P38" s="28">
+        <v>50.740740740740698</v>
+      </c>
+      <c r="Q38" s="28">
+        <v>39.9283154121864</v>
+      </c>
+      <c r="R38" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="S38" s="29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A39" s="1"/>
+      <c r="C39" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
+      <c r="F39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="H39" s="29"/>
+      <c r="I39" s="29"/>
+      <c r="J39" s="29"/>
+      <c r="K39" s="29"/>
+      <c r="L39" s="29"/>
+      <c r="M39" s="29"/>
+      <c r="N39" s="28"/>
+      <c r="O39" s="28"/>
+      <c r="P39" s="28"/>
+      <c r="Q39" s="28"/>
+      <c r="R39" s="28"/>
+      <c r="S39" s="29"/>
+    </row>
+    <row r="40" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A40" s="20"/>
+      <c r="B40" s="15"/>
+      <c r="C40" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" s="32">
+        <v>48.422712254295902</v>
+      </c>
+      <c r="E40" s="32"/>
+      <c r="F40" s="32">
+        <v>29.0386909834668</v>
+      </c>
+      <c r="G40" s="32">
+        <v>34.4043887147335</v>
+      </c>
+      <c r="H40" s="32">
+        <v>40.465647034778797</v>
+      </c>
+      <c r="I40" s="32">
+        <v>44.120859760394602</v>
+      </c>
+      <c r="J40" s="32">
+        <v>56.694324933415302</v>
+      </c>
+      <c r="K40" s="32">
+        <v>59.545934530095003</v>
+      </c>
+      <c r="L40" s="32">
+        <v>64.866242904245595</v>
+      </c>
+      <c r="M40" s="32">
+        <v>66.429858254869302</v>
+      </c>
+      <c r="N40" s="32">
+        <v>54.231757272790396</v>
+      </c>
+      <c r="O40" s="32">
+        <v>50.691213389121302</v>
+      </c>
+      <c r="P40" s="28">
+        <v>42.146804835924002</v>
+      </c>
+      <c r="Q40" s="28">
+        <v>37.714769360981798</v>
+      </c>
+      <c r="R40" s="31"/>
+      <c r="S40" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A41" s="21" t="s">
+        <v>33</v>
+      </c>
+      <c r="B41" s="22"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="35">
+        <v>2855.5218579234975</v>
+      </c>
+      <c r="E41" s="24"/>
+      <c r="F41" s="24">
+        <v>2835.1935483870966</v>
+      </c>
+      <c r="G41" s="24">
+        <v>2841</v>
+      </c>
+      <c r="H41" s="24">
+        <v>2859</v>
+      </c>
+      <c r="I41" s="24">
+        <v>2858</v>
+      </c>
+      <c r="J41" s="24">
+        <v>2857.2258064516127</v>
+      </c>
+      <c r="K41" s="24">
+        <v>2859</v>
+      </c>
+      <c r="L41" s="24">
+        <v>2861</v>
+      </c>
+      <c r="M41" s="24">
+        <v>2861</v>
+      </c>
+      <c r="N41" s="24">
+        <v>2874</v>
+      </c>
+      <c r="O41" s="24">
+        <v>2876.2258064516127</v>
+      </c>
+      <c r="P41" s="24">
+        <v>2877</v>
+      </c>
+      <c r="Q41" s="24">
+        <v>2808.1612903225805</v>
+      </c>
+      <c r="R41" s="25"/>
+      <c r="S41" s="26">
+        <f>100*(D41-'2023'!D40)/'2023'!D40</f>
+        <v>-8.7283627875210337E-2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A42" s="15"/>
+      <c r="B42" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C42" s="15"/>
+      <c r="D42" s="31">
+        <v>65.645508988911303</v>
+      </c>
+      <c r="E42" s="30"/>
+      <c r="F42" s="31">
+        <v>47.258536141356899</v>
+      </c>
+      <c r="G42" s="31">
+        <v>49.969049266285502</v>
+      </c>
+      <c r="H42" s="31">
+        <v>56.892213609540903</v>
+      </c>
+      <c r="I42" s="31">
+        <v>60.248425472358299</v>
+      </c>
+      <c r="J42" s="31">
+        <v>72.593537606972703</v>
+      </c>
+      <c r="K42" s="31">
+        <v>79.399556954646101</v>
+      </c>
+      <c r="L42" s="31">
+        <v>75.278213121962807</v>
+      </c>
+      <c r="M42" s="31">
+        <v>79.988950400829907</v>
+      </c>
+      <c r="N42" s="31">
+        <v>75.237763859893306</v>
+      </c>
+      <c r="O42" s="31">
+        <v>68.477956102867793</v>
+      </c>
+      <c r="P42" s="31">
+        <v>65.677210056772097</v>
+      </c>
+      <c r="Q42" s="31">
+        <v>55.7924482786349</v>
+      </c>
+      <c r="R42" s="31"/>
+      <c r="S42" s="32" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A43" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B43" s="22"/>
+      <c r="C43" s="22"/>
+      <c r="D43" s="25">
+        <v>1.7189611084447312</v>
+      </c>
+      <c r="E43" s="24"/>
+      <c r="F43" s="25">
+        <v>1.7395690886437536</v>
+      </c>
+      <c r="G43" s="25">
+        <v>1.7053408067841895</v>
+      </c>
+      <c r="H43" s="25">
+        <v>1.7244458128078817</v>
+      </c>
+      <c r="I43" s="25">
+        <v>1.7477457419570299</v>
+      </c>
+      <c r="J43" s="25">
+        <v>1.7135938109478612</v>
+      </c>
+      <c r="K43" s="25">
+        <v>1.7150104724226205</v>
+      </c>
+      <c r="L43" s="25">
+        <v>1.8190467615102948</v>
+      </c>
+      <c r="M43" s="25">
+        <v>1.7734371728844784</v>
+      </c>
+      <c r="N43" s="25">
+        <v>1.7391915641476274</v>
+      </c>
+      <c r="O43" s="25">
+        <v>1.7284913745742225</v>
+      </c>
+      <c r="P43" s="25">
+        <v>1.543297946039057</v>
+      </c>
+      <c r="Q43" s="25">
+        <v>1.6358977500102088</v>
+      </c>
+      <c r="R43" s="25"/>
+      <c r="S43" s="26">
+        <f>100*(D43-'2023'!D42)/'2023'!D42</f>
+        <v>-0.64333246964376067</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A44" s="1"/>
+      <c r="B44" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C44" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D44" s="28">
+        <v>1.6515384793034695</v>
+      </c>
+      <c r="E44" s="27"/>
+      <c r="F44" s="28">
+        <v>1.5823295921160689</v>
+      </c>
+      <c r="G44" s="28">
+        <v>1.5848840538219295</v>
+      </c>
+      <c r="H44" s="28">
+        <v>1.6309063893016345</v>
+      </c>
+      <c r="I44" s="28">
+        <v>1.6957887451418836</v>
+      </c>
+      <c r="J44" s="28">
+        <v>1.5681321736367608</v>
+      </c>
+      <c r="K44" s="28">
+        <v>1.6218088986141503</v>
+      </c>
+      <c r="L44" s="28">
+        <v>1.7835308796007485</v>
+      </c>
+      <c r="M44" s="28">
+        <v>1.7768729067512781</v>
+      </c>
+      <c r="N44" s="28">
+        <v>1.668009932022632</v>
+      </c>
+      <c r="O44" s="28">
+        <v>1.6458413926499034</v>
+      </c>
+      <c r="P44" s="28">
+        <v>1.5156723963599597</v>
+      </c>
+      <c r="Q44" s="28">
+        <v>1.6401609055615323</v>
+      </c>
+      <c r="R44" s="28"/>
+      <c r="S44" s="29">
+        <f>100*(D44-'2023'!D43)/'2023'!D43</f>
+        <v>0.3120464982642257</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A45" s="1"/>
+      <c r="C45" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D45" s="28">
+        <v>1.6783103628476266</v>
+      </c>
+      <c r="E45" s="27"/>
+      <c r="F45" s="28">
+        <v>1.8470159330272753</v>
+      </c>
+      <c r="G45" s="28">
+        <v>1.7268541562966651</v>
+      </c>
+      <c r="H45" s="28">
+        <v>1.6690154629085927</v>
+      </c>
+      <c r="I45" s="28">
+        <v>1.7190517158971417</v>
+      </c>
+      <c r="J45" s="28">
+        <v>1.726777007954837</v>
+      </c>
+      <c r="K45" s="28">
+        <v>1.6978880877942959</v>
+      </c>
+      <c r="L45" s="28">
+        <v>1.7256079255478836</v>
+      </c>
+      <c r="M45" s="28">
+        <v>1.6711500762361142</v>
+      </c>
+      <c r="N45" s="28">
+        <v>1.7177711836465546</v>
+      </c>
+      <c r="O45" s="28">
+        <v>1.7638999637549837</v>
+      </c>
+      <c r="P45" s="28">
+        <v>1.4152134305049453</v>
+      </c>
+      <c r="Q45" s="28">
+        <v>1.5605058687386344</v>
+      </c>
+      <c r="R45" s="28"/>
+      <c r="S45" s="29">
+        <f>100*(D45-'2023'!D44)/'2023'!D44</f>
+        <v>1.2426780356825369</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A46" s="1"/>
+      <c r="C46" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D46" s="28">
+        <v>1.6386563876651983</v>
+      </c>
+      <c r="E46" s="27"/>
+      <c r="F46" s="28">
+        <v>1.5128774422735347</v>
+      </c>
+      <c r="G46" s="28">
+        <v>1.6106194690265487</v>
+      </c>
+      <c r="H46" s="28">
+        <v>1.7033993276055286</v>
+      </c>
+      <c r="I46" s="28">
+        <v>1.5761531766753698</v>
+      </c>
+      <c r="J46" s="28">
+        <v>1.7532350285886247</v>
+      </c>
+      <c r="K46" s="28">
+        <v>1.6935580975316076</v>
+      </c>
+      <c r="L46" s="28">
+        <v>1.7570064675084693</v>
+      </c>
+      <c r="M46" s="28">
+        <v>1.6441527446300717</v>
+      </c>
+      <c r="N46" s="28">
+        <v>1.6265512265512265</v>
+      </c>
+      <c r="O46" s="28">
+        <v>1.748245346353372</v>
+      </c>
+      <c r="P46" s="28">
+        <v>1.4817676143386898</v>
+      </c>
+      <c r="Q46" s="28">
+        <v>1.4657894736842105</v>
+      </c>
+      <c r="R46" s="28"/>
+      <c r="S46" s="29">
+        <f>100*(D46-'2023'!D45)/'2023'!D45</f>
+        <v>-5.1456217438566574</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A47" s="1"/>
+      <c r="C47" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="28"/>
+      <c r="G47" s="28"/>
+      <c r="H47" s="28"/>
+      <c r="I47" s="28"/>
+      <c r="J47" s="28"/>
+      <c r="K47" s="28"/>
+      <c r="L47" s="28"/>
+      <c r="M47" s="28"/>
+      <c r="N47" s="28"/>
+      <c r="O47" s="28"/>
+      <c r="P47" s="28"/>
+      <c r="Q47" s="29"/>
+      <c r="R47" s="29"/>
+      <c r="S47" s="29"/>
+    </row>
+    <row r="48" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A48" s="20"/>
+      <c r="B48" s="15"/>
+      <c r="C48" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D48" s="31">
+        <v>1.8679044622679133</v>
+      </c>
+      <c r="E48" s="30"/>
+      <c r="F48" s="31">
+        <v>1.9725599166377215</v>
+      </c>
+      <c r="G48" s="31">
+        <v>1.8779347393553523</v>
+      </c>
+      <c r="H48" s="31">
+        <v>1.9001119641714652</v>
+      </c>
+      <c r="I48" s="31">
+        <v>1.8726538547820235</v>
+      </c>
+      <c r="J48" s="31">
+        <v>1.9042894827388461</v>
+      </c>
+      <c r="K48" s="31">
+        <v>1.8754988913525499</v>
+      </c>
+      <c r="L48" s="31">
+        <v>1.9589385618231279</v>
+      </c>
+      <c r="M48" s="31">
+        <v>1.8854799807042932</v>
+      </c>
+      <c r="N48" s="31">
+        <v>1.888083152042543</v>
+      </c>
+      <c r="O48" s="31">
+        <v>1.7970808116767534</v>
+      </c>
+      <c r="P48" s="31">
+        <v>1.738600740951838</v>
+      </c>
+      <c r="Q48" s="31">
+        <v>1.7350673623549568</v>
+      </c>
+      <c r="R48" s="31"/>
+      <c r="S48" s="32">
+        <f>100*(D48-'2023'!D47)/'2023'!D47</f>
+        <v>-2.7618353136614862</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="1"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="S49" s="6" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="93" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" s="94"/>
+      <c r="C50" s="94"/>
+      <c r="D50" s="94"/>
+      <c r="E50" s="94"/>
+      <c r="F50" s="94"/>
+      <c r="G50" s="94"/>
+      <c r="H50" s="94"/>
+      <c r="I50" s="94"/>
+      <c r="J50" s="94"/>
+      <c r="K50" s="94"/>
+      <c r="L50" s="94"/>
+      <c r="M50" s="94"/>
+      <c r="N50" s="94"/>
+      <c r="O50" s="94"/>
+      <c r="P50" s="94"/>
+      <c r="Q50" s="94"/>
+      <c r="R50" s="94"/>
+      <c r="S50" s="94"/>
+    </row>
+    <row r="51" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51"/>
+      <c r="F51"/>
+      <c r="G51"/>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51"/>
+      <c r="K51"/>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51"/>
+      <c r="O51"/>
+      <c r="P51"/>
+      <c r="Q51"/>
+      <c r="R51"/>
+      <c r="S51"/>
+    </row>
+    <row r="52" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="B52" s="94"/>
+      <c r="C52" s="94"/>
+      <c r="D52" s="94"/>
+      <c r="E52" s="94"/>
+      <c r="F52" s="94"/>
+      <c r="G52" s="94"/>
+      <c r="H52" s="94"/>
+      <c r="I52" s="94"/>
+      <c r="J52" s="94"/>
+      <c r="K52" s="94"/>
+      <c r="L52" s="94"/>
+      <c r="M52" s="94"/>
+      <c r="N52" s="94"/>
+      <c r="O52" s="94"/>
+      <c r="P52" s="94"/>
+      <c r="Q52" s="94"/>
+      <c r="R52" s="94"/>
+      <c r="S52" s="94"/>
+    </row>
+    <row r="53" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="93" t="s">
+        <v>43</v>
+      </c>
+      <c r="B53" s="94"/>
+      <c r="C53" s="94"/>
+      <c r="D53" s="94"/>
+      <c r="E53" s="94"/>
+      <c r="F53" s="94"/>
+      <c r="G53" s="94"/>
+      <c r="H53" s="94"/>
+      <c r="I53" s="94"/>
+      <c r="J53" s="94"/>
+      <c r="K53" s="94"/>
+      <c r="L53" s="94"/>
+      <c r="M53" s="94"/>
+      <c r="N53" s="94"/>
+      <c r="O53" s="94"/>
+      <c r="P53" s="94"/>
+      <c r="Q53" s="94"/>
+      <c r="R53" s="94"/>
+      <c r="S53" s="94"/>
+    </row>
+    <row r="54" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="S54" s="19" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A50:S50"/>
+    <mergeCell ref="A52:S52"/>
+    <mergeCell ref="A53:S53"/>
+  </mergeCells>
+  <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
+Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
+  </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="31" max="16383" man="1"/>
+  </rowBreaks>
+  <ignoredErrors>
+    <ignoredError sqref="D7" numberStoredAsText="1"/>
+  </ignoredErrors>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00469F61-61B3-4CA4-85B2-4B111ED59AAB}">
   <dimension ref="A1:U53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="8.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:21" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B3" s="4"/>
@@ -20949,77 +23346,77 @@
     <row r="52" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="93" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="94"/>
       <c r="O52" s="94"/>
       <c r="P52" s="94"/>
       <c r="Q52" s="94"/>
       <c r="R52" s="94"/>
       <c r="S52" s="94"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S53" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A49:S49"/>
     <mergeCell ref="A51:S51"/>
     <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="30" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="F12:Q12" formulaRange="1"/>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3206629-FA94-4659-BDF2-45466FC1EEE6}">
   <dimension ref="A1:S49"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="7.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:19" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B3" s="4"/>
@@ -22988,77 +25385,77 @@
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="93" t="s">
         <v>43</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="94"/>
       <c r="O48" s="94"/>
       <c r="P48" s="94"/>
       <c r="Q48" s="94"/>
       <c r="R48" s="94"/>
       <c r="S48" s="94"/>
     </row>
     <row r="49" spans="19:19" x14ac:dyDescent="0.2">
       <c r="S49" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A45:S45"/>
     <mergeCell ref="A47:S47"/>
     <mergeCell ref="A48:S48"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="26" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
     <ignoredError sqref="F12:Q12" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BDA4B8C-2854-4CD1-98FF-6C3EEE26D9A7}">
   <dimension ref="A1:S47"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="7.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:19" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B3" s="4"/>
@@ -24877,76 +27274,76 @@
     <row r="46" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="93" t="s">
         <v>43</v>
       </c>
       <c r="B46" s="94"/>
       <c r="C46" s="94"/>
       <c r="D46" s="94"/>
       <c r="E46" s="94"/>
       <c r="F46" s="94"/>
       <c r="G46" s="94"/>
       <c r="H46" s="94"/>
       <c r="I46" s="94"/>
       <c r="J46" s="94"/>
       <c r="K46" s="94"/>
       <c r="L46" s="94"/>
       <c r="M46" s="94"/>
       <c r="N46" s="94"/>
       <c r="O46" s="94"/>
       <c r="P46" s="94"/>
       <c r="Q46" s="94"/>
       <c r="R46" s="94"/>
       <c r="S46" s="94"/>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S47" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A43:S43"/>
     <mergeCell ref="A45:S45"/>
     <mergeCell ref="A46:S46"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="24" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6DA46D4-3646-40E6-ABB3-34A61B0658E8}">
   <dimension ref="A1:S47"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="7.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:19" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>106</v>
       </c>
       <c r="B3" s="4"/>
@@ -26768,77 +29165,77 @@
       <c r="A46" s="93" t="s">
         <v>43</v>
       </c>
       <c r="B46" s="93"/>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="93"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="L46" s="93"/>
       <c r="M46" s="93"/>
       <c r="N46" s="93"/>
       <c r="O46" s="93"/>
       <c r="P46" s="93"/>
       <c r="Q46" s="93"/>
       <c r="R46" s="94"/>
       <c r="S46" s="94"/>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.2">
       <c r="Q47" s="19"/>
       <c r="S47" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A45:S45"/>
     <mergeCell ref="A46:S46"/>
     <mergeCell ref="A43:S43"/>
     <mergeCell ref="A44:S44"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="24" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7EDE5E43-1CBB-4704-A4BD-C4AE8D1F07D8}">
   <dimension ref="A1:S47"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="17" customWidth="1"/>
     <col min="2" max="2" width="6.85546875" style="17" customWidth="1"/>
     <col min="3" max="3" width="21.5703125" style="17" customWidth="1"/>
     <col min="4" max="4" width="7.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="17" width="6.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="14.140625" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:19" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B3" s="4"/>
@@ -28643,77 +31040,77 @@
       <c r="A46" s="93" t="s">
         <v>43</v>
       </c>
       <c r="B46" s="93"/>
       <c r="C46" s="93"/>
       <c r="D46" s="93"/>
       <c r="E46" s="93"/>
       <c r="F46" s="93"/>
       <c r="G46" s="93"/>
       <c r="H46" s="93"/>
       <c r="I46" s="93"/>
       <c r="J46" s="93"/>
       <c r="K46" s="93"/>
       <c r="L46" s="93"/>
       <c r="M46" s="93"/>
       <c r="N46" s="93"/>
       <c r="O46" s="93"/>
       <c r="P46" s="93"/>
       <c r="Q46" s="93"/>
       <c r="R46" s="94"/>
       <c r="S46" s="94"/>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.2">
       <c r="Q47" s="19"/>
       <c r="S47" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A43:S43"/>
     <mergeCell ref="A44:S44"/>
     <mergeCell ref="A45:S45"/>
     <mergeCell ref="A46:S46"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="24" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F9E5594-35BF-425A-BA7B-BF5F66D1F3FD}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>
     <col min="15" max="15" width="1.7109375" style="45" customWidth="1"/>
     <col min="16" max="18" width="10.28515625" style="45" customWidth="1"/>
     <col min="19" max="19" width="8.7109375" style="45" customWidth="1"/>
     <col min="20" max="16384" width="11.5703125" style="45"/>
   </cols>
   <sheetData>
@@ -29455,922 +31852,124 @@
       <c r="I22" s="38"/>
       <c r="J22" s="37"/>
       <c r="K22" s="36"/>
       <c r="L22" s="36"/>
       <c r="M22" s="36"/>
       <c r="N22" s="36"/>
       <c r="O22" s="36"/>
       <c r="P22" s="36"/>
       <c r="Q22" s="36"/>
       <c r="R22" s="70" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="71" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="72" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R25" s="44" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
-</worksheet>
-[...799 lines deleted...]
-  <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="36" baseType="lpstr">
+      <vt:lpstr>2026</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
       <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2023</vt:lpstr>
       <vt:lpstr>2022</vt:lpstr>
       <vt:lpstr>2021</vt:lpstr>
       <vt:lpstr>2020</vt:lpstr>
       <vt:lpstr>2019</vt:lpstr>
       <vt:lpstr>2018</vt:lpstr>
       <vt:lpstr>2017</vt:lpstr>
       <vt:lpstr>2016</vt:lpstr>
       <vt:lpstr>2015</vt:lpstr>
       <vt:lpstr>2014</vt:lpstr>
       <vt:lpstr>2013</vt:lpstr>
       <vt:lpstr>2012</vt:lpstr>
       <vt:lpstr>2011</vt:lpstr>
       <vt:lpstr>2010</vt:lpstr>
       <vt:lpstr>2009</vt:lpstr>
       <vt:lpstr>2008</vt:lpstr>
       <vt:lpstr>2007</vt:lpstr>
       <vt:lpstr>2006</vt:lpstr>
       <vt:lpstr>2005</vt:lpstr>
       <vt:lpstr>2004</vt:lpstr>
       <vt:lpstr>'2022'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2023'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2024'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2025'!Drucktitel</vt:lpstr>
+      <vt:lpstr>'2026'!Drucktitel</vt:lpstr>
       <vt:lpstr>'2019'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2020'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2021'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2022'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2023'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2024'!Print_Titles</vt:lpstr>
       <vt:lpstr>'2025'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'2026'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Soom Andreas, PRD AUSTA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>