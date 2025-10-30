--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -49,54 +49,54 @@
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{764AE128-6FEA-47CF-8294-EF46D8219DF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE5630CC-9C61-46CA-9AF1-3E3DB06C3731}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="37" r:id="rId3"/>
     <sheet name="2022" sheetId="20" r:id="rId4"/>
     <sheet name="2021" sheetId="13" r:id="rId5"/>
     <sheet name="2020" sheetId="18" r:id="rId6"/>
     <sheet name="2019" sheetId="19" r:id="rId7"/>
     <sheet name="2018" sheetId="21" r:id="rId8"/>
     <sheet name="2017" sheetId="22" r:id="rId9"/>
     <sheet name="2016" sheetId="23" r:id="rId10"/>
     <sheet name="2015" sheetId="24" r:id="rId11"/>
     <sheet name="2014" sheetId="25" r:id="rId12"/>
     <sheet name="2013" sheetId="26" r:id="rId13"/>
     <sheet name="2012" sheetId="27" r:id="rId14"/>
     <sheet name="2011" sheetId="28" r:id="rId15"/>
     <sheet name="2010" sheetId="29" r:id="rId16"/>
     <sheet name="2009" sheetId="30" r:id="rId17"/>
     <sheet name="2008" sheetId="31" r:id="rId18"/>
     <sheet name="2007" sheetId="32" r:id="rId19"/>
     <sheet name="2006" sheetId="33" r:id="rId20"/>
     <sheet name="2005" sheetId="34" r:id="rId21"/>
@@ -113,80 +113,82 @@
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$8</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$8</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$8</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S39" i="40" l="1"/>
-  <c r="S46" i="40"/>
+  <c r="S46" i="40" l="1"/>
   <c r="S44" i="40"/>
   <c r="S43" i="40"/>
   <c r="S42" i="40"/>
   <c r="S41" i="40"/>
+  <c r="S39" i="40"/>
   <c r="S32" i="40"/>
+  <c r="S31" i="40"/>
+  <c r="S30" i="40"/>
   <c r="S28" i="40"/>
-  <c r="S30" i="40"/>
-[...1 lines deleted...]
-  <c r="S29" i="40"/>
   <c r="S27" i="40"/>
   <c r="S26" i="40"/>
   <c r="S25" i="40"/>
   <c r="S24" i="40"/>
   <c r="S23" i="40"/>
   <c r="S22" i="40"/>
   <c r="S21" i="40"/>
   <c r="S20" i="40"/>
   <c r="S19" i="40"/>
   <c r="S18" i="40"/>
   <c r="S17" i="40"/>
   <c r="S16" i="40"/>
   <c r="S15" i="40"/>
   <c r="S14" i="40"/>
   <c r="S13" i="40"/>
   <c r="S12" i="40"/>
   <c r="S11" i="40"/>
   <c r="S10" i="40"/>
   <c r="S9" i="40"/>
+  <c r="M12" i="40"/>
+  <c r="M9" i="40"/>
+  <c r="S29" i="40"/>
   <c r="L12" i="40"/>
   <c r="L9" i="40"/>
   <c r="K12" i="40"/>
   <c r="K9" i="40"/>
   <c r="J12" i="40"/>
   <c r="J9" i="40"/>
   <c r="I12" i="40"/>
   <c r="I9" i="40"/>
   <c r="H12" i="40"/>
   <c r="H9" i="40"/>
   <c r="D46" i="40"/>
   <c r="S28" i="39"/>
   <c r="S29" i="39"/>
   <c r="G12" i="40"/>
   <c r="G9" i="40"/>
   <c r="S26" i="19"/>
   <c r="S25" i="19"/>
   <c r="D26" i="19"/>
   <c r="D25" i="19"/>
   <c r="D26" i="18"/>
   <c r="D25" i="18"/>
   <c r="D26" i="13"/>
   <c r="D25" i="13"/>
   <c r="S34" i="19" l="1"/>
   <c r="S27" i="19"/>
@@ -1538,51 +1540,51 @@
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 1.7.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 13.4.2018)</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 5.9.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 3.10.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="#\ ##0.0;\–\ #\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="#\ ##0\ ##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -3883,919 +3885,961 @@
       <c r="J7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="U7" s="1"/>
     </row>
     <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11"/>
       <c r="S8" s="12" t="s">
         <v>120</v>
       </c>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="24">
         <f>SUM(F9:Q9)</f>
-        <v>337669</v>
+        <v>410537</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24">
-        <f t="shared" ref="F9:L9" si="0">SUM(F10:F11)</f>
+        <f t="shared" ref="F9:M9" si="0">SUM(F10:F11)</f>
         <v>33729</v>
       </c>
       <c r="G9" s="24">
         <f t="shared" si="0"/>
         <v>31551</v>
       </c>
       <c r="H9" s="24">
         <f t="shared" si="0"/>
         <v>41536</v>
       </c>
       <c r="I9" s="24">
         <f t="shared" si="0"/>
         <v>46675</v>
       </c>
       <c r="J9" s="24">
         <f t="shared" si="0"/>
         <v>56872</v>
       </c>
       <c r="K9" s="24">
         <f t="shared" si="0"/>
         <v>63254</v>
       </c>
       <c r="L9" s="24">
         <f t="shared" si="0"/>
         <v>64052</v>
       </c>
-      <c r="M9" s="24"/>
+      <c r="M9" s="24">
+        <f t="shared" si="0"/>
+        <v>72868</v>
+      </c>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="25"/>
       <c r="S9" s="26">
-        <f>100*(L9-'2024'!L9)/'2024'!L9</f>
-        <v>-3.877783780539048</v>
+        <f>100*(M9-'2024'!M9)/'2024'!M9</f>
+        <v>1.7013496350263089</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="27">
         <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
-        <v>169654</v>
+        <v>198500</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="27">
         <v>19272</v>
       </c>
       <c r="G10" s="27">
         <v>17481</v>
       </c>
       <c r="H10" s="27">
         <v>24456</v>
       </c>
       <c r="I10" s="27">
         <v>23826</v>
       </c>
       <c r="J10" s="27">
         <v>28900</v>
       </c>
       <c r="K10" s="27">
         <v>29781</v>
       </c>
       <c r="L10" s="27">
         <v>25938</v>
       </c>
-      <c r="M10" s="27"/>
+      <c r="M10" s="27">
+        <v>28846</v>
+      </c>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="28"/>
       <c r="S10" s="29">
-        <f>100*(L10-'2024'!L10)/'2024'!L10</f>
-        <v>2.178451841638763</v>
+        <f>100*(M10-'2024'!M10)/'2024'!M10</f>
+        <v>4.9976340406944999</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="27">
         <f t="shared" si="1"/>
-        <v>168015</v>
+        <v>212037</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="27">
         <v>14457</v>
       </c>
       <c r="G11" s="27">
         <v>14070</v>
       </c>
       <c r="H11" s="27">
         <v>17080</v>
       </c>
       <c r="I11" s="27">
         <v>22849</v>
       </c>
       <c r="J11" s="27">
         <v>27972</v>
       </c>
       <c r="K11" s="27">
         <v>33473</v>
       </c>
       <c r="L11" s="27">
         <v>38114</v>
       </c>
-      <c r="M11" s="27"/>
+      <c r="M11" s="27">
+        <v>44022</v>
+      </c>
       <c r="N11" s="27"/>
       <c r="O11" s="27"/>
       <c r="P11" s="27"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
-        <f>100*(L11-'2024'!L11)/'2024'!L11</f>
-        <v>-7.6046641293544397</v>
+        <f>100*(M11-'2024'!M11)/'2024'!M11</f>
+        <v>-0.34860557768924305</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="27">
         <f t="shared" si="1"/>
-        <v>583861</v>
+        <v>712169</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="27">
-        <f t="shared" ref="F12:L12" si="2">SUM(F13:F14)</f>
+        <f t="shared" ref="F12:M12" si="2">SUM(F13:F14)</f>
         <v>57136</v>
       </c>
       <c r="G12" s="27">
         <f t="shared" si="2"/>
         <v>53467</v>
       </c>
       <c r="H12" s="27">
         <f t="shared" si="2"/>
         <v>67650</v>
       </c>
       <c r="I12" s="27">
         <f t="shared" si="2"/>
         <v>80309</v>
       </c>
       <c r="J12" s="27">
         <f t="shared" si="2"/>
         <v>99606</v>
       </c>
       <c r="K12" s="27">
         <f t="shared" si="2"/>
         <v>108550</v>
       </c>
       <c r="L12" s="27">
         <f t="shared" si="2"/>
         <v>117143</v>
       </c>
-      <c r="M12" s="27"/>
+      <c r="M12" s="27">
+        <f t="shared" si="2"/>
+        <v>128308</v>
+      </c>
       <c r="N12" s="27"/>
       <c r="O12" s="27"/>
       <c r="P12" s="27"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
-        <f>100*(L12-'2024'!L12)/'2024'!L12</f>
-        <v>-3.358522942894385</v>
+        <f>100*(M12-'2024'!M12)/'2024'!M12</f>
+        <v>0.97823948372880021</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="27">
         <f t="shared" si="1"/>
-        <v>265232</v>
+        <v>311890</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="27">
         <v>28823</v>
       </c>
       <c r="G13" s="27">
         <v>26258</v>
       </c>
       <c r="H13" s="27">
         <v>37169</v>
       </c>
       <c r="I13" s="27">
         <v>37461</v>
       </c>
       <c r="J13" s="27">
         <v>45852</v>
       </c>
       <c r="K13" s="27">
         <v>46284</v>
       </c>
       <c r="L13" s="27">
         <v>43385</v>
       </c>
-      <c r="M13" s="27"/>
+      <c r="M13" s="27">
+        <v>46658</v>
+      </c>
       <c r="N13" s="27"/>
       <c r="O13" s="27"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="28"/>
       <c r="S13" s="29">
-        <f>100*(L13-'2024'!L13)/'2024'!L13</f>
-        <v>1.9552087984395929</v>
+        <f>100*(M13-'2024'!M13)/'2024'!M13</f>
+        <v>7.9196928343433406</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="27">
         <f t="shared" si="1"/>
-        <v>318629</v>
+        <v>400279</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="27">
         <v>28313</v>
       </c>
       <c r="G14" s="27">
         <v>27209</v>
       </c>
       <c r="H14" s="27">
         <v>30481</v>
       </c>
       <c r="I14" s="27">
         <v>42848</v>
       </c>
       <c r="J14" s="27">
         <v>53754</v>
       </c>
       <c r="K14" s="27">
         <v>62266</v>
       </c>
       <c r="L14" s="27">
         <v>73758</v>
       </c>
-      <c r="M14" s="27"/>
+      <c r="M14" s="27">
+        <v>81650</v>
+      </c>
       <c r="N14" s="27"/>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
-        <f>100*(L14-'2024'!L14)/'2024'!L14</f>
-        <v>-6.233076111414805</v>
+        <f>100*(M14-'2024'!M14)/'2024'!M14</f>
+        <v>-2.6016628693442758</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="27">
         <f t="shared" si="1"/>
-        <v>3711</v>
+        <v>4812</v>
       </c>
       <c r="E15" s="27"/>
       <c r="F15" s="27">
         <v>370</v>
       </c>
       <c r="G15" s="27">
         <v>445</v>
       </c>
       <c r="H15" s="27">
         <v>401</v>
       </c>
       <c r="I15" s="27">
         <v>466</v>
       </c>
       <c r="J15" s="27">
         <v>516</v>
       </c>
       <c r="K15" s="27">
         <v>640</v>
       </c>
       <c r="L15" s="27">
         <v>873</v>
       </c>
-      <c r="M15" s="27"/>
+      <c r="M15" s="27">
+        <v>1101</v>
+      </c>
       <c r="N15" s="27"/>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
-        <f>100*(L15-'2024'!L15)/'2024'!L15</f>
-        <v>-8.8726513569937371</v>
+        <f>100*(M15-'2024'!M15)/'2024'!M15</f>
+        <v>1.0091743119266054</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="27">
         <f t="shared" si="1"/>
-        <v>55793</v>
+        <v>68585</v>
       </c>
       <c r="E16" s="27"/>
       <c r="F16" s="27">
         <v>6042</v>
       </c>
       <c r="G16" s="27">
         <v>5679</v>
       </c>
       <c r="H16" s="27">
         <v>7401</v>
       </c>
       <c r="I16" s="27">
         <v>8062</v>
       </c>
       <c r="J16" s="27">
         <v>9389</v>
       </c>
       <c r="K16" s="27">
         <v>10377</v>
       </c>
       <c r="L16" s="27">
         <v>8843</v>
       </c>
-      <c r="M16" s="27"/>
+      <c r="M16" s="27">
+        <v>12792</v>
+      </c>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
-        <f>100*(L16-'2024'!L16)/'2024'!L16</f>
-        <v>-13.69314854577396</v>
+        <f>100*(M16-'2024'!M16)/'2024'!M16</f>
+        <v>-8.5917363118019216E-2</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C17" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="27">
         <f t="shared" si="1"/>
-        <v>16221</v>
+        <v>21751</v>
       </c>
       <c r="E17" s="27"/>
       <c r="F17" s="27">
         <v>1575</v>
       </c>
       <c r="G17" s="27">
         <v>1970</v>
       </c>
       <c r="H17" s="27">
         <v>1869</v>
       </c>
       <c r="I17" s="27">
         <v>2504</v>
       </c>
       <c r="J17" s="27">
         <v>2741</v>
       </c>
       <c r="K17" s="27">
         <v>2328</v>
       </c>
       <c r="L17" s="27">
         <v>3234</v>
       </c>
-      <c r="M17" s="27"/>
+      <c r="M17" s="27">
+        <v>5530</v>
+      </c>
       <c r="N17" s="27"/>
       <c r="O17" s="27"/>
       <c r="P17" s="27"/>
       <c r="Q17" s="27"/>
       <c r="R17" s="28"/>
       <c r="S17" s="29">
-        <f>100*(L17-'2024'!L17)/'2024'!L17</f>
-        <v>-11.566858080393766</v>
+        <f>100*(M17-'2024'!M17)/'2024'!M17</f>
+        <v>-1.3908701854493581</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="27">
         <f t="shared" si="1"/>
-        <v>13153</v>
+        <v>17258</v>
       </c>
       <c r="E18" s="27"/>
       <c r="F18" s="27">
         <v>2378</v>
       </c>
       <c r="G18" s="27">
         <v>1264</v>
       </c>
       <c r="H18" s="27">
         <v>1676</v>
       </c>
       <c r="I18" s="27">
         <v>2404</v>
       </c>
       <c r="J18" s="27">
         <v>1896</v>
       </c>
       <c r="K18" s="27">
         <v>1559</v>
       </c>
       <c r="L18" s="27">
         <v>1976</v>
       </c>
-      <c r="M18" s="27"/>
+      <c r="M18" s="27">
+        <v>4105</v>
+      </c>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
-        <f>100*(L18-'2024'!L18)/'2024'!L18</f>
-        <v>-1.150575287643822</v>
+        <f>100*(M18-'2024'!M18)/'2024'!M18</f>
+        <v>14.345403899721449</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C19" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="27">
         <f t="shared" si="1"/>
-        <v>9049</v>
+        <v>12081</v>
       </c>
       <c r="E19" s="27"/>
       <c r="F19" s="27">
         <v>712</v>
       </c>
       <c r="G19" s="27">
         <v>1127</v>
       </c>
       <c r="H19" s="27">
         <v>803</v>
       </c>
       <c r="I19" s="27">
         <v>1078</v>
       </c>
       <c r="J19" s="27">
         <v>1446</v>
       </c>
       <c r="K19" s="27">
         <v>1436</v>
       </c>
       <c r="L19" s="27">
         <v>2447</v>
       </c>
-      <c r="M19" s="27"/>
+      <c r="M19" s="27">
+        <v>3032</v>
+      </c>
       <c r="N19" s="27"/>
       <c r="O19" s="27"/>
       <c r="P19" s="27"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="28"/>
       <c r="S19" s="29">
-        <f>100*(L19-'2024'!L19)/'2024'!L19</f>
-        <v>-17.275185936443542</v>
+        <f>100*(M19-'2024'!M19)/'2024'!M19</f>
+        <v>-1.5264696329977265</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="27">
         <f t="shared" si="1"/>
-        <v>6021</v>
+        <v>7290</v>
       </c>
       <c r="E20" s="27"/>
       <c r="F20" s="27">
         <v>678</v>
       </c>
       <c r="G20" s="27">
         <v>657</v>
       </c>
       <c r="H20" s="27">
         <v>724</v>
       </c>
       <c r="I20" s="27">
         <v>751</v>
       </c>
       <c r="J20" s="27">
         <v>1076</v>
       </c>
       <c r="K20" s="27">
         <v>1229</v>
       </c>
       <c r="L20" s="27">
         <v>906</v>
       </c>
-      <c r="M20" s="27"/>
+      <c r="M20" s="27">
+        <v>1269</v>
+      </c>
       <c r="N20" s="27"/>
       <c r="O20" s="27"/>
       <c r="P20" s="27"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="28"/>
       <c r="S20" s="29">
-        <f>100*(L20-'2024'!L20)/'2024'!L20</f>
-        <v>-39.519359145527368</v>
+        <f>100*(M20-'2024'!M20)/'2024'!M20</f>
+        <v>-11.875</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C21" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="27">
         <f t="shared" si="1"/>
-        <v>2589</v>
+        <v>3319</v>
       </c>
       <c r="E21" s="27"/>
       <c r="F21" s="27">
         <v>226</v>
       </c>
       <c r="G21" s="27">
         <v>340</v>
       </c>
       <c r="H21" s="27">
         <v>227</v>
       </c>
       <c r="I21" s="27">
         <v>297</v>
       </c>
       <c r="J21" s="27">
         <v>423</v>
       </c>
       <c r="K21" s="27">
         <v>449</v>
       </c>
       <c r="L21" s="27">
         <v>627</v>
       </c>
-      <c r="M21" s="27"/>
+      <c r="M21" s="27">
+        <v>730</v>
+      </c>
       <c r="N21" s="27"/>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="28"/>
       <c r="S21" s="29">
-        <f>100*(L21-'2024'!L21)/'2024'!L21</f>
-        <v>5.9121621621621623</v>
+        <f>100*(M21-'2024'!M21)/'2024'!M21</f>
+        <v>10.773899848254931</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C22" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="27">
         <f t="shared" si="1"/>
-        <v>10522</v>
+        <v>15597</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="27">
         <v>1015</v>
       </c>
       <c r="G22" s="27">
         <v>866</v>
       </c>
       <c r="H22" s="27">
         <v>1035</v>
       </c>
       <c r="I22" s="27">
         <v>2144</v>
       </c>
       <c r="J22" s="27">
         <v>1407</v>
       </c>
       <c r="K22" s="27">
         <v>1312</v>
       </c>
       <c r="L22" s="27">
         <v>2743</v>
       </c>
-      <c r="M22" s="27"/>
+      <c r="M22" s="27">
+        <v>5075</v>
+      </c>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="28"/>
       <c r="S22" s="29">
-        <f>100*(L22-'2024'!L22)/'2024'!L22</f>
-        <v>-20.676691729323309</v>
+        <f>100*(M22-'2024'!M22)/'2024'!M22</f>
+        <v>-26.256902063353674</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C23" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="1"/>
-        <v>18478</v>
+        <v>23165</v>
       </c>
       <c r="E23" s="27"/>
       <c r="F23" s="27">
         <v>1241</v>
       </c>
       <c r="G23" s="27">
         <v>1567</v>
       </c>
       <c r="H23" s="27">
         <v>1568</v>
       </c>
       <c r="I23" s="27">
         <v>2207</v>
       </c>
       <c r="J23" s="27">
         <v>2754</v>
       </c>
       <c r="K23" s="27">
         <v>3175</v>
       </c>
       <c r="L23" s="27">
         <v>5966</v>
       </c>
-      <c r="M23" s="27"/>
+      <c r="M23" s="27">
+        <v>4687</v>
+      </c>
       <c r="N23" s="27"/>
       <c r="O23" s="27"/>
       <c r="P23" s="27"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="28"/>
       <c r="S23" s="29">
-        <f>100*(L23-'2024'!L23)/'2024'!L23</f>
-        <v>37.942196531791907</v>
+        <f>100*(M23-'2024'!M23)/'2024'!M23</f>
+        <v>-3.2810565414775072</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C24" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="27">
         <f t="shared" si="1"/>
-        <v>8171</v>
+        <v>9252</v>
       </c>
       <c r="E24" s="27"/>
       <c r="F24" s="27">
         <v>1188</v>
       </c>
       <c r="G24" s="27">
         <v>549</v>
       </c>
       <c r="H24" s="27">
         <v>790</v>
       </c>
       <c r="I24" s="27">
         <v>1381</v>
       </c>
       <c r="J24" s="27">
         <v>1301</v>
       </c>
       <c r="K24" s="27">
         <v>1381</v>
       </c>
       <c r="L24" s="27">
         <v>1581</v>
       </c>
-      <c r="M24" s="27"/>
+      <c r="M24" s="27">
+        <v>1081</v>
+      </c>
       <c r="N24" s="27"/>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="28"/>
       <c r="S24" s="29">
-        <f>100*(L24-'2024'!L24)/'2024'!L24</f>
-        <v>-20.392749244712991</v>
+        <f>100*(M24-'2024'!M24)/'2024'!M24</f>
+        <v>-20.689655172413794</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="27">
         <f t="shared" si="1"/>
-        <v>44365</v>
+        <v>55672</v>
       </c>
       <c r="E25" s="27"/>
       <c r="F25" s="27">
         <v>2214</v>
       </c>
       <c r="G25" s="27">
         <v>2047</v>
       </c>
       <c r="H25" s="27">
         <v>2880</v>
       </c>
       <c r="I25" s="27">
         <v>4511</v>
       </c>
       <c r="J25" s="27">
         <v>8747</v>
       </c>
       <c r="K25" s="27">
         <v>11836</v>
       </c>
       <c r="L25" s="27">
         <v>12130</v>
       </c>
-      <c r="M25" s="27"/>
+      <c r="M25" s="27">
+        <v>11307</v>
+      </c>
       <c r="N25" s="27"/>
       <c r="O25" s="27"/>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="28"/>
       <c r="S25" s="29">
-        <f>100*(L25-'2024'!L25)/'2024'!L25</f>
-        <v>-17.846258042668474</v>
+        <f>100*(M25-'2024'!M25)/'2024'!M25</f>
+        <v>-9.8541018895001198</v>
       </c>
       <c r="T25" s="28"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C26" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="27">
         <f t="shared" si="1"/>
-        <v>15174</v>
+        <v>19642</v>
       </c>
       <c r="E26" s="27"/>
       <c r="F26" s="27">
         <v>1079</v>
       </c>
       <c r="G26" s="27">
         <v>809</v>
       </c>
       <c r="H26" s="27">
         <v>830</v>
       </c>
       <c r="I26" s="27">
         <v>1658</v>
       </c>
       <c r="J26" s="27">
         <v>2585</v>
       </c>
       <c r="K26" s="27">
         <v>3417</v>
       </c>
       <c r="L26" s="27">
         <v>4796</v>
       </c>
-      <c r="M26" s="27"/>
+      <c r="M26" s="27">
+        <v>4468</v>
+      </c>
       <c r="N26" s="27"/>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
-        <f>100*(L26-'2024'!L26)/'2024'!L26</f>
-        <v>28.890083310937921</v>
+        <f>100*(M26-'2024'!M26)/'2024'!M26</f>
+        <v>29.319826338639654</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C27" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D27" s="27">
         <f t="shared" si="1"/>
-        <v>9526</v>
+        <v>11000</v>
       </c>
       <c r="E27" s="27"/>
       <c r="F27" s="27">
         <v>406</v>
       </c>
       <c r="G27" s="27">
         <v>453</v>
       </c>
       <c r="H27" s="27">
         <v>552</v>
       </c>
       <c r="I27" s="27">
         <v>1132</v>
       </c>
       <c r="J27" s="27">
         <v>2179</v>
       </c>
       <c r="K27" s="27">
         <v>3217</v>
       </c>
       <c r="L27" s="27">
         <v>1587</v>
       </c>
-      <c r="M27" s="27"/>
+      <c r="M27" s="27">
+        <v>1474</v>
+      </c>
       <c r="N27" s="27"/>
       <c r="O27" s="27"/>
       <c r="P27" s="27"/>
       <c r="Q27" s="27"/>
       <c r="R27" s="28"/>
       <c r="S27" s="29">
-        <f>100*(L27-'2024'!L27)/'2024'!L27</f>
-        <v>-0.50156739811912221</v>
+        <f>100*(M27-'2024'!M27)/'2024'!M27</f>
+        <v>-13.089622641509434</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="30">
         <f>SUM(F28:Q28)</f>
-        <v>5958</v>
+        <v>7095</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30">
         <v>677</v>
       </c>
       <c r="G28" s="30">
         <v>351</v>
       </c>
       <c r="H28" s="30">
         <v>327</v>
       </c>
       <c r="I28" s="30">
         <v>872</v>
       </c>
       <c r="J28" s="30">
         <v>1033</v>
       </c>
       <c r="K28" s="30">
         <v>1180</v>
       </c>
       <c r="L28" s="30">
         <v>1518</v>
       </c>
-      <c r="M28" s="30"/>
+      <c r="M28" s="30">
+        <v>1137</v>
+      </c>
       <c r="N28" s="30"/>
       <c r="O28" s="30"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="31"/>
       <c r="S28" s="32">
-        <f>100*(L28-'2024'!L30)/'2024'!L30</f>
-        <v>-7.7203647416413377</v>
+        <f>100*(M28-'2024'!M30)/'2024'!M30</f>
+        <v>-21.151178918169208</v>
       </c>
     </row>
     <row r="29" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15"/>
       <c r="B29" s="15"/>
       <c r="C29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="27">
         <f>SUM(F29:Q29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="30"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="30"/>
       <c r="I29" s="30"/>
       <c r="J29" s="30"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="30"/>
       <c r="N29" s="30"/>
       <c r="O29" s="30"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="30"/>
@@ -4815,307 +4859,321 @@
         <f>AVERAGE(F30:Q30)</f>
         <v>39</v>
       </c>
       <c r="E30" s="24"/>
       <c r="F30" s="90">
         <v>39</v>
       </c>
       <c r="G30" s="90">
         <v>39</v>
       </c>
       <c r="H30" s="90">
         <v>39</v>
       </c>
       <c r="I30" s="90">
         <v>39</v>
       </c>
       <c r="J30" s="90">
         <v>39</v>
       </c>
       <c r="K30" s="90">
         <v>39</v>
       </c>
       <c r="L30" s="90">
         <v>39</v>
       </c>
-      <c r="M30" s="90"/>
+      <c r="M30" s="90">
+        <v>39</v>
+      </c>
       <c r="N30" s="90"/>
       <c r="O30" s="90"/>
       <c r="P30" s="90"/>
       <c r="Q30" s="90"/>
       <c r="R30" s="25"/>
       <c r="S30" s="26">
-        <f>100*(L30-'2024'!L32)/'2024'!L32</f>
+        <f>100*(M30-'2024'!M32)/'2024'!M32</f>
         <v>2.6315789473684212</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="15"/>
       <c r="B31" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="34">
         <f t="shared" ref="D31:D43" si="3">AVERAGE(F31:Q31)</f>
         <v>39</v>
       </c>
       <c r="E31" s="30"/>
       <c r="F31" s="33">
         <v>39</v>
       </c>
       <c r="G31" s="33">
         <v>39</v>
       </c>
       <c r="H31" s="33">
         <v>39</v>
       </c>
       <c r="I31" s="33">
         <v>39</v>
       </c>
       <c r="J31" s="33">
         <v>39</v>
       </c>
       <c r="K31" s="33">
         <v>39</v>
       </c>
       <c r="L31" s="33">
         <v>39</v>
       </c>
-      <c r="M31" s="33"/>
+      <c r="M31" s="33">
+        <v>39</v>
+      </c>
       <c r="N31" s="33"/>
       <c r="O31" s="33"/>
       <c r="P31" s="33"/>
       <c r="Q31" s="33"/>
       <c r="R31" s="31"/>
       <c r="S31" s="29">
-        <f>100*(L31-'2024'!L33)/'2024'!L33</f>
+        <f>100*(M31-'2024'!M33)/'2024'!M33</f>
         <v>2.6315789473684212</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A32" s="21" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="22"/>
       <c r="C32" s="22"/>
       <c r="D32" s="35">
         <v>5522.0860927152316</v>
       </c>
       <c r="E32" s="24"/>
       <c r="F32" s="35">
         <v>5433.3870967741932</v>
       </c>
       <c r="G32" s="35">
         <v>5547</v>
       </c>
       <c r="H32" s="35">
         <v>5539.2580645161288</v>
       </c>
       <c r="I32" s="35">
         <v>5547</v>
       </c>
       <c r="J32" s="35">
         <v>5547</v>
       </c>
       <c r="K32" s="35">
         <v>5547</v>
       </c>
       <c r="L32" s="35">
         <v>5547</v>
       </c>
-      <c r="M32" s="35"/>
+      <c r="M32" s="35">
+        <v>5547</v>
+      </c>
       <c r="N32" s="35"/>
       <c r="O32" s="35"/>
       <c r="P32" s="35"/>
       <c r="Q32" s="35"/>
       <c r="R32" s="25"/>
       <c r="S32" s="26">
-        <f>100*(L32-'2024'!L34)/'2024'!L34</f>
+        <f>100*(M32-'2024'!M34)/'2024'!M34</f>
         <v>0.58023572076155938</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.2">
       <c r="B33" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="28">
         <v>42.954301510490701</v>
       </c>
       <c r="E33" s="29"/>
       <c r="F33" s="29">
         <v>33.921690859975698</v>
       </c>
       <c r="G33" s="29">
         <v>34.424656828659003</v>
       </c>
       <c r="H33" s="29">
         <v>39.396215866804098</v>
       </c>
       <c r="I33" s="29">
         <v>48.259719968751902</v>
       </c>
       <c r="J33" s="29">
         <v>57.924946352867302</v>
       </c>
       <c r="K33" s="29">
         <v>65.230454900546846</v>
       </c>
       <c r="L33" s="29">
         <v>68.123426205388597</v>
       </c>
-      <c r="M33" s="29"/>
+      <c r="M33" s="29">
+        <v>74.616328500729793</v>
+      </c>
       <c r="N33" s="29"/>
       <c r="O33" s="29"/>
       <c r="P33" s="28"/>
       <c r="Q33" s="28"/>
       <c r="R33" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S33" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="28">
         <v>46.322185430463598</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="29">
         <v>37.511290322580599</v>
       </c>
       <c r="G34" s="29">
         <v>37.303571428571402</v>
       </c>
       <c r="H34" s="29">
         <v>41.135483870967697</v>
       </c>
       <c r="I34" s="29">
         <v>53.271666666666697</v>
       </c>
       <c r="J34" s="29">
         <v>61.740322580645199</v>
       </c>
       <c r="K34" s="29">
         <v>74.046666666666667</v>
       </c>
       <c r="L34" s="29">
         <v>78.019354838709702</v>
       </c>
-      <c r="M34" s="29"/>
+      <c r="M34" s="29">
+        <v>82.901612903225796</v>
+      </c>
       <c r="N34" s="29"/>
       <c r="O34" s="29"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="28"/>
       <c r="R34" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S34" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="C35" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="28">
         <v>45.563730184661502</v>
       </c>
       <c r="E35" s="29"/>
       <c r="F35" s="29">
         <v>37.046087401261602</v>
       </c>
       <c r="G35" s="29">
         <v>35.015658877378897</v>
       </c>
       <c r="H35" s="29">
         <v>42.982647010825197</v>
       </c>
       <c r="I35" s="29">
         <v>49.1371557054525</v>
       </c>
       <c r="J35" s="29">
         <v>62.3674046673557</v>
       </c>
       <c r="K35" s="29">
         <v>68.237774030354132</v>
       </c>
       <c r="L35" s="29">
         <v>68.332154708154306</v>
       </c>
-      <c r="M35" s="29"/>
+      <c r="M35" s="29">
+        <v>75.344067888810301</v>
+      </c>
       <c r="N35" s="29"/>
       <c r="O35" s="29"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="28"/>
       <c r="R35" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="C36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="28">
         <v>39.781475504108897</v>
       </c>
       <c r="E36" s="29"/>
       <c r="F36" s="29">
         <v>30.224993223095701</v>
       </c>
       <c r="G36" s="29">
         <v>35.934373749499798</v>
       </c>
       <c r="H36" s="29">
         <v>36.875395319418097</v>
       </c>
       <c r="I36" s="29">
         <v>42.4229691876751</v>
       </c>
       <c r="J36" s="29">
         <v>53.162555344718498</v>
       </c>
       <c r="K36" s="29">
         <v>55.042016806722692</v>
       </c>
       <c r="L36" s="29">
         <v>52.353844763711898</v>
       </c>
-      <c r="M36" s="29"/>
+      <c r="M36" s="29">
+        <v>68.401554170055107</v>
+      </c>
       <c r="N36" s="29"/>
       <c r="O36" s="29"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="28"/>
       <c r="R36" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S36" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="C37" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="29"/>
       <c r="I37" s="29"/>
       <c r="J37" s="29"/>
       <c r="K37" s="29"/>
       <c r="L37" s="29"/>
@@ -5136,378 +5194,394 @@
       <c r="D38" s="28">
         <v>38.336842361474503</v>
       </c>
       <c r="E38" s="32"/>
       <c r="F38" s="32">
         <v>28.816665648481901</v>
       </c>
       <c r="G38" s="32">
         <v>29.848642553560602</v>
       </c>
       <c r="H38" s="32">
         <v>35.777397327665902</v>
       </c>
       <c r="I38" s="32">
         <v>44.072050192268797</v>
       </c>
       <c r="J38" s="32">
         <v>52.157392717942699</v>
       </c>
       <c r="K38" s="32">
         <v>56.775956284153004</v>
       </c>
       <c r="L38" s="32">
         <v>62.792565172258499</v>
       </c>
-      <c r="M38" s="32"/>
+      <c r="M38" s="32">
+        <v>66.7254245255303</v>
+      </c>
       <c r="N38" s="32"/>
       <c r="O38" s="32"/>
       <c r="P38" s="28"/>
       <c r="Q38" s="28"/>
       <c r="R38" s="31"/>
       <c r="S38" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A39" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="22"/>
       <c r="C39" s="22"/>
       <c r="D39" s="35">
         <v>2866.3841059602651</v>
       </c>
       <c r="E39" s="24"/>
       <c r="F39" s="24">
         <v>2827.6129032258063</v>
       </c>
       <c r="G39" s="24">
         <v>2877</v>
       </c>
       <c r="H39" s="24">
         <v>2874.6774193548385</v>
       </c>
       <c r="I39" s="24">
         <v>2877</v>
       </c>
       <c r="J39" s="24">
         <v>2877</v>
       </c>
       <c r="K39" s="24">
         <v>2877</v>
       </c>
       <c r="L39" s="24">
         <v>2877</v>
       </c>
-      <c r="M39" s="24"/>
+      <c r="M39" s="24">
+        <v>2877</v>
+      </c>
       <c r="N39" s="24"/>
       <c r="O39" s="24"/>
       <c r="P39" s="24"/>
       <c r="Q39" s="24"/>
       <c r="R39" s="25"/>
       <c r="S39" s="26">
-        <f>100*(L39-'2024'!L41)/'2024'!L41</f>
+        <f>100*(M39-'2024'!M41)/'2024'!M41</f>
         <v>0.55924501922404757</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A40" s="15"/>
       <c r="B40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="15"/>
       <c r="D40" s="28">
         <v>54.438524665914997</v>
       </c>
       <c r="E40" s="30"/>
       <c r="F40" s="31">
         <v>43.662727023820402</v>
       </c>
       <c r="G40" s="31">
         <v>46.468295347336003</v>
       </c>
       <c r="H40" s="31">
         <v>53.489311563709798</v>
       </c>
       <c r="I40" s="31">
         <v>56.220600162205997</v>
       </c>
       <c r="J40" s="31">
         <v>71.452117461065001</v>
       </c>
       <c r="K40" s="31">
         <v>78.446298227320128</v>
       </c>
       <c r="L40" s="31">
         <v>75.153329521118593</v>
       </c>
-      <c r="M40" s="31"/>
+      <c r="M40" s="31">
+        <v>80.785316245641198</v>
+      </c>
       <c r="N40" s="31"/>
       <c r="O40" s="31"/>
       <c r="P40" s="31"/>
       <c r="Q40" s="31"/>
       <c r="R40" s="31"/>
       <c r="S40" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A41" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="22"/>
       <c r="C41" s="22"/>
       <c r="D41" s="25">
         <f t="shared" si="3"/>
-        <v>1.7191826515948951</v>
+        <v>1.724388294921841</v>
       </c>
       <c r="E41" s="24"/>
       <c r="F41" s="25">
         <v>1.6939725458803996</v>
       </c>
       <c r="G41" s="25">
         <v>1.6946214066115179</v>
       </c>
       <c r="H41" s="25">
         <v>1.628707627118644</v>
       </c>
       <c r="I41" s="25">
         <v>1.720599892876272</v>
       </c>
       <c r="J41" s="25">
         <v>1.7514066676044451</v>
       </c>
       <c r="K41" s="25">
         <v>1.7160970057229583</v>
       </c>
       <c r="L41" s="25">
         <v>1.8288734153500281</v>
       </c>
-      <c r="M41" s="25"/>
+      <c r="M41" s="25">
+        <v>1.7608277982104628</v>
+      </c>
       <c r="N41" s="25"/>
       <c r="O41" s="25"/>
       <c r="P41" s="25"/>
       <c r="Q41" s="25"/>
       <c r="R41" s="25"/>
       <c r="S41" s="26">
-        <f>100*(L41-'2024'!L43)/'2024'!L43</f>
-        <v>0.54020897360409847</v>
+        <f>100*(M41-'2024'!M43)/'2024'!M43</f>
+        <v>-0.71101332862593924</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="28">
         <f>AVERAGE(F42:Q42)</f>
-        <v>1.6264217196176514</v>
+        <v>1.6378182527857457</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="28">
         <v>1.5815708942536553</v>
       </c>
       <c r="G42" s="28">
         <v>1.6294851794071763</v>
       </c>
       <c r="H42" s="28">
         <v>1.540096618357488</v>
       </c>
       <c r="I42" s="28">
         <v>1.6114444164355937</v>
       </c>
       <c r="J42" s="28">
         <v>1.6314623023483783</v>
       </c>
       <c r="K42" s="28">
         <v>1.6072643079371971</v>
       </c>
       <c r="L42" s="28">
         <v>1.7836283185840709</v>
       </c>
-      <c r="M42" s="28"/>
+      <c r="M42" s="28">
+        <v>1.717593984962406</v>
+      </c>
       <c r="N42" s="28"/>
       <c r="O42" s="28"/>
       <c r="P42" s="28"/>
       <c r="Q42" s="28"/>
       <c r="R42" s="28"/>
       <c r="S42" s="29">
-        <f>100*(L42-'2024'!L44)/'2024'!L44</f>
-        <v>5.4632630383268368E-3</v>
+        <f>100*(M42-'2024'!M44)/'2024'!M44</f>
+        <v>-3.3361374110461219</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="C43" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="28">
         <f t="shared" si="3"/>
-        <v>1.7414673769138982</v>
+        <v>1.7532640396296697</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="28">
         <v>1.7058746565484757</v>
       </c>
       <c r="G43" s="28">
         <v>1.6960326721120187</v>
       </c>
       <c r="H43" s="28">
         <v>1.6461458333333334</v>
       </c>
       <c r="I43" s="28">
         <v>1.7262045813586098</v>
       </c>
       <c r="J43" s="28">
         <v>1.7402853673345478</v>
       </c>
       <c r="K43" s="28">
         <v>1.8001779491362053</v>
       </c>
       <c r="L43" s="28">
         <v>1.8755505785740949</v>
       </c>
-      <c r="M43" s="28"/>
+      <c r="M43" s="28">
+        <v>1.8358406786400689</v>
+      </c>
       <c r="N43" s="28"/>
       <c r="O43" s="28"/>
       <c r="P43" s="28"/>
       <c r="Q43" s="28"/>
       <c r="R43" s="28"/>
       <c r="S43" s="29">
-        <f>100*(L43-'2024'!L45)/'2024'!L45</f>
-        <v>8.6892654354612038</v>
+        <f>100*(M43-'2024'!M45)/'2024'!M45</f>
+        <v>9.854925942670743</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="C44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D44" s="28">
         <f>AVERAGE(F44:Q44)</f>
-        <v>1.7450098507903173</v>
+        <v>1.7254045467466781</v>
       </c>
       <c r="E44" s="27"/>
       <c r="F44" s="28">
         <v>1.7964554242749731</v>
       </c>
       <c r="G44" s="28">
         <v>1.5181741335587489</v>
       </c>
       <c r="H44" s="28">
         <v>1.5781129156999227</v>
       </c>
       <c r="I44" s="28">
         <v>1.7220011370096646</v>
       </c>
       <c r="J44" s="28">
         <v>1.9789774638412378</v>
       </c>
       <c r="K44" s="28">
         <v>1.7059759803212271</v>
       </c>
       <c r="L44" s="28">
         <v>1.9153719008264463</v>
       </c>
-      <c r="M44" s="28"/>
+      <c r="M44" s="28">
+        <v>1.5881674184412042</v>
+      </c>
       <c r="N44" s="28"/>
       <c r="O44" s="28"/>
       <c r="P44" s="28"/>
       <c r="Q44" s="28"/>
       <c r="R44" s="28"/>
       <c r="S44" s="29">
-        <f>100*(L44-'2024'!L46)/'2024'!L46</f>
-        <v>9.0133665553632092</v>
+        <f>100*(M44-'2024'!M46)/'2024'!M46</f>
+        <v>-3.405117095824568</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
       <c r="C45" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D45" s="28"/>
       <c r="E45" s="28"/>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
       <c r="K45" s="28"/>
       <c r="L45" s="28"/>
       <c r="M45" s="28"/>
       <c r="N45" s="28"/>
       <c r="O45" s="28"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A46" s="20"/>
       <c r="B46" s="15"/>
       <c r="C46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D46" s="31">
         <f>AVERAGE(F46:Q46)</f>
-        <v>1.8574919028427652</v>
+        <v>1.8577436006759735</v>
       </c>
       <c r="E46" s="30"/>
       <c r="F46" s="31">
         <v>1.8481128379260807</v>
       </c>
       <c r="G46" s="31">
         <v>1.9270614587708246</v>
       </c>
       <c r="H46" s="31">
         <v>1.7817522540180322</v>
       </c>
       <c r="I46" s="31">
         <v>1.9043288150415392</v>
       </c>
       <c r="J46" s="31">
         <v>1.8639322460978511</v>
       </c>
       <c r="K46" s="31">
         <v>1.8438937820428554</v>
       </c>
       <c r="L46" s="31">
         <v>1.833361926002173</v>
       </c>
-      <c r="M46" s="31"/>
+      <c r="M46" s="31">
+        <v>1.859505485508433</v>
+      </c>
       <c r="N46" s="31"/>
       <c r="O46" s="31"/>
       <c r="P46" s="31"/>
       <c r="Q46" s="31"/>
       <c r="R46" s="31"/>
       <c r="S46" s="32">
-        <f>100*(L46-'2024'!L48)/'2024'!L48</f>
-        <v>-6.4104427912269148</v>
+        <f>100*(M46-'2024'!M48)/'2024'!M48</f>
+        <v>-1.3776065225660932</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="S47" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="S48" s="6"/>
     </row>
     <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="93" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
@@ -5596,51 +5670,52 @@
       <c r="R52" s="94"/>
       <c r="S52" s="94"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S53" s="19" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A49:S49"/>
     <mergeCell ref="A51:S51"/>
     <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="29" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
-    <ignoredError sqref="F12:L12" formulaRange="1"/>
+    <ignoredError sqref="F12:M12" formulaRange="1"/>
+    <ignoredError sqref="S31" formula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0505C59D-2FCA-4791-9370-0026A63EEEF4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>