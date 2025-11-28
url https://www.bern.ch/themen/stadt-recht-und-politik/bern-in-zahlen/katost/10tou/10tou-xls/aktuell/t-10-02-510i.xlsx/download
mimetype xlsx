--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -45,58 +45,58 @@
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE5630CC-9C61-46CA-9AF1-3E3DB06C3731}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2DD108DA-D74A-41F2-A36A-9498C7F82522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="37" r:id="rId3"/>
     <sheet name="2022" sheetId="20" r:id="rId4"/>
     <sheet name="2021" sheetId="13" r:id="rId5"/>
     <sheet name="2020" sheetId="18" r:id="rId6"/>
     <sheet name="2019" sheetId="19" r:id="rId7"/>
     <sheet name="2018" sheetId="21" r:id="rId8"/>
     <sheet name="2017" sheetId="22" r:id="rId9"/>
     <sheet name="2016" sheetId="23" r:id="rId10"/>
     <sheet name="2015" sheetId="24" r:id="rId11"/>
     <sheet name="2014" sheetId="25" r:id="rId12"/>
     <sheet name="2013" sheetId="26" r:id="rId13"/>
     <sheet name="2012" sheetId="27" r:id="rId14"/>
     <sheet name="2011" sheetId="28" r:id="rId15"/>
     <sheet name="2010" sheetId="29" r:id="rId16"/>
     <sheet name="2009" sheetId="30" r:id="rId17"/>
     <sheet name="2008" sheetId="31" r:id="rId18"/>
     <sheet name="2007" sheetId="32" r:id="rId19"/>
     <sheet name="2006" sheetId="33" r:id="rId20"/>
     <sheet name="2005" sheetId="34" r:id="rId21"/>
@@ -142,50 +142,52 @@
   <c r="S41" i="40"/>
   <c r="S39" i="40"/>
   <c r="S32" i="40"/>
   <c r="S31" i="40"/>
   <c r="S30" i="40"/>
   <c r="S28" i="40"/>
   <c r="S27" i="40"/>
   <c r="S26" i="40"/>
   <c r="S25" i="40"/>
   <c r="S24" i="40"/>
   <c r="S23" i="40"/>
   <c r="S22" i="40"/>
   <c r="S21" i="40"/>
   <c r="S20" i="40"/>
   <c r="S19" i="40"/>
   <c r="S18" i="40"/>
   <c r="S17" i="40"/>
   <c r="S16" i="40"/>
   <c r="S15" i="40"/>
   <c r="S14" i="40"/>
   <c r="S13" i="40"/>
   <c r="S12" i="40"/>
   <c r="S11" i="40"/>
   <c r="S10" i="40"/>
   <c r="S9" i="40"/>
+  <c r="N12" i="40"/>
+  <c r="N9" i="40"/>
   <c r="M12" i="40"/>
   <c r="M9" i="40"/>
   <c r="S29" i="40"/>
   <c r="L12" i="40"/>
   <c r="L9" i="40"/>
   <c r="K12" i="40"/>
   <c r="K9" i="40"/>
   <c r="J12" i="40"/>
   <c r="J9" i="40"/>
   <c r="I12" i="40"/>
   <c r="I9" i="40"/>
   <c r="H12" i="40"/>
   <c r="H9" i="40"/>
   <c r="D46" i="40"/>
   <c r="S28" i="39"/>
   <c r="S29" i="39"/>
   <c r="G12" i="40"/>
   <c r="G9" i="40"/>
   <c r="S26" i="19"/>
   <c r="S25" i="19"/>
   <c r="D26" i="19"/>
   <c r="D25" i="19"/>
   <c r="D26" i="18"/>
   <c r="D25" i="18"/>
   <c r="D26" i="13"/>
@@ -1540,51 +1542,51 @@
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 1.7.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 13.4.2018)</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 3.10.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 4.11.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="#\ ##0.0;\–\ #\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="#\ ##0\ ##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -3885,961 +3887,1003 @@
       <c r="J7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="U7" s="1"/>
     </row>
     <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11"/>
       <c r="S8" s="12" t="s">
         <v>120</v>
       </c>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="24">
         <f>SUM(F9:Q9)</f>
-        <v>410537</v>
+        <v>466311</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24">
-        <f t="shared" ref="F9:M9" si="0">SUM(F10:F11)</f>
+        <f t="shared" ref="F9:N9" si="0">SUM(F10:F11)</f>
         <v>33729</v>
       </c>
       <c r="G9" s="24">
         <f t="shared" si="0"/>
         <v>31551</v>
       </c>
       <c r="H9" s="24">
         <f t="shared" si="0"/>
         <v>41536</v>
       </c>
       <c r="I9" s="24">
         <f t="shared" si="0"/>
         <v>46675</v>
       </c>
       <c r="J9" s="24">
         <f t="shared" si="0"/>
         <v>56872</v>
       </c>
       <c r="K9" s="24">
         <f t="shared" si="0"/>
         <v>63254</v>
       </c>
       <c r="L9" s="24">
         <f t="shared" si="0"/>
         <v>64052</v>
       </c>
       <c r="M9" s="24">
         <f t="shared" si="0"/>
         <v>72868</v>
       </c>
-      <c r="N9" s="24"/>
+      <c r="N9" s="24">
+        <f t="shared" si="0"/>
+        <v>55774</v>
+      </c>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="25"/>
       <c r="S9" s="26">
-        <f>100*(M9-'2024'!M9)/'2024'!M9</f>
-        <v>1.7013496350263089</v>
+        <f>100*(N9-'2024'!N9)/'2024'!N9</f>
+        <v>-6.6465813038748012</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="27">
         <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
-        <v>198500</v>
+        <v>226717</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="27">
         <v>19272</v>
       </c>
       <c r="G10" s="27">
         <v>17481</v>
       </c>
       <c r="H10" s="27">
         <v>24456</v>
       </c>
       <c r="I10" s="27">
         <v>23826</v>
       </c>
       <c r="J10" s="27">
         <v>28900</v>
       </c>
       <c r="K10" s="27">
         <v>29781</v>
       </c>
       <c r="L10" s="27">
         <v>25938</v>
       </c>
       <c r="M10" s="27">
         <v>28846</v>
       </c>
-      <c r="N10" s="27"/>
+      <c r="N10" s="27">
+        <v>28217</v>
+      </c>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="28"/>
       <c r="S10" s="29">
-        <f>100*(M10-'2024'!M10)/'2024'!M10</f>
-        <v>4.9976340406944999</v>
+        <f>100*(N10-'2024'!N10)/'2024'!N10</f>
+        <v>3.9261905638834667</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="27">
         <f t="shared" si="1"/>
-        <v>212037</v>
+        <v>239594</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="27">
         <v>14457</v>
       </c>
       <c r="G11" s="27">
         <v>14070</v>
       </c>
       <c r="H11" s="27">
         <v>17080</v>
       </c>
       <c r="I11" s="27">
         <v>22849</v>
       </c>
       <c r="J11" s="27">
         <v>27972</v>
       </c>
       <c r="K11" s="27">
         <v>33473</v>
       </c>
       <c r="L11" s="27">
         <v>38114</v>
       </c>
       <c r="M11" s="27">
         <v>44022</v>
       </c>
-      <c r="N11" s="27"/>
+      <c r="N11" s="27">
+        <v>27557</v>
+      </c>
       <c r="O11" s="27"/>
       <c r="P11" s="27"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
-        <f>100*(M11-'2024'!M11)/'2024'!M11</f>
-        <v>-0.34860557768924305</v>
+        <f>100*(N11-'2024'!N11)/'2024'!N11</f>
+        <v>-15.453764496533104</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="27">
         <f t="shared" si="1"/>
-        <v>712169</v>
+        <v>812017</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="27">
-        <f t="shared" ref="F12:M12" si="2">SUM(F13:F14)</f>
+        <f t="shared" ref="F12:N12" si="2">SUM(F13:F14)</f>
         <v>57136</v>
       </c>
       <c r="G12" s="27">
         <f t="shared" si="2"/>
         <v>53467</v>
       </c>
       <c r="H12" s="27">
         <f t="shared" si="2"/>
         <v>67650</v>
       </c>
       <c r="I12" s="27">
         <f t="shared" si="2"/>
         <v>80309</v>
       </c>
       <c r="J12" s="27">
         <f t="shared" si="2"/>
         <v>99606</v>
       </c>
       <c r="K12" s="27">
         <f t="shared" si="2"/>
         <v>108550</v>
       </c>
       <c r="L12" s="27">
         <f t="shared" si="2"/>
         <v>117143</v>
       </c>
       <c r="M12" s="27">
         <f t="shared" si="2"/>
         <v>128308</v>
       </c>
-      <c r="N12" s="27"/>
+      <c r="N12" s="27">
+        <f t="shared" si="2"/>
+        <v>99848</v>
+      </c>
       <c r="O12" s="27"/>
       <c r="P12" s="27"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
-        <f>100*(M12-'2024'!M12)/'2024'!M12</f>
-        <v>0.97823948372880021</v>
+        <f>100*(N12-'2024'!N12)/'2024'!N12</f>
+        <v>-3.9073026138507143</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="27">
         <f t="shared" si="1"/>
-        <v>311890</v>
+        <v>358430</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="27">
         <v>28823</v>
       </c>
       <c r="G13" s="27">
         <v>26258</v>
       </c>
       <c r="H13" s="27">
         <v>37169</v>
       </c>
       <c r="I13" s="27">
         <v>37461</v>
       </c>
       <c r="J13" s="27">
         <v>45852</v>
       </c>
       <c r="K13" s="27">
         <v>46284</v>
       </c>
       <c r="L13" s="27">
         <v>43385</v>
       </c>
       <c r="M13" s="27">
         <v>46658</v>
       </c>
-      <c r="N13" s="27"/>
+      <c r="N13" s="27">
+        <v>46540</v>
+      </c>
       <c r="O13" s="27"/>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="28"/>
       <c r="S13" s="29">
-        <f>100*(M13-'2024'!M13)/'2024'!M13</f>
-        <v>7.9196928343433406</v>
+        <f>100*(N13-'2024'!N13)/'2024'!N13</f>
+        <v>9.1668230437230243</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="27">
         <f t="shared" si="1"/>
-        <v>400279</v>
+        <v>453587</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="27">
         <v>28313</v>
       </c>
       <c r="G14" s="27">
         <v>27209</v>
       </c>
       <c r="H14" s="27">
         <v>30481</v>
       </c>
       <c r="I14" s="27">
         <v>42848</v>
       </c>
       <c r="J14" s="27">
         <v>53754</v>
       </c>
       <c r="K14" s="27">
         <v>62266</v>
       </c>
       <c r="L14" s="27">
         <v>73758</v>
       </c>
       <c r="M14" s="27">
         <v>81650</v>
       </c>
-      <c r="N14" s="27"/>
+      <c r="N14" s="27">
+        <v>53308</v>
+      </c>
       <c r="O14" s="27"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
-        <f>100*(M14-'2024'!M14)/'2024'!M14</f>
-        <v>-2.6016628693442758</v>
+        <f>100*(N14-'2024'!N14)/'2024'!N14</f>
+        <v>-13.003459755858737</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="27">
         <f t="shared" si="1"/>
-        <v>4812</v>
+        <v>5418</v>
       </c>
       <c r="E15" s="27"/>
       <c r="F15" s="27">
         <v>370</v>
       </c>
       <c r="G15" s="27">
         <v>445</v>
       </c>
       <c r="H15" s="27">
         <v>401</v>
       </c>
       <c r="I15" s="27">
         <v>466</v>
       </c>
       <c r="J15" s="27">
         <v>516</v>
       </c>
       <c r="K15" s="27">
         <v>640</v>
       </c>
       <c r="L15" s="27">
         <v>873</v>
       </c>
       <c r="M15" s="27">
         <v>1101</v>
       </c>
-      <c r="N15" s="27"/>
+      <c r="N15" s="27">
+        <v>606</v>
+      </c>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
-        <f>100*(M15-'2024'!M15)/'2024'!M15</f>
-        <v>1.0091743119266054</v>
+        <f>100*(N15-'2024'!N15)/'2024'!N15</f>
+        <v>13.696060037523452</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="27">
         <f t="shared" si="1"/>
-        <v>68585</v>
+        <v>77299</v>
       </c>
       <c r="E16" s="27"/>
       <c r="F16" s="27">
         <v>6042</v>
       </c>
       <c r="G16" s="27">
         <v>5679</v>
       </c>
       <c r="H16" s="27">
         <v>7401</v>
       </c>
       <c r="I16" s="27">
         <v>8062</v>
       </c>
       <c r="J16" s="27">
         <v>9389</v>
       </c>
       <c r="K16" s="27">
         <v>10377</v>
       </c>
       <c r="L16" s="27">
         <v>8843</v>
       </c>
       <c r="M16" s="27">
         <v>12792</v>
       </c>
-      <c r="N16" s="27"/>
+      <c r="N16" s="27">
+        <v>8714</v>
+      </c>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
-        <f>100*(M16-'2024'!M16)/'2024'!M16</f>
-        <v>-8.5917363118019216E-2</v>
+        <f>100*(N16-'2024'!N16)/'2024'!N16</f>
+        <v>-13.137958532695375</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C17" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="27">
         <f t="shared" si="1"/>
-        <v>21751</v>
+        <v>23818</v>
       </c>
       <c r="E17" s="27"/>
       <c r="F17" s="27">
         <v>1575</v>
       </c>
       <c r="G17" s="27">
         <v>1970</v>
       </c>
       <c r="H17" s="27">
         <v>1869</v>
       </c>
       <c r="I17" s="27">
         <v>2504</v>
       </c>
       <c r="J17" s="27">
         <v>2741</v>
       </c>
       <c r="K17" s="27">
         <v>2328</v>
       </c>
       <c r="L17" s="27">
         <v>3234</v>
       </c>
       <c r="M17" s="27">
         <v>5530</v>
       </c>
-      <c r="N17" s="27"/>
+      <c r="N17" s="27">
+        <v>2067</v>
+      </c>
       <c r="O17" s="27"/>
       <c r="P17" s="27"/>
       <c r="Q17" s="27"/>
       <c r="R17" s="28"/>
       <c r="S17" s="29">
-        <f>100*(M17-'2024'!M17)/'2024'!M17</f>
-        <v>-1.3908701854493581</v>
+        <f>100*(N17-'2024'!N17)/'2024'!N17</f>
+        <v>-0.625</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="27">
         <f t="shared" si="1"/>
-        <v>17258</v>
+        <v>18741</v>
       </c>
       <c r="E18" s="27"/>
       <c r="F18" s="27">
         <v>2378</v>
       </c>
       <c r="G18" s="27">
         <v>1264</v>
       </c>
       <c r="H18" s="27">
         <v>1676</v>
       </c>
       <c r="I18" s="27">
         <v>2404</v>
       </c>
       <c r="J18" s="27">
         <v>1896</v>
       </c>
       <c r="K18" s="27">
         <v>1559</v>
       </c>
       <c r="L18" s="27">
         <v>1976</v>
       </c>
       <c r="M18" s="27">
         <v>4105</v>
       </c>
-      <c r="N18" s="27"/>
+      <c r="N18" s="27">
+        <v>1483</v>
+      </c>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
-        <f>100*(M18-'2024'!M18)/'2024'!M18</f>
-        <v>14.345403899721449</v>
+        <f>100*(N18-'2024'!N18)/'2024'!N18</f>
+        <v>1.367053998632946</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C19" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="27">
         <f t="shared" si="1"/>
-        <v>12081</v>
+        <v>13189</v>
       </c>
       <c r="E19" s="27"/>
       <c r="F19" s="27">
         <v>712</v>
       </c>
       <c r="G19" s="27">
         <v>1127</v>
       </c>
       <c r="H19" s="27">
         <v>803</v>
       </c>
       <c r="I19" s="27">
         <v>1078</v>
       </c>
       <c r="J19" s="27">
         <v>1446</v>
       </c>
       <c r="K19" s="27">
         <v>1436</v>
       </c>
       <c r="L19" s="27">
         <v>2447</v>
       </c>
       <c r="M19" s="27">
         <v>3032</v>
       </c>
-      <c r="N19" s="27"/>
+      <c r="N19" s="27">
+        <v>1108</v>
+      </c>
       <c r="O19" s="27"/>
       <c r="P19" s="27"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="28"/>
       <c r="S19" s="29">
-        <f>100*(M19-'2024'!M19)/'2024'!M19</f>
-        <v>-1.5264696329977265</v>
+        <f>100*(N19-'2024'!N19)/'2024'!N19</f>
+        <v>-30.75</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="27">
         <f t="shared" si="1"/>
-        <v>7290</v>
+        <v>8208</v>
       </c>
       <c r="E20" s="27"/>
       <c r="F20" s="27">
         <v>678</v>
       </c>
       <c r="G20" s="27">
         <v>657</v>
       </c>
       <c r="H20" s="27">
         <v>724</v>
       </c>
       <c r="I20" s="27">
         <v>751</v>
       </c>
       <c r="J20" s="27">
         <v>1076</v>
       </c>
       <c r="K20" s="27">
         <v>1229</v>
       </c>
       <c r="L20" s="27">
         <v>906</v>
       </c>
       <c r="M20" s="27">
         <v>1269</v>
       </c>
-      <c r="N20" s="27"/>
+      <c r="N20" s="27">
+        <v>918</v>
+      </c>
       <c r="O20" s="27"/>
       <c r="P20" s="27"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="28"/>
       <c r="S20" s="29">
-        <f>100*(M20-'2024'!M20)/'2024'!M20</f>
-        <v>-11.875</v>
+        <f>100*(N20-'2024'!N20)/'2024'!N20</f>
+        <v>-10.3515625</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C21" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="27">
         <f t="shared" si="1"/>
-        <v>3319</v>
+        <v>3806</v>
       </c>
       <c r="E21" s="27"/>
       <c r="F21" s="27">
         <v>226</v>
       </c>
       <c r="G21" s="27">
         <v>340</v>
       </c>
       <c r="H21" s="27">
         <v>227</v>
       </c>
       <c r="I21" s="27">
         <v>297</v>
       </c>
       <c r="J21" s="27">
         <v>423</v>
       </c>
       <c r="K21" s="27">
         <v>449</v>
       </c>
       <c r="L21" s="27">
         <v>627</v>
       </c>
       <c r="M21" s="27">
         <v>730</v>
       </c>
-      <c r="N21" s="27"/>
+      <c r="N21" s="27">
+        <v>487</v>
+      </c>
       <c r="O21" s="27"/>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="28"/>
       <c r="S21" s="29">
-        <f>100*(M21-'2024'!M21)/'2024'!M21</f>
-        <v>10.773899848254931</v>
+        <f>100*(N21-'2024'!N21)/'2024'!N21</f>
+        <v>8.7053571428571423</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C22" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="27">
         <f t="shared" si="1"/>
-        <v>15597</v>
+        <v>17144</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="27">
         <v>1015</v>
       </c>
       <c r="G22" s="27">
         <v>866</v>
       </c>
       <c r="H22" s="27">
         <v>1035</v>
       </c>
       <c r="I22" s="27">
         <v>2144</v>
       </c>
       <c r="J22" s="27">
         <v>1407</v>
       </c>
       <c r="K22" s="27">
         <v>1312</v>
       </c>
       <c r="L22" s="27">
         <v>2743</v>
       </c>
       <c r="M22" s="27">
         <v>5075</v>
       </c>
-      <c r="N22" s="27"/>
+      <c r="N22" s="27">
+        <v>1547</v>
+      </c>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="28"/>
       <c r="S22" s="29">
-        <f>100*(M22-'2024'!M22)/'2024'!M22</f>
-        <v>-26.256902063353674</v>
+        <f>100*(N22-'2024'!N22)/'2024'!N22</f>
+        <v>-30.782997762863534</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C23" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="1"/>
-        <v>23165</v>
+        <v>25855</v>
       </c>
       <c r="E23" s="27"/>
       <c r="F23" s="27">
         <v>1241</v>
       </c>
       <c r="G23" s="27">
         <v>1567</v>
       </c>
       <c r="H23" s="27">
         <v>1568</v>
       </c>
       <c r="I23" s="27">
         <v>2207</v>
       </c>
       <c r="J23" s="27">
         <v>2754</v>
       </c>
       <c r="K23" s="27">
         <v>3175</v>
       </c>
       <c r="L23" s="27">
         <v>5966</v>
       </c>
       <c r="M23" s="27">
         <v>4687</v>
       </c>
-      <c r="N23" s="27"/>
+      <c r="N23" s="27">
+        <v>2690</v>
+      </c>
       <c r="O23" s="27"/>
       <c r="P23" s="27"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="28"/>
       <c r="S23" s="29">
-        <f>100*(M23-'2024'!M23)/'2024'!M23</f>
-        <v>-3.2810565414775072</v>
+        <f>100*(N23-'2024'!N23)/'2024'!N23</f>
+        <v>-22.500720253529241</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C24" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="27">
         <f t="shared" si="1"/>
-        <v>9252</v>
+        <v>10645</v>
       </c>
       <c r="E24" s="27"/>
       <c r="F24" s="27">
         <v>1188</v>
       </c>
       <c r="G24" s="27">
         <v>549</v>
       </c>
       <c r="H24" s="27">
         <v>790</v>
       </c>
       <c r="I24" s="27">
         <v>1381</v>
       </c>
       <c r="J24" s="27">
         <v>1301</v>
       </c>
       <c r="K24" s="27">
         <v>1381</v>
       </c>
       <c r="L24" s="27">
         <v>1581</v>
       </c>
       <c r="M24" s="27">
         <v>1081</v>
       </c>
-      <c r="N24" s="27"/>
+      <c r="N24" s="27">
+        <v>1393</v>
+      </c>
       <c r="O24" s="27"/>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="28"/>
       <c r="S24" s="29">
-        <f>100*(M24-'2024'!M24)/'2024'!M24</f>
-        <v>-20.689655172413794</v>
+        <f>100*(N24-'2024'!N24)/'2024'!N24</f>
+        <v>-13.046192259675406</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="27">
         <f t="shared" si="1"/>
-        <v>55672</v>
+        <v>67059</v>
       </c>
       <c r="E25" s="27"/>
       <c r="F25" s="27">
         <v>2214</v>
       </c>
       <c r="G25" s="27">
         <v>2047</v>
       </c>
       <c r="H25" s="27">
         <v>2880</v>
       </c>
       <c r="I25" s="27">
         <v>4511</v>
       </c>
       <c r="J25" s="27">
         <v>8747</v>
       </c>
       <c r="K25" s="27">
         <v>11836</v>
       </c>
       <c r="L25" s="27">
         <v>12130</v>
       </c>
       <c r="M25" s="27">
         <v>11307</v>
       </c>
-      <c r="N25" s="27"/>
+      <c r="N25" s="27">
+        <v>11387</v>
+      </c>
       <c r="O25" s="27"/>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="28"/>
       <c r="S25" s="29">
-        <f>100*(M25-'2024'!M25)/'2024'!M25</f>
-        <v>-9.8541018895001198</v>
+        <f>100*(N25-'2024'!N25)/'2024'!N25</f>
+        <v>-13.943470374848852</v>
       </c>
       <c r="T25" s="28"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C26" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="27">
         <f t="shared" si="1"/>
-        <v>19642</v>
+        <v>22128</v>
       </c>
       <c r="E26" s="27"/>
       <c r="F26" s="27">
         <v>1079</v>
       </c>
       <c r="G26" s="27">
         <v>809</v>
       </c>
       <c r="H26" s="27">
         <v>830</v>
       </c>
       <c r="I26" s="27">
         <v>1658</v>
       </c>
       <c r="J26" s="27">
         <v>2585</v>
       </c>
       <c r="K26" s="27">
         <v>3417</v>
       </c>
       <c r="L26" s="27">
         <v>4796</v>
       </c>
       <c r="M26" s="27">
         <v>4468</v>
       </c>
-      <c r="N26" s="27"/>
+      <c r="N26" s="27">
+        <v>2486</v>
+      </c>
       <c r="O26" s="27"/>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
-        <f>100*(M26-'2024'!M26)/'2024'!M26</f>
-        <v>29.319826338639654</v>
+        <f>100*(N26-'2024'!N26)/'2024'!N26</f>
+        <v>-10.927982801863131</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C27" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D27" s="27">
         <f t="shared" si="1"/>
-        <v>11000</v>
+        <v>12029</v>
       </c>
       <c r="E27" s="27"/>
       <c r="F27" s="27">
         <v>406</v>
       </c>
       <c r="G27" s="27">
         <v>453</v>
       </c>
       <c r="H27" s="27">
         <v>552</v>
       </c>
       <c r="I27" s="27">
         <v>1132</v>
       </c>
       <c r="J27" s="27">
         <v>2179</v>
       </c>
       <c r="K27" s="27">
         <v>3217</v>
       </c>
       <c r="L27" s="27">
         <v>1587</v>
       </c>
       <c r="M27" s="27">
         <v>1474</v>
       </c>
-      <c r="N27" s="27"/>
+      <c r="N27" s="27">
+        <v>1029</v>
+      </c>
       <c r="O27" s="27"/>
       <c r="P27" s="27"/>
       <c r="Q27" s="27"/>
       <c r="R27" s="28"/>
       <c r="S27" s="29">
-        <f>100*(M27-'2024'!M27)/'2024'!M27</f>
-        <v>-13.089622641509434</v>
+        <f>100*(N27-'2024'!N27)/'2024'!N27</f>
+        <v>-45.090715048025615</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="30">
         <f>SUM(F28:Q28)</f>
-        <v>7095</v>
+        <v>8385</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30">
         <v>677</v>
       </c>
       <c r="G28" s="30">
         <v>351</v>
       </c>
       <c r="H28" s="30">
         <v>327</v>
       </c>
       <c r="I28" s="30">
         <v>872</v>
       </c>
       <c r="J28" s="30">
         <v>1033</v>
       </c>
       <c r="K28" s="30">
         <v>1180</v>
       </c>
       <c r="L28" s="30">
         <v>1518</v>
       </c>
       <c r="M28" s="30">
         <v>1137</v>
       </c>
-      <c r="N28" s="30"/>
+      <c r="N28" s="30">
+        <v>1290</v>
+      </c>
       <c r="O28" s="30"/>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="31"/>
       <c r="S28" s="32">
-        <f>100*(M28-'2024'!M30)/'2024'!M30</f>
-        <v>-21.151178918169208</v>
+        <f>100*(N28-'2024'!N30)/'2024'!N30</f>
+        <v>-30.495689655172413</v>
       </c>
     </row>
     <row r="29" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15"/>
       <c r="B29" s="15"/>
       <c r="C29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="27">
         <f>SUM(F29:Q29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="30"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="30"/>
       <c r="I29" s="30"/>
       <c r="J29" s="30"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="30"/>
       <c r="N29" s="30"/>
       <c r="O29" s="30"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="30"/>
@@ -4862,726 +4906,756 @@
       <c r="E30" s="24"/>
       <c r="F30" s="90">
         <v>39</v>
       </c>
       <c r="G30" s="90">
         <v>39</v>
       </c>
       <c r="H30" s="90">
         <v>39</v>
       </c>
       <c r="I30" s="90">
         <v>39</v>
       </c>
       <c r="J30" s="90">
         <v>39</v>
       </c>
       <c r="K30" s="90">
         <v>39</v>
       </c>
       <c r="L30" s="90">
         <v>39</v>
       </c>
       <c r="M30" s="90">
         <v>39</v>
       </c>
-      <c r="N30" s="90"/>
+      <c r="N30" s="90">
+        <v>39</v>
+      </c>
       <c r="O30" s="90"/>
       <c r="P30" s="90"/>
       <c r="Q30" s="90"/>
       <c r="R30" s="25"/>
       <c r="S30" s="26">
-        <f>100*(M30-'2024'!M32)/'2024'!M32</f>
-        <v>2.6315789473684212</v>
+        <f>100*(N30-'2024'!N32)/'2024'!N32</f>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="15"/>
       <c r="B31" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="34">
         <f t="shared" ref="D31:D43" si="3">AVERAGE(F31:Q31)</f>
         <v>39</v>
       </c>
       <c r="E31" s="30"/>
       <c r="F31" s="33">
         <v>39</v>
       </c>
       <c r="G31" s="33">
         <v>39</v>
       </c>
       <c r="H31" s="33">
         <v>39</v>
       </c>
       <c r="I31" s="33">
         <v>39</v>
       </c>
       <c r="J31" s="33">
         <v>39</v>
       </c>
       <c r="K31" s="33">
         <v>39</v>
       </c>
       <c r="L31" s="33">
         <v>39</v>
       </c>
       <c r="M31" s="33">
         <v>39</v>
       </c>
-      <c r="N31" s="33"/>
+      <c r="N31" s="33">
+        <v>39</v>
+      </c>
       <c r="O31" s="33"/>
       <c r="P31" s="33"/>
       <c r="Q31" s="33"/>
       <c r="R31" s="31"/>
       <c r="S31" s="29">
-        <f>100*(M31-'2024'!M33)/'2024'!M33</f>
-        <v>2.6315789473684212</v>
+        <f>100*(N31-'2024'!N33)/'2024'!N33</f>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A32" s="21" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="22"/>
       <c r="C32" s="22"/>
       <c r="D32" s="35">
-        <v>5522.0860927152316</v>
+        <v>5533.2197802197807</v>
       </c>
       <c r="E32" s="24"/>
       <c r="F32" s="35">
         <v>5433.3870967741932</v>
       </c>
       <c r="G32" s="35">
         <v>5547</v>
       </c>
       <c r="H32" s="35">
         <v>5539.2580645161288</v>
       </c>
       <c r="I32" s="35">
         <v>5547</v>
       </c>
       <c r="J32" s="35">
         <v>5547</v>
       </c>
       <c r="K32" s="35">
         <v>5547</v>
       </c>
       <c r="L32" s="35">
         <v>5547</v>
       </c>
       <c r="M32" s="35">
         <v>5547</v>
       </c>
-      <c r="N32" s="35"/>
+      <c r="N32" s="35">
+        <v>5547</v>
+      </c>
       <c r="O32" s="35"/>
       <c r="P32" s="35"/>
       <c r="Q32" s="35"/>
       <c r="R32" s="25"/>
       <c r="S32" s="26">
-        <f>100*(M32-'2024'!M34)/'2024'!M34</f>
-        <v>0.58023572076155938</v>
+        <f>100*(N32-'2024'!N34)/'2024'!N34</f>
+        <v>0.17336656192437541</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.2">
       <c r="B33" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="28">
-        <v>42.954301510490701</v>
+        <v>53.755703976448601</v>
       </c>
       <c r="E33" s="29"/>
       <c r="F33" s="29">
         <v>33.921690859975698</v>
       </c>
       <c r="G33" s="29">
         <v>34.424656828659003</v>
       </c>
       <c r="H33" s="29">
         <v>39.396215866804098</v>
       </c>
       <c r="I33" s="29">
         <v>48.259719968751902</v>
       </c>
       <c r="J33" s="29">
         <v>57.924946352867302</v>
       </c>
       <c r="K33" s="29">
         <v>65.230454900546846</v>
       </c>
       <c r="L33" s="29">
         <v>68.123426205388597</v>
       </c>
       <c r="M33" s="29">
         <v>74.616328500729793</v>
       </c>
-      <c r="N33" s="29"/>
+      <c r="N33" s="29">
+        <v>60.0012018508503</v>
+      </c>
       <c r="O33" s="29"/>
       <c r="P33" s="28"/>
       <c r="Q33" s="28"/>
       <c r="R33" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S33" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="28">
-        <v>46.322185430463598</v>
+        <v>59.304945054945101</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="29">
         <v>37.511290322580599</v>
       </c>
       <c r="G34" s="29">
         <v>37.303571428571402</v>
       </c>
       <c r="H34" s="29">
         <v>41.135483870967697</v>
       </c>
       <c r="I34" s="29">
         <v>53.271666666666697</v>
       </c>
       <c r="J34" s="29">
         <v>61.740322580645199</v>
       </c>
       <c r="K34" s="29">
         <v>74.046666666666667</v>
       </c>
       <c r="L34" s="29">
         <v>78.019354838709702</v>
       </c>
       <c r="M34" s="29">
         <v>82.901612903225796</v>
       </c>
-      <c r="N34" s="29"/>
+      <c r="N34" s="29">
+        <v>66.188333333333304</v>
+      </c>
       <c r="O34" s="29"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="28"/>
       <c r="R34" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S34" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="C35" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="28">
-        <v>45.563730184661502</v>
+        <v>56.102927940510099</v>
       </c>
       <c r="E35" s="29"/>
       <c r="F35" s="29">
         <v>37.046087401261602</v>
       </c>
       <c r="G35" s="29">
         <v>35.015658877378897</v>
       </c>
       <c r="H35" s="29">
         <v>42.982647010825197</v>
       </c>
       <c r="I35" s="29">
         <v>49.1371557054525</v>
       </c>
       <c r="J35" s="29">
         <v>62.3674046673557</v>
       </c>
       <c r="K35" s="29">
         <v>68.237774030354132</v>
       </c>
       <c r="L35" s="29">
         <v>68.332154708154306</v>
       </c>
       <c r="M35" s="29">
         <v>75.344067888810301</v>
       </c>
-      <c r="N35" s="29"/>
+      <c r="N35" s="29">
+        <v>64.030354131534594</v>
+      </c>
       <c r="O35" s="29"/>
       <c r="P35" s="28"/>
       <c r="Q35" s="28"/>
       <c r="R35" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="C36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="28">
-        <v>39.781475504108897</v>
+        <v>47.1198735904618</v>
       </c>
       <c r="E36" s="29"/>
       <c r="F36" s="29">
         <v>30.224993223095701</v>
       </c>
       <c r="G36" s="29">
         <v>35.934373749499798</v>
       </c>
       <c r="H36" s="29">
         <v>36.875395319418097</v>
       </c>
       <c r="I36" s="29">
         <v>42.4229691876751</v>
       </c>
       <c r="J36" s="29">
         <v>53.162555344718498</v>
       </c>
       <c r="K36" s="29">
         <v>55.042016806722692</v>
       </c>
       <c r="L36" s="29">
         <v>52.353844763711898</v>
       </c>
       <c r="M36" s="29">
         <v>68.401554170055107</v>
       </c>
-      <c r="N36" s="29"/>
+      <c r="N36" s="29">
+        <v>48.734827264239001</v>
+      </c>
       <c r="O36" s="29"/>
       <c r="P36" s="28"/>
       <c r="Q36" s="28"/>
       <c r="R36" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S36" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="C37" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="29"/>
       <c r="I37" s="29"/>
       <c r="J37" s="29"/>
       <c r="K37" s="29"/>
       <c r="L37" s="29"/>
       <c r="M37" s="29"/>
       <c r="N37" s="28"/>
       <c r="O37" s="28"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="28"/>
       <c r="R37" s="28"/>
       <c r="S37" s="29"/>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A38" s="20"/>
       <c r="B38" s="15"/>
       <c r="C38" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="28">
-        <v>38.336842361474503</v>
+        <v>48.184676862424297</v>
       </c>
       <c r="E38" s="32"/>
       <c r="F38" s="32">
         <v>28.816665648481901</v>
       </c>
       <c r="G38" s="32">
         <v>29.848642553560602</v>
       </c>
       <c r="H38" s="32">
         <v>35.777397327665902</v>
       </c>
       <c r="I38" s="32">
         <v>44.072050192268797</v>
       </c>
       <c r="J38" s="32">
         <v>52.157392717942699</v>
       </c>
       <c r="K38" s="32">
         <v>56.775956284153004</v>
       </c>
       <c r="L38" s="32">
         <v>62.792565172258499</v>
       </c>
       <c r="M38" s="32">
         <v>66.7254245255303</v>
       </c>
-      <c r="N38" s="32"/>
+      <c r="N38" s="32">
+        <v>54.470754907913403</v>
+      </c>
       <c r="O38" s="32"/>
       <c r="P38" s="28"/>
       <c r="Q38" s="28"/>
       <c r="R38" s="31"/>
       <c r="S38" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A39" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="22"/>
       <c r="C39" s="22"/>
       <c r="D39" s="35">
-        <v>2866.3841059602651</v>
+        <v>2871.1282051282051</v>
       </c>
       <c r="E39" s="24"/>
       <c r="F39" s="24">
         <v>2827.6129032258063</v>
       </c>
       <c r="G39" s="24">
         <v>2877</v>
       </c>
       <c r="H39" s="24">
         <v>2874.6774193548385</v>
       </c>
       <c r="I39" s="24">
         <v>2877</v>
       </c>
       <c r="J39" s="24">
         <v>2877</v>
       </c>
       <c r="K39" s="24">
         <v>2877</v>
       </c>
       <c r="L39" s="24">
         <v>2877</v>
       </c>
       <c r="M39" s="24">
         <v>2877</v>
       </c>
-      <c r="N39" s="24"/>
+      <c r="N39" s="24">
+        <v>2877</v>
+      </c>
       <c r="O39" s="24"/>
       <c r="P39" s="24"/>
       <c r="Q39" s="24"/>
       <c r="R39" s="25"/>
       <c r="S39" s="26">
-        <f>100*(M39-'2024'!M41)/'2024'!M41</f>
-        <v>0.55924501922404757</v>
+        <f>100*(N39-'2024'!N41)/'2024'!N41</f>
+        <v>0.10438413361169102</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A40" s="15"/>
       <c r="B40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="15"/>
       <c r="D40" s="28">
-        <v>54.438524665914997</v>
+        <v>64.888915539066502</v>
       </c>
       <c r="E40" s="30"/>
       <c r="F40" s="31">
         <v>43.662727023820402</v>
       </c>
       <c r="G40" s="31">
         <v>46.468295347336003</v>
       </c>
       <c r="H40" s="31">
         <v>53.489311563709798</v>
       </c>
       <c r="I40" s="31">
         <v>56.220600162205997</v>
       </c>
       <c r="J40" s="31">
         <v>71.452117461065001</v>
       </c>
       <c r="K40" s="31">
         <v>78.446298227320128</v>
       </c>
       <c r="L40" s="31">
         <v>75.153329521118593</v>
       </c>
       <c r="M40" s="31">
         <v>80.785316245641198</v>
       </c>
-      <c r="N40" s="31"/>
+      <c r="N40" s="31">
+        <v>76.704900938477607</v>
+      </c>
       <c r="O40" s="31"/>
       <c r="P40" s="31"/>
       <c r="Q40" s="31"/>
       <c r="R40" s="31"/>
       <c r="S40" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A41" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="22"/>
       <c r="C41" s="22"/>
       <c r="D41" s="25">
         <f t="shared" si="3"/>
-        <v>1.724388294921841</v>
+        <v>1.7317034661466435</v>
       </c>
       <c r="E41" s="24"/>
       <c r="F41" s="25">
         <v>1.6939725458803996</v>
       </c>
       <c r="G41" s="25">
         <v>1.6946214066115179</v>
       </c>
       <c r="H41" s="25">
         <v>1.628707627118644</v>
       </c>
       <c r="I41" s="25">
         <v>1.720599892876272</v>
       </c>
       <c r="J41" s="25">
         <v>1.7514066676044451</v>
       </c>
       <c r="K41" s="25">
         <v>1.7160970057229583</v>
       </c>
       <c r="L41" s="25">
         <v>1.8288734153500281</v>
       </c>
       <c r="M41" s="25">
         <v>1.7608277982104628</v>
       </c>
-      <c r="N41" s="25"/>
+      <c r="N41" s="25">
+        <v>1.7902248359450641</v>
+      </c>
       <c r="O41" s="25"/>
       <c r="P41" s="25"/>
       <c r="Q41" s="25"/>
       <c r="R41" s="25"/>
       <c r="S41" s="26">
-        <f>100*(M41-'2024'!M43)/'2024'!M43</f>
-        <v>-0.71101332862593924</v>
+        <f>100*(N41-'2024'!N43)/'2024'!N43</f>
+        <v>2.934309989161425</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="28">
         <f>AVERAGE(F42:Q42)</f>
-        <v>1.6378182527857457</v>
+        <v>1.6424158488469021</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="28">
         <v>1.5815708942536553</v>
       </c>
       <c r="G42" s="28">
         <v>1.6294851794071763</v>
       </c>
       <c r="H42" s="28">
         <v>1.540096618357488</v>
       </c>
       <c r="I42" s="28">
         <v>1.6114444164355937</v>
       </c>
       <c r="J42" s="28">
         <v>1.6314623023483783</v>
       </c>
       <c r="K42" s="28">
         <v>1.6072643079371971</v>
       </c>
       <c r="L42" s="28">
         <v>1.7836283185840709</v>
       </c>
       <c r="M42" s="28">
         <v>1.717593984962406</v>
       </c>
-      <c r="N42" s="28"/>
+      <c r="N42" s="28">
+        <v>1.6791966173361523</v>
+      </c>
       <c r="O42" s="28"/>
       <c r="P42" s="28"/>
       <c r="Q42" s="28"/>
       <c r="R42" s="28"/>
       <c r="S42" s="29">
-        <f>100*(M42-'2024'!M44)/'2024'!M44</f>
-        <v>-3.3361374110461219</v>
+        <f>100*(N42-'2024'!N44)/'2024'!N44</f>
+        <v>0.67066059372651932</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="C43" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="28">
         <f t="shared" si="3"/>
-        <v>1.7532640396296697</v>
+        <v>1.7638222764869422</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="28">
         <v>1.7058746565484757</v>
       </c>
       <c r="G43" s="28">
         <v>1.6960326721120187</v>
       </c>
       <c r="H43" s="28">
         <v>1.6461458333333334</v>
       </c>
       <c r="I43" s="28">
         <v>1.7262045813586098</v>
       </c>
       <c r="J43" s="28">
         <v>1.7402853673345478</v>
       </c>
       <c r="K43" s="28">
         <v>1.8001779491362053</v>
       </c>
       <c r="L43" s="28">
         <v>1.8755505785740949</v>
       </c>
       <c r="M43" s="28">
         <v>1.8358406786400689</v>
       </c>
-      <c r="N43" s="28"/>
+      <c r="N43" s="28">
+        <v>1.848288171345124</v>
+      </c>
       <c r="O43" s="28"/>
       <c r="P43" s="28"/>
       <c r="Q43" s="28"/>
       <c r="R43" s="28"/>
       <c r="S43" s="29">
-        <f>100*(M43-'2024'!M45)/'2024'!M45</f>
-        <v>9.854925942670743</v>
+        <f>100*(N43-'2024'!N45)/'2024'!N45</f>
+        <v>7.5980426811854347</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="C44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D44" s="28">
         <f>AVERAGE(F44:Q44)</f>
-        <v>1.7254045467466781</v>
+        <v>1.7593961584798044</v>
       </c>
       <c r="E44" s="27"/>
       <c r="F44" s="28">
         <v>1.7964554242749731</v>
       </c>
       <c r="G44" s="28">
         <v>1.5181741335587489</v>
       </c>
       <c r="H44" s="28">
         <v>1.5781129156999227</v>
       </c>
       <c r="I44" s="28">
         <v>1.7220011370096646</v>
       </c>
       <c r="J44" s="28">
         <v>1.9789774638412378</v>
       </c>
       <c r="K44" s="28">
         <v>1.7059759803212271</v>
       </c>
       <c r="L44" s="28">
         <v>1.9153719008264463</v>
       </c>
       <c r="M44" s="28">
         <v>1.5881674184412042</v>
       </c>
-      <c r="N44" s="28"/>
+      <c r="N44" s="28">
+        <v>2.0313290523448142</v>
+      </c>
       <c r="O44" s="28"/>
       <c r="P44" s="28"/>
       <c r="Q44" s="28"/>
       <c r="R44" s="28"/>
       <c r="S44" s="29">
-        <f>100*(M44-'2024'!M46)/'2024'!M46</f>
-        <v>-3.405117095824568</v>
+        <f>100*(N44-'2024'!N46)/'2024'!N46</f>
+        <v>24.885648800120322</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
       <c r="C45" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D45" s="28"/>
       <c r="E45" s="28"/>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
       <c r="K45" s="28"/>
       <c r="L45" s="28"/>
       <c r="M45" s="28"/>
       <c r="N45" s="28"/>
       <c r="O45" s="28"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A46" s="20"/>
       <c r="B46" s="15"/>
       <c r="C46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D46" s="31">
         <f>AVERAGE(F46:Q46)</f>
-        <v>1.8577436006759735</v>
+        <v>1.8553282211040072</v>
       </c>
       <c r="E46" s="30"/>
       <c r="F46" s="31">
         <v>1.8481128379260807</v>
       </c>
       <c r="G46" s="31">
         <v>1.9270614587708246</v>
       </c>
       <c r="H46" s="31">
         <v>1.7817522540180322</v>
       </c>
       <c r="I46" s="31">
         <v>1.9043288150415392</v>
       </c>
       <c r="J46" s="31">
         <v>1.8639322460978511</v>
       </c>
       <c r="K46" s="31">
         <v>1.8438937820428554</v>
       </c>
       <c r="L46" s="31">
         <v>1.833361926002173</v>
       </c>
       <c r="M46" s="31">
         <v>1.859505485508433</v>
       </c>
-      <c r="N46" s="31"/>
+      <c r="N46" s="31">
+        <v>1.8360051845282761</v>
+      </c>
       <c r="O46" s="31"/>
       <c r="P46" s="31"/>
       <c r="Q46" s="31"/>
       <c r="R46" s="31"/>
       <c r="S46" s="32">
-        <f>100*(M46-'2024'!M48)/'2024'!M48</f>
-        <v>-1.3776065225660932</v>
+        <f>100*(N46-'2024'!N48)/'2024'!N48</f>
+        <v>-2.7582454436886694</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="S47" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="S48" s="6"/>
     </row>
     <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="93" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
@@ -5670,52 +5744,51 @@
       <c r="R52" s="94"/>
       <c r="S52" s="94"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S53" s="19" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A49:S49"/>
     <mergeCell ref="A51:S51"/>
     <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="29" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
-    <ignoredError sqref="F12:M12" formulaRange="1"/>
-    <ignoredError sqref="S31" formula="1"/>
+    <ignoredError sqref="F12:N12" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0505C59D-2FCA-4791-9370-0026A63EEEF4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>