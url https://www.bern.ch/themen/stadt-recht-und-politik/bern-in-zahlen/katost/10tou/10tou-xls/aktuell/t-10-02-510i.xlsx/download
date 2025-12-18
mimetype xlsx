--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -45,58 +45,58 @@
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2DD108DA-D74A-41F2-A36A-9498C7F82522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7273F896-55E4-4496-9DA0-920A8744B2B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="37" r:id="rId3"/>
     <sheet name="2022" sheetId="20" r:id="rId4"/>
     <sheet name="2021" sheetId="13" r:id="rId5"/>
     <sheet name="2020" sheetId="18" r:id="rId6"/>
     <sheet name="2019" sheetId="19" r:id="rId7"/>
     <sheet name="2018" sheetId="21" r:id="rId8"/>
     <sheet name="2017" sheetId="22" r:id="rId9"/>
     <sheet name="2016" sheetId="23" r:id="rId10"/>
     <sheet name="2015" sheetId="24" r:id="rId11"/>
     <sheet name="2014" sheetId="25" r:id="rId12"/>
     <sheet name="2013" sheetId="26" r:id="rId13"/>
     <sheet name="2012" sheetId="27" r:id="rId14"/>
     <sheet name="2011" sheetId="28" r:id="rId15"/>
     <sheet name="2010" sheetId="29" r:id="rId16"/>
     <sheet name="2009" sheetId="30" r:id="rId17"/>
     <sheet name="2008" sheetId="31" r:id="rId18"/>
     <sheet name="2007" sheetId="32" r:id="rId19"/>
     <sheet name="2006" sheetId="33" r:id="rId20"/>
     <sheet name="2005" sheetId="34" r:id="rId21"/>
@@ -142,50 +142,52 @@
   <c r="S41" i="40"/>
   <c r="S39" i="40"/>
   <c r="S32" i="40"/>
   <c r="S31" i="40"/>
   <c r="S30" i="40"/>
   <c r="S28" i="40"/>
   <c r="S27" i="40"/>
   <c r="S26" i="40"/>
   <c r="S25" i="40"/>
   <c r="S24" i="40"/>
   <c r="S23" i="40"/>
   <c r="S22" i="40"/>
   <c r="S21" i="40"/>
   <c r="S20" i="40"/>
   <c r="S19" i="40"/>
   <c r="S18" i="40"/>
   <c r="S17" i="40"/>
   <c r="S16" i="40"/>
   <c r="S15" i="40"/>
   <c r="S14" i="40"/>
   <c r="S13" i="40"/>
   <c r="S12" i="40"/>
   <c r="S11" i="40"/>
   <c r="S10" i="40"/>
   <c r="S9" i="40"/>
+  <c r="O12" i="40"/>
+  <c r="O9" i="40"/>
   <c r="N12" i="40"/>
   <c r="N9" i="40"/>
   <c r="M12" i="40"/>
   <c r="M9" i="40"/>
   <c r="S29" i="40"/>
   <c r="L12" i="40"/>
   <c r="L9" i="40"/>
   <c r="K12" i="40"/>
   <c r="K9" i="40"/>
   <c r="J12" i="40"/>
   <c r="J9" i="40"/>
   <c r="I12" i="40"/>
   <c r="I9" i="40"/>
   <c r="H12" i="40"/>
   <c r="H9" i="40"/>
   <c r="D46" i="40"/>
   <c r="S28" i="39"/>
   <c r="S29" i="39"/>
   <c r="G12" i="40"/>
   <c r="G9" i="40"/>
   <c r="S26" i="19"/>
   <c r="S25" i="19"/>
   <c r="D26" i="19"/>
   <c r="D25" i="19"/>
   <c r="D26" i="18"/>
@@ -1542,51 +1544,51 @@
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 1.7.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 13.4.2018)</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 4.11.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 8.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="#\ ##0.0;\–\ #\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="#\ ##0\ ##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -3887,1003 +3889,1045 @@
       <c r="J7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="U7" s="1"/>
     </row>
     <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11"/>
       <c r="S8" s="12" t="s">
         <v>120</v>
       </c>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="24">
         <f>SUM(F9:Q9)</f>
-        <v>466311</v>
+        <v>521363</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24">
-        <f t="shared" ref="F9:N9" si="0">SUM(F10:F11)</f>
+        <f t="shared" ref="F9:O9" si="0">SUM(F10:F11)</f>
         <v>33729</v>
       </c>
       <c r="G9" s="24">
         <f t="shared" si="0"/>
         <v>31551</v>
       </c>
       <c r="H9" s="24">
         <f t="shared" si="0"/>
         <v>41536</v>
       </c>
       <c r="I9" s="24">
         <f t="shared" si="0"/>
         <v>46675</v>
       </c>
       <c r="J9" s="24">
         <f t="shared" si="0"/>
         <v>56872</v>
       </c>
       <c r="K9" s="24">
         <f t="shared" si="0"/>
         <v>63254</v>
       </c>
       <c r="L9" s="24">
         <f t="shared" si="0"/>
         <v>64052</v>
       </c>
       <c r="M9" s="24">
         <f t="shared" si="0"/>
         <v>72868</v>
       </c>
       <c r="N9" s="24">
         <f t="shared" si="0"/>
         <v>55774</v>
       </c>
-      <c r="O9" s="24"/>
+      <c r="O9" s="24">
+        <f t="shared" si="0"/>
+        <v>55052</v>
+      </c>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="25"/>
       <c r="S9" s="26">
-        <f>100*(N9-'2024'!N9)/'2024'!N9</f>
-        <v>-6.6465813038748012</v>
+        <f>100*(O9-'2024'!O9)/'2024'!O9</f>
+        <v>0.81676006299674031</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="27">
         <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
-        <v>226717</v>
+        <v>255524</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="27">
         <v>19272</v>
       </c>
       <c r="G10" s="27">
         <v>17481</v>
       </c>
       <c r="H10" s="27">
         <v>24456</v>
       </c>
       <c r="I10" s="27">
         <v>23826</v>
       </c>
       <c r="J10" s="27">
         <v>28900</v>
       </c>
       <c r="K10" s="27">
         <v>29781</v>
       </c>
       <c r="L10" s="27">
         <v>25938</v>
       </c>
       <c r="M10" s="27">
         <v>28846</v>
       </c>
       <c r="N10" s="27">
         <v>28217</v>
       </c>
-      <c r="O10" s="27"/>
+      <c r="O10" s="27">
+        <v>28807</v>
+      </c>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="28"/>
       <c r="S10" s="29">
-        <f>100*(N10-'2024'!N10)/'2024'!N10</f>
-        <v>3.9261905638834667</v>
+        <f>100*(O10-'2024'!O10)/'2024'!O10</f>
+        <v>7.4286779787432407</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="27">
         <f t="shared" si="1"/>
-        <v>239594</v>
+        <v>265839</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="27">
         <v>14457</v>
       </c>
       <c r="G11" s="27">
         <v>14070</v>
       </c>
       <c r="H11" s="27">
         <v>17080</v>
       </c>
       <c r="I11" s="27">
         <v>22849</v>
       </c>
       <c r="J11" s="27">
         <v>27972</v>
       </c>
       <c r="K11" s="27">
         <v>33473</v>
       </c>
       <c r="L11" s="27">
         <v>38114</v>
       </c>
       <c r="M11" s="27">
         <v>44022</v>
       </c>
       <c r="N11" s="27">
         <v>27557</v>
       </c>
-      <c r="O11" s="27"/>
+      <c r="O11" s="27">
+        <v>26245</v>
+      </c>
       <c r="P11" s="27"/>
       <c r="Q11" s="27"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
-        <f>100*(N11-'2024'!N11)/'2024'!N11</f>
-        <v>-15.453764496533104</v>
+        <f>100*(O11-'2024'!O11)/'2024'!O11</f>
+        <v>-5.5629520348314205</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="27">
         <f t="shared" si="1"/>
-        <v>812017</v>
+        <v>908089</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="27">
-        <f t="shared" ref="F12:N12" si="2">SUM(F13:F14)</f>
+        <f t="shared" ref="F12:O12" si="2">SUM(F13:F14)</f>
         <v>57136</v>
       </c>
       <c r="G12" s="27">
         <f t="shared" si="2"/>
         <v>53467</v>
       </c>
       <c r="H12" s="27">
         <f t="shared" si="2"/>
         <v>67650</v>
       </c>
       <c r="I12" s="27">
         <f t="shared" si="2"/>
         <v>80309</v>
       </c>
       <c r="J12" s="27">
         <f t="shared" si="2"/>
         <v>99606</v>
       </c>
       <c r="K12" s="27">
         <f t="shared" si="2"/>
         <v>108550</v>
       </c>
       <c r="L12" s="27">
         <f t="shared" si="2"/>
         <v>117143</v>
       </c>
       <c r="M12" s="27">
         <f t="shared" si="2"/>
         <v>128308</v>
       </c>
       <c r="N12" s="27">
         <f t="shared" si="2"/>
         <v>99848</v>
       </c>
-      <c r="O12" s="27"/>
+      <c r="O12" s="27">
+        <f t="shared" si="2"/>
+        <v>96072</v>
+      </c>
       <c r="P12" s="27"/>
       <c r="Q12" s="27"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
-        <f>100*(N12-'2024'!N12)/'2024'!N12</f>
-        <v>-3.9073026138507143</v>
+        <f>100*(O12-'2024'!O12)/'2024'!O12</f>
+        <v>1.7862818638357383</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="27">
         <f t="shared" si="1"/>
-        <v>358430</v>
+        <v>404844</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="27">
         <v>28823</v>
       </c>
       <c r="G13" s="27">
         <v>26258</v>
       </c>
       <c r="H13" s="27">
         <v>37169</v>
       </c>
       <c r="I13" s="27">
         <v>37461</v>
       </c>
       <c r="J13" s="27">
         <v>45852</v>
       </c>
       <c r="K13" s="27">
         <v>46284</v>
       </c>
       <c r="L13" s="27">
         <v>43385</v>
       </c>
       <c r="M13" s="27">
         <v>46658</v>
       </c>
       <c r="N13" s="27">
         <v>46540</v>
       </c>
-      <c r="O13" s="27"/>
+      <c r="O13" s="27">
+        <v>46414</v>
+      </c>
       <c r="P13" s="27"/>
       <c r="Q13" s="27"/>
       <c r="R13" s="28"/>
       <c r="S13" s="29">
-        <f>100*(N13-'2024'!N13)/'2024'!N13</f>
-        <v>9.1668230437230243</v>
+        <f>100*(O13-'2024'!O13)/'2024'!O13</f>
+        <v>11.60430893526979</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="27">
         <f t="shared" si="1"/>
-        <v>453587</v>
+        <v>503245</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="27">
         <v>28313</v>
       </c>
       <c r="G14" s="27">
         <v>27209</v>
       </c>
       <c r="H14" s="27">
         <v>30481</v>
       </c>
       <c r="I14" s="27">
         <v>42848</v>
       </c>
       <c r="J14" s="27">
         <v>53754</v>
       </c>
       <c r="K14" s="27">
         <v>62266</v>
       </c>
       <c r="L14" s="27">
         <v>73758</v>
       </c>
       <c r="M14" s="27">
         <v>81650</v>
       </c>
       <c r="N14" s="27">
         <v>53308</v>
       </c>
-      <c r="O14" s="27"/>
+      <c r="O14" s="27">
+        <v>49658</v>
+      </c>
       <c r="P14" s="27"/>
       <c r="Q14" s="27"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
-        <f>100*(N14-'2024'!N14)/'2024'!N14</f>
-        <v>-13.003459755858737</v>
+        <f>100*(O14-'2024'!O14)/'2024'!O14</f>
+        <v>-5.9471949695064206</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="27">
         <f t="shared" si="1"/>
-        <v>5418</v>
+        <v>5820</v>
       </c>
       <c r="E15" s="27"/>
       <c r="F15" s="27">
         <v>370</v>
       </c>
       <c r="G15" s="27">
         <v>445</v>
       </c>
       <c r="H15" s="27">
         <v>401</v>
       </c>
       <c r="I15" s="27">
         <v>466</v>
       </c>
       <c r="J15" s="27">
         <v>516</v>
       </c>
       <c r="K15" s="27">
         <v>640</v>
       </c>
       <c r="L15" s="27">
         <v>873</v>
       </c>
       <c r="M15" s="27">
         <v>1101</v>
       </c>
       <c r="N15" s="27">
         <v>606</v>
       </c>
-      <c r="O15" s="27"/>
+      <c r="O15" s="27">
+        <v>402</v>
+      </c>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
-        <f>100*(N15-'2024'!N15)/'2024'!N15</f>
-        <v>13.696060037523452</v>
+        <f>100*(O15-'2024'!O15)/'2024'!O15</f>
+        <v>-27.827648114901258</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="27">
         <f t="shared" si="1"/>
-        <v>77299</v>
+        <v>87405</v>
       </c>
       <c r="E16" s="27"/>
       <c r="F16" s="27">
         <v>6042</v>
       </c>
       <c r="G16" s="27">
         <v>5679</v>
       </c>
       <c r="H16" s="27">
         <v>7401</v>
       </c>
       <c r="I16" s="27">
         <v>8062</v>
       </c>
       <c r="J16" s="27">
         <v>9389</v>
       </c>
       <c r="K16" s="27">
         <v>10377</v>
       </c>
       <c r="L16" s="27">
         <v>8843</v>
       </c>
       <c r="M16" s="27">
         <v>12792</v>
       </c>
       <c r="N16" s="27">
         <v>8714</v>
       </c>
-      <c r="O16" s="27"/>
+      <c r="O16" s="27">
+        <v>10106</v>
+      </c>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
-        <f>100*(N16-'2024'!N16)/'2024'!N16</f>
-        <v>-13.137958532695375</v>
+        <f>100*(O16-'2024'!O16)/'2024'!O16</f>
+        <v>0.8985623003194888</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C17" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="27">
         <f t="shared" si="1"/>
-        <v>23818</v>
+        <v>26144</v>
       </c>
       <c r="E17" s="27"/>
       <c r="F17" s="27">
         <v>1575</v>
       </c>
       <c r="G17" s="27">
         <v>1970</v>
       </c>
       <c r="H17" s="27">
         <v>1869</v>
       </c>
       <c r="I17" s="27">
         <v>2504</v>
       </c>
       <c r="J17" s="27">
         <v>2741</v>
       </c>
       <c r="K17" s="27">
         <v>2328</v>
       </c>
       <c r="L17" s="27">
         <v>3234</v>
       </c>
       <c r="M17" s="27">
         <v>5530</v>
       </c>
       <c r="N17" s="27">
         <v>2067</v>
       </c>
-      <c r="O17" s="27"/>
+      <c r="O17" s="27">
+        <v>2326</v>
+      </c>
       <c r="P17" s="27"/>
       <c r="Q17" s="27"/>
       <c r="R17" s="28"/>
       <c r="S17" s="29">
-        <f>100*(N17-'2024'!N17)/'2024'!N17</f>
-        <v>-0.625</v>
+        <f>100*(O17-'2024'!O17)/'2024'!O17</f>
+        <v>-20.722563053851399</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="27">
         <f t="shared" si="1"/>
-        <v>18741</v>
+        <v>20643</v>
       </c>
       <c r="E18" s="27"/>
       <c r="F18" s="27">
         <v>2378</v>
       </c>
       <c r="G18" s="27">
         <v>1264</v>
       </c>
       <c r="H18" s="27">
         <v>1676</v>
       </c>
       <c r="I18" s="27">
         <v>2404</v>
       </c>
       <c r="J18" s="27">
         <v>1896</v>
       </c>
       <c r="K18" s="27">
         <v>1559</v>
       </c>
       <c r="L18" s="27">
         <v>1976</v>
       </c>
       <c r="M18" s="27">
         <v>4105</v>
       </c>
       <c r="N18" s="27">
         <v>1483</v>
       </c>
-      <c r="O18" s="27"/>
+      <c r="O18" s="27">
+        <v>1902</v>
+      </c>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
-        <f>100*(N18-'2024'!N18)/'2024'!N18</f>
-        <v>1.367053998632946</v>
+        <f>100*(O18-'2024'!O18)/'2024'!O18</f>
+        <v>-27.265774378585085</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C19" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="27">
         <f t="shared" si="1"/>
-        <v>13189</v>
+        <v>14524</v>
       </c>
       <c r="E19" s="27"/>
       <c r="F19" s="27">
         <v>712</v>
       </c>
       <c r="G19" s="27">
         <v>1127</v>
       </c>
       <c r="H19" s="27">
         <v>803</v>
       </c>
       <c r="I19" s="27">
         <v>1078</v>
       </c>
       <c r="J19" s="27">
         <v>1446</v>
       </c>
       <c r="K19" s="27">
         <v>1436</v>
       </c>
       <c r="L19" s="27">
         <v>2447</v>
       </c>
       <c r="M19" s="27">
         <v>3032</v>
       </c>
       <c r="N19" s="27">
         <v>1108</v>
       </c>
-      <c r="O19" s="27"/>
+      <c r="O19" s="27">
+        <v>1335</v>
+      </c>
       <c r="P19" s="27"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="28"/>
       <c r="S19" s="29">
-        <f>100*(N19-'2024'!N19)/'2024'!N19</f>
-        <v>-30.75</v>
+        <f>100*(O19-'2024'!O19)/'2024'!O19</f>
+        <v>4.296875</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="27">
         <f t="shared" si="1"/>
-        <v>8208</v>
+        <v>9179</v>
       </c>
       <c r="E20" s="27"/>
       <c r="F20" s="27">
         <v>678</v>
       </c>
       <c r="G20" s="27">
         <v>657</v>
       </c>
       <c r="H20" s="27">
         <v>724</v>
       </c>
       <c r="I20" s="27">
         <v>751</v>
       </c>
       <c r="J20" s="27">
         <v>1076</v>
       </c>
       <c r="K20" s="27">
         <v>1229</v>
       </c>
       <c r="L20" s="27">
         <v>906</v>
       </c>
       <c r="M20" s="27">
         <v>1269</v>
       </c>
       <c r="N20" s="27">
         <v>918</v>
       </c>
-      <c r="O20" s="27"/>
+      <c r="O20" s="27">
+        <v>971</v>
+      </c>
       <c r="P20" s="27"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="28"/>
       <c r="S20" s="29">
-        <f>100*(N20-'2024'!N20)/'2024'!N20</f>
-        <v>-10.3515625</v>
+        <f>100*(O20-'2024'!O20)/'2024'!O20</f>
+        <v>-22.75258552108194</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C21" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="27">
         <f t="shared" si="1"/>
-        <v>3806</v>
+        <v>4223</v>
       </c>
       <c r="E21" s="27"/>
       <c r="F21" s="27">
         <v>226</v>
       </c>
       <c r="G21" s="27">
         <v>340</v>
       </c>
       <c r="H21" s="27">
         <v>227</v>
       </c>
       <c r="I21" s="27">
         <v>297</v>
       </c>
       <c r="J21" s="27">
         <v>423</v>
       </c>
       <c r="K21" s="27">
         <v>449</v>
       </c>
       <c r="L21" s="27">
         <v>627</v>
       </c>
       <c r="M21" s="27">
         <v>730</v>
       </c>
       <c r="N21" s="27">
         <v>487</v>
       </c>
-      <c r="O21" s="27"/>
+      <c r="O21" s="27">
+        <v>417</v>
+      </c>
       <c r="P21" s="27"/>
       <c r="Q21" s="27"/>
       <c r="R21" s="28"/>
       <c r="S21" s="29">
-        <f>100*(N21-'2024'!N21)/'2024'!N21</f>
-        <v>8.7053571428571423</v>
+        <f>100*(O21-'2024'!O21)/'2024'!O21</f>
+        <v>35.830618892508141</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C22" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="27">
         <f t="shared" si="1"/>
-        <v>17144</v>
+        <v>18473</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="27">
         <v>1015</v>
       </c>
       <c r="G22" s="27">
         <v>866</v>
       </c>
       <c r="H22" s="27">
         <v>1035</v>
       </c>
       <c r="I22" s="27">
         <v>2144</v>
       </c>
       <c r="J22" s="27">
         <v>1407</v>
       </c>
       <c r="K22" s="27">
         <v>1312</v>
       </c>
       <c r="L22" s="27">
         <v>2743</v>
       </c>
       <c r="M22" s="27">
         <v>5075</v>
       </c>
       <c r="N22" s="27">
         <v>1547</v>
       </c>
-      <c r="O22" s="27"/>
+      <c r="O22" s="27">
+        <v>1329</v>
+      </c>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="28"/>
       <c r="S22" s="29">
-        <f>100*(N22-'2024'!N22)/'2024'!N22</f>
-        <v>-30.782997762863534</v>
+        <f>100*(O22-'2024'!O22)/'2024'!O22</f>
+        <v>1.6832440703902065</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C23" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="1"/>
-        <v>25855</v>
+        <v>28144</v>
       </c>
       <c r="E23" s="27"/>
       <c r="F23" s="27">
         <v>1241</v>
       </c>
       <c r="G23" s="27">
         <v>1567</v>
       </c>
       <c r="H23" s="27">
         <v>1568</v>
       </c>
       <c r="I23" s="27">
         <v>2207</v>
       </c>
       <c r="J23" s="27">
         <v>2754</v>
       </c>
       <c r="K23" s="27">
         <v>3175</v>
       </c>
       <c r="L23" s="27">
         <v>5966</v>
       </c>
       <c r="M23" s="27">
         <v>4687</v>
       </c>
       <c r="N23" s="27">
         <v>2690</v>
       </c>
-      <c r="O23" s="27"/>
+      <c r="O23" s="27">
+        <v>2289</v>
+      </c>
       <c r="P23" s="27"/>
       <c r="Q23" s="27"/>
       <c r="R23" s="28"/>
       <c r="S23" s="29">
-        <f>100*(N23-'2024'!N23)/'2024'!N23</f>
-        <v>-22.500720253529241</v>
+        <f>100*(O23-'2024'!O23)/'2024'!O23</f>
+        <v>-5.9958932238193015</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C24" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="27">
         <f t="shared" si="1"/>
-        <v>10645</v>
+        <v>12901</v>
       </c>
       <c r="E24" s="27"/>
       <c r="F24" s="27">
         <v>1188</v>
       </c>
       <c r="G24" s="27">
         <v>549</v>
       </c>
       <c r="H24" s="27">
         <v>790</v>
       </c>
       <c r="I24" s="27">
         <v>1381</v>
       </c>
       <c r="J24" s="27">
         <v>1301</v>
       </c>
       <c r="K24" s="27">
         <v>1381</v>
       </c>
       <c r="L24" s="27">
         <v>1581</v>
       </c>
       <c r="M24" s="27">
         <v>1081</v>
       </c>
       <c r="N24" s="27">
         <v>1393</v>
       </c>
-      <c r="O24" s="27"/>
+      <c r="O24" s="27">
+        <v>2256</v>
+      </c>
       <c r="P24" s="27"/>
       <c r="Q24" s="27"/>
       <c r="R24" s="28"/>
       <c r="S24" s="29">
-        <f>100*(N24-'2024'!N24)/'2024'!N24</f>
-        <v>-13.046192259675406</v>
+        <f>100*(O24-'2024'!O24)/'2024'!O24</f>
+        <v>5.5685540477304629</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="27">
         <f t="shared" si="1"/>
-        <v>67059</v>
+        <v>73747</v>
       </c>
       <c r="E25" s="27"/>
       <c r="F25" s="27">
         <v>2214</v>
       </c>
       <c r="G25" s="27">
         <v>2047</v>
       </c>
       <c r="H25" s="27">
         <v>2880</v>
       </c>
       <c r="I25" s="27">
         <v>4511</v>
       </c>
       <c r="J25" s="27">
         <v>8747</v>
       </c>
       <c r="K25" s="27">
         <v>11836</v>
       </c>
       <c r="L25" s="27">
         <v>12130</v>
       </c>
       <c r="M25" s="27">
         <v>11307</v>
       </c>
       <c r="N25" s="27">
         <v>11387</v>
       </c>
-      <c r="O25" s="27"/>
+      <c r="O25" s="27">
+        <v>6688</v>
+      </c>
       <c r="P25" s="27"/>
       <c r="Q25" s="27"/>
       <c r="R25" s="28"/>
       <c r="S25" s="29">
-        <f>100*(N25-'2024'!N25)/'2024'!N25</f>
-        <v>-13.943470374848852</v>
+        <f>100*(O25-'2024'!O25)/'2024'!O25</f>
+        <v>-5.9088351153629715</v>
       </c>
       <c r="T25" s="28"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C26" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="27">
         <f t="shared" si="1"/>
-        <v>22128</v>
+        <v>25111</v>
       </c>
       <c r="E26" s="27"/>
       <c r="F26" s="27">
         <v>1079</v>
       </c>
       <c r="G26" s="27">
         <v>809</v>
       </c>
       <c r="H26" s="27">
         <v>830</v>
       </c>
       <c r="I26" s="27">
         <v>1658</v>
       </c>
       <c r="J26" s="27">
         <v>2585</v>
       </c>
       <c r="K26" s="27">
         <v>3417</v>
       </c>
       <c r="L26" s="27">
         <v>4796</v>
       </c>
       <c r="M26" s="27">
         <v>4468</v>
       </c>
       <c r="N26" s="27">
         <v>2486</v>
       </c>
-      <c r="O26" s="27"/>
+      <c r="O26" s="27">
+        <v>2983</v>
+      </c>
       <c r="P26" s="27"/>
       <c r="Q26" s="27"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
-        <f>100*(N26-'2024'!N26)/'2024'!N26</f>
-        <v>-10.927982801863131</v>
+        <f>100*(O26-'2024'!O26)/'2024'!O26</f>
+        <v>-0.8311170212765957</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C27" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D27" s="27">
         <f t="shared" si="1"/>
-        <v>12029</v>
+        <v>13006</v>
       </c>
       <c r="E27" s="27"/>
       <c r="F27" s="27">
         <v>406</v>
       </c>
       <c r="G27" s="27">
         <v>453</v>
       </c>
       <c r="H27" s="27">
         <v>552</v>
       </c>
       <c r="I27" s="27">
         <v>1132</v>
       </c>
       <c r="J27" s="27">
         <v>2179</v>
       </c>
       <c r="K27" s="27">
         <v>3217</v>
       </c>
       <c r="L27" s="27">
         <v>1587</v>
       </c>
       <c r="M27" s="27">
         <v>1474</v>
       </c>
       <c r="N27" s="27">
         <v>1029</v>
       </c>
-      <c r="O27" s="27"/>
+      <c r="O27" s="27">
+        <v>977</v>
+      </c>
       <c r="P27" s="27"/>
       <c r="Q27" s="27"/>
       <c r="R27" s="28"/>
       <c r="S27" s="29">
-        <f>100*(N27-'2024'!N27)/'2024'!N27</f>
-        <v>-45.090715048025615</v>
+        <f>100*(O27-'2024'!O27)/'2024'!O27</f>
+        <v>10.270880361173814</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="30">
         <f>SUM(F28:Q28)</f>
-        <v>8385</v>
+        <v>9239</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30">
         <v>677</v>
       </c>
       <c r="G28" s="30">
         <v>351</v>
       </c>
       <c r="H28" s="30">
         <v>327</v>
       </c>
       <c r="I28" s="30">
         <v>872</v>
       </c>
       <c r="J28" s="30">
         <v>1033</v>
       </c>
       <c r="K28" s="30">
         <v>1180</v>
       </c>
       <c r="L28" s="30">
         <v>1518</v>
       </c>
       <c r="M28" s="30">
         <v>1137</v>
       </c>
       <c r="N28" s="30">
         <v>1290</v>
       </c>
-      <c r="O28" s="30"/>
+      <c r="O28" s="30">
+        <v>854</v>
+      </c>
       <c r="P28" s="30"/>
       <c r="Q28" s="30"/>
       <c r="R28" s="31"/>
       <c r="S28" s="32">
-        <f>100*(N28-'2024'!N30)/'2024'!N30</f>
-        <v>-30.495689655172413</v>
+        <f>100*(O28-'2024'!O30)/'2024'!O30</f>
+        <v>-29.010806317539483</v>
       </c>
     </row>
     <row r="29" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15"/>
       <c r="B29" s="15"/>
       <c r="C29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="27">
         <f>SUM(F29:Q29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="30"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="30"/>
       <c r="I29" s="30"/>
       <c r="J29" s="30"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="30"/>
       <c r="N29" s="30"/>
       <c r="O29" s="30"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="30"/>
@@ -4909,753 +4953,783 @@
       </c>
       <c r="G30" s="90">
         <v>39</v>
       </c>
       <c r="H30" s="90">
         <v>39</v>
       </c>
       <c r="I30" s="90">
         <v>39</v>
       </c>
       <c r="J30" s="90">
         <v>39</v>
       </c>
       <c r="K30" s="90">
         <v>39</v>
       </c>
       <c r="L30" s="90">
         <v>39</v>
       </c>
       <c r="M30" s="90">
         <v>39</v>
       </c>
       <c r="N30" s="90">
         <v>39</v>
       </c>
-      <c r="O30" s="90"/>
+      <c r="O30" s="90">
+        <v>39</v>
+      </c>
       <c r="P30" s="90"/>
       <c r="Q30" s="90"/>
       <c r="R30" s="25"/>
       <c r="S30" s="26">
-        <f>100*(N30-'2024'!N32)/'2024'!N32</f>
+        <f>100*(O30-'2024'!O32)/'2024'!O32</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="15"/>
       <c r="B31" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="34">
         <f t="shared" ref="D31:D43" si="3">AVERAGE(F31:Q31)</f>
         <v>39</v>
       </c>
       <c r="E31" s="30"/>
       <c r="F31" s="33">
         <v>39</v>
       </c>
       <c r="G31" s="33">
         <v>39</v>
       </c>
       <c r="H31" s="33">
         <v>39</v>
       </c>
       <c r="I31" s="33">
         <v>39</v>
       </c>
       <c r="J31" s="33">
         <v>39</v>
       </c>
       <c r="K31" s="33">
         <v>39</v>
       </c>
       <c r="L31" s="33">
         <v>39</v>
       </c>
       <c r="M31" s="33">
         <v>39</v>
       </c>
       <c r="N31" s="33">
         <v>39</v>
       </c>
-      <c r="O31" s="33"/>
+      <c r="O31" s="33">
+        <v>39</v>
+      </c>
       <c r="P31" s="33"/>
       <c r="Q31" s="33"/>
       <c r="R31" s="31"/>
       <c r="S31" s="29">
-        <f>100*(N31-'2024'!N33)/'2024'!N33</f>
+        <f>100*(O31-'2024'!O33)/'2024'!O33</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A32" s="21" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="22"/>
       <c r="C32" s="22"/>
       <c r="D32" s="35">
-        <v>5533.2197802197807</v>
+        <v>5534.625</v>
       </c>
       <c r="E32" s="24"/>
       <c r="F32" s="35">
         <v>5433.3870967741932</v>
       </c>
       <c r="G32" s="35">
         <v>5547</v>
       </c>
       <c r="H32" s="35">
         <v>5539.2580645161288</v>
       </c>
       <c r="I32" s="35">
         <v>5547</v>
       </c>
       <c r="J32" s="35">
         <v>5547</v>
       </c>
       <c r="K32" s="35">
         <v>5547</v>
       </c>
       <c r="L32" s="35">
         <v>5547</v>
       </c>
       <c r="M32" s="35">
         <v>5547</v>
       </c>
       <c r="N32" s="35">
         <v>5547</v>
       </c>
-      <c r="O32" s="35"/>
+      <c r="O32" s="35">
+        <v>5547</v>
+      </c>
       <c r="P32" s="35"/>
       <c r="Q32" s="35"/>
       <c r="R32" s="25"/>
       <c r="S32" s="26">
-        <f>100*(N32-'2024'!N34)/'2024'!N34</f>
-        <v>0.17336656192437541</v>
+        <f>100*(O32-'2024'!O34)/'2024'!O34</f>
+        <v>4.6544912931929132E-2</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.2">
       <c r="B33" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="28">
-        <v>53.755703976448601</v>
+        <v>53.971766260967101</v>
       </c>
       <c r="E33" s="29"/>
       <c r="F33" s="29">
         <v>33.921690859975698</v>
       </c>
       <c r="G33" s="29">
         <v>34.424656828659003</v>
       </c>
       <c r="H33" s="29">
         <v>39.396215866804098</v>
       </c>
       <c r="I33" s="29">
         <v>48.259719968751902</v>
       </c>
       <c r="J33" s="29">
         <v>57.924946352867302</v>
       </c>
       <c r="K33" s="29">
         <v>65.230454900546846</v>
       </c>
       <c r="L33" s="29">
         <v>68.123426205388597</v>
       </c>
       <c r="M33" s="29">
         <v>74.616328500729793</v>
       </c>
       <c r="N33" s="29">
         <v>60.0012018508503</v>
       </c>
-      <c r="O33" s="29"/>
+      <c r="O33" s="29">
+        <v>55.8697813988381</v>
+      </c>
       <c r="P33" s="28"/>
       <c r="Q33" s="28"/>
       <c r="R33" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S33" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="28">
-        <v>59.304945054945101</v>
+        <v>59.370065789473699</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="29">
         <v>37.511290322580599</v>
       </c>
       <c r="G34" s="29">
         <v>37.303571428571402</v>
       </c>
       <c r="H34" s="29">
         <v>41.135483870967697</v>
       </c>
       <c r="I34" s="29">
         <v>53.271666666666697</v>
       </c>
       <c r="J34" s="29">
         <v>61.740322580645199</v>
       </c>
       <c r="K34" s="29">
         <v>74.046666666666667</v>
       </c>
       <c r="L34" s="29">
         <v>78.019354838709702</v>
       </c>
       <c r="M34" s="29">
         <v>82.901612903225796</v>
       </c>
       <c r="N34" s="29">
         <v>66.188333333333304</v>
       </c>
-      <c r="O34" s="29"/>
+      <c r="O34" s="29">
+        <v>59.943548387096797</v>
+      </c>
       <c r="P34" s="28"/>
       <c r="Q34" s="28"/>
       <c r="R34" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S34" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="C35" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="28">
-        <v>56.102927940510099</v>
+        <v>56.389913419430997</v>
       </c>
       <c r="E35" s="29"/>
       <c r="F35" s="29">
         <v>37.046087401261602</v>
       </c>
       <c r="G35" s="29">
         <v>35.015658877378897</v>
       </c>
       <c r="H35" s="29">
         <v>42.982647010825197</v>
       </c>
       <c r="I35" s="29">
         <v>49.1371557054525</v>
       </c>
       <c r="J35" s="29">
         <v>62.3674046673557</v>
       </c>
       <c r="K35" s="29">
         <v>68.237774030354132</v>
       </c>
       <c r="L35" s="29">
         <v>68.332154708154306</v>
       </c>
       <c r="M35" s="29">
         <v>75.344067888810301</v>
       </c>
       <c r="N35" s="29">
         <v>64.030354131534594</v>
       </c>
-      <c r="O35" s="29"/>
+      <c r="O35" s="29">
+        <v>58.904966545177601</v>
+      </c>
       <c r="P35" s="28"/>
       <c r="Q35" s="28"/>
       <c r="R35" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="C36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="28">
-        <v>47.1198735904618</v>
+        <v>48.2797066194899</v>
       </c>
       <c r="E36" s="29"/>
       <c r="F36" s="29">
         <v>30.224993223095701</v>
       </c>
       <c r="G36" s="29">
         <v>35.934373749499798</v>
       </c>
       <c r="H36" s="29">
         <v>36.875395319418097</v>
       </c>
       <c r="I36" s="29">
         <v>42.4229691876751</v>
       </c>
       <c r="J36" s="29">
         <v>53.162555344718498</v>
       </c>
       <c r="K36" s="29">
         <v>55.042016806722692</v>
       </c>
       <c r="L36" s="29">
         <v>52.353844763711898</v>
       </c>
       <c r="M36" s="29">
         <v>68.401554170055107</v>
       </c>
       <c r="N36" s="29">
         <v>48.734827264239001</v>
       </c>
-      <c r="O36" s="29"/>
+      <c r="O36" s="29">
+        <v>58.493720068672602</v>
+      </c>
       <c r="P36" s="28"/>
       <c r="Q36" s="28"/>
       <c r="R36" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S36" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="C37" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="29"/>
       <c r="I37" s="29"/>
       <c r="J37" s="29"/>
       <c r="K37" s="29"/>
       <c r="L37" s="29"/>
       <c r="M37" s="29"/>
       <c r="N37" s="28"/>
       <c r="O37" s="28"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="28"/>
       <c r="R37" s="28"/>
       <c r="S37" s="29"/>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A38" s="20"/>
       <c r="B38" s="15"/>
       <c r="C38" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="28">
-        <v>48.184676862424297</v>
+        <v>48.124766799465597</v>
       </c>
       <c r="E38" s="32"/>
       <c r="F38" s="32">
         <v>28.816665648481901</v>
       </c>
       <c r="G38" s="32">
         <v>29.848642553560602</v>
       </c>
       <c r="H38" s="32">
         <v>35.777397327665902</v>
       </c>
       <c r="I38" s="32">
         <v>44.072050192268797</v>
       </c>
       <c r="J38" s="32">
         <v>52.157392717942699</v>
       </c>
       <c r="K38" s="32">
         <v>56.775956284153004</v>
       </c>
       <c r="L38" s="32">
         <v>62.792565172258499</v>
       </c>
       <c r="M38" s="32">
         <v>66.7254245255303</v>
       </c>
       <c r="N38" s="32">
         <v>54.470754907913403</v>
       </c>
-      <c r="O38" s="32"/>
+      <c r="O38" s="32">
+        <v>47.599741465420998</v>
+      </c>
       <c r="P38" s="28"/>
       <c r="Q38" s="28"/>
       <c r="R38" s="31"/>
       <c r="S38" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A39" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="22"/>
       <c r="C39" s="22"/>
       <c r="D39" s="35">
-        <v>2871.1282051282051</v>
+        <v>2871.7269736842104</v>
       </c>
       <c r="E39" s="24"/>
       <c r="F39" s="24">
         <v>2827.6129032258063</v>
       </c>
       <c r="G39" s="24">
         <v>2877</v>
       </c>
       <c r="H39" s="24">
         <v>2874.6774193548385</v>
       </c>
       <c r="I39" s="24">
         <v>2877</v>
       </c>
       <c r="J39" s="24">
         <v>2877</v>
       </c>
       <c r="K39" s="24">
         <v>2877</v>
       </c>
       <c r="L39" s="24">
         <v>2877</v>
       </c>
       <c r="M39" s="24">
         <v>2877</v>
       </c>
       <c r="N39" s="24">
         <v>2877</v>
       </c>
-      <c r="O39" s="24"/>
+      <c r="O39" s="24">
+        <v>2877</v>
+      </c>
       <c r="P39" s="24"/>
       <c r="Q39" s="24"/>
       <c r="R39" s="25"/>
       <c r="S39" s="26">
-        <f>100*(N39-'2024'!N41)/'2024'!N41</f>
-        <v>0.10438413361169102</v>
+        <f>100*(O39-'2024'!O41)/'2024'!O41</f>
+        <v>2.6916994717546928E-2</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A40" s="15"/>
       <c r="B40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="15"/>
       <c r="D40" s="28">
-        <v>64.888915539066502</v>
+        <v>65.444069621594394</v>
       </c>
       <c r="E40" s="30"/>
       <c r="F40" s="31">
         <v>43.662727023820402</v>
       </c>
       <c r="G40" s="31">
         <v>46.468295347336003</v>
       </c>
       <c r="H40" s="31">
         <v>53.489311563709798</v>
       </c>
       <c r="I40" s="31">
         <v>56.220600162205997</v>
       </c>
       <c r="J40" s="31">
         <v>71.452117461065001</v>
       </c>
       <c r="K40" s="31">
         <v>78.446298227320128</v>
       </c>
       <c r="L40" s="31">
         <v>75.153329521118593</v>
       </c>
       <c r="M40" s="31">
         <v>80.785316245641198</v>
       </c>
       <c r="N40" s="31">
         <v>76.704900938477607</v>
       </c>
-      <c r="O40" s="31"/>
+      <c r="O40" s="31">
+        <v>70.323029141018296</v>
+      </c>
       <c r="P40" s="31"/>
       <c r="Q40" s="31"/>
       <c r="R40" s="31"/>
       <c r="S40" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A41" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="22"/>
       <c r="C41" s="22"/>
       <c r="D41" s="25">
         <f t="shared" si="3"/>
-        <v>1.7317034661466435</v>
+        <v>1.7330444905993339</v>
       </c>
       <c r="E41" s="24"/>
       <c r="F41" s="25">
         <v>1.6939725458803996</v>
       </c>
       <c r="G41" s="25">
         <v>1.6946214066115179</v>
       </c>
       <c r="H41" s="25">
         <v>1.628707627118644</v>
       </c>
       <c r="I41" s="25">
         <v>1.720599892876272</v>
       </c>
       <c r="J41" s="25">
         <v>1.7514066676044451</v>
       </c>
       <c r="K41" s="25">
         <v>1.7160970057229583</v>
       </c>
       <c r="L41" s="25">
         <v>1.8288734153500281</v>
       </c>
       <c r="M41" s="25">
         <v>1.7608277982104628</v>
       </c>
       <c r="N41" s="25">
         <v>1.7902248359450641</v>
       </c>
-      <c r="O41" s="25"/>
+      <c r="O41" s="25">
+        <v>1.745113710673545</v>
+      </c>
       <c r="P41" s="25"/>
       <c r="Q41" s="25"/>
       <c r="R41" s="25"/>
       <c r="S41" s="26">
-        <f>100*(N41-'2024'!N43)/'2024'!N43</f>
-        <v>2.934309989161425</v>
+        <f>100*(O41-'2024'!O43)/'2024'!O43</f>
+        <v>0.96166728650393596</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="28">
         <f>AVERAGE(F42:Q42)</f>
-        <v>1.6424158488469021</v>
+        <v>1.6404526675950823</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="28">
         <v>1.5815708942536553</v>
       </c>
       <c r="G42" s="28">
         <v>1.6294851794071763</v>
       </c>
       <c r="H42" s="28">
         <v>1.540096618357488</v>
       </c>
       <c r="I42" s="28">
         <v>1.6114444164355937</v>
       </c>
       <c r="J42" s="28">
         <v>1.6314623023483783</v>
       </c>
       <c r="K42" s="28">
         <v>1.6072643079371971</v>
       </c>
       <c r="L42" s="28">
         <v>1.7836283185840709</v>
       </c>
       <c r="M42" s="28">
         <v>1.717593984962406</v>
       </c>
       <c r="N42" s="28">
         <v>1.6791966173361523</v>
       </c>
-      <c r="O42" s="28"/>
+      <c r="O42" s="28">
+        <v>1.6227840363287049</v>
+      </c>
       <c r="P42" s="28"/>
       <c r="Q42" s="28"/>
       <c r="R42" s="28"/>
       <c r="S42" s="29">
-        <f>100*(N42-'2024'!N44)/'2024'!N44</f>
-        <v>0.67066059372651932</v>
+        <f>100*(O42-'2024'!O44)/'2024'!O44</f>
+        <v>-1.400946435310799</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="C43" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="28">
         <f t="shared" si="3"/>
-        <v>1.7638222764869422</v>
+        <v>1.7654525426735268</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="28">
         <v>1.7058746565484757</v>
       </c>
       <c r="G43" s="28">
         <v>1.6960326721120187</v>
       </c>
       <c r="H43" s="28">
         <v>1.6461458333333334</v>
       </c>
       <c r="I43" s="28">
         <v>1.7262045813586098</v>
       </c>
       <c r="J43" s="28">
         <v>1.7402853673345478</v>
       </c>
       <c r="K43" s="28">
         <v>1.8001779491362053</v>
       </c>
       <c r="L43" s="28">
         <v>1.8755505785740949</v>
       </c>
       <c r="M43" s="28">
         <v>1.8358406786400689</v>
       </c>
       <c r="N43" s="28">
         <v>1.848288171345124</v>
       </c>
-      <c r="O43" s="28"/>
+      <c r="O43" s="28">
+        <v>1.7801249383527864</v>
+      </c>
       <c r="P43" s="28"/>
       <c r="Q43" s="28"/>
       <c r="R43" s="28"/>
       <c r="S43" s="29">
-        <f>100*(N43-'2024'!N45)/'2024'!N45</f>
-        <v>7.5980426811854347</v>
+        <f>100*(O43-'2024'!O45)/'2024'!O45</f>
+        <v>0.91983530422343418</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="C44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D44" s="28">
         <f>AVERAGE(F44:Q44)</f>
-        <v>1.7593961584798044</v>
+        <v>1.7606913133368205</v>
       </c>
       <c r="E44" s="27"/>
       <c r="F44" s="28">
         <v>1.7964554242749731</v>
       </c>
       <c r="G44" s="28">
         <v>1.5181741335587489</v>
       </c>
       <c r="H44" s="28">
         <v>1.5781129156999227</v>
       </c>
       <c r="I44" s="28">
         <v>1.7220011370096646</v>
       </c>
       <c r="J44" s="28">
         <v>1.9789774638412378</v>
       </c>
       <c r="K44" s="28">
         <v>1.7059759803212271</v>
       </c>
       <c r="L44" s="28">
         <v>1.9153719008264463</v>
       </c>
       <c r="M44" s="28">
         <v>1.5881674184412042</v>
       </c>
       <c r="N44" s="28">
         <v>2.0313290523448142</v>
       </c>
-      <c r="O44" s="28"/>
+      <c r="O44" s="28">
+        <v>1.7723477070499658</v>
+      </c>
       <c r="P44" s="28"/>
       <c r="Q44" s="28"/>
       <c r="R44" s="28"/>
       <c r="S44" s="29">
-        <f>100*(N44-'2024'!N46)/'2024'!N46</f>
-        <v>24.885648800120322</v>
+        <f>100*(O44-'2024'!O46)/'2024'!O46</f>
+        <v>1.3786600803410332</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
       <c r="C45" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D45" s="28"/>
       <c r="E45" s="28"/>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
       <c r="K45" s="28"/>
       <c r="L45" s="28"/>
       <c r="M45" s="28"/>
       <c r="N45" s="28"/>
       <c r="O45" s="28"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A46" s="20"/>
       <c r="B46" s="15"/>
       <c r="C46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D46" s="31">
         <f>AVERAGE(F46:Q46)</f>
-        <v>1.8553282211040072</v>
+        <v>1.8614745535010595</v>
       </c>
       <c r="E46" s="30"/>
       <c r="F46" s="31">
         <v>1.8481128379260807</v>
       </c>
       <c r="G46" s="31">
         <v>1.9270614587708246</v>
       </c>
       <c r="H46" s="31">
         <v>1.7817522540180322</v>
       </c>
       <c r="I46" s="31">
         <v>1.9043288150415392</v>
       </c>
       <c r="J46" s="31">
         <v>1.8639322460978511</v>
       </c>
       <c r="K46" s="31">
         <v>1.8438937820428554</v>
       </c>
       <c r="L46" s="31">
         <v>1.833361926002173</v>
       </c>
       <c r="M46" s="31">
         <v>1.859505485508433</v>
       </c>
       <c r="N46" s="31">
         <v>1.8360051845282761</v>
       </c>
-      <c r="O46" s="31"/>
+      <c r="O46" s="31">
+        <v>1.9167915450745328</v>
+      </c>
       <c r="P46" s="31"/>
       <c r="Q46" s="31"/>
       <c r="R46" s="31"/>
       <c r="S46" s="32">
-        <f>100*(N46-'2024'!N48)/'2024'!N48</f>
-        <v>-2.7582454436886694</v>
+        <f>100*(O46-'2024'!O48)/'2024'!O48</f>
+        <v>6.6613995664493313</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="S47" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="S48" s="6"/>
     </row>
     <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="93" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
@@ -5744,51 +5818,51 @@
       <c r="R52" s="94"/>
       <c r="S52" s="94"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S53" s="19" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A49:S49"/>
     <mergeCell ref="A51:S51"/>
     <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="29" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
-    <ignoredError sqref="F12:N12" formulaRange="1"/>
+    <ignoredError sqref="F12:O12" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0505C59D-2FCA-4791-9370-0026A63EEEF4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>