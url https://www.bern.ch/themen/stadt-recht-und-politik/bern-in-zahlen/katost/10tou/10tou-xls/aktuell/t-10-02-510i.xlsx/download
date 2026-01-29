--- v3 (2025-12-18)
+++ v4 (2026-01-29)
@@ -45,58 +45,58 @@
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing20.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing21.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing22.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\10\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7273F896-55E4-4496-9DA0-920A8744B2B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AE103650-1959-4BF5-8795-5D1BBB54EFF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="40" r:id="rId1"/>
     <sheet name="2024" sheetId="39" r:id="rId2"/>
     <sheet name="2023" sheetId="37" r:id="rId3"/>
     <sheet name="2022" sheetId="20" r:id="rId4"/>
     <sheet name="2021" sheetId="13" r:id="rId5"/>
     <sheet name="2020" sheetId="18" r:id="rId6"/>
     <sheet name="2019" sheetId="19" r:id="rId7"/>
     <sheet name="2018" sheetId="21" r:id="rId8"/>
     <sheet name="2017" sheetId="22" r:id="rId9"/>
     <sheet name="2016" sheetId="23" r:id="rId10"/>
     <sheet name="2015" sheetId="24" r:id="rId11"/>
     <sheet name="2014" sheetId="25" r:id="rId12"/>
     <sheet name="2013" sheetId="26" r:id="rId13"/>
     <sheet name="2012" sheetId="27" r:id="rId14"/>
     <sheet name="2011" sheetId="28" r:id="rId15"/>
     <sheet name="2010" sheetId="29" r:id="rId16"/>
     <sheet name="2009" sheetId="30" r:id="rId17"/>
     <sheet name="2008" sheetId="31" r:id="rId18"/>
     <sheet name="2007" sheetId="32" r:id="rId19"/>
     <sheet name="2006" sheetId="33" r:id="rId20"/>
     <sheet name="2005" sheetId="34" r:id="rId21"/>
@@ -142,50 +142,52 @@
   <c r="S41" i="40"/>
   <c r="S39" i="40"/>
   <c r="S32" i="40"/>
   <c r="S31" i="40"/>
   <c r="S30" i="40"/>
   <c r="S28" i="40"/>
   <c r="S27" i="40"/>
   <c r="S26" i="40"/>
   <c r="S25" i="40"/>
   <c r="S24" i="40"/>
   <c r="S23" i="40"/>
   <c r="S22" i="40"/>
   <c r="S21" i="40"/>
   <c r="S20" i="40"/>
   <c r="S19" i="40"/>
   <c r="S18" i="40"/>
   <c r="S17" i="40"/>
   <c r="S16" i="40"/>
   <c r="S15" i="40"/>
   <c r="S14" i="40"/>
   <c r="S13" i="40"/>
   <c r="S12" i="40"/>
   <c r="S11" i="40"/>
   <c r="S10" i="40"/>
   <c r="S9" i="40"/>
+  <c r="P12" i="40"/>
+  <c r="P9" i="40"/>
   <c r="O12" i="40"/>
   <c r="O9" i="40"/>
   <c r="N12" i="40"/>
   <c r="N9" i="40"/>
   <c r="M12" i="40"/>
   <c r="M9" i="40"/>
   <c r="S29" i="40"/>
   <c r="L12" i="40"/>
   <c r="L9" i="40"/>
   <c r="K12" i="40"/>
   <c r="K9" i="40"/>
   <c r="J12" i="40"/>
   <c r="J9" i="40"/>
   <c r="I12" i="40"/>
   <c r="I9" i="40"/>
   <c r="H12" i="40"/>
   <c r="H9" i="40"/>
   <c r="D46" i="40"/>
   <c r="S28" i="39"/>
   <c r="S29" i="39"/>
   <c r="G12" i="40"/>
   <c r="G9" i="40"/>
   <c r="S26" i="19"/>
   <c r="S25" i="19"/>
   <c r="D26" i="19"/>
@@ -1544,51 +1546,51 @@
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>provisorische Zahlen</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 1.7.2025)</t>
   </si>
   <si>
     <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 13.4.2018)</t>
   </si>
   <si>
-    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 8.12.2025)</t>
+    <t>Datenquelle: Bundesamt für Statistik, Beherbergungsstatistik HESTA (Datenstand: 15.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="##0.0;\–\ ##0.0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
     <numFmt numFmtId="166" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="167" formatCode="#\ ##0"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="#\ ##0.0;\–\ #\ ##0.0;\–"/>
     <numFmt numFmtId="170" formatCode="#\ ##0\ ##0"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -3889,1045 +3891,1087 @@
       <c r="J7" s="9" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="9" t="s">
         <v>8</v>
       </c>
       <c r="M7" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N7" s="9" t="s">
         <v>10</v>
       </c>
       <c r="O7" s="9" t="s">
         <v>11</v>
       </c>
       <c r="P7" s="9" t="s">
         <v>12</v>
       </c>
       <c r="Q7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="S7" s="14" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="U7" s="1"/>
     </row>
     <row r="8" spans="1:21" s="10" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11"/>
       <c r="S8" s="12" t="s">
         <v>120</v>
       </c>
       <c r="U8" s="1"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="22"/>
       <c r="D9" s="24">
         <f>SUM(F9:Q9)</f>
-        <v>521363</v>
+        <v>574749</v>
       </c>
       <c r="E9" s="24"/>
       <c r="F9" s="24">
-        <f t="shared" ref="F9:O9" si="0">SUM(F10:F11)</f>
+        <f t="shared" ref="F9:P9" si="0">SUM(F10:F11)</f>
         <v>33729</v>
       </c>
       <c r="G9" s="24">
         <f t="shared" si="0"/>
         <v>31551</v>
       </c>
       <c r="H9" s="24">
         <f t="shared" si="0"/>
         <v>41536</v>
       </c>
       <c r="I9" s="24">
         <f t="shared" si="0"/>
         <v>46675</v>
       </c>
       <c r="J9" s="24">
         <f t="shared" si="0"/>
         <v>56872</v>
       </c>
       <c r="K9" s="24">
         <f t="shared" si="0"/>
         <v>63254</v>
       </c>
       <c r="L9" s="24">
         <f t="shared" si="0"/>
         <v>64052</v>
       </c>
       <c r="M9" s="24">
         <f t="shared" si="0"/>
         <v>72868</v>
       </c>
       <c r="N9" s="24">
         <f t="shared" si="0"/>
         <v>55774</v>
       </c>
       <c r="O9" s="24">
         <f t="shared" si="0"/>
         <v>55052</v>
       </c>
-      <c r="P9" s="24"/>
+      <c r="P9" s="24">
+        <f t="shared" si="0"/>
+        <v>53386</v>
+      </c>
       <c r="Q9" s="24"/>
       <c r="R9" s="25"/>
       <c r="S9" s="26">
-        <f>100*(O9-'2024'!O9)/'2024'!O9</f>
-        <v>0.81676006299674031</v>
+        <f>100*(P9-'2024'!P9)/'2024'!P9</f>
+        <v>-4.3063903087494616E-2</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="27">
         <f t="shared" ref="D10:D27" si="1">SUM(F10:Q10)</f>
-        <v>255524</v>
+        <v>290226</v>
       </c>
       <c r="E10" s="27"/>
       <c r="F10" s="27">
         <v>19272</v>
       </c>
       <c r="G10" s="27">
         <v>17481</v>
       </c>
       <c r="H10" s="27">
         <v>24456</v>
       </c>
       <c r="I10" s="27">
         <v>23826</v>
       </c>
       <c r="J10" s="27">
         <v>28900</v>
       </c>
       <c r="K10" s="27">
         <v>29781</v>
       </c>
       <c r="L10" s="27">
         <v>25938</v>
       </c>
       <c r="M10" s="27">
         <v>28846</v>
       </c>
       <c r="N10" s="27">
         <v>28217</v>
       </c>
       <c r="O10" s="27">
         <v>28807</v>
       </c>
-      <c r="P10" s="27"/>
+      <c r="P10" s="27">
+        <v>34702</v>
+      </c>
       <c r="Q10" s="27"/>
       <c r="R10" s="28"/>
       <c r="S10" s="29">
-        <f>100*(O10-'2024'!O10)/'2024'!O10</f>
-        <v>7.4286779787432407</v>
+        <f>100*(P10-'2024'!P10)/'2024'!P10</f>
+        <v>2.988573972399466</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B11" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="27">
         <f t="shared" si="1"/>
-        <v>265839</v>
+        <v>284523</v>
       </c>
       <c r="E11" s="27"/>
       <c r="F11" s="27">
         <v>14457</v>
       </c>
       <c r="G11" s="27">
         <v>14070</v>
       </c>
       <c r="H11" s="27">
         <v>17080</v>
       </c>
       <c r="I11" s="27">
         <v>22849</v>
       </c>
       <c r="J11" s="27">
         <v>27972</v>
       </c>
       <c r="K11" s="27">
         <v>33473</v>
       </c>
       <c r="L11" s="27">
         <v>38114</v>
       </c>
       <c r="M11" s="27">
         <v>44022</v>
       </c>
       <c r="N11" s="27">
         <v>27557</v>
       </c>
       <c r="O11" s="27">
         <v>26245</v>
       </c>
-      <c r="P11" s="27"/>
+      <c r="P11" s="27">
+        <v>18684</v>
+      </c>
       <c r="Q11" s="27"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
-        <f>100*(O11-'2024'!O11)/'2024'!O11</f>
-        <v>-5.5629520348314205</v>
+        <f>100*(P11-'2024'!P11)/'2024'!P11</f>
+        <v>-5.224713401643502</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="27">
         <f t="shared" si="1"/>
-        <v>908089</v>
+        <v>989228</v>
       </c>
       <c r="E12" s="27"/>
       <c r="F12" s="27">
-        <f t="shared" ref="F12:O12" si="2">SUM(F13:F14)</f>
+        <f t="shared" ref="F12:P12" si="2">SUM(F13:F14)</f>
         <v>57136</v>
       </c>
       <c r="G12" s="27">
         <f t="shared" si="2"/>
         <v>53467</v>
       </c>
       <c r="H12" s="27">
         <f t="shared" si="2"/>
         <v>67650</v>
       </c>
       <c r="I12" s="27">
         <f t="shared" si="2"/>
         <v>80309</v>
       </c>
       <c r="J12" s="27">
         <f t="shared" si="2"/>
         <v>99606</v>
       </c>
       <c r="K12" s="27">
         <f t="shared" si="2"/>
         <v>108550</v>
       </c>
       <c r="L12" s="27">
         <f t="shared" si="2"/>
         <v>117143</v>
       </c>
       <c r="M12" s="27">
         <f t="shared" si="2"/>
         <v>128308</v>
       </c>
       <c r="N12" s="27">
         <f t="shared" si="2"/>
         <v>99848</v>
       </c>
       <c r="O12" s="27">
         <f t="shared" si="2"/>
         <v>96072</v>
       </c>
-      <c r="P12" s="27"/>
+      <c r="P12" s="27">
+        <f t="shared" si="2"/>
+        <v>81139</v>
+      </c>
       <c r="Q12" s="27"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
-        <f>100*(O12-'2024'!O12)/'2024'!O12</f>
-        <v>1.7862818638357383</v>
+        <f>100*(P12-'2024'!P12)/'2024'!P12</f>
+        <v>-1.5614005289593089</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B13" s="17" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="27">
         <f t="shared" si="1"/>
-        <v>404844</v>
+        <v>453382</v>
       </c>
       <c r="E13" s="27"/>
       <c r="F13" s="27">
         <v>28823</v>
       </c>
       <c r="G13" s="27">
         <v>26258</v>
       </c>
       <c r="H13" s="27">
         <v>37169</v>
       </c>
       <c r="I13" s="27">
         <v>37461</v>
       </c>
       <c r="J13" s="27">
         <v>45852</v>
       </c>
       <c r="K13" s="27">
         <v>46284</v>
       </c>
       <c r="L13" s="27">
         <v>43385</v>
       </c>
       <c r="M13" s="27">
         <v>46658</v>
       </c>
       <c r="N13" s="27">
         <v>46540</v>
       </c>
       <c r="O13" s="27">
         <v>46414</v>
       </c>
-      <c r="P13" s="27"/>
+      <c r="P13" s="27">
+        <v>48538</v>
+      </c>
       <c r="Q13" s="27"/>
       <c r="R13" s="28"/>
       <c r="S13" s="29">
-        <f>100*(O13-'2024'!O13)/'2024'!O13</f>
-        <v>11.60430893526979</v>
+        <f>100*(P13-'2024'!P13)/'2024'!P13</f>
+        <v>3.3691115086463923</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="27">
         <f t="shared" si="1"/>
-        <v>503245</v>
+        <v>535846</v>
       </c>
       <c r="E14" s="27"/>
       <c r="F14" s="27">
         <v>28313</v>
       </c>
       <c r="G14" s="27">
         <v>27209</v>
       </c>
       <c r="H14" s="27">
         <v>30481</v>
       </c>
       <c r="I14" s="27">
         <v>42848</v>
       </c>
       <c r="J14" s="27">
         <v>53754</v>
       </c>
       <c r="K14" s="27">
         <v>62266</v>
       </c>
       <c r="L14" s="27">
         <v>73758</v>
       </c>
       <c r="M14" s="27">
         <v>81650</v>
       </c>
       <c r="N14" s="27">
         <v>53308</v>
       </c>
       <c r="O14" s="27">
         <v>49658</v>
       </c>
-      <c r="P14" s="27"/>
+      <c r="P14" s="27">
+        <v>32601</v>
+      </c>
       <c r="Q14" s="27"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
-        <f>100*(O14-'2024'!O14)/'2024'!O14</f>
-        <v>-5.9471949695064206</v>
+        <f>100*(P14-'2024'!P14)/'2024'!P14</f>
+        <v>-8.0885255145193113</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>113</v>
       </c>
       <c r="D15" s="27">
         <f t="shared" si="1"/>
-        <v>5820</v>
+        <v>6308</v>
       </c>
       <c r="E15" s="27"/>
       <c r="F15" s="27">
         <v>370</v>
       </c>
       <c r="G15" s="27">
         <v>445</v>
       </c>
       <c r="H15" s="27">
         <v>401</v>
       </c>
       <c r="I15" s="27">
         <v>466</v>
       </c>
       <c r="J15" s="27">
         <v>516</v>
       </c>
       <c r="K15" s="27">
         <v>640</v>
       </c>
       <c r="L15" s="27">
         <v>873</v>
       </c>
       <c r="M15" s="27">
         <v>1101</v>
       </c>
       <c r="N15" s="27">
         <v>606</v>
       </c>
       <c r="O15" s="27">
         <v>402</v>
       </c>
-      <c r="P15" s="27"/>
+      <c r="P15" s="27">
+        <v>488</v>
+      </c>
       <c r="Q15" s="27"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
-        <f>100*(O15-'2024'!O15)/'2024'!O15</f>
-        <v>-27.827648114901258</v>
+        <f>100*(P15-'2024'!P15)/'2024'!P15</f>
+        <v>-32.689655172413794</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="1"/>
       <c r="C16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="27">
         <f t="shared" si="1"/>
-        <v>87405</v>
+        <v>95284</v>
       </c>
       <c r="E16" s="27"/>
       <c r="F16" s="27">
         <v>6042</v>
       </c>
       <c r="G16" s="27">
         <v>5679</v>
       </c>
       <c r="H16" s="27">
         <v>7401</v>
       </c>
       <c r="I16" s="27">
         <v>8062</v>
       </c>
       <c r="J16" s="27">
         <v>9389</v>
       </c>
       <c r="K16" s="27">
         <v>10377</v>
       </c>
       <c r="L16" s="27">
         <v>8843</v>
       </c>
       <c r="M16" s="27">
         <v>12792</v>
       </c>
       <c r="N16" s="27">
         <v>8714</v>
       </c>
       <c r="O16" s="27">
         <v>10106</v>
       </c>
-      <c r="P16" s="27"/>
+      <c r="P16" s="27">
+        <v>7879</v>
+      </c>
       <c r="Q16" s="27"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
-        <f>100*(O16-'2024'!O16)/'2024'!O16</f>
-        <v>0.8985623003194888</v>
+        <f>100*(P16-'2024'!P16)/'2024'!P16</f>
+        <v>4.3990989797270439</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C17" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="27">
         <f t="shared" si="1"/>
-        <v>26144</v>
+        <v>28461</v>
       </c>
       <c r="E17" s="27"/>
       <c r="F17" s="27">
         <v>1575</v>
       </c>
       <c r="G17" s="27">
         <v>1970</v>
       </c>
       <c r="H17" s="27">
         <v>1869</v>
       </c>
       <c r="I17" s="27">
         <v>2504</v>
       </c>
       <c r="J17" s="27">
         <v>2741</v>
       </c>
       <c r="K17" s="27">
         <v>2328</v>
       </c>
       <c r="L17" s="27">
         <v>3234</v>
       </c>
       <c r="M17" s="27">
         <v>5530</v>
       </c>
       <c r="N17" s="27">
         <v>2067</v>
       </c>
       <c r="O17" s="27">
         <v>2326</v>
       </c>
-      <c r="P17" s="27"/>
+      <c r="P17" s="27">
+        <v>2317</v>
+      </c>
       <c r="Q17" s="27"/>
       <c r="R17" s="28"/>
       <c r="S17" s="29">
-        <f>100*(O17-'2024'!O17)/'2024'!O17</f>
-        <v>-20.722563053851399</v>
+        <f>100*(P17-'2024'!P17)/'2024'!P17</f>
+        <v>-8.5274378207658899</v>
       </c>
     </row>
     <row r="18" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C18" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D18" s="27">
         <f t="shared" si="1"/>
-        <v>20643</v>
+        <v>23049</v>
       </c>
       <c r="E18" s="27"/>
       <c r="F18" s="27">
         <v>2378</v>
       </c>
       <c r="G18" s="27">
         <v>1264</v>
       </c>
       <c r="H18" s="27">
         <v>1676</v>
       </c>
       <c r="I18" s="27">
         <v>2404</v>
       </c>
       <c r="J18" s="27">
         <v>1896</v>
       </c>
       <c r="K18" s="27">
         <v>1559</v>
       </c>
       <c r="L18" s="27">
         <v>1976</v>
       </c>
       <c r="M18" s="27">
         <v>4105</v>
       </c>
       <c r="N18" s="27">
         <v>1483</v>
       </c>
       <c r="O18" s="27">
         <v>1902</v>
       </c>
-      <c r="P18" s="27"/>
+      <c r="P18" s="27">
+        <v>2406</v>
+      </c>
       <c r="Q18" s="27"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
-        <f>100*(O18-'2024'!O18)/'2024'!O18</f>
-        <v>-27.265774378585085</v>
+        <f>100*(P18-'2024'!P18)/'2024'!P18</f>
+        <v>-28.562945368171022</v>
       </c>
     </row>
     <row r="19" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C19" s="17" t="s">
         <v>109</v>
       </c>
       <c r="D19" s="27">
         <f t="shared" si="1"/>
-        <v>14524</v>
+        <v>15323</v>
       </c>
       <c r="E19" s="27"/>
       <c r="F19" s="27">
         <v>712</v>
       </c>
       <c r="G19" s="27">
         <v>1127</v>
       </c>
       <c r="H19" s="27">
         <v>803</v>
       </c>
       <c r="I19" s="27">
         <v>1078</v>
       </c>
       <c r="J19" s="27">
         <v>1446</v>
       </c>
       <c r="K19" s="27">
         <v>1436</v>
       </c>
       <c r="L19" s="27">
         <v>2447</v>
       </c>
       <c r="M19" s="27">
         <v>3032</v>
       </c>
       <c r="N19" s="27">
         <v>1108</v>
       </c>
       <c r="O19" s="27">
         <v>1335</v>
       </c>
-      <c r="P19" s="27"/>
+      <c r="P19" s="27">
+        <v>799</v>
+      </c>
       <c r="Q19" s="27"/>
       <c r="R19" s="28"/>
       <c r="S19" s="29">
-        <f>100*(O19-'2024'!O19)/'2024'!O19</f>
-        <v>4.296875</v>
+        <f>100*(P19-'2024'!P19)/'2024'!P19</f>
+        <v>-0.24968789013732834</v>
       </c>
     </row>
     <row r="20" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="27">
         <f t="shared" si="1"/>
-        <v>9179</v>
+        <v>10030</v>
       </c>
       <c r="E20" s="27"/>
       <c r="F20" s="27">
         <v>678</v>
       </c>
       <c r="G20" s="27">
         <v>657</v>
       </c>
       <c r="H20" s="27">
         <v>724</v>
       </c>
       <c r="I20" s="27">
         <v>751</v>
       </c>
       <c r="J20" s="27">
         <v>1076</v>
       </c>
       <c r="K20" s="27">
         <v>1229</v>
       </c>
       <c r="L20" s="27">
         <v>906</v>
       </c>
       <c r="M20" s="27">
         <v>1269</v>
       </c>
       <c r="N20" s="27">
         <v>918</v>
       </c>
       <c r="O20" s="27">
         <v>971</v>
       </c>
-      <c r="P20" s="27"/>
+      <c r="P20" s="27">
+        <v>851</v>
+      </c>
       <c r="Q20" s="27"/>
       <c r="R20" s="28"/>
       <c r="S20" s="29">
-        <f>100*(O20-'2024'!O20)/'2024'!O20</f>
-        <v>-22.75258552108194</v>
+        <f>100*(P20-'2024'!P20)/'2024'!P20</f>
+        <v>-0.46783625730994149</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C21" s="17" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="27">
         <f t="shared" si="1"/>
-        <v>4223</v>
+        <v>4502</v>
       </c>
       <c r="E21" s="27"/>
       <c r="F21" s="27">
         <v>226</v>
       </c>
       <c r="G21" s="27">
         <v>340</v>
       </c>
       <c r="H21" s="27">
         <v>227</v>
       </c>
       <c r="I21" s="27">
         <v>297</v>
       </c>
       <c r="J21" s="27">
         <v>423</v>
       </c>
       <c r="K21" s="27">
         <v>449</v>
       </c>
       <c r="L21" s="27">
         <v>627</v>
       </c>
       <c r="M21" s="27">
         <v>730</v>
       </c>
       <c r="N21" s="27">
         <v>487</v>
       </c>
       <c r="O21" s="27">
         <v>417</v>
       </c>
-      <c r="P21" s="27"/>
+      <c r="P21" s="27">
+        <v>279</v>
+      </c>
       <c r="Q21" s="27"/>
       <c r="R21" s="28"/>
       <c r="S21" s="29">
-        <f>100*(O21-'2024'!O21)/'2024'!O21</f>
-        <v>35.830618892508141</v>
+        <f>100*(P21-'2024'!P21)/'2024'!P21</f>
+        <v>36.764705882352942</v>
       </c>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C22" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="27">
         <f t="shared" si="1"/>
-        <v>18473</v>
+        <v>19445</v>
       </c>
       <c r="E22" s="27"/>
       <c r="F22" s="27">
         <v>1015</v>
       </c>
       <c r="G22" s="27">
         <v>866</v>
       </c>
       <c r="H22" s="27">
         <v>1035</v>
       </c>
       <c r="I22" s="27">
         <v>2144</v>
       </c>
       <c r="J22" s="27">
         <v>1407</v>
       </c>
       <c r="K22" s="27">
         <v>1312</v>
       </c>
       <c r="L22" s="27">
         <v>2743</v>
       </c>
       <c r="M22" s="27">
         <v>5075</v>
       </c>
       <c r="N22" s="27">
         <v>1547</v>
       </c>
       <c r="O22" s="27">
         <v>1329</v>
       </c>
-      <c r="P22" s="27"/>
+      <c r="P22" s="27">
+        <v>972</v>
+      </c>
       <c r="Q22" s="27"/>
       <c r="R22" s="28"/>
       <c r="S22" s="29">
-        <f>100*(O22-'2024'!O22)/'2024'!O22</f>
-        <v>1.6832440703902065</v>
+        <f>100*(P22-'2024'!P22)/'2024'!P22</f>
+        <v>-16.062176165803109</v>
       </c>
     </row>
     <row r="23" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C23" s="17" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="1"/>
-        <v>28144</v>
+        <v>29728</v>
       </c>
       <c r="E23" s="27"/>
       <c r="F23" s="27">
         <v>1241</v>
       </c>
       <c r="G23" s="27">
         <v>1567</v>
       </c>
       <c r="H23" s="27">
         <v>1568</v>
       </c>
       <c r="I23" s="27">
         <v>2207</v>
       </c>
       <c r="J23" s="27">
         <v>2754</v>
       </c>
       <c r="K23" s="27">
         <v>3175</v>
       </c>
       <c r="L23" s="27">
         <v>5966</v>
       </c>
       <c r="M23" s="27">
         <v>4687</v>
       </c>
       <c r="N23" s="27">
         <v>2690</v>
       </c>
       <c r="O23" s="27">
         <v>2289</v>
       </c>
-      <c r="P23" s="27"/>
+      <c r="P23" s="27">
+        <v>1584</v>
+      </c>
       <c r="Q23" s="27"/>
       <c r="R23" s="28"/>
       <c r="S23" s="29">
-        <f>100*(O23-'2024'!O23)/'2024'!O23</f>
-        <v>-5.9958932238193015</v>
+        <f>100*(P23-'2024'!P23)/'2024'!P23</f>
+        <v>4.3478260869565215</v>
       </c>
     </row>
     <row r="24" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C24" s="17" t="s">
         <v>110</v>
       </c>
       <c r="D24" s="27">
         <f t="shared" si="1"/>
-        <v>12901</v>
+        <v>13489</v>
       </c>
       <c r="E24" s="27"/>
       <c r="F24" s="27">
         <v>1188</v>
       </c>
       <c r="G24" s="27">
         <v>549</v>
       </c>
       <c r="H24" s="27">
         <v>790</v>
       </c>
       <c r="I24" s="27">
         <v>1381</v>
       </c>
       <c r="J24" s="27">
         <v>1301</v>
       </c>
       <c r="K24" s="27">
         <v>1381</v>
       </c>
       <c r="L24" s="27">
         <v>1581</v>
       </c>
       <c r="M24" s="27">
         <v>1081</v>
       </c>
       <c r="N24" s="27">
         <v>1393</v>
       </c>
       <c r="O24" s="27">
         <v>2256</v>
       </c>
-      <c r="P24" s="27"/>
+      <c r="P24" s="27">
+        <v>588</v>
+      </c>
       <c r="Q24" s="27"/>
       <c r="R24" s="28"/>
       <c r="S24" s="29">
-        <f>100*(O24-'2024'!O24)/'2024'!O24</f>
-        <v>5.5685540477304629</v>
+        <f>100*(P24-'2024'!P24)/'2024'!P24</f>
+        <v>-1.8363939899833055</v>
       </c>
     </row>
     <row r="25" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C25" s="17" t="s">
         <v>25</v>
       </c>
       <c r="D25" s="27">
         <f t="shared" si="1"/>
-        <v>73747</v>
+        <v>76582</v>
       </c>
       <c r="E25" s="27"/>
       <c r="F25" s="27">
         <v>2214</v>
       </c>
       <c r="G25" s="27">
         <v>2047</v>
       </c>
       <c r="H25" s="27">
         <v>2880</v>
       </c>
       <c r="I25" s="27">
         <v>4511</v>
       </c>
       <c r="J25" s="27">
         <v>8747</v>
       </c>
       <c r="K25" s="27">
         <v>11836</v>
       </c>
       <c r="L25" s="27">
         <v>12130</v>
       </c>
       <c r="M25" s="27">
         <v>11307</v>
       </c>
       <c r="N25" s="27">
         <v>11387</v>
       </c>
       <c r="O25" s="27">
         <v>6688</v>
       </c>
-      <c r="P25" s="27"/>
+      <c r="P25" s="27">
+        <v>2835</v>
+      </c>
       <c r="Q25" s="27"/>
       <c r="R25" s="28"/>
       <c r="S25" s="29">
-        <f>100*(O25-'2024'!O25)/'2024'!O25</f>
-        <v>-5.9088351153629715</v>
+        <f>100*(P25-'2024'!P25)/'2024'!P25</f>
+        <v>5.4295277054667164</v>
       </c>
       <c r="T25" s="28"/>
     </row>
     <row r="26" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C26" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D26" s="27">
         <f t="shared" si="1"/>
-        <v>25111</v>
+        <v>26244</v>
       </c>
       <c r="E26" s="27"/>
       <c r="F26" s="27">
         <v>1079</v>
       </c>
       <c r="G26" s="27">
         <v>809</v>
       </c>
       <c r="H26" s="27">
         <v>830</v>
       </c>
       <c r="I26" s="27">
         <v>1658</v>
       </c>
       <c r="J26" s="27">
         <v>2585</v>
       </c>
       <c r="K26" s="27">
         <v>3417</v>
       </c>
       <c r="L26" s="27">
         <v>4796</v>
       </c>
       <c r="M26" s="27">
         <v>4468</v>
       </c>
       <c r="N26" s="27">
         <v>2486</v>
       </c>
       <c r="O26" s="27">
         <v>2983</v>
       </c>
-      <c r="P26" s="27"/>
+      <c r="P26" s="27">
+        <v>1133</v>
+      </c>
       <c r="Q26" s="27"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
-        <f>100*(O26-'2024'!O26)/'2024'!O26</f>
-        <v>-0.8311170212765957</v>
+        <f>100*(P26-'2024'!P26)/'2024'!P26</f>
+        <v>-10.292953285827394</v>
       </c>
     </row>
     <row r="27" spans="1:20" x14ac:dyDescent="0.2">
       <c r="C27" s="17" t="s">
         <v>115</v>
       </c>
       <c r="D27" s="27">
         <f t="shared" si="1"/>
-        <v>13006</v>
+        <v>13473</v>
       </c>
       <c r="E27" s="27"/>
       <c r="F27" s="27">
         <v>406</v>
       </c>
       <c r="G27" s="27">
         <v>453</v>
       </c>
       <c r="H27" s="27">
         <v>552</v>
       </c>
       <c r="I27" s="27">
         <v>1132</v>
       </c>
       <c r="J27" s="27">
         <v>2179</v>
       </c>
       <c r="K27" s="27">
         <v>3217</v>
       </c>
       <c r="L27" s="27">
         <v>1587</v>
       </c>
       <c r="M27" s="27">
         <v>1474</v>
       </c>
       <c r="N27" s="27">
         <v>1029</v>
       </c>
       <c r="O27" s="27">
         <v>977</v>
       </c>
-      <c r="P27" s="27"/>
+      <c r="P27" s="27">
+        <v>467</v>
+      </c>
       <c r="Q27" s="27"/>
       <c r="R27" s="28"/>
       <c r="S27" s="29">
-        <f>100*(O27-'2024'!O27)/'2024'!O27</f>
-        <v>10.270880361173814</v>
+        <f>100*(P27-'2024'!P27)/'2024'!P27</f>
+        <v>-31.924198250728864</v>
       </c>
     </row>
     <row r="28" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A28" s="15"/>
       <c r="B28" s="15"/>
       <c r="C28" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D28" s="30">
         <f>SUM(F28:Q28)</f>
-        <v>9239</v>
+        <v>9601</v>
       </c>
       <c r="E28" s="30"/>
       <c r="F28" s="30">
         <v>677</v>
       </c>
       <c r="G28" s="30">
         <v>351</v>
       </c>
       <c r="H28" s="30">
         <v>327</v>
       </c>
       <c r="I28" s="30">
         <v>872</v>
       </c>
       <c r="J28" s="30">
         <v>1033</v>
       </c>
       <c r="K28" s="30">
         <v>1180</v>
       </c>
       <c r="L28" s="30">
         <v>1518</v>
       </c>
       <c r="M28" s="30">
         <v>1137</v>
       </c>
       <c r="N28" s="30">
         <v>1290</v>
       </c>
       <c r="O28" s="30">
         <v>854</v>
       </c>
-      <c r="P28" s="30"/>
+      <c r="P28" s="30">
+        <v>362</v>
+      </c>
       <c r="Q28" s="30"/>
       <c r="R28" s="31"/>
       <c r="S28" s="32">
-        <f>100*(O28-'2024'!O30)/'2024'!O30</f>
-        <v>-29.010806317539483</v>
+        <f>100*(P28-'2024'!P30)/'2024'!P30</f>
+        <v>-30.384615384615383</v>
       </c>
     </row>
     <row r="29" spans="1:20" hidden="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15"/>
       <c r="B29" s="15"/>
       <c r="C29" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D29" s="27">
         <f>SUM(F29:Q29)</f>
         <v>0</v>
       </c>
       <c r="E29" s="30"/>
       <c r="F29" s="30"/>
       <c r="G29" s="30"/>
       <c r="H29" s="30"/>
       <c r="I29" s="30"/>
       <c r="J29" s="30"/>
       <c r="K29" s="30"/>
       <c r="L29" s="30"/>
       <c r="M29" s="30"/>
       <c r="N29" s="30"/>
       <c r="O29" s="30"/>
       <c r="P29" s="30"/>
       <c r="Q29" s="30"/>
@@ -4956,780 +5000,810 @@
       </c>
       <c r="H30" s="90">
         <v>39</v>
       </c>
       <c r="I30" s="90">
         <v>39</v>
       </c>
       <c r="J30" s="90">
         <v>39</v>
       </c>
       <c r="K30" s="90">
         <v>39</v>
       </c>
       <c r="L30" s="90">
         <v>39</v>
       </c>
       <c r="M30" s="90">
         <v>39</v>
       </c>
       <c r="N30" s="90">
         <v>39</v>
       </c>
       <c r="O30" s="90">
         <v>39</v>
       </c>
-      <c r="P30" s="90"/>
+      <c r="P30" s="90">
+        <v>39</v>
+      </c>
       <c r="Q30" s="90"/>
       <c r="R30" s="25"/>
       <c r="S30" s="26">
-        <f>100*(O30-'2024'!O32)/'2024'!O32</f>
+        <f>100*(P30-'2024'!P32)/'2024'!P32</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="15"/>
       <c r="B31" s="15" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="34">
         <f t="shared" ref="D31:D43" si="3">AVERAGE(F31:Q31)</f>
         <v>39</v>
       </c>
       <c r="E31" s="30"/>
       <c r="F31" s="33">
         <v>39</v>
       </c>
       <c r="G31" s="33">
         <v>39</v>
       </c>
       <c r="H31" s="33">
         <v>39</v>
       </c>
       <c r="I31" s="33">
         <v>39</v>
       </c>
       <c r="J31" s="33">
         <v>39</v>
       </c>
       <c r="K31" s="33">
         <v>39</v>
       </c>
       <c r="L31" s="33">
         <v>39</v>
       </c>
       <c r="M31" s="33">
         <v>39</v>
       </c>
       <c r="N31" s="33">
         <v>39</v>
       </c>
       <c r="O31" s="33">
         <v>39</v>
       </c>
-      <c r="P31" s="33"/>
+      <c r="P31" s="33">
+        <v>39</v>
+      </c>
       <c r="Q31" s="33"/>
       <c r="R31" s="31"/>
       <c r="S31" s="29">
-        <f>100*(O31-'2024'!O33)/'2024'!O33</f>
+        <f>100*(P31-'2024'!P33)/'2024'!P33</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A32" s="21" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="22"/>
       <c r="C32" s="22"/>
       <c r="D32" s="35">
-        <v>5534.625</v>
+        <v>5535.7365269461079</v>
       </c>
       <c r="E32" s="24"/>
-      <c r="F32" s="35">
+      <c r="F32" s="24">
         <v>5433.3870967741932</v>
       </c>
-      <c r="G32" s="35">
+      <c r="G32" s="24">
         <v>5547</v>
       </c>
-      <c r="H32" s="35">
+      <c r="H32" s="24">
         <v>5539.2580645161288</v>
       </c>
-      <c r="I32" s="35">
+      <c r="I32" s="24">
         <v>5547</v>
       </c>
-      <c r="J32" s="35">
+      <c r="J32" s="24">
         <v>5547</v>
       </c>
-      <c r="K32" s="35">
+      <c r="K32" s="24">
         <v>5547</v>
       </c>
-      <c r="L32" s="35">
+      <c r="L32" s="24">
         <v>5547</v>
       </c>
-      <c r="M32" s="35">
+      <c r="M32" s="24">
         <v>5547</v>
       </c>
-      <c r="N32" s="35">
+      <c r="N32" s="24">
         <v>5547</v>
       </c>
-      <c r="O32" s="35">
+      <c r="O32" s="24">
         <v>5547</v>
       </c>
-      <c r="P32" s="35"/>
+      <c r="P32" s="24">
+        <v>5547</v>
+      </c>
       <c r="Q32" s="35"/>
       <c r="R32" s="25"/>
       <c r="S32" s="26">
-        <f>100*(O32-'2024'!O34)/'2024'!O34</f>
-        <v>4.6544912931929132E-2</v>
+        <f>100*(P32-'2024'!P34)/'2024'!P34</f>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.2">
       <c r="B33" s="17" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="28">
-        <v>53.971766260967101</v>
+        <v>53.502554982973997</v>
       </c>
       <c r="E33" s="29"/>
       <c r="F33" s="29">
         <v>33.921690859975698</v>
       </c>
       <c r="G33" s="29">
         <v>34.424656828659003</v>
       </c>
       <c r="H33" s="29">
         <v>39.396215866804098</v>
       </c>
       <c r="I33" s="29">
         <v>48.259719968751902</v>
       </c>
       <c r="J33" s="29">
         <v>57.924946352867302</v>
       </c>
       <c r="K33" s="29">
         <v>65.230454900546846</v>
       </c>
       <c r="L33" s="29">
         <v>68.123426205388597</v>
       </c>
       <c r="M33" s="29">
         <v>74.616328500729793</v>
       </c>
       <c r="N33" s="29">
         <v>60.0012018508503</v>
       </c>
       <c r="O33" s="29">
         <v>55.8697813988381</v>
       </c>
-      <c r="P33" s="28"/>
+      <c r="P33" s="28">
+        <v>48.758488071630303</v>
+      </c>
       <c r="Q33" s="28"/>
       <c r="R33" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S33" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="28">
-        <v>59.370065789473699</v>
+        <v>58.649101796407201</v>
       </c>
       <c r="E34" s="29"/>
       <c r="F34" s="29">
         <v>37.511290322580599</v>
       </c>
       <c r="G34" s="29">
         <v>37.303571428571402</v>
       </c>
       <c r="H34" s="29">
         <v>41.135483870967697</v>
       </c>
       <c r="I34" s="29">
         <v>53.271666666666697</v>
       </c>
       <c r="J34" s="29">
         <v>61.740322580645199</v>
       </c>
       <c r="K34" s="29">
         <v>74.046666666666667</v>
       </c>
       <c r="L34" s="29">
         <v>78.019354838709702</v>
       </c>
       <c r="M34" s="29">
         <v>82.901612903225796</v>
       </c>
       <c r="N34" s="29">
         <v>66.188333333333304</v>
       </c>
       <c r="O34" s="29">
         <v>59.943548387096797</v>
       </c>
-      <c r="P34" s="28"/>
+      <c r="P34" s="28">
+        <v>51.343333333333298</v>
+      </c>
       <c r="Q34" s="28"/>
       <c r="R34" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S34" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="C35" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D35" s="28">
-        <v>56.389913419430997</v>
+        <v>56.127202498023102</v>
       </c>
       <c r="E35" s="29"/>
       <c r="F35" s="29">
         <v>37.046087401261602</v>
       </c>
       <c r="G35" s="29">
         <v>35.015658877378897</v>
       </c>
       <c r="H35" s="29">
         <v>42.982647010825197</v>
       </c>
       <c r="I35" s="29">
         <v>49.1371557054525</v>
       </c>
       <c r="J35" s="29">
         <v>62.3674046673557</v>
       </c>
       <c r="K35" s="29">
         <v>68.237774030354132</v>
       </c>
       <c r="L35" s="29">
         <v>68.332154708154306</v>
       </c>
       <c r="M35" s="29">
         <v>75.344067888810301</v>
       </c>
       <c r="N35" s="29">
         <v>64.030354131534594</v>
       </c>
       <c r="O35" s="29">
         <v>58.904966545177601</v>
       </c>
-      <c r="P35" s="28"/>
+      <c r="P35" s="28">
+        <v>53.476672287802103</v>
+      </c>
       <c r="Q35" s="28"/>
       <c r="R35" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A36" s="1"/>
       <c r="C36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="28">
-        <v>48.2797066194899</v>
+        <v>48.383904459987598</v>
       </c>
       <c r="E36" s="29"/>
       <c r="F36" s="29">
         <v>30.224993223095701</v>
       </c>
       <c r="G36" s="29">
         <v>35.934373749499798</v>
       </c>
       <c r="H36" s="29">
         <v>36.875395319418097</v>
       </c>
       <c r="I36" s="29">
         <v>42.4229691876751</v>
       </c>
       <c r="J36" s="29">
         <v>53.162555344718498</v>
       </c>
       <c r="K36" s="29">
         <v>55.042016806722692</v>
       </c>
       <c r="L36" s="29">
         <v>52.353844763711898</v>
       </c>
       <c r="M36" s="29">
         <v>68.401554170055107</v>
       </c>
       <c r="N36" s="29">
         <v>48.734827264239001</v>
       </c>
       <c r="O36" s="29">
         <v>58.493720068672602</v>
       </c>
-      <c r="P36" s="28"/>
+      <c r="P36" s="28">
+        <v>49.439775910364098</v>
+      </c>
       <c r="Q36" s="28"/>
       <c r="R36" s="28" t="s">
         <v>98</v>
       </c>
       <c r="S36" s="29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="C37" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="28"/>
       <c r="E37" s="29"/>
       <c r="F37" s="29"/>
       <c r="G37" s="29"/>
       <c r="H37" s="29"/>
       <c r="I37" s="29"/>
       <c r="J37" s="29"/>
       <c r="K37" s="29"/>
       <c r="L37" s="29"/>
       <c r="M37" s="29"/>
       <c r="N37" s="28"/>
       <c r="O37" s="28"/>
       <c r="P37" s="28"/>
       <c r="Q37" s="28"/>
       <c r="R37" s="28"/>
       <c r="S37" s="29"/>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A38" s="20"/>
       <c r="B38" s="15"/>
       <c r="C38" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D38" s="28">
-        <v>48.124766799465597</v>
+        <v>47.5658322200077</v>
       </c>
       <c r="E38" s="32"/>
       <c r="F38" s="32">
         <v>28.816665648481901</v>
       </c>
       <c r="G38" s="32">
         <v>29.848642553560602</v>
       </c>
       <c r="H38" s="32">
         <v>35.777397327665902</v>
       </c>
       <c r="I38" s="32">
         <v>44.072050192268797</v>
       </c>
       <c r="J38" s="32">
         <v>52.157392717942699</v>
       </c>
       <c r="K38" s="32">
         <v>56.775956284153004</v>
       </c>
       <c r="L38" s="32">
         <v>62.792565172258499</v>
       </c>
       <c r="M38" s="32">
         <v>66.7254245255303</v>
       </c>
       <c r="N38" s="32">
         <v>54.470754907913403</v>
       </c>
       <c r="O38" s="32">
         <v>47.599741465420998</v>
       </c>
-      <c r="P38" s="28"/>
+      <c r="P38" s="28">
+        <v>41.926735478647998</v>
+      </c>
       <c r="Q38" s="28"/>
       <c r="R38" s="31"/>
       <c r="S38" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A39" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B39" s="22"/>
       <c r="C39" s="22"/>
       <c r="D39" s="35">
         <v>2871.7269736842104</v>
       </c>
       <c r="E39" s="24"/>
       <c r="F39" s="24">
         <v>2827.6129032258063</v>
       </c>
       <c r="G39" s="24">
         <v>2877</v>
       </c>
       <c r="H39" s="24">
         <v>2874.6774193548385</v>
       </c>
       <c r="I39" s="24">
         <v>2877</v>
       </c>
       <c r="J39" s="24">
         <v>2877</v>
       </c>
       <c r="K39" s="24">
         <v>2877</v>
       </c>
       <c r="L39" s="24">
         <v>2877</v>
       </c>
       <c r="M39" s="24">
         <v>2877</v>
       </c>
       <c r="N39" s="24">
         <v>2877</v>
       </c>
       <c r="O39" s="24">
         <v>2877</v>
       </c>
-      <c r="P39" s="24"/>
+      <c r="P39" s="24">
+        <v>2877</v>
+      </c>
       <c r="Q39" s="24"/>
       <c r="R39" s="25"/>
       <c r="S39" s="26">
-        <f>100*(O39-'2024'!O41)/'2024'!O41</f>
-        <v>2.6916994717546928E-2</v>
+        <f>100*(P39-'2024'!P41)/'2024'!P41</f>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A40" s="15"/>
       <c r="B40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C40" s="15"/>
       <c r="D40" s="28">
-        <v>65.444069621594394</v>
+        <v>65.618175468954405</v>
       </c>
       <c r="E40" s="30"/>
       <c r="F40" s="31">
         <v>43.662727023820402</v>
       </c>
       <c r="G40" s="31">
         <v>46.468295347336003</v>
       </c>
       <c r="H40" s="31">
         <v>53.489311563709798</v>
       </c>
       <c r="I40" s="31">
         <v>56.220600162205997</v>
       </c>
       <c r="J40" s="31">
         <v>71.452117461065001</v>
       </c>
       <c r="K40" s="31">
         <v>78.446298227320128</v>
       </c>
       <c r="L40" s="31">
         <v>75.153329521118593</v>
       </c>
       <c r="M40" s="31">
         <v>80.785316245641198</v>
       </c>
       <c r="N40" s="31">
         <v>76.704900938477607</v>
       </c>
       <c r="O40" s="31">
         <v>70.323029141018296</v>
       </c>
-      <c r="P40" s="31"/>
+      <c r="P40" s="31">
+        <v>67.3792144595064</v>
+      </c>
       <c r="Q40" s="31"/>
       <c r="R40" s="31"/>
       <c r="S40" s="32" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A41" s="21" t="s">
         <v>47</v>
       </c>
       <c r="B41" s="22"/>
       <c r="C41" s="22"/>
       <c r="D41" s="25">
         <f t="shared" si="3"/>
-        <v>1.7330444905993339</v>
+        <v>1.7136636635266316</v>
       </c>
       <c r="E41" s="24"/>
       <c r="F41" s="25">
         <v>1.6939725458803996</v>
       </c>
       <c r="G41" s="25">
         <v>1.6946214066115179</v>
       </c>
       <c r="H41" s="25">
         <v>1.628707627118644</v>
       </c>
       <c r="I41" s="25">
         <v>1.720599892876272</v>
       </c>
       <c r="J41" s="25">
         <v>1.7514066676044451</v>
       </c>
       <c r="K41" s="25">
         <v>1.7160970057229583</v>
       </c>
       <c r="L41" s="25">
         <v>1.8288734153500281</v>
       </c>
       <c r="M41" s="25">
         <v>1.7608277982104628</v>
       </c>
       <c r="N41" s="25">
         <v>1.7902248359450641</v>
       </c>
       <c r="O41" s="25">
         <v>1.745113710673545</v>
       </c>
-      <c r="P41" s="25"/>
+      <c r="P41" s="25">
+        <v>1.5198553927996103</v>
+      </c>
       <c r="Q41" s="25"/>
       <c r="R41" s="25"/>
       <c r="S41" s="26">
-        <f>100*(O41-'2024'!O43)/'2024'!O43</f>
-        <v>0.96166728650393596</v>
+        <f>100*(P41-'2024'!P43)/'2024'!P43</f>
+        <v>-1.5189907625817178</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
       <c r="B42" s="17" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="17" t="s">
         <v>41</v>
       </c>
       <c r="D42" s="28">
         <f>AVERAGE(F42:Q42)</f>
-        <v>1.6404526675950823</v>
+        <v>1.6284543574944477</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="28">
         <v>1.5815708942536553</v>
       </c>
       <c r="G42" s="28">
         <v>1.6294851794071763</v>
       </c>
       <c r="H42" s="28">
         <v>1.540096618357488</v>
       </c>
       <c r="I42" s="28">
         <v>1.6114444164355937</v>
       </c>
       <c r="J42" s="28">
         <v>1.6314623023483783</v>
       </c>
       <c r="K42" s="28">
         <v>1.6072643079371971</v>
       </c>
       <c r="L42" s="28">
         <v>1.7836283185840709</v>
       </c>
       <c r="M42" s="28">
         <v>1.717593984962406</v>
       </c>
       <c r="N42" s="28">
         <v>1.6791966173361523</v>
       </c>
       <c r="O42" s="28">
         <v>1.6227840363287049</v>
       </c>
-      <c r="P42" s="28"/>
+      <c r="P42" s="28">
+        <v>1.5084712564881011</v>
+      </c>
       <c r="Q42" s="28"/>
       <c r="R42" s="28"/>
       <c r="S42" s="29">
-        <f>100*(O42-'2024'!O44)/'2024'!O44</f>
-        <v>-1.400946435310799</v>
+        <f>100*(P42-'2024'!P44)/'2024'!P44</f>
+        <v>-0.47511189681575106</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="C43" s="17" t="s">
         <v>35</v>
       </c>
       <c r="D43" s="28">
         <f t="shared" si="3"/>
-        <v>1.7654525426735268</v>
+        <v>1.751036349647775</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="28">
         <v>1.7058746565484757</v>
       </c>
       <c r="G43" s="28">
         <v>1.6960326721120187</v>
       </c>
       <c r="H43" s="28">
         <v>1.6461458333333334</v>
       </c>
       <c r="I43" s="28">
         <v>1.7262045813586098</v>
       </c>
       <c r="J43" s="28">
         <v>1.7402853673345478</v>
       </c>
       <c r="K43" s="28">
         <v>1.8001779491362053</v>
       </c>
       <c r="L43" s="28">
         <v>1.8755505785740949</v>
       </c>
       <c r="M43" s="28">
         <v>1.8358406786400689</v>
       </c>
       <c r="N43" s="28">
         <v>1.848288171345124</v>
       </c>
       <c r="O43" s="28">
         <v>1.7801249383527864</v>
       </c>
-      <c r="P43" s="28"/>
+      <c r="P43" s="28">
+        <v>1.6068744193902542</v>
+      </c>
       <c r="Q43" s="28"/>
       <c r="R43" s="28"/>
       <c r="S43" s="29">
-        <f>100*(O43-'2024'!O45)/'2024'!O45</f>
-        <v>0.91983530422343418</v>
+        <f>100*(P43-'2024'!P45)/'2024'!P45</f>
+        <v>13.542903476892855</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="C44" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D44" s="28">
         <f>AVERAGE(F44:Q44)</f>
-        <v>1.7606913133368205</v>
+        <v>1.7092516498727335</v>
       </c>
       <c r="E44" s="27"/>
       <c r="F44" s="28">
         <v>1.7964554242749731</v>
       </c>
       <c r="G44" s="28">
         <v>1.5181741335587489</v>
       </c>
       <c r="H44" s="28">
         <v>1.5781129156999227</v>
       </c>
       <c r="I44" s="28">
         <v>1.7220011370096646</v>
       </c>
       <c r="J44" s="28">
         <v>1.9789774638412378</v>
       </c>
       <c r="K44" s="28">
         <v>1.7059759803212271</v>
       </c>
       <c r="L44" s="28">
         <v>1.9153719008264463</v>
       </c>
       <c r="M44" s="28">
         <v>1.5881674184412042</v>
       </c>
       <c r="N44" s="28">
         <v>2.0313290523448142</v>
       </c>
       <c r="O44" s="28">
         <v>1.7723477070499658</v>
       </c>
-      <c r="P44" s="28"/>
+      <c r="P44" s="28">
+        <v>1.1948550152318629</v>
+      </c>
       <c r="Q44" s="28"/>
       <c r="R44" s="28"/>
       <c r="S44" s="29">
-        <f>100*(O44-'2024'!O46)/'2024'!O46</f>
-        <v>1.3786600803410332</v>
+        <f>100*(P44-'2024'!P46)/'2024'!P46</f>
+        <v>-19.362860703017557</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
       <c r="C45" s="17" t="s">
         <v>46</v>
       </c>
       <c r="D45" s="28"/>
       <c r="E45" s="28"/>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
       <c r="K45" s="28"/>
       <c r="L45" s="28"/>
       <c r="M45" s="28"/>
       <c r="N45" s="28"/>
       <c r="O45" s="28"/>
       <c r="P45" s="28"/>
       <c r="Q45" s="29"/>
       <c r="R45" s="29"/>
       <c r="S45" s="29"/>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A46" s="20"/>
       <c r="B46" s="15"/>
       <c r="C46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D46" s="31">
         <f>AVERAGE(F46:Q46)</f>
-        <v>1.8614745535010595</v>
+        <v>1.8458607463979675</v>
       </c>
       <c r="E46" s="30"/>
       <c r="F46" s="31">
         <v>1.8481128379260807</v>
       </c>
       <c r="G46" s="31">
         <v>1.9270614587708246</v>
       </c>
       <c r="H46" s="31">
         <v>1.7817522540180322</v>
       </c>
       <c r="I46" s="31">
         <v>1.9043288150415392</v>
       </c>
       <c r="J46" s="31">
         <v>1.8639322460978511</v>
       </c>
       <c r="K46" s="31">
         <v>1.8438937820428554</v>
       </c>
       <c r="L46" s="31">
         <v>1.833361926002173</v>
       </c>
       <c r="M46" s="31">
         <v>1.859505485508433</v>
       </c>
       <c r="N46" s="31">
         <v>1.8360051845282761</v>
       </c>
       <c r="O46" s="31">
         <v>1.9167915450745328</v>
       </c>
-      <c r="P46" s="31"/>
+      <c r="P46" s="31">
+        <v>1.6897226753670473</v>
+      </c>
       <c r="Q46" s="31"/>
       <c r="R46" s="31"/>
       <c r="S46" s="32">
-        <f>100*(O46-'2024'!O48)/'2024'!O48</f>
-        <v>6.6613995664493313</v>
+        <f>100*(P46-'2024'!P48)/'2024'!P48</f>
+        <v>-2.8113450335947308</v>
       </c>
     </row>
     <row r="47" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="1"/>
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="S47" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="S48" s="6"/>
     </row>
     <row r="49" spans="1:19" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="93" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
@@ -5818,51 +5892,51 @@
       <c r="R52" s="94"/>
       <c r="S52" s="94"/>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.2">
       <c r="S53" s="19" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A49:S49"/>
     <mergeCell ref="A51:S51"/>
     <mergeCell ref="A52:S52"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="29" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="D7" numberStoredAsText="1"/>
-    <ignoredError sqref="F12:O12" formulaRange="1"/>
+    <ignoredError sqref="F12:P12" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0505C59D-2FCA-4791-9370-0026A63EEEF4}">
   <dimension ref="A1:R25"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="45" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="45" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="45" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="45" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="45" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="45" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="45" customWidth="1"/>
     <col min="8" max="8" width="10.140625" style="45" customWidth="1"/>
     <col min="9" max="9" width="1.7109375" style="45" customWidth="1"/>
     <col min="10" max="10" width="14.42578125" style="45" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="45" customWidth="1"/>
     <col min="12" max="14" width="10.28515625" style="45" customWidth="1"/>