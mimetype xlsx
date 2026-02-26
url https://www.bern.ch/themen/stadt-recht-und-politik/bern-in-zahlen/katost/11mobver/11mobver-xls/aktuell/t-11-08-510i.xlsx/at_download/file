--- v0 (2025-10-21)
+++ v1 (2026-02-26)
@@ -16,106 +16,110 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11C6917F-369A-4624-8112-F203451D2381}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E6BC065-19A5-42E7-A109-99B72954DA31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G10" i="33" l="1"/>
+  <c r="O10" i="33" l="1"/>
+  <c r="N10" i="33"/>
+  <c r="K10" i="33"/>
+  <c r="J10" i="33"/>
+  <c r="G10" i="33"/>
   <c r="E53" i="32"/>
   <c r="E52" i="32"/>
   <c r="E51" i="32"/>
   <c r="E50" i="32"/>
   <c r="E49" i="32"/>
   <c r="E48" i="32"/>
   <c r="E46" i="32"/>
   <c r="E45" i="32"/>
   <c r="E44" i="32"/>
   <c r="E43" i="32"/>
   <c r="E42" i="32"/>
   <c r="E41" i="32"/>
   <c r="E40" i="32"/>
   <c r="E39" i="32"/>
   <c r="E38" i="32"/>
   <c r="E37" i="32"/>
   <c r="E36" i="32"/>
   <c r="E35" i="32"/>
   <c r="E34" i="32"/>
   <c r="E32" i="32"/>
   <c r="E31" i="32"/>
   <c r="E30" i="32"/>
   <c r="E29" i="32"/>
   <c r="E28" i="32"/>
   <c r="E27" i="32"/>
@@ -129,52 +133,50 @@
   <c r="E19" i="32"/>
   <c r="E17" i="32"/>
   <c r="E16" i="32"/>
   <c r="E15" i="32"/>
   <c r="E14" i="32"/>
   <c r="E13" i="32"/>
   <c r="E12" i="32"/>
   <c r="E11" i="32"/>
   <c r="R10" i="32"/>
   <c r="Q10" i="32"/>
   <c r="P10" i="32"/>
   <c r="O10" i="32"/>
   <c r="N10" i="32"/>
   <c r="M10" i="32"/>
   <c r="L10" i="32"/>
   <c r="K10" i="32"/>
   <c r="J10" i="32"/>
   <c r="I10" i="32"/>
   <c r="H10" i="32"/>
   <c r="G10" i="32"/>
   <c r="E9" i="32"/>
   <c r="E10" i="32" l="1"/>
   <c r="R10" i="33" l="1"/>
   <c r="Q10" i="33"/>
   <c r="P10" i="33"/>
-  <c r="O10" i="33"/>
-  <c r="N10" i="33"/>
   <c r="M10" i="33"/>
   <c r="L10" i="33"/>
   <c r="I10" i="33"/>
   <c r="H10" i="33"/>
   <c r="E53" i="33"/>
   <c r="E52" i="33"/>
   <c r="E51" i="33"/>
   <c r="E50" i="33"/>
   <c r="E49" i="33"/>
   <c r="E48" i="33"/>
   <c r="E46" i="33"/>
   <c r="E45" i="33"/>
   <c r="E44" i="33"/>
   <c r="E43" i="33"/>
   <c r="E42" i="33"/>
   <c r="E41" i="33"/>
   <c r="E40" i="33"/>
   <c r="E39" i="33"/>
   <c r="E38" i="33"/>
   <c r="E37" i="33"/>
   <c r="E36" i="33"/>
   <c r="E35" i="33"/>
   <c r="E34" i="33"/>
   <c r="E32" i="33"/>
   <c r="E31" i="33"/>
@@ -809,51 +811,51 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.9.2025)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2051,1538 +2053,1950 @@
       <c r="B9" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
       <c r="E9" s="22">
         <f>SUM(G9:R9)</f>
         <v>0</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18">
         <v>0</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
-      <c r="L9" s="18"/>
-[...3 lines deleted...]
-      <c r="P9" s="18"/>
+      <c r="L9" s="18">
+        <v>0</v>
+      </c>
+      <c r="M9" s="18">
+        <v>0</v>
+      </c>
+      <c r="N9" s="18">
+        <v>0</v>
+      </c>
+      <c r="O9" s="18">
+        <v>0</v>
+      </c>
+      <c r="P9" s="18">
+        <v>0</v>
+      </c>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>91</v>
+        <v>225</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J10" s="20">
-        <v>12</v>
+        <f t="shared" si="0"/>
+        <v>13</v>
       </c>
       <c r="K10" s="20">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="L10" s="20">
+        <f t="shared" si="0"/>
+        <v>35</v>
+      </c>
+      <c r="M10" s="20">
+        <f t="shared" si="0"/>
+        <v>14</v>
+      </c>
+      <c r="N10" s="20">
+        <f t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c r="O10" s="20">
+        <f t="shared" si="0"/>
         <v>29</v>
       </c>
-      <c r="L10" s="20" t="str">
+      <c r="P10" s="20">
         <f t="shared" si="0"/>
-        <v/>
-[...15 lines deleted...]
-        <v/>
+        <v>21</v>
       </c>
       <c r="Q10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J11" s="18">
+        <v>12</v>
+      </c>
+      <c r="K11" s="18">
+        <v>29</v>
+      </c>
+      <c r="L11" s="18">
+        <v>33</v>
+      </c>
+      <c r="M11" s="18">
         <v>11</v>
       </c>
-      <c r="K11" s="18">
-[...6 lines deleted...]
-      <c r="P11" s="18"/>
+      <c r="N11" s="18">
+        <v>26</v>
+      </c>
+      <c r="O11" s="18">
+        <v>25</v>
+      </c>
+      <c r="P11" s="18">
+        <v>18</v>
+      </c>
       <c r="Q11" s="18"/>
       <c r="R11" s="18"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
-      <c r="L12" s="18"/>
-[...3 lines deleted...]
-      <c r="P12" s="18"/>
+      <c r="L12" s="18">
+        <v>2</v>
+      </c>
+      <c r="M12" s="18">
+        <v>3</v>
+      </c>
+      <c r="N12" s="18">
+        <v>6</v>
+      </c>
+      <c r="O12" s="18">
+        <v>4</v>
+      </c>
+      <c r="P12" s="18">
+        <v>3</v>
+      </c>
       <c r="Q12" s="18"/>
       <c r="R12" s="18"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
-      <c r="L13" s="20"/>
-[...3 lines deleted...]
-      <c r="P13" s="20"/>
+      <c r="L13" s="20">
+        <v>0</v>
+      </c>
+      <c r="M13" s="20">
+        <v>0</v>
+      </c>
+      <c r="N13" s="20">
+        <v>0</v>
+      </c>
+      <c r="O13" s="20">
+        <v>0</v>
+      </c>
+      <c r="P13" s="20">
+        <v>0</v>
+      </c>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>91</v>
+        <v>225</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J14" s="17">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K14" s="17">
+        <v>30</v>
+      </c>
+      <c r="L14" s="17">
+        <v>35</v>
+      </c>
+      <c r="M14" s="17">
+        <v>14</v>
+      </c>
+      <c r="N14" s="17">
+        <v>32</v>
+      </c>
+      <c r="O14" s="17">
         <v>29</v>
       </c>
-      <c r="L14" s="17"/>
-[...3 lines deleted...]
-      <c r="P14" s="17"/>
+      <c r="P14" s="17">
+        <v>21</v>
+      </c>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
-        <v>5</v>
-[...5 lines deleted...]
-      <c r="P15" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="L15" s="18">
+        <v>2</v>
+      </c>
+      <c r="M15" s="18">
+        <v>2</v>
+      </c>
+      <c r="N15" s="18">
+        <v>5</v>
+      </c>
+      <c r="O15" s="18">
+        <v>3</v>
+      </c>
+      <c r="P15" s="18">
+        <v>4</v>
+      </c>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
-      <c r="L16" s="18"/>
-[...3 lines deleted...]
-      <c r="P16" s="18"/>
+      <c r="L16" s="18">
+        <v>1</v>
+      </c>
+      <c r="M16" s="18">
+        <v>1</v>
+      </c>
+      <c r="N16" s="18">
+        <v>1</v>
+      </c>
+      <c r="O16" s="18">
+        <v>1</v>
+      </c>
+      <c r="P16" s="18">
+        <v>1</v>
+      </c>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
-      <c r="L17" s="18"/>
-[...3 lines deleted...]
-      <c r="P17" s="18"/>
+      <c r="L17" s="18">
+        <v>1</v>
+      </c>
+      <c r="M17" s="18">
+        <v>2</v>
+      </c>
+      <c r="N17" s="18">
+        <v>5</v>
+      </c>
+      <c r="O17" s="18">
+        <v>4</v>
+      </c>
+      <c r="P17" s="18">
+        <v>4</v>
+      </c>
       <c r="Q17" s="18"/>
       <c r="R17" s="18"/>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>179</v>
+        <v>405</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
         <v>40</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="J19" s="18">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K19" s="18">
-        <v>46</v>
-[...5 lines deleted...]
-      <c r="P19" s="18"/>
+        <v>49</v>
+      </c>
+      <c r="L19" s="18">
+        <v>42</v>
+      </c>
+      <c r="M19" s="18">
+        <v>30</v>
+      </c>
+      <c r="N19" s="18">
+        <v>58</v>
+      </c>
+      <c r="O19" s="18">
+        <v>49</v>
+      </c>
+      <c r="P19" s="18">
+        <v>40</v>
+      </c>
       <c r="Q19" s="18"/>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
-      <c r="L20" s="18"/>
-[...3 lines deleted...]
-      <c r="P20" s="18"/>
+      <c r="L20" s="18">
+        <v>0</v>
+      </c>
+      <c r="M20" s="18">
+        <v>1</v>
+      </c>
+      <c r="N20" s="18">
+        <v>0</v>
+      </c>
+      <c r="O20" s="18">
+        <v>1</v>
+      </c>
+      <c r="P20" s="18">
+        <v>0</v>
+      </c>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
-      <c r="L21" s="18"/>
-[...3 lines deleted...]
-      <c r="P21" s="18"/>
+      <c r="L21" s="18">
+        <v>0</v>
+      </c>
+      <c r="M21" s="18">
+        <v>1</v>
+      </c>
+      <c r="N21" s="18">
+        <v>3</v>
+      </c>
+      <c r="O21" s="18">
+        <v>0</v>
+      </c>
+      <c r="P21" s="18">
+        <v>3</v>
+      </c>
       <c r="Q21" s="18"/>
       <c r="R21" s="18"/>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
-      <c r="L22" s="18"/>
-[...3 lines deleted...]
-      <c r="P22" s="18"/>
+      <c r="L22" s="18">
+        <v>0</v>
+      </c>
+      <c r="M22" s="18">
+        <v>1</v>
+      </c>
+      <c r="N22" s="18">
+        <v>1</v>
+      </c>
+      <c r="O22" s="18">
+        <v>0</v>
+      </c>
+      <c r="P22" s="18">
+        <v>1</v>
+      </c>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
-      <c r="L23" s="18"/>
-[...3 lines deleted...]
-      <c r="P23" s="18"/>
+      <c r="L23" s="18">
+        <v>1</v>
+      </c>
+      <c r="M23" s="18">
+        <v>5</v>
+      </c>
+      <c r="N23" s="18">
+        <v>3</v>
+      </c>
+      <c r="O23" s="18">
+        <v>4</v>
+      </c>
+      <c r="P23" s="18">
+        <v>3</v>
+      </c>
       <c r="Q23" s="18"/>
       <c r="R23" s="18"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
-      <c r="L24" s="18"/>
-[...3 lines deleted...]
-      <c r="P24" s="18"/>
+      <c r="L24" s="18">
+        <v>2</v>
+      </c>
+      <c r="M24" s="18">
+        <v>1</v>
+      </c>
+      <c r="N24" s="18">
+        <v>1</v>
+      </c>
+      <c r="O24" s="18">
+        <v>2</v>
+      </c>
+      <c r="P24" s="18">
+        <v>4</v>
+      </c>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
-      <c r="L25" s="18"/>
-[...3 lines deleted...]
-      <c r="P25" s="18"/>
+      <c r="L25" s="18">
+        <v>10</v>
+      </c>
+      <c r="M25" s="18">
+        <v>2</v>
+      </c>
+      <c r="N25" s="18">
+        <v>11</v>
+      </c>
+      <c r="O25" s="18">
+        <v>11</v>
+      </c>
+      <c r="P25" s="18">
+        <v>6</v>
+      </c>
       <c r="Q25" s="18"/>
       <c r="R25" s="18"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
-      <c r="L26" s="18"/>
-[...3 lines deleted...]
-      <c r="P26" s="18"/>
+      <c r="L26" s="18">
+        <v>1</v>
+      </c>
+      <c r="M26" s="18">
+        <v>6</v>
+      </c>
+      <c r="N26" s="18">
+        <v>3</v>
+      </c>
+      <c r="O26" s="18">
+        <v>6</v>
+      </c>
+      <c r="P26" s="18">
+        <v>6</v>
+      </c>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
-      <c r="L27" s="18"/>
-[...3 lines deleted...]
-      <c r="P27" s="18"/>
+      <c r="L27" s="18">
+        <v>1</v>
+      </c>
+      <c r="M27" s="18">
+        <v>1</v>
+      </c>
+      <c r="N27" s="18">
+        <v>2</v>
+      </c>
+      <c r="O27" s="18">
+        <v>2</v>
+      </c>
+      <c r="P27" s="18">
+        <v>1</v>
+      </c>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
-      <c r="L28" s="18"/>
-[...3 lines deleted...]
-      <c r="P28" s="18"/>
+      <c r="L28" s="18">
+        <v>1</v>
+      </c>
+      <c r="M28" s="18">
+        <v>0</v>
+      </c>
+      <c r="N28" s="18">
+        <v>1</v>
+      </c>
+      <c r="O28" s="18">
+        <v>3</v>
+      </c>
+      <c r="P28" s="18">
+        <v>3</v>
+      </c>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
-      <c r="L29" s="18"/>
-[...3 lines deleted...]
-      <c r="P29" s="18"/>
+      <c r="L29" s="18">
+        <v>5</v>
+      </c>
+      <c r="M29" s="18">
+        <v>1</v>
+      </c>
+      <c r="N29" s="18">
+        <v>3</v>
+      </c>
+      <c r="O29" s="18">
+        <v>4</v>
+      </c>
+      <c r="P29" s="18">
+        <v>2</v>
+      </c>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
         <v>4</v>
       </c>
-      <c r="L30" s="18"/>
-[...3 lines deleted...]
-      <c r="P30" s="18"/>
+      <c r="L30" s="18">
+        <v>7</v>
+      </c>
+      <c r="M30" s="18">
+        <v>7</v>
+      </c>
+      <c r="N30" s="18">
+        <v>4</v>
+      </c>
+      <c r="O30" s="18">
+        <v>2</v>
+      </c>
+      <c r="P30" s="18">
+        <v>5</v>
+      </c>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
         <v>9</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-      <c r="P31" s="18"/>
+        <v>9</v>
+      </c>
+      <c r="L31" s="18">
+        <v>2</v>
+      </c>
+      <c r="M31" s="18">
+        <v>3</v>
+      </c>
+      <c r="N31" s="18">
+        <v>5</v>
+      </c>
+      <c r="O31" s="18">
+        <v>3</v>
+      </c>
+      <c r="P31" s="18">
+        <v>4</v>
+      </c>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>308</v>
+        <v>707</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="J32" s="26">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="K32" s="26">
-        <v>79</v>
-[...5 lines deleted...]
-      <c r="P32" s="26"/>
+        <v>83</v>
+      </c>
+      <c r="L32" s="26">
+        <v>72</v>
+      </c>
+      <c r="M32" s="26">
+        <v>58</v>
+      </c>
+      <c r="N32" s="26">
+        <v>94</v>
+      </c>
+      <c r="O32" s="26">
+        <v>87</v>
+      </c>
+      <c r="P32" s="26">
+        <v>77</v>
+      </c>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
-        <v>5</v>
-[...5 lines deleted...]
-      <c r="P34" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="L34" s="18">
+        <v>2</v>
+      </c>
+      <c r="M34" s="18">
+        <v>2</v>
+      </c>
+      <c r="N34" s="18">
+        <v>5</v>
+      </c>
+      <c r="O34" s="18">
+        <v>3</v>
+      </c>
+      <c r="P34" s="18">
+        <v>4</v>
+      </c>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
-      <c r="L35" s="18"/>
-[...3 lines deleted...]
-      <c r="P35" s="18"/>
+      <c r="L35" s="18">
+        <v>14</v>
+      </c>
+      <c r="M35" s="18">
+        <v>16</v>
+      </c>
+      <c r="N35" s="18">
+        <v>17</v>
+      </c>
+      <c r="O35" s="18">
+        <v>18</v>
+      </c>
+      <c r="P35" s="18">
+        <v>16</v>
+      </c>
       <c r="Q35" s="18"/>
       <c r="R35" s="18"/>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
-      <c r="L36" s="18"/>
-[...3 lines deleted...]
-      <c r="P36" s="18"/>
+      <c r="L36" s="18">
+        <v>6</v>
+      </c>
+      <c r="M36" s="18">
+        <v>4</v>
+      </c>
+      <c r="N36" s="18">
+        <v>8</v>
+      </c>
+      <c r="O36" s="18">
+        <v>7</v>
+      </c>
+      <c r="P36" s="18">
+        <v>5</v>
+      </c>
       <c r="Q36" s="18"/>
       <c r="R36" s="18"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
-      <c r="L37" s="18"/>
-[...3 lines deleted...]
-      <c r="P37" s="18"/>
+      <c r="L37" s="18">
+        <v>1</v>
+      </c>
+      <c r="M37" s="18">
+        <v>3</v>
+      </c>
+      <c r="N37" s="18">
+        <v>2</v>
+      </c>
+      <c r="O37" s="18">
+        <v>7</v>
+      </c>
+      <c r="P37" s="18">
+        <v>1</v>
+      </c>
       <c r="Q37" s="18"/>
       <c r="R37" s="18"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
-      <c r="L38" s="18"/>
-[...3 lines deleted...]
-      <c r="P38" s="18"/>
+      <c r="L38" s="18">
+        <v>3</v>
+      </c>
+      <c r="M38" s="18">
+        <v>4</v>
+      </c>
+      <c r="N38" s="18">
+        <v>6</v>
+      </c>
+      <c r="O38" s="18">
+        <v>4</v>
+      </c>
+      <c r="P38" s="18">
+        <v>4</v>
+      </c>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
-      <c r="L39" s="18"/>
-[...3 lines deleted...]
-      <c r="P39" s="18"/>
+      <c r="L39" s="18">
+        <v>4</v>
+      </c>
+      <c r="M39" s="18">
+        <v>2</v>
+      </c>
+      <c r="N39" s="18">
+        <v>8</v>
+      </c>
+      <c r="O39" s="18">
+        <v>4</v>
+      </c>
+      <c r="P39" s="18">
+        <v>4</v>
+      </c>
       <c r="Q39" s="18"/>
       <c r="R39" s="18"/>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
-      <c r="L40" s="18"/>
-[...3 lines deleted...]
-      <c r="P40" s="18"/>
+      <c r="L40" s="18">
+        <v>4</v>
+      </c>
+      <c r="M40" s="18">
+        <v>1</v>
+      </c>
+      <c r="N40" s="18">
+        <v>1</v>
+      </c>
+      <c r="O40" s="18">
+        <v>4</v>
+      </c>
+      <c r="P40" s="18">
+        <v>6</v>
+      </c>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
-      <c r="L41" s="18"/>
-[...3 lines deleted...]
-      <c r="P41" s="18"/>
+      <c r="L41" s="18">
+        <v>4</v>
+      </c>
+      <c r="M41" s="18">
+        <v>1</v>
+      </c>
+      <c r="N41" s="18">
+        <v>0</v>
+      </c>
+      <c r="O41" s="18">
+        <v>1</v>
+      </c>
+      <c r="P41" s="18">
+        <v>1</v>
+      </c>
       <c r="Q41" s="18"/>
       <c r="R41" s="18"/>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K42" s="18">
-        <v>6</v>
-[...5 lines deleted...]
-      <c r="P42" s="18"/>
+        <v>8</v>
+      </c>
+      <c r="L42" s="18">
+        <v>5</v>
+      </c>
+      <c r="M42" s="18">
+        <v>3</v>
+      </c>
+      <c r="N42" s="18">
+        <v>7</v>
+      </c>
+      <c r="O42" s="18">
+        <v>4</v>
+      </c>
+      <c r="P42" s="18">
+        <v>8</v>
+      </c>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
-      <c r="L43" s="18"/>
-[...3 lines deleted...]
-      <c r="P43" s="18"/>
+      <c r="L43" s="18">
+        <v>1</v>
+      </c>
+      <c r="M43" s="18">
+        <v>1</v>
+      </c>
+      <c r="N43" s="18">
+        <v>1</v>
+      </c>
+      <c r="O43" s="18">
+        <v>2</v>
+      </c>
+      <c r="P43" s="18">
+        <v>0</v>
+      </c>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>180</v>
+        <v>427</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J44" s="17">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K44" s="17">
+        <v>47</v>
+      </c>
+      <c r="L44" s="17">
         <v>44</v>
       </c>
-      <c r="L44" s="17"/>
-[...3 lines deleted...]
-      <c r="P44" s="17"/>
+      <c r="M44" s="17">
+        <v>37</v>
+      </c>
+      <c r="N44" s="17">
+        <v>55</v>
+      </c>
+      <c r="O44" s="17">
+        <v>54</v>
+      </c>
+      <c r="P44" s="17">
+        <v>49</v>
+      </c>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>78</v>
+        <v>193</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J45" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K45" s="18">
-        <v>25</v>
-[...5 lines deleted...]
-      <c r="P45" s="18"/>
+        <v>26</v>
+      </c>
+      <c r="L45" s="18">
+        <v>24</v>
+      </c>
+      <c r="M45" s="18">
+        <v>13</v>
+      </c>
+      <c r="N45" s="18">
+        <v>28</v>
+      </c>
+      <c r="O45" s="18">
+        <v>28</v>
+      </c>
+      <c r="P45" s="18">
+        <v>19</v>
+      </c>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>102</v>
+        <v>234</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
+        <v>23</v>
+      </c>
+      <c r="J46" s="18">
         <v>21</v>
       </c>
-      <c r="J46" s="18">
+      <c r="K46" s="18">
+        <v>21</v>
+      </c>
+      <c r="L46" s="18">
         <v>20</v>
       </c>
-      <c r="K46" s="18">
-[...6 lines deleted...]
-      <c r="P46" s="18"/>
+      <c r="M46" s="18">
+        <v>24</v>
+      </c>
+      <c r="N46" s="18">
+        <v>27</v>
+      </c>
+      <c r="O46" s="18">
+        <v>26</v>
+      </c>
+      <c r="P46" s="18">
+        <v>30</v>
+      </c>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>71</v>
+        <v>194</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
-      <c r="L48" s="18"/>
-[...3 lines deleted...]
-      <c r="P48" s="18"/>
+      <c r="L48" s="18">
+        <v>24</v>
+      </c>
+      <c r="M48" s="18">
+        <v>25</v>
+      </c>
+      <c r="N48" s="18">
+        <v>26</v>
+      </c>
+      <c r="O48" s="18">
+        <v>30</v>
+      </c>
+      <c r="P48" s="18">
+        <v>16</v>
+      </c>
       <c r="Q48" s="18"/>
       <c r="R48" s="18"/>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
-      <c r="L49" s="18"/>
-[...3 lines deleted...]
-      <c r="P49" s="18"/>
+      <c r="L49" s="18">
+        <v>2</v>
+      </c>
+      <c r="M49" s="18">
+        <v>0</v>
+      </c>
+      <c r="N49" s="18">
+        <v>0</v>
+      </c>
+      <c r="O49" s="18">
+        <v>1</v>
+      </c>
+      <c r="P49" s="18">
+        <v>0</v>
+      </c>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
-      <c r="L50" s="18"/>
-[...3 lines deleted...]
-      <c r="P50" s="18"/>
+      <c r="L50" s="18">
+        <v>0</v>
+      </c>
+      <c r="M50" s="18">
+        <v>2</v>
+      </c>
+      <c r="N50" s="18">
+        <v>4</v>
+      </c>
+      <c r="O50" s="18">
+        <v>5</v>
+      </c>
+      <c r="P50" s="18">
+        <v>6</v>
+      </c>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K51" s="18">
+        <v>18</v>
+      </c>
+      <c r="L51" s="18">
+        <v>13</v>
+      </c>
+      <c r="M51" s="18">
+        <v>8</v>
+      </c>
+      <c r="N51" s="18">
+        <v>16</v>
+      </c>
+      <c r="O51" s="18">
+        <v>12</v>
+      </c>
+      <c r="P51" s="18">
         <v>17</v>
       </c>
-      <c r="L51" s="18"/>
-[...3 lines deleted...]
-      <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J52" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K52" s="18">
-        <v>8</v>
-[...5 lines deleted...]
-      <c r="P52" s="18"/>
+        <v>10</v>
+      </c>
+      <c r="L52" s="18">
+        <v>7</v>
+      </c>
+      <c r="M52" s="18">
+        <v>2</v>
+      </c>
+      <c r="N52" s="18">
+        <v>9</v>
+      </c>
+      <c r="O52" s="18">
+        <v>7</v>
+      </c>
+      <c r="P52" s="18">
+        <v>10</v>
+      </c>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>180</v>
+        <v>427</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J53" s="17">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K53" s="17">
+        <v>47</v>
+      </c>
+      <c r="L53" s="17">
         <v>44</v>
       </c>
-      <c r="L53" s="17"/>
-[...3 lines deleted...]
-      <c r="P53" s="17"/>
+      <c r="M53" s="17">
+        <v>37</v>
+      </c>
+      <c r="N53" s="17">
+        <v>55</v>
+      </c>
+      <c r="O53" s="17">
+        <v>54</v>
+      </c>
+      <c r="P53" s="17">
+        <v>49</v>
+      </c>
       <c r="Q53" s="17"/>
       <c r="R53" s="19"/>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>