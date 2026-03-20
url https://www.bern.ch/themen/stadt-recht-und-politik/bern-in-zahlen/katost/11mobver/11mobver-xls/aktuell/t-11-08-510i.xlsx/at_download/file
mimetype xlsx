--- v1 (2026-02-26)
+++ v2 (2026-03-20)
@@ -16,58 +16,58 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E6BC065-19A5-42E7-A109-99B72954DA31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{162CACC0-022A-40DB-A8EB-6F26CB205AC4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
@@ -515,51 +515,51 @@
   <c r="E30" i="26"/>
   <c r="E29" i="26"/>
   <c r="E28" i="26"/>
   <c r="E27" i="26"/>
   <c r="E26" i="26"/>
   <c r="E25" i="26"/>
   <c r="E24" i="26"/>
   <c r="E23" i="26"/>
   <c r="E22" i="26"/>
   <c r="E21" i="26"/>
   <c r="E20" i="26"/>
   <c r="E19" i="26"/>
   <c r="E17" i="26"/>
   <c r="E16" i="26"/>
   <c r="E15" i="26"/>
   <c r="E13" i="26"/>
   <c r="E12" i="26"/>
   <c r="E11" i="26"/>
   <c r="E9" i="26"/>
   <c r="E53" i="26" l="1"/>
   <c r="E14" i="26"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="587" uniqueCount="82">
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Beteiligte</t>
   </si>
   <si>
     <t>Personenwagen</t>
   </si>
   <si>
     <t>Car/Kleinbus</t>
   </si>
   <si>
     <t>ÖV-Fahrzeuge</t>
   </si>
   <si>
     <t>Fahrräder</t>
   </si>
   <si>
     <t>langsame E-Bikes bis 25 km/h</t>
   </si>
   <si>
@@ -778,84 +778,81 @@
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>FäG, fahrzeugähnliches Gerät: ein mit Rädern oder Rollen ausgestattetes Fortbewegungsmittel (z.B. Inline-Skates, Rollschuhe, Kickboards, Trottinette, Kinderräder, Rollbretter, Like-a-Bikes, etc.), das durch die eigene Körperkraft angetrieben wird.</t>
     </r>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monaten 2021</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monaten 2019</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monaten 2018</t>
   </si>
   <si>
     <t>Total verunfallte Personen</t>
   </si>
   <si>
     <t>T 11.08.510i</t>
   </si>
   <si>
-    <t>provisorische Zahlen</t>
-[...1 lines deleted...]
-  <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monaten 2022</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 21.6.2021)</t>
   </si>
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2026)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.3.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1010,51 +1007,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -1086,52 +1083,50 @@
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Standard 3" xfId="2" xr:uid="{32165CF0-3C88-491A-8E82-1F8FF7701882}"/>
     <cellStyle name="Standard 4" xfId="3" xr:uid="{0461C002-0428-48AC-936B-8A09F7E87525}"/>
     <cellStyle name="Standard 5" xfId="4" xr:uid="{1510D3B3-C1B2-4036-A736-C5230DE5D371}"/>
     <cellStyle name="Standard 6" xfId="5" xr:uid="{DED3EF67-E294-4E6D-8C50-E9FE1D959FC0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF00FF00"/>
       <color rgb="FFFFCC99"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFCCFFFF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF0000FF"/>
@@ -1905,70 +1900,70 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08B821F2-6778-401E-A2B0-1A76A17DF712}">
-  <dimension ref="A1:R59"/>
+  <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="9"/>
@@ -2035,2129 +2030,2272 @@
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="21"/>
       <c r="F8" s="17"/>
       <c r="G8" s="18"/>
       <c r="H8" s="18"/>
       <c r="I8" s="18"/>
       <c r="J8" s="18"/>
       <c r="K8" s="18"/>
       <c r="L8" s="18"/>
       <c r="M8" s="18"/>
       <c r="N8" s="18"/>
       <c r="O8" s="18"/>
       <c r="P8" s="18"/>
       <c r="Q8" s="18"/>
       <c r="R8" s="18"/>
     </row>
     <row r="9" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
       <c r="E9" s="22">
         <f>SUM(G9:R9)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18">
         <v>0</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
       <c r="L9" s="18">
         <v>0</v>
       </c>
       <c r="M9" s="18">
         <v>0</v>
       </c>
       <c r="N9" s="18">
         <v>0</v>
       </c>
       <c r="O9" s="18">
         <v>0</v>
       </c>
       <c r="P9" s="18">
         <v>0</v>
       </c>
-      <c r="Q9" s="18"/>
-      <c r="R9" s="18"/>
+      <c r="Q9" s="18">
+        <v>0</v>
+      </c>
+      <c r="R9" s="18">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>225</v>
+        <v>270</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
         <v>23</v>
       </c>
       <c r="J10" s="20">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="K10" s="20">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="L10" s="20">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
       <c r="M10" s="20">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
       <c r="O10" s="20">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="P10" s="20">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
-      <c r="Q10" s="20" t="str">
+      <c r="Q10" s="20">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="R10" s="20" t="str">
+        <v>26</v>
+      </c>
+      <c r="R10" s="20">
         <f t="shared" si="0"/>
-        <v/>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
         <v>20</v>
       </c>
       <c r="J11" s="18">
         <v>12</v>
       </c>
       <c r="K11" s="18">
         <v>29</v>
       </c>
       <c r="L11" s="18">
         <v>33</v>
       </c>
       <c r="M11" s="18">
         <v>11</v>
       </c>
       <c r="N11" s="18">
         <v>26</v>
       </c>
       <c r="O11" s="18">
         <v>25</v>
       </c>
       <c r="P11" s="18">
         <v>18</v>
       </c>
-      <c r="Q11" s="18"/>
-      <c r="R11" s="18"/>
+      <c r="Q11" s="18">
+        <v>22</v>
+      </c>
+      <c r="R11" s="18">
+        <v>16</v>
+      </c>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
       <c r="L12" s="18">
         <v>2</v>
       </c>
       <c r="M12" s="18">
         <v>3</v>
       </c>
       <c r="N12" s="18">
         <v>6</v>
       </c>
       <c r="O12" s="18">
         <v>4</v>
       </c>
       <c r="P12" s="18">
         <v>3</v>
       </c>
-      <c r="Q12" s="18"/>
-      <c r="R12" s="18"/>
+      <c r="Q12" s="18">
+        <v>4</v>
+      </c>
+      <c r="R12" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
       <c r="L13" s="20">
         <v>0</v>
       </c>
       <c r="M13" s="20">
         <v>0</v>
       </c>
       <c r="N13" s="20">
         <v>0</v>
       </c>
       <c r="O13" s="20">
         <v>0</v>
       </c>
       <c r="P13" s="20">
         <v>0</v>
       </c>
-      <c r="Q13" s="20"/>
-      <c r="R13" s="20"/>
+      <c r="Q13" s="20">
+        <v>0</v>
+      </c>
+      <c r="R13" s="20">
+        <v>0</v>
+      </c>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
         <v>23</v>
       </c>
       <c r="J14" s="17">
         <v>13</v>
       </c>
       <c r="K14" s="17">
         <v>30</v>
       </c>
       <c r="L14" s="17">
         <v>35</v>
       </c>
       <c r="M14" s="17">
         <v>14</v>
       </c>
       <c r="N14" s="17">
         <v>32</v>
       </c>
       <c r="O14" s="17">
         <v>29</v>
       </c>
       <c r="P14" s="17">
         <v>21</v>
       </c>
-      <c r="Q14" s="17"/>
-      <c r="R14" s="17"/>
+      <c r="Q14" s="17">
+        <v>26</v>
+      </c>
+      <c r="R14" s="17">
+        <v>20</v>
+      </c>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
         <v>6</v>
       </c>
       <c r="L15" s="18">
         <v>2</v>
       </c>
       <c r="M15" s="18">
         <v>2</v>
       </c>
       <c r="N15" s="18">
         <v>5</v>
       </c>
       <c r="O15" s="18">
         <v>3</v>
       </c>
       <c r="P15" s="18">
         <v>4</v>
       </c>
-      <c r="Q15" s="18"/>
-      <c r="R15" s="18"/>
+      <c r="Q15" s="18">
+        <v>3</v>
+      </c>
+      <c r="R15" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
         <v>8</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
       <c r="L16" s="18">
         <v>1</v>
       </c>
       <c r="M16" s="18">
         <v>1</v>
       </c>
       <c r="N16" s="18">
         <v>1</v>
       </c>
       <c r="O16" s="18">
         <v>1</v>
       </c>
       <c r="P16" s="18">
         <v>1</v>
       </c>
-      <c r="Q16" s="18"/>
-      <c r="R16" s="18"/>
+      <c r="Q16" s="18">
+        <v>0</v>
+      </c>
+      <c r="R16" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
         <v>2</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
       <c r="L17" s="18">
         <v>1</v>
       </c>
       <c r="M17" s="18">
         <v>2</v>
       </c>
       <c r="N17" s="18">
         <v>5</v>
       </c>
       <c r="O17" s="18">
         <v>4</v>
       </c>
       <c r="P17" s="18">
         <v>4</v>
       </c>
-      <c r="Q17" s="18"/>
-      <c r="R17" s="18"/>
+      <c r="Q17" s="18">
+        <v>5</v>
+      </c>
+      <c r="R17" s="18">
+        <v>4</v>
+      </c>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>405</v>
+        <v>485</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
         <v>43</v>
       </c>
       <c r="J19" s="18">
         <v>30</v>
       </c>
       <c r="K19" s="18">
         <v>49</v>
       </c>
       <c r="L19" s="18">
         <v>42</v>
       </c>
       <c r="M19" s="18">
         <v>30</v>
       </c>
       <c r="N19" s="18">
         <v>58</v>
       </c>
       <c r="O19" s="18">
         <v>49</v>
       </c>
       <c r="P19" s="18">
         <v>40</v>
       </c>
-      <c r="Q19" s="18"/>
-      <c r="R19" s="18"/>
+      <c r="Q19" s="18">
+        <v>46</v>
+      </c>
+      <c r="R19" s="18">
+        <v>33</v>
+      </c>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
       <c r="L20" s="18">
         <v>0</v>
       </c>
       <c r="M20" s="18">
         <v>1</v>
       </c>
       <c r="N20" s="18">
         <v>0</v>
       </c>
       <c r="O20" s="18">
         <v>1</v>
       </c>
       <c r="P20" s="18">
         <v>0</v>
       </c>
-      <c r="Q20" s="18"/>
-      <c r="R20" s="18"/>
+      <c r="Q20" s="18">
+        <v>0</v>
+      </c>
+      <c r="R20" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
       <c r="L21" s="18">
         <v>0</v>
       </c>
       <c r="M21" s="18">
         <v>1</v>
       </c>
       <c r="N21" s="18">
         <v>3</v>
       </c>
       <c r="O21" s="18">
         <v>0</v>
       </c>
       <c r="P21" s="18">
         <v>3</v>
       </c>
-      <c r="Q21" s="18"/>
-      <c r="R21" s="18"/>
+      <c r="Q21" s="18">
+        <v>0</v>
+      </c>
+      <c r="R21" s="18">
+        <v>1</v>
+      </c>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
       <c r="L22" s="18">
         <v>0</v>
       </c>
       <c r="M22" s="18">
         <v>1</v>
       </c>
       <c r="N22" s="18">
         <v>1</v>
       </c>
       <c r="O22" s="18">
         <v>0</v>
       </c>
       <c r="P22" s="18">
         <v>1</v>
       </c>
-      <c r="Q22" s="18"/>
-      <c r="R22" s="18"/>
+      <c r="Q22" s="18">
+        <v>0</v>
+      </c>
+      <c r="R22" s="18">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
       <c r="L23" s="18">
         <v>1</v>
       </c>
       <c r="M23" s="18">
         <v>5</v>
       </c>
       <c r="N23" s="18">
         <v>3</v>
       </c>
       <c r="O23" s="18">
         <v>4</v>
       </c>
       <c r="P23" s="18">
         <v>3</v>
       </c>
-      <c r="Q23" s="18"/>
-      <c r="R23" s="18"/>
+      <c r="Q23" s="18">
+        <v>4</v>
+      </c>
+      <c r="R23" s="18">
+        <v>6</v>
+      </c>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
       <c r="L24" s="18">
         <v>2</v>
       </c>
       <c r="M24" s="18">
         <v>1</v>
       </c>
       <c r="N24" s="18">
         <v>1</v>
       </c>
       <c r="O24" s="18">
         <v>2</v>
       </c>
       <c r="P24" s="18">
         <v>4</v>
       </c>
-      <c r="Q24" s="18"/>
-      <c r="R24" s="18"/>
+      <c r="Q24" s="18">
+        <v>1</v>
+      </c>
+      <c r="R24" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
         <v>4</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
       <c r="L25" s="18">
         <v>10</v>
       </c>
       <c r="M25" s="18">
         <v>2</v>
       </c>
       <c r="N25" s="18">
         <v>11</v>
       </c>
       <c r="O25" s="18">
         <v>11</v>
       </c>
       <c r="P25" s="18">
         <v>6</v>
       </c>
-      <c r="Q25" s="18"/>
-      <c r="R25" s="18"/>
+      <c r="Q25" s="18">
+        <v>8</v>
+      </c>
+      <c r="R25" s="18">
+        <v>5</v>
+      </c>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
         <v>3</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
       <c r="L26" s="18">
         <v>1</v>
       </c>
       <c r="M26" s="18">
         <v>6</v>
       </c>
       <c r="N26" s="18">
         <v>3</v>
       </c>
       <c r="O26" s="18">
         <v>6</v>
       </c>
       <c r="P26" s="18">
         <v>6</v>
       </c>
-      <c r="Q26" s="18"/>
-      <c r="R26" s="18"/>
+      <c r="Q26" s="18">
+        <v>6</v>
+      </c>
+      <c r="R26" s="18">
+        <v>2</v>
+      </c>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
       <c r="L27" s="18">
         <v>1</v>
       </c>
       <c r="M27" s="18">
         <v>1</v>
       </c>
       <c r="N27" s="18">
         <v>2</v>
       </c>
       <c r="O27" s="18">
         <v>2</v>
       </c>
       <c r="P27" s="18">
         <v>1</v>
       </c>
-      <c r="Q27" s="18"/>
-      <c r="R27" s="18"/>
+      <c r="Q27" s="18">
+        <v>1</v>
+      </c>
+      <c r="R27" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
       <c r="L28" s="18">
         <v>1</v>
       </c>
       <c r="M28" s="18">
         <v>0</v>
       </c>
       <c r="N28" s="18">
         <v>1</v>
       </c>
       <c r="O28" s="18">
         <v>3</v>
       </c>
       <c r="P28" s="18">
         <v>3</v>
       </c>
-      <c r="Q28" s="18"/>
-      <c r="R28" s="18"/>
+      <c r="Q28" s="18">
+        <v>0</v>
+      </c>
+      <c r="R28" s="18">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
       <c r="L29" s="18">
         <v>5</v>
       </c>
       <c r="M29" s="18">
         <v>1</v>
       </c>
       <c r="N29" s="18">
         <v>3</v>
       </c>
       <c r="O29" s="18">
         <v>4</v>
       </c>
       <c r="P29" s="18">
         <v>2</v>
       </c>
-      <c r="Q29" s="18"/>
-      <c r="R29" s="18"/>
+      <c r="Q29" s="18">
+        <v>1</v>
+      </c>
+      <c r="R29" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L30" s="18">
         <v>7</v>
       </c>
       <c r="M30" s="18">
         <v>7</v>
       </c>
       <c r="N30" s="18">
         <v>4</v>
       </c>
       <c r="O30" s="18">
         <v>2</v>
       </c>
       <c r="P30" s="18">
         <v>5</v>
       </c>
-      <c r="Q30" s="18"/>
-      <c r="R30" s="18"/>
+      <c r="Q30" s="18">
+        <v>6</v>
+      </c>
+      <c r="R30" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
         <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L31" s="18">
         <v>2</v>
       </c>
       <c r="M31" s="18">
         <v>3</v>
       </c>
       <c r="N31" s="18">
         <v>5</v>
       </c>
       <c r="O31" s="18">
         <v>3</v>
       </c>
       <c r="P31" s="18">
         <v>4</v>
       </c>
-      <c r="Q31" s="18"/>
-      <c r="R31" s="18"/>
+      <c r="Q31" s="18">
+        <v>4</v>
+      </c>
+      <c r="R31" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>707</v>
+        <v>838</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
         <v>72</v>
       </c>
       <c r="J32" s="26">
         <v>50</v>
       </c>
       <c r="K32" s="26">
         <v>83</v>
       </c>
       <c r="L32" s="26">
         <v>72</v>
       </c>
       <c r="M32" s="26">
         <v>58</v>
       </c>
       <c r="N32" s="26">
         <v>94</v>
       </c>
       <c r="O32" s="26">
         <v>87</v>
       </c>
       <c r="P32" s="26">
         <v>77</v>
       </c>
-      <c r="Q32" s="26"/>
-      <c r="R32" s="26"/>
+      <c r="Q32" s="26">
+        <v>77</v>
+      </c>
+      <c r="R32" s="26">
+        <v>54</v>
+      </c>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
         <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
         <v>6</v>
       </c>
       <c r="L34" s="18">
         <v>2</v>
       </c>
       <c r="M34" s="18">
         <v>2</v>
       </c>
       <c r="N34" s="18">
         <v>5</v>
       </c>
       <c r="O34" s="18">
         <v>3</v>
       </c>
       <c r="P34" s="18">
         <v>4</v>
       </c>
-      <c r="Q34" s="18"/>
-      <c r="R34" s="18"/>
+      <c r="Q34" s="18">
+        <v>3</v>
+      </c>
+      <c r="R34" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
         <v>10</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
       <c r="L35" s="18">
         <v>14</v>
       </c>
       <c r="M35" s="18">
         <v>16</v>
       </c>
       <c r="N35" s="18">
         <v>17</v>
       </c>
       <c r="O35" s="18">
         <v>18</v>
       </c>
       <c r="P35" s="18">
         <v>16</v>
       </c>
-      <c r="Q35" s="18"/>
-      <c r="R35" s="18"/>
+      <c r="Q35" s="18">
+        <v>15</v>
+      </c>
+      <c r="R35" s="18">
+        <v>11</v>
+      </c>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
       <c r="L36" s="18">
         <v>6</v>
       </c>
       <c r="M36" s="18">
         <v>4</v>
       </c>
       <c r="N36" s="18">
         <v>8</v>
       </c>
       <c r="O36" s="18">
         <v>7</v>
       </c>
       <c r="P36" s="18">
         <v>5</v>
       </c>
-      <c r="Q36" s="18"/>
-      <c r="R36" s="18"/>
+      <c r="Q36" s="18">
+        <v>4</v>
+      </c>
+      <c r="R36" s="18">
+        <v>2</v>
+      </c>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
       <c r="L37" s="18">
         <v>1</v>
       </c>
       <c r="M37" s="18">
         <v>3</v>
       </c>
       <c r="N37" s="18">
         <v>2</v>
       </c>
       <c r="O37" s="18">
         <v>7</v>
       </c>
       <c r="P37" s="18">
         <v>1</v>
       </c>
-      <c r="Q37" s="18"/>
-      <c r="R37" s="18"/>
+      <c r="Q37" s="18">
+        <v>1</v>
+      </c>
+      <c r="R37" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
         <v>2</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
       <c r="L38" s="18">
         <v>3</v>
       </c>
       <c r="M38" s="18">
         <v>4</v>
       </c>
       <c r="N38" s="18">
         <v>6</v>
       </c>
       <c r="O38" s="18">
         <v>4</v>
       </c>
       <c r="P38" s="18">
         <v>4</v>
       </c>
-      <c r="Q38" s="18"/>
-      <c r="R38" s="18"/>
+      <c r="Q38" s="18">
+        <v>3</v>
+      </c>
+      <c r="R38" s="18">
+        <v>2</v>
+      </c>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
       <c r="L39" s="18">
         <v>4</v>
       </c>
       <c r="M39" s="18">
         <v>2</v>
       </c>
       <c r="N39" s="18">
         <v>8</v>
       </c>
       <c r="O39" s="18">
         <v>4</v>
       </c>
       <c r="P39" s="18">
         <v>4</v>
       </c>
-      <c r="Q39" s="18"/>
-      <c r="R39" s="18"/>
+      <c r="Q39" s="18">
+        <v>9</v>
+      </c>
+      <c r="R39" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
       <c r="L40" s="18">
         <v>4</v>
       </c>
       <c r="M40" s="18">
         <v>1</v>
       </c>
       <c r="N40" s="18">
         <v>1</v>
       </c>
       <c r="O40" s="18">
         <v>4</v>
       </c>
       <c r="P40" s="18">
         <v>6</v>
       </c>
-      <c r="Q40" s="18"/>
-      <c r="R40" s="18"/>
+      <c r="Q40" s="18">
+        <v>4</v>
+      </c>
+      <c r="R40" s="18">
+        <v>5</v>
+      </c>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
       <c r="L41" s="18">
         <v>4</v>
       </c>
       <c r="M41" s="18">
         <v>1</v>
       </c>
       <c r="N41" s="18">
         <v>0</v>
       </c>
       <c r="O41" s="18">
         <v>1</v>
       </c>
       <c r="P41" s="18">
         <v>1</v>
       </c>
-      <c r="Q41" s="18"/>
-      <c r="R41" s="18"/>
+      <c r="Q41" s="18">
+        <v>1</v>
+      </c>
+      <c r="R41" s="18">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
         <v>7</v>
       </c>
       <c r="K42" s="18">
         <v>8</v>
       </c>
       <c r="L42" s="18">
         <v>5</v>
       </c>
       <c r="M42" s="18">
         <v>3</v>
       </c>
       <c r="N42" s="18">
         <v>7</v>
       </c>
       <c r="O42" s="18">
         <v>4</v>
       </c>
       <c r="P42" s="18">
         <v>8</v>
       </c>
-      <c r="Q42" s="18"/>
-      <c r="R42" s="18"/>
+      <c r="Q42" s="18">
+        <v>7</v>
+      </c>
+      <c r="R42" s="18">
+        <v>2</v>
+      </c>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
       <c r="L43" s="18">
         <v>1</v>
       </c>
       <c r="M43" s="18">
         <v>1</v>
       </c>
       <c r="N43" s="18">
         <v>1</v>
       </c>
       <c r="O43" s="18">
         <v>2</v>
       </c>
       <c r="P43" s="18">
         <v>0</v>
       </c>
-      <c r="Q43" s="18"/>
-      <c r="R43" s="18"/>
+      <c r="Q43" s="18">
+        <v>1</v>
+      </c>
+      <c r="R43" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>427</v>
+        <v>507</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
         <v>41</v>
       </c>
       <c r="J44" s="17">
         <v>34</v>
       </c>
       <c r="K44" s="17">
         <v>47</v>
       </c>
       <c r="L44" s="17">
         <v>44</v>
       </c>
       <c r="M44" s="17">
         <v>37</v>
       </c>
       <c r="N44" s="17">
         <v>55</v>
       </c>
       <c r="O44" s="17">
         <v>54</v>
       </c>
       <c r="P44" s="17">
         <v>49</v>
       </c>
-      <c r="Q44" s="17"/>
-      <c r="R44" s="17"/>
+      <c r="Q44" s="17">
+        <v>48</v>
+      </c>
+      <c r="R44" s="17">
+        <v>32</v>
+      </c>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>193</v>
+        <v>232</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
         <v>18</v>
       </c>
       <c r="J45" s="18">
         <v>13</v>
       </c>
       <c r="K45" s="18">
         <v>26</v>
       </c>
       <c r="L45" s="18">
         <v>24</v>
       </c>
       <c r="M45" s="18">
         <v>13</v>
       </c>
       <c r="N45" s="18">
         <v>28</v>
       </c>
       <c r="O45" s="18">
         <v>28</v>
       </c>
       <c r="P45" s="18">
         <v>19</v>
       </c>
-      <c r="Q45" s="18"/>
-      <c r="R45" s="18"/>
+      <c r="Q45" s="18">
+        <v>24</v>
+      </c>
+      <c r="R45" s="18">
+        <v>15</v>
+      </c>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>234</v>
+        <v>275</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
         <v>23</v>
       </c>
       <c r="J46" s="18">
         <v>21</v>
       </c>
       <c r="K46" s="18">
         <v>21</v>
       </c>
       <c r="L46" s="18">
         <v>20</v>
       </c>
       <c r="M46" s="18">
         <v>24</v>
       </c>
       <c r="N46" s="18">
         <v>27</v>
       </c>
       <c r="O46" s="18">
         <v>26</v>
       </c>
       <c r="P46" s="18">
         <v>30</v>
       </c>
-      <c r="Q46" s="18"/>
-      <c r="R46" s="18"/>
+      <c r="Q46" s="18">
+        <v>24</v>
+      </c>
+      <c r="R46" s="18">
+        <v>17</v>
+      </c>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>194</v>
+        <v>234</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
         <v>18</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
       <c r="L48" s="18">
         <v>24</v>
       </c>
       <c r="M48" s="18">
         <v>25</v>
       </c>
       <c r="N48" s="18">
         <v>26</v>
       </c>
       <c r="O48" s="18">
         <v>30</v>
       </c>
       <c r="P48" s="18">
         <v>16</v>
       </c>
-      <c r="Q48" s="18"/>
-      <c r="R48" s="18"/>
+      <c r="Q48" s="18">
+        <v>25</v>
+      </c>
+      <c r="R48" s="18">
+        <v>15</v>
+      </c>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <v>2</v>
       </c>
       <c r="M49" s="18">
         <v>0</v>
       </c>
       <c r="N49" s="18">
         <v>0</v>
       </c>
       <c r="O49" s="18">
         <v>1</v>
       </c>
       <c r="P49" s="18">
         <v>0</v>
       </c>
-      <c r="Q49" s="18"/>
-      <c r="R49" s="18"/>
+      <c r="Q49" s="18">
+        <v>1</v>
+      </c>
+      <c r="R49" s="18">
+        <v>0</v>
+      </c>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
       <c r="L50" s="18">
         <v>0</v>
       </c>
       <c r="M50" s="18">
         <v>2</v>
       </c>
       <c r="N50" s="18">
         <v>4</v>
       </c>
       <c r="O50" s="18">
         <v>5</v>
       </c>
       <c r="P50" s="18">
         <v>6</v>
       </c>
-      <c r="Q50" s="18"/>
-      <c r="R50" s="18"/>
+      <c r="Q50" s="18">
+        <v>2</v>
+      </c>
+      <c r="R50" s="18">
+        <v>3</v>
+      </c>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
         <v>8</v>
       </c>
       <c r="K51" s="18">
         <v>18</v>
       </c>
       <c r="L51" s="18">
         <v>13</v>
       </c>
       <c r="M51" s="18">
         <v>8</v>
       </c>
       <c r="N51" s="18">
         <v>16</v>
       </c>
       <c r="O51" s="18">
         <v>12</v>
       </c>
       <c r="P51" s="18">
         <v>17</v>
       </c>
-      <c r="Q51" s="18"/>
-      <c r="R51" s="18"/>
+      <c r="Q51" s="18">
+        <v>13</v>
+      </c>
+      <c r="R51" s="18">
+        <v>9</v>
+      </c>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
         <v>7</v>
       </c>
       <c r="J52" s="18">
         <v>9</v>
       </c>
       <c r="K52" s="18">
         <v>10</v>
       </c>
       <c r="L52" s="18">
         <v>7</v>
       </c>
       <c r="M52" s="18">
         <v>2</v>
       </c>
       <c r="N52" s="18">
         <v>9</v>
       </c>
       <c r="O52" s="18">
         <v>7</v>
       </c>
       <c r="P52" s="18">
         <v>10</v>
       </c>
-      <c r="Q52" s="18"/>
-      <c r="R52" s="18"/>
+      <c r="Q52" s="18">
+        <v>8</v>
+      </c>
+      <c r="R52" s="18">
+        <v>5</v>
+      </c>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>427</v>
+        <v>507</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
         <v>41</v>
       </c>
       <c r="J53" s="17">
         <v>34</v>
       </c>
       <c r="K53" s="17">
         <v>47</v>
       </c>
       <c r="L53" s="17">
         <v>44</v>
       </c>
       <c r="M53" s="17">
         <v>37</v>
       </c>
       <c r="N53" s="17">
         <v>55</v>
       </c>
       <c r="O53" s="17">
         <v>54</v>
       </c>
       <c r="P53" s="17">
         <v>49</v>
       </c>
-      <c r="Q53" s="17"/>
-      <c r="R53" s="19"/>
+      <c r="Q53" s="17">
+        <v>48</v>
+      </c>
+      <c r="R53" s="19">
+        <v>32</v>
+      </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="29" t="s">
-        <v>71</v>
-[...20 lines deleted...]
-      <c r="A56" s="31" t="s">
         <v>49</v>
       </c>
-      <c r="B56" s="31"/>
-[...18 lines deleted...]
-      <c r="A57" s="32" t="s">
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
+    </row>
+    <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
+    </row>
+    <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="32" t="s">
-[...22 lines deleted...]
-        <v>82</v>
+      <c r="R58" s="2" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
-    <mergeCell ref="A58:R58"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{219505D4-4ABD-42C7-A770-12F294D0C83C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="9"/>
@@ -6332,162 +6470,162 @@
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A8DBF94-1179-4A31-97AC-46B93443280A}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="9"/>
@@ -8694,165 +8832,165 @@
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="G10:R10" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B54AE175-9A60-47EB-9A36-CADE1124FC4C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
     <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="9"/>
@@ -11030,141 +11168,141 @@
         <v>52</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" ref="N53" si="7">SUM(N48+N50+N51+N52)</f>
         <v>59</v>
       </c>
       <c r="O53" s="17">
         <f t="shared" ref="O53" si="8">SUM(O48+O50+O51+O52)</f>
         <v>56</v>
       </c>
       <c r="P53" s="17">
         <f t="shared" ref="P53" si="9">SUM(P48+P50+P51+P52)</f>
         <v>55</v>
       </c>
       <c r="Q53" s="17">
         <f>SUM(Q48+Q50+Q51+Q52)</f>
         <v>46</v>
       </c>
       <c r="R53" s="26">
         <f>SUM(R48+R50+R51+R52)</f>
         <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8A70FB1-3756-4FFE-8BE5-558B0B2A0A3C}">
   <dimension ref="A1:R58"/>
@@ -13350,141 +13488,141 @@
       </c>
       <c r="L53" s="17">
         <v>62</v>
       </c>
       <c r="M53" s="17">
         <v>42</v>
       </c>
       <c r="N53" s="17">
         <v>59</v>
       </c>
       <c r="O53" s="17">
         <v>68</v>
       </c>
       <c r="P53" s="17">
         <v>51</v>
       </c>
       <c r="Q53" s="17">
         <v>44</v>
       </c>
       <c r="R53" s="19">
         <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C661A77-1007-4ACD-8406-9265B8DCA258}">
   <dimension ref="A1:R58"/>
@@ -15670,141 +15808,141 @@
       </c>
       <c r="L53" s="17">
         <v>42</v>
       </c>
       <c r="M53" s="17">
         <v>70</v>
       </c>
       <c r="N53" s="17">
         <v>60</v>
       </c>
       <c r="O53" s="17">
         <v>49</v>
       </c>
       <c r="P53" s="17">
         <v>60</v>
       </c>
       <c r="Q53" s="17">
         <v>48</v>
       </c>
       <c r="R53" s="19">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="25" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C865E9B4-2EB1-4372-B873-F9AE368F7D0E}">
   <dimension ref="A1:R58"/>
@@ -18011,118 +18149,118 @@
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4431562-9C2B-460A-8ADE-A7F736F3079A}">
   <dimension ref="A1:R58"/>
@@ -20329,118 +20467,118 @@
       </c>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="31" t="s">
+      <c r="A55" s="29" t="s">
         <v>49</v>
       </c>
-      <c r="B55" s="31"/>
-[...15 lines deleted...]
-      <c r="R55" s="31"/>
+      <c r="B55" s="29"/>
+      <c r="C55" s="29"/>
+      <c r="D55" s="29"/>
+      <c r="E55" s="29"/>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+      <c r="J55" s="29"/>
+      <c r="K55" s="29"/>
+      <c r="L55" s="29"/>
+      <c r="M55" s="29"/>
+      <c r="N55" s="29"/>
+      <c r="O55" s="29"/>
+      <c r="P55" s="29"/>
+      <c r="Q55" s="29"/>
+      <c r="R55" s="29"/>
     </row>
     <row r="56" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="30" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="32"/>
-[...15 lines deleted...]
-      <c r="R56" s="31"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="30"/>
+      <c r="D56" s="29"/>
+      <c r="E56" s="29"/>
+      <c r="F56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="29"/>
+      <c r="J56" s="29"/>
+      <c r="K56" s="29"/>
+      <c r="L56" s="29"/>
+      <c r="M56" s="29"/>
+      <c r="N56" s="29"/>
+      <c r="O56" s="29"/>
+      <c r="P56" s="29"/>
+      <c r="Q56" s="29"/>
+      <c r="R56" s="29"/>
     </row>
     <row r="57" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="B57" s="32"/>
-[...15 lines deleted...]
-      <c r="R57" s="31"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="30"/>
+      <c r="D57" s="29"/>
+      <c r="E57" s="29"/>
+      <c r="F57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="H57" s="29"/>
+      <c r="I57" s="29"/>
+      <c r="J57" s="29"/>
+      <c r="K57" s="29"/>
+      <c r="L57" s="29"/>
+      <c r="M57" s="29"/>
+      <c r="N57" s="29"/>
+      <c r="O57" s="29"/>
+      <c r="P57" s="29"/>
+      <c r="Q57" s="29"/>
+      <c r="R57" s="29"/>
     </row>
     <row r="58" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R58" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Privileged" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>