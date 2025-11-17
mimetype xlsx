--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11C6917F-369A-4624-8112-F203451D2381}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE4DD940-A49D-4855-9944-1FFFC4ED4B02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="1080" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
@@ -809,51 +809,51 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.9.2025)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.10.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1907,64 +1907,64 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08B821F2-6778-401E-A2B0-1A76A17DF712}">
   <dimension ref="A1:R59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>80</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -2051,1564 +2051,1646 @@
       <c r="B9" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
       <c r="E9" s="22">
         <f>SUM(G9:R9)</f>
         <v>0</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18">
         <v>0</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
-      <c r="L9" s="18"/>
+      <c r="L9" s="18">
+        <v>0</v>
+      </c>
       <c r="M9" s="18"/>
       <c r="N9" s="18"/>
       <c r="O9" s="18"/>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
         <v>22</v>
       </c>
       <c r="J10" s="20">
         <v>12</v>
       </c>
       <c r="K10" s="20">
         <v>29</v>
       </c>
-      <c r="L10" s="20" t="str">
+      <c r="L10" s="20">
         <f t="shared" si="0"/>
-        <v/>
+        <v>30</v>
       </c>
       <c r="M10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="N10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="O10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="P10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Q10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>84</v>
+        <v>113</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
         <v>19</v>
       </c>
       <c r="J11" s="18">
         <v>11</v>
       </c>
       <c r="K11" s="18">
         <v>28</v>
       </c>
-      <c r="L11" s="18"/>
+      <c r="L11" s="18">
+        <v>29</v>
+      </c>
       <c r="M11" s="18"/>
       <c r="N11" s="18"/>
       <c r="O11" s="18"/>
       <c r="P11" s="18"/>
       <c r="Q11" s="18"/>
       <c r="R11" s="18"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
-      <c r="L12" s="18"/>
+      <c r="L12" s="18">
+        <v>1</v>
+      </c>
       <c r="M12" s="18"/>
       <c r="N12" s="18"/>
       <c r="O12" s="18"/>
       <c r="P12" s="18"/>
       <c r="Q12" s="18"/>
       <c r="R12" s="18"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
-      <c r="L13" s="20"/>
+      <c r="L13" s="20">
+        <v>0</v>
+      </c>
       <c r="M13" s="20"/>
       <c r="N13" s="20"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
         <v>22</v>
       </c>
       <c r="J14" s="17">
         <v>12</v>
       </c>
       <c r="K14" s="17">
         <v>29</v>
       </c>
-      <c r="L14" s="17"/>
+      <c r="L14" s="17">
+        <v>30</v>
+      </c>
       <c r="M14" s="17"/>
       <c r="N14" s="17"/>
       <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
         <v>5</v>
       </c>
-      <c r="L15" s="18"/>
+      <c r="L15" s="18">
+        <v>2</v>
+      </c>
       <c r="M15" s="18"/>
       <c r="N15" s="18"/>
       <c r="O15" s="18"/>
       <c r="P15" s="18"/>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
-      <c r="L16" s="18"/>
+      <c r="L16" s="18">
+        <v>1</v>
+      </c>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
         <v>9</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
         <v>1</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
-      <c r="L17" s="18"/>
+      <c r="L17" s="18">
+        <v>0</v>
+      </c>
       <c r="M17" s="18"/>
       <c r="N17" s="18"/>
       <c r="O17" s="18"/>
       <c r="P17" s="18"/>
       <c r="Q17" s="18"/>
       <c r="R17" s="18"/>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>179</v>
+        <v>217</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
         <v>40</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J19" s="18">
         <v>28</v>
       </c>
       <c r="K19" s="18">
         <v>46</v>
       </c>
-      <c r="L19" s="18"/>
+      <c r="L19" s="18">
+        <v>37</v>
+      </c>
       <c r="M19" s="18"/>
       <c r="N19" s="18"/>
       <c r="O19" s="18"/>
       <c r="P19" s="18"/>
       <c r="Q19" s="18"/>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
-      <c r="L20" s="18"/>
+      <c r="L20" s="18">
+        <v>0</v>
+      </c>
       <c r="M20" s="18"/>
       <c r="N20" s="18"/>
       <c r="O20" s="18"/>
       <c r="P20" s="18"/>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
-      <c r="L21" s="18"/>
+      <c r="L21" s="18">
+        <v>0</v>
+      </c>
       <c r="M21" s="18"/>
       <c r="N21" s="18"/>
       <c r="O21" s="18"/>
       <c r="P21" s="18"/>
       <c r="Q21" s="18"/>
       <c r="R21" s="18"/>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
-      <c r="L22" s="18"/>
+      <c r="L22" s="18">
+        <v>0</v>
+      </c>
       <c r="M22" s="18"/>
       <c r="N22" s="18"/>
       <c r="O22" s="18"/>
       <c r="P22" s="18"/>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
-      <c r="L23" s="18"/>
+      <c r="L23" s="18">
+        <v>0</v>
+      </c>
       <c r="M23" s="18"/>
       <c r="N23" s="18"/>
       <c r="O23" s="18"/>
       <c r="P23" s="18"/>
       <c r="Q23" s="18"/>
       <c r="R23" s="18"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
-      <c r="L24" s="18"/>
+      <c r="L24" s="18">
+        <v>1</v>
+      </c>
       <c r="M24" s="18"/>
       <c r="N24" s="18"/>
       <c r="O24" s="18"/>
       <c r="P24" s="18"/>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
         <v>3</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
-      <c r="L25" s="18"/>
+      <c r="L25" s="18">
+        <v>10</v>
+      </c>
       <c r="M25" s="18"/>
       <c r="N25" s="18"/>
       <c r="O25" s="18"/>
       <c r="P25" s="18"/>
       <c r="Q25" s="18"/>
       <c r="R25" s="18"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
         <v>2</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
-      <c r="L26" s="18"/>
+      <c r="L26" s="18">
+        <v>1</v>
+      </c>
       <c r="M26" s="18"/>
       <c r="N26" s="18"/>
       <c r="O26" s="18"/>
       <c r="P26" s="18"/>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
-      <c r="L27" s="18"/>
+      <c r="L27" s="18">
+        <v>1</v>
+      </c>
       <c r="M27" s="18"/>
       <c r="N27" s="18"/>
       <c r="O27" s="18"/>
       <c r="P27" s="18"/>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
-      <c r="L28" s="18"/>
+      <c r="L28" s="18">
+        <v>0</v>
+      </c>
       <c r="M28" s="18"/>
       <c r="N28" s="18"/>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
-      <c r="L29" s="18"/>
+      <c r="L29" s="18">
+        <v>5</v>
+      </c>
       <c r="M29" s="18"/>
       <c r="N29" s="18"/>
       <c r="O29" s="18"/>
       <c r="P29" s="18"/>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
         <v>4</v>
       </c>
-      <c r="L30" s="18"/>
+      <c r="L30" s="18">
+        <v>5</v>
+      </c>
       <c r="M30" s="18"/>
       <c r="N30" s="18"/>
       <c r="O30" s="18"/>
       <c r="P30" s="18"/>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
         <v>9</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
         <v>8</v>
       </c>
-      <c r="L31" s="18"/>
+      <c r="L31" s="18">
+        <v>2</v>
+      </c>
       <c r="M31" s="18"/>
       <c r="N31" s="18"/>
       <c r="O31" s="18"/>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>308</v>
+        <v>372</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="J32" s="26">
         <v>47</v>
       </c>
       <c r="K32" s="26">
         <v>79</v>
       </c>
-      <c r="L32" s="26"/>
+      <c r="L32" s="26">
+        <v>62</v>
+      </c>
       <c r="M32" s="26"/>
       <c r="N32" s="26"/>
       <c r="O32" s="26"/>
       <c r="P32" s="26"/>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
         <v>5</v>
       </c>
-      <c r="L34" s="18"/>
+      <c r="L34" s="18">
+        <v>2</v>
+      </c>
       <c r="M34" s="18"/>
       <c r="N34" s="18"/>
       <c r="O34" s="18"/>
       <c r="P34" s="18"/>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
         <v>8</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
-      <c r="L35" s="18"/>
+      <c r="L35" s="18">
+        <v>11</v>
+      </c>
       <c r="M35" s="18"/>
       <c r="N35" s="18"/>
       <c r="O35" s="18"/>
       <c r="P35" s="18"/>
       <c r="Q35" s="18"/>
       <c r="R35" s="18"/>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
-      <c r="L36" s="18"/>
+      <c r="L36" s="18">
+        <v>4</v>
+      </c>
       <c r="M36" s="18"/>
       <c r="N36" s="18"/>
       <c r="O36" s="18"/>
       <c r="P36" s="18"/>
       <c r="Q36" s="18"/>
       <c r="R36" s="18"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
-      <c r="L37" s="18"/>
+      <c r="L37" s="18">
+        <v>1</v>
+      </c>
       <c r="M37" s="18"/>
       <c r="N37" s="18"/>
       <c r="O37" s="18"/>
       <c r="P37" s="18"/>
       <c r="Q37" s="18"/>
       <c r="R37" s="18"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
         <v>1</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
-      <c r="L38" s="18"/>
+      <c r="L38" s="18">
+        <v>3</v>
+      </c>
       <c r="M38" s="18"/>
       <c r="N38" s="18"/>
       <c r="O38" s="18"/>
       <c r="P38" s="18"/>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
-      <c r="L39" s="18"/>
+      <c r="L39" s="18">
+        <v>4</v>
+      </c>
       <c r="M39" s="18"/>
       <c r="N39" s="18"/>
       <c r="O39" s="18"/>
       <c r="P39" s="18"/>
       <c r="Q39" s="18"/>
       <c r="R39" s="18"/>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
-      <c r="L40" s="18"/>
+      <c r="L40" s="18">
+        <v>4</v>
+      </c>
       <c r="M40" s="18"/>
       <c r="N40" s="18"/>
       <c r="O40" s="18"/>
       <c r="P40" s="18"/>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
-      <c r="L41" s="18"/>
+      <c r="L41" s="18">
+        <v>3</v>
+      </c>
       <c r="M41" s="18"/>
       <c r="N41" s="18"/>
       <c r="O41" s="18"/>
       <c r="P41" s="18"/>
       <c r="Q41" s="18"/>
       <c r="R41" s="18"/>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
         <v>6</v>
       </c>
       <c r="K42" s="18">
         <v>6</v>
       </c>
-      <c r="L42" s="18"/>
+      <c r="L42" s="18">
+        <v>4</v>
+      </c>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
-      <c r="L43" s="18"/>
+      <c r="L43" s="18">
+        <v>1</v>
+      </c>
       <c r="M43" s="18"/>
       <c r="N43" s="18"/>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J44" s="17">
         <v>32</v>
       </c>
       <c r="K44" s="17">
         <v>44</v>
       </c>
-      <c r="L44" s="17"/>
+      <c r="L44" s="17">
+        <v>37</v>
+      </c>
       <c r="M44" s="17"/>
       <c r="N44" s="17"/>
       <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
         <v>17</v>
       </c>
       <c r="J45" s="18">
         <v>12</v>
       </c>
       <c r="K45" s="18">
         <v>25</v>
       </c>
-      <c r="L45" s="18"/>
+      <c r="L45" s="18">
+        <v>21</v>
+      </c>
       <c r="M45" s="18"/>
       <c r="N45" s="18"/>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J46" s="18">
         <v>20</v>
       </c>
       <c r="K46" s="18">
         <v>19</v>
       </c>
-      <c r="L46" s="18"/>
+      <c r="L46" s="18">
+        <v>16</v>
+      </c>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
-      <c r="L48" s="18"/>
+      <c r="L48" s="18">
+        <v>20</v>
+      </c>
       <c r="M48" s="18"/>
       <c r="N48" s="18"/>
       <c r="O48" s="18"/>
       <c r="P48" s="18"/>
       <c r="Q48" s="18"/>
       <c r="R48" s="18"/>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
-      <c r="L49" s="18"/>
+      <c r="L49" s="18">
+        <v>2</v>
+      </c>
       <c r="M49" s="18"/>
       <c r="N49" s="18"/>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
         <v>9</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
-      <c r="L50" s="18"/>
+      <c r="L50" s="18">
+        <v>0</v>
+      </c>
       <c r="M50" s="18"/>
       <c r="N50" s="18"/>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
         <v>7</v>
       </c>
       <c r="K51" s="18">
         <v>17</v>
       </c>
-      <c r="L51" s="18"/>
+      <c r="L51" s="18">
+        <v>12</v>
+      </c>
       <c r="M51" s="18"/>
       <c r="N51" s="18"/>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
         <v>6</v>
       </c>
       <c r="J52" s="18">
         <v>8</v>
       </c>
       <c r="K52" s="18">
         <v>8</v>
       </c>
-      <c r="L52" s="18"/>
+      <c r="L52" s="18">
+        <v>5</v>
+      </c>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>180</v>
+        <v>218</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J53" s="17">
         <v>32</v>
       </c>
       <c r="K53" s="17">
         <v>44</v>
       </c>
-      <c r="L53" s="17"/>
+      <c r="L53" s="17">
+        <v>37</v>
+      </c>
       <c r="M53" s="17"/>
       <c r="N53" s="17"/>
       <c r="O53" s="17"/>
       <c r="P53" s="17"/>
       <c r="Q53" s="17"/>
       <c r="R53" s="19"/>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="29" t="s">
         <v>71</v>
       </c>
       <c r="B55" s="30"/>
       <c r="C55" s="30"/>
       <c r="D55" s="30"/>
       <c r="E55" s="30"/>
       <c r="F55" s="30"/>
       <c r="G55" s="30"/>
       <c r="H55" s="30"/>
       <c r="I55" s="30"/>
       <c r="J55" s="30"/>
       <c r="K55" s="30"/>
       <c r="L55" s="30"/>
       <c r="M55" s="30"/>
       <c r="N55" s="30"/>
       <c r="O55" s="30"/>
       <c r="P55" s="30"/>
       <c r="Q55" s="30"/>
       <c r="R55" s="30"/>
     </row>
     <row r="56" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="31" t="s">
         <v>49</v>
       </c>
@@ -3684,64 +3766,64 @@
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
     <mergeCell ref="A58:R58"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{219505D4-4ABD-42C7-A770-12F294D0C83C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>78</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -6014,64 +6096,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A8DBF94-1179-4A31-97AC-46B93443280A}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -8379,64 +8461,64 @@
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="G10:R10" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B54AE175-9A60-47EB-9A36-CADE1124FC4C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -10735,64 +10817,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8A70FB1-3756-4FFE-8BE5-558B0B2A0A3C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -13055,64 +13137,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C661A77-1007-4ACD-8406-9265B8DCA258}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -15375,64 +15457,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C865E9B4-2EB1-4372-B873-F9AE368F7D0E}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -17693,64 +17775,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4431562-9C2B-460A-8ADE-A7F736F3079A}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7265625" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.453125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>