--- v1 (2025-11-17)
+++ v2 (2026-01-09)
@@ -16,106 +16,109 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE4DD940-A49D-4855-9944-1FFFC4ED4B02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE4E5281-4C08-4461-88B3-0A8DCB2E4C64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="1080" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-90" yWindow="0" windowWidth="9780" windowHeight="11370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G10" i="33" l="1"/>
+  <c r="N10" i="33" l="1"/>
+  <c r="K10" i="33"/>
+  <c r="J10" i="33"/>
+  <c r="G10" i="33"/>
   <c r="E53" i="32"/>
   <c r="E52" i="32"/>
   <c r="E51" i="32"/>
   <c r="E50" i="32"/>
   <c r="E49" i="32"/>
   <c r="E48" i="32"/>
   <c r="E46" i="32"/>
   <c r="E45" i="32"/>
   <c r="E44" i="32"/>
   <c r="E43" i="32"/>
   <c r="E42" i="32"/>
   <c r="E41" i="32"/>
   <c r="E40" i="32"/>
   <c r="E39" i="32"/>
   <c r="E38" i="32"/>
   <c r="E37" i="32"/>
   <c r="E36" i="32"/>
   <c r="E35" i="32"/>
   <c r="E34" i="32"/>
   <c r="E32" i="32"/>
   <c r="E31" i="32"/>
   <c r="E30" i="32"/>
   <c r="E29" i="32"/>
   <c r="E28" i="32"/>
   <c r="E27" i="32"/>
@@ -130,51 +133,50 @@
   <c r="E17" i="32"/>
   <c r="E16" i="32"/>
   <c r="E15" i="32"/>
   <c r="E14" i="32"/>
   <c r="E13" i="32"/>
   <c r="E12" i="32"/>
   <c r="E11" i="32"/>
   <c r="R10" i="32"/>
   <c r="Q10" i="32"/>
   <c r="P10" i="32"/>
   <c r="O10" i="32"/>
   <c r="N10" i="32"/>
   <c r="M10" i="32"/>
   <c r="L10" i="32"/>
   <c r="K10" i="32"/>
   <c r="J10" i="32"/>
   <c r="I10" i="32"/>
   <c r="H10" i="32"/>
   <c r="G10" i="32"/>
   <c r="E9" i="32"/>
   <c r="E10" i="32" l="1"/>
   <c r="R10" i="33" l="1"/>
   <c r="Q10" i="33"/>
   <c r="P10" i="33"/>
   <c r="O10" i="33"/>
-  <c r="N10" i="33"/>
   <c r="M10" i="33"/>
   <c r="L10" i="33"/>
   <c r="I10" i="33"/>
   <c r="H10" i="33"/>
   <c r="E53" i="33"/>
   <c r="E52" i="33"/>
   <c r="E51" i="33"/>
   <c r="E50" i="33"/>
   <c r="E49" i="33"/>
   <c r="E48" i="33"/>
   <c r="E46" i="33"/>
   <c r="E45" i="33"/>
   <c r="E44" i="33"/>
   <c r="E43" i="33"/>
   <c r="E42" i="33"/>
   <c r="E41" i="33"/>
   <c r="E40" i="33"/>
   <c r="E39" i="33"/>
   <c r="E38" i="33"/>
   <c r="E37" i="33"/>
   <c r="E36" i="33"/>
   <c r="E35" i="33"/>
   <c r="E34" i="33"/>
   <c r="E32" i="33"/>
   <c r="E31" i="33"/>
@@ -809,51 +811,51 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.10.2025)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.12.2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2054,1615 +2056,1781 @@
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
       <c r="E9" s="22">
         <f>SUM(G9:R9)</f>
         <v>0</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18">
         <v>0</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
       <c r="L9" s="18">
         <v>0</v>
       </c>
-      <c r="M9" s="18"/>
-      <c r="N9" s="18"/>
+      <c r="M9" s="18">
+        <v>0</v>
+      </c>
+      <c r="N9" s="18">
+        <v>0</v>
+      </c>
       <c r="O9" s="18"/>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J10" s="20">
-        <v>12</v>
+        <f t="shared" si="0"/>
+        <v>13</v>
       </c>
       <c r="K10" s="20">
+        <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="L10" s="20">
         <f t="shared" si="0"/>
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="M10" s="20" t="str">
+        <v>33</v>
+      </c>
+      <c r="M10" s="20">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="N10" s="20" t="str">
+        <v>14</v>
+      </c>
+      <c r="N10" s="20">
         <f t="shared" si="0"/>
-        <v/>
+        <v>28</v>
       </c>
       <c r="O10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="P10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Q10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>113</v>
+        <v>151</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J11" s="18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K11" s="18">
         <v>28</v>
       </c>
       <c r="L11" s="18">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="N11" s="18"/>
+        <v>32</v>
+      </c>
+      <c r="M11" s="18">
+        <v>11</v>
+      </c>
+      <c r="N11" s="18">
+        <v>22</v>
+      </c>
       <c r="O11" s="18"/>
       <c r="P11" s="18"/>
       <c r="Q11" s="18"/>
       <c r="R11" s="18"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
       <c r="L12" s="18">
         <v>1</v>
       </c>
-      <c r="M12" s="18"/>
-      <c r="N12" s="18"/>
+      <c r="M12" s="18">
+        <v>3</v>
+      </c>
+      <c r="N12" s="18">
+        <v>6</v>
+      </c>
       <c r="O12" s="18"/>
       <c r="P12" s="18"/>
       <c r="Q12" s="18"/>
       <c r="R12" s="18"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
       <c r="L13" s="20">
         <v>0</v>
       </c>
-      <c r="M13" s="20"/>
-      <c r="N13" s="20"/>
+      <c r="M13" s="20">
+        <v>0</v>
+      </c>
+      <c r="N13" s="20">
+        <v>0</v>
+      </c>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J14" s="17">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K14" s="17">
         <v>29</v>
       </c>
       <c r="L14" s="17">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="N14" s="17"/>
+        <v>33</v>
+      </c>
+      <c r="M14" s="17">
+        <v>14</v>
+      </c>
+      <c r="N14" s="17">
+        <v>28</v>
+      </c>
       <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
         <v>5</v>
       </c>
       <c r="L15" s="18">
         <v>2</v>
       </c>
-      <c r="M15" s="18"/>
-      <c r="N15" s="18"/>
+      <c r="M15" s="18">
+        <v>2</v>
+      </c>
+      <c r="N15" s="18">
+        <v>4</v>
+      </c>
       <c r="O15" s="18"/>
       <c r="P15" s="18"/>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
       <c r="L16" s="18">
         <v>1</v>
       </c>
-      <c r="M16" s="18"/>
-      <c r="N16" s="18"/>
+      <c r="M16" s="18">
+        <v>1</v>
+      </c>
+      <c r="N16" s="18">
+        <v>1</v>
+      </c>
       <c r="O16" s="18"/>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
       <c r="L17" s="18">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="N17" s="18"/>
+        <v>1</v>
+      </c>
+      <c r="M17" s="18">
+        <v>2</v>
+      </c>
+      <c r="N17" s="18">
+        <v>5</v>
+      </c>
       <c r="O17" s="18"/>
       <c r="P17" s="18"/>
       <c r="Q17" s="18"/>
       <c r="R17" s="18"/>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>217</v>
+        <v>302</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
         <v>40</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J19" s="18">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K19" s="18">
         <v>46</v>
       </c>
       <c r="L19" s="18">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="N19" s="18"/>
+        <v>40</v>
+      </c>
+      <c r="M19" s="18">
+        <v>28</v>
+      </c>
+      <c r="N19" s="18">
+        <v>52</v>
+      </c>
       <c r="O19" s="18"/>
       <c r="P19" s="18"/>
       <c r="Q19" s="18"/>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
       <c r="L20" s="18">
         <v>0</v>
       </c>
-      <c r="M20" s="18"/>
-      <c r="N20" s="18"/>
+      <c r="M20" s="18">
+        <v>1</v>
+      </c>
+      <c r="N20" s="18">
+        <v>0</v>
+      </c>
       <c r="O20" s="18"/>
       <c r="P20" s="18"/>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
       <c r="L21" s="18">
         <v>0</v>
       </c>
-      <c r="M21" s="18"/>
-      <c r="N21" s="18"/>
+      <c r="M21" s="18">
+        <v>1</v>
+      </c>
+      <c r="N21" s="18">
+        <v>3</v>
+      </c>
       <c r="O21" s="18"/>
       <c r="P21" s="18"/>
       <c r="Q21" s="18"/>
       <c r="R21" s="18"/>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
       <c r="L22" s="18">
         <v>0</v>
       </c>
-      <c r="M22" s="18"/>
-      <c r="N22" s="18"/>
+      <c r="M22" s="18">
+        <v>1</v>
+      </c>
+      <c r="N22" s="18">
+        <v>1</v>
+      </c>
       <c r="O22" s="18"/>
       <c r="P22" s="18"/>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
       <c r="L23" s="18">
         <v>0</v>
       </c>
-      <c r="M23" s="18"/>
-      <c r="N23" s="18"/>
+      <c r="M23" s="18">
+        <v>5</v>
+      </c>
+      <c r="N23" s="18">
+        <v>3</v>
+      </c>
       <c r="O23" s="18"/>
       <c r="P23" s="18"/>
       <c r="Q23" s="18"/>
       <c r="R23" s="18"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
       <c r="L24" s="18">
         <v>1</v>
       </c>
-      <c r="M24" s="18"/>
-      <c r="N24" s="18"/>
+      <c r="M24" s="18">
+        <v>1</v>
+      </c>
+      <c r="N24" s="18">
+        <v>1</v>
+      </c>
       <c r="O24" s="18"/>
       <c r="P24" s="18"/>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
       <c r="L25" s="18">
         <v>10</v>
       </c>
-      <c r="M25" s="18"/>
-      <c r="N25" s="18"/>
+      <c r="M25" s="18">
+        <v>2</v>
+      </c>
+      <c r="N25" s="18">
+        <v>11</v>
+      </c>
       <c r="O25" s="18"/>
       <c r="P25" s="18"/>
       <c r="Q25" s="18"/>
       <c r="R25" s="18"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
       <c r="L26" s="18">
         <v>1</v>
       </c>
-      <c r="M26" s="18"/>
-      <c r="N26" s="18"/>
+      <c r="M26" s="18">
+        <v>5</v>
+      </c>
+      <c r="N26" s="18">
+        <v>3</v>
+      </c>
       <c r="O26" s="18"/>
       <c r="P26" s="18"/>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
       <c r="L27" s="18">
         <v>1</v>
       </c>
-      <c r="M27" s="18"/>
-      <c r="N27" s="18"/>
+      <c r="M27" s="18">
+        <v>1</v>
+      </c>
+      <c r="N27" s="18">
+        <v>2</v>
+      </c>
       <c r="O27" s="18"/>
       <c r="P27" s="18"/>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
       <c r="L28" s="18">
         <v>0</v>
       </c>
-      <c r="M28" s="18"/>
-      <c r="N28" s="18"/>
+      <c r="M28" s="18">
+        <v>0</v>
+      </c>
+      <c r="N28" s="18">
+        <v>1</v>
+      </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
       <c r="L29" s="18">
         <v>5</v>
       </c>
-      <c r="M29" s="18"/>
-      <c r="N29" s="18"/>
+      <c r="M29" s="18">
+        <v>1</v>
+      </c>
+      <c r="N29" s="18">
+        <v>3</v>
+      </c>
       <c r="O29" s="18"/>
       <c r="P29" s="18"/>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
         <v>4</v>
       </c>
       <c r="L30" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="N30" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="M30" s="18">
+        <v>7</v>
+      </c>
+      <c r="N30" s="18">
+        <v>4</v>
+      </c>
       <c r="O30" s="18"/>
       <c r="P30" s="18"/>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
         <v>9</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
         <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
         <v>8</v>
       </c>
       <c r="L31" s="18">
         <v>2</v>
       </c>
-      <c r="M31" s="18"/>
-      <c r="N31" s="18"/>
+      <c r="M31" s="18">
+        <v>3</v>
+      </c>
+      <c r="N31" s="18">
+        <v>4</v>
+      </c>
       <c r="O31" s="18"/>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>372</v>
+        <v>522</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J32" s="26">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K32" s="26">
         <v>79</v>
       </c>
       <c r="L32" s="26">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="N32" s="26"/>
+        <v>66</v>
+      </c>
+      <c r="M32" s="26">
+        <v>55</v>
+      </c>
+      <c r="N32" s="26">
+        <v>87</v>
+      </c>
       <c r="O32" s="26"/>
       <c r="P32" s="26"/>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
         <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
         <v>5</v>
       </c>
       <c r="L34" s="18">
         <v>2</v>
       </c>
-      <c r="M34" s="18"/>
-      <c r="N34" s="18"/>
+      <c r="M34" s="18">
+        <v>2</v>
+      </c>
+      <c r="N34" s="18">
+        <v>5</v>
+      </c>
       <c r="O34" s="18"/>
       <c r="P34" s="18"/>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
       <c r="L35" s="18">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="N35" s="18"/>
+        <v>12</v>
+      </c>
+      <c r="M35" s="18">
+        <v>15</v>
+      </c>
+      <c r="N35" s="18">
+        <v>14</v>
+      </c>
       <c r="O35" s="18"/>
       <c r="P35" s="18"/>
       <c r="Q35" s="18"/>
       <c r="R35" s="18"/>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
       <c r="L36" s="18">
         <v>4</v>
       </c>
-      <c r="M36" s="18"/>
-      <c r="N36" s="18"/>
+      <c r="M36" s="18">
+        <v>3</v>
+      </c>
+      <c r="N36" s="18">
+        <v>8</v>
+      </c>
       <c r="O36" s="18"/>
       <c r="P36" s="18"/>
       <c r="Q36" s="18"/>
       <c r="R36" s="18"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
       <c r="L37" s="18">
         <v>1</v>
       </c>
-      <c r="M37" s="18"/>
-      <c r="N37" s="18"/>
+      <c r="M37" s="18">
+        <v>3</v>
+      </c>
+      <c r="N37" s="18">
+        <v>2</v>
+      </c>
       <c r="O37" s="18"/>
       <c r="P37" s="18"/>
       <c r="Q37" s="18"/>
       <c r="R37" s="18"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
       <c r="L38" s="18">
         <v>3</v>
       </c>
-      <c r="M38" s="18"/>
-      <c r="N38" s="18"/>
+      <c r="M38" s="18">
+        <v>4</v>
+      </c>
+      <c r="N38" s="18">
+        <v>6</v>
+      </c>
       <c r="O38" s="18"/>
       <c r="P38" s="18"/>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
       <c r="L39" s="18">
         <v>4</v>
       </c>
-      <c r="M39" s="18"/>
-      <c r="N39" s="18"/>
+      <c r="M39" s="18">
+        <v>2</v>
+      </c>
+      <c r="N39" s="18">
+        <v>8</v>
+      </c>
       <c r="O39" s="18"/>
       <c r="P39" s="18"/>
       <c r="Q39" s="18"/>
       <c r="R39" s="18"/>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
       <c r="L40" s="18">
         <v>4</v>
       </c>
-      <c r="M40" s="18"/>
-      <c r="N40" s="18"/>
+      <c r="M40" s="18">
+        <v>1</v>
+      </c>
+      <c r="N40" s="18">
+        <v>1</v>
+      </c>
       <c r="O40" s="18"/>
       <c r="P40" s="18"/>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
       <c r="L41" s="18">
-        <v>3</v>
-[...2 lines deleted...]
-      <c r="N41" s="18"/>
+        <v>4</v>
+      </c>
+      <c r="M41" s="18">
+        <v>1</v>
+      </c>
+      <c r="N41" s="18">
+        <v>0</v>
+      </c>
       <c r="O41" s="18"/>
       <c r="P41" s="18"/>
       <c r="Q41" s="18"/>
       <c r="R41" s="18"/>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
         <v>6</v>
       </c>
       <c r="K42" s="18">
         <v>6</v>
       </c>
       <c r="L42" s="18">
-        <v>4</v>
-[...2 lines deleted...]
-      <c r="N42" s="18"/>
+        <v>5</v>
+      </c>
+      <c r="M42" s="18">
+        <v>3</v>
+      </c>
+      <c r="N42" s="18">
+        <v>7</v>
+      </c>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
       <c r="L43" s="18">
         <v>1</v>
       </c>
-      <c r="M43" s="18"/>
-      <c r="N43" s="18"/>
+      <c r="M43" s="18">
+        <v>1</v>
+      </c>
+      <c r="N43" s="18">
+        <v>1</v>
+      </c>
       <c r="O43" s="18"/>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>218</v>
+        <v>311</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J44" s="17">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K44" s="17">
         <v>44</v>
       </c>
       <c r="L44" s="17">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="N44" s="17"/>
+        <v>40</v>
+      </c>
+      <c r="M44" s="17">
+        <v>35</v>
+      </c>
+      <c r="N44" s="17">
+        <v>52</v>
+      </c>
       <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J45" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K45" s="18">
         <v>25</v>
       </c>
       <c r="L45" s="18">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="N45" s="18"/>
+        <v>22</v>
+      </c>
+      <c r="M45" s="18">
+        <v>13</v>
+      </c>
+      <c r="N45" s="18">
+        <v>26</v>
+      </c>
       <c r="O45" s="18"/>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>119</v>
+        <v>170</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J46" s="18">
         <v>20</v>
       </c>
       <c r="K46" s="18">
         <v>19</v>
       </c>
       <c r="L46" s="18">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="N46" s="18"/>
+        <v>18</v>
+      </c>
+      <c r="M46" s="18">
+        <v>22</v>
+      </c>
+      <c r="N46" s="18">
+        <v>26</v>
+      </c>
       <c r="O46" s="18"/>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>92</v>
+        <v>144</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
       <c r="L48" s="18">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="N48" s="18"/>
+        <v>22</v>
+      </c>
+      <c r="M48" s="18">
+        <v>24</v>
+      </c>
+      <c r="N48" s="18">
+        <v>25</v>
+      </c>
       <c r="O48" s="18"/>
       <c r="P48" s="18"/>
       <c r="Q48" s="18"/>
       <c r="R48" s="18"/>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <v>2</v>
       </c>
-      <c r="M49" s="18"/>
-      <c r="N49" s="18"/>
+      <c r="M49" s="18">
+        <v>0</v>
+      </c>
+      <c r="N49" s="18">
+        <v>0</v>
+      </c>
       <c r="O49" s="18"/>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
       <c r="L50" s="18">
         <v>0</v>
       </c>
-      <c r="M50" s="18"/>
-      <c r="N50" s="18"/>
+      <c r="M50" s="18">
+        <v>1</v>
+      </c>
+      <c r="N50" s="18">
+        <v>3</v>
+      </c>
       <c r="O50" s="18"/>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K51" s="18">
         <v>17</v>
       </c>
       <c r="L51" s="18">
         <v>12</v>
       </c>
-      <c r="M51" s="18"/>
-      <c r="N51" s="18"/>
+      <c r="M51" s="18">
+        <v>8</v>
+      </c>
+      <c r="N51" s="18">
+        <v>16</v>
+      </c>
       <c r="O51" s="18"/>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J52" s="18">
         <v>8</v>
       </c>
       <c r="K52" s="18">
         <v>8</v>
       </c>
       <c r="L52" s="18">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="N52" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="M52" s="18">
+        <v>2</v>
+      </c>
+      <c r="N52" s="18">
+        <v>8</v>
+      </c>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>218</v>
+        <v>311</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J53" s="17">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K53" s="17">
         <v>44</v>
       </c>
       <c r="L53" s="17">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="N53" s="17"/>
+        <v>40</v>
+      </c>
+      <c r="M53" s="17">
+        <v>35</v>
+      </c>
+      <c r="N53" s="17">
+        <v>52</v>
+      </c>
       <c r="O53" s="17"/>
       <c r="P53" s="17"/>
       <c r="Q53" s="17"/>
       <c r="R53" s="19"/>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>