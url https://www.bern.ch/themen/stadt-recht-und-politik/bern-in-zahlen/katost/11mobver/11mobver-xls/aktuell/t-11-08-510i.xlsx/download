--- v2 (2026-01-09)
+++ v3 (2026-02-06)
@@ -16,106 +16,107 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE4E5281-4C08-4461-88B3-0A8DCB2E4C64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB7DA222-47DD-4000-80D8-F5112211CF4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="0" windowWidth="9780" windowHeight="11370" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N10" i="33" l="1"/>
+  <c r="O10" i="33" l="1"/>
+  <c r="N10" i="33"/>
   <c r="K10" i="33"/>
   <c r="J10" i="33"/>
   <c r="G10" i="33"/>
   <c r="E53" i="32"/>
   <c r="E52" i="32"/>
   <c r="E51" i="32"/>
   <c r="E50" i="32"/>
   <c r="E49" i="32"/>
   <c r="E48" i="32"/>
   <c r="E46" i="32"/>
   <c r="E45" i="32"/>
   <c r="E44" i="32"/>
   <c r="E43" i="32"/>
   <c r="E42" i="32"/>
   <c r="E41" i="32"/>
   <c r="E40" i="32"/>
   <c r="E39" i="32"/>
   <c r="E38" i="32"/>
   <c r="E37" i="32"/>
   <c r="E36" i="32"/>
   <c r="E35" i="32"/>
   <c r="E34" i="32"/>
   <c r="E32" i="32"/>
   <c r="E31" i="32"/>
   <c r="E30" i="32"/>
@@ -132,51 +133,50 @@
   <c r="E19" i="32"/>
   <c r="E17" i="32"/>
   <c r="E16" i="32"/>
   <c r="E15" i="32"/>
   <c r="E14" i="32"/>
   <c r="E13" i="32"/>
   <c r="E12" i="32"/>
   <c r="E11" i="32"/>
   <c r="R10" i="32"/>
   <c r="Q10" i="32"/>
   <c r="P10" i="32"/>
   <c r="O10" i="32"/>
   <c r="N10" i="32"/>
   <c r="M10" i="32"/>
   <c r="L10" i="32"/>
   <c r="K10" i="32"/>
   <c r="J10" i="32"/>
   <c r="I10" i="32"/>
   <c r="H10" i="32"/>
   <c r="G10" i="32"/>
   <c r="E9" i="32"/>
   <c r="E10" i="32" l="1"/>
   <c r="R10" i="33" l="1"/>
   <c r="Q10" i="33"/>
   <c r="P10" i="33"/>
-  <c r="O10" i="33"/>
   <c r="M10" i="33"/>
   <c r="L10" i="33"/>
   <c r="I10" i="33"/>
   <c r="H10" i="33"/>
   <c r="E53" i="33"/>
   <c r="E52" i="33"/>
   <c r="E51" i="33"/>
   <c r="E50" i="33"/>
   <c r="E49" i="33"/>
   <c r="E48" i="33"/>
   <c r="E46" i="33"/>
   <c r="E45" i="33"/>
   <c r="E44" i="33"/>
   <c r="E43" i="33"/>
   <c r="E42" i="33"/>
   <c r="E41" i="33"/>
   <c r="E40" i="33"/>
   <c r="E39" i="33"/>
   <c r="E38" i="33"/>
   <c r="E37" i="33"/>
   <c r="E36" i="33"/>
   <c r="E35" i="33"/>
   <c r="E34" i="33"/>
   <c r="E32" i="33"/>
   <c r="E31" i="33"/>
@@ -811,51 +811,51 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.12.2025)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.1.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1909,64 +1909,64 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08B821F2-6778-401E-A2B0-1A76A17DF712}">
   <dimension ref="A1:R59"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>80</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -2062,1803 +2062,1885 @@
       <c r="F9" s="18"/>
       <c r="G9" s="18">
         <v>0</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
       <c r="L9" s="18">
         <v>0</v>
       </c>
       <c r="M9" s="18">
         <v>0</v>
       </c>
       <c r="N9" s="18">
         <v>0</v>
       </c>
-      <c r="O9" s="18"/>
+      <c r="O9" s="18">
+        <v>0</v>
+      </c>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
         <v>23</v>
       </c>
       <c r="J10" s="20">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="K10" s="20">
         <f t="shared" si="0"/>
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L10" s="20">
         <f t="shared" si="0"/>
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M10" s="20">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
+        <v>32</v>
+      </c>
+      <c r="O10" s="20">
+        <f t="shared" si="0"/>
         <v>28</v>
-      </c>
-[...2 lines deleted...]
-        <v/>
       </c>
       <c r="P10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="Q10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
         <v>20</v>
       </c>
       <c r="J11" s="18">
         <v>12</v>
       </c>
       <c r="K11" s="18">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L11" s="18">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="M11" s="18">
         <v>11</v>
       </c>
       <c r="N11" s="18">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="O11" s="18"/>
+        <v>26</v>
+      </c>
+      <c r="O11" s="18">
+        <v>24</v>
+      </c>
       <c r="P11" s="18"/>
       <c r="Q11" s="18"/>
       <c r="R11" s="18"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
       <c r="L12" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M12" s="18">
         <v>3</v>
       </c>
       <c r="N12" s="18">
         <v>6</v>
       </c>
-      <c r="O12" s="18"/>
+      <c r="O12" s="18">
+        <v>4</v>
+      </c>
       <c r="P12" s="18"/>
       <c r="Q12" s="18"/>
       <c r="R12" s="18"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
       <c r="L13" s="20">
         <v>0</v>
       </c>
       <c r="M13" s="20">
         <v>0</v>
       </c>
       <c r="N13" s="20">
         <v>0</v>
       </c>
-      <c r="O13" s="20"/>
+      <c r="O13" s="20">
+        <v>0</v>
+      </c>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
         <v>23</v>
       </c>
       <c r="J14" s="17">
         <v>13</v>
       </c>
       <c r="K14" s="17">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L14" s="17">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M14" s="17">
         <v>14</v>
       </c>
       <c r="N14" s="17">
+        <v>32</v>
+      </c>
+      <c r="O14" s="17">
         <v>28</v>
       </c>
-      <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L15" s="18">
         <v>2</v>
       </c>
       <c r="M15" s="18">
         <v>2</v>
       </c>
       <c r="N15" s="18">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="O15" s="18"/>
+        <v>5</v>
+      </c>
+      <c r="O15" s="18">
+        <v>3</v>
+      </c>
       <c r="P15" s="18"/>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
       <c r="L16" s="18">
         <v>1</v>
       </c>
       <c r="M16" s="18">
         <v>1</v>
       </c>
       <c r="N16" s="18">
         <v>1</v>
       </c>
-      <c r="O16" s="18"/>
+      <c r="O16" s="18">
+        <v>1</v>
+      </c>
       <c r="P16" s="18"/>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
         <v>2</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
       <c r="L17" s="18">
         <v>1</v>
       </c>
       <c r="M17" s="18">
         <v>2</v>
       </c>
       <c r="N17" s="18">
         <v>5</v>
       </c>
-      <c r="O17" s="18"/>
+      <c r="O17" s="18">
+        <v>4</v>
+      </c>
       <c r="P17" s="18"/>
       <c r="Q17" s="18"/>
       <c r="R17" s="18"/>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>302</v>
+        <v>360</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
         <v>40</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
         <v>43</v>
       </c>
       <c r="J19" s="18">
         <v>29</v>
       </c>
       <c r="K19" s="18">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L19" s="18">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M19" s="18">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N19" s="18">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="O19" s="18"/>
+        <v>58</v>
+      </c>
+      <c r="O19" s="18">
+        <v>47</v>
+      </c>
       <c r="P19" s="18"/>
       <c r="Q19" s="18"/>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
       <c r="L20" s="18">
         <v>0</v>
       </c>
       <c r="M20" s="18">
         <v>1</v>
       </c>
       <c r="N20" s="18">
         <v>0</v>
       </c>
-      <c r="O20" s="18"/>
+      <c r="O20" s="18">
+        <v>1</v>
+      </c>
       <c r="P20" s="18"/>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
       <c r="L21" s="18">
         <v>0</v>
       </c>
       <c r="M21" s="18">
         <v>1</v>
       </c>
       <c r="N21" s="18">
         <v>3</v>
       </c>
-      <c r="O21" s="18"/>
+      <c r="O21" s="18">
+        <v>0</v>
+      </c>
       <c r="P21" s="18"/>
       <c r="Q21" s="18"/>
       <c r="R21" s="18"/>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
       <c r="L22" s="18">
         <v>0</v>
       </c>
       <c r="M22" s="18">
         <v>1</v>
       </c>
       <c r="N22" s="18">
         <v>1</v>
       </c>
-      <c r="O22" s="18"/>
+      <c r="O22" s="18">
+        <v>0</v>
+      </c>
       <c r="P22" s="18"/>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
       <c r="L23" s="18">
         <v>0</v>
       </c>
       <c r="M23" s="18">
         <v>5</v>
       </c>
       <c r="N23" s="18">
         <v>3</v>
       </c>
-      <c r="O23" s="18"/>
+      <c r="O23" s="18">
+        <v>4</v>
+      </c>
       <c r="P23" s="18"/>
       <c r="Q23" s="18"/>
       <c r="R23" s="18"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
       <c r="L24" s="18">
         <v>1</v>
       </c>
       <c r="M24" s="18">
         <v>1</v>
       </c>
       <c r="N24" s="18">
         <v>1</v>
       </c>
-      <c r="O24" s="18"/>
+      <c r="O24" s="18">
+        <v>2</v>
+      </c>
       <c r="P24" s="18"/>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
         <v>4</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
       <c r="L25" s="18">
         <v>10</v>
       </c>
       <c r="M25" s="18">
         <v>2</v>
       </c>
       <c r="N25" s="18">
         <v>11</v>
       </c>
-      <c r="O25" s="18"/>
+      <c r="O25" s="18">
+        <v>11</v>
+      </c>
       <c r="P25" s="18"/>
       <c r="Q25" s="18"/>
       <c r="R25" s="18"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
         <v>3</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
       <c r="L26" s="18">
         <v>1</v>
       </c>
       <c r="M26" s="18">
         <v>5</v>
       </c>
       <c r="N26" s="18">
         <v>3</v>
       </c>
-      <c r="O26" s="18"/>
+      <c r="O26" s="18">
+        <v>5</v>
+      </c>
       <c r="P26" s="18"/>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
       <c r="L27" s="18">
         <v>1</v>
       </c>
       <c r="M27" s="18">
         <v>1</v>
       </c>
       <c r="N27" s="18">
         <v>2</v>
       </c>
-      <c r="O27" s="18"/>
+      <c r="O27" s="18">
+        <v>2</v>
+      </c>
       <c r="P27" s="18"/>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
       <c r="L28" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M28" s="18">
         <v>0</v>
       </c>
       <c r="N28" s="18">
         <v>1</v>
       </c>
-      <c r="O28" s="18"/>
+      <c r="O28" s="18">
+        <v>3</v>
+      </c>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
       <c r="L29" s="18">
         <v>5</v>
       </c>
       <c r="M29" s="18">
         <v>1</v>
       </c>
       <c r="N29" s="18">
         <v>3</v>
       </c>
-      <c r="O29" s="18"/>
+      <c r="O29" s="18">
+        <v>4</v>
+      </c>
       <c r="P29" s="18"/>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
         <v>4</v>
       </c>
       <c r="L30" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M30" s="18">
         <v>7</v>
       </c>
       <c r="N30" s="18">
         <v>4</v>
       </c>
-      <c r="O30" s="18"/>
+      <c r="O30" s="18">
+        <v>2</v>
+      </c>
       <c r="P30" s="18"/>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
         <v>9</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
         <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L31" s="18">
         <v>2</v>
       </c>
       <c r="M31" s="18">
         <v>3</v>
       </c>
       <c r="N31" s="18">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="O31" s="18"/>
+        <v>5</v>
+      </c>
+      <c r="O31" s="18">
+        <v>3</v>
+      </c>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>522</v>
+        <v>621</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
         <v>72</v>
       </c>
       <c r="J32" s="26">
         <v>49</v>
       </c>
       <c r="K32" s="26">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="L32" s="26">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="M32" s="26">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N32" s="26">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="O32" s="26"/>
+        <v>94</v>
+      </c>
+      <c r="O32" s="26">
+        <v>84</v>
+      </c>
       <c r="P32" s="26"/>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
         <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L34" s="18">
         <v>2</v>
       </c>
       <c r="M34" s="18">
         <v>2</v>
       </c>
       <c r="N34" s="18">
         <v>5</v>
       </c>
-      <c r="O34" s="18"/>
+      <c r="O34" s="18">
+        <v>3</v>
+      </c>
       <c r="P34" s="18"/>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>86</v>
+        <v>108</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
         <v>10</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
       <c r="L35" s="18">
         <v>12</v>
       </c>
       <c r="M35" s="18">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="N35" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="O35" s="18"/>
+        <v>17</v>
+      </c>
+      <c r="O35" s="18">
+        <v>18</v>
+      </c>
       <c r="P35" s="18"/>
       <c r="Q35" s="18"/>
       <c r="R35" s="18"/>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
       <c r="L36" s="18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M36" s="18">
         <v>3</v>
       </c>
       <c r="N36" s="18">
         <v>8</v>
       </c>
-      <c r="O36" s="18"/>
+      <c r="O36" s="18">
+        <v>7</v>
+      </c>
       <c r="P36" s="18"/>
       <c r="Q36" s="18"/>
       <c r="R36" s="18"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
       <c r="L37" s="18">
         <v>1</v>
       </c>
       <c r="M37" s="18">
         <v>3</v>
       </c>
       <c r="N37" s="18">
         <v>2</v>
       </c>
-      <c r="O37" s="18"/>
+      <c r="O37" s="18">
+        <v>6</v>
+      </c>
       <c r="P37" s="18"/>
       <c r="Q37" s="18"/>
       <c r="R37" s="18"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
         <v>2</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
       <c r="L38" s="18">
         <v>3</v>
       </c>
       <c r="M38" s="18">
         <v>4</v>
       </c>
       <c r="N38" s="18">
         <v>6</v>
       </c>
-      <c r="O38" s="18"/>
+      <c r="O38" s="18">
+        <v>4</v>
+      </c>
       <c r="P38" s="18"/>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
       <c r="L39" s="18">
         <v>4</v>
       </c>
       <c r="M39" s="18">
         <v>2</v>
       </c>
       <c r="N39" s="18">
         <v>8</v>
       </c>
-      <c r="O39" s="18"/>
+      <c r="O39" s="18">
+        <v>4</v>
+      </c>
       <c r="P39" s="18"/>
       <c r="Q39" s="18"/>
       <c r="R39" s="18"/>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
       <c r="L40" s="18">
         <v>4</v>
       </c>
       <c r="M40" s="18">
         <v>1</v>
       </c>
       <c r="N40" s="18">
         <v>1</v>
       </c>
-      <c r="O40" s="18"/>
+      <c r="O40" s="18">
+        <v>4</v>
+      </c>
       <c r="P40" s="18"/>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
       <c r="L41" s="18">
         <v>4</v>
       </c>
       <c r="M41" s="18">
         <v>1</v>
       </c>
       <c r="N41" s="18">
         <v>0</v>
       </c>
-      <c r="O41" s="18"/>
+      <c r="O41" s="18">
+        <v>1</v>
+      </c>
       <c r="P41" s="18"/>
       <c r="Q41" s="18"/>
       <c r="R41" s="18"/>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
         <v>6</v>
       </c>
       <c r="K42" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L42" s="18">
         <v>5</v>
       </c>
       <c r="M42" s="18">
         <v>3</v>
       </c>
       <c r="N42" s="18">
         <v>7</v>
       </c>
-      <c r="O42" s="18"/>
+      <c r="O42" s="18">
+        <v>3</v>
+      </c>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
       <c r="L43" s="18">
         <v>1</v>
       </c>
       <c r="M43" s="18">
         <v>1</v>
       </c>
       <c r="N43" s="18">
         <v>1</v>
       </c>
-      <c r="O43" s="18"/>
+      <c r="O43" s="18">
+        <v>2</v>
+      </c>
       <c r="P43" s="18"/>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>311</v>
+        <v>371</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
         <v>41</v>
       </c>
       <c r="J44" s="17">
         <v>33</v>
       </c>
       <c r="K44" s="17">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L44" s="17">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M44" s="17">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N44" s="17">
+        <v>55</v>
+      </c>
+      <c r="O44" s="17">
         <v>52</v>
       </c>
-      <c r="O44" s="17"/>
       <c r="P44" s="17"/>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>141</v>
+        <v>173</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
         <v>18</v>
       </c>
       <c r="J45" s="18">
         <v>13</v>
       </c>
       <c r="K45" s="18">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L45" s="18">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M45" s="18">
         <v>13</v>
       </c>
       <c r="N45" s="18">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="O45" s="18"/>
+        <v>28</v>
+      </c>
+      <c r="O45" s="18">
+        <v>27</v>
+      </c>
       <c r="P45" s="18"/>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>170</v>
+        <v>198</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
         <v>23</v>
       </c>
       <c r="J46" s="18">
         <v>20</v>
       </c>
       <c r="K46" s="18">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L46" s="18">
         <v>18</v>
       </c>
       <c r="M46" s="18">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N46" s="18">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="O46" s="18"/>
+        <v>27</v>
+      </c>
+      <c r="O46" s="18">
+        <v>25</v>
+      </c>
       <c r="P46" s="18"/>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
         <v>18</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
       <c r="L48" s="18">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M48" s="18">
         <v>24</v>
       </c>
       <c r="N48" s="18">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="O48" s="18"/>
+        <v>26</v>
+      </c>
+      <c r="O48" s="18">
+        <v>30</v>
+      </c>
       <c r="P48" s="18"/>
       <c r="Q48" s="18"/>
       <c r="R48" s="18"/>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <v>2</v>
       </c>
       <c r="M49" s="18">
         <v>0</v>
       </c>
       <c r="N49" s="18">
         <v>0</v>
       </c>
-      <c r="O49" s="18"/>
+      <c r="O49" s="18">
+        <v>1</v>
+      </c>
       <c r="P49" s="18"/>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
       <c r="L50" s="18">
         <v>0</v>
       </c>
       <c r="M50" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N50" s="18">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="O50" s="18"/>
+        <v>4</v>
+      </c>
+      <c r="O50" s="18">
+        <v>4</v>
+      </c>
       <c r="P50" s="18"/>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
         <v>8</v>
       </c>
       <c r="K51" s="18">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="L51" s="18">
         <v>12</v>
       </c>
       <c r="M51" s="18">
         <v>8</v>
       </c>
       <c r="N51" s="18">
         <v>16</v>
       </c>
-      <c r="O51" s="18"/>
+      <c r="O51" s="18">
+        <v>12</v>
+      </c>
       <c r="P51" s="18"/>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
         <v>7</v>
       </c>
       <c r="J52" s="18">
         <v>8</v>
       </c>
       <c r="K52" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L52" s="18">
         <v>6</v>
       </c>
       <c r="M52" s="18">
         <v>2</v>
       </c>
       <c r="N52" s="18">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="O52" s="18"/>
+        <v>9</v>
+      </c>
+      <c r="O52" s="18">
+        <v>6</v>
+      </c>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>311</v>
+        <v>371</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
         <v>41</v>
       </c>
       <c r="J53" s="17">
         <v>33</v>
       </c>
       <c r="K53" s="17">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L53" s="17">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M53" s="17">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N53" s="17">
+        <v>55</v>
+      </c>
+      <c r="O53" s="17">
         <v>52</v>
       </c>
-      <c r="O53" s="17"/>
       <c r="P53" s="17"/>
       <c r="Q53" s="17"/>
       <c r="R53" s="19"/>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="29" t="s">
         <v>71</v>
       </c>
       <c r="B55" s="30"/>
       <c r="C55" s="30"/>
       <c r="D55" s="30"/>
       <c r="E55" s="30"/>
       <c r="F55" s="30"/>
       <c r="G55" s="30"/>
       <c r="H55" s="30"/>
       <c r="I55" s="30"/>
       <c r="J55" s="30"/>
       <c r="K55" s="30"/>
       <c r="L55" s="30"/>
       <c r="M55" s="30"/>
       <c r="N55" s="30"/>
       <c r="O55" s="30"/>
       <c r="P55" s="30"/>
       <c r="Q55" s="30"/>
       <c r="R55" s="30"/>
     </row>
     <row r="56" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="31" t="s">
         <v>49</v>
       </c>
@@ -3934,64 +4016,64 @@
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
     <mergeCell ref="A58:R58"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{219505D4-4ABD-42C7-A770-12F294D0C83C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>78</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -6264,64 +6346,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A8DBF94-1179-4A31-97AC-46B93443280A}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>77</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -8629,64 +8711,64 @@
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="G10:R10" formulaRange="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B54AE175-9A60-47EB-9A36-CADE1124FC4C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -10985,64 +11067,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8A70FB1-3756-4FFE-8BE5-558B0B2A0A3C}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -13305,64 +13387,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C661A77-1007-4ACD-8406-9265B8DCA258}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -15625,64 +15707,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C865E9B4-2EB1-4372-B873-F9AE368F7D0E}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>
@@ -17943,64 +18025,64 @@
   <mergeCells count="4">
     <mergeCell ref="G6:R6"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8&amp;D</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="32" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F4431562-9C2B-460A-8ADE-A7F736F3079A}">
   <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="11.453125" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="6.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22.5703125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" style="1" customWidth="1"/>
+    <col min="7" max="18" width="7.42578125" style="1" customWidth="1"/>
+    <col min="19" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="85" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="84.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:18" ht="30.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:18" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
     </row>
     <row r="4" spans="1:18" s="4" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
     </row>
     <row r="5" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="R5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13"/>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="14"/>
       <c r="E6" s="15" t="s">
         <v>1</v>