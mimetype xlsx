--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -16,60 +16,60 @@
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\bgov.ch\bern\PRD\AUSTA\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\11\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB7DA222-47DD-4000-80D8-F5112211CF4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E6BC065-19A5-42E7-A109-99B72954DA31}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="2325" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="33" r:id="rId1"/>
     <sheet name="2024" sheetId="32" r:id="rId2"/>
     <sheet name="2023" sheetId="30" r:id="rId3"/>
     <sheet name="2022" sheetId="26" r:id="rId4"/>
     <sheet name="2021" sheetId="18" r:id="rId5"/>
     <sheet name="2020" sheetId="27" r:id="rId6"/>
     <sheet name="2019" sheetId="28" r:id="rId7"/>
     <sheet name="2018" sheetId="29" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="7">'2018'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="6">'2019'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="5">'2020'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="4">'2021'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="3">'2022'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="2">'2023'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="1">'2024'!$1:$7</definedName>
     <definedName name="Print_Titles" localSheetId="0">'2025'!$1:$7</definedName>
   </definedNames>
@@ -811,51 +811,51 @@
   <si>
     <t>Bitte beachten Sie bei der Interpretation der Daten, dass viele Lebensbereiche ab Frühjahr 2020 durch die Auswirkungen von Covid-19 betroffen sind.</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 30.3.2022)</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2023)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2023</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2024</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 22.4.2024)</t>
   </si>
   <si>
     <t>Verunfallte Personen, an Strassenverkehrsunfällen Beteiligte, Unfallart bzw. -stelle nach Monat 2025</t>
   </si>
   <si>
     <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 23.4.2025)</t>
   </si>
   <si>
-    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.1.2026)</t>
+    <t>Datenquelle: Kantonspolizei Bern, Unfallauswertung/Statistik (Datenstand: 18.2.2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="##0;\–\ ##0;\–"/>
     <numFmt numFmtId="165" formatCode="#\ ##0;\–\ #\ ##0;\–"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -2065,1856 +2065,1938 @@
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <v>0</v>
       </c>
       <c r="J9" s="18">
         <v>0</v>
       </c>
       <c r="K9" s="18">
         <v>0</v>
       </c>
       <c r="L9" s="18">
         <v>0</v>
       </c>
       <c r="M9" s="18">
         <v>0</v>
       </c>
       <c r="N9" s="18">
         <v>0</v>
       </c>
       <c r="O9" s="18">
         <v>0</v>
       </c>
-      <c r="P9" s="18"/>
+      <c r="P9" s="18">
+        <v>0</v>
+      </c>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
     </row>
     <row r="10" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="10" t="s">
         <v>29</v>
       </c>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="22">
         <f>SUM(G10:R10)</f>
-        <v>203</v>
+        <v>225</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="20">
         <f>IF(G11="","",SUM(G11:G13))</f>
         <v>12</v>
       </c>
       <c r="H10" s="20">
         <f>IF(H11="","",SUM(H11:H13))</f>
         <v>16</v>
       </c>
       <c r="I10" s="20">
         <f t="shared" ref="I10:R10" si="0">IF(I11="","",SUM(I11:I13))</f>
         <v>23</v>
       </c>
       <c r="J10" s="20">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="K10" s="20">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="L10" s="20">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
       <c r="M10" s="20">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="N10" s="20">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
       <c r="O10" s="20">
         <f t="shared" si="0"/>
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="P10" s="20" t="str">
+        <v>29</v>
+      </c>
+      <c r="P10" s="20">
         <f t="shared" si="0"/>
-        <v/>
+        <v>21</v>
       </c>
       <c r="Q10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R10" s="20" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22">
         <f>SUM(G11:R11)</f>
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="F11" s="18"/>
       <c r="G11" s="20">
         <v>10</v>
       </c>
       <c r="H11" s="20">
         <v>16</v>
       </c>
       <c r="I11" s="18">
         <v>20</v>
       </c>
       <c r="J11" s="18">
         <v>12</v>
       </c>
       <c r="K11" s="18">
         <v>29</v>
       </c>
       <c r="L11" s="18">
         <v>33</v>
       </c>
       <c r="M11" s="18">
         <v>11</v>
       </c>
       <c r="N11" s="18">
         <v>26</v>
       </c>
       <c r="O11" s="18">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="P11" s="18"/>
+        <v>25</v>
+      </c>
+      <c r="P11" s="18">
+        <v>18</v>
+      </c>
       <c r="Q11" s="18"/>
       <c r="R11" s="18"/>
     </row>
     <row r="12" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="22">
         <f>SUM(G12:R12)</f>
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F12" s="18"/>
       <c r="G12" s="20">
         <v>2</v>
       </c>
       <c r="H12" s="20">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <v>3</v>
       </c>
       <c r="J12" s="18">
         <v>1</v>
       </c>
       <c r="K12" s="18">
         <v>1</v>
       </c>
       <c r="L12" s="18">
         <v>2</v>
       </c>
       <c r="M12" s="18">
         <v>3</v>
       </c>
       <c r="N12" s="18">
         <v>6</v>
       </c>
       <c r="O12" s="18">
         <v>4</v>
       </c>
-      <c r="P12" s="18"/>
+      <c r="P12" s="18">
+        <v>3</v>
+      </c>
       <c r="Q12" s="18"/>
       <c r="R12" s="18"/>
     </row>
     <row r="13" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="22">
         <f t="shared" ref="E13:E17" si="1">SUM(G13:R13)</f>
         <v>0</v>
       </c>
       <c r="F13" s="18"/>
       <c r="G13" s="20">
         <v>0</v>
       </c>
       <c r="H13" s="20">
         <v>0</v>
       </c>
       <c r="I13" s="20">
         <v>0</v>
       </c>
       <c r="J13" s="20">
         <v>0</v>
       </c>
       <c r="K13" s="20">
         <v>0</v>
       </c>
       <c r="L13" s="20">
         <v>0</v>
       </c>
       <c r="M13" s="20">
         <v>0</v>
       </c>
       <c r="N13" s="20">
         <v>0</v>
       </c>
       <c r="O13" s="20">
         <v>0</v>
       </c>
-      <c r="P13" s="20"/>
+      <c r="P13" s="20">
+        <v>0</v>
+      </c>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
     </row>
     <row r="14" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
-        <v>203</v>
+        <v>225</v>
       </c>
       <c r="F14" s="17"/>
       <c r="G14" s="17">
         <v>12</v>
       </c>
       <c r="H14" s="17">
         <v>16</v>
       </c>
       <c r="I14" s="17">
         <v>23</v>
       </c>
       <c r="J14" s="17">
         <v>13</v>
       </c>
       <c r="K14" s="17">
         <v>30</v>
       </c>
       <c r="L14" s="17">
         <v>35</v>
       </c>
       <c r="M14" s="17">
         <v>14</v>
       </c>
       <c r="N14" s="17">
         <v>32</v>
       </c>
       <c r="O14" s="17">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="P14" s="17"/>
+        <v>29</v>
+      </c>
+      <c r="P14" s="17">
+        <v>21</v>
+      </c>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
     </row>
     <row r="15" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="22">
         <f t="shared" si="1"/>
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F15" s="18"/>
       <c r="G15" s="18">
         <v>7</v>
       </c>
       <c r="H15" s="18">
         <v>4</v>
       </c>
       <c r="I15" s="18">
         <v>3</v>
       </c>
       <c r="J15" s="18">
         <v>1</v>
       </c>
       <c r="K15" s="18">
         <v>6</v>
       </c>
       <c r="L15" s="18">
         <v>2</v>
       </c>
       <c r="M15" s="18">
         <v>2</v>
       </c>
       <c r="N15" s="18">
         <v>5</v>
       </c>
       <c r="O15" s="18">
         <v>3</v>
       </c>
-      <c r="P15" s="18"/>
+      <c r="P15" s="18">
+        <v>4</v>
+      </c>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
     </row>
     <row r="16" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="22">
         <f t="shared" si="1"/>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F16" s="18"/>
       <c r="G16" s="18">
         <v>1</v>
       </c>
       <c r="H16" s="18">
         <v>1</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
         <v>0</v>
       </c>
       <c r="K16" s="18">
         <v>1</v>
       </c>
       <c r="L16" s="18">
         <v>1</v>
       </c>
       <c r="M16" s="18">
         <v>1</v>
       </c>
       <c r="N16" s="18">
         <v>1</v>
       </c>
       <c r="O16" s="18">
         <v>1</v>
       </c>
-      <c r="P16" s="18"/>
+      <c r="P16" s="18">
+        <v>1</v>
+      </c>
       <c r="Q16" s="18"/>
       <c r="R16" s="18"/>
     </row>
     <row r="17" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D17" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="22">
         <f t="shared" si="1"/>
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F17" s="18"/>
       <c r="G17" s="18">
         <v>3</v>
       </c>
       <c r="H17" s="18">
         <v>2</v>
       </c>
       <c r="I17" s="18">
         <v>2</v>
       </c>
       <c r="J17" s="18">
         <v>2</v>
       </c>
       <c r="K17" s="18">
         <v>1</v>
       </c>
       <c r="L17" s="18">
         <v>1</v>
       </c>
       <c r="M17" s="18">
         <v>2</v>
       </c>
       <c r="N17" s="18">
         <v>5</v>
       </c>
       <c r="O17" s="18">
         <v>4</v>
       </c>
-      <c r="P17" s="18"/>
+      <c r="P17" s="18">
+        <v>4</v>
+      </c>
       <c r="Q17" s="18"/>
       <c r="R17" s="18"/>
     </row>
     <row r="18" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="21"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="17"/>
       <c r="L18" s="17"/>
       <c r="M18" s="17"/>
       <c r="N18" s="17"/>
       <c r="O18" s="17"/>
       <c r="P18" s="17"/>
       <c r="Q18" s="17"/>
       <c r="R18" s="17"/>
     </row>
     <row r="19" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="10" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="22">
         <f t="shared" ref="E19:E31" si="2">SUM(G19:R19)</f>
-        <v>360</v>
+        <v>405</v>
       </c>
       <c r="F19" s="18"/>
       <c r="G19" s="18">
         <v>40</v>
       </c>
       <c r="H19" s="18">
         <v>24</v>
       </c>
       <c r="I19" s="18">
         <v>43</v>
       </c>
       <c r="J19" s="18">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K19" s="18">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L19" s="18">
         <v>42</v>
       </c>
       <c r="M19" s="18">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N19" s="18">
         <v>58</v>
       </c>
       <c r="O19" s="18">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="P19" s="18"/>
+        <v>49</v>
+      </c>
+      <c r="P19" s="18">
+        <v>40</v>
+      </c>
       <c r="Q19" s="18"/>
       <c r="R19" s="18"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="22">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="F20" s="18"/>
       <c r="G20" s="18">
         <v>0</v>
       </c>
       <c r="H20" s="18">
         <v>0</v>
       </c>
       <c r="I20" s="18">
         <v>0</v>
       </c>
       <c r="J20" s="18">
         <v>0</v>
       </c>
       <c r="K20" s="18">
         <v>0</v>
       </c>
       <c r="L20" s="18">
         <v>0</v>
       </c>
       <c r="M20" s="18">
         <v>1</v>
       </c>
       <c r="N20" s="18">
         <v>0</v>
       </c>
       <c r="O20" s="18">
         <v>1</v>
       </c>
-      <c r="P20" s="18"/>
+      <c r="P20" s="18">
+        <v>0</v>
+      </c>
       <c r="Q20" s="18"/>
       <c r="R20" s="18"/>
     </row>
     <row r="21" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="22">
         <f t="shared" si="2"/>
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F21" s="18"/>
       <c r="G21" s="18">
         <v>1</v>
       </c>
       <c r="H21" s="18">
         <v>2</v>
       </c>
       <c r="I21" s="18">
         <v>1</v>
       </c>
       <c r="J21" s="18">
         <v>1</v>
       </c>
       <c r="K21" s="18">
         <v>1</v>
       </c>
       <c r="L21" s="18">
         <v>0</v>
       </c>
       <c r="M21" s="18">
         <v>1</v>
       </c>
       <c r="N21" s="18">
         <v>3</v>
       </c>
       <c r="O21" s="18">
         <v>0</v>
       </c>
-      <c r="P21" s="18"/>
+      <c r="P21" s="18">
+        <v>3</v>
+      </c>
       <c r="Q21" s="18"/>
       <c r="R21" s="18"/>
     </row>
     <row r="22" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="22">
         <f t="shared" si="2"/>
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F22" s="18"/>
       <c r="G22" s="18">
         <v>0</v>
       </c>
       <c r="H22" s="18">
         <v>1</v>
       </c>
       <c r="I22" s="18">
         <v>0</v>
       </c>
       <c r="J22" s="18">
         <v>0</v>
       </c>
       <c r="K22" s="18">
         <v>1</v>
       </c>
       <c r="L22" s="18">
         <v>0</v>
       </c>
       <c r="M22" s="18">
         <v>1</v>
       </c>
       <c r="N22" s="18">
         <v>1</v>
       </c>
       <c r="O22" s="18">
         <v>0</v>
       </c>
-      <c r="P22" s="18"/>
+      <c r="P22" s="18">
+        <v>1</v>
+      </c>
       <c r="Q22" s="18"/>
       <c r="R22" s="18"/>
     </row>
     <row r="23" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="22">
         <f t="shared" si="2"/>
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F23" s="18"/>
       <c r="G23" s="18">
         <v>3</v>
       </c>
       <c r="H23" s="18">
         <v>5</v>
       </c>
       <c r="I23" s="18">
         <v>5</v>
       </c>
       <c r="J23" s="18">
         <v>5</v>
       </c>
       <c r="K23" s="18">
         <v>2</v>
       </c>
       <c r="L23" s="18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M23" s="18">
         <v>5</v>
       </c>
       <c r="N23" s="18">
         <v>3</v>
       </c>
       <c r="O23" s="18">
         <v>4</v>
       </c>
-      <c r="P23" s="18"/>
+      <c r="P23" s="18">
+        <v>3</v>
+      </c>
       <c r="Q23" s="18"/>
       <c r="R23" s="18"/>
     </row>
     <row r="24" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="22">
         <f t="shared" si="2"/>
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F24" s="18"/>
       <c r="G24" s="18">
         <v>1</v>
       </c>
       <c r="H24" s="18">
         <v>1</v>
       </c>
       <c r="I24" s="18">
         <v>0</v>
       </c>
       <c r="J24" s="18">
         <v>0</v>
       </c>
       <c r="K24" s="18">
         <v>0</v>
       </c>
       <c r="L24" s="18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24" s="18">
         <v>1</v>
       </c>
       <c r="N24" s="18">
         <v>1</v>
       </c>
       <c r="O24" s="18">
         <v>2</v>
       </c>
-      <c r="P24" s="18"/>
+      <c r="P24" s="18">
+        <v>4</v>
+      </c>
       <c r="Q24" s="18"/>
       <c r="R24" s="18"/>
     </row>
     <row r="25" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="22">
         <f t="shared" si="2"/>
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="F25" s="18"/>
       <c r="G25" s="18">
         <v>1</v>
       </c>
       <c r="H25" s="18">
         <v>5</v>
       </c>
       <c r="I25" s="18">
         <v>4</v>
       </c>
       <c r="J25" s="18">
         <v>6</v>
       </c>
       <c r="K25" s="18">
         <v>6</v>
       </c>
       <c r="L25" s="18">
         <v>10</v>
       </c>
       <c r="M25" s="18">
         <v>2</v>
       </c>
       <c r="N25" s="18">
         <v>11</v>
       </c>
       <c r="O25" s="18">
         <v>11</v>
       </c>
-      <c r="P25" s="18"/>
+      <c r="P25" s="18">
+        <v>6</v>
+      </c>
       <c r="Q25" s="18"/>
       <c r="R25" s="18"/>
     </row>
     <row r="26" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="22">
         <f t="shared" si="2"/>
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F26" s="18"/>
       <c r="G26" s="18">
         <v>2</v>
       </c>
       <c r="H26" s="18">
         <v>3</v>
       </c>
       <c r="I26" s="18">
         <v>5</v>
       </c>
       <c r="J26" s="18">
         <v>3</v>
       </c>
       <c r="K26" s="18">
         <v>2</v>
       </c>
       <c r="L26" s="18">
         <v>1</v>
       </c>
       <c r="M26" s="18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N26" s="18">
         <v>3</v>
       </c>
       <c r="O26" s="18">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="P26" s="18"/>
+        <v>6</v>
+      </c>
+      <c r="P26" s="18">
+        <v>6</v>
+      </c>
       <c r="Q26" s="18"/>
       <c r="R26" s="18"/>
     </row>
     <row r="27" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="10"/>
       <c r="D27" s="10"/>
       <c r="E27" s="22">
         <f t="shared" si="2"/>
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F27" s="18"/>
       <c r="G27" s="18">
         <v>0</v>
       </c>
       <c r="H27" s="18">
         <v>1</v>
       </c>
       <c r="I27" s="18">
         <v>3</v>
       </c>
       <c r="J27" s="18">
         <v>0</v>
       </c>
       <c r="K27" s="18">
         <v>6</v>
       </c>
       <c r="L27" s="18">
         <v>1</v>
       </c>
       <c r="M27" s="18">
         <v>1</v>
       </c>
       <c r="N27" s="18">
         <v>2</v>
       </c>
       <c r="O27" s="18">
         <v>2</v>
       </c>
-      <c r="P27" s="18"/>
+      <c r="P27" s="18">
+        <v>1</v>
+      </c>
       <c r="Q27" s="18"/>
       <c r="R27" s="18"/>
     </row>
     <row r="28" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="10" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="10"/>
       <c r="D28" s="10"/>
       <c r="E28" s="22">
         <f t="shared" si="2"/>
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F28" s="18"/>
       <c r="G28" s="18">
         <v>0</v>
       </c>
       <c r="H28" s="18">
         <v>0</v>
       </c>
       <c r="I28" s="18">
         <v>0</v>
       </c>
       <c r="J28" s="18">
         <v>0</v>
       </c>
       <c r="K28" s="18">
         <v>1</v>
       </c>
       <c r="L28" s="18">
         <v>1</v>
       </c>
       <c r="M28" s="18">
         <v>0</v>
       </c>
       <c r="N28" s="18">
         <v>1</v>
       </c>
       <c r="O28" s="18">
         <v>3</v>
       </c>
-      <c r="P28" s="18"/>
+      <c r="P28" s="18">
+        <v>3</v>
+      </c>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
     </row>
     <row r="29" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="22">
         <f t="shared" si="2"/>
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F29" s="18"/>
       <c r="G29" s="18">
         <v>1</v>
       </c>
       <c r="H29" s="18">
         <v>0</v>
       </c>
       <c r="I29" s="18">
         <v>3</v>
       </c>
       <c r="J29" s="18">
         <v>1</v>
       </c>
       <c r="K29" s="18">
         <v>3</v>
       </c>
       <c r="L29" s="18">
         <v>5</v>
       </c>
       <c r="M29" s="18">
         <v>1</v>
       </c>
       <c r="N29" s="18">
         <v>3</v>
       </c>
       <c r="O29" s="18">
         <v>4</v>
       </c>
-      <c r="P29" s="18"/>
+      <c r="P29" s="18">
+        <v>2</v>
+      </c>
       <c r="Q29" s="18"/>
       <c r="R29" s="18"/>
     </row>
     <row r="30" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="10" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="10"/>
       <c r="D30" s="10"/>
       <c r="E30" s="22">
         <f t="shared" si="2"/>
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F30" s="18"/>
       <c r="G30" s="18">
         <v>4</v>
       </c>
       <c r="H30" s="18">
         <v>7</v>
       </c>
       <c r="I30" s="18">
         <v>4</v>
       </c>
       <c r="J30" s="18">
         <v>2</v>
       </c>
       <c r="K30" s="18">
         <v>4</v>
       </c>
       <c r="L30" s="18">
         <v>7</v>
       </c>
       <c r="M30" s="18">
         <v>7</v>
       </c>
       <c r="N30" s="18">
         <v>4</v>
       </c>
       <c r="O30" s="18">
         <v>2</v>
       </c>
-      <c r="P30" s="18"/>
+      <c r="P30" s="18">
+        <v>5</v>
+      </c>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
     </row>
     <row r="31" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="22">
         <f t="shared" si="2"/>
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F31" s="18"/>
       <c r="G31" s="18">
         <v>9</v>
       </c>
       <c r="H31" s="18">
         <v>4</v>
       </c>
       <c r="I31" s="18">
         <v>4</v>
       </c>
       <c r="J31" s="18">
         <v>2</v>
       </c>
       <c r="K31" s="18">
         <v>9</v>
       </c>
       <c r="L31" s="18">
         <v>2</v>
       </c>
       <c r="M31" s="18">
         <v>3</v>
       </c>
       <c r="N31" s="18">
         <v>5</v>
       </c>
       <c r="O31" s="18">
         <v>3</v>
       </c>
-      <c r="P31" s="18"/>
+      <c r="P31" s="18">
+        <v>4</v>
+      </c>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
     </row>
     <row r="32" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="24">
         <f>SUM(G32:R32)</f>
-        <v>621</v>
+        <v>707</v>
       </c>
       <c r="F32" s="19"/>
       <c r="G32" s="26">
         <v>62</v>
       </c>
       <c r="H32" s="26">
         <v>52</v>
       </c>
       <c r="I32" s="26">
         <v>72</v>
       </c>
       <c r="J32" s="26">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K32" s="26">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L32" s="26">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M32" s="26">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="N32" s="26">
         <v>94</v>
       </c>
       <c r="O32" s="26">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="P32" s="26"/>
+        <v>87</v>
+      </c>
+      <c r="P32" s="26">
+        <v>77</v>
+      </c>
       <c r="Q32" s="26"/>
       <c r="R32" s="26"/>
     </row>
     <row r="33" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="21"/>
       <c r="F33" s="17"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
       <c r="I33" s="18"/>
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
     <row r="34" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="10"/>
       <c r="D34" s="10"/>
       <c r="E34" s="22">
         <f t="shared" ref="E34:E46" si="3">SUM(G34:R34)</f>
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F34" s="18"/>
       <c r="G34" s="18">
         <v>6</v>
       </c>
       <c r="H34" s="18">
         <v>3</v>
       </c>
       <c r="I34" s="18">
         <v>4</v>
       </c>
       <c r="J34" s="18">
         <v>2</v>
       </c>
       <c r="K34" s="18">
         <v>6</v>
       </c>
       <c r="L34" s="18">
         <v>2</v>
       </c>
       <c r="M34" s="18">
         <v>2</v>
       </c>
       <c r="N34" s="18">
         <v>5</v>
       </c>
       <c r="O34" s="18">
         <v>3</v>
       </c>
-      <c r="P34" s="18"/>
+      <c r="P34" s="18">
+        <v>4</v>
+      </c>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
     </row>
     <row r="35" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="22">
         <f t="shared" si="3"/>
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="F35" s="18"/>
       <c r="G35" s="18">
         <v>7</v>
       </c>
       <c r="H35" s="18">
         <v>6</v>
       </c>
       <c r="I35" s="18">
         <v>10</v>
       </c>
       <c r="J35" s="18">
         <v>14</v>
       </c>
       <c r="K35" s="18">
         <v>8</v>
       </c>
       <c r="L35" s="18">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="M35" s="18">
         <v>16</v>
       </c>
       <c r="N35" s="18">
         <v>17</v>
       </c>
       <c r="O35" s="18">
         <v>18</v>
       </c>
-      <c r="P35" s="18"/>
+      <c r="P35" s="18">
+        <v>16</v>
+      </c>
       <c r="Q35" s="18"/>
       <c r="R35" s="18"/>
     </row>
     <row r="36" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="10"/>
       <c r="D36" s="10"/>
       <c r="E36" s="22">
         <f t="shared" si="3"/>
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F36" s="18"/>
       <c r="G36" s="18">
         <v>3</v>
       </c>
       <c r="H36" s="18">
         <v>6</v>
       </c>
       <c r="I36" s="18">
         <v>5</v>
       </c>
       <c r="J36" s="18">
         <v>5</v>
       </c>
       <c r="K36" s="18">
         <v>5</v>
       </c>
       <c r="L36" s="18">
         <v>6</v>
       </c>
       <c r="M36" s="18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N36" s="18">
         <v>8</v>
       </c>
       <c r="O36" s="18">
         <v>7</v>
       </c>
-      <c r="P36" s="18"/>
+      <c r="P36" s="18">
+        <v>5</v>
+      </c>
       <c r="Q36" s="18"/>
       <c r="R36" s="18"/>
     </row>
     <row r="37" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C37" s="10"/>
       <c r="D37" s="10"/>
       <c r="E37" s="22">
         <f t="shared" si="3"/>
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F37" s="18"/>
       <c r="G37" s="18">
         <v>1</v>
       </c>
       <c r="H37" s="18">
         <v>2</v>
       </c>
       <c r="I37" s="18">
         <v>3</v>
       </c>
       <c r="J37" s="18">
         <v>1</v>
       </c>
       <c r="K37" s="18">
         <v>2</v>
       </c>
       <c r="L37" s="18">
         <v>1</v>
       </c>
       <c r="M37" s="18">
         <v>3</v>
       </c>
       <c r="N37" s="18">
         <v>2</v>
       </c>
       <c r="O37" s="18">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="P37" s="18"/>
+        <v>7</v>
+      </c>
+      <c r="P37" s="18">
+        <v>1</v>
+      </c>
       <c r="Q37" s="18"/>
       <c r="R37" s="18"/>
     </row>
     <row r="38" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="10" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="10"/>
       <c r="D38" s="10"/>
       <c r="E38" s="22">
         <f t="shared" si="3"/>
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F38" s="18"/>
       <c r="G38" s="18">
         <v>2</v>
       </c>
       <c r="H38" s="18">
         <v>0</v>
       </c>
       <c r="I38" s="18">
         <v>2</v>
       </c>
       <c r="J38" s="18">
         <v>2</v>
       </c>
       <c r="K38" s="18">
         <v>8</v>
       </c>
       <c r="L38" s="18">
         <v>3</v>
       </c>
       <c r="M38" s="18">
         <v>4</v>
       </c>
       <c r="N38" s="18">
         <v>6</v>
       </c>
       <c r="O38" s="18">
         <v>4</v>
       </c>
-      <c r="P38" s="18"/>
+      <c r="P38" s="18">
+        <v>4</v>
+      </c>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
     </row>
     <row r="39" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="10" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="22">
         <f t="shared" si="3"/>
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F39" s="18"/>
       <c r="G39" s="18">
         <v>4</v>
       </c>
       <c r="H39" s="18">
         <v>4</v>
       </c>
       <c r="I39" s="18">
         <v>6</v>
       </c>
       <c r="J39" s="18">
         <v>1</v>
       </c>
       <c r="K39" s="18">
         <v>4</v>
       </c>
       <c r="L39" s="18">
         <v>4</v>
       </c>
       <c r="M39" s="18">
         <v>2</v>
       </c>
       <c r="N39" s="18">
         <v>8</v>
       </c>
       <c r="O39" s="18">
         <v>4</v>
       </c>
-      <c r="P39" s="18"/>
+      <c r="P39" s="18">
+        <v>4</v>
+      </c>
       <c r="Q39" s="18"/>
       <c r="R39" s="18"/>
     </row>
     <row r="40" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="10" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="10"/>
       <c r="D40" s="10"/>
       <c r="E40" s="22">
         <f t="shared" si="3"/>
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F40" s="18"/>
       <c r="G40" s="18">
         <v>3</v>
       </c>
       <c r="H40" s="18">
         <v>2</v>
       </c>
       <c r="I40" s="18">
         <v>5</v>
       </c>
       <c r="J40" s="18">
         <v>2</v>
       </c>
       <c r="K40" s="18">
         <v>5</v>
       </c>
       <c r="L40" s="18">
         <v>4</v>
       </c>
       <c r="M40" s="18">
         <v>1</v>
       </c>
       <c r="N40" s="18">
         <v>1</v>
       </c>
       <c r="O40" s="18">
         <v>4</v>
       </c>
-      <c r="P40" s="18"/>
+      <c r="P40" s="18">
+        <v>6</v>
+      </c>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
     </row>
     <row r="41" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="10" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="10"/>
       <c r="D41" s="10"/>
       <c r="E41" s="22">
         <f t="shared" si="3"/>
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F41" s="18"/>
       <c r="G41" s="18">
         <v>1</v>
       </c>
       <c r="H41" s="18">
         <v>1</v>
       </c>
       <c r="I41" s="18">
         <v>1</v>
       </c>
       <c r="J41" s="18">
         <v>0</v>
       </c>
       <c r="K41" s="18">
         <v>1</v>
       </c>
       <c r="L41" s="18">
         <v>4</v>
       </c>
       <c r="M41" s="18">
         <v>1</v>
       </c>
       <c r="N41" s="18">
         <v>0</v>
       </c>
       <c r="O41" s="18">
         <v>1</v>
       </c>
-      <c r="P41" s="18"/>
+      <c r="P41" s="18">
+        <v>1</v>
+      </c>
       <c r="Q41" s="18"/>
       <c r="R41" s="18"/>
     </row>
     <row r="42" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42" s="10"/>
       <c r="D42" s="10"/>
       <c r="E42" s="22">
         <f t="shared" si="3"/>
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="F42" s="18"/>
       <c r="G42" s="18">
         <v>9</v>
       </c>
       <c r="H42" s="18">
         <v>3</v>
       </c>
       <c r="I42" s="18">
         <v>4</v>
       </c>
       <c r="J42" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K42" s="18">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L42" s="18">
         <v>5</v>
       </c>
       <c r="M42" s="18">
         <v>3</v>
       </c>
       <c r="N42" s="18">
         <v>7</v>
       </c>
       <c r="O42" s="18">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="P42" s="18"/>
+        <v>4</v>
+      </c>
+      <c r="P42" s="18">
+        <v>8</v>
+      </c>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
     </row>
     <row r="43" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="22">
         <f t="shared" si="3"/>
         <v>9</v>
       </c>
       <c r="F43" s="18"/>
       <c r="G43" s="18">
         <v>1</v>
       </c>
       <c r="H43" s="18">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>1</v>
       </c>
       <c r="J43" s="18">
         <v>0</v>
       </c>
       <c r="K43" s="18">
         <v>0</v>
       </c>
       <c r="L43" s="18">
         <v>1</v>
       </c>
       <c r="M43" s="18">
         <v>1</v>
       </c>
       <c r="N43" s="18">
         <v>1</v>
       </c>
       <c r="O43" s="18">
         <v>2</v>
       </c>
-      <c r="P43" s="18"/>
+      <c r="P43" s="18">
+        <v>0</v>
+      </c>
       <c r="Q43" s="18"/>
       <c r="R43" s="18"/>
     </row>
     <row r="44" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="10"/>
       <c r="C44" s="10"/>
       <c r="D44" s="10"/>
       <c r="E44" s="21">
         <f t="shared" si="3"/>
-        <v>371</v>
+        <v>427</v>
       </c>
       <c r="F44" s="17"/>
       <c r="G44" s="17">
         <v>37</v>
       </c>
       <c r="H44" s="17">
         <v>29</v>
       </c>
       <c r="I44" s="17">
         <v>41</v>
       </c>
       <c r="J44" s="17">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K44" s="17">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L44" s="17">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M44" s="17">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N44" s="17">
         <v>55</v>
       </c>
       <c r="O44" s="17">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="P44" s="17"/>
+        <v>54</v>
+      </c>
+      <c r="P44" s="17">
+        <v>49</v>
+      </c>
       <c r="Q44" s="17"/>
       <c r="R44" s="17"/>
     </row>
     <row r="45" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C45" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="22">
         <f t="shared" si="3"/>
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="F45" s="18"/>
       <c r="G45" s="20">
         <v>10</v>
       </c>
       <c r="H45" s="20">
         <v>14</v>
       </c>
       <c r="I45" s="20">
         <v>18</v>
       </c>
       <c r="J45" s="18">
         <v>13</v>
       </c>
       <c r="K45" s="18">
         <v>26</v>
       </c>
       <c r="L45" s="18">
         <v>24</v>
       </c>
       <c r="M45" s="18">
         <v>13</v>
       </c>
       <c r="N45" s="18">
         <v>28</v>
       </c>
       <c r="O45" s="18">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P45" s="18"/>
+        <v>28</v>
+      </c>
+      <c r="P45" s="18">
+        <v>19</v>
+      </c>
       <c r="Q45" s="18"/>
       <c r="R45" s="18"/>
     </row>
     <row r="46" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D46" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="22">
         <f t="shared" si="3"/>
-        <v>198</v>
+        <v>234</v>
       </c>
       <c r="F46" s="18"/>
       <c r="G46" s="20">
         <v>27</v>
       </c>
       <c r="H46" s="20">
         <v>15</v>
       </c>
       <c r="I46" s="20">
         <v>23</v>
       </c>
       <c r="J46" s="18">
+        <v>21</v>
+      </c>
+      <c r="K46" s="18">
+        <v>21</v>
+      </c>
+      <c r="L46" s="18">
         <v>20</v>
       </c>
-      <c r="K46" s="18">
-[...4 lines deleted...]
-      </c>
       <c r="M46" s="18">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="N46" s="18">
         <v>27</v>
       </c>
       <c r="O46" s="18">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="P46" s="18"/>
+        <v>26</v>
+      </c>
+      <c r="P46" s="18">
+        <v>30</v>
+      </c>
       <c r="Q46" s="18"/>
       <c r="R46" s="18"/>
     </row>
     <row r="47" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B47" s="11"/>
       <c r="C47" s="11"/>
       <c r="D47" s="11"/>
       <c r="E47" s="21"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17"/>
     </row>
     <row r="48" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="10"/>
       <c r="D48" s="10"/>
       <c r="E48" s="22">
         <f t="shared" ref="E48:E53" si="4">SUM(G48:R48)</f>
-        <v>177</v>
+        <v>194</v>
       </c>
       <c r="F48" s="18"/>
       <c r="G48" s="18">
         <v>14</v>
       </c>
       <c r="H48" s="18">
         <v>9</v>
       </c>
       <c r="I48" s="18">
         <v>18</v>
       </c>
       <c r="J48" s="18">
         <v>15</v>
       </c>
       <c r="K48" s="18">
         <v>17</v>
       </c>
       <c r="L48" s="18">
         <v>24</v>
       </c>
       <c r="M48" s="18">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N48" s="18">
         <v>26</v>
       </c>
       <c r="O48" s="18">
         <v>30</v>
       </c>
-      <c r="P48" s="18"/>
+      <c r="P48" s="18">
+        <v>16</v>
+      </c>
       <c r="Q48" s="18"/>
       <c r="R48" s="18"/>
     </row>
     <row r="49" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D49" s="10" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="22">
         <f t="shared" si="4"/>
         <v>3</v>
       </c>
       <c r="F49" s="18"/>
       <c r="G49" s="18">
         <v>0</v>
       </c>
       <c r="H49" s="18">
         <v>0</v>
       </c>
       <c r="I49" s="18">
         <v>0</v>
       </c>
       <c r="J49" s="18">
         <v>0</v>
       </c>
       <c r="K49" s="18">
         <v>0</v>
       </c>
       <c r="L49" s="18">
         <v>2</v>
       </c>
       <c r="M49" s="18">
         <v>0</v>
       </c>
       <c r="N49" s="18">
         <v>0</v>
       </c>
       <c r="O49" s="18">
         <v>1</v>
       </c>
-      <c r="P49" s="18"/>
+      <c r="P49" s="18">
+        <v>0</v>
+      </c>
       <c r="Q49" s="18"/>
       <c r="R49" s="18"/>
     </row>
     <row r="50" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="10"/>
       <c r="D50" s="10"/>
       <c r="E50" s="22">
         <f t="shared" si="4"/>
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F50" s="18"/>
       <c r="G50" s="18">
         <v>0</v>
       </c>
       <c r="H50" s="18">
         <v>3</v>
       </c>
       <c r="I50" s="18">
         <v>2</v>
       </c>
       <c r="J50" s="18">
         <v>2</v>
       </c>
       <c r="K50" s="18">
         <v>2</v>
       </c>
       <c r="L50" s="18">
         <v>0</v>
       </c>
       <c r="M50" s="18">
         <v>2</v>
       </c>
       <c r="N50" s="18">
         <v>4</v>
       </c>
       <c r="O50" s="18">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="P50" s="18"/>
+        <v>5</v>
+      </c>
+      <c r="P50" s="18">
+        <v>6</v>
+      </c>
       <c r="Q50" s="18"/>
       <c r="R50" s="18"/>
     </row>
     <row r="51" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="10" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="10"/>
       <c r="D51" s="10"/>
       <c r="E51" s="22">
         <f t="shared" si="4"/>
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="F51" s="18"/>
       <c r="G51" s="18">
         <v>13</v>
       </c>
       <c r="H51" s="18">
         <v>15</v>
       </c>
       <c r="I51" s="18">
         <v>14</v>
       </c>
       <c r="J51" s="18">
         <v>8</v>
       </c>
       <c r="K51" s="18">
         <v>18</v>
       </c>
       <c r="L51" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="M51" s="18">
         <v>8</v>
       </c>
       <c r="N51" s="18">
         <v>16</v>
       </c>
       <c r="O51" s="18">
         <v>12</v>
       </c>
-      <c r="P51" s="18"/>
+      <c r="P51" s="18">
+        <v>17</v>
+      </c>
       <c r="Q51" s="18"/>
       <c r="R51" s="18"/>
     </row>
     <row r="52" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="10"/>
       <c r="D52" s="10"/>
       <c r="E52" s="22">
         <f t="shared" si="4"/>
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="F52" s="18"/>
       <c r="G52" s="18">
         <v>10</v>
       </c>
       <c r="H52" s="18">
         <v>2</v>
       </c>
       <c r="I52" s="18">
         <v>7</v>
       </c>
       <c r="J52" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K52" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L52" s="18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M52" s="18">
         <v>2</v>
       </c>
       <c r="N52" s="18">
         <v>9</v>
       </c>
       <c r="O52" s="18">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="P52" s="18"/>
+        <v>7</v>
+      </c>
+      <c r="P52" s="18">
+        <v>10</v>
+      </c>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
     </row>
     <row r="53" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="10"/>
       <c r="C53" s="10"/>
       <c r="D53" s="10"/>
       <c r="E53" s="21">
         <f t="shared" si="4"/>
-        <v>371</v>
+        <v>427</v>
       </c>
       <c r="F53" s="17"/>
       <c r="G53" s="17">
         <v>37</v>
       </c>
       <c r="H53" s="17">
         <v>29</v>
       </c>
       <c r="I53" s="17">
         <v>41</v>
       </c>
       <c r="J53" s="17">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K53" s="17">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L53" s="17">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M53" s="17">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N53" s="17">
         <v>55</v>
       </c>
       <c r="O53" s="17">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="P53" s="17"/>
+        <v>54</v>
+      </c>
+      <c r="P53" s="17">
+        <v>49</v>
+      </c>
       <c r="Q53" s="17"/>
       <c r="R53" s="19"/>
     </row>
     <row r="54" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="8"/>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
       <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="8"/>
       <c r="R54" s="16" t="s">
         <v>22</v>
       </c>
     </row>