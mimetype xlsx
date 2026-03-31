--- v0 (2025-10-08)
+++ v1 (2026-03-31)
@@ -14,254 +14,248 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\6_Statistik\2_Grundlagen_themenübergreifende-Bereiche\2_Publikationen\6_Internet\15\Aktuell\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A2420A7-C8E8-4BEE-BB3C-7922953FCC12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D5D09E1-7BA9-4CFA-906B-2696CACDE43B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-60" windowWidth="29040" windowHeight="15720" tabRatio="785" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="785" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Stadt Bern" sheetId="87" r:id="rId1"/>
     <sheet name="SK_Kirchenfeld_Schosshalde" sheetId="89" r:id="rId2"/>
     <sheet name="SK_Mattenhof_Weissenbühl" sheetId="90" r:id="rId3"/>
     <sheet name="SK_Breitenrain_Lorraine" sheetId="91" r:id="rId4"/>
     <sheet name="SK_Länggasse_Felsenau" sheetId="92" r:id="rId5"/>
     <sheet name="SK_Bümpliz" sheetId="88" r:id="rId6"/>
     <sheet name="SK_Bethlehem" sheetId="93" r:id="rId7"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="54">
   <si>
     <t>Total Vorschule</t>
-  </si>
-[...1 lines deleted...]
-    <t>20/21</t>
   </si>
   <si>
     <t>21/22</t>
   </si>
   <si>
     <t>22/23</t>
   </si>
   <si>
     <t>23/24</t>
   </si>
   <si>
     <t>24/25</t>
   </si>
   <si>
     <t>25/26</t>
   </si>
   <si>
     <t>26/27</t>
   </si>
   <si>
     <t>27/28</t>
   </si>
   <si>
     <t>28/29</t>
   </si>
   <si>
     <t>29/30</t>
   </si>
   <si>
     <t>30/31</t>
   </si>
   <si>
     <t>Stadt Bern</t>
   </si>
   <si>
     <t>Statistik Stadt Bern</t>
   </si>
   <si>
     <t>31/32</t>
-  </si>
-[...1 lines deleted...]
-    <t>Total Schule</t>
   </si>
   <si>
     <t>Prognosejahr</t>
   </si>
   <si>
     <t>Schuljahr</t>
   </si>
   <si>
     <t>Schulkreis Bümpliz</t>
   </si>
   <si>
     <t>Schulkreis Kirchenfeld Schosshalde</t>
   </si>
   <si>
     <t>Schulkreis Mattenhof Weissenbühl</t>
   </si>
   <si>
     <t>Schulkreis Breitenrain Lorraine</t>
   </si>
   <si>
     <t>Schulkreis Länggasse Felsenau</t>
   </si>
   <si>
     <t>32/33</t>
   </si>
   <si>
     <t>T 15.01.510i</t>
   </si>
   <si>
     <t>33/34</t>
   </si>
   <si>
     <t>34/35</t>
   </si>
   <si>
     <t>35/36</t>
   </si>
   <si>
     <t>In den Prognosen ist der Zuwachs an Schüler*innen infolge tatsächlicher oder mutmasslicher Bauprojekte berücksichtigt.</t>
   </si>
   <si>
     <t>36/37</t>
   </si>
   <si>
     <t>Datenquelle: Schulamt Stadt Bern; Stadtplanungsamt Stadt Bern; Statistik Stadt Bern</t>
   </si>
   <si>
     <t>37/38</t>
   </si>
   <si>
-    <t>Zyklus I 1</t>
-[...49 lines deleted...]
-  <si>
     <t>2 Jahre</t>
   </si>
   <si>
     <t>3 Jahre</t>
-  </si>
-[...1 lines deleted...]
-    <t>Zyklus I beinhaltet Kindergarten sowie das erste und zweite Schuljahr der Primarstufe. Zyklus II entspricht dem dritten bis sechsten Schuljahr.</t>
   </si>
   <si>
     <t>38/39</t>
   </si>
   <si>
     <t>Schulkreis Bethlehem</t>
   </si>
   <si>
     <t>39/40</t>
   </si>
   <si>
-    <t>Prognose Schüler*innen 2024</t>
+    <t>Prognose Schüler*innen 2025</t>
+  </si>
+  <si>
+    <t>40/41</t>
+  </si>
+  <si>
+    <t>Total Zyklus 2</t>
+  </si>
+  <si>
+    <t>Total Zyklus 3</t>
+  </si>
+  <si>
+    <t>0 Jahr</t>
+  </si>
+  <si>
+    <t>1 Jahr</t>
+  </si>
+  <si>
+    <t>1. Kindergarten</t>
+  </si>
+  <si>
+    <t>2. Kindergarten</t>
+  </si>
+  <si>
+    <t>1. Klasse</t>
+  </si>
+  <si>
+    <t>2. Klasse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total Zyklus 1 </t>
+  </si>
+  <si>
+    <t>3. Klasse</t>
+  </si>
+  <si>
+    <t>4. Klasse</t>
+  </si>
+  <si>
+    <t>5. Klasse</t>
+  </si>
+  <si>
+    <t>6. Klasse</t>
+  </si>
+  <si>
+    <t>7. Klasse</t>
+  </si>
+  <si>
+    <t>8. Klasse</t>
+  </si>
+  <si>
+    <t>9. Klasse</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#\ ##0;\–\ #\ ##0;0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1179,112 +1173,116 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
+    <row r="1" spans="1:23" ht="84.95" customHeight="1">
+      <c r="A1" s="5" t="s">
+        <v>53</v>
+      </c>
+    </row>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="8"/>
       <c r="D6" s="7"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="9"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -1320,1689 +1318,1679 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="15"/>
       <c r="D8" s="14"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>1456</v>
+        <v>1451</v>
       </c>
       <c r="C11" s="10">
-        <v>1451</v>
+        <v>1278</v>
       </c>
       <c r="D11" s="10">
-        <v>1278</v>
+        <v>1369</v>
       </c>
       <c r="E11" s="10">
-        <v>1369</v>
+        <v>1259</v>
       </c>
       <c r="F11" s="10">
-        <v>1259</v>
+        <v>1226</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>1254</v>
+        <v>1228</v>
       </c>
       <c r="I11" s="19">
-        <v>1255</v>
+        <v>1225</v>
       </c>
       <c r="J11" s="19">
-        <v>1257</v>
+        <v>1228</v>
       </c>
       <c r="K11" s="19">
-        <v>1263</v>
+        <v>1236</v>
       </c>
       <c r="L11" s="19">
-        <v>1261</v>
+        <v>1241</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>1283</v>
+        <v>1234</v>
       </c>
       <c r="O11" s="24">
-        <v>1276</v>
+        <v>1239</v>
       </c>
       <c r="P11" s="24">
-        <v>1273</v>
+        <v>1255</v>
       </c>
       <c r="Q11" s="24">
-        <v>1274</v>
+        <v>1247</v>
       </c>
       <c r="R11" s="24">
-        <v>1271</v>
+        <v>1234</v>
       </c>
       <c r="S11" s="24">
-        <v>1268</v>
+        <v>1238</v>
       </c>
       <c r="T11" s="24">
-        <v>1271</v>
+        <v>1233</v>
       </c>
       <c r="U11" s="24">
-        <v>1267</v>
+        <v>1235</v>
       </c>
       <c r="V11" s="24">
-        <v>1268</v>
+        <v>1230</v>
       </c>
       <c r="W11" s="24">
-        <v>1264</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>1435</v>
+        <v>1422</v>
       </c>
       <c r="C12" s="10">
-        <v>1422</v>
+        <v>1419</v>
       </c>
       <c r="D12" s="10">
-        <v>1419</v>
+        <v>1297</v>
       </c>
       <c r="E12" s="10">
-        <v>1297</v>
+        <v>1291</v>
       </c>
       <c r="F12" s="10">
-        <v>1291</v>
+        <v>1205</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="I12" s="19">
-        <v>1247</v>
+        <v>1227</v>
       </c>
       <c r="J12" s="19">
-        <v>1251</v>
+        <v>1233</v>
       </c>
       <c r="K12" s="19">
-        <v>1256</v>
+        <v>1237</v>
       </c>
       <c r="L12" s="19">
-        <v>1261</v>
+        <v>1254</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>1274</v>
+        <v>1252</v>
       </c>
       <c r="O12" s="24">
-        <v>1283</v>
+        <v>1240</v>
       </c>
       <c r="P12" s="24">
-        <v>1279</v>
+        <v>1259</v>
       </c>
       <c r="Q12" s="24">
-        <v>1282</v>
+        <v>1266</v>
       </c>
       <c r="R12" s="24">
-        <v>1279</v>
+        <v>1247</v>
       </c>
       <c r="S12" s="24">
-        <v>1273</v>
+        <v>1241</v>
       </c>
       <c r="T12" s="24">
-        <v>1271</v>
+        <v>1238</v>
       </c>
       <c r="U12" s="24">
-        <v>1267</v>
+        <v>1234</v>
       </c>
       <c r="V12" s="24">
-        <v>1262</v>
+        <v>1230</v>
       </c>
       <c r="W12" s="24">
-        <v>1260</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>1404</v>
+        <v>1320</v>
       </c>
       <c r="C13" s="11">
-        <v>1320</v>
+        <v>1350</v>
       </c>
       <c r="D13" s="11">
-        <v>1350</v>
+        <v>1309</v>
       </c>
       <c r="E13" s="11">
-        <v>1309</v>
+        <v>1242</v>
       </c>
       <c r="F13" s="11">
-        <v>1242</v>
+        <v>1218</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>1264</v>
+        <v>1187</v>
       </c>
       <c r="I13" s="20">
-        <v>1217</v>
+        <v>1200</v>
       </c>
       <c r="J13" s="20">
-        <v>1238</v>
+        <v>1207</v>
       </c>
       <c r="K13" s="20">
-        <v>1257</v>
+        <v>1205</v>
       </c>
       <c r="L13" s="20">
-        <v>1249</v>
+        <v>1212</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>1272</v>
+        <v>1222</v>
       </c>
       <c r="O13" s="25">
-        <v>1274</v>
+        <v>1222</v>
       </c>
       <c r="P13" s="25">
-        <v>1298</v>
+        <v>1232</v>
       </c>
       <c r="Q13" s="25">
-        <v>1284</v>
+        <v>1246</v>
       </c>
       <c r="R13" s="25">
-        <v>1280</v>
+        <v>1248</v>
       </c>
       <c r="S13" s="25">
-        <v>1278</v>
+        <v>1229</v>
       </c>
       <c r="T13" s="25">
-        <v>1269</v>
+        <v>1231</v>
       </c>
       <c r="U13" s="25">
-        <v>1258</v>
+        <v>1219</v>
       </c>
       <c r="V13" s="25">
-        <v>1260</v>
+        <v>1210</v>
       </c>
       <c r="W13" s="25">
-        <v>1255</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>1349</v>
+        <v>1332</v>
       </c>
       <c r="C14" s="11">
-        <v>1332</v>
+        <v>1236</v>
       </c>
       <c r="D14" s="11">
-        <v>1236</v>
+        <v>1269</v>
       </c>
       <c r="E14" s="11">
-        <v>1269</v>
+        <v>1250</v>
       </c>
       <c r="F14" s="11">
-        <v>1250</v>
+        <v>1192</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="I14" s="20">
-        <v>1230</v>
+        <v>1182</v>
       </c>
       <c r="J14" s="20">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="K14" s="20">
-        <v>1225</v>
+        <v>1213</v>
       </c>
       <c r="L14" s="20">
-        <v>1243</v>
+        <v>1215</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>1258</v>
+        <v>1207</v>
       </c>
       <c r="O14" s="25">
-        <v>1269</v>
+        <v>1227</v>
       </c>
       <c r="P14" s="25">
-        <v>1279</v>
+        <v>1254</v>
       </c>
       <c r="Q14" s="25">
-        <v>1301</v>
+        <v>1238</v>
       </c>
       <c r="R14" s="25">
-        <v>1285</v>
+        <v>1244</v>
       </c>
       <c r="S14" s="25">
-        <v>1278</v>
+        <v>1248</v>
       </c>
       <c r="T14" s="25">
-        <v>1273</v>
+        <v>1221</v>
       </c>
       <c r="U14" s="25">
-        <v>1257</v>
+        <v>1220</v>
       </c>
       <c r="V14" s="25">
-        <v>1245</v>
+        <v>1198</v>
       </c>
       <c r="W14" s="25">
-        <v>1241</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>5644</v>
+        <v>5525</v>
       </c>
       <c r="C15" s="18">
-        <v>5525</v>
+        <v>5283</v>
       </c>
       <c r="D15" s="18">
-        <v>5283</v>
+        <v>5244</v>
       </c>
       <c r="E15" s="18">
-        <v>5244</v>
+        <v>5042</v>
       </c>
       <c r="F15" s="18">
-        <v>5042</v>
+        <v>4841</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>4950</v>
+        <v>4848</v>
       </c>
       <c r="I15" s="21">
-        <v>4949</v>
+        <v>4834</v>
       </c>
       <c r="J15" s="21">
-        <v>4943</v>
+        <v>4857</v>
       </c>
       <c r="K15" s="21">
-        <v>5001</v>
+        <v>4891</v>
       </c>
       <c r="L15" s="21">
-        <v>5014</v>
+        <v>4922</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>5087</v>
+        <v>4915</v>
       </c>
       <c r="O15" s="26">
-        <v>5102</v>
+        <v>4928</v>
       </c>
       <c r="P15" s="26">
-        <v>5129</v>
+        <v>5000</v>
       </c>
       <c r="Q15" s="26">
-        <v>5141</v>
+        <v>4997</v>
       </c>
       <c r="R15" s="26">
-        <v>5115</v>
+        <v>4973</v>
       </c>
       <c r="S15" s="26">
-        <v>5097</v>
+        <v>4956</v>
       </c>
       <c r="T15" s="26">
-        <v>5084</v>
+        <v>4923</v>
       </c>
       <c r="U15" s="26">
-        <v>5049</v>
+        <v>4908</v>
       </c>
       <c r="V15" s="26">
-        <v>5035</v>
+        <v>4868</v>
       </c>
       <c r="W15" s="26">
-        <v>5020</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>1267</v>
+        <v>1187</v>
       </c>
       <c r="C17" s="11">
-        <v>1187</v>
+        <v>1167</v>
       </c>
       <c r="D17" s="11">
-        <v>1167</v>
+        <v>1106</v>
       </c>
       <c r="E17" s="11">
-        <v>1106</v>
+        <v>1159</v>
       </c>
       <c r="F17" s="11">
-        <v>1159</v>
+        <v>1136</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>1168</v>
+        <v>1101</v>
       </c>
       <c r="I17" s="20">
-        <v>1118</v>
+        <v>1123</v>
       </c>
       <c r="J17" s="20">
-        <v>1133</v>
+        <v>1098</v>
       </c>
       <c r="K17" s="20">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="L17" s="20">
-        <v>1151</v>
+        <v>1137</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
-        <v>1183</v>
+        <v>1139</v>
       </c>
       <c r="O17" s="25">
-        <v>1191</v>
+        <v>1133</v>
       </c>
       <c r="P17" s="25">
-        <v>1205</v>
+        <v>1166</v>
       </c>
       <c r="Q17" s="25">
-        <v>1206</v>
+        <v>1177</v>
       </c>
       <c r="R17" s="25">
-        <v>1225</v>
+        <v>1160</v>
       </c>
       <c r="S17" s="25">
-        <v>1212</v>
+        <v>1158</v>
       </c>
       <c r="T17" s="25">
-        <v>1203</v>
+        <v>1158</v>
       </c>
       <c r="U17" s="25">
-        <v>1187</v>
+        <v>1123</v>
       </c>
       <c r="V17" s="25">
-        <v>1179</v>
+        <v>1130</v>
       </c>
       <c r="W17" s="25">
-        <v>1162</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>1144</v>
+        <v>1235</v>
       </c>
       <c r="C18" s="11">
-        <v>1235</v>
+        <v>1199</v>
       </c>
       <c r="D18" s="11">
-        <v>1199</v>
+        <v>1178</v>
       </c>
       <c r="E18" s="11">
-        <v>1178</v>
+        <v>1121</v>
       </c>
       <c r="F18" s="11">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>1165</v>
+        <v>1141</v>
       </c>
       <c r="I18" s="20">
-        <v>1162</v>
+        <v>1105</v>
       </c>
       <c r="J18" s="20">
-        <v>1137</v>
+        <v>1122</v>
       </c>
       <c r="K18" s="20">
-        <v>1153</v>
+        <v>1104</v>
       </c>
       <c r="L18" s="20">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
+        <v>1159</v>
+      </c>
+      <c r="O18" s="25">
+        <v>1152</v>
+      </c>
+      <c r="P18" s="25">
+        <v>1176</v>
+      </c>
+      <c r="Q18" s="25">
         <v>1192</v>
       </c>
-      <c r="O18" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="R18" s="25">
-        <v>1243</v>
+        <v>1194</v>
       </c>
       <c r="S18" s="25">
-        <v>1247</v>
+        <v>1175</v>
       </c>
       <c r="T18" s="25">
-        <v>1233</v>
+        <v>1169</v>
       </c>
       <c r="U18" s="25">
-        <v>1221</v>
+        <v>1164</v>
       </c>
       <c r="V18" s="25">
-        <v>1198</v>
+        <v>1136</v>
       </c>
       <c r="W18" s="25">
-        <v>1189</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>1042</v>
+        <v>1145</v>
       </c>
       <c r="C19" s="11">
-        <v>1145</v>
+        <v>1225</v>
       </c>
       <c r="D19" s="11">
-        <v>1225</v>
+        <v>1175</v>
       </c>
       <c r="E19" s="11">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="F19" s="11">
-        <v>1170</v>
+        <v>1130</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="I19" s="20">
-        <v>1175</v>
+        <v>1143</v>
       </c>
       <c r="J19" s="20">
-        <v>1182</v>
+        <v>1120</v>
       </c>
       <c r="K19" s="20">
-        <v>1162</v>
+        <v>1143</v>
       </c>
       <c r="L19" s="20">
-        <v>1179</v>
+        <v>1136</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>1183</v>
+        <v>1156</v>
       </c>
       <c r="O19" s="25">
-        <v>1233</v>
+        <v>1181</v>
       </c>
       <c r="P19" s="25">
-        <v>1250</v>
+        <v>1213</v>
       </c>
       <c r="Q19" s="25">
-        <v>1269</v>
+        <v>1214</v>
       </c>
       <c r="R19" s="25">
-        <v>1272</v>
+        <v>1221</v>
       </c>
       <c r="S19" s="25">
-        <v>1265</v>
+        <v>1231</v>
       </c>
       <c r="T19" s="25">
-        <v>1266</v>
+        <v>1211</v>
       </c>
       <c r="U19" s="25">
-        <v>1247</v>
+        <v>1205</v>
       </c>
       <c r="V19" s="25">
-        <v>1232</v>
+        <v>1184</v>
       </c>
       <c r="W19" s="25">
-        <v>1205</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>1093</v>
+        <v>1033</v>
       </c>
       <c r="C20" s="11">
-        <v>1033</v>
+        <v>1131</v>
       </c>
       <c r="D20" s="11">
-        <v>1131</v>
+        <v>1250</v>
       </c>
       <c r="E20" s="11">
-        <v>1250</v>
+        <v>1186</v>
       </c>
       <c r="F20" s="11">
-        <v>1186</v>
+        <v>1180</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
-        <v>1182</v>
+        <v>1164</v>
       </c>
       <c r="I20" s="20">
-        <v>1163</v>
+        <v>1189</v>
       </c>
       <c r="J20" s="20">
-        <v>1190</v>
+        <v>1179</v>
       </c>
       <c r="K20" s="20">
-        <v>1195</v>
+        <v>1154</v>
       </c>
       <c r="L20" s="20">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>1204</v>
+        <v>1168</v>
       </c>
       <c r="O20" s="25">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="P20" s="25">
-        <v>1255</v>
+        <v>1244</v>
       </c>
       <c r="Q20" s="25">
-        <v>1276</v>
+        <v>1257</v>
       </c>
       <c r="R20" s="25">
-        <v>1292</v>
+        <v>1243</v>
       </c>
       <c r="S20" s="25">
-        <v>1293</v>
+        <v>1246</v>
       </c>
       <c r="T20" s="25">
-        <v>1289</v>
+        <v>1254</v>
       </c>
       <c r="U20" s="25">
-        <v>1279</v>
+        <v>1241</v>
       </c>
       <c r="V20" s="25">
-        <v>1262</v>
+        <v>1233</v>
       </c>
       <c r="W20" s="25">
-        <v>1248</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>4546</v>
+        <v>4600</v>
       </c>
       <c r="C21" s="18">
-        <v>4600</v>
+        <v>4722</v>
       </c>
       <c r="D21" s="18">
-        <v>4722</v>
+        <v>4709</v>
       </c>
       <c r="E21" s="18">
-        <v>4709</v>
+        <v>4636</v>
       </c>
       <c r="F21" s="18">
-        <v>4636</v>
+        <v>4586</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>4671</v>
+        <v>4571</v>
       </c>
       <c r="I21" s="21">
-        <v>4618</v>
+        <v>4560</v>
       </c>
       <c r="J21" s="21">
-        <v>4642</v>
+        <v>4519</v>
       </c>
       <c r="K21" s="21">
-        <v>4629</v>
+        <v>4511</v>
       </c>
       <c r="L21" s="21">
-        <v>4657</v>
+        <v>4601</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>4762</v>
+        <v>4622</v>
       </c>
       <c r="O21" s="26">
-        <v>4822</v>
+        <v>4658</v>
       </c>
       <c r="P21" s="26">
-        <v>4940</v>
+        <v>4799</v>
       </c>
       <c r="Q21" s="26">
-        <v>4992</v>
+        <v>4840</v>
       </c>
       <c r="R21" s="26">
-        <v>5032</v>
+        <v>4818</v>
       </c>
       <c r="S21" s="26">
-        <v>5017</v>
+        <v>4810</v>
       </c>
       <c r="T21" s="26">
-        <v>4991</v>
+        <v>4792</v>
       </c>
       <c r="U21" s="26">
-        <v>4934</v>
+        <v>4733</v>
       </c>
       <c r="V21" s="26">
-        <v>4871</v>
+        <v>4683</v>
       </c>
       <c r="W21" s="26">
-        <v>4804</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>1050</v>
+        <v>1032</v>
       </c>
       <c r="C23" s="11">
-        <v>1032</v>
+        <v>1010</v>
       </c>
       <c r="D23" s="11">
-        <v>1010</v>
+        <v>1105</v>
       </c>
       <c r="E23" s="11">
-        <v>1105</v>
+        <v>1216</v>
       </c>
       <c r="F23" s="11">
-        <v>1216</v>
+        <v>1145</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>1189</v>
+        <v>1168</v>
       </c>
       <c r="I23" s="20">
-        <v>1166</v>
+        <v>1143</v>
       </c>
       <c r="J23" s="20">
-        <v>1153</v>
+        <v>1168</v>
       </c>
       <c r="K23" s="20">
-        <v>1188</v>
+        <v>1162</v>
       </c>
       <c r="L23" s="20">
-        <v>1196</v>
+        <v>1152</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>1205</v>
+        <v>1164</v>
       </c>
       <c r="O23" s="25">
-        <v>1223</v>
+        <v>1152</v>
       </c>
       <c r="P23" s="25">
-        <v>1217</v>
+        <v>1186</v>
       </c>
       <c r="Q23" s="25">
-        <v>1268</v>
+        <v>1236</v>
       </c>
       <c r="R23" s="25">
-        <v>1279</v>
+        <v>1245</v>
       </c>
       <c r="S23" s="25">
-        <v>1286</v>
+        <v>1234</v>
       </c>
       <c r="T23" s="25">
-        <v>1294</v>
+        <v>1238</v>
       </c>
       <c r="U23" s="25">
-        <v>1285</v>
+        <v>1248</v>
       </c>
       <c r="V23" s="25">
-        <v>1281</v>
+        <v>1228</v>
       </c>
       <c r="W23" s="25">
-        <v>1265</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>1055</v>
+        <v>1027</v>
       </c>
       <c r="C24" s="11">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="D24" s="11">
-        <v>1037</v>
+        <v>1018</v>
       </c>
       <c r="E24" s="11">
-        <v>1018</v>
+        <v>1109</v>
       </c>
       <c r="F24" s="11">
-        <v>1109</v>
+        <v>1214</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>1201</v>
+        <v>1154</v>
       </c>
       <c r="I24" s="20">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="J24" s="20">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="K24" s="20">
-        <v>1151</v>
+        <v>1188</v>
       </c>
       <c r="L24" s="20">
-        <v>1178</v>
+        <v>1202</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>1198</v>
+        <v>1163</v>
       </c>
       <c r="O24" s="25">
-        <v>1208</v>
+        <v>1180</v>
       </c>
       <c r="P24" s="25">
-        <v>1230</v>
+        <v>1178</v>
       </c>
       <c r="Q24" s="25">
-        <v>1230</v>
+        <v>1204</v>
       </c>
       <c r="R24" s="25">
-        <v>1271</v>
+        <v>1249</v>
       </c>
       <c r="S24" s="25">
-        <v>1286</v>
+        <v>1262</v>
       </c>
       <c r="T24" s="25">
-        <v>1301</v>
+        <v>1247</v>
       </c>
       <c r="U24" s="25">
-        <v>1304</v>
+        <v>1255</v>
       </c>
       <c r="V24" s="25">
-        <v>1289</v>
+        <v>1260</v>
       </c>
       <c r="W24" s="25">
-        <v>1294</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>1002</v>
+        <v>1045</v>
       </c>
       <c r="C25" s="11">
-        <v>1045</v>
+        <v>1027</v>
       </c>
       <c r="D25" s="11">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="E25" s="11">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="F25" s="11">
-        <v>1035</v>
+        <v>1087</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>1088</v>
+        <v>1200</v>
       </c>
       <c r="I25" s="20">
-        <v>1197</v>
+        <v>1142</v>
       </c>
       <c r="J25" s="20">
-        <v>1167</v>
+        <v>1154</v>
       </c>
       <c r="K25" s="20">
-        <v>1147</v>
+        <v>1143</v>
       </c>
       <c r="L25" s="20">
-        <v>1146</v>
+        <v>1171</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="O25" s="25">
-        <v>1192</v>
+        <v>1142</v>
       </c>
       <c r="P25" s="25">
-        <v>1203</v>
+        <v>1176</v>
       </c>
       <c r="Q25" s="25">
-        <v>1225</v>
+        <v>1175</v>
       </c>
       <c r="R25" s="25">
-        <v>1230</v>
+        <v>1193</v>
       </c>
       <c r="S25" s="25">
-        <v>1274</v>
+        <v>1237</v>
       </c>
       <c r="T25" s="25">
-        <v>1295</v>
+        <v>1246</v>
       </c>
       <c r="U25" s="25">
-        <v>1291</v>
+        <v>1226</v>
       </c>
       <c r="V25" s="25">
-        <v>1291</v>
+        <v>1233</v>
       </c>
       <c r="W25" s="25">
-        <v>1279</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>1011</v>
+        <v>979</v>
       </c>
       <c r="C26" s="11">
-        <v>979</v>
+        <v>1042</v>
       </c>
       <c r="D26" s="11">
-        <v>1042</v>
+        <v>1015</v>
       </c>
       <c r="E26" s="11">
-        <v>1015</v>
+        <v>1034</v>
       </c>
       <c r="F26" s="11">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>1031</v>
+        <v>1075</v>
       </c>
       <c r="I26" s="20">
-        <v>1085</v>
+        <v>1192</v>
       </c>
       <c r="J26" s="20">
-        <v>1188</v>
+        <v>1135</v>
       </c>
       <c r="K26" s="20">
-        <v>1164</v>
+        <v>1147</v>
       </c>
       <c r="L26" s="20">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="O26" s="25">
-        <v>1193</v>
+        <v>1173</v>
       </c>
       <c r="P26" s="25">
-        <v>1200</v>
+        <v>1147</v>
       </c>
       <c r="Q26" s="25">
-        <v>1202</v>
+        <v>1176</v>
       </c>
       <c r="R26" s="25">
-        <v>1228</v>
+        <v>1167</v>
       </c>
       <c r="S26" s="25">
-        <v>1240</v>
+        <v>1189</v>
       </c>
       <c r="T26" s="25">
-        <v>1276</v>
+        <v>1230</v>
       </c>
       <c r="U26" s="25">
-        <v>1288</v>
+        <v>1239</v>
       </c>
       <c r="V26" s="25">
-        <v>1288</v>
+        <v>1221</v>
       </c>
       <c r="W26" s="25">
-        <v>1280</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>4118</v>
+        <v>4083</v>
       </c>
       <c r="C27" s="18">
-        <v>4083</v>
+        <v>4116</v>
       </c>
       <c r="D27" s="18">
-        <v>4116</v>
+        <v>4171</v>
       </c>
       <c r="E27" s="18">
-        <v>4171</v>
+        <v>4394</v>
       </c>
       <c r="F27" s="18">
-        <v>4394</v>
+        <v>4485</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>4509</v>
+        <v>4597</v>
       </c>
       <c r="I27" s="21">
-        <v>4626</v>
+        <v>4646</v>
       </c>
       <c r="J27" s="21">
-        <v>4662</v>
+        <v>4615</v>
       </c>
       <c r="K27" s="21">
-        <v>4650</v>
+        <v>4640</v>
       </c>
       <c r="L27" s="21">
-        <v>4667</v>
+        <v>4665</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>4740</v>
+        <v>4666</v>
       </c>
       <c r="O27" s="26">
-        <v>4816</v>
+        <v>4647</v>
       </c>
       <c r="P27" s="26">
-        <v>4850</v>
+        <v>4687</v>
       </c>
       <c r="Q27" s="26">
-        <v>4925</v>
+        <v>4791</v>
       </c>
       <c r="R27" s="26">
-        <v>5008</v>
+        <v>4854</v>
       </c>
       <c r="S27" s="26">
-        <v>5086</v>
+        <v>4922</v>
       </c>
       <c r="T27" s="26">
-        <v>5166</v>
+        <v>4961</v>
       </c>
       <c r="U27" s="26">
-        <v>5168</v>
+        <v>4968</v>
       </c>
       <c r="V27" s="26">
-        <v>5149</v>
+        <v>4942</v>
       </c>
       <c r="W27" s="26">
-        <v>5118</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>872</v>
+        <v>984</v>
       </c>
       <c r="C29" s="11">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D29" s="11">
-        <v>985</v>
+        <v>1057</v>
       </c>
       <c r="E29" s="11">
-        <v>1057</v>
+        <v>998</v>
       </c>
       <c r="F29" s="11">
-        <v>998</v>
+        <v>1022</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>1015</v>
+        <v>1042</v>
       </c>
       <c r="I29" s="20">
-        <v>1017</v>
+        <v>1069</v>
       </c>
       <c r="J29" s="20">
-        <v>1074</v>
+        <v>1169</v>
       </c>
       <c r="K29" s="20">
-        <v>1173</v>
+        <v>1129</v>
       </c>
       <c r="L29" s="20">
-        <v>1138</v>
+        <v>1157</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
-        <v>1158</v>
+        <v>1134</v>
       </c>
       <c r="O29" s="25">
-        <v>1136</v>
+        <v>1164</v>
       </c>
       <c r="P29" s="25">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="Q29" s="25">
-        <v>1191</v>
+        <v>1167</v>
       </c>
       <c r="R29" s="25">
-        <v>1198</v>
+        <v>1156</v>
       </c>
       <c r="S29" s="25">
-        <v>1217</v>
+        <v>1170</v>
       </c>
       <c r="T29" s="25">
-        <v>1222</v>
+        <v>1192</v>
       </c>
       <c r="U29" s="25">
-        <v>1258</v>
+        <v>1223</v>
       </c>
       <c r="V29" s="25">
-        <v>1262</v>
+        <v>1248</v>
       </c>
       <c r="W29" s="25">
-        <v>1272</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>819</v>
+        <v>868</v>
       </c>
       <c r="C30" s="11">
-        <v>868</v>
+        <v>981</v>
       </c>
       <c r="D30" s="11">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="E30" s="11">
-        <v>999</v>
+        <v>1058</v>
       </c>
       <c r="F30" s="11">
-        <v>1058</v>
+        <v>1012</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>1007</v>
+        <v>1031</v>
       </c>
       <c r="I30" s="20">
-        <v>1015</v>
+        <v>1040</v>
       </c>
       <c r="J30" s="20">
-        <v>1018</v>
+        <v>1061</v>
       </c>
       <c r="K30" s="20">
-        <v>1067</v>
+        <v>1155</v>
       </c>
       <c r="L30" s="20">
-        <v>1147</v>
+        <v>1127</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>1118</v>
+        <v>1174</v>
       </c>
       <c r="O30" s="25">
-        <v>1152</v>
+        <v>1131</v>
       </c>
       <c r="P30" s="25">
-        <v>1145</v>
+        <v>1166</v>
       </c>
       <c r="Q30" s="25">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="R30" s="25">
-        <v>1187</v>
+        <v>1166</v>
       </c>
       <c r="S30" s="25">
-        <v>1196</v>
+        <v>1167</v>
       </c>
       <c r="T30" s="25">
-        <v>1212</v>
+        <v>1181</v>
       </c>
       <c r="U30" s="25">
-        <v>1220</v>
+        <v>1194</v>
       </c>
       <c r="V30" s="25">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="W30" s="25">
-        <v>1239</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="C31" s="11">
-        <v>564</v>
+        <v>606</v>
       </c>
       <c r="D31" s="11">
-        <v>606</v>
+        <v>677</v>
       </c>
       <c r="E31" s="11">
-        <v>677</v>
+        <v>710</v>
       </c>
       <c r="F31" s="11">
-        <v>710</v>
+        <v>699</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
-        <v>768</v>
+        <v>721</v>
       </c>
       <c r="I31" s="20">
-        <v>721</v>
+        <v>737</v>
       </c>
       <c r="J31" s="20">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="K31" s="20">
-        <v>728</v>
+        <v>759</v>
       </c>
       <c r="L31" s="20">
-        <v>799</v>
+        <v>838</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>857</v>
+        <v>807</v>
       </c>
       <c r="O31" s="25">
-        <v>826</v>
+        <v>852</v>
       </c>
       <c r="P31" s="25">
-        <v>863</v>
+        <v>823</v>
       </c>
       <c r="Q31" s="25">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="R31" s="25">
-        <v>884</v>
+        <v>867</v>
       </c>
       <c r="S31" s="25">
-        <v>896</v>
+        <v>865</v>
       </c>
       <c r="T31" s="25">
-        <v>920</v>
+        <v>868</v>
       </c>
       <c r="U31" s="25">
-        <v>935</v>
+        <v>900</v>
       </c>
       <c r="V31" s="25">
-        <v>949</v>
+        <v>895</v>
       </c>
       <c r="W31" s="25">
-        <v>968</v>
+        <v>928</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>2260</v>
+        <v>2416</v>
       </c>
       <c r="C32" s="18">
-        <v>2416</v>
+        <v>2572</v>
       </c>
       <c r="D32" s="18">
-        <v>2572</v>
+        <v>2733</v>
       </c>
       <c r="E32" s="18">
+        <v>2766</v>
+      </c>
+      <c r="F32" s="18">
         <v>2733</v>
-      </c>
-[...1 lines deleted...]
-        <v>2766</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="I32" s="21">
-        <v>2753</v>
+        <v>2846</v>
       </c>
       <c r="J32" s="21">
-        <v>2821</v>
+        <v>2960</v>
       </c>
       <c r="K32" s="21">
-        <v>2968</v>
+        <v>3043</v>
       </c>
       <c r="L32" s="21">
-        <v>3084</v>
+        <v>3122</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>3133</v>
+        <v>3115</v>
       </c>
       <c r="O32" s="26">
-        <v>3114</v>
+        <v>3147</v>
       </c>
       <c r="P32" s="26">
-        <v>3184</v>
+        <v>3177</v>
       </c>
       <c r="Q32" s="26">
-        <v>3192</v>
+        <v>3199</v>
       </c>
       <c r="R32" s="26">
-        <v>3269</v>
+        <v>3189</v>
       </c>
       <c r="S32" s="26">
-        <v>3309</v>
+        <v>3202</v>
       </c>
       <c r="T32" s="26">
-        <v>3354</v>
+        <v>3241</v>
       </c>
       <c r="U32" s="26">
-        <v>3413</v>
+        <v>3317</v>
       </c>
       <c r="V32" s="26">
-        <v>3451</v>
+        <v>3376</v>
       </c>
       <c r="W32" s="26">
-        <v>3479</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>10924</v>
+        <v>11099</v>
       </c>
       <c r="C34" s="12">
-        <v>11099</v>
+        <v>11410</v>
       </c>
       <c r="D34" s="12">
-        <v>11410</v>
+        <v>11613</v>
       </c>
       <c r="E34" s="12">
-        <v>11613</v>
+        <v>11796</v>
       </c>
       <c r="F34" s="12">
-        <v>11796</v>
+        <v>11804</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>11970</v>
+        <v>11962</v>
       </c>
       <c r="I34" s="23">
-        <v>11997</v>
+        <v>12052</v>
       </c>
       <c r="J34" s="23">
-        <v>12125</v>
+        <v>12094</v>
       </c>
       <c r="K34" s="23">
-        <v>12247</v>
+        <v>12194</v>
       </c>
       <c r="L34" s="23">
-        <v>12408</v>
+        <v>12388</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>12635</v>
+        <v>12403</v>
       </c>
       <c r="O34" s="28">
-        <v>12752</v>
+        <v>12452</v>
       </c>
       <c r="P34" s="28">
-        <v>12974</v>
+        <v>12663</v>
       </c>
       <c r="Q34" s="28">
-        <v>13109</v>
+        <v>12830</v>
       </c>
       <c r="R34" s="28">
-        <v>13309</v>
+        <v>12861</v>
       </c>
       <c r="S34" s="28">
-        <v>13412</v>
+        <v>12934</v>
       </c>
       <c r="T34" s="28">
-        <v>13511</v>
+        <v>12994</v>
       </c>
       <c r="U34" s="28">
-        <v>13515</v>
+        <v>13018</v>
       </c>
       <c r="V34" s="28">
-        <v>13471</v>
+        <v>13001</v>
       </c>
       <c r="W34" s="28">
-        <v>13401</v>
+        <v>12952</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -3038,1686 +3026,1676 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>255</v>
+        <v>297</v>
       </c>
       <c r="C11" s="10">
-        <v>297</v>
+        <v>241</v>
       </c>
       <c r="D11" s="10">
-        <v>241</v>
+        <v>275</v>
       </c>
       <c r="E11" s="10">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="F11" s="10">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="I11" s="19">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="J11" s="19">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="K11" s="19">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="L11" s="19">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="O11" s="24">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="P11" s="24">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="Q11" s="24">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="R11" s="24">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="S11" s="24">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="T11" s="24">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="U11" s="24">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="V11" s="24">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="W11" s="24">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="C12" s="10">
-        <v>262</v>
+        <v>303</v>
       </c>
       <c r="D12" s="10">
-        <v>303</v>
+        <v>258</v>
       </c>
       <c r="E12" s="10">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F12" s="10">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="I12" s="19">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="J12" s="19">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="K12" s="19">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="L12" s="19">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="O12" s="24">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="P12" s="24">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="Q12" s="24">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="R12" s="24">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="S12" s="24">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="T12" s="24">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="U12" s="24">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="V12" s="24">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="W12" s="24">
-        <v>251</v>
+        <v>242</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>278</v>
+        <v>259</v>
       </c>
       <c r="C13" s="11">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D13" s="11">
-        <v>258</v>
+        <v>282</v>
       </c>
       <c r="E13" s="11">
-        <v>282</v>
+        <v>239</v>
       </c>
       <c r="F13" s="11">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="I13" s="20">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="J13" s="20">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="K13" s="20">
-        <v>249</v>
+        <v>233</v>
       </c>
       <c r="L13" s="20">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="O13" s="25">
-        <v>246</v>
+        <v>230</v>
       </c>
       <c r="P13" s="25">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="Q13" s="25">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="R13" s="25">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="S13" s="25">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="T13" s="25">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="U13" s="25">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="V13" s="25">
-        <v>253</v>
+        <v>234</v>
       </c>
       <c r="W13" s="25">
-        <v>252</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C14" s="11">
-        <v>279</v>
+        <v>245</v>
       </c>
       <c r="D14" s="11">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="E14" s="11">
-        <v>254</v>
+        <v>271</v>
       </c>
       <c r="F14" s="11">
-        <v>271</v>
+        <v>242</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
+        <v>238</v>
+      </c>
+      <c r="I14" s="20">
+        <v>247</v>
+      </c>
+      <c r="J14" s="20">
+        <v>241</v>
+      </c>
+      <c r="K14" s="20">
+        <v>238</v>
+      </c>
+      <c r="L14" s="20">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>245</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
+        <v>237</v>
+      </c>
+      <c r="O14" s="25">
         <v>241</v>
       </c>
-      <c r="O14" s="25">
+      <c r="P14" s="25">
+        <v>241</v>
+      </c>
+      <c r="Q14" s="25">
         <v>243</v>
       </c>
-      <c r="P14" s="25">
+      <c r="R14" s="25">
+        <v>252</v>
+      </c>
+      <c r="S14" s="25">
+        <v>253</v>
+      </c>
+      <c r="T14" s="25">
+        <v>255</v>
+      </c>
+      <c r="U14" s="25">
+        <v>251</v>
+      </c>
+      <c r="V14" s="25">
         <v>247</v>
       </c>
-      <c r="Q14" s="25">
-[...16 lines deleted...]
-      </c>
       <c r="W14" s="25">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="C15" s="18">
-        <v>1097</v>
+        <v>1047</v>
       </c>
       <c r="D15" s="18">
-        <v>1047</v>
+        <v>1069</v>
       </c>
       <c r="E15" s="18">
-        <v>1069</v>
+        <v>1008</v>
       </c>
       <c r="F15" s="18">
-        <v>1008</v>
+        <v>946</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>978</v>
+        <v>948</v>
       </c>
       <c r="I15" s="21">
-        <v>980</v>
+        <v>956</v>
       </c>
       <c r="J15" s="21">
-        <v>980</v>
+        <v>946</v>
       </c>
       <c r="K15" s="21">
-        <v>979</v>
+        <v>941</v>
       </c>
       <c r="L15" s="21">
-        <v>978</v>
+        <v>935</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>975</v>
+        <v>948</v>
       </c>
       <c r="O15" s="26">
+        <v>947</v>
+      </c>
+      <c r="P15" s="26">
+        <v>952</v>
+      </c>
+      <c r="Q15" s="26">
+        <v>967</v>
+      </c>
+      <c r="R15" s="26">
+        <v>978</v>
+      </c>
+      <c r="S15" s="26">
         <v>979</v>
       </c>
-      <c r="P15" s="26">
-[...10 lines deleted...]
-      </c>
       <c r="T15" s="26">
-        <v>1006</v>
+        <v>982</v>
       </c>
       <c r="U15" s="26">
-        <v>1006</v>
+        <v>973</v>
       </c>
       <c r="V15" s="26">
-        <v>1003</v>
+        <v>964</v>
       </c>
       <c r="W15" s="26">
-        <v>1001</v>
+        <v>969</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>283</v>
+        <v>251</v>
       </c>
       <c r="C17" s="11">
-        <v>251</v>
+        <v>268</v>
       </c>
       <c r="D17" s="11">
-        <v>268</v>
+        <v>240</v>
       </c>
       <c r="E17" s="11">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="F17" s="11">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>251</v>
+        <v>229</v>
       </c>
       <c r="I17" s="20">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="J17" s="20">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="K17" s="20">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="L17" s="20">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="O17" s="25">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="P17" s="25">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="Q17" s="25">
+        <v>231</v>
+      </c>
+      <c r="R17" s="25">
         <v>233</v>
       </c>
-      <c r="R17" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="S17" s="25">
+        <v>238</v>
+      </c>
+      <c r="T17" s="25">
+        <v>238</v>
+      </c>
+      <c r="U17" s="25">
         <v>240</v>
       </c>
-      <c r="T17" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="V17" s="25">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="W17" s="25">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C18" s="11">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="D18" s="11">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E18" s="11">
-        <v>265</v>
+        <v>241</v>
       </c>
       <c r="F18" s="11">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="I18" s="20">
-        <v>256</v>
+        <v>229</v>
       </c>
       <c r="J18" s="20">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="K18" s="20">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="L18" s="20">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="O18" s="25">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="P18" s="25">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="Q18" s="25">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="R18" s="25">
+        <v>236</v>
+      </c>
+      <c r="S18" s="25">
         <v>240</v>
       </c>
-      <c r="S18" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="T18" s="25">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="U18" s="25">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="V18" s="25">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="W18" s="25">
-        <v>247</v>
+        <v>243</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>217</v>
+        <v>257</v>
       </c>
       <c r="C19" s="11">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="D19" s="11">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="E19" s="11">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="F19" s="11">
-        <v>262</v>
+        <v>246</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="I19" s="20">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="J19" s="20">
-        <v>255</v>
+        <v>229</v>
       </c>
       <c r="K19" s="20">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="L19" s="20">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="O19" s="25">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="P19" s="25">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="Q19" s="25">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="R19" s="25">
+        <v>240</v>
+      </c>
+      <c r="S19" s="25">
         <v>241</v>
       </c>
-      <c r="S19" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="T19" s="25">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="U19" s="25">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="V19" s="25">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="W19" s="25">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>255</v>
+        <v>212</v>
       </c>
       <c r="C20" s="11">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="D20" s="11">
-        <v>250</v>
+        <v>284</v>
       </c>
       <c r="E20" s="11">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="F20" s="11">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
+        <v>249</v>
+      </c>
+      <c r="I20" s="20">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="J20" s="20">
         <v>259</v>
       </c>
       <c r="K20" s="20">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="L20" s="20">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="O20" s="25">
+        <v>221</v>
+      </c>
+      <c r="P20" s="25">
         <v>228</v>
       </c>
-      <c r="P20" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="Q20" s="25">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="R20" s="25">
+        <v>235</v>
+      </c>
+      <c r="S20" s="25">
         <v>239</v>
       </c>
-      <c r="S20" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="T20" s="25">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="U20" s="25">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="V20" s="25">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="W20" s="25">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>1027</v>
+        <v>998</v>
       </c>
       <c r="C21" s="18">
-        <v>998</v>
+        <v>1065</v>
       </c>
       <c r="D21" s="18">
-        <v>1065</v>
+        <v>1056</v>
       </c>
       <c r="E21" s="18">
-        <v>1056</v>
+        <v>1021</v>
       </c>
       <c r="F21" s="18">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>1018</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="21">
-        <v>980</v>
+        <v>972</v>
       </c>
       <c r="J21" s="21">
-        <v>964</v>
+        <v>938</v>
       </c>
       <c r="K21" s="21">
-        <v>932</v>
+        <v>901</v>
       </c>
       <c r="L21" s="21">
-        <v>909</v>
+        <v>895</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>921</v>
+        <v>895</v>
       </c>
       <c r="O21" s="26">
-        <v>923</v>
+        <v>895</v>
       </c>
       <c r="P21" s="26">
-        <v>933</v>
+        <v>913</v>
       </c>
       <c r="Q21" s="26">
-        <v>947</v>
+        <v>931</v>
       </c>
       <c r="R21" s="26">
-        <v>959</v>
+        <v>944</v>
       </c>
       <c r="S21" s="26">
+        <v>958</v>
+      </c>
+      <c r="T21" s="26">
+        <v>964</v>
+      </c>
+      <c r="U21" s="26">
         <v>971</v>
       </c>
-      <c r="T21" s="26">
-[...4 lines deleted...]
-      </c>
       <c r="V21" s="26">
-        <v>996</v>
+        <v>975</v>
       </c>
       <c r="W21" s="26">
-        <v>986</v>
+        <v>975</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="C23" s="11">
-        <v>252</v>
+        <v>222</v>
       </c>
       <c r="D23" s="11">
-        <v>222</v>
+        <v>256</v>
       </c>
       <c r="E23" s="11">
-        <v>256</v>
+        <v>281</v>
       </c>
       <c r="F23" s="11">
-        <v>281</v>
+        <v>262</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="I23" s="20">
+        <v>246</v>
+      </c>
+      <c r="J23" s="20">
+        <v>259</v>
+      </c>
+      <c r="K23" s="20">
         <v>261</v>
       </c>
-      <c r="J23" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="L23" s="20">
-        <v>257</v>
+        <v>229</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="O23" s="25">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="P23" s="25">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="Q23" s="25">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="R23" s="25">
+        <v>231</v>
+      </c>
+      <c r="S23" s="25">
+        <v>238</v>
+      </c>
+      <c r="T23" s="25">
         <v>241</v>
       </c>
-      <c r="S23" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="U23" s="25">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="V23" s="25">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="W23" s="25">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C24" s="11">
-        <v>235</v>
+        <v>264</v>
       </c>
       <c r="D24" s="11">
-        <v>264</v>
+        <v>226</v>
       </c>
       <c r="E24" s="11">
-        <v>226</v>
+        <v>260</v>
       </c>
       <c r="F24" s="11">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="I24" s="20">
+        <v>266</v>
+      </c>
+      <c r="J24" s="20">
+        <v>249</v>
+      </c>
+      <c r="K24" s="20">
         <v>262</v>
       </c>
-      <c r="J24" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="L24" s="20">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="O24" s="25">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="P24" s="25">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="Q24" s="25">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="R24" s="25">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="S24" s="25">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="T24" s="25">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="U24" s="25">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="V24" s="25">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="W24" s="25">
-        <v>248</v>
+        <v>255</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C25" s="11">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="D25" s="11">
-        <v>236</v>
+        <v>268</v>
       </c>
       <c r="E25" s="11">
-        <v>268</v>
+        <v>227</v>
       </c>
       <c r="F25" s="11">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="I25" s="20">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="J25" s="20">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="K25" s="20">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="L25" s="20">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="O25" s="25">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="P25" s="25">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="Q25" s="25">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="R25" s="25">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="S25" s="25">
         <v>235</v>
       </c>
       <c r="T25" s="25">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="U25" s="25">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="V25" s="25">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="W25" s="25">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="C26" s="11">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="D26" s="11">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="E26" s="11">
-        <v>241</v>
+        <v>269</v>
       </c>
       <c r="F26" s="11">
-        <v>269</v>
+        <v>225</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="I26" s="20">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="J26" s="20">
-        <v>286</v>
+        <v>261</v>
       </c>
       <c r="K26" s="20">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="L26" s="20">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="O26" s="25">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="P26" s="25">
-        <v>257</v>
+        <v>228</v>
       </c>
       <c r="Q26" s="25">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="R26" s="25">
+        <v>226</v>
+      </c>
+      <c r="S26" s="25">
+        <v>225</v>
+      </c>
+      <c r="T26" s="25">
+        <v>235</v>
+      </c>
+      <c r="U26" s="25">
         <v>234</v>
       </c>
-      <c r="S26" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="V26" s="25">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="W26" s="25">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="C27" s="18">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D27" s="18">
-        <v>973</v>
+        <v>991</v>
       </c>
       <c r="E27" s="18">
-        <v>991</v>
+        <v>1037</v>
       </c>
       <c r="F27" s="18">
-        <v>1037</v>
+        <v>1021</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>1032</v>
+        <v>1049</v>
       </c>
       <c r="I27" s="21">
-        <v>1065</v>
+        <v>1052</v>
       </c>
       <c r="J27" s="21">
-        <v>1053</v>
+        <v>1031</v>
       </c>
       <c r="K27" s="21">
         <v>1028</v>
       </c>
       <c r="L27" s="21">
-        <v>1016</v>
+        <v>992</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
         <v>974</v>
       </c>
       <c r="O27" s="26">
-        <v>965</v>
+        <v>938</v>
       </c>
       <c r="P27" s="26">
-        <v>934</v>
+        <v>901</v>
       </c>
       <c r="Q27" s="26">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="R27" s="26">
+        <v>920</v>
+      </c>
+      <c r="S27" s="26">
         <v>936</v>
       </c>
-      <c r="S27" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="T27" s="26">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="U27" s="26">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="V27" s="26">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="W27" s="26">
-        <v>994</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>189</v>
+        <v>222</v>
       </c>
       <c r="C29" s="11">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="D29" s="11">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E29" s="11">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="F29" s="11">
-        <v>226</v>
+        <v>261</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="I29" s="20">
-        <v>227</v>
+        <v>243</v>
       </c>
       <c r="J29" s="20">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="K29" s="20">
-        <v>276</v>
+        <v>258</v>
       </c>
       <c r="L29" s="20">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="O29" s="25">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="P29" s="25">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="Q29" s="25">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="R29" s="25">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="S29" s="25">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="T29" s="25">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="U29" s="25">
+        <v>234</v>
+      </c>
+      <c r="V29" s="25">
+        <v>239</v>
+      </c>
+      <c r="W29" s="25">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="C30" s="11">
-        <v>182</v>
+        <v>223</v>
       </c>
       <c r="D30" s="11">
-        <v>223</v>
+        <v>244</v>
       </c>
       <c r="E30" s="11">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="F30" s="11">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>221</v>
+        <v>256</v>
       </c>
       <c r="I30" s="20">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="J30" s="20">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="K30" s="20">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="L30" s="20">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="O30" s="25">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="P30" s="25">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="Q30" s="25">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="R30" s="25">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="S30" s="25">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="T30" s="25">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="U30" s="25">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="V30" s="25">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="W30" s="25">
-        <v>240</v>
+        <v>239</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="C31" s="11">
+        <v>102</v>
+      </c>
+      <c r="D31" s="11">
+        <v>128</v>
+      </c>
+      <c r="E31" s="11">
+        <v>137</v>
+      </c>
+      <c r="F31" s="11">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="I31" s="20">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="J31" s="20">
-        <v>149</v>
+        <v>127</v>
       </c>
       <c r="K31" s="20">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="L31" s="20">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>175</v>
+        <v>150</v>
       </c>
       <c r="O31" s="25">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="P31" s="25">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="Q31" s="25">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="R31" s="25">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="S31" s="25">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="T31" s="25">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="U31" s="25">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="V31" s="25">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="W31" s="25">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>498</v>
+        <v>527</v>
       </c>
       <c r="C32" s="18">
-        <v>527</v>
+        <v>567</v>
       </c>
       <c r="D32" s="18">
-        <v>567</v>
+        <v>618</v>
       </c>
       <c r="E32" s="18">
-        <v>618</v>
+        <v>602</v>
       </c>
       <c r="F32" s="18">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="I32" s="21">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="J32" s="21">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="K32" s="21">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="L32" s="21">
-        <v>699</v>
+        <v>669</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>680</v>
+        <v>649</v>
       </c>
       <c r="O32" s="26">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="P32" s="26">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="Q32" s="26">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="R32" s="26">
-        <v>637</v>
+        <v>606</v>
       </c>
       <c r="S32" s="26">
-        <v>618</v>
+        <v>591</v>
       </c>
       <c r="T32" s="26">
+        <v>598</v>
+      </c>
+      <c r="U32" s="26">
         <v>609</v>
       </c>
-      <c r="U32" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="V32" s="26">
-        <v>644</v>
+        <v>616</v>
       </c>
       <c r="W32" s="26">
-        <v>639</v>
+        <v>629</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>2483</v>
+        <v>2496</v>
       </c>
       <c r="C34" s="12">
-        <v>2496</v>
+        <v>2605</v>
       </c>
       <c r="D34" s="12">
-        <v>2605</v>
+        <v>2665</v>
       </c>
       <c r="E34" s="12">
-        <v>2665</v>
+        <v>2660</v>
       </c>
       <c r="F34" s="12">
-        <v>2660</v>
+        <v>2655</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>2670</v>
+        <v>2667</v>
       </c>
       <c r="I34" s="23">
-        <v>2661</v>
+        <v>2657</v>
       </c>
       <c r="J34" s="23">
-        <v>2658</v>
+        <v>2599</v>
       </c>
       <c r="K34" s="23">
-        <v>2628</v>
+        <v>2593</v>
       </c>
       <c r="L34" s="23">
-        <v>2624</v>
+        <v>2556</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>2575</v>
+        <v>2518</v>
       </c>
       <c r="O34" s="28">
-        <v>2545</v>
+        <v>2487</v>
       </c>
       <c r="P34" s="28">
-        <v>2522</v>
+        <v>2462</v>
       </c>
       <c r="Q34" s="28">
-        <v>2507</v>
+        <v>2474</v>
       </c>
       <c r="R34" s="28">
-        <v>2532</v>
+        <v>2470</v>
       </c>
       <c r="S34" s="28">
-        <v>2536</v>
+        <v>2485</v>
       </c>
       <c r="T34" s="28">
-        <v>2554</v>
+        <v>2518</v>
       </c>
       <c r="U34" s="28">
-        <v>2597</v>
+        <v>2549</v>
       </c>
       <c r="V34" s="28">
-        <v>2626</v>
+        <v>2579</v>
       </c>
       <c r="W34" s="28">
-        <v>2619</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -4753,1686 +4731,1676 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C11" s="10">
-        <v>327</v>
+        <v>313</v>
       </c>
       <c r="D11" s="10">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E11" s="10">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="F11" s="10">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="I11" s="19">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J11" s="19">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="K11" s="19">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="L11" s="19">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="O11" s="24">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="P11" s="24">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="Q11" s="24">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="R11" s="24">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="S11" s="24">
         <v>295</v>
       </c>
       <c r="T11" s="24">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="U11" s="24">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="V11" s="24">
+        <v>293</v>
+      </c>
+      <c r="W11" s="24">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="C12" s="10">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="D12" s="10">
-        <v>291</v>
+        <v>310</v>
       </c>
       <c r="E12" s="10">
-        <v>310</v>
+        <v>286</v>
       </c>
       <c r="F12" s="10">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="I12" s="19">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J12" s="19">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="K12" s="19">
         <v>284</v>
       </c>
       <c r="L12" s="19">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="O12" s="24">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="P12" s="24">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="Q12" s="24">
         <v>283</v>
       </c>
       <c r="R12" s="24">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="S12" s="24">
         <v>279</v>
       </c>
       <c r="T12" s="24">
+        <v>279</v>
+      </c>
+      <c r="U12" s="24">
+        <v>279</v>
+      </c>
+      <c r="V12" s="24">
         <v>278</v>
       </c>
-      <c r="U12" s="24">
-[...4 lines deleted...]
-      </c>
       <c r="W12" s="24">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C13" s="11">
-        <v>309</v>
+        <v>291</v>
       </c>
       <c r="D13" s="11">
-        <v>291</v>
+        <v>259</v>
       </c>
       <c r="E13" s="11">
-        <v>259</v>
+        <v>294</v>
       </c>
       <c r="F13" s="11">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
+        <v>279</v>
+      </c>
+      <c r="I13" s="20">
+        <v>284</v>
+      </c>
+      <c r="J13" s="20">
+        <v>276</v>
+      </c>
+      <c r="K13" s="20">
+        <v>264</v>
+      </c>
+      <c r="L13" s="20">
         <v>273</v>
-      </c>
-[...10 lines deleted...]
-        <v>277</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="O13" s="25">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="P13" s="25">
-        <v>287</v>
+        <v>270</v>
       </c>
       <c r="Q13" s="25">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="R13" s="25">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="S13" s="25">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="T13" s="25">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="U13" s="25">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="V13" s="25">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="W13" s="25">
-        <v>271</v>
+        <v>264</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C14" s="11">
+        <v>290</v>
+      </c>
+      <c r="D14" s="11">
+        <v>271</v>
+      </c>
+      <c r="E14" s="11">
+        <v>251</v>
+      </c>
+      <c r="F14" s="11">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="I14" s="20">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="J14" s="20">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="K14" s="20">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="L14" s="20">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="O14" s="25">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P14" s="25">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="Q14" s="25">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="R14" s="25">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="S14" s="25">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="T14" s="25">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="U14" s="25">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="V14" s="25">
-        <v>266</v>
+        <v>254</v>
       </c>
       <c r="W14" s="25">
-        <v>267</v>
+        <v>257</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>1266</v>
+        <v>1235</v>
       </c>
       <c r="C15" s="18">
-        <v>1235</v>
+        <v>1185</v>
       </c>
       <c r="D15" s="18">
-        <v>1185</v>
+        <v>1158</v>
       </c>
       <c r="E15" s="18">
-        <v>1158</v>
+        <v>1137</v>
       </c>
       <c r="F15" s="18">
-        <v>1137</v>
+        <v>1153</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>1125</v>
+        <v>1157</v>
       </c>
       <c r="I15" s="21">
-        <v>1117</v>
+        <v>1145</v>
       </c>
       <c r="J15" s="21">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="K15" s="21">
-        <v>1128</v>
+        <v>1121</v>
       </c>
       <c r="L15" s="21">
-        <v>1122</v>
+        <v>1147</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>1151</v>
+        <v>1136</v>
       </c>
       <c r="O15" s="26">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="P15" s="26">
-        <v>1140</v>
+        <v>1121</v>
       </c>
       <c r="Q15" s="26">
-        <v>1137</v>
+        <v>1109</v>
       </c>
       <c r="R15" s="26">
-        <v>1129</v>
+        <v>1105</v>
       </c>
       <c r="S15" s="26">
-        <v>1119</v>
+        <v>1100</v>
       </c>
       <c r="T15" s="26">
-        <v>1114</v>
+        <v>1095</v>
       </c>
       <c r="U15" s="26">
-        <v>1111</v>
+        <v>1099</v>
       </c>
       <c r="V15" s="26">
-        <v>1111</v>
+        <v>1093</v>
       </c>
       <c r="W15" s="26">
-        <v>1109</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="C17" s="11">
-        <v>263</v>
+        <v>219</v>
       </c>
       <c r="D17" s="11">
-        <v>219</v>
+        <v>251</v>
       </c>
       <c r="E17" s="11">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="F17" s="11">
-        <v>248</v>
+        <v>226</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="I17" s="20">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="J17" s="20">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="K17" s="20">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="L17" s="20">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
+        <v>242</v>
+      </c>
+      <c r="O17" s="25">
+        <v>238</v>
+      </c>
+      <c r="P17" s="25">
+        <v>242</v>
+      </c>
+      <c r="Q17" s="25">
         <v>248</v>
       </c>
-      <c r="O17" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="R17" s="25">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="S17" s="25">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="T17" s="25">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="U17" s="25">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="V17" s="25">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="W17" s="25">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>206</v>
+        <v>229</v>
       </c>
       <c r="C18" s="11">
-        <v>229</v>
+        <v>261</v>
       </c>
       <c r="D18" s="11">
-        <v>261</v>
+        <v>227</v>
       </c>
       <c r="E18" s="11">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="F18" s="11">
-        <v>262</v>
+        <v>241</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="I18" s="20">
-        <v>237</v>
+        <v>262</v>
       </c>
       <c r="J18" s="20">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="K18" s="20">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="L18" s="20">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="O18" s="25">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="P18" s="25">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="Q18" s="25">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="R18" s="25">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="S18" s="25">
-        <v>242</v>
+        <v>225</v>
       </c>
       <c r="T18" s="25">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="U18" s="25">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="V18" s="25">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="W18" s="25">
-        <v>235</v>
+        <v>224</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>202</v>
+        <v>222</v>
       </c>
       <c r="C19" s="11">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="D19" s="11">
-        <v>228</v>
+        <v>258</v>
       </c>
       <c r="E19" s="11">
-        <v>258</v>
+        <v>229</v>
       </c>
       <c r="F19" s="11">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
+        <v>245</v>
+      </c>
+      <c r="I19" s="20">
+        <v>228</v>
+      </c>
+      <c r="J19" s="20">
+        <v>260</v>
+      </c>
+      <c r="K19" s="20">
         <v>257</v>
       </c>
-      <c r="I19" s="20">
-[...7 lines deleted...]
-      </c>
       <c r="L19" s="20">
-        <v>244</v>
+        <v>265</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="O19" s="25">
         <v>259</v>
       </c>
       <c r="P19" s="25">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="Q19" s="25">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="R19" s="25">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="S19" s="25">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="T19" s="25">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="U19" s="25">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="V19" s="25">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="W19" s="25">
-        <v>232</v>
+        <v>219</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="C20" s="11">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="D20" s="11">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E20" s="11">
-        <v>219</v>
+        <v>256</v>
       </c>
       <c r="F20" s="11">
-        <v>256</v>
+        <v>223</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
+        <v>254</v>
+      </c>
+      <c r="I20" s="20">
+        <v>243</v>
+      </c>
+      <c r="J20" s="20">
         <v>225</v>
       </c>
-      <c r="I20" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="K20" s="20">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="L20" s="20">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>248</v>
+        <v>265</v>
       </c>
       <c r="O20" s="25">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="P20" s="25">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="Q20" s="25">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="R20" s="25">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="S20" s="25">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="T20" s="25">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="U20" s="25">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="V20" s="25">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="W20" s="25">
-        <v>241</v>
+        <v>216</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>856</v>
+        <v>912</v>
       </c>
       <c r="C21" s="18">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="D21" s="18">
-        <v>921</v>
+        <v>955</v>
       </c>
       <c r="E21" s="18">
-        <v>955</v>
+        <v>995</v>
       </c>
       <c r="F21" s="18">
-        <v>995</v>
+        <v>949</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>958</v>
+        <v>987</v>
       </c>
       <c r="I21" s="21">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="J21" s="21">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="K21" s="21">
-        <v>991</v>
+        <v>1012</v>
       </c>
       <c r="L21" s="21">
-        <v>1002</v>
+        <v>1050</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>1010</v>
+        <v>1022</v>
       </c>
       <c r="O21" s="26">
-        <v>1016</v>
+        <v>997</v>
       </c>
       <c r="P21" s="26">
-        <v>1011</v>
+        <v>983</v>
       </c>
       <c r="Q21" s="26">
-        <v>1006</v>
+        <v>971</v>
       </c>
       <c r="R21" s="26">
-        <v>1006</v>
+        <v>953</v>
       </c>
       <c r="S21" s="26">
-        <v>979</v>
+        <v>932</v>
       </c>
       <c r="T21" s="26">
-        <v>968</v>
+        <v>923</v>
       </c>
       <c r="U21" s="26">
-        <v>951</v>
+        <v>911</v>
       </c>
       <c r="V21" s="26">
-        <v>943</v>
+        <v>892</v>
       </c>
       <c r="W21" s="26">
-        <v>939</v>
+        <v>889</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C23" s="11">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D23" s="11">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="E23" s="11">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F23" s="11">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>251</v>
+        <v>224</v>
       </c>
       <c r="I23" s="20">
-        <v>222</v>
+        <v>249</v>
       </c>
       <c r="J23" s="20">
-        <v>253</v>
+        <v>238</v>
       </c>
       <c r="K23" s="20">
-        <v>244</v>
+        <v>221</v>
       </c>
       <c r="L23" s="20">
-        <v>237</v>
+        <v>260</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="O23" s="25">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="P23" s="25">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="Q23" s="25">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="R23" s="25">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="S23" s="25">
-        <v>255</v>
+        <v>235</v>
       </c>
       <c r="T23" s="25">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="U23" s="25">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="V23" s="25">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="W23" s="25">
-        <v>243</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>207</v>
+        <v>193</v>
       </c>
       <c r="C24" s="11">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D24" s="11">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E24" s="11">
-        <v>192</v>
+        <v>217</v>
       </c>
       <c r="F24" s="11">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="I24" s="20">
-        <v>254</v>
+        <v>216</v>
       </c>
       <c r="J24" s="20">
-        <v>225</v>
+        <v>248</v>
       </c>
       <c r="K24" s="20">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="L24" s="20">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>246</v>
+        <v>262</v>
       </c>
       <c r="O24" s="25">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="P24" s="25">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="Q24" s="25">
-        <v>266</v>
+        <v>249</v>
       </c>
       <c r="R24" s="25">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="S24" s="25">
-        <v>254</v>
+        <v>237</v>
       </c>
       <c r="T24" s="25">
-        <v>258</v>
+        <v>230</v>
       </c>
       <c r="U24" s="25">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="V24" s="25">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="W24" s="25">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C25" s="11">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="D25" s="11">
-        <v>183</v>
+        <v>196</v>
       </c>
       <c r="E25" s="11">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="F25" s="11">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="I25" s="20">
-        <v>223</v>
+        <v>247</v>
       </c>
       <c r="J25" s="20">
-        <v>250</v>
+        <v>217</v>
       </c>
       <c r="K25" s="20">
-        <v>223</v>
+        <v>248</v>
       </c>
       <c r="L25" s="20">
-        <v>256</v>
+        <v>238</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="O25" s="25">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="P25" s="25">
-        <v>273</v>
+        <v>258</v>
       </c>
       <c r="Q25" s="25">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="R25" s="25">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="S25" s="25">
         <v>256</v>
       </c>
       <c r="T25" s="25">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="U25" s="25">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="V25" s="25">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="W25" s="25">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C26" s="11">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="D26" s="11">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="E26" s="11">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="F26" s="11">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="I26" s="20">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="J26" s="20">
-        <v>219</v>
+        <v>244</v>
       </c>
       <c r="K26" s="20">
-        <v>249</v>
+        <v>212</v>
       </c>
       <c r="L26" s="20">
-        <v>220</v>
+        <v>248</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>259</v>
+        <v>234</v>
       </c>
       <c r="O26" s="25">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="P26" s="25">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="Q26" s="25">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="R26" s="25">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="S26" s="25">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="T26" s="25">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="U26" s="25">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="V26" s="25">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="W26" s="25">
-        <v>233</v>
+        <v>224</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>800</v>
+        <v>789</v>
       </c>
       <c r="C27" s="18">
-        <v>789</v>
+        <v>771</v>
       </c>
       <c r="D27" s="18">
-        <v>771</v>
+        <v>790</v>
       </c>
       <c r="E27" s="18">
-        <v>790</v>
+        <v>839</v>
       </c>
       <c r="F27" s="18">
-        <v>839</v>
+        <v>884</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="I27" s="21">
-        <v>907</v>
+        <v>927</v>
       </c>
       <c r="J27" s="21">
         <v>947</v>
       </c>
       <c r="K27" s="21">
-        <v>975</v>
+        <v>921</v>
       </c>
       <c r="L27" s="21">
-        <v>962</v>
+        <v>983</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>1028</v>
+        <v>981</v>
       </c>
       <c r="O27" s="26">
-        <v>1019</v>
+        <v>1007</v>
       </c>
       <c r="P27" s="26">
-        <v>1037</v>
+        <v>1014</v>
       </c>
       <c r="Q27" s="26">
-        <v>1044</v>
+        <v>1017</v>
       </c>
       <c r="R27" s="26">
-        <v>1028</v>
+        <v>1003</v>
       </c>
       <c r="S27" s="26">
-        <v>1028</v>
+        <v>977</v>
       </c>
       <c r="T27" s="26">
-        <v>1014</v>
+        <v>956</v>
       </c>
       <c r="U27" s="26">
-        <v>995</v>
+        <v>932</v>
       </c>
       <c r="V27" s="26">
-        <v>970</v>
+        <v>922</v>
       </c>
       <c r="W27" s="26">
-        <v>961</v>
+        <v>929</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>153</v>
+        <v>179</v>
       </c>
       <c r="C29" s="11">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="D29" s="11">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="E29" s="11">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="F29" s="11">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="I29" s="20">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="J29" s="20">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="K29" s="20">
         <v>226</v>
       </c>
       <c r="L29" s="20">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="O29" s="25">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="P29" s="25">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="Q29" s="25">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="R29" s="25">
-        <v>275</v>
+        <v>233</v>
       </c>
       <c r="S29" s="25">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="T29" s="25">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="U29" s="25">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="V29" s="25">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="W29" s="25">
-        <v>251</v>
+        <v>235</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="C30" s="11">
-        <v>158</v>
+        <v>176</v>
       </c>
       <c r="D30" s="11">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="E30" s="11">
-        <v>187</v>
+        <v>205</v>
       </c>
       <c r="F30" s="11">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="I30" s="20">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="J30" s="20">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="K30" s="20">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="L30" s="20">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="O30" s="25">
+        <v>234</v>
+      </c>
+      <c r="P30" s="25">
+        <v>235</v>
+      </c>
+      <c r="Q30" s="25">
+        <v>238</v>
+      </c>
+      <c r="R30" s="25">
+        <v>247</v>
+      </c>
+      <c r="S30" s="25">
+        <v>233</v>
+      </c>
+      <c r="T30" s="25">
+        <v>248</v>
+      </c>
+      <c r="U30" s="25">
         <v>241</v>
       </c>
-      <c r="P30" s="25">
-[...11 lines deleted...]
-      <c r="T30" s="25">
+      <c r="V30" s="25">
         <v>243</v>
       </c>
-      <c r="U30" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="W30" s="25">
-        <v>253</v>
+        <v>244</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="C31" s="11">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D31" s="11">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="E31" s="11">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="F31" s="11">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
+        <v>114</v>
+      </c>
+      <c r="I31" s="20">
+        <v>121</v>
+      </c>
+      <c r="J31" s="20">
         <v>127</v>
       </c>
-      <c r="I31" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="K31" s="20">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="L31" s="20">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
+        <v>151</v>
+      </c>
+      <c r="O31" s="25">
+        <v>155</v>
+      </c>
+      <c r="P31" s="25">
+        <v>157</v>
+      </c>
+      <c r="Q31" s="25">
+        <v>157</v>
+      </c>
+      <c r="R31" s="25">
+        <v>155</v>
+      </c>
+      <c r="S31" s="25">
+        <v>170</v>
+      </c>
+      <c r="T31" s="25">
+        <v>155</v>
+      </c>
+      <c r="U31" s="25">
+        <v>170</v>
+      </c>
+      <c r="V31" s="25">
         <v>162</v>
       </c>
-      <c r="O31" s="25">
-[...22 lines deleted...]
-      </c>
       <c r="W31" s="25">
-        <v>181</v>
+        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>379</v>
+        <v>415</v>
       </c>
       <c r="C32" s="18">
-        <v>415</v>
+        <v>462</v>
       </c>
       <c r="D32" s="18">
-        <v>462</v>
+        <v>502</v>
       </c>
       <c r="E32" s="18">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="F32" s="18">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="I32" s="21">
-        <v>505</v>
+        <v>527</v>
       </c>
       <c r="J32" s="21">
-        <v>540</v>
+        <v>556</v>
       </c>
       <c r="K32" s="21">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="L32" s="21">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>638</v>
+        <v>616</v>
       </c>
       <c r="O32" s="26">
-        <v>655</v>
+        <v>624</v>
       </c>
       <c r="P32" s="26">
-        <v>675</v>
+        <v>632</v>
       </c>
       <c r="Q32" s="26">
-        <v>692</v>
+        <v>645</v>
       </c>
       <c r="R32" s="26">
-        <v>719</v>
+        <v>635</v>
       </c>
       <c r="S32" s="26">
-        <v>705</v>
+        <v>651</v>
       </c>
       <c r="T32" s="26">
-        <v>706</v>
+        <v>644</v>
       </c>
       <c r="U32" s="26">
-        <v>682</v>
+        <v>652</v>
       </c>
       <c r="V32" s="26">
-        <v>694</v>
+        <v>648</v>
       </c>
       <c r="W32" s="26">
-        <v>685</v>
+        <v>643</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>2035</v>
+        <v>2116</v>
       </c>
       <c r="C34" s="12">
-        <v>2116</v>
+        <v>2154</v>
       </c>
       <c r="D34" s="12">
-        <v>2154</v>
+        <v>2247</v>
       </c>
       <c r="E34" s="12">
-        <v>2247</v>
+        <v>2341</v>
       </c>
       <c r="F34" s="12">
-        <v>2341</v>
+        <v>2326</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>2339</v>
+        <v>2387</v>
       </c>
       <c r="I34" s="23">
-        <v>2404</v>
+        <v>2447</v>
       </c>
       <c r="J34" s="23">
-        <v>2467</v>
+        <v>2488</v>
       </c>
       <c r="K34" s="23">
-        <v>2540</v>
+        <v>2515</v>
       </c>
       <c r="L34" s="23">
-        <v>2570</v>
+        <v>2636</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>2676</v>
+        <v>2619</v>
       </c>
       <c r="O34" s="28">
-        <v>2690</v>
+        <v>2628</v>
       </c>
       <c r="P34" s="28">
-        <v>2723</v>
+        <v>2629</v>
       </c>
       <c r="Q34" s="28">
-        <v>2742</v>
+        <v>2633</v>
       </c>
       <c r="R34" s="28">
-        <v>2753</v>
+        <v>2591</v>
       </c>
       <c r="S34" s="28">
-        <v>2712</v>
+        <v>2560</v>
       </c>
       <c r="T34" s="28">
-        <v>2688</v>
+        <v>2523</v>
       </c>
       <c r="U34" s="28">
-        <v>2628</v>
+        <v>2495</v>
       </c>
       <c r="V34" s="28">
-        <v>2607</v>
+        <v>2462</v>
       </c>
       <c r="W34" s="28">
-        <v>2585</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -6468,1686 +6436,1676 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="C11" s="10">
-        <v>284</v>
+        <v>259</v>
       </c>
       <c r="D11" s="10">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="E11" s="10">
-        <v>269</v>
+        <v>228</v>
       </c>
       <c r="F11" s="10">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="I11" s="19">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J11" s="19">
         <v>236</v>
       </c>
       <c r="K11" s="19">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="L11" s="19">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="O11" s="24">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="P11" s="24">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="Q11" s="24">
         <v>239</v>
       </c>
       <c r="R11" s="24">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="S11" s="24">
         <v>238</v>
       </c>
       <c r="T11" s="24">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="U11" s="24">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="V11" s="24">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="W11" s="24">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C12" s="10">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="D12" s="10">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="E12" s="10">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F12" s="10">
-        <v>247</v>
+        <v>225</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
         <v>227</v>
       </c>
       <c r="I12" s="19">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="J12" s="19">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="K12" s="19">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="L12" s="19">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="O12" s="24">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="P12" s="24">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="Q12" s="24">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="R12" s="24">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="S12" s="24">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="T12" s="24">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="U12" s="24">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="V12" s="24">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="W12" s="24">
-        <v>243</v>
+        <v>232</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>257</v>
+        <v>241</v>
       </c>
       <c r="C13" s="11">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D13" s="11">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="E13" s="11">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F13" s="11">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="I13" s="20">
+        <v>221</v>
+      </c>
+      <c r="J13" s="20">
+        <v>229</v>
+      </c>
+      <c r="K13" s="20">
         <v>232</v>
       </c>
-      <c r="J13" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="L13" s="20">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="O13" s="25">
-        <v>246</v>
+        <v>232</v>
       </c>
       <c r="P13" s="25">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="Q13" s="25">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="R13" s="25">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="S13" s="25">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="T13" s="25">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="U13" s="25">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="V13" s="25">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="W13" s="25">
-        <v>244</v>
+        <v>233</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C14" s="11">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="D14" s="11">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E14" s="11">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="F14" s="11">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="I14" s="20">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="J14" s="20">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="K14" s="20">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="L14" s="20">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="O14" s="25">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="P14" s="25">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="Q14" s="25">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="R14" s="25">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="S14" s="25">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="T14" s="25">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="U14" s="25">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="V14" s="25">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="W14" s="25">
-        <v>233</v>
+        <v>223</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>1057</v>
+        <v>1032</v>
       </c>
       <c r="C15" s="18">
-        <v>1032</v>
+        <v>987</v>
       </c>
       <c r="D15" s="18">
-        <v>987</v>
+        <v>977</v>
       </c>
       <c r="E15" s="18">
-        <v>977</v>
+        <v>919</v>
       </c>
       <c r="F15" s="18">
-        <v>919</v>
+        <v>899</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>921</v>
+        <v>900</v>
       </c>
       <c r="I15" s="21">
-        <v>938</v>
+        <v>903</v>
       </c>
       <c r="J15" s="21">
+        <v>918</v>
+      </c>
+      <c r="K15" s="21">
         <v>932</v>
       </c>
-      <c r="K15" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="L15" s="21">
-        <v>953</v>
+        <v>928</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>960</v>
+        <v>924</v>
       </c>
       <c r="O15" s="26">
-        <v>967</v>
+        <v>928</v>
       </c>
       <c r="P15" s="26">
-        <v>980</v>
+        <v>931</v>
       </c>
       <c r="Q15" s="26">
-        <v>977</v>
+        <v>934</v>
       </c>
       <c r="R15" s="26">
-        <v>970</v>
+        <v>931</v>
       </c>
       <c r="S15" s="26">
-        <v>962</v>
+        <v>930</v>
       </c>
       <c r="T15" s="26">
-        <v>960</v>
+        <v>926</v>
       </c>
       <c r="U15" s="26">
-        <v>959</v>
+        <v>925</v>
       </c>
       <c r="V15" s="26">
-        <v>959</v>
+        <v>926</v>
       </c>
       <c r="W15" s="26">
-        <v>959</v>
+        <v>926</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="C17" s="11">
-        <v>171</v>
+        <v>213</v>
       </c>
       <c r="D17" s="11">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="E17" s="11">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F17" s="11">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="I17" s="20">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="J17" s="20">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="K17" s="20">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L17" s="20">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="O17" s="25">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="P17" s="25">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="Q17" s="25">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="R17" s="25">
-        <v>224</v>
+        <v>202</v>
       </c>
       <c r="S17" s="25">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="T17" s="25">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="U17" s="25">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="V17" s="25">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="W17" s="25">
-        <v>211</v>
+        <v>193</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="C18" s="11">
-        <v>220</v>
+        <v>173</v>
       </c>
       <c r="D18" s="11">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="E18" s="11">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="F18" s="11">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
         <v>192</v>
       </c>
       <c r="I18" s="20">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="J18" s="20">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="K18" s="20">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="L18" s="20">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="O18" s="25">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="P18" s="25">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="Q18" s="25">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="R18" s="25">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="S18" s="25">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="T18" s="25">
-        <v>224</v>
+        <v>204</v>
       </c>
       <c r="U18" s="25">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="V18" s="25">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="W18" s="25">
-        <v>217</v>
+        <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="C19" s="11">
+        <v>228</v>
+      </c>
+      <c r="D19" s="11">
         <v>188</v>
       </c>
-      <c r="D19" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="11">
-        <v>188</v>
+        <v>210</v>
       </c>
       <c r="F19" s="11">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
+        <v>204</v>
+      </c>
+      <c r="I19" s="20">
         <v>201</v>
       </c>
-      <c r="I19" s="20">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="20">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="K19" s="20">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="L19" s="20">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="O19" s="25">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="P19" s="25">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="Q19" s="25">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="R19" s="25">
-        <v>232</v>
+        <v>212</v>
       </c>
       <c r="S19" s="25">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="T19" s="25">
-        <v>226</v>
+        <v>211</v>
       </c>
       <c r="U19" s="25">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="V19" s="25">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="W19" s="25">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="C20" s="11">
-        <v>166</v>
+        <v>182</v>
       </c>
       <c r="D20" s="11">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="E20" s="11">
-        <v>222</v>
+        <v>186</v>
       </c>
       <c r="F20" s="11">
-        <v>186</v>
+        <v>220</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="I20" s="20">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="J20" s="20">
-        <v>194</v>
+        <v>218</v>
       </c>
       <c r="K20" s="20">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="L20" s="20">
-        <v>206</v>
+        <v>215</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="O20" s="25">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="P20" s="25">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="Q20" s="25">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="R20" s="25">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="S20" s="25">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="T20" s="25">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="U20" s="25">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="V20" s="25">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="W20" s="25">
-        <v>223</v>
+        <v>218</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="C21" s="18">
-        <v>745</v>
+        <v>796</v>
       </c>
       <c r="D21" s="18">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="E21" s="18">
-        <v>800</v>
+        <v>770</v>
       </c>
       <c r="F21" s="18">
-        <v>770</v>
+        <v>784</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>795</v>
+        <v>780</v>
       </c>
       <c r="I21" s="21">
-        <v>780</v>
+        <v>801</v>
       </c>
       <c r="J21" s="21">
-        <v>784</v>
+        <v>819</v>
       </c>
       <c r="K21" s="21">
-        <v>806</v>
+        <v>821</v>
       </c>
       <c r="L21" s="21">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="O21" s="26">
-        <v>871</v>
+        <v>843</v>
       </c>
       <c r="P21" s="26">
-        <v>895</v>
+        <v>837</v>
       </c>
       <c r="Q21" s="26">
-        <v>902</v>
+        <v>835</v>
       </c>
       <c r="R21" s="26">
-        <v>913</v>
+        <v>837</v>
       </c>
       <c r="S21" s="26">
-        <v>904</v>
+        <v>834</v>
       </c>
       <c r="T21" s="26">
-        <v>892</v>
+        <v>835</v>
       </c>
       <c r="U21" s="26">
-        <v>888</v>
+        <v>830</v>
       </c>
       <c r="V21" s="26">
-        <v>878</v>
+        <v>832</v>
       </c>
       <c r="W21" s="26">
-        <v>869</v>
+        <v>822</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="C23" s="11">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="D23" s="11">
-        <v>157</v>
+        <v>177</v>
       </c>
       <c r="E23" s="11">
-        <v>177</v>
+        <v>214</v>
       </c>
       <c r="F23" s="11">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>185</v>
+        <v>203</v>
       </c>
       <c r="I23" s="20">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="J23" s="20">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="K23" s="20">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="L23" s="20">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
         <v>207</v>
       </c>
       <c r="O23" s="25">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="P23" s="25">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="Q23" s="25">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="R23" s="25">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="S23" s="25">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="T23" s="25">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="U23" s="25">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="V23" s="25">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="W23" s="25">
-        <v>226</v>
+        <v>212</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C24" s="11">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="D24" s="11">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E24" s="11">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="F24" s="11">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="I24" s="20">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="J24" s="20">
         <v>200</v>
       </c>
       <c r="K24" s="20">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="L24" s="20">
-        <v>194</v>
+        <v>219</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="O24" s="25">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="P24" s="25">
         <v>219</v>
       </c>
       <c r="Q24" s="25">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="R24" s="25">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="S24" s="25">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="T24" s="25">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="U24" s="25">
-        <v>236</v>
+        <v>216</v>
       </c>
       <c r="V24" s="25">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="W24" s="25">
-        <v>233</v>
+        <v>216</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="C25" s="11">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="D25" s="11">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="E25" s="11">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F25" s="11">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
+        <v>206</v>
+      </c>
+      <c r="I25" s="20">
         <v>175</v>
       </c>
-      <c r="I25" s="20">
+      <c r="J25" s="20">
         <v>200</v>
       </c>
-      <c r="J25" s="20">
-[...1 lines deleted...]
-      </c>
       <c r="K25" s="20">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="L25" s="20">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="O25" s="25">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="P25" s="25">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="Q25" s="25">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="R25" s="25">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="S25" s="25">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="T25" s="25">
-        <v>228</v>
+        <v>210</v>
       </c>
       <c r="U25" s="25">
-        <v>227</v>
+        <v>205</v>
       </c>
       <c r="V25" s="25">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="W25" s="25">
-        <v>223</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="C26" s="11">
+        <v>180</v>
+      </c>
+      <c r="D26" s="11">
+        <v>173</v>
+      </c>
+      <c r="E26" s="11">
         <v>152</v>
       </c>
-      <c r="D26" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="11">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I26" s="20">
-        <v>177</v>
+        <v>205</v>
       </c>
       <c r="J26" s="20">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="K26" s="20">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="L26" s="20">
         <v>192</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="O26" s="25">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="P26" s="25">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="Q26" s="25">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="R26" s="25">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="S26" s="25">
+        <v>207</v>
+      </c>
+      <c r="T26" s="25">
+        <v>209</v>
+      </c>
+      <c r="U26" s="25">
+        <v>211</v>
+      </c>
+      <c r="V26" s="25">
+        <v>205</v>
+      </c>
+      <c r="W26" s="25">
         <v>208</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C27" s="18">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="D27" s="18">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="E27" s="18">
-        <v>672</v>
+        <v>704</v>
       </c>
       <c r="F27" s="18">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>723</v>
+        <v>756</v>
       </c>
       <c r="I27" s="21">
-        <v>761</v>
+        <v>779</v>
       </c>
       <c r="J27" s="21">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="K27" s="21">
-        <v>761</v>
+        <v>812</v>
       </c>
       <c r="L27" s="21">
-        <v>776</v>
+        <v>815</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>789</v>
+        <v>821</v>
       </c>
       <c r="O27" s="26">
-        <v>819</v>
+        <v>830</v>
       </c>
       <c r="P27" s="26">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="Q27" s="26">
+        <v>842</v>
+      </c>
+      <c r="R27" s="26">
         <v>855</v>
       </c>
-      <c r="R27" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="26">
-        <v>889</v>
+        <v>848</v>
       </c>
       <c r="T27" s="26">
-        <v>912</v>
+        <v>848</v>
       </c>
       <c r="U27" s="26">
-        <v>918</v>
+        <v>846</v>
       </c>
       <c r="V27" s="26">
-        <v>915</v>
+        <v>841</v>
       </c>
       <c r="W27" s="26">
-        <v>913</v>
+        <v>844</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="C29" s="11">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="D29" s="11">
-        <v>149</v>
+        <v>172</v>
       </c>
       <c r="E29" s="11">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F29" s="11">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="I29" s="20">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="J29" s="20">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="K29" s="20">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="L29" s="20">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="O29" s="25">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="P29" s="25">
-        <v>197</v>
+        <v>210</v>
       </c>
       <c r="Q29" s="25">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="R29" s="25">
+        <v>209</v>
+      </c>
+      <c r="S29" s="25">
+        <v>213</v>
+      </c>
+      <c r="T29" s="25">
+        <v>211</v>
+      </c>
+      <c r="U29" s="25">
+        <v>214</v>
+      </c>
+      <c r="V29" s="25">
+        <v>213</v>
+      </c>
+      <c r="W29" s="25">
         <v>207</v>
-      </c>
-[...13 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="C30" s="11">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="D30" s="11">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="E30" s="11">
-        <v>149</v>
+        <v>173</v>
       </c>
       <c r="F30" s="11">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="I30" s="20">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="J30" s="20">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="K30" s="20">
-        <v>170</v>
+        <v>211</v>
       </c>
       <c r="L30" s="20">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>177</v>
+        <v>201</v>
       </c>
       <c r="O30" s="25">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="P30" s="25">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="Q30" s="25">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="R30" s="25">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="S30" s="25">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="T30" s="25">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="U30" s="25">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="V30" s="25">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="W30" s="25">
-        <v>222</v>
+        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C31" s="11">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="D31" s="11">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="E31" s="11">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="F31" s="11">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="I31" s="20">
+        <v>111</v>
+      </c>
+      <c r="J31" s="20">
         <v>113</v>
       </c>
-      <c r="J31" s="20">
-[...1 lines deleted...]
-      </c>
       <c r="K31" s="20">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L31" s="20">
-        <v>123</v>
+        <v>153</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="O31" s="25">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="P31" s="25">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="Q31" s="25">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="R31" s="25">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="S31" s="25">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="T31" s="25">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="U31" s="25">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="V31" s="25">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="W31" s="25">
-        <v>178</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>363</v>
+        <v>383</v>
       </c>
       <c r="C32" s="18">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="D32" s="18">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="E32" s="18">
-        <v>416</v>
+        <v>455</v>
       </c>
       <c r="F32" s="18">
-        <v>455</v>
+        <v>431</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>446</v>
+        <v>430</v>
       </c>
       <c r="I32" s="21">
-        <v>427</v>
+        <v>448</v>
       </c>
       <c r="J32" s="21">
-        <v>439</v>
+        <v>497</v>
       </c>
       <c r="K32" s="21">
-        <v>477</v>
+        <v>519</v>
       </c>
       <c r="L32" s="21">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>511</v>
+        <v>534</v>
       </c>
       <c r="O32" s="26">
-        <v>513</v>
+        <v>553</v>
       </c>
       <c r="P32" s="26">
-        <v>533</v>
+        <v>563</v>
       </c>
       <c r="Q32" s="26">
-        <v>524</v>
+        <v>570</v>
       </c>
       <c r="R32" s="26">
-        <v>544</v>
+        <v>571</v>
       </c>
       <c r="S32" s="26">
-        <v>566</v>
+        <v>581</v>
       </c>
       <c r="T32" s="26">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="U32" s="26">
-        <v>608</v>
+        <v>587</v>
       </c>
       <c r="V32" s="26">
-        <v>608</v>
+        <v>587</v>
       </c>
       <c r="W32" s="26">
-        <v>632</v>
+        <v>584</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="C34" s="12">
-        <v>1805</v>
+        <v>1878</v>
       </c>
       <c r="D34" s="12">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="E34" s="12">
-        <v>1888</v>
+        <v>1929</v>
       </c>
       <c r="F34" s="12">
-        <v>1929</v>
+        <v>1938</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="I34" s="23">
-        <v>1968</v>
+        <v>2028</v>
       </c>
       <c r="J34" s="23">
-        <v>1993</v>
+        <v>2098</v>
       </c>
       <c r="K34" s="23">
-        <v>2044</v>
+        <v>2152</v>
       </c>
       <c r="L34" s="23">
-        <v>2106</v>
+        <v>2185</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>2160</v>
+        <v>2205</v>
       </c>
       <c r="O34" s="28">
-        <v>2203</v>
+        <v>2226</v>
       </c>
       <c r="P34" s="28">
-        <v>2257</v>
+        <v>2227</v>
       </c>
       <c r="Q34" s="28">
-        <v>2281</v>
+        <v>2247</v>
       </c>
       <c r="R34" s="28">
-        <v>2334</v>
+        <v>2263</v>
       </c>
       <c r="S34" s="28">
-        <v>2359</v>
+        <v>2263</v>
       </c>
       <c r="T34" s="28">
-        <v>2398</v>
+        <v>2267</v>
       </c>
       <c r="U34" s="28">
-        <v>2414</v>
+        <v>2263</v>
       </c>
       <c r="V34" s="28">
-        <v>2401</v>
+        <v>2260</v>
       </c>
       <c r="W34" s="28">
-        <v>2414</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -8183,1686 +8141,1676 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C11" s="10">
-        <v>238</v>
+        <v>189</v>
       </c>
       <c r="D11" s="10">
+        <v>198</v>
+      </c>
+      <c r="E11" s="10">
         <v>189</v>
       </c>
-      <c r="E11" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="10">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="I11" s="19">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="J11" s="19">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="K11" s="19">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="L11" s="19">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="O11" s="24">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="P11" s="24">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="Q11" s="24">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="R11" s="24">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="S11" s="24">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="T11" s="24">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="U11" s="24">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="V11" s="24">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="W11" s="24">
-        <v>182</v>
+        <v>171</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C12" s="10">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="D12" s="10">
-        <v>229</v>
+        <v>181</v>
       </c>
       <c r="E12" s="10">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="F12" s="10">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="I12" s="19">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="J12" s="19">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="K12" s="19">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="L12" s="19">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="O12" s="24">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="P12" s="24">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="Q12" s="24">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="R12" s="24">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="S12" s="24">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="T12" s="24">
-        <v>188</v>
+        <v>176</v>
       </c>
       <c r="U12" s="24">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="V12" s="24">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="W12" s="24">
-        <v>179</v>
+        <v>167</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C13" s="11">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="D13" s="11">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E13" s="11">
-        <v>207</v>
+        <v>173</v>
       </c>
       <c r="F13" s="11">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="I13" s="20">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="J13" s="20">
         <v>163</v>
       </c>
       <c r="K13" s="20">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L13" s="20">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="O13" s="25">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="P13" s="25">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="Q13" s="25">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="R13" s="25">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="S13" s="25">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="T13" s="25">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="U13" s="25">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="V13" s="25">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="W13" s="25">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="C14" s="11">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="D14" s="11">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="E14" s="11">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="F14" s="11">
-        <v>193</v>
+        <v>158</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="I14" s="20">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="J14" s="20">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="K14" s="20">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="L14" s="20">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="O14" s="25">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="P14" s="25">
+        <v>183</v>
+      </c>
+      <c r="Q14" s="25">
+        <v>182</v>
+      </c>
+      <c r="R14" s="25">
+        <v>184</v>
+      </c>
+      <c r="S14" s="25">
+        <v>193</v>
+      </c>
+      <c r="T14" s="25">
         <v>177</v>
       </c>
-      <c r="Q14" s="25">
-[...10 lines deleted...]
-      </c>
       <c r="U14" s="25">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="V14" s="25">
         <v>166</v>
       </c>
       <c r="W14" s="25">
         <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>816</v>
+        <v>839</v>
       </c>
       <c r="C15" s="18">
-        <v>839</v>
+        <v>786</v>
       </c>
       <c r="D15" s="18">
-        <v>786</v>
+        <v>765</v>
       </c>
       <c r="E15" s="18">
-        <v>765</v>
+        <v>744</v>
       </c>
       <c r="F15" s="18">
-        <v>744</v>
+        <v>665</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>705</v>
+        <v>662</v>
       </c>
       <c r="I15" s="21">
-        <v>695</v>
+        <v>655</v>
       </c>
       <c r="J15" s="21">
-        <v>681</v>
+        <v>657</v>
       </c>
       <c r="K15" s="21">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="L15" s="21">
-        <v>681</v>
+        <v>659</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>705</v>
+        <v>660</v>
       </c>
       <c r="O15" s="26">
-        <v>721</v>
+        <v>660</v>
       </c>
       <c r="P15" s="26">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="Q15" s="26">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="R15" s="26">
+        <v>725</v>
+      </c>
+      <c r="S15" s="26">
         <v>727</v>
       </c>
-      <c r="S15" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="26">
-        <v>739</v>
+        <v>704</v>
       </c>
       <c r="U15" s="26">
-        <v>713</v>
+        <v>696</v>
       </c>
       <c r="V15" s="26">
-        <v>700</v>
+        <v>676</v>
       </c>
       <c r="W15" s="26">
-        <v>685</v>
+        <v>664</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="C17" s="11">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D17" s="11">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E17" s="11">
         <v>163</v>
       </c>
       <c r="F17" s="11">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>180</v>
+        <v>139</v>
       </c>
       <c r="I17" s="20">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J17" s="20">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="K17" s="20">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="L17" s="20">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="O17" s="25">
+        <v>147</v>
+      </c>
+      <c r="P17" s="25">
+        <v>168</v>
+      </c>
+      <c r="Q17" s="25">
+        <v>182</v>
+      </c>
+      <c r="R17" s="25">
+        <v>179</v>
+      </c>
+      <c r="S17" s="25">
+        <v>184</v>
+      </c>
+      <c r="T17" s="25">
+        <v>188</v>
+      </c>
+      <c r="U17" s="25">
+        <v>173</v>
+      </c>
+      <c r="V17" s="25">
         <v>167</v>
       </c>
-      <c r="P17" s="25">
-[...19 lines deleted...]
-      </c>
       <c r="W17" s="25">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="C18" s="11">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="D18" s="11">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E18" s="11">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F18" s="11">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="I18" s="20">
-        <v>172</v>
+        <v>137</v>
       </c>
       <c r="J18" s="20">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="K18" s="20">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="L18" s="20">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="O18" s="25">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="P18" s="25">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="Q18" s="25">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="R18" s="25">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="S18" s="25">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="T18" s="25">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="U18" s="25">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="V18" s="25">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="W18" s="25">
-        <v>170</v>
+        <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C19" s="11">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="D19" s="11">
-        <v>170</v>
+        <v>149</v>
       </c>
       <c r="E19" s="11">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F19" s="11">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="I19" s="20">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="J19" s="20">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="K19" s="20">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="L19" s="20">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="O19" s="25">
-        <v>169</v>
+        <v>142</v>
       </c>
       <c r="P19" s="25">
         <v>177</v>
       </c>
       <c r="Q19" s="25">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="R19" s="25">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="S19" s="25">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="T19" s="25">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="U19" s="25">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="V19" s="25">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="W19" s="25">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C20" s="11">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="D20" s="11">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="E20" s="11">
-        <v>174</v>
+        <v>149</v>
       </c>
       <c r="F20" s="11">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="I20" s="20">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="J20" s="20">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="K20" s="20">
-        <v>178</v>
+        <v>137</v>
       </c>
       <c r="L20" s="20">
         <v>153</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="O20" s="25">
-        <v>169</v>
+        <v>142</v>
       </c>
       <c r="P20" s="25">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="Q20" s="25">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="R20" s="25">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="S20" s="25">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="T20" s="25">
+        <v>210</v>
+      </c>
+      <c r="U20" s="25">
         <v>201</v>
       </c>
-      <c r="U20" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="V20" s="25">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="W20" s="25">
-        <v>187</v>
+        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>600</v>
+        <v>619</v>
       </c>
       <c r="C21" s="18">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="D21" s="18">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="E21" s="18">
-        <v>646</v>
+        <v>627</v>
       </c>
       <c r="F21" s="18">
         <v>627</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>672</v>
+        <v>603</v>
       </c>
       <c r="I21" s="21">
-        <v>664</v>
+        <v>605</v>
       </c>
       <c r="J21" s="21">
-        <v>662</v>
+        <v>589</v>
       </c>
       <c r="K21" s="21">
-        <v>644</v>
+        <v>564</v>
       </c>
       <c r="L21" s="21">
-        <v>614</v>
+        <v>578</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="O21" s="26">
-        <v>671</v>
+        <v>576</v>
       </c>
       <c r="P21" s="26">
-        <v>701</v>
+        <v>683</v>
       </c>
       <c r="Q21" s="26">
+        <v>735</v>
+      </c>
+      <c r="R21" s="26">
+        <v>744</v>
+      </c>
+      <c r="S21" s="26">
+        <v>769</v>
+      </c>
+      <c r="T21" s="26">
+        <v>779</v>
+      </c>
+      <c r="U21" s="26">
+        <v>760</v>
+      </c>
+      <c r="V21" s="26">
         <v>726</v>
       </c>
-      <c r="R21" s="26">
-[...13 lines deleted...]
-      </c>
       <c r="W21" s="26">
-        <v>697</v>
+        <v>686</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="C23" s="11">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="D23" s="11">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="E23" s="11">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="F23" s="11">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="I23" s="20">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="J23" s="20">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="K23" s="20">
-        <v>175</v>
+        <v>154</v>
       </c>
       <c r="L23" s="20">
-        <v>176</v>
+        <v>136</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="O23" s="25">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="P23" s="25">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="Q23" s="25">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="R23" s="25">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="S23" s="25">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="T23" s="25">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="U23" s="25">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="V23" s="25">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="W23" s="25">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="C24" s="11">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="D24" s="11">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="E24" s="11">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="F24" s="11">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="I24" s="20">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="J24" s="20">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K24" s="20">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="L24" s="20">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="O24" s="25">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="P24" s="25">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="Q24" s="25">
-        <v>189</v>
+        <v>160</v>
       </c>
       <c r="R24" s="25">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="S24" s="25">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="T24" s="25">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="U24" s="25">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="V24" s="25">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="W24" s="25">
-        <v>215</v>
+        <v>202</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="C25" s="11">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="D25" s="11">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="E25" s="11">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="F25" s="11">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>133</v>
+        <v>169</v>
       </c>
       <c r="I25" s="20">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="J25" s="20">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="K25" s="20">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="L25" s="20">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="O25" s="25">
-        <v>170</v>
+        <v>131</v>
       </c>
       <c r="P25" s="25">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="Q25" s="25">
-        <v>177</v>
+        <v>155</v>
       </c>
       <c r="R25" s="25">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="S25" s="25">
-        <v>191</v>
+        <v>174</v>
       </c>
       <c r="T25" s="25">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="U25" s="25">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="V25" s="25">
+        <v>194</v>
+      </c>
+      <c r="W25" s="25">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="C26" s="11">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="D26" s="11">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="E26" s="11">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="F26" s="11">
-        <v>125</v>
+        <v>143</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I26" s="20">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="J26" s="20">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="K26" s="20">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="L26" s="20">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="O26" s="25">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="P26" s="25">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="Q26" s="25">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="R26" s="25">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="S26" s="25">
-        <v>190</v>
+        <v>165</v>
       </c>
       <c r="T26" s="25">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="U26" s="25">
+        <v>203</v>
+      </c>
+      <c r="V26" s="25">
+        <v>200</v>
+      </c>
+      <c r="W26" s="25">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C27" s="18">
-        <v>479</v>
+        <v>524</v>
       </c>
       <c r="D27" s="18">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E27" s="18">
-        <v>531</v>
+        <v>571</v>
       </c>
       <c r="F27" s="18">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="I27" s="21">
+        <v>618</v>
+      </c>
+      <c r="J27" s="21">
+        <v>601</v>
+      </c>
+      <c r="K27" s="21">
+        <v>612</v>
+      </c>
+      <c r="L27" s="21">
         <v>599</v>
-      </c>
-[...7 lines deleted...]
-        <v>654</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>661</v>
+        <v>601</v>
       </c>
       <c r="O27" s="26">
-        <v>660</v>
+        <v>577</v>
       </c>
       <c r="P27" s="26">
-        <v>681</v>
+        <v>612</v>
       </c>
       <c r="Q27" s="26">
-        <v>703</v>
+        <v>652</v>
       </c>
       <c r="R27" s="26">
-        <v>736</v>
+        <v>685</v>
       </c>
       <c r="S27" s="26">
-        <v>768</v>
+        <v>737</v>
       </c>
       <c r="T27" s="26">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="U27" s="26">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="V27" s="26">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="W27" s="26">
-        <v>811</v>
+        <v>800</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C29" s="11">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="D29" s="11">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="E29" s="11">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="F29" s="11">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="I29" s="20">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="J29" s="20">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="K29" s="20">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="L29" s="20">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
         <v>154</v>
       </c>
       <c r="O29" s="25">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="P29" s="25">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="Q29" s="25">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="R29" s="25">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="S29" s="25">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="T29" s="25">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="U29" s="25">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="V29" s="25">
-        <v>189</v>
+        <v>213</v>
       </c>
       <c r="W29" s="25">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="C30" s="11">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="D30" s="11">
+        <v>122</v>
+      </c>
+      <c r="E30" s="11">
         <v>142</v>
       </c>
-      <c r="E30" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="11">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I30" s="20">
-        <v>128</v>
+        <v>166</v>
       </c>
       <c r="J30" s="20">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="K30" s="20">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="L30" s="20">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="O30" s="25">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="P30" s="25">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="Q30" s="25">
-        <v>156</v>
+        <v>185</v>
       </c>
       <c r="R30" s="25">
         <v>163</v>
       </c>
       <c r="S30" s="25">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="T30" s="25">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="U30" s="25">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="V30" s="25">
-        <v>187</v>
+        <v>204</v>
       </c>
       <c r="W30" s="25">
-        <v>188</v>
+        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C31" s="11">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D31" s="11">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="E31" s="11">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="F31" s="11">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="I31" s="20">
         <v>100</v>
       </c>
       <c r="J31" s="20">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="K31" s="20">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L31" s="20">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O31" s="25">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="P31" s="25">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="Q31" s="25">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="R31" s="25">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="S31" s="25">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="T31" s="25">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="U31" s="25">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="V31" s="25">
-        <v>159</v>
+        <v>132</v>
       </c>
       <c r="W31" s="25">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>314</v>
+        <v>338</v>
       </c>
       <c r="C32" s="18">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D32" s="18">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="E32" s="18">
-        <v>349</v>
+        <v>371</v>
       </c>
       <c r="F32" s="18">
-        <v>371</v>
+        <v>397</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>376</v>
+        <v>414</v>
       </c>
       <c r="I32" s="21">
-        <v>369</v>
+        <v>414</v>
       </c>
       <c r="J32" s="21">
-        <v>360</v>
+        <v>435</v>
       </c>
       <c r="K32" s="21">
-        <v>386</v>
+        <v>422</v>
       </c>
       <c r="L32" s="21">
-        <v>385</v>
+        <v>427</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="O32" s="26">
-        <v>408</v>
+        <v>424</v>
       </c>
       <c r="P32" s="26">
-        <v>420</v>
+        <v>448</v>
       </c>
       <c r="Q32" s="26">
-        <v>429</v>
+        <v>453</v>
       </c>
       <c r="R32" s="26">
-        <v>429</v>
+        <v>472</v>
       </c>
       <c r="S32" s="26">
-        <v>458</v>
+        <v>472</v>
       </c>
       <c r="T32" s="26">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="U32" s="26">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="V32" s="26">
-        <v>535</v>
+        <v>549</v>
       </c>
       <c r="W32" s="26">
-        <v>537</v>
+        <v>578</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>1395</v>
+        <v>1436</v>
       </c>
       <c r="C34" s="12">
-        <v>1436</v>
+        <v>1503</v>
       </c>
       <c r="D34" s="12">
-        <v>1503</v>
+        <v>1526</v>
       </c>
       <c r="E34" s="12">
-        <v>1526</v>
+        <v>1569</v>
       </c>
       <c r="F34" s="12">
-        <v>1569</v>
+        <v>1614</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>1635</v>
+        <v>1617</v>
       </c>
       <c r="I34" s="23">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="J34" s="23">
-        <v>1651</v>
+        <v>1625</v>
       </c>
       <c r="K34" s="23">
-        <v>1667</v>
+        <v>1598</v>
       </c>
       <c r="L34" s="23">
-        <v>1653</v>
+        <v>1604</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>1703</v>
+        <v>1592</v>
       </c>
       <c r="O34" s="28">
-        <v>1739</v>
+        <v>1577</v>
       </c>
       <c r="P34" s="28">
-        <v>1802</v>
+        <v>1743</v>
       </c>
       <c r="Q34" s="28">
-        <v>1858</v>
+        <v>1840</v>
       </c>
       <c r="R34" s="28">
-        <v>1910</v>
+        <v>1901</v>
       </c>
       <c r="S34" s="28">
-        <v>1986</v>
+        <v>1978</v>
       </c>
       <c r="T34" s="28">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="U34" s="28">
-        <v>2088</v>
+        <v>2094</v>
       </c>
       <c r="V34" s="28">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="W34" s="28">
-        <v>2045</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -9898,1686 +9846,1676 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="C11" s="10">
-        <v>141</v>
+        <v>131</v>
       </c>
       <c r="D11" s="10">
+        <v>148</v>
+      </c>
+      <c r="E11" s="10">
+        <v>127</v>
+      </c>
+      <c r="F11" s="10">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="I11" s="19">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="J11" s="19">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="K11" s="19">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="L11" s="19">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="O11" s="24">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="P11" s="24">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="Q11" s="24">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="R11" s="24">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="S11" s="24">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="T11" s="24">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="U11" s="24">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="V11" s="24">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="W11" s="24">
-        <v>143</v>
+        <v>132</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C12" s="10">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="D12" s="10">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="E12" s="10">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="F12" s="10">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="I12" s="19">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="J12" s="19">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="K12" s="19">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="L12" s="19">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="O12" s="24">
+        <v>146</v>
+      </c>
+      <c r="P12" s="24">
         <v>148</v>
       </c>
-      <c r="P12" s="24">
-[...1 lines deleted...]
-      </c>
       <c r="Q12" s="24">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="R12" s="24">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="S12" s="24">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="T12" s="24">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="U12" s="24">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="V12" s="24">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="W12" s="24">
-        <v>147</v>
+        <v>141</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C13" s="11">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="D13" s="11">
-        <v>173</v>
+        <v>157</v>
       </c>
       <c r="E13" s="11">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="F13" s="11">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>148</v>
+        <v>123</v>
       </c>
       <c r="I13" s="20">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="J13" s="20">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="K13" s="20">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="L13" s="20">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="O13" s="25">
+        <v>146</v>
+      </c>
+      <c r="P13" s="25">
         <v>148</v>
       </c>
-      <c r="P13" s="25">
+      <c r="Q13" s="25">
         <v>151</v>
       </c>
-      <c r="Q13" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="R13" s="25">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="S13" s="25">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="T13" s="25">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="U13" s="25">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="V13" s="25">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="W13" s="25">
-        <v>154</v>
+        <v>141</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="C14" s="11">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="D14" s="11">
-        <v>138</v>
+        <v>166</v>
       </c>
       <c r="E14" s="11">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F14" s="11">
-        <v>160</v>
+        <v>134</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="I14" s="20">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="J14" s="20">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="K14" s="20">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="L14" s="20">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="O14" s="25">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="P14" s="25">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="Q14" s="25">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="R14" s="25">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="S14" s="25">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="T14" s="25">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="U14" s="25">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="V14" s="25">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="W14" s="25">
-        <v>152</v>
+        <v>138</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>657</v>
+        <v>599</v>
       </c>
       <c r="C15" s="18">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D15" s="18">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="E15" s="18">
-        <v>611</v>
+        <v>583</v>
       </c>
       <c r="F15" s="18">
-        <v>583</v>
+        <v>534</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>567</v>
+        <v>536</v>
       </c>
       <c r="I15" s="21">
-        <v>570</v>
+        <v>532</v>
       </c>
       <c r="J15" s="21">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="K15" s="21">
-        <v>591</v>
+        <v>556</v>
       </c>
       <c r="L15" s="21">
-        <v>594</v>
+        <v>561</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>594</v>
+        <v>564</v>
       </c>
       <c r="O15" s="26">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="P15" s="26">
-        <v>604</v>
+        <v>580</v>
       </c>
       <c r="Q15" s="26">
-        <v>614</v>
+        <v>579</v>
       </c>
       <c r="R15" s="26">
-        <v>610</v>
+        <v>569</v>
       </c>
       <c r="S15" s="26">
-        <v>601</v>
+        <v>561</v>
       </c>
       <c r="T15" s="26">
-        <v>596</v>
+        <v>559</v>
       </c>
       <c r="U15" s="26">
-        <v>590</v>
+        <v>557</v>
       </c>
       <c r="V15" s="26">
-        <v>591</v>
+        <v>555</v>
       </c>
       <c r="W15" s="26">
-        <v>596</v>
+        <v>552</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="C17" s="11">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="D17" s="11">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="E17" s="11">
-        <v>132</v>
+        <v>149</v>
       </c>
       <c r="F17" s="11">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>163</v>
+        <v>139</v>
       </c>
       <c r="I17" s="20">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="J17" s="20">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="K17" s="20">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L17" s="20">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
-        <v>162</v>
+        <v>148</v>
       </c>
       <c r="O17" s="25">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="P17" s="25">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="Q17" s="25">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="R17" s="25">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="S17" s="25">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="T17" s="25">
-        <v>167</v>
+        <v>147</v>
       </c>
       <c r="U17" s="25">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="V17" s="25">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="W17" s="25">
-        <v>160</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C18" s="11">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D18" s="11">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="E18" s="11">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="F18" s="11">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I18" s="20">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="J18" s="20">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="K18" s="20">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="L18" s="20">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
+        <v>146</v>
+      </c>
+      <c r="O18" s="25">
+        <v>154</v>
+      </c>
+      <c r="P18" s="25">
+        <v>160</v>
+      </c>
+      <c r="Q18" s="25">
         <v>159</v>
       </c>
-      <c r="O18" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="R18" s="25">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="S18" s="25">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="T18" s="25">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="U18" s="25">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="V18" s="25">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="W18" s="25">
-        <v>159</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="C19" s="11">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D19" s="11">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E19" s="11">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="F19" s="11">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="I19" s="20">
         <v>154</v>
       </c>
       <c r="J19" s="20">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="K19" s="20">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="L19" s="20">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="O19" s="25">
+        <v>158</v>
+      </c>
+      <c r="P19" s="25">
+        <v>166</v>
+      </c>
+      <c r="Q19" s="25">
+        <v>163</v>
+      </c>
+      <c r="R19" s="25">
+        <v>160</v>
+      </c>
+      <c r="S19" s="25">
+        <v>160</v>
+      </c>
+      <c r="T19" s="25">
         <v>159</v>
       </c>
-      <c r="P19" s="25">
-[...13 lines deleted...]
-      </c>
       <c r="U19" s="25">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="V19" s="25">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="W19" s="25">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="C20" s="11">
-        <v>156</v>
+        <v>174</v>
       </c>
       <c r="D20" s="11">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E20" s="11">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F20" s="11">
-        <v>182</v>
+        <v>155</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
+        <v>153</v>
+      </c>
+      <c r="I20" s="20">
+        <v>157</v>
+      </c>
+      <c r="J20" s="20">
         <v>165</v>
       </c>
-      <c r="I20" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="K20" s="20">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="L20" s="20">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="O20" s="25">
-        <v>141</v>
+        <v>164</v>
       </c>
       <c r="P20" s="25">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="Q20" s="25">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="R20" s="25">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="S20" s="25">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="T20" s="25">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="U20" s="25">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="V20" s="25">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="W20" s="25">
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>631</v>
+        <v>673</v>
       </c>
       <c r="C21" s="18">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D21" s="18">
-        <v>674</v>
+        <v>637</v>
       </c>
       <c r="E21" s="18">
-        <v>637</v>
+        <v>618</v>
       </c>
       <c r="F21" s="18">
-        <v>618</v>
+        <v>588</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>621</v>
+        <v>593</v>
       </c>
       <c r="I21" s="21">
-        <v>616</v>
+        <v>596</v>
       </c>
       <c r="J21" s="21">
-        <v>645</v>
+        <v>586</v>
       </c>
       <c r="K21" s="21">
-        <v>615</v>
+        <v>570</v>
       </c>
       <c r="L21" s="21">
-        <v>614</v>
+        <v>579</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>617</v>
+        <v>584</v>
       </c>
       <c r="O21" s="26">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="P21" s="26">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="Q21" s="26">
-        <v>685</v>
+        <v>652</v>
       </c>
       <c r="R21" s="26">
-        <v>685</v>
+        <v>639</v>
       </c>
       <c r="S21" s="26">
-        <v>683</v>
+        <v>636</v>
       </c>
       <c r="T21" s="26">
-        <v>672</v>
+        <v>628</v>
       </c>
       <c r="U21" s="26">
-        <v>667</v>
+        <v>614</v>
       </c>
       <c r="V21" s="26">
-        <v>657</v>
+        <v>610</v>
       </c>
       <c r="W21" s="26">
-        <v>648</v>
+        <v>593</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="C23" s="11">
-        <v>129</v>
+        <v>152</v>
       </c>
       <c r="D23" s="11">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E23" s="11">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="F23" s="11">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>187</v>
+        <v>166</v>
       </c>
       <c r="I23" s="20">
+        <v>155</v>
+      </c>
+      <c r="J23" s="20">
+        <v>161</v>
+      </c>
+      <c r="K23" s="20">
         <v>165</v>
       </c>
-      <c r="J23" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="L23" s="20">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="O23" s="25">
+        <v>144</v>
+      </c>
+      <c r="P23" s="25">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="Q23" s="25">
         <v>174</v>
       </c>
       <c r="R23" s="25">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="S23" s="25">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="T23" s="25">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="U23" s="25">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="V23" s="25">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="W23" s="25">
-        <v>173</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C24" s="11">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="D24" s="11">
-        <v>133</v>
+        <v>150</v>
       </c>
       <c r="E24" s="11">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="F24" s="11">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="I24" s="20">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="J24" s="20">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="K24" s="20">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="L24" s="20">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
+        <v>157</v>
+      </c>
+      <c r="O24" s="25">
+        <v>160</v>
+      </c>
+      <c r="P24" s="25">
+        <v>145</v>
+      </c>
+      <c r="Q24" s="25">
+        <v>165</v>
+      </c>
+      <c r="R24" s="25">
+        <v>172</v>
+      </c>
+      <c r="S24" s="25">
+        <v>175</v>
+      </c>
+      <c r="T24" s="25">
         <v>170</v>
       </c>
-      <c r="O24" s="25">
-[...2 lines deleted...]
-      <c r="P24" s="25">
+      <c r="U24" s="25">
+        <v>170</v>
+      </c>
+      <c r="V24" s="25">
+        <v>167</v>
+      </c>
+      <c r="W24" s="25">
         <v>165</v>
-      </c>
-[...19 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C25" s="11">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D25" s="11">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="E25" s="11">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="F25" s="11">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="I25" s="20">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="J25" s="20">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="K25" s="20">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="L25" s="20">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
+        <v>158</v>
+      </c>
+      <c r="O25" s="25">
+        <v>153</v>
+      </c>
+      <c r="P25" s="25">
+        <v>156</v>
+      </c>
+      <c r="Q25" s="25">
+        <v>139</v>
+      </c>
+      <c r="R25" s="25">
         <v>159</v>
       </c>
-      <c r="O25" s="25">
+      <c r="S25" s="25">
+        <v>168</v>
+      </c>
+      <c r="T25" s="25">
         <v>169</v>
       </c>
-      <c r="P25" s="25">
+      <c r="U25" s="25">
+        <v>164</v>
+      </c>
+      <c r="V25" s="25">
         <v>163</v>
       </c>
-      <c r="Q25" s="25">
-[...16 lines deleted...]
-      </c>
       <c r="W25" s="25">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C26" s="11">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D26" s="11">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E26" s="11">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="F26" s="11">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="I26" s="20">
-        <v>156</v>
+        <v>176</v>
       </c>
       <c r="J26" s="20">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="K26" s="20">
-        <v>181</v>
+        <v>155</v>
       </c>
       <c r="L26" s="20">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O26" s="25">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="P26" s="25">
-        <v>174</v>
+        <v>153</v>
       </c>
       <c r="Q26" s="25">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="R26" s="25">
-        <v>166</v>
+        <v>136</v>
       </c>
       <c r="S26" s="25">
         <v>155</v>
       </c>
       <c r="T26" s="25">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="U26" s="25">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="V26" s="25">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="W26" s="25">
-        <v>175</v>
+        <v>157</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>600</v>
+        <v>578</v>
       </c>
       <c r="C27" s="18">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="D27" s="18">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="E27" s="18">
-        <v>598</v>
+        <v>631</v>
       </c>
       <c r="F27" s="18">
-        <v>631</v>
+        <v>673</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="I27" s="21">
-        <v>681</v>
+        <v>662</v>
       </c>
       <c r="J27" s="21">
-        <v>668</v>
+        <v>641</v>
       </c>
       <c r="K27" s="21">
-        <v>649</v>
+        <v>627</v>
       </c>
       <c r="L27" s="21">
-        <v>639</v>
+        <v>625</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>641</v>
+        <v>624</v>
       </c>
       <c r="O27" s="26">
-        <v>656</v>
+        <v>614</v>
       </c>
       <c r="P27" s="26">
-        <v>652</v>
+        <v>619</v>
       </c>
       <c r="Q27" s="26">
-        <v>656</v>
+        <v>633</v>
       </c>
       <c r="R27" s="26">
-        <v>667</v>
+        <v>644</v>
       </c>
       <c r="S27" s="26">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="T27" s="26">
-        <v>702</v>
+        <v>670</v>
       </c>
       <c r="U27" s="26">
-        <v>701</v>
+        <v>668</v>
       </c>
       <c r="V27" s="26">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="W27" s="26">
-        <v>686</v>
+        <v>648</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="C29" s="11">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="D29" s="11">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="E29" s="11">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="F29" s="11">
-        <v>145</v>
+        <v>128</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="I29" s="20">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="J29" s="20">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="K29" s="20">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="L29" s="20">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
+        <v>153</v>
+      </c>
+      <c r="O29" s="25">
+        <v>160</v>
+      </c>
+      <c r="P29" s="25">
         <v>158</v>
       </c>
-      <c r="O29" s="25">
-[...4 lines deleted...]
-      </c>
       <c r="Q29" s="25">
+        <v>161</v>
+      </c>
+      <c r="R29" s="25">
+        <v>155</v>
+      </c>
+      <c r="S29" s="25">
+        <v>145</v>
+      </c>
+      <c r="T29" s="25">
         <v>159</v>
       </c>
-      <c r="R29" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="U29" s="25">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="V29" s="25">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="W29" s="25">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="C30" s="11">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="D30" s="11">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="E30" s="11">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="F30" s="11">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="I30" s="20">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J30" s="20">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="K30" s="20">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="L30" s="20">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
+        <v>154</v>
+      </c>
+      <c r="O30" s="25">
+        <v>152</v>
+      </c>
+      <c r="P30" s="25">
+        <v>158</v>
+      </c>
+      <c r="Q30" s="25">
+        <v>156</v>
+      </c>
+      <c r="R30" s="25">
+        <v>158</v>
+      </c>
+      <c r="S30" s="25">
+        <v>157</v>
+      </c>
+      <c r="T30" s="25">
+        <v>142</v>
+      </c>
+      <c r="U30" s="25">
         <v>160</v>
       </c>
-      <c r="O30" s="25">
-[...19 lines deleted...]
-      </c>
       <c r="V30" s="25">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="W30" s="25">
-        <v>159</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C31" s="11">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="D31" s="11">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="E31" s="11">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="F31" s="11">
-        <v>133</v>
+        <v>116</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="I31" s="20">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="J31" s="20">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K31" s="20">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="L31" s="20">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="O31" s="25">
+        <v>129</v>
+      </c>
+      <c r="P31" s="25">
+        <v>129</v>
+      </c>
+      <c r="Q31" s="25">
+        <v>134</v>
+      </c>
+      <c r="R31" s="25">
+        <v>134</v>
+      </c>
+      <c r="S31" s="25">
+        <v>134</v>
+      </c>
+      <c r="T31" s="25">
         <v>136</v>
       </c>
-      <c r="P31" s="25">
-[...13 lines deleted...]
-      </c>
       <c r="U31" s="25">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="V31" s="25">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="W31" s="25">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>328</v>
+        <v>368</v>
       </c>
       <c r="C32" s="18">
-        <v>368</v>
+        <v>400</v>
       </c>
       <c r="D32" s="18">
-        <v>400</v>
+        <v>431</v>
       </c>
       <c r="E32" s="18">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F32" s="18">
-        <v>432</v>
+        <v>394</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
-        <v>421</v>
+        <v>400</v>
       </c>
       <c r="I32" s="21">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="J32" s="21">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="K32" s="21">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="L32" s="21">
-        <v>469</v>
+        <v>452</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="O32" s="26">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P32" s="26">
+        <v>445</v>
+      </c>
+      <c r="Q32" s="26">
         <v>451</v>
       </c>
-      <c r="Q32" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="R32" s="26">
-        <v>471</v>
+        <v>447</v>
       </c>
       <c r="S32" s="26">
-        <v>476</v>
+        <v>436</v>
       </c>
       <c r="T32" s="26">
-        <v>461</v>
+        <v>437</v>
       </c>
       <c r="U32" s="26">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="V32" s="26">
-        <v>450</v>
+        <v>470</v>
       </c>
       <c r="W32" s="26">
-        <v>459</v>
+        <v>475</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>1559</v>
+        <v>1619</v>
       </c>
       <c r="C34" s="12">
-        <v>1619</v>
+        <v>1660</v>
       </c>
       <c r="D34" s="12">
-        <v>1660</v>
+        <v>1666</v>
       </c>
       <c r="E34" s="12">
-        <v>1666</v>
+        <v>1681</v>
       </c>
       <c r="F34" s="12">
-        <v>1681</v>
+        <v>1655</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>1725</v>
+        <v>1668</v>
       </c>
       <c r="I34" s="23">
-        <v>1715</v>
+        <v>1659</v>
       </c>
       <c r="J34" s="23">
-        <v>1744</v>
+        <v>1657</v>
       </c>
       <c r="K34" s="23">
-        <v>1713</v>
+        <v>1644</v>
       </c>
       <c r="L34" s="23">
-        <v>1722</v>
+        <v>1656</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>1714</v>
+        <v>1652</v>
       </c>
       <c r="O34" s="28">
-        <v>1718</v>
+        <v>1684</v>
       </c>
       <c r="P34" s="28">
-        <v>1771</v>
+        <v>1720</v>
       </c>
       <c r="Q34" s="28">
-        <v>1794</v>
+        <v>1736</v>
       </c>
       <c r="R34" s="28">
-        <v>1823</v>
+        <v>1730</v>
       </c>
       <c r="S34" s="28">
-        <v>1841</v>
+        <v>1742</v>
       </c>
       <c r="T34" s="28">
-        <v>1835</v>
+        <v>1735</v>
       </c>
       <c r="U34" s="28">
-        <v>1818</v>
+        <v>1734</v>
       </c>
       <c r="V34" s="28">
-        <v>1801</v>
+        <v>1739</v>
       </c>
       <c r="W34" s="28">
-        <v>1793</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="1" customWidth="1"/>
     <col min="2" max="6" width="6.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.42578125" style="1" customWidth="1"/>
     <col min="9" max="12" width="6.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="1.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="5.42578125" style="1" customWidth="1"/>
     <col min="15" max="23" width="6.28515625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="84.95" customHeight="1"/>
     <row r="2" spans="1:23" ht="30.95" customHeight="1"/>
     <row r="3" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A3" s="33" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:23" s="34" customFormat="1" ht="15.75">
       <c r="A4" s="35" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="W5" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A6" s="6"/>
       <c r="B6" s="7"/>
       <c r="C6" s="7"/>
       <c r="D6" s="8"/>
       <c r="E6" s="7"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="16"/>
       <c r="U6" s="16"/>
       <c r="V6" s="16"/>
       <c r="W6" s="16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="9"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16">
         <v>1</v>
       </c>
       <c r="I7" s="16">
         <v>2</v>
       </c>
       <c r="J7" s="16">
         <v>3</v>
       </c>
       <c r="K7" s="16">
         <v>4</v>
       </c>
       <c r="L7" s="16">
         <v>5</v>
       </c>
       <c r="M7" s="16"/>
@@ -11613,1609 +11551,1599 @@
       </c>
     </row>
     <row r="8" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="15"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A9" s="13"/>
       <c r="B9" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="32" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="16"/>
       <c r="H9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="I9" s="14" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="14" t="s">
         <v>8</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>9</v>
       </c>
       <c r="L9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="M9" s="14"/>
       <c r="N9" s="14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="O9" s="14" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="P9" s="14" t="s">
         <v>23</v>
       </c>
       <c r="Q9" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9" s="14" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="S9" s="14" t="s">
         <v>27</v>
       </c>
       <c r="T9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="U9" s="14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="V9" s="14" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="W9" s="14" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:23" ht="6" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="17"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="22"/>
       <c r="I10" s="22"/>
       <c r="J10" s="22"/>
       <c r="K10" s="22"/>
       <c r="L10" s="22"/>
       <c r="M10" s="17"/>
       <c r="N10" s="27"/>
       <c r="O10" s="27"/>
       <c r="P10" s="27"/>
       <c r="Q10" s="27"/>
       <c r="R10" s="27"/>
       <c r="S10" s="27"/>
       <c r="T10" s="27"/>
       <c r="U10" s="27"/>
       <c r="V10" s="27"/>
       <c r="W10" s="27"/>
     </row>
     <row r="11" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A11" s="29" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="B11" s="10">
-        <v>187</v>
+        <v>164</v>
       </c>
       <c r="C11" s="10">
+        <v>145</v>
+      </c>
+      <c r="D11" s="10">
+        <v>161</v>
+      </c>
+      <c r="E11" s="10">
+        <v>165</v>
+      </c>
+      <c r="F11" s="10">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="19">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="I11" s="19">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="J11" s="19">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="K11" s="19">
         <v>162</v>
       </c>
       <c r="L11" s="19">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="M11" s="10"/>
       <c r="N11" s="24">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="O11" s="24">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="P11" s="24">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="Q11" s="24">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="R11" s="24">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="S11" s="24">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="T11" s="24">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="U11" s="24">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="V11" s="24">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="W11" s="24">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
       <c r="A12" s="29" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B12" s="10">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="C12" s="10">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="D12" s="10">
-        <v>183</v>
+        <v>160</v>
       </c>
       <c r="E12" s="10">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F12" s="10">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="G12" s="10"/>
       <c r="H12" s="19">
+        <v>165</v>
+      </c>
+      <c r="I12" s="19">
         <v>163</v>
       </c>
-      <c r="I12" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="J12" s="19">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="K12" s="19">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="L12" s="19">
-        <v>168</v>
+        <v>177</v>
       </c>
       <c r="M12" s="10"/>
       <c r="N12" s="24">
+        <v>172</v>
+      </c>
+      <c r="O12" s="24">
+        <v>171</v>
+      </c>
+      <c r="P12" s="24">
+        <v>172</v>
+      </c>
+      <c r="Q12" s="24">
         <v>170</v>
       </c>
-      <c r="O12" s="24">
+      <c r="R12" s="24">
+        <v>169</v>
+      </c>
+      <c r="S12" s="24">
         <v>168</v>
       </c>
-      <c r="P12" s="24">
+      <c r="T12" s="24">
+        <v>166</v>
+      </c>
+      <c r="U12" s="24">
+        <v>166</v>
+      </c>
+      <c r="V12" s="24">
+        <v>166</v>
+      </c>
+      <c r="W12" s="24">
         <v>165</v>
-      </c>
-[...19 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="13" spans="1:23" ht="11.25" customHeight="1">
       <c r="A13" s="29" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B13" s="11">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="C13" s="11">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D13" s="11">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="E13" s="11">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="F13" s="11">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="20">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I13" s="20">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="J13" s="20">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="K13" s="20">
         <v>168</v>
       </c>
       <c r="L13" s="20">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="25">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="O13" s="25">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="P13" s="25">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="Q13" s="25">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="R13" s="25">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="S13" s="25">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="T13" s="25">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="U13" s="25">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="V13" s="25">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="W13" s="25">
-        <v>170</v>
+        <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:23" ht="11.25" customHeight="1">
       <c r="A14" s="29" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B14" s="11">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="C14" s="11">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="D14" s="11">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E14" s="11">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="F14" s="11">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="20">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="I14" s="20">
         <v>166</v>
       </c>
       <c r="J14" s="20">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="K14" s="20">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L14" s="20">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="M14" s="11"/>
       <c r="N14" s="25">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="O14" s="25">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="P14" s="25">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="Q14" s="25">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="R14" s="25">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="S14" s="25">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="T14" s="25">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="U14" s="25">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="V14" s="25">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="W14" s="25">
-        <v>177</v>
+        <v>168</v>
       </c>
     </row>
     <row r="15" spans="1:23" ht="11.25" customHeight="1">
       <c r="A15" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B15" s="18">
-        <v>762</v>
+        <v>723</v>
       </c>
       <c r="C15" s="18">
-        <v>723</v>
+        <v>681</v>
       </c>
       <c r="D15" s="18">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="E15" s="18">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="F15" s="18">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="G15" s="18"/>
       <c r="H15" s="21">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="I15" s="21">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="J15" s="21">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="K15" s="21">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="L15" s="21">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="M15" s="18"/>
       <c r="N15" s="26">
-        <v>702</v>
+        <v>683</v>
       </c>
       <c r="O15" s="26">
-        <v>700</v>
+        <v>684</v>
       </c>
       <c r="P15" s="26">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="Q15" s="26">
-        <v>679</v>
+        <v>672</v>
       </c>
       <c r="R15" s="26">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="S15" s="26">
-        <v>673</v>
+        <v>659</v>
       </c>
       <c r="T15" s="26">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="U15" s="26">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="V15" s="26">
-        <v>671</v>
+        <v>654</v>
       </c>
       <c r="W15" s="26">
-        <v>670</v>
+        <v>651</v>
       </c>
     </row>
     <row r="16" spans="1:23" ht="6" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="17"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="22"/>
       <c r="I16" s="22"/>
       <c r="J16" s="22"/>
       <c r="K16" s="22"/>
       <c r="L16" s="22"/>
       <c r="M16" s="17"/>
       <c r="N16" s="27"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="27"/>
       <c r="S16" s="27"/>
       <c r="T16" s="27"/>
       <c r="U16" s="27"/>
       <c r="V16" s="27"/>
       <c r="W16" s="27"/>
     </row>
     <row r="17" spans="1:23" ht="11.25" customHeight="1">
       <c r="A17" s="29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B17" s="11">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C17" s="11">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D17" s="11">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="E17" s="11">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="F17" s="11">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="20">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="I17" s="20">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="J17" s="20">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="K17" s="20">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="L17" s="20">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="M17" s="11"/>
       <c r="N17" s="25">
+        <v>172</v>
+      </c>
+      <c r="O17" s="25">
         <v>170</v>
       </c>
-      <c r="O17" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="P17" s="25">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="Q17" s="25">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="R17" s="25">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="S17" s="25">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="T17" s="25">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="U17" s="25">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="V17" s="25">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="W17" s="25">
-        <v>159</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:23" ht="11.25" customHeight="1">
       <c r="A18" s="29" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B18" s="11">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="C18" s="11">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D18" s="11">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E18" s="11">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="F18" s="11">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="20">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="I18" s="20">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="J18" s="20">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="K18" s="20">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="L18" s="20">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M18" s="11"/>
       <c r="N18" s="25">
         <v>176</v>
       </c>
       <c r="O18" s="25">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="P18" s="25">
         <v>178</v>
       </c>
       <c r="Q18" s="25">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="R18" s="25">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="S18" s="25">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="T18" s="25">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="U18" s="25">
+        <v>159</v>
+      </c>
+      <c r="V18" s="25">
+        <v>159</v>
+      </c>
+      <c r="W18" s="25">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:23" ht="11.25" customHeight="1">
       <c r="A19" s="29" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B19" s="11">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C19" s="11">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="D19" s="11">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="E19" s="11">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="F19" s="11">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="20">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="I19" s="20">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="J19" s="20">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="K19" s="20">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="L19" s="20">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="M19" s="11"/>
       <c r="N19" s="25">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="O19" s="25">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="P19" s="25">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Q19" s="25">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="R19" s="25">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="S19" s="25">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="T19" s="25">
-        <v>181</v>
+        <v>167</v>
       </c>
       <c r="U19" s="25">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="V19" s="25">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="W19" s="25">
-        <v>168</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:23" ht="11.25" customHeight="1">
       <c r="A20" s="29" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B20" s="11">
+        <v>163</v>
+      </c>
+      <c r="C20" s="11">
+        <v>164</v>
+      </c>
+      <c r="D20" s="11">
         <v>174</v>
       </c>
-      <c r="C20" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="11">
-        <v>174</v>
+        <v>151</v>
       </c>
       <c r="F20" s="11">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="20">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="I20" s="20">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="J20" s="20">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K20" s="20">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="L20" s="20">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M20" s="11"/>
       <c r="N20" s="25">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="O20" s="25">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P20" s="25">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="Q20" s="25">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="R20" s="25">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="S20" s="25">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="T20" s="25">
-        <v>192</v>
+        <v>180</v>
       </c>
       <c r="U20" s="25">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="V20" s="25">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="W20" s="25">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="21" spans="1:23" ht="11.25" customHeight="1">
       <c r="A21" s="30" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B21" s="18">
-        <v>673</v>
+        <v>653</v>
       </c>
       <c r="C21" s="18">
-        <v>653</v>
+        <v>631</v>
       </c>
       <c r="D21" s="18">
-        <v>631</v>
+        <v>615</v>
       </c>
       <c r="E21" s="18">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="F21" s="18">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G21" s="18"/>
       <c r="H21" s="21">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I21" s="21">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="J21" s="21">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="K21" s="21">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="L21" s="21">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="26">
-        <v>712</v>
+        <v>701</v>
       </c>
       <c r="O21" s="26">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="P21" s="26">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="Q21" s="26">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="R21" s="26">
-        <v>724</v>
+        <v>701</v>
       </c>
       <c r="S21" s="26">
-        <v>720</v>
+        <v>681</v>
       </c>
       <c r="T21" s="26">
-        <v>701</v>
+        <v>663</v>
       </c>
       <c r="U21" s="26">
-        <v>684</v>
+        <v>647</v>
       </c>
       <c r="V21" s="26">
-        <v>672</v>
+        <v>648</v>
       </c>
       <c r="W21" s="26">
-        <v>665</v>
+        <v>641</v>
       </c>
     </row>
     <row r="22" spans="1:23" ht="6" customHeight="1">
       <c r="A22" s="31"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="22"/>
       <c r="I22" s="22"/>
       <c r="J22" s="22"/>
       <c r="K22" s="22"/>
       <c r="L22" s="22"/>
       <c r="M22" s="17"/>
       <c r="N22" s="27"/>
       <c r="O22" s="27"/>
       <c r="P22" s="27"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="27"/>
       <c r="S22" s="27"/>
       <c r="T22" s="27"/>
       <c r="U22" s="27"/>
       <c r="V22" s="27"/>
       <c r="W22" s="27"/>
     </row>
     <row r="23" spans="1:23" ht="11.25" customHeight="1">
       <c r="A23" s="29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B23" s="11">
-        <v>140</v>
+        <v>163</v>
       </c>
       <c r="C23" s="11">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="D23" s="11">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="E23" s="11">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F23" s="11">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="20">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="I23" s="20">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="J23" s="20">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="K23" s="20">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L23" s="20">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="M23" s="11"/>
       <c r="N23" s="25">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="O23" s="25">
+        <v>173</v>
+      </c>
+      <c r="P23" s="25">
+        <v>186</v>
+      </c>
+      <c r="Q23" s="25">
+        <v>190</v>
+      </c>
+      <c r="R23" s="25">
         <v>187</v>
       </c>
-      <c r="P23" s="25">
-[...7 lines deleted...]
-      </c>
       <c r="S23" s="25">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="T23" s="25">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="U23" s="25">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="V23" s="25">
-        <v>184</v>
+        <v>170</v>
       </c>
       <c r="W23" s="25">
-        <v>179</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:23" ht="11.25" customHeight="1">
       <c r="A24" s="29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B24" s="11">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="C24" s="11">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D24" s="11">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="E24" s="11">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="F24" s="11">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="G24" s="11"/>
       <c r="H24" s="20">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="I24" s="20">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="J24" s="20">
+        <v>151</v>
+      </c>
+      <c r="K24" s="20">
         <v>158</v>
       </c>
-      <c r="K24" s="20">
-[...1 lines deleted...]
-      </c>
       <c r="L24" s="20">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="M24" s="11"/>
       <c r="N24" s="25">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="O24" s="25">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="P24" s="25">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="Q24" s="25">
         <v>189</v>
       </c>
       <c r="R24" s="25">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="S24" s="25">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="T24" s="25">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="U24" s="25">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="V24" s="25">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="W24" s="25">
-        <v>186</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:23" ht="11.25" customHeight="1">
       <c r="A25" s="29" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="B25" s="11">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C25" s="11">
+        <v>143</v>
+      </c>
+      <c r="D25" s="11">
+        <v>154</v>
+      </c>
+      <c r="E25" s="11">
         <v>149</v>
       </c>
-      <c r="D25" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="11">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="G25" s="11"/>
       <c r="H25" s="20">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="I25" s="20">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="J25" s="20">
-        <v>148</v>
+        <v>167</v>
       </c>
       <c r="K25" s="20">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="L25" s="20">
-        <v>144</v>
+        <v>165</v>
       </c>
       <c r="M25" s="11"/>
       <c r="N25" s="25">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="O25" s="25">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="P25" s="25">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="Q25" s="25">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="R25" s="25">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="S25" s="25">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="T25" s="25">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="U25" s="25">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="V25" s="25">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="W25" s="25">
-        <v>193</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:23" ht="11.25" customHeight="1">
       <c r="A26" s="29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B26" s="11">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C26" s="11">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D26" s="11">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E26" s="11">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="F26" s="11">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="G26" s="11"/>
       <c r="H26" s="20">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="I26" s="20">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J26" s="20">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="K26" s="20">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="L26" s="20">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="M26" s="11"/>
       <c r="N26" s="25">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="O26" s="25">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="P26" s="25">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="Q26" s="25">
+        <v>178</v>
+      </c>
+      <c r="R26" s="25">
         <v>180</v>
       </c>
-      <c r="R26" s="25">
+      <c r="S26" s="25">
+        <v>188</v>
+      </c>
+      <c r="T26" s="25">
+        <v>193</v>
+      </c>
+      <c r="U26" s="25">
+        <v>193</v>
+      </c>
+      <c r="V26" s="25">
         <v>189</v>
       </c>
-      <c r="S26" s="25">
-[...10 lines deleted...]
-      </c>
       <c r="W26" s="25">
-        <v>195</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:23" ht="11.25" customHeight="1">
       <c r="A27" s="30" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B27" s="18">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="C27" s="18">
+        <v>588</v>
+      </c>
+      <c r="D27" s="18">
         <v>589</v>
       </c>
-      <c r="D27" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="18">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="F27" s="18">
-        <v>612</v>
+        <v>594</v>
       </c>
       <c r="G27" s="18"/>
       <c r="H27" s="21">
-        <v>601</v>
+        <v>622</v>
       </c>
       <c r="I27" s="21">
+        <v>608</v>
+      </c>
+      <c r="J27" s="21">
         <v>613</v>
       </c>
-      <c r="J27" s="21">
-[...1 lines deleted...]
-      </c>
       <c r="K27" s="21">
-        <v>600</v>
+        <v>640</v>
       </c>
       <c r="L27" s="21">
-        <v>620</v>
+        <v>651</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="26">
-        <v>647</v>
+        <v>665</v>
       </c>
       <c r="O27" s="26">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="P27" s="26">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="Q27" s="26">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="R27" s="26">
-        <v>764</v>
+        <v>747</v>
       </c>
       <c r="S27" s="26">
-        <v>772</v>
+        <v>754</v>
       </c>
       <c r="T27" s="26">
-        <v>780</v>
+        <v>754</v>
       </c>
       <c r="U27" s="26">
-        <v>771</v>
+        <v>740</v>
       </c>
       <c r="V27" s="26">
-        <v>765</v>
+        <v>725</v>
       </c>
       <c r="W27" s="26">
-        <v>753</v>
+        <v>705</v>
       </c>
     </row>
     <row r="28" spans="1:23" ht="6" customHeight="1">
       <c r="A28" s="31"/>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="22"/>
       <c r="I28" s="22"/>
       <c r="J28" s="22"/>
       <c r="K28" s="22"/>
       <c r="L28" s="22"/>
       <c r="M28" s="17"/>
       <c r="N28" s="27"/>
       <c r="O28" s="27"/>
       <c r="P28" s="27"/>
       <c r="Q28" s="27"/>
       <c r="R28" s="27"/>
       <c r="S28" s="27"/>
       <c r="T28" s="27"/>
       <c r="U28" s="27"/>
       <c r="V28" s="27"/>
       <c r="W28" s="27"/>
     </row>
     <row r="29" spans="1:23" ht="11.25" customHeight="1">
       <c r="A29" s="29" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B29" s="11">
-        <v>129</v>
+        <v>144</v>
       </c>
       <c r="C29" s="11">
+        <v>138</v>
+      </c>
+      <c r="D29" s="11">
         <v>144</v>
       </c>
-      <c r="D29" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="11">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="F29" s="11">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="G29" s="11"/>
       <c r="H29" s="20">
+        <v>143</v>
+      </c>
+      <c r="I29" s="20">
+        <v>144</v>
+      </c>
+      <c r="J29" s="20">
         <v>145</v>
       </c>
-      <c r="I29" s="20">
-[...4 lines deleted...]
-      </c>
       <c r="K29" s="20">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="L29" s="20">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="M29" s="11"/>
       <c r="N29" s="25">
+        <v>152</v>
+      </c>
+      <c r="O29" s="25">
+        <v>156</v>
+      </c>
+      <c r="P29" s="25">
+        <v>151</v>
+      </c>
+      <c r="Q29" s="25">
+        <v>158</v>
+      </c>
+      <c r="R29" s="25">
+        <v>165</v>
+      </c>
+      <c r="S29" s="25">
         <v>162</v>
       </c>
-      <c r="O29" s="25">
-[...13 lines deleted...]
-      </c>
       <c r="T29" s="25">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="U29" s="25">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="V29" s="25">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="W29" s="25">
-        <v>181</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:23" ht="11.25" customHeight="1">
       <c r="A30" s="29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B30" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C30" s="11">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="D30" s="11">
+        <v>140</v>
+      </c>
+      <c r="E30" s="11">
         <v>145</v>
       </c>
-      <c r="E30" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="11">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="G30" s="11"/>
       <c r="H30" s="20">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="I30" s="20">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="J30" s="20">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K30" s="20">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="L30" s="20">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="M30" s="11"/>
       <c r="N30" s="25">
-        <v>148</v>
+        <v>164</v>
       </c>
       <c r="O30" s="25">
+        <v>146</v>
+      </c>
+      <c r="P30" s="25">
+        <v>151</v>
+      </c>
+      <c r="Q30" s="25">
+        <v>144</v>
+      </c>
+      <c r="R30" s="25">
+        <v>157</v>
+      </c>
+      <c r="S30" s="25">
         <v>160</v>
       </c>
-      <c r="P30" s="25">
-[...8 lines deleted...]
-      <c r="S30" s="25">
+      <c r="T30" s="25">
         <v>161</v>
       </c>
-      <c r="T30" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="U30" s="25">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="V30" s="25">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="W30" s="25">
-        <v>177</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:23" ht="11.25" customHeight="1">
       <c r="A31" s="29" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B31" s="11">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="C31" s="11">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="D31" s="11">
-        <v>108</v>
+        <v>133</v>
       </c>
       <c r="E31" s="11">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="F31" s="11">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="G31" s="11"/>
       <c r="H31" s="20">
+        <v>135</v>
+      </c>
+      <c r="I31" s="20">
         <v>141</v>
       </c>
-      <c r="I31" s="20">
-[...1 lines deleted...]
-      </c>
       <c r="J31" s="20">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="K31" s="20">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="L31" s="20">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="M31" s="11"/>
       <c r="N31" s="25">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="O31" s="25">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="P31" s="25">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="Q31" s="25">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="R31" s="25">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="S31" s="25">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="T31" s="25">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="U31" s="25">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="V31" s="25">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="W31" s="25">
-        <v>169</v>
+        <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:23" ht="11.25" customHeight="1">
       <c r="A32" s="30" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="B32" s="18">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C32" s="18">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="D32" s="18">
-        <v>391</v>
+        <v>417</v>
       </c>
       <c r="E32" s="18">
-        <v>417</v>
+        <v>399</v>
       </c>
       <c r="F32" s="18">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="21">
+        <v>427</v>
+      </c>
+      <c r="I32" s="21">
+        <v>423</v>
+      </c>
+      <c r="J32" s="21">
+        <v>412</v>
+      </c>
+      <c r="K32" s="21">
+        <v>409</v>
+      </c>
+      <c r="L32" s="21">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>428</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="26">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="O32" s="26">
+        <v>451</v>
+      </c>
+      <c r="P32" s="26">
         <v>441</v>
       </c>
-      <c r="P32" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="Q32" s="26">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="R32" s="26">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="S32" s="26">
-        <v>486</v>
+        <v>471</v>
       </c>
       <c r="T32" s="26">
-        <v>497</v>
+        <v>481</v>
       </c>
       <c r="U32" s="26">
-        <v>515</v>
+        <v>496</v>
       </c>
       <c r="V32" s="26">
-        <v>520</v>
+        <v>506</v>
       </c>
       <c r="W32" s="26">
-        <v>527</v>
+        <v>508</v>
       </c>
     </row>
     <row r="33" spans="1:23" ht="6" customHeight="1">
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="20"/>
       <c r="I33" s="20"/>
       <c r="J33" s="20"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20"/>
       <c r="M33" s="11"/>
       <c r="N33" s="25"/>
       <c r="O33" s="25"/>
       <c r="P33" s="25"/>
       <c r="Q33" s="25"/>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="25"/>
       <c r="U33" s="25"/>
       <c r="V33" s="25"/>
       <c r="W33" s="25"/>
     </row>
     <row r="34" spans="1:23" ht="11.25" customHeight="1">
       <c r="A34" s="5" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="B34" s="12">
-        <v>1651</v>
+        <v>1627</v>
       </c>
       <c r="C34" s="12">
-        <v>1627</v>
+        <v>1610</v>
       </c>
       <c r="D34" s="12">
-        <v>1610</v>
+        <v>1621</v>
       </c>
       <c r="E34" s="12">
-        <v>1621</v>
+        <v>1616</v>
       </c>
       <c r="F34" s="12">
         <v>1616</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="23">
-        <v>1637</v>
+        <v>1657</v>
       </c>
       <c r="I34" s="23">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="J34" s="23">
-        <v>1612</v>
+        <v>1627</v>
       </c>
       <c r="K34" s="23">
-        <v>1655</v>
+        <v>1692</v>
       </c>
       <c r="L34" s="23">
-        <v>1733</v>
+        <v>1751</v>
       </c>
       <c r="M34" s="12"/>
       <c r="N34" s="28">
-        <v>1807</v>
+        <v>1817</v>
       </c>
       <c r="O34" s="28">
-        <v>1857</v>
+        <v>1850</v>
       </c>
       <c r="P34" s="28">
-        <v>1899</v>
+        <v>1882</v>
       </c>
       <c r="Q34" s="28">
-        <v>1927</v>
+        <v>1900</v>
       </c>
       <c r="R34" s="28">
-        <v>1957</v>
+        <v>1906</v>
       </c>
       <c r="S34" s="28">
-        <v>1978</v>
+        <v>1906</v>
       </c>
       <c r="T34" s="28">
-        <v>1978</v>
+        <v>1898</v>
       </c>
       <c r="U34" s="28">
-        <v>1970</v>
+        <v>1883</v>
       </c>
       <c r="V34" s="28">
-        <v>1957</v>
+        <v>1879</v>
       </c>
       <c r="W34" s="28">
-        <v>1945</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="35" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="W35" s="37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:23" s="36" customFormat="1" ht="11.25" customHeight="1">
       <c r="A36" s="36" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="37" spans="1:23" s="2" customFormat="1" ht="11.25" customHeight="1">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="W37" s="38" t="s">
         <v>28</v>
-      </c>
-[...15 lines deleted...]
-        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.55118110236220474" right="0.27559055118110237" top="0.23622047244094491" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.35433070866141736"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddFooter>&amp;L&amp;8Abteilung Aussenbeziehungen und Statistik (Austa), Junkerngasse 47, Postfach, 3000 Bern 8
 Telefon 031 321 75 31, statistik@bern.ch, www.bern.ch/statistik&amp;R&amp;8
 &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7a14e525-c421-4262-8081-b622dce32f5d}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>